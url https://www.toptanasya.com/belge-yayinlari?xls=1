--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,7510 +85,7585 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753443302</t>
+          <t>9789753448321</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kürt Kadın Hak ve Özgürlükleri Bildirgesi Açımlama ve Yorumlama</t>
+          <t>Sürgün Yazıları Cilt V</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753448277</t>
+          <t>9789753448314</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eğreti Çocuklar</t>
+          <t>Şark Meselesi [Türkiye] ve Marksizm</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753446693</t>
+          <t>9789753448284</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>21.Yüzyılda Özgürlük İdeolojisi Demokratik Sosyalizm</t>
+          <t>Abdurrahman Demir</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753443005</t>
+          <t>9789753448291</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Filozofça Tarihsel Süreçte Politikanın Evrimi</t>
+          <t>Özgürlük Yolun Dayiken Kurdan</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>420</v>
+        <v>540</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753447935</t>
+          <t>9789753448307</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kaypakkaya</t>
+          <t>Savaş Yılları Günlüğü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>690</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753448260</t>
+          <t>9789753443302</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Solundan Manzaralar</t>
+          <t>Kürt Kadın Hak ve Özgürlükleri Bildirgesi Açımlama ve Yorumlama</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753448246</t>
+          <t>9789753448277</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mızgin</t>
+          <t>Eğreti Çocuklar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753448253</t>
+          <t>9789753446693</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İkona Avcısı</t>
+          <t>21.Yüzyılda Özgürlük İdeolojisi Demokratik Sosyalizm</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753447850</t>
+          <t>9789753443005</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Filozofça Bilgi Kuramı</t>
+          <t>Filozofça Tarihsel Süreçte Politikanın Evrimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753444651</t>
+          <t>9789753447935</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Temel Garip</t>
+          <t>Kaypakkaya</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753445382</t>
+          <t>9789753448260</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Takrir-i Sükun Görüşmeleri</t>
+          <t>Türkiye Solundan Manzaralar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753441872</t>
+          <t>9789753448246</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Halil İbrahim - Yolun Sonu Görünüyor</t>
+          <t>Mızgin</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753448222</t>
+          <t>9789753448253</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aidiyetsizliğin Başkenti İstanbul</t>
+          <t>İkona Avcısı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753448239</t>
+          <t>9789753447850</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sürgünün Gözyaşları</t>
+          <t>Filozofça Bilgi Kuramı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753448215</t>
+          <t>9789753444651</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Katledilen İnsanlık Seyfo 1915</t>
+          <t>Temel Garip</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753448185</t>
+          <t>9789753445382</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Neden Yeni Bir Sosyal Bilim Paradigması 2. Cilt</t>
+          <t>Takrir-i Sükun Görüşmeleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000012414</t>
+          <t>9789753441872</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Az-Uz Dere-Tepe Sonra Düz</t>
+          <t>Halil İbrahim - Yolun Sonu Görünüyor</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753448208</t>
+          <t>9789753448222</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Avludaki Düş</t>
+          <t>Aidiyetsizliğin Başkenti İstanbul</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753448192</t>
+          <t>9789753448239</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Baba Oğul ve Devrim</t>
+          <t>Sürgünün Gözyaşları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753448161</t>
+          <t>9789753448215</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ya Devlet Ya Demokrasi</t>
+          <t>Katledilen İnsanlık Seyfo 1915</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753448178</t>
+          <t>9789753448185</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Özgür ve Eşit</t>
+          <t>Neden Yeni Bir Sosyal Bilim Paradigması 2. Cilt</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753447393</t>
+          <t>3990000012414</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mengene</t>
+          <t>Az-Uz Dere-Tepe Sonra Düz</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753448154</t>
+          <t>9789753448208</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Strana Qewmen Çıya</t>
+          <t>Avludaki Düş</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753448147</t>
+          <t>9789753448192</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Neden Yeni Bir Sosyal Bilim Paradigması 1. Cilt</t>
+          <t>Baba Oğul ve Devrim</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753448123</t>
+          <t>9789753448161</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Üzerine Genel Tezler</t>
+          <t>Ya Devlet Ya Demokrasi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753448116</t>
+          <t>9789753448178</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Amineh Boyu Kalaşnikof Kadar Bile Değil</t>
+          <t>Özgür ve Eşit</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753440578</t>
+          <t>9789753447393</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sonra-sızlar</t>
+          <t>Mengene</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753440820</t>
+          <t>9789753448154</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sevdası Dağlar Olan</t>
+          <t>Strana Qewmen Çıya</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9799753443561</t>
+          <t>9789753448147</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Öç</t>
+          <t>Neden Yeni Bir Sosyal Bilim Paradigması 1. Cilt</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9799753441918</t>
+          <t>9789753448123</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kani - Veran İkilemlerde Saklı Larnaka</t>
+          <t>Felsefe Üzerine Genel Tezler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753442466</t>
+          <t>9789753448116</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kalderon Ailesi</t>
+          <t>Amineh Boyu Kalaşnikof Kadar Bile Değil</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753443357</t>
+          <t>9789753440578</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Kara Köpeği</t>
+          <t>Sonra-sızlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753441087</t>
+          <t>9789753440820</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İzmir 1922</t>
+          <t>Sevdası Dağlar Olan</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753442831</t>
+          <t>9799753443561</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Yönelik Gözaltında Cinsel Şiddete Son!</t>
+          <t>Kanlı Öç</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9799753443196</t>
+          <t>9799753441918</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Adam Persona Non Grata</t>
+          <t>Kani - Veran İkilemlerde Saklı Larnaka</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753443555</t>
+          <t>9789753442466</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İsrail’in Kutsal Terörü</t>
+          <t>Kalderon Ailesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753441209</t>
+          <t>9789753443357</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İntihar Eden Kutsallarım</t>
+          <t>Kaderin Kara Köpeği</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753444323</t>
+          <t>9789753441087</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İnsana, Topluma ve Dünyaya Filozofça Bakış</t>
+          <t>İzmir 1922</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753443241</t>
+          <t>9789753442831</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Şikayetlerini B .M. Mekanizmalarına Taşıma Kılavuzu</t>
+          <t>Kadınlara Yönelik Gözaltında Cinsel Şiddete Son!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753440431</t>
+          <t>9799753443196</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İktisat Üzerine</t>
+          <t>İstenmeyen Adam Persona Non Grata</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753440554</t>
+          <t>9789753443555</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hozandaki Kız</t>
+          <t>İsrail’in Kutsal Terörü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753442473</t>
+          <t>9789753441209</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakalın Dostlarım</t>
+          <t>İntihar Eden Kutsallarım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9799753442861</t>
+          <t>9789753444323</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bir Yere Gitmek Ya da Hoşçakal Pitt</t>
+          <t>İnsana, Topluma ve Dünyaya Filozofça Bakış</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753441223</t>
+          <t>9789753443241</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Heybe</t>
+          <t>İnsan Hakları Şikayetlerini B .M. Mekanizmalarına Taşıma Kılavuzu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753442183</t>
+          <t>9789753440431</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Herakleitos ve Logos Filozofik Şiirler</t>
+          <t>İktisat Üzerine</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753444132</t>
+          <t>9789753440554</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Aynı Gemideyiz! ...De, Ben Kazan Dairesinde Gidiyorum</t>
+          <t>Hozandaki Kız</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9799753442922</t>
+          <t>9789753442473</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hele Bir Gitsinler Diyalog Sonra</t>
+          <t>Hoşçakalın Dostlarım</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753440288</t>
+          <t>9799753442861</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hegnar Çeşmesi Ermeni Romanı</t>
+          <t>Hiç Bir Yere Gitmek Ya da Hoşçakal Pitt</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9799753443066</t>
+          <t>9789753441223</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hayata Sanata ve Aşka Dair</t>
+          <t>Heybe</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753441681</t>
+          <t>9789753442183</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hawar</t>
+          <t>Herakleitos ve Logos Filozofik Şiirler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753441346</t>
+          <t>9789753444132</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hasretliğime, Doyumsuz Kardeşliğime</t>
+          <t>Hepimiz Aynı Gemideyiz! ...De, Ben Kazan Dairesinde Gidiyorum</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753442268</t>
+          <t>9799753442922</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hasan İzzettin Dinamo</t>
+          <t>Hele Bir Gitsinler Diyalog Sonra</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753442756</t>
+          <t>9789753440288</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İkinci Enternasyonal</t>
+          <t>Hegnar Çeşmesi Ermeni Romanı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753440950</t>
+          <t>9799753443066</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Habiba</t>
+          <t>Hayata Sanata ve Aşka Dair</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753442480</t>
+          <t>9789753441681</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Güz Balkonu</t>
+          <t>Hawar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000026419</t>
+          <t>9789753441346</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Güneyden Şiir Yağmuru (Ciltli)</t>
+          <t>Hasretliğime, Doyumsuz Kardeşliğime</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753444361</t>
+          <t>9789753442268</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Ağladığı Gün</t>
+          <t>Hasan İzzettin Dinamo</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753441322</t>
+          <t>9789753442756</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Güneşdamlası</t>
+          <t>İkinci Enternasyonal</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753442435</t>
+          <t>9789753440950</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gracchus Kardeşler</t>
+          <t>Habiba</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753440684</t>
+          <t>9789753442480</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Günaydın Kuşları</t>
+          <t>Güz Balkonu</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000001355</t>
+          <t>3990000026419</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İdea Sayı Cilt:2 Sayı: 1 İnsan Bilimleri Dergisi / A Journal Of Humanities</t>
+          <t>Güneyden Şiir Yağmuru (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753442015</t>
+          <t>9789753444361</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Bilanço Çıkarıyor Arjantin, Bolivya, Şili ve Uruguay</t>
+          <t>Güneşin Ağladığı Gün</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9799753443059</t>
+          <t>9789753441322</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bizi Özgür Kılacak</t>
+          <t>Güneşdamlası</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9799753441888</t>
+          <t>9789753442435</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Tarlası Kayıp Denizler 2</t>
+          <t>Gracchus Kardeşler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9799753441857</t>
+          <t>9789753440684</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Pontos Halk Tiyatrosu</t>
+          <t>Görünmez Günaydın Kuşları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753443869</t>
+          <t>3990000001355</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Çin Felsefesi Mao Zedung ve Sosyal Karar Teorisi</t>
+          <t>İdea Sayı Cilt:2 Sayı: 1 İnsan Bilimleri Dergisi / A Journal Of Humanities</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>3990000001353</t>
+          <t>9789753442015</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İdea Cilt: 1 Sayı: 1 İnsan Bilimleri Dergisi / A Journal of Humanities</t>
+          <t>Gerilla Bilanço Çıkarıyor Arjantin, Bolivya, Şili ve Uruguay</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>3990000001354</t>
+          <t>9799753443059</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İdea Sayı: 2 Cilt: 2 İnsan Bilimleri Dergisi / A Journal of Humanities</t>
+          <t>Gerçek Bizi Özgür Kılacak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753443616</t>
+          <t>9799753441888</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Geçiş Sürecinde Türkiye</t>
+          <t>Gelincik Tarlası Kayıp Denizler 2</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799753442946</t>
+          <t>9799753441857</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Bekçileri</t>
+          <t>Geleneksel Pontos Halk Tiyatrosu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753441988</t>
+          <t>9789753443869</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gavur Elo</t>
+          <t>Geleneksel Çin Felsefesi Mao Zedung ve Sosyal Karar Teorisi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753442152</t>
+          <t>3990000001353</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Fransız Direnişi 1940’dan 1944’e</t>
+          <t>İdea Cilt: 1 Sayı: 1 İnsan Bilimleri Dergisi / A Journal of Humanities</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753440509</t>
+          <t>3990000001354</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Filozofça 3 Portreler</t>
+          <t>İdea Sayı: 2 Cilt: 2 İnsan Bilimleri Dergisi / A Journal of Humanities</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753440998</t>
+          <t>9789753443616</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Filozofça - Dil Felsefesi</t>
+          <t>Geçiş Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753441834</t>
+          <t>9799753442946</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Feleğin Çemberinde</t>
+          <t>Gecenin Bekçileri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753442428</t>
+          <t>9789753441988</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Fedailer Özgürlük Yolunda</t>
+          <t>Gavur Elo</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753440316</t>
+          <t>9789753442152</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Farabundo Marti San Salvador’da İç Savaştan Silahlı Barışa</t>
+          <t>Fransız Direnişi 1940’dan 1944’e</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753441773</t>
+          <t>9789753440509</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Falls Anıları</t>
+          <t>Filozofça 3 Portreler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753441438</t>
+          <t>9789753440998</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul Bebek</t>
+          <t>Filozofça - Dil Felsefesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753441568</t>
+          <t>9789753441834</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ezop’un Öyküsü</t>
+          <t>Feleğin Çemberinde</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753444286</t>
+          <t>9789753442428</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Eylül’ü Beş Geçe</t>
+          <t>Fedailer Özgürlük Yolunda</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753441452</t>
+          <t>9789753440316</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Eolya Toprağı</t>
+          <t>Farabundo Marti San Salvador’da İç Savaştan Silahlı Barışa</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753441537</t>
+          <t>9789753441773</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Enver Gökçe Yaşamı ve Bütün Şiirleri</t>
+          <t>Falls Anıları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753441124</t>
+          <t>9789753441438</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz</t>
+          <t>Faili Meçhul Bebek</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9799753443578</t>
+          <t>9789753441568</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Elveda Margarita Küçük Kentimizin Sonu</t>
+          <t>Ezop’un Öyküsü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753341011</t>
+          <t>9789753444286</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ellerimde Renkler</t>
+          <t>Eylül’ü Beş Geçe</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753441506</t>
+          <t>9789753441452</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Politiğin ve Vergilendirmenin İlkeleri</t>
+          <t>Eolya Toprağı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753441674</t>
+          <t>9789753441537</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Düşünce, İnanç, Vicdan ve İfade Özgürlüğü</t>
+          <t>Enver Gökçe Yaşamı ve Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753444170</t>
+          <t>9789753441124</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yalnız Bizim Değil Yazıları / Yaşam Savunusu</t>
+          <t>Huzursuz</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753444194</t>
+          <t>9799753443578</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kapitalizminin Krizi</t>
+          <t>Elveda Margarita Küçük Kentimizin Sonu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753441964</t>
+          <t>9789753341011</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Duran Zaman</t>
+          <t>Ellerimde Renkler</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753440851</t>
+          <t>9789753441506</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Gecesi Türkiye’de Kürt Olmak</t>
+          <t>Ekonomi Politiğin ve Vergilendirmenin İlkeleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753442510</t>
+          <t>9789753441674</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Derdini Sordum Derdimizi Dinledim</t>
+          <t>Düşünce, İnanç, Vicdan ve İfade Özgürlüğü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753442350</t>
+          <t>9789753444170</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Denizi Kurutmak Dünden Bugüne Zorunlu Göç ve İskan Politikası</t>
+          <t>Dünya Yalnız Bizim Değil Yazıları / Yaşam Savunusu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753441780</t>
+          <t>9789753444194</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Deniz’i Beklerken Kayıp Denizler 1</t>
+          <t>Dünya Kapitalizminin Krizi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9799753443134</t>
+          <t>9789753441964</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Daxuyaniyen Li Ser Rewşenbire Kurd</t>
+          <t>Duran Zaman</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753440721</t>
+          <t>9789753440851</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Benim Sokaklarım</t>
+          <t>Diyarbakır Gecesi Türkiye’de Kürt Olmak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753443937</t>
+          <t>9789753442510</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bendi Mahi</t>
+          <t>Derdini Sordum Derdimizi Dinledim</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753441629</t>
+          <t>9789753442350</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Eski Tüfekler</t>
+          <t>Denizi Kurutmak Dünden Bugüne Zorunlu Göç ve İskan Politikası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753443647</t>
+          <t>9789753441780</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Başım Gözüm Üstüne</t>
+          <t>Deniz’i Beklerken Kayıp Denizler 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753440790</t>
+          <t>9799753443134</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ayrımı Bol Bir Yoldu Metris</t>
+          <t>Daxuyaniyen Li Ser Rewşenbire Kurd</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9799753442908</t>
+          <t>9789753440721</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi’ne Dava Götürme Kılavuzu</t>
+          <t>Benim Sokaklarım</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753444200</t>
+          <t>9789753443937</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türkiye’nin Katılımı</t>
+          <t>Bendi Mahi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753442312</t>
+          <t>9789753441629</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aratta Kutsal Yasalar Ülkesi M.Ö. 28-22 Yüzyıllar</t>
+          <t>Eski Tüfekler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753440516</t>
+          <t>9789753443647</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Araf’ta Bir Söz Güzeli</t>
+          <t>Başım Gözüm Üstüne</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9799753443165</t>
+          <t>9789753440790</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Arabeskler</t>
+          <t>Ayrımı Bol Bir Yoldu Metris</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753442176</t>
+          <t>9799753442908</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Apoletli Medya</t>
+          <t>Avrupa İnsan Hakları Mahkemesi’ne Dava Götürme Kılavuzu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753443975</t>
+          <t>9789753444200</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Anti - Faşist Şiir ve Faşizm</t>
+          <t>Avrupa Birliği ve Türkiye’nin Katılımı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753442336</t>
+          <t>9789753442312</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Annem Sabiha Sertel Kimdi, Neler Yazdı?</t>
+          <t>Aratta Kutsal Yasalar Ülkesi M.Ö. 28-22 Yüzyıllar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753440561</t>
+          <t>9789753440516</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Sarılmış Bir Yaşam 1</t>
+          <t>Araf’ta Bir Söz Güzeli</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753441261</t>
+          <t>9799753443165</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Anıların Gölgesinde</t>
+          <t>Arabeskler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753441025</t>
+          <t>9789753442176</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Almanya Türkiye’deki Rumları Nasıl Mahvetti</t>
+          <t>Apoletli Medya</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9799753441338</t>
+          <t>9789753443975</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Alevi Kimliğini Tartışmak Kitap 1</t>
+          <t>Anti - Faşist Şiir ve Faşizm</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753440332</t>
+          <t>9789753442336</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Adımlar Atılmazsa</t>
+          <t>Annem Sabiha Sertel Kimdi, Neler Yazdı?</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753440547</t>
+          <t>9789753440561</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Sosyalizmine Giriş</t>
+          <t>Anılarla Sarılmış Bir Yaşam 1</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9799753442106</t>
+          <t>9789753441261</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>1908 Birlikte İlerleyebilseydik</t>
+          <t>Anıların Gölgesinde</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753442633</t>
+          <t>9789753441025</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Yargılanıyor Askeri Rejime Karşı Uluslararası Mahkeme</t>
+          <t>Almanya Türkiye’deki Rumları Nasıl Mahvetti</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000009058</t>
+          <t>9799753441338</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>11. Tez Kitap Dizisi Sayı: 9 - Marksizm ve Feminizm</t>
+          <t>Alevi Kimliğini Tartışmak Kitap 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000007771</t>
+          <t>9789753440332</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>11. Tez Kitap Dizisi Sayı: 8 - Sosyalizm Piyasa Demokrasi</t>
+          <t>Adımlar Atılmazsa</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000009059</t>
+          <t>9789753440547</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>11. Tez Kitap Dizisi Sayı: 12 Küresellik ve Ulusallık</t>
+          <t>21. Yüzyıl Sosyalizmine Giriş</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789753442497</t>
+          <t>9799753442106</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar</t>
+          <t>1908 Birlikte İlerleyebilseydik</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753441193</t>
+          <t>9789753442633</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Zevkin Felsefesi ve Toplumsal Tarih</t>
+          <t>12 Eylül Yargılanıyor Askeri Rejime Karşı Uluslararası Mahkeme</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753443920</t>
+          <t>3990000009058</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yeni Faşizmin Kökenleri: Ebedi Dönüş</t>
+          <t>11. Tez Kitap Dizisi Sayı: 9 - Marksizm ve Feminizm</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9799753443103</t>
+          <t>3990000007771</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Daha Aydınlık</t>
+          <t>11. Tez Kitap Dizisi Sayı: 8 - Sosyalizm Piyasa Demokrasi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789753440585</t>
+          <t>3990000009059</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Kuşlar İskelesi</t>
+          <t>11. Tez Kitap Dizisi Sayı: 12 Küresellik ve Ulusallık</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753442671</t>
+          <t>9789753442497</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlıklar</t>
+          <t>Zor Zamanlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753442091</t>
+          <t>9789753441193</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yağma Ülkenin Mimarı</t>
+          <t>Zevkin Felsefesi ve Toplumsal Tarih</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753441353</t>
+          <t>9789753443920</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Welate Berfe</t>
+          <t>Yeni Faşizmin Kökenleri: Ebedi Dönüş</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753440387</t>
+          <t>9799753443103</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Volta</t>
+          <t>Yarınlar Daha Aydınlık</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753440608</t>
+          <t>9789753440585</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Vatansız Gazeteci - Cilt 1</t>
+          <t>Yanlış Kuşlar İskelesi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9799753443226</t>
+          <t>9789753442671</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türkiyeli Bir Sosyalist: Mehmet Ali Aybar</t>
+          <t>Yalnızlıklar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753440639</t>
+          <t>9789753442091</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Kovulmak</t>
+          <t>Yağma Ülkenin Mimarı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753443234</t>
+          <t>9789753441353</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kürt Çocukları ve İnsan Hakları</t>
+          <t>Welate Berfe</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753441339</t>
+          <t>9789753440387</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Demokratik Karşı Çıkış</t>
+          <t>Volta</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753442411</t>
+          <t>9789753440608</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nde  Hakim ve Avukatların Bağımsızlığı</t>
+          <t>Vatansız Gazeteci Cilt 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753442572</t>
+          <t>9799753443226</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Siyasetinde Kuzey Kafkasya Siyasi Muhacereti (1920 - 1971)</t>
+          <t>Türkiyeli Bir Sosyalist: Mehmet Ali Aybar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753441766</t>
+          <t>9789753440639</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasının Ekonomi Politiği</t>
+          <t>Türkiye’den Kovulmak</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753440493</t>
+          <t>9789753443234</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tülay Arın’a Armağan İktisat Yazıları</t>
+          <t>Türkiye’de Kürt Çocukları ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753443456</t>
+          <t>9789753441339</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Totaliter Türkiye Çiftliği</t>
+          <t>Türkiye’de Demokratik Karşı Çıkış</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753443685</t>
+          <t>9789753442411</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tehcirden İntifadaya Ebu Cihad’ın Öyküsü</t>
+          <t>Türkiye Cumhuriyeti’nde  Hakim ve Avukatların Bağımsızlığı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753441636</t>
+          <t>9789753442572</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Sınıf Bilinci</t>
+          <t>Türk Dış Siyasetinde Kuzey Kafkasya Siyasi Muhacereti (1920 - 1971)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753441377</t>
+          <t>9789753441766</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Takibat, Tehcir ve İmha</t>
+          <t>Türk Dış Politikasının Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753440714</t>
+          <t>9789753440493</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Şimal Esintileri</t>
+          <t>Tülay Arın’a Armağan İktisat Yazıları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9799753442885</t>
+          <t>9789753443456</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Lüzumu Yok !</t>
+          <t>Totaliter Türkiye Çiftliği</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753444057</t>
+          <t>9789753443685</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Arka Odası</t>
+          <t>Tehcirden İntifadaya Ebu Cihad’ın Öyküsü</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753440646</t>
+          <t>9789753441636</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Soykırımın İkinci Safhası</t>
+          <t>Tarih ve Sınıf Bilinci</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>3990000025939</t>
+          <t>9789753441377</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin Sorunları Kitap Dizisi Sayı: 2 Irkçılık ve Milliyetçilik</t>
+          <t>Takibat, Tehcir ve İmha</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753442787</t>
+          <t>9789753440714</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Ötesi</t>
+          <t>Şimal Esintileri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789753444019</t>
+          <t>9799753442885</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sinagonisti</t>
+          <t>Şiirin Lüzumu Yok !</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753444217</t>
+          <t>9789753444057</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Simli Karanfiller</t>
+          <t>Şiirin Arka Odası</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753444354</t>
+          <t>9789753440646</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Dans</t>
+          <t>Soykırımın İkinci Safhası</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>80</v>
+        <v>420</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9799753441864</t>
+          <t>3990000025939</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Savaş Rüzgarları Küreselleşen Emperyalizm, Bunalım</t>
+          <t>Sosyalizmin Sorunları Kitap Dizisi Sayı: 2 Irkçılık ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753440943</t>
+          <t>9789753442787</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Salnama Ehmede Xani Yıllığı 2010</t>
+          <t>Sivil Toplum ve Ötesi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753442367</t>
+          <t>9789753444019</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sağırtaş</t>
+          <t>Sinagonisti</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753442695</t>
+          <t>9789753444217</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Resmen Irza Geçme (İtiraflar)</t>
+          <t>Simli Karanfiller</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753442008</t>
+          <t>9789753444354</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Reformun Önündeki Engeller Türkiye’de Olağanüstü Yargı, Polisin Dokunulmazlığı Ve İnsan Hakları Savunucularına Yönelik Saldırılar</t>
+          <t>Sessiz Dans</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753445627</t>
+          <t>9799753441864</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Pusuda Kin</t>
+          <t>Savaş Rüzgarları Küreselleşen Emperyalizm, Bunalım</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9799753441925</t>
+          <t>9789753440943</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Prometheus Yüreğimi Ellerine Verdim</t>
+          <t>Salnama Ehmede Xani Yıllığı 2010</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753442237</t>
+          <t>9789753442367</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Prodeterminizm Yaşar-Kalma Olasılığı ve Zamanın Doğası Prodeterminismus Überlebenswahrscheinlichkeit und Natur der Zeit</t>
+          <t>Sağırtaş</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753440363</t>
+          <t>9789753442695</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Politika ve Felsefe</t>
+          <t>Resmen Irza Geçme (İtiraflar)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753443333</t>
+          <t>9789753442008</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Pentagonizm</t>
+          <t>Reformun Önündeki Engeller Türkiye’de Olağanüstü Yargı, Polisin Dokunulmazlığı Ve İnsan Hakları Savunucularına Yönelik Saldırılar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753440530</t>
+          <t>9789753445627</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Peloponnesos Savaşları</t>
+          <t>Pusuda Kin</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753441971</t>
+          <t>9799753441925</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Patrin Dört Dilden Şiir</t>
+          <t>Prometheus Yüreğimi Ellerine Verdim</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9799753441345</t>
+          <t>9789753442237</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Yürüyüş</t>
+          <t>Prodeterminizm Yaşar-Kalma Olasılığı ve Zamanın Doğası Prodeterminismus Überlebenswahrscheinlichkeit und Natur der Zeit</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753443289</t>
+          <t>9789753440363</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Paylaştılar Ama!..</t>
+          <t>Politika ve Felsefe</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753442121</t>
+          <t>9789753443333</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Cezası Bir İnsanlık Suçu</t>
+          <t>Pentagonizm</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753444156</t>
+          <t>9789753440530</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Bankası</t>
+          <t>Peloponnesos Savaşları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753443784</t>
+          <t>9789753441971</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ordu Ne İşe Yarar? Kafkaesk Dava</t>
+          <t>Patrin Dört Dilden Şiir</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789750174704</t>
+          <t>9799753441345</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Nepal’deki Devrimin Sorunları ve Olasılıklar</t>
+          <t>Özgürlüğe Yürüyüş</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753442770</t>
+          <t>9789753443289</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Nazır</t>
+          <t>Ölümü Paylaştılar Ama!..</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9799753443912</t>
+          <t>9789753442121</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Nadejda Konstantinovna</t>
+          <t>Ölüm Cezası Bir İnsanlık Suçu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753443807</t>
+          <t>9789753444156</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Musa Dağ’da Kırk Gün</t>
+          <t>Osmanlı Bankası</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753444262</t>
+          <t>9789753443784</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Militarizme Karşı Sınıf Mücadelesi - Seçme Yazılar</t>
+          <t>Ordu Ne İşe Yarar? Kafkaesk Dava</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753440677</t>
+          <t>9789750174704</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mavinin Yalnızlığı</t>
+          <t>Nepal’deki Devrimin Sorunları ve Olasılıklar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9799753442083</t>
+          <t>9789753442770</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Gerilla Savaşı</t>
+          <t>Nazır</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9799753441895</t>
+          <t>9799753443912</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Maria Göç Acısı</t>
+          <t>Nadejda Konstantinovna</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753441384</t>
+          <t>9789753443807</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Maraş’ta Soldan Yürüdüm</t>
+          <t>Musa Dağ’da Kırk Gün</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753441360</t>
+          <t>9789753444262</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mahzen</t>
+          <t>Militarizme Karşı Sınıf Mücadelesi - Seçme Yazılar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753440243</t>
+          <t>9789753440677</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Lenin Döneminde Leninizm İktidar Yılları Cilt: 2</t>
+          <t>Mavinin Yalnızlığı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9799753443448</t>
+          <t>9799753442083</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Odesa Öyküleri</t>
+          <t>Marksizm ve Gerilla Savaşı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9799753443080</t>
+          <t>9799753441895</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Kültürel ve Dinsel Hakları</t>
+          <t>Maria Göç Acısı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753443371</t>
+          <t>9789753441384</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asyada Hint Avrupa Gezintileri Ermeni İdeolojisi Üzerine Denemeler</t>
+          <t>Maraş’ta Soldan Yürüdüm</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753441841</t>
+          <t>9789753441360</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Küba Uzak Değil Bizim Fidel’in Öyküsü</t>
+          <t>Mahzen</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753441704</t>
+          <t>9789753440243</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kurukafa Bir Kötünün Basit Felsefe Notları</t>
+          <t>Lenin Döneminde Leninizm İktidar Yılları Cilt: 2</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9799753442915</t>
+          <t>9799753443448</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kumluk Diyar</t>
+          <t>Odesa Öyküleri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753442251</t>
+          <t>9799753443080</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Güncesi  Al-Subar</t>
+          <t>Kürtlerin Kültürel ve Dinsel Hakları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753440615</t>
+          <t>9789753443371</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kökünü Arayan Çınar</t>
+          <t>Küçük Asyada Hint Avrupa Gezintileri Ermeni İdeolojisi Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9978999068718</t>
+          <t>9789753441841</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Korkum Gölgem Gibi</t>
+          <t>Küba Uzak Değil Bizim Fidel’in Öyküsü</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789753444248</t>
+          <t>9789753441704</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kilaman</t>
+          <t>Kurukafa Bir Kötünün Basit Felsefe Notları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789753442558</t>
+          <t>9799753442915</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kızımla Büyümek</t>
+          <t>Kumluk Diyar</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753443876</t>
+          <t>9789753442251</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Katliamlar, Direniş, Koruyucular</t>
+          <t>Kudüs Güncesi  Al-Subar</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>520</v>
+        <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9799753441840</t>
+          <t>9789753440615</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Bir Işık Artvin Romanı</t>
+          <t>Kökünü Arayan Çınar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789753444125</t>
+          <t>9978999068718</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kara Kefen</t>
+          <t>Korkum Gölgem Gibi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789753443487</t>
+          <t>9789753444248</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kar Fısıltıları</t>
+          <t>Kilaman</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753440776</t>
+          <t>9789753442558</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Sosyalizm Üzerine Eleştirel Notlar</t>
+          <t>Kızımla Büyümek</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789753442664</t>
+          <t>9789753443876</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kayzer Kaiser Rouge</t>
+          <t>Katliamlar, Direniş, Koruyucular</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>100</v>
+        <v>520</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789753441995</t>
+          <t>9799753441840</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Günü Yargıçları Kayıp Denizler 3</t>
+          <t>Karanlıkta Bir Işık Artvin Romanı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>85</v>
+        <v>280</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789753448109</t>
+          <t>9789753444125</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Her Daim Kavganın İçerisinde</t>
+          <t>Kara Kefen</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789753448093</t>
+          <t>9789753443487</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Vatansızlığı Vatan Eylemek</t>
+          <t>Kar Fısıltıları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789753448086</t>
+          <t>9789753440776</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Paydos Öğretmenim</t>
+          <t>Marksizm ve Sosyalizm Üzerine Eleştirel Notlar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789753448079</t>
+          <t>9789753442664</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Fatma Nudiye Yalçı</t>
+          <t>Kızıl Kayzer Kaiser Rouge</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789753448055</t>
+          <t>9789753441995</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Geyik Böceği</t>
+          <t>Kıyamet Günü Yargıçları Kayıp Denizler 3</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789753448062</t>
+          <t>9789753448109</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Tamamen Gayriresmi</t>
+          <t>Her Daim Kavganın İçerisinde</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789753448031</t>
+          <t>9789753448093</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Filozofça Hukuk Felsefesi</t>
+          <t>Vatansızlığı Vatan Eylemek</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789753448048</t>
+          <t>9789753448086</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göle Fısıldadıklarım</t>
+          <t>Paydos Öğretmenim</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>4440000002523</t>
+          <t>9789753448079</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyalist İşçi Partisi ve Doktriner Sosyalist Siyaseti (1-2)</t>
+          <t>Fatma Nudiye Yalçı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789753448024</t>
+          <t>9789753448055</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dönüş Operasyonu</t>
+          <t>Geyik Böceği</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789753447980</t>
+          <t>9789753448062</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Deli Payam</t>
+          <t>Tamamen Gayriresmi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055221089</t>
+          <t>9789753448031</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Organon : Rasyonel İyileştirme Sanatı</t>
+          <t>Filozofça Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789753445894</t>
+          <t>9789753448048</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sanala Romanan</t>
+          <t>Mavi Göle Fısıldadıklarım</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789753444774</t>
+          <t>4440000002523</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Salvador'un Gizli Zindanları / Bir Kadın Savaşçının Tanıklığı</t>
+          <t>Türkiye Sosyalist İşçi Partisi ve Doktriner Sosyalist Siyaseti (1-2)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>110</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789753444798</t>
+          <t>9789753448024</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Nasıl İşler?</t>
+          <t>Hayata Dönüş Operasyonu</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789753440745</t>
+          <t>9789753447980</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dava Dosyası - İnancın Sınandığı Zor Mekanlar: Hücreler</t>
+          <t>Deli Payam</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789753444828</t>
+          <t>9786055221089</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Cangıl Günleri Guetemala'nın Gizli Savaşı</t>
+          <t>Organon : Rasyonel İyileştirme Sanatı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789753445016</t>
+          <t>9789753445894</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Portreler</t>
+          <t>Sanala Romanan</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789753440134</t>
+          <t>9789753444774</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kollontay</t>
+          <t>Salvador'un Gizli Zindanları / Bir Kadın Savaşçının Tanıklığı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789753446396</t>
+          <t>9789753444798</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Rusya'da İşçi Muhalefeti</t>
+          <t>Kapitalizm Nasıl İşler?</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789753444316</t>
+          <t>9789753440745</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Özeleştiri Ögeleri</t>
+          <t>Dava Dosyası - İnancın Sınandığı Zor Mekanlar: Hücreler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789753447546</t>
+          <t>9789753444828</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kulakdavulunun Eğrisi</t>
+          <t>Cangıl Günleri Guetemala'nın Gizli Savaşı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789753447386</t>
+          <t>9789753445016</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sanatın ve Sosyolojinin Ruh Hali</t>
+          <t>Ateşten Portreler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789753447058</t>
+          <t>9789753440134</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Solda "Bir"lik Girişimleri ve Sosyalist Birlik Partisi Deneyimi</t>
+          <t>Kollontay</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789753446952</t>
+          <t>9789753446396</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Seni Bir Güle Armağan Ettim</t>
+          <t>Rusya'da İşçi Muhalefeti</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789753446464</t>
+          <t>9789753444316</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İşkence</t>
+          <t>Özeleştiri Ögeleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789753445108</t>
+          <t>9789753447546</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Diyarbakır'da Azalırken</t>
+          <t>Kulakdavulunun Eğrisi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789753446310</t>
+          <t>9789753447386</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Ulusal Ekonominin Dönüşümü</t>
+          <t>Sanatın ve Sosyolojinin Ruh Hali</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789753440592</t>
+          <t>9789753447058</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kalanlara Selam Olsun</t>
+          <t>Solda "Bir"lik Girişimleri ve Sosyalist Birlik Partisi Deneyimi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789753440806</t>
+          <t>9789753446952</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>K. Marx - F. Engels Hayat ve Eserlerine Giriş</t>
+          <t>Seni Bir Güle Armağan Ettim</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789753446198</t>
+          <t>9789753446464</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İşkence Olayı</t>
+          <t>Türkiye'de İşkence</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789753446181</t>
+          <t>9789753445108</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İşçi Hareketi, Marksizm ve Ulusal Sorun</t>
+          <t>İstanbul'da Diyarbakır'da Azalırken</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789753446174</t>
+          <t>9789753446310</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İşçi Denetimi ve Sosyalist Demokrasi Sovyet Deneyimi</t>
+          <t>Kapitalizm ve Ulusal Ekonominin Dönüşümü</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789753446167</t>
+          <t>9789753440592</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Hoyrat Sazın Türküsü</t>
+          <t>Kalanlara Selam Olsun</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789753440325</t>
+          <t>9789753440806</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ho Şi Minh Bir Ulusal Kurtuluşçunun Portresi</t>
+          <t>K. Marx - F. Engels Hayat ve Eserlerine Giriş</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789753444453</t>
+          <t>9789753446198</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hıdır ve İlyas Ateşinde Gözlerim</t>
+          <t>İşkence Olayı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789753445092</t>
+          <t>9789753446181</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hayduklar</t>
+          <t>İşçi Hareketi, Marksizm ve Ulusal Sorun</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789753444910</t>
+          <t>9789753446174</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hacı Manuil Beykoz’da Neler Oldu?</t>
+          <t>İşçi Denetimi ve Sosyalist Demokrasi Sovyet Deneyimi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789753444644</t>
+          <t>9789753446167</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Kitabı</t>
+          <t>Hoyrat Sazın Türküsü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789753446150</t>
+          <t>9789753440325</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Gündem Yazıları</t>
+          <t>Ho Şi Minh Bir Ulusal Kurtuluşçunun Portresi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789753445047</t>
+          <t>9789753444453</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Notlar Türkiye Solu, Yaratıcı Marksizm, Kürtler ve Dünya Üstüne</t>
+          <t>Hıdır ve İlyas Ateşinde Gözlerim</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789753440783</t>
+          <t>9789753445092</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Öpülesi Yerleri Var</t>
+          <t>Hayduklar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789753446143</t>
+          <t>9789753444910</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Friedman Modeli Kıskacında Şili (1973-1981)</t>
+          <t>Hacı Manuil Beykoz’da Neler Oldu?</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789753445054</t>
+          <t>9789753444644</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da Aşırı Sağ ve Irkçılık</t>
+          <t>Günlerin Kitabı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789753446792</t>
+          <t>9789753446150</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Firari Düşler</t>
+          <t>Gündem Yazıları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789753444781</t>
+          <t>9789753445047</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Finans Kapital Cilt: 1</t>
+          <t>Gurbetten Notlar Türkiye Solu, Yaratıcı Marksizm, Kürtler ve Dünya Üstüne</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789753440011</t>
+          <t>9789753440783</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Fildişi Kulenin Dışından</t>
+          <t>Gecenin Öpülesi Yerleri Var</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789753440899</t>
+          <t>9789753446143</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Doğuşu ve Yayılışı</t>
+          <t>Friedman Modeli Kıskacında Şili (1973-1981)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789753440233</t>
+          <t>9789753445054</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Faşizme ve Alman İşgaline Karşı Silahlı Direnişte Kadınlar</t>
+          <t>Fransa’da Aşırı Sağ ve Irkçılık</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789753446983</t>
+          <t>9789753446792</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Eylül Şifresi</t>
+          <t>Firari Düşler</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789753446105</t>
+          <t>9789753444781</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Eylül Hukuku ve Basın Özgürlüğü</t>
+          <t>Finans Kapital Cilt: 1</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789753446112</t>
+          <t>9789753440011</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Evina Dile Min</t>
+          <t>Fildişi Kulenin Dışından</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753444682</t>
+          <t>9789753440899</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Emekçiye Mektuplar 2 - Yeni Dünya Düzeni, Türkiye ve Sosyalizm</t>
+          <t>Felsefenin Doğuşu ve Yayılışı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789753442657</t>
+          <t>9789753440233</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Eksik Bir Gökyüzü Toplu Şiirleri 1 (1970-90)</t>
+          <t>Faşizme ve Alman İşgaline Karşı Silahlı Direnişte Kadınlar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789753445160</t>
+          <t>9789753446983</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Düşük Yoğunluklu Çatışma İlan Edilmemiş Savaş</t>
+          <t>Eylül Şifresi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789753440264</t>
+          <t>9789753446105</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Düşdökümü</t>
+          <t>Eylül Hukuku ve Basın Özgürlüğü</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789753444590</t>
+          <t>9789753446112</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Sarmaşık Gibi Diktatörlük Hücrelerinden Anılar</t>
+          <t>Evina Dile Min</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789753444040</t>
+          <t>9789753444682</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Bahar</t>
+          <t>Emekçiye Mektuplar 2 - Yeni Dünya Düzeni, Türkiye ve Sosyalizm</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789753446730</t>
+          <t>9789753442657</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Döğüşenler Konuşacak</t>
+          <t>Eksik Bir Gökyüzü Toplu Şiirleri 1 (1970-90)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789753444903</t>
+          <t>9789753445160</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Ulusal Kurtuluş Hareketleri</t>
+          <t>Düşük Yoğunluklu Çatışma İlan Edilmemiş Savaş</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789753441032</t>
+          <t>9789753440264</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz’de Resmi İdeolojiler Kuşatması</t>
+          <t>Düşdökümü</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789753440004</t>
+          <t>9789753444590</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dışardakiler</t>
+          <t>Duvardaki Sarmaşık Gibi Diktatörlük Hücrelerinden Anılar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789753446914</t>
+          <t>9789753444040</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Dersimli Memik Ağa</t>
+          <t>Dört Mevsim Bahar</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789753440929</t>
+          <t>9789753446730</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Deniz Çalığı</t>
+          <t>Döğüşenler Konuşacak</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789753440769</t>
+          <t>9789753444903</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Defterimde Acı Sesleri</t>
+          <t>Doğu’da Ulusal Kurtuluş Hareketleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789753440080</t>
+          <t>9789753441032</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Tanıktır</t>
+          <t>Doğu Karadeniz’de Resmi İdeolojiler Kuşatması</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789753446921</t>
+          <t>9789753440004</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dağın Öte Yüzü</t>
+          <t>Dışardakiler</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789753441575</t>
+          <t>9789753446914</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarıma Mektuplar</t>
+          <t>Dersimli Memik Ağa</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753444927</t>
+          <t>9789753440929</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kuşlar Gibi İskenderiye’den Atina’ya</t>
+          <t>Deniz Çalığı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789753446099</t>
+          <t>9789753440769</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Hellen Tarihine Bakış</t>
+          <t>Defterimde Acı Sesleri</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789753441292</t>
+          <t>9789753440080</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Cudi Dağı</t>
+          <t>Dağlar Tanıktır</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789753446082</t>
+          <t>9789753446921</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Brezilya İşçi Partisi Deneyimi</t>
+          <t>Dağın Öte Yüzü</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789753441520</t>
+          <t>9789753441575</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bomba Nurettin</t>
+          <t>Çocuklarıma Mektuplar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789753440103</t>
+          <t>9789753444927</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Birikim Bunalımı</t>
+          <t>Çılgın Kuşlar Gibi İskenderiye’den Atina’ya</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753445030</t>
+          <t>9789753446099</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bir Taşra Savcısının Günlüğü</t>
+          <t>Çağdaş Hellen Tarihine Bakış</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789753441230</t>
+          <t>9789753441292</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bir Soykırım Tarihi</t>
+          <t>Cudi Dağı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789753440097</t>
+          <t>9789753446082</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevda Yolcusuydunuz</t>
+          <t>Brezilya İşçi Partisi Deneyimi</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753444507</t>
+          <t>9789753441520</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ben Rigoberta Menchu Guatemala’da Yaşam</t>
+          <t>Bomba Nurettin</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789753444538</t>
+          <t>9789753440103</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Başkan Gonzalo Konuşuyor Yüzyılın Görüşmesi</t>
+          <t>Birikim Bunalımı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789753446044</t>
+          <t>9789753445030</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bakü Komünü Rus Devriminde Milliyet ve Sınıf</t>
+          <t>Bir Taşra Savcısının Günlüğü</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789753444873</t>
+          <t>9789753441230</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmadan Kemalizme Yetke ve/ya Özgürlük</t>
+          <t>Bir Soykırım Tarihi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789753446037</t>
+          <t>9789753440097</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ayaklanma Üstüne</t>
+          <t>Bir Sevda Yolcusuydunuz</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789753443340</t>
+          <t>9789753444507</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İşçi Hareketleri Tarihi</t>
+          <t>Ben Rigoberta Menchu Guatemala’da Yaşam</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789753446020</t>
+          <t>9789753444538</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Tutmak Bir Tupamaro Geçmişe Bakıyor</t>
+          <t>Başkan Gonzalo Konuşuyor Yüzyılın Görüşmesi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789753444972</t>
+          <t>9789753446044</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Devrim Latin Amerika Üzerine Denemeler</t>
+          <t>Bakü Komünü Rus Devriminde Milliyet ve Sınıf</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789753446853</t>
+          <t>9789753444873</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Albatroslar</t>
+          <t>Aydınlanmadan Kemalizme Yetke ve/ya Özgürlük</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789753445283</t>
+          <t>9789753446037</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Dağına Yolculuk</t>
+          <t>Ayaklanma Üstüne</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789753441155</t>
+          <t>9789753443340</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Barışa Adanan Bir Yaşam</t>
+          <t>Avrupa İşçi Hareketleri Tarihi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789753446013</t>
+          <t>9789753446020</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Anarkaos</t>
+          <t>Ateşi Tutmak Bir Tupamaro Geçmişe Bakıyor</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789753446006</t>
+          <t>9789753444972</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Başlarında Rusya’da Batıcılık, Ulusçuluk ve Felsefe</t>
+          <t>Edebiyat ve Devrim Latin Amerika Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789753441308</t>
+          <t>9789753446853</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yüzünün Yarısında Gün İzleri</t>
+          <t>Albatroslar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789753446891</t>
+          <t>9789753445283</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yürü Direncim</t>
+          <t>Ağrı Dağına Yolculuk</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789753446884</t>
+          <t>9789753441155</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yurduna Dönen Gılgamış</t>
+          <t>Barışa Adanan Bir Yaşam</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789753440028</t>
+          <t>9789753446013</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yitik Kentin Kırk Yılı İzmir’in Hacı Frangu Semtinden</t>
+          <t>Anarkaos</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789753440042</t>
+          <t>9789753446006</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yeni Osmanlılar’dan Bu Yana İngiltere’de Türk Gazeteciliği (1867-1967)</t>
+          <t>19. Yüzyıl Başlarında Rusya’da Batıcılık, Ulusçuluk ve Felsefe</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789753441742</t>
+          <t>9789753441308</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yaşamla Söyleşi Sosyalizm, Günlük Yaşam ve Ütopya Üstüne</t>
+          <t>Yüzünün Yarısında Gün İzleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753441049</t>
+          <t>9789753446891</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Vatansız Gazeteci Cilt: 2</t>
+          <t>Yürü Direncim</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753445238</t>
+          <t>9789753446884</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Van Gölü’nde Yılanlı Bir Günün Esrarı</t>
+          <t>Yurduna Dönen Gılgamış</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789753441285</t>
+          <t>9789753440028</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Vaaay Kitabın Başına Gelenler!...</t>
+          <t>Yitik Kentin Kırk Yılı İzmir’in Hacı Frangu Semtinden</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789753441094</t>
+          <t>9789753440042</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Ağaç Ağıdı</t>
+          <t>Yeni Osmanlılar’dan Bu Yana İngiltere’de Türk Gazeteciliği (1867-1967)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789753446495</t>
+          <t>9789753441742</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Uzun Savaş Salvador’da Diktatörlük ve Devrim</t>
+          <t>Yaşamla Söyleşi Sosyalizm, Günlük Yaşam ve Ütopya Üstüne</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789753446488</t>
+          <t>9789753441049</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Uzak Yakın Anılar 1</t>
+          <t>Vatansız Gazeteci Cilt 2</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789753446471</t>
+          <t>9789753445238</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Uygulanabilir Bir Sosyalizmin İktisadı</t>
+          <t>Van Gölü’nde Yılanlı Bir Günün Esrarı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789753444804</t>
+          <t>9789753441285</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Ekonomiye Giriş</t>
+          <t>Vaaay Kitabın Başına Gelenler!...</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789753441148</t>
+          <t>9789753441094</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Uğursuz Dünya</t>
+          <t>Üzgün Ağaç Ağıdı</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789753446501</t>
+          <t>9789753446495</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ufka Verdim Gözlerimi</t>
+          <t>Uzun Savaş Salvador’da Diktatörlük ve Devrim</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753441650</t>
+          <t>9789753446488</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Türk Basını Türkiye’de İnsan Hakları ve Kürt Sorunu Örneğinde</t>
+          <t>Uzak Yakın Anılar 1</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789753441056</t>
+          <t>9789753446471</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Tosbağa Avcısı</t>
+          <t>Uygulanabilir Bir Sosyalizmin İktisadı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789753445139</t>
+          <t>9789753444804</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Tel Ören İzak</t>
+          <t>Ulusal Ekonomiye Giriş</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753446440</t>
+          <t>9789753441148</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İronileri Stalin’den Brejnev’e Sovyetler Birliği</t>
+          <t>Uğursuz Dünya</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789753445061</t>
+          <t>9789753446501</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kaynana Girit Masalları</t>
+          <t>Ufka Verdim Gözlerimi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753441100</t>
+          <t>9789753441650</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sürgün’ün Seyir Defteri</t>
+          <t>Türk Basını Türkiye’de İnsan Hakları ve Kürt Sorunu Örneğinde</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789753441162</t>
+          <t>9789753441056</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Spartakistler Ne İstiyor?</t>
+          <t>Tosbağa Avcısı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789753445214</t>
+          <t>9789753445139</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Söz Mezbahası</t>
+          <t>Tel Ören İzak</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789753446433</t>
+          <t>9789753446440</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Söylenmese de Olurdu</t>
+          <t>Tarihin İronileri Stalin’den Brejnev’e Sovyetler Birliği</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789753446426</t>
+          <t>9789753445061</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve Ulusallık</t>
+          <t>Şeker Kaynana Girit Masalları</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753446419</t>
+          <t>9789753441100</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve Özgürlük Rousseau ve Marx ve Diğer Yazılar</t>
+          <t>Sürgün’ün Seyir Defteri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789753444866</t>
+          <t>9789753441162</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Leyla Uzun Bir Sürgündü O Gece</t>
+          <t>Spartakistler Ne İstiyor?</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789753444460</t>
+          <t>9789753445214</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sam Amcaya Fatiha</t>
+          <t>Söz Mezbahası</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753441216</t>
+          <t>9789753446433</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Salnama Ehmede Xani 2011</t>
+          <t>Söylenmese de Olurdu</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789753446969</t>
+          <t>9789753446426</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Requiem Zamandışı Sessizlik Saati</t>
+          <t>Sosyalizm ve Ulusallık</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753441131</t>
+          <t>9789753446419</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Radikal Tiyatro</t>
+          <t>Sosyalizm ve Özgürlük Rousseau ve Marx ve Diğer Yazılar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753440165</t>
+          <t>9789753444866</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Piyasa Sosyalizmi Tartışması</t>
+          <t>Sevgili Leyla Uzun Bir Sürgündü O Gece</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789753446365</t>
+          <t>9789753444460</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Peru’da Aydınlık Yol Deneyimi</t>
+          <t>Sam Amcaya Fatiha</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789753446358</t>
+          <t>9789753441216</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Palestine Through Documents</t>
+          <t>Salnama Ehmede Xani 2011</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753445115</t>
+          <t>9789753446969</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Bedeli Irak Kürt Bölgesinden Röportajlar (1991-93)</t>
+          <t>Requiem Zamandışı Sessizlik Saati</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789753440868</t>
+          <t>9789753441131</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa’dan Ergenekon’a</t>
+          <t>Radikal Tiyatro</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753440073</t>
+          <t>9789753440165</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Orkestra Yeni Ezgiler Çalacak</t>
+          <t>Piyasa Sosyalizmi Tartışması</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789753446334</t>
+          <t>9789753446365</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Nikaragua Sandinist Devrim</t>
+          <t>Peru’da Aydınlık Yol Deneyimi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753441278</t>
+          <t>9789753446358</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’de Yaşama Sorunu</t>
+          <t>Palestine Through Documents</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789753444620</t>
+          <t>9789753445115</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Oğlumun Güncesinden Öyküler</t>
+          <t>Özgürlüğün Bedeli Irak Kürt Bölgesinden Röportajlar (1991-93)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789753446327</t>
+          <t>9789753440868</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Moskof Selim</t>
+          <t>Teşkilat-ı Mahsusa’dan Ergenekon’a</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789753445153</t>
+          <t>9789753440073</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Din Kurtuluş Teolojisi Meydan Okuyor</t>
+          <t>Orkestra Yeni Ezgiler Çalacak</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789753441063</t>
+          <t>9789753446334</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Maraş Olaylarını Solcular mı Çıkardı!..</t>
+          <t>Nikaragua Sandinist Devrim</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789753446303</t>
+          <t>9789753441278</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Madencinin Türküsü</t>
+          <t>Nietzsche’de Yaşama Sorunu</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789753446273</t>
+          <t>9789753444620</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’nın Atar Damarları</t>
+          <t>Oğlumun Güncesinden Öyküler</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789753446280</t>
+          <t>9789753446327</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’da Askeri Diktatörlük ve Kadın</t>
+          <t>Moskof Selim</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789753441728</t>
+          <t>9789753445153</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Marksizmi</t>
+          <t>Marksizm ve Din Kurtuluş Teolojisi Meydan Okuyor</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789753440455</t>
+          <t>9789753441063</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Sır</t>
+          <t>Maraş Olaylarını Solcular mı Çıkardı!..</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789753446990</t>
+          <t>9789753446303</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bir Leke</t>
+          <t>Madencinin Türküsü</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789753441469</t>
+          <t>9789753446273</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kullar ve Efendiler</t>
+          <t>Latin Amerika’nın Atar Damarları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789753446235</t>
+          <t>9789753446280</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gül ve Kasket</t>
+          <t>Latin Amerika’da Askeri Diktatörlük ve Kadın</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789753446228</t>
+          <t>9789753441728</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kendini Anlatırsa Bir Kız</t>
+          <t>Latin Amerika Marksizmi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789753440967</t>
+          <t>9789753440455</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar</t>
+          <t>Kuyudaki Sır</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753440691</t>
+          <t>9789753446990</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağarken Düşlerime</t>
+          <t>Mavi Bir Leke</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789753440912</t>
+          <t>9789753441469</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Mahşerimle Gül Oyna</t>
+          <t>Kullar ve Efendiler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789753447973</t>
+          <t>9789753446235</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Komünist Partisi Yayınlarında Kürtler 2</t>
+          <t>Kırmızı Gül ve Kasket</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789753447966</t>
+          <t>9789753446228</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gabro</t>
+          <t>Kendini Anlatırsa Bir Kız</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753447959</t>
+          <t>9789753440967</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Terörist</t>
+          <t>Kayıp Ruhlar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789753447942</t>
+          <t>9789753440691</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Su Karadan Güvenli Anne</t>
+          <t>Kar Yağarken Düşlerime</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789753447928</t>
+          <t>9789753440912</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Filozofça Din Felsefesi</t>
+          <t>Mahşerimle Gül Oyna</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789753447911</t>
+          <t>9789753447973</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Göçmen İşçi / Akademisyen Gönüllü Sürgün</t>
+          <t>Türkiye Komünist Partisi Yayınlarında Kürtler 2</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789753447904</t>
+          <t>9789753447966</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Marx 202</t>
+          <t>Gabro</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789753447898</t>
+          <t>9789753447959</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yazmasaydım Olmazdı!</t>
+          <t>Terörist</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789753441179</t>
+          <t>9789753447942</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Gider Ayak</t>
+          <t>Su Karadan Güvenli Anne</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753447881</t>
+          <t>9789753447928</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Soykırımı’nın İnkarında Anahtar Unsurlar - Toplu Makaleler 4</t>
+          <t>Filozofça Din Felsefesi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753447874</t>
+          <t>9789753447911</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Çıplak ve Özgür</t>
+          <t>Göçmen İşçi / Akademisyen Gönüllü Sürgün</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789753447867</t>
+          <t>9789753447904</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Türbünya’da Her Şey Rayında</t>
+          <t>Marx 202</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753447829</t>
+          <t>9789753447898</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Yasak Nehir</t>
+          <t>Yazmasaydım Olmazdı!</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753447843</t>
+          <t>9789753441179</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Ubeydullah Nehri</t>
+          <t>Gider Ayak</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753447836</t>
+          <t>9789753447881</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dideban</t>
+          <t>Ermeni Soykırımı’nın İnkarında Anahtar Unsurlar - Toplu Makaleler 4</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753447812</t>
+          <t>9789753447874</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Açık Yaralar</t>
+          <t>Çıplak ve Özgür</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753445634</t>
+          <t>9789753447867</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Emperyalizm ve Türkiye'nin Konumu</t>
+          <t>Türbünya’da Her Şey Rayında</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753447805</t>
+          <t>9789753447829</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Döneriz Elbet</t>
+          <t>Yasak Nehir</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753447799</t>
+          <t>9789753447843</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kötünün Kötüsü Adam</t>
+          <t>Şeyh Ubeydullah Nehri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753447782</t>
+          <t>9789753447836</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Yüce</t>
+          <t>Dideban</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753447775</t>
+          <t>9789753447812</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Üç Adım Sola</t>
+          <t>Açık Yaralar</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753447768</t>
+          <t>9789753445634</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Tarihi ve Ekonomik Politik Yapısı (1838-2016)</t>
+          <t>Kolektif Emperyalizm ve Türkiye'nin Konumu</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>460</v>
+        <v>160</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753447553</t>
+          <t>9789753447805</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Irak'tan Türkiye'ye Hayatlar</t>
+          <t>Bir Gün Döneriz Elbet</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753447751</t>
+          <t>9789753447799</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ufuk Çizgisi 2. Seri</t>
+          <t>Kötünün Kötüsü Adam</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753447713</t>
+          <t>9789753447782</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Grizu 4 - Höreleniş</t>
+          <t>Güzel ve Yüce</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753447706</t>
+          <t>9789753447775</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Grizu 3 - Harlanış</t>
+          <t>Üç Adım Sola</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789753447690</t>
+          <t>9789753447768</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Grizu 2 - Çıplak ve Mükellef</t>
+          <t>Türkiye’nin Tarihi ve Ekonomik Politik Yapısı (1838-2016)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789753447683</t>
+          <t>9789753447553</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Grizu 1 - Siyah Işıltı</t>
+          <t>Irak'tan Türkiye'ye Hayatlar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753444569</t>
+          <t>9789753447751</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kentimin Öyküsü</t>
+          <t>Ufuk Çizgisi 2. Seri</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789753447744</t>
+          <t>9789753447713</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Sınırda Yaşamak</t>
+          <t>Grizu 4 - Höreleniş</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789753447720</t>
+          <t>9789753447706</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Komünist Partisi Yayınlarında Kürtler</t>
+          <t>Grizu 3 - Harlanış</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789753447294</t>
+          <t>9789753447690</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Newroz</t>
+          <t>Grizu 2 - Çıplak ve Mükellef</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789753447669</t>
+          <t>9789753447683</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>OHAL'de Hayat</t>
+          <t>Grizu 1 - Siyah Işıltı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789753447652</t>
+          <t>9789753444569</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf</t>
+          <t>Kentimin Öyküsü</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789753447645</t>
+          <t>9789753447744</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Çöl Sıcağında Bile Üşürsün Sürgünsen</t>
+          <t>Sınırda Yaşamak</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789753447638</t>
+          <t>9789753447720</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Sessiz Ölür</t>
+          <t>Türkiye Komünist Partisi Yayınlarında Kürtler</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753447621</t>
+          <t>9789753447294</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sürdüler Sürgün Oldum</t>
+          <t>Newroz</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789753447614</t>
+          <t>9789753447669</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Pontos Rumlarına Yönelik Soykırım</t>
+          <t>OHAL'de Hayat</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>3990000001989</t>
+          <t>9789753447652</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İdea Sayı Cilt:1 Sayı: 2 İnsan Bilimleri Dergisi / A Journal Of Humanities</t>
+          <t>Tesadüf</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753440141</t>
+          <t>9789753447645</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İktisat Nedir?</t>
+          <t>Çöl Sıcağında Bile Üşürsün Sürgünsen</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789753447591</t>
+          <t>9789753447638</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İdeler ve Tanrı</t>
+          <t>Sürgün Sessiz Ölür</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789753447607</t>
+          <t>9789753447621</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Çatlayan Süt Sessizliği</t>
+          <t>Sürdüler Sürgün Oldum</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789753447577</t>
+          <t>9789753447614</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İstanbul İzlenimleri</t>
+          <t>Pontos Rumlarına Yönelik Soykırım</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789753444378</t>
+          <t>3990000001989</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sak</t>
+          <t>İdea Sayı Cilt:1 Sayı: 2 İnsan Bilimleri Dergisi / A Journal Of Humanities</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789753447560</t>
+          <t>9789753440141</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Namekan</t>
+          <t>İktisat Nedir?</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789753447539</t>
+          <t>9789753447591</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşındırmak</t>
+          <t>İdeler ve Tanrı</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789753447522</t>
+          <t>9789753447607</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>THKP-C Devrimci Yol Geleneğinde Öncülük Olarak Politika</t>
+          <t>Çatlayan Süt Sessizliği</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789753447492</t>
+          <t>9789753447577</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Athanatos</t>
+          <t>İstanbul İzlenimleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789753447515</t>
+          <t>9789753444378</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Demokratik İhtilaller Çağında Girit</t>
+          <t>Sak</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789753447478</t>
+          <t>9789753447560</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Ema Lenge (Esq u Dez)</t>
+          <t>Namekan</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789753447355</t>
+          <t>9789753447539</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Fistansore</t>
+          <t>Sınırları Aşındırmak</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789753447508</t>
+          <t>9789753447522</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Faşizm, Devlet ve Sınıflar</t>
+          <t>THKP-C Devrimci Yol Geleneğinde Öncülük Olarak Politika</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789753447485</t>
+          <t>9789753447492</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Solda Yenilenme Deneyimi TİP - TKP Birliği ve Türkiye Birleşik Komünist Partisi</t>
+          <t>Athanatos</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789753447461</t>
+          <t>9789753447515</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Koş Cemal Koş</t>
+          <t>Demokratik İhtilaller Çağında Girit</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789753447423</t>
+          <t>9789753447478</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bote 13 Günlük Cehennem</t>
+          <t>Ema Lenge (Esq u Dez)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789753447454</t>
+          <t>9789753447355</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Değişikliğinin İçeriği ve Anlamı</t>
+          <t>Fistansore</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789753446662</t>
+          <t>9789753447508</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya'da Savaş ve Barış</t>
+          <t>Faşizm, Devlet ve Sınıflar</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789753447447</t>
+          <t>9789753447485</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Recep Tayyip Erdoğan'ın Yazılmamış Anıları</t>
+          <t>Solda Yenilenme Deneyimi TİP - TKP Birliği ve Türkiye Birleşik Komünist Partisi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789753447362</t>
+          <t>9789753447461</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefede Metafiziğin Elenmesi</t>
+          <t>Koş Cemal Koş</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789753447379</t>
+          <t>9789753447423</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Aranan Kitap: Sanat ve Siyaset Yazıları</t>
+          <t>Bote 13 Günlük Cehennem</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789753447409</t>
+          <t>9789753447454</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Küller Arasında Haçin</t>
+          <t>Anayasa Değişikliğinin İçeriği ve Anlamı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753447324</t>
+          <t>9789753446662</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Lice</t>
+          <t>Kafkasya'da Savaş ve Barış</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789753447300</t>
+          <t>9789753447447</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Suç Ortaklıkları</t>
+          <t>Recep Tayyip Erdoğan'ın Yazılmamış Anıları</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789753447256</t>
+          <t>9789753447362</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Avusturya Alevileri</t>
+          <t>Modern Felsefede Metafiziğin Elenmesi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789753447348</t>
+          <t>9789753447379</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Veresiye Cinayet</t>
+          <t>Aranan Kitap: Sanat ve Siyaset Yazıları</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789753447317</t>
+          <t>9789753447409</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Filvari Usta</t>
+          <t>Küller Arasında Haçin</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789753447201</t>
+          <t>9789753447324</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Eski Zamanlar</t>
+          <t>Lice</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789753447263</t>
+          <t>9789753447300</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Milletler Sorunu Ve Özerklik</t>
+          <t>Sanatın Suç Ortaklıkları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789753447195</t>
+          <t>9789753447256</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Beyrut Gibi</t>
+          <t>Avusturya Alevileri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789753447225</t>
+          <t>9789753447348</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Ulus</t>
+          <t>Veresiye Cinayet</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789753447218</t>
+          <t>9789753447317</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Konu-m-lar</t>
+          <t>Filvari Usta</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789753447249</t>
+          <t>9789753447201</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ben Su</t>
+          <t>Eski Zamanlar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789753447232</t>
+          <t>9789753447263</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Çöl İçin Yazılmış Libretto</t>
+          <t>Milletler Sorunu Ve Özerklik</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789753447126</t>
+          <t>9789753447195</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Laz Dili Temel Dersleri - Lazuri Nenaşi Geçkapuli Dersepe</t>
+          <t>Beyrut Gibi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789753442329</t>
+          <t>9789753447225</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Azgelişmişlik Sürecinde Türkiye 1: Bizans'tan Tanzimat'a</t>
+          <t>Demokratik Ulus</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789753443418</t>
+          <t>9789753447218</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ayşen</t>
+          <t>Konu-m-lar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789753446570</t>
+          <t>9789753447249</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Üç Altın Gün</t>
+          <t>Ben Su</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753447102</t>
+          <t>9789753447232</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Tammura</t>
+          <t>Çöl İçin Yazılmış Libretto</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789753447065</t>
+          <t>9789753447126</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ar - Avrupa'ya Akan Mülteci Sorunu</t>
+          <t>Laz Dili Temel Dersleri - Lazuri Nenaşi Geçkapuli Dersepe</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789753447027</t>
+          <t>9789753442329</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Filozofça Epistemolojik Kopuş</t>
+          <t>Azgelişmişlik Sürecinde Türkiye 1: Bizans'tan Tanzimat'a</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789753447034</t>
+          <t>9789753443418</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Vadedilmiş Gün</t>
+          <t>Ayşen</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789753447010</t>
+          <t>9789753446570</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Emperyalizm</t>
+          <t>Üç Altın Gün</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789753447041</t>
+          <t>9789753447102</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bayburtlumuz</t>
+          <t>Tammura</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789753443401</t>
+          <t>9789753447065</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Anadolulu Bir Ermeni Komünistin Anıları</t>
+          <t>Ar - Avrupa'ya Akan Mülteci Sorunu</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789753447003</t>
+          <t>9789753447027</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Palu - Harput 1878 : 1. Cilt - Adalet Arayışı 2. Cilt - Raporlar (2 Kitap Takım Kutulu)</t>
+          <t>Filozofça Epistemolojik Kopuş</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789753446624</t>
+          <t>9789753447034</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Uyduruk Yazılar</t>
+          <t>Vadedilmiş Gün</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753446709</t>
+          <t>9789753447010</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Hegel'in Mutlak İdealizmi</t>
+          <t>Kolektif Emperyalizm</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789753444583</t>
+          <t>9789753447041</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Mamak</t>
+          <t>Bayburtlumuz</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753444576</t>
+          <t>9789753443401</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Oyundan Düğüne Hayatlar : Güneydoğu'da Çocuk Gelinler</t>
+          <t>Anadolulu Bir Ermeni Komünistin Anıları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789753446600</t>
+          <t>9789753447003</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da 30 Saatlik Kaos</t>
+          <t>Palu - Harput 1878 : 1. Cilt - Adalet Arayışı 2. Cilt - Raporlar (2 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789753444606</t>
+          <t>9789753446624</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Salnama Ehmede Xani 2013</t>
+          <t>Uyduruk Yazılar</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789753446594</t>
+          <t>9789753446709</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Guantanamo Günlüğü</t>
+          <t>Hegel'in Mutlak İdealizmi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789753446617</t>
+          <t>9789753444583</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Yele Yazılan Yazılar</t>
+          <t>Mamak</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789753444422</t>
+          <t>9789753444576</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Tencerenin Dibi</t>
+          <t>Oyundan Düğüne Hayatlar : Güneydoğu'da Çocuk Gelinler</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789753442855</t>
+          <t>9789753446600</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Akşam Karanlığına Yolculuk</t>
+          <t>İstanbul'da 30 Saatlik Kaos</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789753440844</t>
+          <t>9789753444606</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Ahparik Sarkis - Aşağı Mahalle Yok Artık</t>
+          <t>Salnama Ehmede Xani 2013</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753440400</t>
+          <t>9789753446594</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ah Zelal</t>
+          <t>Guantanamo Günlüğü</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>80</v>
+        <v>340</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789753440158</t>
+          <t>9789753446617</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İtalya'da İşçi Konseyleri Deneyimi</t>
+          <t>Yele Yazılan Yazılar</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753444545</t>
+          <t>9789753444422</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Takdiri Aşk</t>
+          <t>Tencerenin Dibi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789753444552</t>
+          <t>9789753442855</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Parkta Gölgeler</t>
+          <t>Akşam Karanlığına Yolculuk</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789753444491</t>
+          <t>9789753440844</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Filozofça - Hayat ve Sanat</t>
+          <t>Ahparik Sarkis - Aşağı Mahalle Yok Artık</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789753444446</t>
+          <t>9789753440400</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Taammüden</t>
+          <t>Ah Zelal</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753444477</t>
+          <t>9789753440158</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Hukuk Kuralları Açısından Türkiye Hukuk Düzeni</t>
+          <t>İtalya'da İşçi Konseyleri Deneyimi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789753442602</t>
+          <t>9789753444545</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Kontrol Altında</t>
+          <t>Takdiri Aşk</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753441001</t>
+          <t>9789753444552</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu</t>
+          <t>Parkta Gölgeler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789753444033</t>
+          <t>9789753444491</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bazid Cizre Buluşması Ehmede Xani Festivali</t>
+          <t>Filozofça - Hayat ve Sanat</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753440634</t>
+          <t>9789753444446</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Baykuşun Günü</t>
+          <t>Taammüden</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789753444392</t>
+          <t>9789753444477</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Avusturya’ya Göçün 50 Yılı</t>
+          <t>Evrensel Hukuk Kuralları Açısından Türkiye Hukuk Düzeni</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789753444385</t>
+          <t>9789753442602</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Antolojiye Sairune Dina</t>
+          <t>Her Şey Kontrol Altında</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789753446259</t>
+          <t>9789753441001</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Komintern'den Kominforma - Cilt 2</t>
+          <t>Ortadoğu</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789753443722</t>
+          <t>9789753444033</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Modernite ve Ahlak</t>
+          <t>Bazid Cizre Buluşması Ehmede Xani Festivali</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789753443760</t>
+          <t>9789753440634</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kürt Jeopolitiğinin Türk Dış Politikasına Etkileri</t>
+          <t>Baykuşun Günü</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789753444064</t>
+          <t>9789753444392</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kedername - Osmanlı İmparatorluğu’nda Ermeni Soykırımı</t>
+          <t>Türkiye’den Avusturya’ya Göçün 50 Yılı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789753443999</t>
+          <t>9789753444385</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kedername - Osmanlı İmparatorluğu’nda Ermeni Soykırımı (Ciltli)</t>
+          <t>Antolojiye Sairune Dina</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789753443265</t>
+          <t>9789753446259</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Amerikalıdır...</t>
+          <t>Komintern'den Kominforma - Cilt 2</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789753444347</t>
+          <t>9789753443722</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Amasya’nın Dikenleri</t>
+          <t>Demokratik Modernite ve Ahlak</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789753444408</t>
+          <t>9789753443760</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'nun Globalleşmesi</t>
+          <t>Kürt Jeopolitiğinin Türk Dış Politikasına Etkileri</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789753447140</t>
+          <t>9789753444064</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Sri Lanka'da Barış Süreci Nasıl Gelişti Neden Yürütülemedi?</t>
+          <t>Kedername - Osmanlı İmparatorluğu’nda Ermeni Soykırımı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789753443593</t>
+          <t>9789753443999</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Dil, Tarih, Kültür ve Gelenekleriyle Lazlar</t>
+          <t>Kedername - Osmanlı İmparatorluğu’nda Ermeni Soykırımı (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789753443630</t>
+          <t>9789753443265</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey</t>
+          <t>Amerikalıdır...</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789753443623</t>
+          <t>9789753444347</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Kürtçe Hukuk Sözlüğü</t>
+          <t>Amasya’nın Dikenleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789753443654</t>
+          <t>9789753444408</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ermenilerin Golgothası</t>
+          <t>Ortadoğu'nun Globalleşmesi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>3990000009060</t>
+          <t>9789753447140</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>11. Tez Kitap Dizisi Sayı: 10 Sosyalizm Nereye?</t>
+          <t>Sri Lanka'da Barış Süreci Nasıl Gelişti Neden Yürütülemedi?</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789753440417</t>
+          <t>9789753443593</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>11 Nisan Anıtı</t>
+          <t>Dil, Tarih, Kültür ve Gelenekleriyle Lazlar</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789753443548</t>
+          <t>9789753443630</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nun Son Yılları</t>
+          <t>Uluğ Bey</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789753442459</t>
+          <t>9789753443623</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Şamil "Elveda Kafkas Dağları"</t>
+          <t>Türkçe-Kürtçe Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753441215</t>
+          <t>9789753443654</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Şakayık</t>
+          <t>Ermenilerin Golgothası</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>80</v>
+        <v>440</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789753441803</t>
+          <t>3990000009060</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Su Uyur İnsan Kaçar Bir Firarın İnanılmaz Öyküsü</t>
+          <t>11. Tez Kitap Dizisi Sayı: 10 Sosyalizm Nereye?</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753441551</t>
+          <t>9789753440417</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İmgeyi Onurlandırmak Geceye Düşer</t>
+          <t>11 Nisan Anıtı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789753442596</t>
+          <t>9789753443548</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kırmızı Yeşil Mor</t>
+          <t>Osmanlı İmparatorluğu'nun Son Yılları</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789753443661</t>
+          <t>9789753442459</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Lirik Kıyılar</t>
+          <t>Şamil "Elveda Kafkas Dağları"</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789753441582</t>
+          <t>9789753441215</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Lenin’in Düşüncesi Devrimin Güncelliği</t>
+          <t>Şakayık</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789753443326</t>
+          <t>9789753441803</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Koşar Adım Bir Hayat Server Tanilli</t>
+          <t>Su Uyur İnsan Kaçar Bir Firarın İnanılmaz Öyküsü</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789753442534</t>
+          <t>9789753441551</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıklar Arası Savaş Miti Dünyanın Geri Kalan Bölümüne Karşı Batı</t>
+          <t>İmgeyi Onurlandırmak Geceye Düşer</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789753440349</t>
+          <t>9789753442596</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Sorun</t>
+          <t>Sarı Kırmızı Yeşil Mor</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789753443524</t>
+          <t>9789753443661</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Salnama Ehmede Xani 2012</t>
+          <t>Lirik Kıyılar</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789753441599</t>
+          <t>9789753441582</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Çözülme</t>
+          <t>Lenin’in Düşüncesi Devrimin Güncelliği</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789753441605</t>
+          <t>9789753443326</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Çoğunluk Aydınlarında Irkçılık</t>
+          <t>Koşar Adım Bir Hayat Server Tanilli</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789753442404</t>
+          <t>9789753442534</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Çilosman</t>
+          <t>Uygarlıklar Arası Savaş Miti Dünyanın Geri Kalan Bölümüne Karşı Batı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789753444088</t>
+          <t>9789753440349</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Kedileri</t>
+          <t>Ulusal Sorun</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789753442220</t>
+          <t>9789753443524</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Canlıların Diyalektiği ve Yeni Evrim Teorisi</t>
+          <t>Salnama Ehmede Xani 2012</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789753443432</t>
+          <t>9789753441599</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Büyükelçi Morgenthau’nun Öyküsü</t>
+          <t>Çözülme</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789753441391</t>
+          <t>9789753441605</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi Yalılarında Cinayetler ve İzleri</t>
+          <t>Çoğunluk Aydınlarında Irkçılık</t>
         </is>
       </c>
       <c r="C487" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>3990000003930</t>
+          <t>9789753442404</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ferhat Bir Cinayetin Anatomisi</t>
+          <t>Çilosman</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789753442244</t>
+          <t>9789753444088</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Bir Yerde Bir Gül Ağlar</t>
+          <t>Çanakkale Kedileri</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789753440622</t>
+          <t>9789753442220</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanım Hüzün</t>
+          <t>Canlıların Diyalektiği ve Yeni Evrim Teorisi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9799753442892</t>
+          <t>9789753443432</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaş Bir İnsan</t>
+          <t>Büyükelçi Morgenthau’nun Öyküsü</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789753442794</t>
+          <t>9789753441391</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Bir Esirin Anıları</t>
+          <t>Boğaziçi Yalılarında Cinayetler ve İzleri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789753440523</t>
+          <t>3990000003930</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet Bir İnsan - Sözde Yargının Kıskacında</t>
+          <t>Bizim Ferhat Bir Cinayetin Anatomisi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789753441254</t>
+          <t>9789753442244</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Bir Avukatın Anıları Kefede Kalanlar</t>
+          <t>Bir Yerde Bir Gül Ağlar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789753442145</t>
+          <t>9789753440622</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Bernadette’in Ezgisi</t>
+          <t>Bir Yanım Hüzün</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789753447157</t>
+          <t>9799753442892</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Göz</t>
+          <t>Bir Savaş Bir İnsan</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789753447164</t>
+          <t>9789753442794</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Sünnet</t>
+          <t>Bir Esirin Anıları</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789753442701</t>
+          <t>9789753440523</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Ejderin Yüzyılı</t>
+          <t>Bir Devlet Bir İnsan - Sözde Yargının Kıskacında</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
+          <t>9789753441254</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Bir Avukatın Anıları Kefede Kalanlar</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9789753442145</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Bernadette’in Ezgisi</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9789753447157</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Göz</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9789753447164</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Zoraki Sünnet</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9789753442701</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Ejderin Yüzyılı</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
           <t>9789753442589</t>
         </is>
       </c>
-      <c r="B499" s="1" t="inlineStr">
+      <c r="B504" s="1" t="inlineStr">
         <is>
           <t>Türkiye Üzerine Yazılar</t>
         </is>
       </c>
-      <c r="C499" s="1">
+      <c r="C504" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>