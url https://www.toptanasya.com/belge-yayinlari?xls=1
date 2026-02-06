--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,7585 +85,7660 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753448321</t>
+          <t>9789753448369</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Yazıları Cilt V</t>
+          <t>Sürgün Yazıları (Cilt VI)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753448314</t>
+          <t>9789753440905</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesi [Türkiye] ve Marksizm</t>
+          <t>Maraş Kıyımı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>540</v>
+        <v>650</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753448284</t>
+          <t>9789753448352</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Demir</t>
+          <t>Beni Sen Öldür</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>440</v>
+        <v>750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753448291</t>
+          <t>9789753440955</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Yolun Dayiken Kurdan</t>
+          <t>Maraş Kıyımı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>540</v>
+        <v>650</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753448307</t>
+          <t>9789753448345</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Savaş Yılları Günlüğü</t>
+          <t>Kudüs’te Hayal</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>690</v>
+        <v>700</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753443302</t>
+          <t>9789753448321</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kürt Kadın Hak ve Özgürlükleri Bildirgesi Açımlama ve Yorumlama</t>
+          <t>Sürgün Yazıları Cilt V</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789753448277</t>
+          <t>9789753448314</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Eğreti Çocuklar</t>
+          <t>Şark Meselesi [Türkiye] ve Marksizm</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>540</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789753446693</t>
+          <t>9789753448284</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>21.Yüzyılda Özgürlük İdeolojisi Demokratik Sosyalizm</t>
+          <t>Abdurrahman Demir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753443005</t>
+          <t>9789753448291</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Filozofça Tarihsel Süreçte Politikanın Evrimi</t>
+          <t>Özgürlük Yolun Dayiken Kurdan</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>420</v>
+        <v>540</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753447935</t>
+          <t>9789753448307</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kaypakkaya</t>
+          <t>Savaş Yılları Günlüğü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>690</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753448260</t>
+          <t>9789753443302</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Solundan Manzaralar</t>
+          <t>Kürt Kadın Hak ve Özgürlükleri Bildirgesi Açımlama ve Yorumlama</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753448246</t>
+          <t>9789753448277</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mızgin</t>
+          <t>Eğreti Çocuklar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753448253</t>
+          <t>9789753446693</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İkona Avcısı</t>
+          <t>21.Yüzyılda Özgürlük İdeolojisi Demokratik Sosyalizm</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753447850</t>
+          <t>9789753443005</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Filozofça Bilgi Kuramı</t>
+          <t>Filozofça Tarihsel Süreçte Politikanın Evrimi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753444651</t>
+          <t>9789753447935</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Temel Garip</t>
+          <t>Kaypakkaya</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753445382</t>
+          <t>9789753448260</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Takrir-i Sükun Görüşmeleri</t>
+          <t>Türkiye Solundan Manzaralar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753441872</t>
+          <t>9789753448246</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Halil İbrahim - Yolun Sonu Görünüyor</t>
+          <t>Mızgin</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753448222</t>
+          <t>9789753448253</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aidiyetsizliğin Başkenti İstanbul</t>
+          <t>İkona Avcısı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753448239</t>
+          <t>9789753447850</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sürgünün Gözyaşları</t>
+          <t>Filozofça Bilgi Kuramı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753448215</t>
+          <t>9789753444651</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Katledilen İnsanlık Seyfo 1915</t>
+          <t>Temel Garip</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753448185</t>
+          <t>9789753445382</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Neden Yeni Bir Sosyal Bilim Paradigması 2. Cilt</t>
+          <t>Takrir-i Sükun Görüşmeleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000012414</t>
+          <t>9789753441872</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Az-Uz Dere-Tepe Sonra Düz</t>
+          <t>Halil İbrahim - Yolun Sonu Görünüyor</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753448208</t>
+          <t>9789753448222</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Avludaki Düş</t>
+          <t>Aidiyetsizliğin Başkenti İstanbul</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753448192</t>
+          <t>9789753448239</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Baba Oğul ve Devrim</t>
+          <t>Sürgünün Gözyaşları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753448161</t>
+          <t>9789753448215</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ya Devlet Ya Demokrasi</t>
+          <t>Katledilen İnsanlık Seyfo 1915</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753448178</t>
+          <t>9789753448185</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Özgür ve Eşit</t>
+          <t>Neden Yeni Bir Sosyal Bilim Paradigması 2. Cilt</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753447393</t>
+          <t>3990000012414</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mengene</t>
+          <t>Az-Uz Dere-Tepe Sonra Düz</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753448154</t>
+          <t>9789753448208</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Strana Qewmen Çıya</t>
+          <t>Avludaki Düş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753448147</t>
+          <t>9789753448192</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Neden Yeni Bir Sosyal Bilim Paradigması 1. Cilt</t>
+          <t>Baba Oğul ve Devrim</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753448123</t>
+          <t>9789753448161</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Üzerine Genel Tezler</t>
+          <t>Ya Devlet Ya Demokrasi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753448116</t>
+          <t>9789753448178</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Amineh Boyu Kalaşnikof Kadar Bile Değil</t>
+          <t>Özgür ve Eşit</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753440578</t>
+          <t>9789753447393</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sonra-sızlar</t>
+          <t>Mengene</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753440820</t>
+          <t>9789753448154</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sevdası Dağlar Olan</t>
+          <t>Strana Qewmen Çıya</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9799753443561</t>
+          <t>9789753448147</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Öç</t>
+          <t>Neden Yeni Bir Sosyal Bilim Paradigması 1. Cilt</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9799753441918</t>
+          <t>9789753448123</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kani - Veran İkilemlerde Saklı Larnaka</t>
+          <t>Felsefe Üzerine Genel Tezler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753442466</t>
+          <t>9789753448116</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kalderon Ailesi</t>
+          <t>Amineh Boyu Kalaşnikof Kadar Bile Değil</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753443357</t>
+          <t>9789753440578</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Kara Köpeği</t>
+          <t>Sonra-sızlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753441087</t>
+          <t>9789753440820</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İzmir 1922</t>
+          <t>Sevdası Dağlar Olan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753442831</t>
+          <t>9799753443561</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Yönelik Gözaltında Cinsel Şiddete Son!</t>
+          <t>Kanlı Öç</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9799753443196</t>
+          <t>9799753441918</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İstenmeyen Adam Persona Non Grata</t>
+          <t>Kani - Veran İkilemlerde Saklı Larnaka</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753443555</t>
+          <t>9789753442466</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İsrail’in Kutsal Terörü</t>
+          <t>Kalderon Ailesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753441209</t>
+          <t>9789753443357</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İntihar Eden Kutsallarım</t>
+          <t>Kaderin Kara Köpeği</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753444323</t>
+          <t>9789753441087</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İnsana, Topluma ve Dünyaya Filozofça Bakış</t>
+          <t>İzmir 1922</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753443241</t>
+          <t>9789753442831</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Şikayetlerini B .M. Mekanizmalarına Taşıma Kılavuzu</t>
+          <t>Kadınlara Yönelik Gözaltında Cinsel Şiddete Son!</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753440431</t>
+          <t>9799753443196</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İktisat Üzerine</t>
+          <t>İstenmeyen Adam Persona Non Grata</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753440554</t>
+          <t>9789753443555</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hozandaki Kız</t>
+          <t>İsrail’in Kutsal Terörü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753442473</t>
+          <t>9789753441209</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakalın Dostlarım</t>
+          <t>İntihar Eden Kutsallarım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9799753442861</t>
+          <t>9789753444323</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hiç Bir Yere Gitmek Ya da Hoşçakal Pitt</t>
+          <t>İnsana, Topluma ve Dünyaya Filozofça Bakış</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753441223</t>
+          <t>9789753443241</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Heybe</t>
+          <t>İnsan Hakları Şikayetlerini B .M. Mekanizmalarına Taşıma Kılavuzu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753442183</t>
+          <t>9789753440431</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Herakleitos ve Logos Filozofik Şiirler</t>
+          <t>İktisat Üzerine</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753444132</t>
+          <t>9789753440554</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Aynı Gemideyiz! ...De, Ben Kazan Dairesinde Gidiyorum</t>
+          <t>Hozandaki Kız</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9799753442922</t>
+          <t>9789753442473</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hele Bir Gitsinler Diyalog Sonra</t>
+          <t>Hoşçakalın Dostlarım</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753440288</t>
+          <t>9799753442861</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hegnar Çeşmesi Ermeni Romanı</t>
+          <t>Hiç Bir Yere Gitmek Ya da Hoşçakal Pitt</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9799753443066</t>
+          <t>9789753441223</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hayata Sanata ve Aşka Dair</t>
+          <t>Heybe</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753441681</t>
+          <t>9789753442183</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hawar</t>
+          <t>Herakleitos ve Logos Filozofik Şiirler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753441346</t>
+          <t>9789753444132</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hasretliğime, Doyumsuz Kardeşliğime</t>
+          <t>Hepimiz Aynı Gemideyiz! ...De, Ben Kazan Dairesinde Gidiyorum</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753442268</t>
+          <t>9799753442922</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hasan İzzettin Dinamo</t>
+          <t>Hele Bir Gitsinler Diyalog Sonra</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753442756</t>
+          <t>9789753440288</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İkinci Enternasyonal</t>
+          <t>Hegnar Çeşmesi Ermeni Romanı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753440950</t>
+          <t>9799753443066</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Habiba</t>
+          <t>Hayata Sanata ve Aşka Dair</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753442480</t>
+          <t>9789753441681</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Güz Balkonu</t>
+          <t>Hawar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000026419</t>
+          <t>9789753441346</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Güneyden Şiir Yağmuru (Ciltli)</t>
+          <t>Hasretliğime, Doyumsuz Kardeşliğime</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753444361</t>
+          <t>9789753442268</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Ağladığı Gün</t>
+          <t>Hasan İzzettin Dinamo</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753441322</t>
+          <t>9789753442756</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Güneşdamlası</t>
+          <t>İkinci Enternasyonal</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753442435</t>
+          <t>9789753440950</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gracchus Kardeşler</t>
+          <t>Habiba</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753440684</t>
+          <t>9789753442480</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Günaydın Kuşları</t>
+          <t>Güz Balkonu</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>3990000001355</t>
+          <t>3990000026419</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İdea Sayı Cilt:2 Sayı: 1 İnsan Bilimleri Dergisi / A Journal Of Humanities</t>
+          <t>Güneyden Şiir Yağmuru (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753442015</t>
+          <t>9789753444361</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Bilanço Çıkarıyor Arjantin, Bolivya, Şili ve Uruguay</t>
+          <t>Güneşin Ağladığı Gün</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9799753443059</t>
+          <t>9789753441322</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bizi Özgür Kılacak</t>
+          <t>Güneşdamlası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9799753441888</t>
+          <t>9789753442435</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Tarlası Kayıp Denizler 2</t>
+          <t>Gracchus Kardeşler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799753441857</t>
+          <t>9789753440684</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Pontos Halk Tiyatrosu</t>
+          <t>Görünmez Günaydın Kuşları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753443869</t>
+          <t>3990000001355</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Çin Felsefesi Mao Zedung ve Sosyal Karar Teorisi</t>
+          <t>İdea Sayı Cilt:2 Sayı: 1 İnsan Bilimleri Dergisi / A Journal Of Humanities</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>3990000001353</t>
+          <t>9789753442015</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İdea Cilt: 1 Sayı: 1 İnsan Bilimleri Dergisi / A Journal of Humanities</t>
+          <t>Gerilla Bilanço Çıkarıyor Arjantin, Bolivya, Şili ve Uruguay</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>3990000001354</t>
+          <t>9799753443059</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İdea Sayı: 2 Cilt: 2 İnsan Bilimleri Dergisi / A Journal of Humanities</t>
+          <t>Gerçek Bizi Özgür Kılacak</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753443616</t>
+          <t>9799753441888</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Geçiş Sürecinde Türkiye</t>
+          <t>Gelincik Tarlası Kayıp Denizler 2</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9799753442946</t>
+          <t>9799753441857</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Bekçileri</t>
+          <t>Geleneksel Pontos Halk Tiyatrosu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753441988</t>
+          <t>9789753443869</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gavur Elo</t>
+          <t>Geleneksel Çin Felsefesi Mao Zedung ve Sosyal Karar Teorisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753442152</t>
+          <t>3990000001353</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Fransız Direnişi 1940’dan 1944’e</t>
+          <t>İdea Cilt: 1 Sayı: 1 İnsan Bilimleri Dergisi / A Journal of Humanities</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753440509</t>
+          <t>3990000001354</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Filozofça 3 Portreler</t>
+          <t>İdea Sayı: 2 Cilt: 2 İnsan Bilimleri Dergisi / A Journal of Humanities</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753440998</t>
+          <t>9789753443616</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Filozofça - Dil Felsefesi</t>
+          <t>Geçiş Sürecinde Türkiye</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753441834</t>
+          <t>9799753442946</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Feleğin Çemberinde</t>
+          <t>Gecenin Bekçileri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753442428</t>
+          <t>9789753441988</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Fedailer Özgürlük Yolunda</t>
+          <t>Gavur Elo</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753440316</t>
+          <t>9789753442152</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Farabundo Marti San Salvador’da İç Savaştan Silahlı Barışa</t>
+          <t>Fransız Direnişi 1940’dan 1944’e</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753441773</t>
+          <t>9789753440509</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Falls Anıları</t>
+          <t>Filozofça 3 Portreler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753441438</t>
+          <t>9789753440998</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul Bebek</t>
+          <t>Filozofça - Dil Felsefesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753441568</t>
+          <t>9789753441834</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ezop’un Öyküsü</t>
+          <t>Feleğin Çemberinde</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753444286</t>
+          <t>9789753442428</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Eylül’ü Beş Geçe</t>
+          <t>Fedailer Özgürlük Yolunda</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753441452</t>
+          <t>9789753440316</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Eolya Toprağı</t>
+          <t>Farabundo Marti San Salvador’da İç Savaştan Silahlı Barışa</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753441537</t>
+          <t>9789753441773</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Enver Gökçe Yaşamı ve Bütün Şiirleri</t>
+          <t>Falls Anıları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753441124</t>
+          <t>9789753441438</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz</t>
+          <t>Faili Meçhul Bebek</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9799753443578</t>
+          <t>9789753441568</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Elveda Margarita Küçük Kentimizin Sonu</t>
+          <t>Ezop’un Öyküsü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753341011</t>
+          <t>9789753444286</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ellerimde Renkler</t>
+          <t>Eylül’ü Beş Geçe</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753441506</t>
+          <t>9789753441452</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Politiğin ve Vergilendirmenin İlkeleri</t>
+          <t>Eolya Toprağı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753441674</t>
+          <t>9789753441537</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Düşünce, İnanç, Vicdan ve İfade Özgürlüğü</t>
+          <t>Enver Gökçe Yaşamı ve Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753444170</t>
+          <t>9789753441124</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yalnız Bizim Değil Yazıları / Yaşam Savunusu</t>
+          <t>Huzursuz</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753444194</t>
+          <t>9799753443578</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kapitalizminin Krizi</t>
+          <t>Elveda Margarita Küçük Kentimizin Sonu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753441964</t>
+          <t>9789753341011</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Duran Zaman</t>
+          <t>Ellerimde Renkler</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753440851</t>
+          <t>9789753441506</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Gecesi Türkiye’de Kürt Olmak</t>
+          <t>Ekonomi Politiğin ve Vergilendirmenin İlkeleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753442510</t>
+          <t>9789753441674</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Derdini Sordum Derdimizi Dinledim</t>
+          <t>Düşünce, İnanç, Vicdan ve İfade Özgürlüğü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753442350</t>
+          <t>9789753444170</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Denizi Kurutmak Dünden Bugüne Zorunlu Göç ve İskan Politikası</t>
+          <t>Dünya Yalnız Bizim Değil Yazıları / Yaşam Savunusu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753441780</t>
+          <t>9789753444194</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Deniz’i Beklerken Kayıp Denizler 1</t>
+          <t>Dünya Kapitalizminin Krizi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9799753443134</t>
+          <t>9789753441964</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Daxuyaniyen Li Ser Rewşenbire Kurd</t>
+          <t>Duran Zaman</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753440721</t>
+          <t>9789753440851</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Benim Sokaklarım</t>
+          <t>Diyarbakır Gecesi Türkiye’de Kürt Olmak</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753443937</t>
+          <t>9789753442510</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bendi Mahi</t>
+          <t>Derdini Sordum Derdimizi Dinledim</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753441629</t>
+          <t>9789753442350</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Eski Tüfekler</t>
+          <t>Denizi Kurutmak Dünden Bugüne Zorunlu Göç ve İskan Politikası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753443647</t>
+          <t>9789753441780</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Başım Gözüm Üstüne</t>
+          <t>Deniz’i Beklerken Kayıp Denizler 1</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753440790</t>
+          <t>9799753443134</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ayrımı Bol Bir Yoldu Metris</t>
+          <t>Daxuyaniyen Li Ser Rewşenbire Kurd</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9799753442908</t>
+          <t>9789753440721</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi’ne Dava Götürme Kılavuzu</t>
+          <t>Benim Sokaklarım</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753444200</t>
+          <t>9789753443937</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türkiye’nin Katılımı</t>
+          <t>Bendi Mahi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753442312</t>
+          <t>9789753441629</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aratta Kutsal Yasalar Ülkesi M.Ö. 28-22 Yüzyıllar</t>
+          <t>Eski Tüfekler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753440516</t>
+          <t>9789753443647</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Araf’ta Bir Söz Güzeli</t>
+          <t>Başım Gözüm Üstüne</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9799753443165</t>
+          <t>9789753440790</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Arabeskler</t>
+          <t>Ayrımı Bol Bir Yoldu Metris</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753442176</t>
+          <t>9799753442908</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Apoletli Medya</t>
+          <t>Avrupa İnsan Hakları Mahkemesi’ne Dava Götürme Kılavuzu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753443975</t>
+          <t>9789753444200</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Anti - Faşist Şiir ve Faşizm</t>
+          <t>Avrupa Birliği ve Türkiye’nin Katılımı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753442336</t>
+          <t>9789753442312</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Annem Sabiha Sertel Kimdi, Neler Yazdı?</t>
+          <t>Aratta Kutsal Yasalar Ülkesi M.Ö. 28-22 Yüzyıllar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753440561</t>
+          <t>9789753440516</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Sarılmış Bir Yaşam 1</t>
+          <t>Araf’ta Bir Söz Güzeli</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753441261</t>
+          <t>9799753443165</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Anıların Gölgesinde</t>
+          <t>Arabeskler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753441025</t>
+          <t>9789753442176</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Almanya Türkiye’deki Rumları Nasıl Mahvetti</t>
+          <t>Apoletli Medya</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9799753441338</t>
+          <t>9789753443975</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Alevi Kimliğini Tartışmak Kitap 1</t>
+          <t>Anti - Faşist Şiir ve Faşizm</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753440332</t>
+          <t>9789753442336</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Adımlar Atılmazsa</t>
+          <t>Annem Sabiha Sertel Kimdi, Neler Yazdı?</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789753440547</t>
+          <t>9789753440561</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Sosyalizmine Giriş</t>
+          <t>Anılarla Sarılmış Bir Yaşam 1</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9799753442106</t>
+          <t>9789753441261</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>1908 Birlikte İlerleyebilseydik</t>
+          <t>Anıların Gölgesinde</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753442633</t>
+          <t>9789753441025</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül Yargılanıyor Askeri Rejime Karşı Uluslararası Mahkeme</t>
+          <t>Almanya Türkiye’deki Rumları Nasıl Mahvetti</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>3990000009058</t>
+          <t>9799753441338</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>11. Tez Kitap Dizisi Sayı: 9 - Marksizm ve Feminizm</t>
+          <t>Alevi Kimliğini Tartışmak Kitap 1</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>3990000007771</t>
+          <t>9789753440332</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>11. Tez Kitap Dizisi Sayı: 8 - Sosyalizm Piyasa Demokrasi</t>
+          <t>Adımlar Atılmazsa</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3990000009059</t>
+          <t>9789753440547</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>11. Tez Kitap Dizisi Sayı: 12 Küresellik ve Ulusallık</t>
+          <t>21. Yüzyıl Sosyalizmine Giriş</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753442497</t>
+          <t>9799753442106</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar</t>
+          <t>1908 Birlikte İlerleyebilseydik</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753441193</t>
+          <t>9789753442633</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Zevkin Felsefesi ve Toplumsal Tarih</t>
+          <t>12 Eylül Yargılanıyor Askeri Rejime Karşı Uluslararası Mahkeme</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753443920</t>
+          <t>3990000009058</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yeni Faşizmin Kökenleri: Ebedi Dönüş</t>
+          <t>11. Tez Kitap Dizisi Sayı: 9 - Marksizm ve Feminizm</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9799753443103</t>
+          <t>3990000007771</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Daha Aydınlık</t>
+          <t>11. Tez Kitap Dizisi Sayı: 8 - Sosyalizm Piyasa Demokrasi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753440585</t>
+          <t>3990000009059</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Kuşlar İskelesi</t>
+          <t>11. Tez Kitap Dizisi Sayı: 12 Küresellik ve Ulusallık</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753442671</t>
+          <t>9789753442497</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlıklar</t>
+          <t>Zor Zamanlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753442091</t>
+          <t>9789753441193</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yağma Ülkenin Mimarı</t>
+          <t>Zevkin Felsefesi ve Toplumsal Tarih</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753441353</t>
+          <t>9789753443920</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Welate Berfe</t>
+          <t>Yeni Faşizmin Kökenleri: Ebedi Dönüş</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753440387</t>
+          <t>9799753443103</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Volta</t>
+          <t>Yarınlar Daha Aydınlık</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753440608</t>
+          <t>9789753440585</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Vatansız Gazeteci Cilt 1</t>
+          <t>Yanlış Kuşlar İskelesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9799753443226</t>
+          <t>9789753442671</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Türkiyeli Bir Sosyalist: Mehmet Ali Aybar</t>
+          <t>Yalnızlıklar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753440639</t>
+          <t>9789753442091</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Kovulmak</t>
+          <t>Yağma Ülkenin Mimarı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753443234</t>
+          <t>9789753441353</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kürt Çocukları ve İnsan Hakları</t>
+          <t>Welate Berfe</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753441339</t>
+          <t>9789753440387</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Demokratik Karşı Çıkış</t>
+          <t>Volta</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753442411</t>
+          <t>9789753440608</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nde  Hakim ve Avukatların Bağımsızlığı</t>
+          <t>Vatansız Gazeteci Cilt 1</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753442572</t>
+          <t>9799753443226</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Siyasetinde Kuzey Kafkasya Siyasi Muhacereti (1920 - 1971)</t>
+          <t>Türkiyeli Bir Sosyalist: Mehmet Ali Aybar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753441766</t>
+          <t>9789753440639</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasının Ekonomi Politiği</t>
+          <t>Türkiye’den Kovulmak</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753440493</t>
+          <t>9789753443234</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tülay Arın’a Armağan İktisat Yazıları</t>
+          <t>Türkiye’de Kürt Çocukları ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789753443456</t>
+          <t>9789753441339</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Totaliter Türkiye Çiftliği</t>
+          <t>Türkiye’de Demokratik Karşı Çıkış</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753443685</t>
+          <t>9789753442411</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tehcirden İntifadaya Ebu Cihad’ın Öyküsü</t>
+          <t>Türkiye Cumhuriyeti’nde  Hakim ve Avukatların Bağımsızlığı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753441636</t>
+          <t>9789753442572</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Sınıf Bilinci</t>
+          <t>Türk Dış Siyasetinde Kuzey Kafkasya Siyasi Muhacereti (1920 - 1971)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789753441377</t>
+          <t>9789753441766</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Takibat, Tehcir ve İmha</t>
+          <t>Türk Dış Politikasının Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753440714</t>
+          <t>9789753440493</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Şimal Esintileri</t>
+          <t>Tülay Arın’a Armağan İktisat Yazıları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9799753442885</t>
+          <t>9789753443456</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Lüzumu Yok !</t>
+          <t>Totaliter Türkiye Çiftliği</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753444057</t>
+          <t>9789753443685</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Arka Odası</t>
+          <t>Tehcirden İntifadaya Ebu Cihad’ın Öyküsü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753440646</t>
+          <t>9789753441636</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Soykırımın İkinci Safhası</t>
+          <t>Tarih ve Sınıf Bilinci</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3990000025939</t>
+          <t>9789753441377</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin Sorunları Kitap Dizisi Sayı: 2 Irkçılık ve Milliyetçilik</t>
+          <t>Takibat, Tehcir ve İmha</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753442787</t>
+          <t>9789753440714</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Ötesi</t>
+          <t>Şimal Esintileri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753444019</t>
+          <t>9799753442885</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sinagonisti</t>
+          <t>Şiirin Lüzumu Yok !</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753444217</t>
+          <t>9789753444057</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Simli Karanfiller</t>
+          <t>Şiirin Arka Odası</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753444354</t>
+          <t>9789753440646</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Dans</t>
+          <t>Soykırımın İkinci Safhası</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>80</v>
+        <v>420</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9799753441864</t>
+          <t>3990000025939</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Savaş Rüzgarları Küreselleşen Emperyalizm, Bunalım</t>
+          <t>Sosyalizmin Sorunları Kitap Dizisi Sayı: 2 Irkçılık ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753440943</t>
+          <t>9789753442787</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Salnama Ehmede Xani Yıllığı 2010</t>
+          <t>Sivil Toplum ve Ötesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753442367</t>
+          <t>9789753444019</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sağırtaş</t>
+          <t>Sinagonisti</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753442695</t>
+          <t>9789753444217</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Resmen Irza Geçme (İtiraflar)</t>
+          <t>Simli Karanfiller</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753442008</t>
+          <t>9789753444354</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Reformun Önündeki Engeller Türkiye’de Olağanüstü Yargı, Polisin Dokunulmazlığı Ve İnsan Hakları Savunucularına Yönelik Saldırılar</t>
+          <t>Sessiz Dans</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753445627</t>
+          <t>9799753441864</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Pusuda Kin</t>
+          <t>Savaş Rüzgarları Küreselleşen Emperyalizm, Bunalım</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9799753441925</t>
+          <t>9789753440943</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Prometheus Yüreğimi Ellerine Verdim</t>
+          <t>Salnama Ehmede Xani Yıllığı 2010</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753442237</t>
+          <t>9789753442367</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Prodeterminizm Yaşar-Kalma Olasılığı ve Zamanın Doğası Prodeterminismus Überlebenswahrscheinlichkeit und Natur der Zeit</t>
+          <t>Sağırtaş</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753440363</t>
+          <t>9789753442695</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Politika ve Felsefe</t>
+          <t>Resmen Irza Geçme (İtiraflar)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753443333</t>
+          <t>9789753442008</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Pentagonizm</t>
+          <t>Reformun Önündeki Engeller Türkiye’de Olağanüstü Yargı, Polisin Dokunulmazlığı Ve İnsan Hakları Savunucularına Yönelik Saldırılar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753440530</t>
+          <t>9789753445627</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Peloponnesos Savaşları</t>
+          <t>Pusuda Kin</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753441971</t>
+          <t>9799753441925</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Patrin Dört Dilden Şiir</t>
+          <t>Prometheus Yüreğimi Ellerine Verdim</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9799753441345</t>
+          <t>9789753442237</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Yürüyüş</t>
+          <t>Prodeterminizm Yaşar-Kalma Olasılığı ve Zamanın Doğası Prodeterminismus Überlebenswahrscheinlichkeit und Natur der Zeit</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753443289</t>
+          <t>9789753440363</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Paylaştılar Ama!..</t>
+          <t>Politika ve Felsefe</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789753442121</t>
+          <t>9789753443333</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Cezası Bir İnsanlık Suçu</t>
+          <t>Pentagonizm</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753444156</t>
+          <t>9789753440530</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Bankası</t>
+          <t>Peloponnesos Savaşları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753443784</t>
+          <t>9789753441971</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ordu Ne İşe Yarar? Kafkaesk Dava</t>
+          <t>Patrin Dört Dilden Şiir</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789750174704</t>
+          <t>9799753441345</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Nepal’deki Devrimin Sorunları ve Olasılıklar</t>
+          <t>Özgürlüğe Yürüyüş</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753442770</t>
+          <t>9789753443289</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Nazır</t>
+          <t>Ölümü Paylaştılar Ama!..</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9799753443912</t>
+          <t>9789753442121</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Nadejda Konstantinovna</t>
+          <t>Ölüm Cezası Bir İnsanlık Suçu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753443807</t>
+          <t>9789753444156</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Musa Dağ’da Kırk Gün</t>
+          <t>Osmanlı Bankası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753444262</t>
+          <t>9789753443784</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Militarizme Karşı Sınıf Mücadelesi - Seçme Yazılar</t>
+          <t>Ordu Ne İşe Yarar? Kafkaesk Dava</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789753440677</t>
+          <t>9789750174704</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mavinin Yalnızlığı</t>
+          <t>Nepal’deki Devrimin Sorunları ve Olasılıklar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9799753442083</t>
+          <t>9789753442770</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Gerilla Savaşı</t>
+          <t>Nazır</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9799753441895</t>
+          <t>9799753443912</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Maria Göç Acısı</t>
+          <t>Nadejda Konstantinovna</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753441384</t>
+          <t>9789753443807</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Maraş’ta Soldan Yürüdüm</t>
+          <t>Musa Dağ’da Kırk Gün</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753441360</t>
+          <t>9789753444262</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mahzen</t>
+          <t>Militarizme Karşı Sınıf Mücadelesi - Seçme Yazılar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753440243</t>
+          <t>9789753440677</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Lenin Döneminde Leninizm İktidar Yılları Cilt: 2</t>
+          <t>Mavinin Yalnızlığı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9799753443448</t>
+          <t>9799753442083</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Odesa Öyküleri</t>
+          <t>Marksizm ve Gerilla Savaşı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9799753443080</t>
+          <t>9799753441895</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kürtlerin Kültürel ve Dinsel Hakları</t>
+          <t>Maria Göç Acısı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753443371</t>
+          <t>9789753441384</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asyada Hint Avrupa Gezintileri Ermeni İdeolojisi Üzerine Denemeler</t>
+          <t>Maraş’ta Soldan Yürüdüm</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753441841</t>
+          <t>9789753441360</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Küba Uzak Değil Bizim Fidel’in Öyküsü</t>
+          <t>Mahzen</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789753441704</t>
+          <t>9789753440243</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kurukafa Bir Kötünün Basit Felsefe Notları</t>
+          <t>Lenin Döneminde Leninizm İktidar Yılları Cilt: 2</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9799753442915</t>
+          <t>9799753443448</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kumluk Diyar</t>
+          <t>Odesa Öyküleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753442251</t>
+          <t>9799753443080</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Güncesi  Al-Subar</t>
+          <t>Kürtlerin Kültürel ve Dinsel Hakları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789753440615</t>
+          <t>9789753443371</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kökünü Arayan Çınar</t>
+          <t>Küçük Asyada Hint Avrupa Gezintileri Ermeni İdeolojisi Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9978999068718</t>
+          <t>9789753441841</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Korkum Gölgem Gibi</t>
+          <t>Küba Uzak Değil Bizim Fidel’in Öyküsü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789753444248</t>
+          <t>9789753441704</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kilaman</t>
+          <t>Kurukafa Bir Kötünün Basit Felsefe Notları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753442558</t>
+          <t>9799753442915</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kızımla Büyümek</t>
+          <t>Kumluk Diyar</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789753443876</t>
+          <t>9789753442251</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Katliamlar, Direniş, Koruyucular</t>
+          <t>Kudüs Güncesi  Al-Subar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>520</v>
+        <v>140</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9799753441840</t>
+          <t>9789753440615</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Bir Işık Artvin Romanı</t>
+          <t>Kökünü Arayan Çınar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789753444125</t>
+          <t>9978999068718</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kara Kefen</t>
+          <t>Korkum Gölgem Gibi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789753443487</t>
+          <t>9789753444248</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kar Fısıltıları</t>
+          <t>Kilaman</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789753440776</t>
+          <t>9789753442558</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Sosyalizm Üzerine Eleştirel Notlar</t>
+          <t>Kızımla Büyümek</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789753442664</t>
+          <t>9789753443876</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kayzer Kaiser Rouge</t>
+          <t>Katliamlar, Direniş, Koruyucular</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>100</v>
+        <v>520</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789753441995</t>
+          <t>9799753441840</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Günü Yargıçları Kayıp Denizler 3</t>
+          <t>Karanlıkta Bir Işık Artvin Romanı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>85</v>
+        <v>280</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789753448109</t>
+          <t>9789753444125</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Her Daim Kavganın İçerisinde</t>
+          <t>Kara Kefen</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789753448093</t>
+          <t>9789753443487</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Vatansızlığı Vatan Eylemek</t>
+          <t>Kar Fısıltıları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789753448086</t>
+          <t>9789753440776</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Paydos Öğretmenim</t>
+          <t>Marksizm ve Sosyalizm Üzerine Eleştirel Notlar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789753448079</t>
+          <t>9789753442664</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Fatma Nudiye Yalçı</t>
+          <t>Kızıl Kayzer Kaiser Rouge</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789753448055</t>
+          <t>9789753441995</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Geyik Böceği</t>
+          <t>Kıyamet Günü Yargıçları Kayıp Denizler 3</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789753448062</t>
+          <t>9789753448109</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tamamen Gayriresmi</t>
+          <t>Her Daim Kavganın İçerisinde</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789753448031</t>
+          <t>9789753448093</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Filozofça Hukuk Felsefesi</t>
+          <t>Vatansızlığı Vatan Eylemek</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789753448048</t>
+          <t>9789753448086</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göle Fısıldadıklarım</t>
+          <t>Paydos Öğretmenim</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>4440000002523</t>
+          <t>9789753448079</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sosyalist İşçi Partisi ve Doktriner Sosyalist Siyaseti (1-2)</t>
+          <t>Fatma Nudiye Yalçı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>1800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789753448024</t>
+          <t>9789753448055</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dönüş Operasyonu</t>
+          <t>Geyik Böceği</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789753447980</t>
+          <t>9789753448062</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Deli Payam</t>
+          <t>Tamamen Gayriresmi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055221089</t>
+          <t>9789753448031</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Organon : Rasyonel İyileştirme Sanatı</t>
+          <t>Filozofça Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789753445894</t>
+          <t>9789753448048</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sanala Romanan</t>
+          <t>Mavi Göle Fısıldadıklarım</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789753444774</t>
+          <t>4440000002523</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Salvador'un Gizli Zindanları / Bir Kadın Savaşçının Tanıklığı</t>
+          <t>Türkiye Sosyalist İşçi Partisi ve Doktriner Sosyalist Siyaseti (1-2)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>110</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789753444798</t>
+          <t>9789753448024</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Nasıl İşler?</t>
+          <t>Hayata Dönüş Operasyonu</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789753440745</t>
+          <t>9789753447980</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Dava Dosyası - İnancın Sınandığı Zor Mekanlar: Hücreler</t>
+          <t>Deli Payam</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789753444828</t>
+          <t>9786055221089</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Cangıl Günleri Guetemala'nın Gizli Savaşı</t>
+          <t>Organon : Rasyonel İyileştirme Sanatı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789753445016</t>
+          <t>9789753445894</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Portreler</t>
+          <t>Sanala Romanan</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789753440134</t>
+          <t>9789753444774</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kollontay</t>
+          <t>Salvador'un Gizli Zindanları / Bir Kadın Savaşçının Tanıklığı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789753446396</t>
+          <t>9789753444798</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Rusya'da İşçi Muhalefeti</t>
+          <t>Kapitalizm Nasıl İşler?</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789753444316</t>
+          <t>9789753440745</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Özeleştiri Ögeleri</t>
+          <t>Dava Dosyası - İnancın Sınandığı Zor Mekanlar: Hücreler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789753447546</t>
+          <t>9789753444828</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kulakdavulunun Eğrisi</t>
+          <t>Cangıl Günleri Guetemala'nın Gizli Savaşı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789753447386</t>
+          <t>9789753445016</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sanatın ve Sosyolojinin Ruh Hali</t>
+          <t>Ateşten Portreler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789753447058</t>
+          <t>9789753440134</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Solda "Bir"lik Girişimleri ve Sosyalist Birlik Partisi Deneyimi</t>
+          <t>Kollontay</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789753446952</t>
+          <t>9789753446396</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Seni Bir Güle Armağan Ettim</t>
+          <t>Rusya'da İşçi Muhalefeti</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789753446464</t>
+          <t>9789753444316</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İşkence</t>
+          <t>Özeleştiri Ögeleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789753445108</t>
+          <t>9789753447546</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Diyarbakır'da Azalırken</t>
+          <t>Kulakdavulunun Eğrisi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789753446310</t>
+          <t>9789753447386</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Ulusal Ekonominin Dönüşümü</t>
+          <t>Sanatın ve Sosyolojinin Ruh Hali</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789753440592</t>
+          <t>9789753447058</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kalanlara Selam Olsun</t>
+          <t>Solda "Bir"lik Girişimleri ve Sosyalist Birlik Partisi Deneyimi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789753440806</t>
+          <t>9789753446952</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>K. Marx - F. Engels Hayat ve Eserlerine Giriş</t>
+          <t>Seni Bir Güle Armağan Ettim</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789753446198</t>
+          <t>9789753446464</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İşkence Olayı</t>
+          <t>Türkiye'de İşkence</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789753446181</t>
+          <t>9789753445108</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İşçi Hareketi, Marksizm ve Ulusal Sorun</t>
+          <t>İstanbul'da Diyarbakır'da Azalırken</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789753446174</t>
+          <t>9789753446310</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İşçi Denetimi ve Sosyalist Demokrasi Sovyet Deneyimi</t>
+          <t>Kapitalizm ve Ulusal Ekonominin Dönüşümü</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789753446167</t>
+          <t>9789753440592</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hoyrat Sazın Türküsü</t>
+          <t>Kalanlara Selam Olsun</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789753440325</t>
+          <t>9789753440806</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ho Şi Minh Bir Ulusal Kurtuluşçunun Portresi</t>
+          <t>K. Marx - F. Engels Hayat ve Eserlerine Giriş</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789753444453</t>
+          <t>9789753446198</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Hıdır ve İlyas Ateşinde Gözlerim</t>
+          <t>İşkence Olayı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789753445092</t>
+          <t>9789753446181</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hayduklar</t>
+          <t>İşçi Hareketi, Marksizm ve Ulusal Sorun</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789753444910</t>
+          <t>9789753446174</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hacı Manuil Beykoz’da Neler Oldu?</t>
+          <t>İşçi Denetimi ve Sosyalist Demokrasi Sovyet Deneyimi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789753444644</t>
+          <t>9789753446167</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Kitabı</t>
+          <t>Hoyrat Sazın Türküsü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789753446150</t>
+          <t>9789753440325</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Gündem Yazıları</t>
+          <t>Ho Şi Minh Bir Ulusal Kurtuluşçunun Portresi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789753445047</t>
+          <t>9789753444453</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Gurbetten Notlar Türkiye Solu, Yaratıcı Marksizm, Kürtler ve Dünya Üstüne</t>
+          <t>Hıdır ve İlyas Ateşinde Gözlerim</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789753440783</t>
+          <t>9789753445092</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Öpülesi Yerleri Var</t>
+          <t>Hayduklar</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789753446143</t>
+          <t>9789753444910</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Friedman Modeli Kıskacında Şili (1973-1981)</t>
+          <t>Hacı Manuil Beykoz’da Neler Oldu?</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789753445054</t>
+          <t>9789753444644</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da Aşırı Sağ ve Irkçılık</t>
+          <t>Günlerin Kitabı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789753446792</t>
+          <t>9789753446150</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Firari Düşler</t>
+          <t>Gündem Yazıları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789753444781</t>
+          <t>9789753445047</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Finans Kapital Cilt: 1</t>
+          <t>Gurbetten Notlar Türkiye Solu, Yaratıcı Marksizm, Kürtler ve Dünya Üstüne</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789753440011</t>
+          <t>9789753440783</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Fildişi Kulenin Dışından</t>
+          <t>Gecenin Öpülesi Yerleri Var</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753440899</t>
+          <t>9789753446143</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Doğuşu ve Yayılışı</t>
+          <t>Friedman Modeli Kıskacında Şili (1973-1981)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789753440233</t>
+          <t>9789753445054</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Faşizme ve Alman İşgaline Karşı Silahlı Direnişte Kadınlar</t>
+          <t>Fransa’da Aşırı Sağ ve Irkçılık</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789753446983</t>
+          <t>9789753446792</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Eylül Şifresi</t>
+          <t>Firari Düşler</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789753446105</t>
+          <t>9789753444781</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Eylül Hukuku ve Basın Özgürlüğü</t>
+          <t>Finans Kapital Cilt: 1</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789753446112</t>
+          <t>9789753440011</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Evina Dile Min</t>
+          <t>Fildişi Kulenin Dışından</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789753444682</t>
+          <t>9789753440899</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Emekçiye Mektuplar 2 - Yeni Dünya Düzeni, Türkiye ve Sosyalizm</t>
+          <t>Felsefenin Doğuşu ve Yayılışı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789753442657</t>
+          <t>9789753440233</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Eksik Bir Gökyüzü Toplu Şiirleri 1 (1970-90)</t>
+          <t>Faşizme ve Alman İşgaline Karşı Silahlı Direnişte Kadınlar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789753445160</t>
+          <t>9789753446983</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Düşük Yoğunluklu Çatışma İlan Edilmemiş Savaş</t>
+          <t>Eylül Şifresi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789753440264</t>
+          <t>9789753446105</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Düşdökümü</t>
+          <t>Eylül Hukuku ve Basın Özgürlüğü</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789753444590</t>
+          <t>9789753446112</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Duvardaki Sarmaşık Gibi Diktatörlük Hücrelerinden Anılar</t>
+          <t>Evina Dile Min</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789753444040</t>
+          <t>9789753444682</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Dört Mevsim Bahar</t>
+          <t>Emekçiye Mektuplar 2 - Yeni Dünya Düzeni, Türkiye ve Sosyalizm</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789753446730</t>
+          <t>9789753442657</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Döğüşenler Konuşacak</t>
+          <t>Eksik Bir Gökyüzü Toplu Şiirleri 1 (1970-90)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789753444903</t>
+          <t>9789753445160</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Ulusal Kurtuluş Hareketleri</t>
+          <t>Düşük Yoğunluklu Çatışma İlan Edilmemiş Savaş</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789753441032</t>
+          <t>9789753440264</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz’de Resmi İdeolojiler Kuşatması</t>
+          <t>Düşdökümü</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789753440004</t>
+          <t>9789753444590</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dışardakiler</t>
+          <t>Duvardaki Sarmaşık Gibi Diktatörlük Hücrelerinden Anılar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789753446914</t>
+          <t>9789753444040</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Dersimli Memik Ağa</t>
+          <t>Dört Mevsim Bahar</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753440929</t>
+          <t>9789753446730</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Deniz Çalığı</t>
+          <t>Döğüşenler Konuşacak</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789753440769</t>
+          <t>9789753444903</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Defterimde Acı Sesleri</t>
+          <t>Doğu’da Ulusal Kurtuluş Hareketleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789753440080</t>
+          <t>9789753441032</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Tanıktır</t>
+          <t>Doğu Karadeniz’de Resmi İdeolojiler Kuşatması</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789753446921</t>
+          <t>9789753440004</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Dağın Öte Yüzü</t>
+          <t>Dışardakiler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789753441575</t>
+          <t>9789753446914</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarıma Mektuplar</t>
+          <t>Dersimli Memik Ağa</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789753444927</t>
+          <t>9789753440929</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kuşlar Gibi İskenderiye’den Atina’ya</t>
+          <t>Deniz Çalığı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753446099</t>
+          <t>9789753440769</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Hellen Tarihine Bakış</t>
+          <t>Defterimde Acı Sesleri</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789753441292</t>
+          <t>9789753440080</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Cudi Dağı</t>
+          <t>Dağlar Tanıktır</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789753446082</t>
+          <t>9789753446921</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Brezilya İşçi Partisi Deneyimi</t>
+          <t>Dağın Öte Yüzü</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753441520</t>
+          <t>9789753441575</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bomba Nurettin</t>
+          <t>Çocuklarıma Mektuplar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789753440103</t>
+          <t>9789753444927</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Birikim Bunalımı</t>
+          <t>Çılgın Kuşlar Gibi İskenderiye’den Atina’ya</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789753445030</t>
+          <t>9789753446099</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bir Taşra Savcısının Günlüğü</t>
+          <t>Çağdaş Hellen Tarihine Bakış</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789753441230</t>
+          <t>9789753441292</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bir Soykırım Tarihi</t>
+          <t>Cudi Dağı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789753440097</t>
+          <t>9789753446082</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevda Yolcusuydunuz</t>
+          <t>Brezilya İşçi Partisi Deneyimi</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789753444507</t>
+          <t>9789753441520</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ben Rigoberta Menchu Guatemala’da Yaşam</t>
+          <t>Bomba Nurettin</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789753444538</t>
+          <t>9789753440103</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Başkan Gonzalo Konuşuyor Yüzyılın Görüşmesi</t>
+          <t>Birikim Bunalımı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789753446044</t>
+          <t>9789753445030</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bakü Komünü Rus Devriminde Milliyet ve Sınıf</t>
+          <t>Bir Taşra Savcısının Günlüğü</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789753444873</t>
+          <t>9789753441230</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmadan Kemalizme Yetke ve/ya Özgürlük</t>
+          <t>Bir Soykırım Tarihi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789753446037</t>
+          <t>9789753440097</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ayaklanma Üstüne</t>
+          <t>Bir Sevda Yolcusuydunuz</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789753443340</t>
+          <t>9789753444507</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İşçi Hareketleri Tarihi</t>
+          <t>Ben Rigoberta Menchu Guatemala’da Yaşam</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789753446020</t>
+          <t>9789753444538</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Tutmak Bir Tupamaro Geçmişe Bakıyor</t>
+          <t>Başkan Gonzalo Konuşuyor Yüzyılın Görüşmesi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789753444972</t>
+          <t>9789753446044</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Devrim Latin Amerika Üzerine Denemeler</t>
+          <t>Bakü Komünü Rus Devriminde Milliyet ve Sınıf</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789753446853</t>
+          <t>9789753444873</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Albatroslar</t>
+          <t>Aydınlanmadan Kemalizme Yetke ve/ya Özgürlük</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789753445283</t>
+          <t>9789753446037</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Dağına Yolculuk</t>
+          <t>Ayaklanma Üstüne</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789753441155</t>
+          <t>9789753443340</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Barışa Adanan Bir Yaşam</t>
+          <t>Avrupa İşçi Hareketleri Tarihi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789753446013</t>
+          <t>9789753446020</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Anarkaos</t>
+          <t>Ateşi Tutmak Bir Tupamaro Geçmişe Bakıyor</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789753446006</t>
+          <t>9789753444972</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Başlarında Rusya’da Batıcılık, Ulusçuluk ve Felsefe</t>
+          <t>Edebiyat ve Devrim Latin Amerika Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789753441308</t>
+          <t>9789753446853</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yüzünün Yarısında Gün İzleri</t>
+          <t>Albatroslar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753446891</t>
+          <t>9789753445283</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yürü Direncim</t>
+          <t>Ağrı Dağına Yolculuk</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753446884</t>
+          <t>9789753441155</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yurduna Dönen Gılgamış</t>
+          <t>Barışa Adanan Bir Yaşam</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789753440028</t>
+          <t>9789753446013</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Yitik Kentin Kırk Yılı İzmir’in Hacı Frangu Semtinden</t>
+          <t>Anarkaos</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789753440042</t>
+          <t>9789753446006</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yeni Osmanlılar’dan Bu Yana İngiltere’de Türk Gazeteciliği (1867-1967)</t>
+          <t>19. Yüzyıl Başlarında Rusya’da Batıcılık, Ulusçuluk ve Felsefe</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789753441742</t>
+          <t>9789753441308</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yaşamla Söyleşi Sosyalizm, Günlük Yaşam ve Ütopya Üstüne</t>
+          <t>Yüzünün Yarısında Gün İzleri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789753441049</t>
+          <t>9789753446891</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Vatansız Gazeteci Cilt 2</t>
+          <t>Yürü Direncim</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789753445238</t>
+          <t>9789753446884</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Van Gölü’nde Yılanlı Bir Günün Esrarı</t>
+          <t>Yurduna Dönen Gılgamış</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789753441285</t>
+          <t>9789753440028</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Vaaay Kitabın Başına Gelenler!...</t>
+          <t>Yitik Kentin Kırk Yılı İzmir’in Hacı Frangu Semtinden</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789753441094</t>
+          <t>9789753440042</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Ağaç Ağıdı</t>
+          <t>Yeni Osmanlılar’dan Bu Yana İngiltere’de Türk Gazeteciliği (1867-1967)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789753446495</t>
+          <t>9789753441742</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Uzun Savaş Salvador’da Diktatörlük ve Devrim</t>
+          <t>Yaşamla Söyleşi Sosyalizm, Günlük Yaşam ve Ütopya Üstüne</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753446488</t>
+          <t>9789753441049</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Uzak Yakın Anılar 1</t>
+          <t>Vatansız Gazeteci Cilt 2</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789753446471</t>
+          <t>9789753445238</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Uygulanabilir Bir Sosyalizmin İktisadı</t>
+          <t>Van Gölü’nde Yılanlı Bir Günün Esrarı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789753444804</t>
+          <t>9789753441285</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Ekonomiye Giriş</t>
+          <t>Vaaay Kitabın Başına Gelenler!...</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753441148</t>
+          <t>9789753441094</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Uğursuz Dünya</t>
+          <t>Üzgün Ağaç Ağıdı</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789753446501</t>
+          <t>9789753446495</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Ufka Verdim Gözlerimi</t>
+          <t>Uzun Savaş Salvador’da Diktatörlük ve Devrim</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753441650</t>
+          <t>9789753446488</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Türk Basını Türkiye’de İnsan Hakları ve Kürt Sorunu Örneğinde</t>
+          <t>Uzak Yakın Anılar 1</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789753441056</t>
+          <t>9789753446471</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Tosbağa Avcısı</t>
+          <t>Uygulanabilir Bir Sosyalizmin İktisadı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789753445139</t>
+          <t>9789753444804</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tel Ören İzak</t>
+          <t>Ulusal Ekonomiye Giriş</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789753446440</t>
+          <t>9789753441148</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Tarihin İronileri Stalin’den Brejnev’e Sovyetler Birliği</t>
+          <t>Uğursuz Dünya</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789753445061</t>
+          <t>9789753446501</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kaynana Girit Masalları</t>
+          <t>Ufka Verdim Gözlerimi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753441100</t>
+          <t>9789753441650</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Sürgün’ün Seyir Defteri</t>
+          <t>Türk Basını Türkiye’de İnsan Hakları ve Kürt Sorunu Örneğinde</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789753441162</t>
+          <t>9789753441056</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Spartakistler Ne İstiyor?</t>
+          <t>Tosbağa Avcısı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789753445214</t>
+          <t>9789753445139</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Söz Mezbahası</t>
+          <t>Tel Ören İzak</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753446433</t>
+          <t>9789753446440</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Söylenmese de Olurdu</t>
+          <t>Tarihin İronileri Stalin’den Brejnev’e Sovyetler Birliği</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789753446426</t>
+          <t>9789753445061</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve Ulusallık</t>
+          <t>Şeker Kaynana Girit Masalları</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753446419</t>
+          <t>9789753441100</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve Özgürlük Rousseau ve Marx ve Diğer Yazılar</t>
+          <t>Sürgün’ün Seyir Defteri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753444866</t>
+          <t>9789753441162</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Leyla Uzun Bir Sürgündü O Gece</t>
+          <t>Spartakistler Ne İstiyor?</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789753444460</t>
+          <t>9789753445214</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Sam Amcaya Fatiha</t>
+          <t>Söz Mezbahası</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789753441216</t>
+          <t>9789753446433</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Salnama Ehmede Xani 2011</t>
+          <t>Söylenmese de Olurdu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753446969</t>
+          <t>9789753446426</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Requiem Zamandışı Sessizlik Saati</t>
+          <t>Sosyalizm ve Ulusallık</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789753441131</t>
+          <t>9789753446419</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Radikal Tiyatro</t>
+          <t>Sosyalizm ve Özgürlük Rousseau ve Marx ve Diğer Yazılar</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753440165</t>
+          <t>9789753444866</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Piyasa Sosyalizmi Tartışması</t>
+          <t>Sevgili Leyla Uzun Bir Sürgündü O Gece</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789753446365</t>
+          <t>9789753444460</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Peru’da Aydınlık Yol Deneyimi</t>
+          <t>Sam Amcaya Fatiha</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753446358</t>
+          <t>9789753441216</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Palestine Through Documents</t>
+          <t>Salnama Ehmede Xani 2011</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789753445115</t>
+          <t>9789753446969</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Bedeli Irak Kürt Bölgesinden Röportajlar (1991-93)</t>
+          <t>Requiem Zamandışı Sessizlik Saati</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789753440868</t>
+          <t>9789753441131</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa’dan Ergenekon’a</t>
+          <t>Radikal Tiyatro</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789753440073</t>
+          <t>9789753440165</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Orkestra Yeni Ezgiler Çalacak</t>
+          <t>Piyasa Sosyalizmi Tartışması</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789753446334</t>
+          <t>9789753446365</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Nikaragua Sandinist Devrim</t>
+          <t>Peru’da Aydınlık Yol Deneyimi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789753441278</t>
+          <t>9789753446358</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’de Yaşama Sorunu</t>
+          <t>Palestine Through Documents</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789753444620</t>
+          <t>9789753445115</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Oğlumun Güncesinden Öyküler</t>
+          <t>Özgürlüğün Bedeli Irak Kürt Bölgesinden Röportajlar (1991-93)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789753446327</t>
+          <t>9789753440868</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Moskof Selim</t>
+          <t>Teşkilat-ı Mahsusa’dan Ergenekon’a</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789753445153</t>
+          <t>9789753440073</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Din Kurtuluş Teolojisi Meydan Okuyor</t>
+          <t>Orkestra Yeni Ezgiler Çalacak</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789753441063</t>
+          <t>9789753446334</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Maraş Olaylarını Solcular mı Çıkardı!..</t>
+          <t>Nikaragua Sandinist Devrim</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789753446303</t>
+          <t>9789753441278</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Madencinin Türküsü</t>
+          <t>Nietzsche’de Yaşama Sorunu</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789753446273</t>
+          <t>9789753444620</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’nın Atar Damarları</t>
+          <t>Oğlumun Güncesinden Öyküler</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789753446280</t>
+          <t>9789753446327</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’da Askeri Diktatörlük ve Kadın</t>
+          <t>Moskof Selim</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789753441728</t>
+          <t>9789753445153</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Marksizmi</t>
+          <t>Marksizm ve Din Kurtuluş Teolojisi Meydan Okuyor</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789753440455</t>
+          <t>9789753441063</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Sır</t>
+          <t>Maraş Olaylarını Solcular mı Çıkardı!..</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753446990</t>
+          <t>9789753446303</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bir Leke</t>
+          <t>Madencinin Türküsü</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789753441469</t>
+          <t>9789753446273</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kullar ve Efendiler</t>
+          <t>Latin Amerika’nın Atar Damarları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789753446235</t>
+          <t>9789753446280</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gül ve Kasket</t>
+          <t>Latin Amerika’da Askeri Diktatörlük ve Kadın</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789753446228</t>
+          <t>9789753441728</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kendini Anlatırsa Bir Kız</t>
+          <t>Latin Amerika Marksizmi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753440967</t>
+          <t>9789753440455</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar</t>
+          <t>Kuyudaki Sır</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789753440691</t>
+          <t>9789753446990</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağarken Düşlerime</t>
+          <t>Mavi Bir Leke</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789753440912</t>
+          <t>9789753441469</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Mahşerimle Gül Oyna</t>
+          <t>Kullar ve Efendiler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789753447973</t>
+          <t>9789753446235</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Komünist Partisi Yayınlarında Kürtler 2</t>
+          <t>Kırmızı Gül ve Kasket</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789753447966</t>
+          <t>9789753446228</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Gabro</t>
+          <t>Kendini Anlatırsa Bir Kız</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789753447959</t>
+          <t>9789753440967</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Terörist</t>
+          <t>Kayıp Ruhlar</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789753447942</t>
+          <t>9789753440691</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Su Karadan Güvenli Anne</t>
+          <t>Kar Yağarken Düşlerime</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753447928</t>
+          <t>9789753440912</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Filozofça Din Felsefesi</t>
+          <t>Mahşerimle Gül Oyna</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753447911</t>
+          <t>9789753447973</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Göçmen İşçi / Akademisyen Gönüllü Sürgün</t>
+          <t>Türkiye Komünist Partisi Yayınlarında Kürtler 2</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789753447904</t>
+          <t>9789753447966</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Marx 202</t>
+          <t>Gabro</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753447898</t>
+          <t>9789753447959</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Yazmasaydım Olmazdı!</t>
+          <t>Terörist</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753441179</t>
+          <t>9789753447942</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gider Ayak</t>
+          <t>Su Karadan Güvenli Anne</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753447881</t>
+          <t>9789753447928</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Soykırımı’nın İnkarında Anahtar Unsurlar - Toplu Makaleler 4</t>
+          <t>Filozofça Din Felsefesi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753447874</t>
+          <t>9789753447911</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Çıplak ve Özgür</t>
+          <t>Göçmen İşçi / Akademisyen Gönüllü Sürgün</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753447867</t>
+          <t>9789753447904</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Türbünya’da Her Şey Rayında</t>
+          <t>Marx 202</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753447829</t>
+          <t>9789753447898</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yasak Nehir</t>
+          <t>Yazmasaydım Olmazdı!</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753447843</t>
+          <t>9789753441179</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Ubeydullah Nehri</t>
+          <t>Gider Ayak</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753447836</t>
+          <t>9789753447881</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Dideban</t>
+          <t>Ermeni Soykırımı’nın İnkarında Anahtar Unsurlar - Toplu Makaleler 4</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753447812</t>
+          <t>9789753447874</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Açık Yaralar</t>
+          <t>Çıplak ve Özgür</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753445634</t>
+          <t>9789753447867</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Emperyalizm ve Türkiye'nin Konumu</t>
+          <t>Türbünya’da Her Şey Rayında</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753447805</t>
+          <t>9789753447829</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Döneriz Elbet</t>
+          <t>Yasak Nehir</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753447799</t>
+          <t>9789753447843</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kötünün Kötüsü Adam</t>
+          <t>Şeyh Ubeydullah Nehri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753447782</t>
+          <t>9789753447836</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Güzel ve Yüce</t>
+          <t>Dideban</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753447775</t>
+          <t>9789753447812</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Üç Adım Sola</t>
+          <t>Açık Yaralar</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789753447768</t>
+          <t>9789753445634</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Tarihi ve Ekonomik Politik Yapısı (1838-2016)</t>
+          <t>Kolektif Emperyalizm ve Türkiye'nin Konumu</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>460</v>
+        <v>160</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789753447553</t>
+          <t>9789753447805</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Irak'tan Türkiye'ye Hayatlar</t>
+          <t>Bir Gün Döneriz Elbet</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753447751</t>
+          <t>9789753447799</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Ufuk Çizgisi 2. Seri</t>
+          <t>Kötünün Kötüsü Adam</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789753447713</t>
+          <t>9789753447782</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Grizu 4 - Höreleniş</t>
+          <t>Güzel ve Yüce</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789753447706</t>
+          <t>9789753447775</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Grizu 3 - Harlanış</t>
+          <t>Üç Adım Sola</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789753447690</t>
+          <t>9789753447768</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Grizu 2 - Çıplak ve Mükellef</t>
+          <t>Türkiye’nin Tarihi ve Ekonomik Politik Yapısı (1838-2016)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789753447683</t>
+          <t>9789753447553</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Grizu 1 - Siyah Işıltı</t>
+          <t>Irak'tan Türkiye'ye Hayatlar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789753444569</t>
+          <t>9789753447751</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kentimin Öyküsü</t>
+          <t>Ufuk Çizgisi 2. Seri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789753447744</t>
+          <t>9789753447713</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sınırda Yaşamak</t>
+          <t>Grizu 4 - Höreleniş</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789753447720</t>
+          <t>9789753447706</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Komünist Partisi Yayınlarında Kürtler</t>
+          <t>Grizu 3 - Harlanış</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753447294</t>
+          <t>9789753447690</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Newroz</t>
+          <t>Grizu 2 - Çıplak ve Mükellef</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789753447669</t>
+          <t>9789753447683</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>OHAL'de Hayat</t>
+          <t>Grizu 1 - Siyah Işıltı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789753447652</t>
+          <t>9789753444569</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf</t>
+          <t>Kentimin Öyküsü</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753447645</t>
+          <t>9789753447744</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Çöl Sıcağında Bile Üşürsün Sürgünsen</t>
+          <t>Sınırda Yaşamak</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789753447638</t>
+          <t>9789753447720</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Sessiz Ölür</t>
+          <t>Türkiye Komünist Partisi Yayınlarında Kürtler</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789753447621</t>
+          <t>9789753447294</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Sürdüler Sürgün Oldum</t>
+          <t>Newroz</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789753447614</t>
+          <t>9789753447669</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Pontos Rumlarına Yönelik Soykırım</t>
+          <t>OHAL'de Hayat</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>650</v>
+        <v>380</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>3990000001989</t>
+          <t>9789753447652</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İdea Sayı Cilt:1 Sayı: 2 İnsan Bilimleri Dergisi / A Journal Of Humanities</t>
+          <t>Tesadüf</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789753440141</t>
+          <t>9789753447645</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İktisat Nedir?</t>
+          <t>Çöl Sıcağında Bile Üşürsün Sürgünsen</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789753447591</t>
+          <t>9789753447638</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İdeler ve Tanrı</t>
+          <t>Sürgün Sessiz Ölür</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789753447607</t>
+          <t>9789753447621</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Çatlayan Süt Sessizliği</t>
+          <t>Sürdüler Sürgün Oldum</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789753447577</t>
+          <t>9789753447614</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İstanbul İzlenimleri</t>
+          <t>Pontos Rumlarına Yönelik Soykırım</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789753444378</t>
+          <t>3990000001989</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sak</t>
+          <t>İdea Sayı Cilt:1 Sayı: 2 İnsan Bilimleri Dergisi / A Journal Of Humanities</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789753447560</t>
+          <t>9789753440141</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Namekan</t>
+          <t>İktisat Nedir?</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789753447539</t>
+          <t>9789753447591</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşındırmak</t>
+          <t>İdeler ve Tanrı</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789753447522</t>
+          <t>9789753447607</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>THKP-C Devrimci Yol Geleneğinde Öncülük Olarak Politika</t>
+          <t>Çatlayan Süt Sessizliği</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789753447492</t>
+          <t>9789753447577</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Athanatos</t>
+          <t>İstanbul İzlenimleri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789753447515</t>
+          <t>9789753444378</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Demokratik İhtilaller Çağında Girit</t>
+          <t>Sak</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789753447478</t>
+          <t>9789753447560</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ema Lenge (Esq u Dez)</t>
+          <t>Namekan</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789753447355</t>
+          <t>9789753447539</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Fistansore</t>
+          <t>Sınırları Aşındırmak</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789753447508</t>
+          <t>9789753447522</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Faşizm, Devlet ve Sınıflar</t>
+          <t>THKP-C Devrimci Yol Geleneğinde Öncülük Olarak Politika</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789753447485</t>
+          <t>9789753447492</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Solda Yenilenme Deneyimi TİP - TKP Birliği ve Türkiye Birleşik Komünist Partisi</t>
+          <t>Athanatos</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789753447461</t>
+          <t>9789753447515</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Koş Cemal Koş</t>
+          <t>Demokratik İhtilaller Çağında Girit</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789753447423</t>
+          <t>9789753447478</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bote 13 Günlük Cehennem</t>
+          <t>Ema Lenge (Esq u Dez)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789753447454</t>
+          <t>9789753447355</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Değişikliğinin İçeriği ve Anlamı</t>
+          <t>Fistansore</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753446662</t>
+          <t>9789753447508</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya'da Savaş ve Barış</t>
+          <t>Faşizm, Devlet ve Sınıflar</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789753447447</t>
+          <t>9789753447485</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Recep Tayyip Erdoğan'ın Yazılmamış Anıları</t>
+          <t>Solda Yenilenme Deneyimi TİP - TKP Birliği ve Türkiye Birleşik Komünist Partisi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789753447362</t>
+          <t>9789753447461</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefede Metafiziğin Elenmesi</t>
+          <t>Koş Cemal Koş</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789753447379</t>
+          <t>9789753447423</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Aranan Kitap: Sanat ve Siyaset Yazıları</t>
+          <t>Bote 13 Günlük Cehennem</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789753447409</t>
+          <t>9789753447454</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Küller Arasında Haçin</t>
+          <t>Anayasa Değişikliğinin İçeriği ve Anlamı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789753447324</t>
+          <t>9789753446662</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Lice</t>
+          <t>Kafkasya'da Savaş ve Barış</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789753447300</t>
+          <t>9789753447447</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Suç Ortaklıkları</t>
+          <t>Recep Tayyip Erdoğan'ın Yazılmamış Anıları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789753447256</t>
+          <t>9789753447362</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Avusturya Alevileri</t>
+          <t>Modern Felsefede Metafiziğin Elenmesi</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789753447348</t>
+          <t>9789753447379</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Veresiye Cinayet</t>
+          <t>Aranan Kitap: Sanat ve Siyaset Yazıları</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789753447317</t>
+          <t>9789753447409</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Filvari Usta</t>
+          <t>Küller Arasında Haçin</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789753447201</t>
+          <t>9789753447324</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Eski Zamanlar</t>
+          <t>Lice</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789753447263</t>
+          <t>9789753447300</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Milletler Sorunu Ve Özerklik</t>
+          <t>Sanatın Suç Ortaklıkları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789753447195</t>
+          <t>9789753447256</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Beyrut Gibi</t>
+          <t>Avusturya Alevileri</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789753447225</t>
+          <t>9789753447348</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Ulus</t>
+          <t>Veresiye Cinayet</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789753447218</t>
+          <t>9789753447317</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Konu-m-lar</t>
+          <t>Filvari Usta</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789753447249</t>
+          <t>9789753447201</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Ben Su</t>
+          <t>Eski Zamanlar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753447232</t>
+          <t>9789753447263</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Çöl İçin Yazılmış Libretto</t>
+          <t>Milletler Sorunu Ve Özerklik</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789753447126</t>
+          <t>9789753447195</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Laz Dili Temel Dersleri - Lazuri Nenaşi Geçkapuli Dersepe</t>
+          <t>Beyrut Gibi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789753442329</t>
+          <t>9789753447225</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Azgelişmişlik Sürecinde Türkiye 1: Bizans'tan Tanzimat'a</t>
+          <t>Demokratik Ulus</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789753443418</t>
+          <t>9789753447218</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Ayşen</t>
+          <t>Konu-m-lar</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789753446570</t>
+          <t>9789753447249</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Üç Altın Gün</t>
+          <t>Ben Su</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789753447102</t>
+          <t>9789753447232</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Tammura</t>
+          <t>Çöl İçin Yazılmış Libretto</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789753447065</t>
+          <t>9789753447126</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ar - Avrupa'ya Akan Mülteci Sorunu</t>
+          <t>Laz Dili Temel Dersleri - Lazuri Nenaşi Geçkapuli Dersepe</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789753447027</t>
+          <t>9789753442329</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Filozofça Epistemolojik Kopuş</t>
+          <t>Azgelişmişlik Sürecinde Türkiye 1: Bizans'tan Tanzimat'a</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789753447034</t>
+          <t>9789753443418</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Vadedilmiş Gün</t>
+          <t>Ayşen</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753447010</t>
+          <t>9789753446570</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Emperyalizm</t>
+          <t>Üç Altın Gün</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789753447041</t>
+          <t>9789753447102</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bayburtlumuz</t>
+          <t>Tammura</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753443401</t>
+          <t>9789753447065</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Anadolulu Bir Ermeni Komünistin Anıları</t>
+          <t>Ar - Avrupa'ya Akan Mülteci Sorunu</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789753447003</t>
+          <t>9789753447027</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Palu - Harput 1878 : 1. Cilt - Adalet Arayışı 2. Cilt - Raporlar (2 Kitap Takım Kutulu)</t>
+          <t>Filozofça Epistemolojik Kopuş</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789753446624</t>
+          <t>9789753447034</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Uyduruk Yazılar</t>
+          <t>Vadedilmiş Gün</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789753446709</t>
+          <t>9789753447010</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Hegel'in Mutlak İdealizmi</t>
+          <t>Kolektif Emperyalizm</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789753444583</t>
+          <t>9789753447041</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Mamak</t>
+          <t>Bayburtlumuz</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789753444576</t>
+          <t>9789753443401</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Oyundan Düğüne Hayatlar : Güneydoğu'da Çocuk Gelinler</t>
+          <t>Anadolulu Bir Ermeni Komünistin Anıları</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789753446600</t>
+          <t>9789753447003</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da 30 Saatlik Kaos</t>
+          <t>Palu - Harput 1878 : 1. Cilt - Adalet Arayışı 2. Cilt - Raporlar (2 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789753444606</t>
+          <t>9789753446624</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Salnama Ehmede Xani 2013</t>
+          <t>Uyduruk Yazılar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753446594</t>
+          <t>9789753446709</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Guantanamo Günlüğü</t>
+          <t>Hegel'in Mutlak İdealizmi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789753446617</t>
+          <t>9789753444583</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Yele Yazılan Yazılar</t>
+          <t>Mamak</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753444422</t>
+          <t>9789753444576</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Tencerenin Dibi</t>
+          <t>Oyundan Düğüne Hayatlar : Güneydoğu'da Çocuk Gelinler</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789753442855</t>
+          <t>9789753446600</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Akşam Karanlığına Yolculuk</t>
+          <t>İstanbul'da 30 Saatlik Kaos</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789753440844</t>
+          <t>9789753444606</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ahparik Sarkis - Aşağı Mahalle Yok Artık</t>
+          <t>Salnama Ehmede Xani 2013</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789753440400</t>
+          <t>9789753446594</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Ah Zelal</t>
+          <t>Guantanamo Günlüğü</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>80</v>
+        <v>340</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753440158</t>
+          <t>9789753446617</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>İtalya'da İşçi Konseyleri Deneyimi</t>
+          <t>Yele Yazılan Yazılar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789753444545</t>
+          <t>9789753444422</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Takdiri Aşk</t>
+          <t>Tencerenin Dibi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753444552</t>
+          <t>9789753442855</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Parkta Gölgeler</t>
+          <t>Akşam Karanlığına Yolculuk</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789753444491</t>
+          <t>9789753440844</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Filozofça - Hayat ve Sanat</t>
+          <t>Ahparik Sarkis - Aşağı Mahalle Yok Artık</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753444446</t>
+          <t>9789753440400</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Taammüden</t>
+          <t>Ah Zelal</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789753444477</t>
+          <t>9789753440158</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Hukuk Kuralları Açısından Türkiye Hukuk Düzeni</t>
+          <t>İtalya'da İşçi Konseyleri Deneyimi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789753442602</t>
+          <t>9789753444545</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Kontrol Altında</t>
+          <t>Takdiri Aşk</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789753441001</t>
+          <t>9789753444552</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu</t>
+          <t>Parkta Gölgeler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789753444033</t>
+          <t>9789753444491</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Bazid Cizre Buluşması Ehmede Xani Festivali</t>
+          <t>Filozofça - Hayat ve Sanat</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789753440634</t>
+          <t>9789753444446</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Baykuşun Günü</t>
+          <t>Taammüden</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789753444392</t>
+          <t>9789753444477</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’den Avusturya’ya Göçün 50 Yılı</t>
+          <t>Evrensel Hukuk Kuralları Açısından Türkiye Hukuk Düzeni</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789753444385</t>
+          <t>9789753442602</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Antolojiye Sairune Dina</t>
+          <t>Her Şey Kontrol Altında</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789753446259</t>
+          <t>9789753441001</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Komintern'den Kominforma - Cilt 2</t>
+          <t>Ortadoğu</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789753443722</t>
+          <t>9789753444033</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Modernite ve Ahlak</t>
+          <t>Bazid Cizre Buluşması Ehmede Xani Festivali</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789753443760</t>
+          <t>9789753440634</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kürt Jeopolitiğinin Türk Dış Politikasına Etkileri</t>
+          <t>Baykuşun Günü</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789753444064</t>
+          <t>9789753444392</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kedername - Osmanlı İmparatorluğu’nda Ermeni Soykırımı</t>
+          <t>Türkiye’den Avusturya’ya Göçün 50 Yılı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789753443999</t>
+          <t>9789753444385</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kedername - Osmanlı İmparatorluğu’nda Ermeni Soykırımı (Ciltli)</t>
+          <t>Antolojiye Sairune Dina</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789753443265</t>
+          <t>9789753446259</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Amerikalıdır...</t>
+          <t>Komintern'den Kominforma - Cilt 2</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>80</v>
+        <v>220</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789753444347</t>
+          <t>9789753443722</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Amasya’nın Dikenleri</t>
+          <t>Demokratik Modernite ve Ahlak</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789753444408</t>
+          <t>9789753443760</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'nun Globalleşmesi</t>
+          <t>Kürt Jeopolitiğinin Türk Dış Politikasına Etkileri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789753447140</t>
+          <t>9789753444064</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Sri Lanka'da Barış Süreci Nasıl Gelişti Neden Yürütülemedi?</t>
+          <t>Kedername - Osmanlı İmparatorluğu’nda Ermeni Soykırımı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789753443593</t>
+          <t>9789753443999</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Dil, Tarih, Kültür ve Gelenekleriyle Lazlar</t>
+          <t>Kedername - Osmanlı İmparatorluğu’nda Ermeni Soykırımı (Ciltli)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789753443630</t>
+          <t>9789753443265</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey</t>
+          <t>Amerikalıdır...</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789753443623</t>
+          <t>9789753444347</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Kürtçe Hukuk Sözlüğü</t>
+          <t>Amasya’nın Dikenleri</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753443654</t>
+          <t>9789753444408</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ermenilerin Golgothası</t>
+          <t>Ortadoğu'nun Globalleşmesi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>3990000009060</t>
+          <t>9789753447140</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>11. Tez Kitap Dizisi Sayı: 10 Sosyalizm Nereye?</t>
+          <t>Sri Lanka'da Barış Süreci Nasıl Gelişti Neden Yürütülemedi?</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753440417</t>
+          <t>9789753443593</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>11 Nisan Anıtı</t>
+          <t>Dil, Tarih, Kültür ve Gelenekleriyle Lazlar</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789753443548</t>
+          <t>9789753443630</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nun Son Yılları</t>
+          <t>Uluğ Bey</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789753442459</t>
+          <t>9789753443623</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Şamil "Elveda Kafkas Dağları"</t>
+          <t>Türkçe-Kürtçe Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789753441215</t>
+          <t>9789753443654</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Şakayık</t>
+          <t>Ermenilerin Golgothası</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>80</v>
+        <v>440</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789753441803</t>
+          <t>3990000009060</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Su Uyur İnsan Kaçar Bir Firarın İnanılmaz Öyküsü</t>
+          <t>11. Tez Kitap Dizisi Sayı: 10 Sosyalizm Nereye?</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789753441551</t>
+          <t>9789753440417</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>İmgeyi Onurlandırmak Geceye Düşer</t>
+          <t>11 Nisan Anıtı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789753442596</t>
+          <t>9789753443548</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kırmızı Yeşil Mor</t>
+          <t>Osmanlı İmparatorluğu'nun Son Yılları</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789753443661</t>
+          <t>9789753442459</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Lirik Kıyılar</t>
+          <t>Şamil "Elveda Kafkas Dağları"</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789753441582</t>
+          <t>9789753441215</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Lenin’in Düşüncesi Devrimin Güncelliği</t>
+          <t>Şakayık</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789753443326</t>
+          <t>9789753441803</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Koşar Adım Bir Hayat Server Tanilli</t>
+          <t>Su Uyur İnsan Kaçar Bir Firarın İnanılmaz Öyküsü</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789753442534</t>
+          <t>9789753441551</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıklar Arası Savaş Miti Dünyanın Geri Kalan Bölümüne Karşı Batı</t>
+          <t>İmgeyi Onurlandırmak Geceye Düşer</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789753440349</t>
+          <t>9789753442596</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Sorun</t>
+          <t>Sarı Kırmızı Yeşil Mor</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789753443524</t>
+          <t>9789753443661</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Salnama Ehmede Xani 2012</t>
+          <t>Lirik Kıyılar</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789753441599</t>
+          <t>9789753441582</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Çözülme</t>
+          <t>Lenin’in Düşüncesi Devrimin Güncelliği</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789753441605</t>
+          <t>9789753443326</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Çoğunluk Aydınlarında Irkçılık</t>
+          <t>Koşar Adım Bir Hayat Server Tanilli</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789753442404</t>
+          <t>9789753442534</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Çilosman</t>
+          <t>Uygarlıklar Arası Savaş Miti Dünyanın Geri Kalan Bölümüne Karşı Batı</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789753444088</t>
+          <t>9789753440349</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Kedileri</t>
+          <t>Ulusal Sorun</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789753442220</t>
+          <t>9789753443524</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Canlıların Diyalektiği ve Yeni Evrim Teorisi</t>
+          <t>Salnama Ehmede Xani 2012</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789753443432</t>
+          <t>9789753441599</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Büyükelçi Morgenthau’nun Öyküsü</t>
+          <t>Çözülme</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789753441391</t>
+          <t>9789753441605</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi Yalılarında Cinayetler ve İzleri</t>
+          <t>Çoğunluk Aydınlarında Irkçılık</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>3990000003930</t>
+          <t>9789753442404</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ferhat Bir Cinayetin Anatomisi</t>
+          <t>Çilosman</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789753442244</t>
+          <t>9789753444088</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Bir Yerde Bir Gül Ağlar</t>
+          <t>Çanakkale Kedileri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789753440622</t>
+          <t>9789753442220</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanım Hüzün</t>
+          <t>Canlıların Diyalektiği ve Yeni Evrim Teorisi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9799753442892</t>
+          <t>9789753443432</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaş Bir İnsan</t>
+          <t>Büyükelçi Morgenthau’nun Öyküsü</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789753442794</t>
+          <t>9789753441391</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Bir Esirin Anıları</t>
+          <t>Boğaziçi Yalılarında Cinayetler ve İzleri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789753440523</t>
+          <t>3990000003930</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet Bir İnsan - Sözde Yargının Kıskacında</t>
+          <t>Bizim Ferhat Bir Cinayetin Anatomisi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789753441254</t>
+          <t>9789753442244</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Bir Avukatın Anıları Kefede Kalanlar</t>
+          <t>Bir Yerde Bir Gül Ağlar</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789753442145</t>
+          <t>9789753440622</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Bernadette’in Ezgisi</t>
+          <t>Bir Yanım Hüzün</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789753447157</t>
+          <t>9799753442892</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Göz</t>
+          <t>Bir Savaş Bir İnsan</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789753447164</t>
+          <t>9789753442794</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Sünnet</t>
+          <t>Bir Esirin Anıları</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789753442701</t>
+          <t>9789753440523</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Ejderin Yüzyılı</t>
+          <t>Bir Devlet Bir İnsan - Sözde Yargının Kıskacında</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>160</v>
+        <v>115</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
+          <t>9789753441254</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Bir Avukatın Anıları Kefede Kalanlar</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9789753442145</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Bernadette’in Ezgisi</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9789753447157</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Göz</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9789753447164</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Zoraki Sünnet</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9789753442701</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Ejderin Yüzyılı</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
           <t>9789753442589</t>
         </is>
       </c>
-      <c r="B504" s="1" t="inlineStr">
+      <c r="B509" s="1" t="inlineStr">
         <is>
           <t>Türkiye Üzerine Yazılar</t>
         </is>
       </c>
-      <c r="C504" s="1">
+      <c r="C509" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>