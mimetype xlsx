--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,4120 +85,4765 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259548869</t>
+          <t>9786255793492</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinde Bir Ağrı</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255793423</t>
+          <t>9786256659995</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık ve Karanlık</t>
+          <t>Sessizliğin Uğultusu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>475</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255793430</t>
+          <t>9786256659933</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Eliza</t>
+          <t>İki Yaka Arasındaki Vuslat</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255793416</t>
+          <t>9786057313652</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Efendisi</t>
+          <t>Sevgi Yumağı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259608686</t>
+          <t>9786052152454</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tarlayı Ateşe Vermek</t>
+          <t>Usul Usul Aşk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259608655</t>
+          <t>9789756353943</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hayat Seni Nereye Çağırıyor</t>
+          <t>Ümmeti Uyandıran Şehit Şeyh Ahmet Yasin</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259608631</t>
+          <t>9786054913503</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Berceste Hatıralar</t>
+          <t>Çocuklar için Uyku Öncesi Hikayeleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259580388</t>
+          <t>9786059477048</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hayat Serüveni</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259608617</t>
+          <t>9786257324991</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Reçete</t>
+          <t>Bel Fıtığı ve Korunma Yolları</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259608600</t>
+          <t>9786257413060</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Modern Yalnızlığın Sesi</t>
+          <t>Hayattan Anlar</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259580395</t>
+          <t>9786257009355</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Vedalar Yarım Kaldı</t>
+          <t>Matematik Ne Söyler?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259580357</t>
+          <t>9786255793508</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Niye İncittiler</t>
+          <t>Rip Akıntı: Hayat</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259580340</t>
+          <t>9786255793454</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zerreden Kürreye Yolculuk</t>
+          <t>Gönül Dilinden Nağmeler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259580333</t>
+          <t>9786255793485</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Roza’nın Hikayesi</t>
+          <t>Felah</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259580319</t>
+          <t>9786255793478</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Anla Beni</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259580326</t>
+          <t>9786255793461</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>PsiKomik</t>
+          <t>Kitaba Övgü</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259548852</t>
+          <t>9786259548869</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yolların Başlangıcı</t>
+          <t>Yüreğinde Bir Ağrı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259548883</t>
+          <t>9786255793423</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Son Kapısı “Gerçeğin Sınırında”</t>
+          <t>Aydınlık ve Karanlık</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259548876</t>
+          <t>9786255793430</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>Eliza</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259548838</t>
+          <t>9786255793416</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çağrılı Şiirler</t>
+          <t>Gönüllerin Efendisi</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259548890</t>
+          <t>9786259608686</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma</t>
+          <t>Tarlayı Ateşe Vermek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259548845</t>
+          <t>9786259608662</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sayfa</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256659971</t>
+          <t>9786259608655</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mihrap</t>
+          <t>Hayat Seni Nereye Çağırıyor</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259548821</t>
+          <t>9786259608631</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hazan</t>
+          <t>Berceste Hatıralar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057313638</t>
+          <t>9786259580388</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şiirle Düşünmek 2</t>
+          <t>Hayat Serüveni</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052152805</t>
+          <t>9786259608648</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Uçmaktan Kendi Arzumla Ayrıldım</t>
+          <t>Sana Bir Cümlem Var</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786353280900</t>
+          <t>9786259608617</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Rusun Zindanındaki Yusuflar</t>
+          <t>Reçete</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786353224300</t>
+          <t>9786259608600</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İşte Kanatların Ey Şehir</t>
+          <t>Modern Yalnızlığın Sesi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786353890000</t>
+          <t>9786259608624</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Umut İstasyonu</t>
+          <t>Hüzün Şehrine Açılan Kapılar</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059686662</t>
+          <t>9786259580395</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Filistin Direnişinin Önderi ve Sembolü Şeyh İzzeddin el-Kassam</t>
+          <t>Vedalar Yarım Kaldı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059477635</t>
+          <t>9786259580371</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Beyazım Siyah Siyahım Beyaz</t>
+          <t>Ruhun Renkleri</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059477413</t>
+          <t>9786259580364</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet İnşası</t>
+          <t>Siz Aysınız Ben Sizin Güneş Olmanızı İstiyorum</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059853064</t>
+          <t>9786259580357</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hayatlar ve Kayıplar</t>
+          <t>Niye İncittiler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059853132</t>
+          <t>9786259580340</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İmtihanın Adı Yusuf ile Züleyha</t>
+          <t>Zerreden Kürreye Yolculuk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756353387</t>
+          <t>9786259580333</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ay Hali - Yusuf ile Züleyha</t>
+          <t>Roza’nın Hikayesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059853507</t>
+          <t>9786259580319</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tunus Kıyamında Bir Şehit Ömer</t>
+          <t>Anla Beni</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257009423</t>
+          <t>9786259580326</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çaylak Sosyolog</t>
+          <t>PsiKomik</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059853231</t>
+          <t>9786259548852</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Masiva Vera</t>
+          <t>Yolların Başlangıcı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257009492</t>
+          <t>9786259548883</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Işıktan Yansıyanlar</t>
+          <t>Zihnin Son Kapısı “Gerçeğin Sınırında”</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057901194</t>
+          <t>9786259548876</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Açıdan Sınav Kaygısı ve Baş Etmenin Yolları</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052152157</t>
+          <t>9786259548838</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Çağrılı Şiirler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259548814</t>
+          <t>9786259548890</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yola Doğru</t>
+          <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259548807</t>
+          <t>9786259548845</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Üç Hikaye Bir Kıyam</t>
+          <t>Beyaz Sayfa</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256659988</t>
+          <t>9786256659971</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Adını Yeniden Yazmak</t>
+          <t>Mihrap</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057313607</t>
+          <t>9786259548821</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Düşten Düşünceye Düşünceden Gerçeğe</t>
+          <t>Hazan</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256659964</t>
+          <t>9786057313638</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şiir Zamanı</t>
+          <t>Şiirle Düşünmek 2</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256659957</t>
+          <t>9786258422399</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin İzinde</t>
+          <t>Harika Beşli - 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256659940</t>
+          <t>9786052152805</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sultan Sencer-2</t>
+          <t>Uçmaktan Kendi Arzumla Ayrıldım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256659049</t>
+          <t>9786353280900</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Münzevi Leyla</t>
+          <t>Rusun Zindanındaki Yusuflar</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256659926</t>
+          <t>9786353224300</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İki Yaka Arasındaki Bekleyiş</t>
+          <t>İşte Kanatların Ey Şehir</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256659919</t>
+          <t>9786353890000</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Longevity Uzun ve Sağlıklı Yaşamak İçin 100 Tavsiye</t>
+          <t>Umut İstasyonu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256659148</t>
+          <t>9786059686662</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gülüşünde Güller Açar - Şiirler 4</t>
+          <t>Filistin Direnişinin Önderi ve Sembolü Şeyh İzzeddin el-Kassam</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256659124</t>
+          <t>9786059477635</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Özden Dile Dilden Söze - Aforizmalar</t>
+          <t>Beyazım Siyah Siyahım Beyaz</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256659896</t>
+          <t>9786059477413</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aynade</t>
+          <t>Şahsiyet İnşası</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256659131</t>
+          <t>9786059853064</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Vicdan Aynasından Yansımalar</t>
+          <t>Hayatlar ve Kayıplar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256659117</t>
+          <t>9786059853132</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sevgi’den Kalplere</t>
+          <t>İmtihanın Adı Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256659803</t>
+          <t>9789756353387</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>Aşkın Ay Hali - Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256659797</t>
+          <t>9786257413282</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sesleniş</t>
+          <t>Sultan Melikşah</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256659087</t>
+          <t>9786059853507</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Düşenler</t>
+          <t>Tunus Kıyamında Bir Şehit Ömer</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256659100</t>
+          <t>9786257009423</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Adam?</t>
+          <t>Çaylak Sosyolog</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256659025</t>
+          <t>9786059853231</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ferşat Bey ve 20-İ Modeli</t>
+          <t>Masiva Vera</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256659094</t>
+          <t>9786257009492</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İhanetten Geriye Kalan</t>
+          <t>Işıktan Yansıyanlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256659063</t>
+          <t>9786057901194</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Süper Çocuk</t>
+          <t>Psikolojik Açıdan Sınav Kaygısı ve Baş Etmenin Yolları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256659056</t>
+          <t>9786052152157</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sevda Hüzmeleri</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259416601</t>
+          <t>9786259548814</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Düş Bozgunu</t>
+          <t>Yola Doğru</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259911748</t>
+          <t>9786259548807</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kristalleri</t>
+          <t>Üç Hikaye Bir Kıyam</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059477383</t>
+          <t>9786256659988</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ey Kudüs!</t>
+          <t>Sessizliğin Adını Yeniden Yazmak</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259416694</t>
+          <t>9786259416632</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Hayatlar</t>
+          <t>Artık Bitti (Mi)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259416687</t>
+          <t>9786057313607</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Lacivert</t>
+          <t>Düşten Düşünceye Düşünceden Gerçeğe</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054913800</t>
+          <t>9786256659964</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yazının Şahitliği</t>
+          <t>Şiir Zamanı</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786353265600</t>
+          <t>9786256659957</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ülker Yıldızı</t>
+          <t>Gençliğin İzinde</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054913190</t>
+          <t>9786256659940</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığa Aşkla Direnmek</t>
+          <t>Sultan Sencer-2</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786353257100</t>
+          <t>9786256659049</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sen Yola Düşende</t>
+          <t>Münzevi Leyla</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786353208300</t>
+          <t>9786256659926</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>İki Yaka Arasındaki Bekleyiş</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059686952</t>
+          <t>9786256659919</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mavi Marmara’da Beyaz Güvercinler</t>
+          <t>Longevity Uzun ve Sağlıklı Yaşamak İçin 100 Tavsiye</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786353302800</t>
+          <t>9786256659148</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kelimelerle Düşünür</t>
+          <t>Gülüşünde Güller Açar - Şiirler 4</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786353166600</t>
+          <t>9786256659124</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çeçenistan Günlüğü</t>
+          <t>Özden Dile Dilden Söze - Aforizmalar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059477857</t>
+          <t>9786256659896</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Savaş</t>
+          <t>Aynade</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786353187100</t>
+          <t>9786256659131</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Görmüş Maymun</t>
+          <t>Vicdan Aynasından Yansımalar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059853903</t>
+          <t>9786256659117</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aşkınlık Dersleri</t>
+          <t>Sevgi’den Kalplere</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256659001</t>
+          <t>9786256659803</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sevgi Dolsun</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259416649</t>
+          <t>9786256659797</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Allah Aşkıyla ve Benimle Kal</t>
+          <t>Sesleniş</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259416656</t>
+          <t>9786256659087</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yitik</t>
+          <t>Dünyadan Düşenler</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259416670</t>
+          <t>9786256659100</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Nergis</t>
+          <t>Kim Bu Adam?</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259416663</t>
+          <t>9786256659032</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sultan Sencer</t>
+          <t>Beni Niye Bulmadın?</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259416625</t>
+          <t>9786256659025</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Çığlıkları - 1</t>
+          <t>Ferşat Bey ve 20-İ Modeli</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786259416618</t>
+          <t>9786256659094</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kumsaldaki İzler</t>
+          <t>İhanetten Geriye Kalan</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259931791</t>
+          <t>9786256659063</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dün ve Yarın</t>
+          <t>Süper Çocuk</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259931760</t>
+          <t>9786256659056</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kıyısına Yolculuk</t>
+          <t>Sevda Hüzmeleri</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259931777</t>
+          <t>9786259416601</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kaderini Arayan Coğrafya</t>
+          <t>Düş Bozgunu</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259931746</t>
+          <t>9786259911748</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kulak Ver Sükutuma</t>
+          <t>Zaman Kristalleri</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259931739</t>
+          <t>9786059477383</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kurumuş Güllerin Uçuşan Yaprakları</t>
+          <t>Ey Kudüs!</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259931715</t>
+          <t>9786256659018</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ukde</t>
+          <t>Yıldızlar Uzak Derler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259931708</t>
+          <t>9786259416694</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Beklemek</t>
+          <t>Çalınan Hayatlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259911786</t>
+          <t>9786259416687</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hata Yaptın Ey İnsan!</t>
+          <t>Lacivert</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259911793</t>
+          <t>9786054913800</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Üveys’in Aşkı</t>
+          <t>Yazının Şahitliği</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259911779</t>
+          <t>9786353265600</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İstiyaç</t>
+          <t>Ülker Yıldızı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057222091</t>
+          <t>9786054913190</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Züleyha Gibi</t>
+          <t>Uygarlığa Aşkla Direnmek</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786259911731</t>
+          <t>9786353257100</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İdrak</t>
+          <t>Sen Yola Düşende</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057222084</t>
+          <t>9786353208300</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Vefa Sokağı</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259911724</t>
+          <t>9786059686952</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sevdasız Olmaz</t>
+          <t>Mavi Marmara’da Beyaz Güvercinler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259911717</t>
+          <t>9786353302800</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Veca</t>
+          <t>İnsan Kelimelerle Düşünür</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259911700</t>
+          <t>9786353166600</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yarenlik</t>
+          <t>Çeçenistan Günlüğü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057313676</t>
+          <t>9786059477857</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yoldan Geçerken</t>
+          <t>Çalınan Savaş</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057222077</t>
+          <t>9786353187100</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Esma</t>
+          <t>Avrupa Görmüş Maymun</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057222008</t>
+          <t>9786059853903</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gidiyorum Ben Sen Hoşça Kal</t>
+          <t>Aşkınlık Dersleri</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057222060</t>
+          <t>9786256659001</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Gölgesinde Bir Ömür</t>
+          <t>Kalbin Sevgi Dolsun</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057192585</t>
+          <t>9786259416649</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gezegenin İnsanları</t>
+          <t>Allah Aşkıyla ve Benimle Kal</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258205305</t>
+          <t>9786259416656</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Vur Kalbe “Allah” Desin</t>
+          <t>Yitik</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057192561</t>
+          <t>9786259416670</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Dostum</t>
+          <t>Nergis</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057192554</t>
+          <t>9786259416663</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yedi Rengi</t>
+          <t>Sultan Sencer</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057222015</t>
+          <t>9786259416625</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Gülüşü Vardı</t>
+          <t>Geçmişin Çığlıkları - 1</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057192516</t>
+          <t>9786259416618</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mizan</t>
+          <t>Kumsaldaki İzler</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057192578</t>
+          <t>9786259931791</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Medet</t>
+          <t>Dün ve Yarın</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258422993</t>
+          <t>9786259931760</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İçerde İşleyişler</t>
+          <t>Hayatın Kıyısına Yolculuk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057192547</t>
+          <t>9786259931777</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İsra - Bir Yürüyüş Hikayesi</t>
+          <t>Kaderini Arayan Coğrafya</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057192530</t>
+          <t>9786259931784</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Zamana Umut Bıraktım</t>
+          <t>Şu Kısacık Konukluk</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057192509</t>
+          <t>9786259931746</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Aramak ve Bulmak</t>
+          <t>Kulak Ver Sükutuma</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057313645</t>
+          <t>9786259931722</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze; Bildiklerim, Gördüklerim, Yaşadıklarım</t>
+          <t>Siz Siz</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057313690</t>
+          <t>9786259931739</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şifa Özü</t>
+          <t>Kurumuş Güllerin Uçuşan Yaprakları</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057192523</t>
+          <t>9786259931715</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İlliyon</t>
+          <t>Ukde</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057313621</t>
+          <t>9786259931708</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bize Lazım</t>
+          <t>Beklemek</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057313614</t>
+          <t>9786259911786</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hayalin Ötesinde</t>
+          <t>Hata Yaptın Ey İnsan!</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057313669</t>
+          <t>9786259911793</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Buraya Kadar</t>
+          <t>Üveys’in Aşkı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258205022</t>
+          <t>9786259911779</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ne Çabuk Unuttuk</t>
+          <t>İstiyaç</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258422962</t>
+          <t>9786057222091</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen Hangisi?</t>
+          <t>Züleyha Gibi</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258422931</t>
+          <t>9786259911731</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçinde Yananlar</t>
+          <t>İdrak</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258422924</t>
+          <t>9786057222084</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kurgusal Mektuplar</t>
+          <t>Vefa Sokağı</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258422900</t>
+          <t>9786259911724</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Orda Bir Köy Var</t>
+          <t>Sevdasız Olmaz</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258422245</t>
+          <t>9786259911717</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tekamül Yolunda</t>
+          <t>Veca</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786258422726</t>
+          <t>9786259911700</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Alemde Sesim Var Benim</t>
+          <t>Yarenlik</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258422795</t>
+          <t>9786057313676</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sabir</t>
+          <t>Yoldan Geçerken</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258422764</t>
+          <t>9786057222077</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gönül Telinden</t>
+          <t>Esma</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258422870</t>
+          <t>9786057222008</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Arifler Otağı</t>
+          <t>Gidiyorum Ben Sen Hoşça Kal</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258422887</t>
+          <t>9786057222060</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Canımın Üçü</t>
+          <t>Hüznün Gölgesinde Bir Ömür</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258422849</t>
+          <t>9786057222053</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Budapeşte Sözleşmesi</t>
+          <t>Mevsimsiz Zamanlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258422641</t>
+          <t>9786057222046</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Hayatlar</t>
+          <t>Duvardan Önce Feraset</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786258422658</t>
+          <t>9786057192585</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İçinde Sen Varsın</t>
+          <t>Mavi Gezegenin İnsanları</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258422689</t>
+          <t>9786057222022</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Sevda</t>
+          <t>Bakü-1501</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258422788</t>
+          <t>9786258205305</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Silivri’de Deniz de Var</t>
+          <t>Vur Kalbe “Allah” Desin</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786258422429</t>
+          <t>9786057192561</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Bir Adım Daha</t>
+          <t>Sevgili Dostum</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258422443</t>
+          <t>9786057192554</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Yaşama Sanatı</t>
+          <t>Aşkın Yedi Rengi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>4440000001075</t>
+          <t>9786057222015</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes</t>
+          <t>Bir Gülüşü Vardı</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786353269400</t>
+          <t>9786057192516</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Aşk Postası</t>
+          <t>Mizan</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786258422252</t>
+          <t>9786057192578</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sultanı</t>
+          <t>Medet</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258422269</t>
+          <t>9786258422993</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kurak Kentin Yeşeren Çocukları</t>
+          <t>İçerde İşleyişler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257413824</t>
+          <t>9786057192547</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Fısılda</t>
+          <t>İsra - Bir Yürüyüş Hikayesi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257009690</t>
+          <t>9786057192530</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Tefekkür Vesilesi - Korona</t>
+          <t>Zamana Umut Bıraktım</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059477352</t>
+          <t>9786057192509</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Firavun Bir Mücahit</t>
+          <t>Aramak ve Bulmak</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059686563</t>
+          <t>9786057313645</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Kur'an Hz. Fatıma</t>
+          <t>Geçmişten Günümüze; Bildiklerim, Gördüklerim, Yaşadıklarım</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756353370</t>
+          <t>9786057313690</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tesettür ve Çıplaklığın Arka Planı</t>
+          <t>Şifa Özü</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059853484</t>
+          <t>9786057192523</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Aşkları Biterse</t>
+          <t>İlliyon</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258422481</t>
+          <t>9786057313621</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İnandığımız Her Şey Bizi Kendisine Çeker</t>
+          <t>Bize Lazım</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258422276</t>
+          <t>9786057313614</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Fikir Sermayesi</t>
+          <t>Hayalin Ötesinde</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258422306</t>
+          <t>9786057313683</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Beşinci Mevsimi</t>
+          <t>Ufuktaki Güneş</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258422146</t>
+          <t>9786057313669</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş Sırrı Aşk</t>
+          <t>Buraya Kadar</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258422153</t>
+          <t>9786258205022</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Masalcı - Seçme Şiirler</t>
+          <t>Ne Çabuk Unuttuk</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258422092</t>
+          <t>9786258422962</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Beş Ayna</t>
+          <t>Senin Hikayen Hangisi?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258422085</t>
+          <t>9786258422931</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sen G’ittin</t>
+          <t>Aşk İçinde Yananlar</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257413701</t>
+          <t>9786258422924</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Sonrası</t>
+          <t>Kurgusal Mektuplar</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257413916</t>
+          <t>9786258422900</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Geceye Bıraktım</t>
+          <t>Orda Bir Köy Var</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257413770</t>
+          <t>9786258422245</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gülümse</t>
+          <t>Tekamül Yolunda</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257413732</t>
+          <t>9786258422726</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Vaveylalarımın Suskunluğu</t>
+          <t>Alemde Sesim Var Benim</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257413558</t>
+          <t>9786258422795</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Sevgidir Ömür Dediğin</t>
+          <t>Sabir</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257413541</t>
+          <t>9786258422764</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dilek Tutsam Umutlara</t>
+          <t>Gönül Telinden</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257413534</t>
+          <t>9786258422870</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gül Kırığı</t>
+          <t>Arifler Otağı</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257413411</t>
+          <t>9786258422887</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hekimoğlu Ali Paşa</t>
+          <t>Canımın Üçü</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257413497</t>
+          <t>9786258422849</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hayat Umut Dolu</t>
+          <t>Budapeşte Sözleşmesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257413299</t>
+          <t>9786258422641</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ra’dan Düşenler</t>
+          <t>Sıra Dışı Hayatlar</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257413305</t>
+          <t>9786258422658</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bir Damlada Alemler</t>
+          <t>İçinde Sen Varsın</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257413206</t>
+          <t>9786258422689</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kara Halil</t>
+          <t>Yüreğimdeki Sevda</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257413190</t>
+          <t>9786258422788</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Aristo Nineme Niye Kıydın</t>
+          <t>Silivri’de Deniz de Var</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257413183</t>
+          <t>9786258422627</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Bipoların Günlüğü</t>
+          <t>Çaylak Sosyolog - 2</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257413107</t>
+          <t>9786258422429</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yitik Dünya</t>
+          <t>Sevgiye Bir Adım Daha</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257324939</t>
+          <t>9786258422443</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İki Yaka Arasındaki Direniş</t>
+          <t>Erdemli Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257324847</t>
+          <t>4440000001075</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hikayesini Arayanlar</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257324977</t>
+          <t>9786353269400</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Okumak</t>
+          <t>Aşk Postası</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257324724</t>
+          <t>9786258422382</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ağrılı Şiirler</t>
+          <t>Harika Beşli - 2</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257324731</t>
+          <t>9786258422252</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Unutmazsam Hatırlat</t>
+          <t>Aşk Sultanı</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257324793</t>
+          <t>9786258422269</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şükür Engel Tanımaz</t>
+          <t>Kurak Kentin Yeşeren Çocukları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257324571</t>
+          <t>9786257413824</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Şiirle Düşünmek</t>
+          <t>Rüzgara Fısılda</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257324564</t>
+          <t>9786257009690</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kanseri Nasıl Yendim?</t>
+          <t>Bir Tefekkür Vesilesi - Korona</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257324526</t>
+          <t>9786059477352</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yürüyenden Dönene</t>
+          <t>Bir Firavun Bir Mücahit</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257324434</t>
+          <t>9786059686563</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ekşi Elma Bahçesi</t>
+          <t>Yaşayan Kur'an Hz. Fatıma</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257324243</t>
+          <t>9789756353370</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Mucizeleri</t>
+          <t>Tesettür ve Çıplaklığın Arka Planı</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257009782</t>
+          <t>9786059853484</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Sularda Aranan</t>
+          <t>Aşkları Biterse</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257009799</t>
+          <t>9786258422412</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevdanın Solfeji</t>
+          <t>Kur'an Keşifleri</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257009669</t>
+          <t>9786258422481</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Evdokia - Moldovalı Gelin</t>
+          <t>İnandığımız Her Şey Bizi Kendisine Çeker</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257009676</t>
+          <t>9786258422276</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bensizliğim</t>
+          <t>Fikir Sermayesi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257009577</t>
+          <t>9786258422306</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın İninde</t>
+          <t>Kalbin Beşinci Mevsimi</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057901286</t>
+          <t>9786258422146</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sizce Özgürlük Örtünmek Midir? Örtünmemek Midir?</t>
+          <t>Kayboluş Sırrı Aşk</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059853453</t>
+          <t>9786258422153</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kırgınlar</t>
+          <t>Masalcı - Seçme Şiirler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257009720</t>
+          <t>9786258422092</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Uyanmak</t>
+          <t>Beş Ayna</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257009911</t>
+          <t>9786258422085</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ben, Her Şey</t>
+          <t>Sen G’ittin</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257009812</t>
+          <t>9786257413701</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sobeledim Seni Dünya</t>
+          <t>Bir Düş Sonrası</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257009508</t>
+          <t>9786257413916</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ve Sensiz</t>
+          <t>Geceye Bıraktım</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257009256</t>
+          <t>9786257413978</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Mamak'tan Mekke'ye</t>
+          <t>Saçlarımı Geri Verin</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257009133</t>
+          <t>9786257413770</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Caz Mevsimiyle Gelen</t>
+          <t>Gülümse</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257009126</t>
+          <t>9786257413732</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çadır Neslihanları</t>
+          <t>Vaveylalarımın Suskunluğu</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257009188</t>
+          <t>9786257413558</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Söylesene Bana Neyim Var?</t>
+          <t>Bir Yudum Sevgidir Ömür Dediğin</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257009010</t>
+          <t>9786257413541</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Vazgeç Gönlüm</t>
+          <t>Dilek Tutsam Umutlara</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257009027</t>
+          <t>9786257413534</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kaosa Ramak Kala Yıl 2033</t>
+          <t>Gül Kırığı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057901798</t>
+          <t>9786257413411</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir Soygun</t>
+          <t>Hekimoğlu Ali Paşa</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057901811</t>
+          <t>9786257413428</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Yamacında</t>
+          <t>Hücre</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052152911</t>
+          <t>9786257413497</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Onsuz Olmaz</t>
+          <t>Hayat Umut Dolu</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057901828</t>
+          <t>9786257413299</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sorun Varsa</t>
+          <t>Ra’dan Düşenler</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057901743</t>
+          <t>9786257413305</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin Diyeti</t>
+          <t>Bir Damlada Alemler</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057901644</t>
+          <t>9786257413206</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Özlediğimiz Yaşam</t>
+          <t>Kara Halil</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057901637</t>
+          <t>9786257413190</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yaramla Yar Oldum</t>
+          <t>Aristo Nineme Niye Kıydın</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057901132</t>
+          <t>9786257413183</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Makrasya Güncesi</t>
+          <t>Bir Bipoların Günlüğü</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057901095</t>
+          <t>9786257413107</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bir Taşın Gül Yüreği</t>
+          <t>Yitik Dünya</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052152744</t>
+          <t>9786257324953</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Nim Nur Yarım Kalan Işık</t>
+          <t>Öğreti 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057901330</t>
+          <t>9786257324984</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İç Yüzüne Yansıyan Anlar</t>
+          <t>Bir Mahur Huzur’dan Pandemi’ye</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057901217</t>
+          <t>9786257324939</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Yerdeyim</t>
+          <t>İki Yaka Arasındaki Direniş</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052152829</t>
+          <t>9786257324847</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Istırap</t>
+          <t>Hikayesini Arayanlar</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052152898</t>
+          <t>9786257324977</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sus Adası</t>
+          <t>Hayatı Okumak</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057901521</t>
+          <t>9786257324724</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İki Sandalye Bir Masa</t>
+          <t>Ağrılı Şiirler</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057901255</t>
+          <t>9786257324731</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hira</t>
+          <t>Unutmazsam Hatırlat</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057901323</t>
+          <t>9786257324793</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>4 Öz</t>
+          <t>Şükür Engel Tanımaz</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057901279</t>
+          <t>9786257324571</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Nerede Kalmıştık</t>
+          <t>Şiirle Düşünmek</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057901293</t>
+          <t>9786257324564</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Yalnızlık</t>
+          <t>Kanseri Nasıl Yendim?</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057901231</t>
+          <t>9786257324526</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Düşümde Portakal Bahçeleri</t>
+          <t>Yürüyenden Dönene</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059686198</t>
+          <t>9786257324434</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Efendi Hazretlerinin Emaneti</t>
+          <t>Ekşi Elma Bahçesi</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052152676</t>
+          <t>9786257324243</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ben Mankomin Değilim</t>
+          <t>Siyasetin Mucizeleri</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052152331</t>
+          <t>9786257324236</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Albayrağın Gölgesinde</t>
+          <t>Yolun Sonu</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059853781</t>
+          <t>9786257324199</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Niçin (İkinci Kitap)</t>
+          <t>Gün Batarken Heybemde</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059477406</t>
+          <t>9786257009782</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Dolu Bir Genç Yusuf</t>
+          <t>Bulanık Sularda Aranan</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059477819</t>
+          <t>9786257009799</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Bir Sevdanın Solfeji</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052152737</t>
+          <t>9786257009669</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Nisa</t>
+          <t>Evdokia - Moldovalı Gelin</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052152065</t>
+          <t>9786257009676</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İlahi Mesajı İlke Edinmek 2</t>
+          <t>Bensizliğim</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052152201</t>
+          <t>9786257009577</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ayat</t>
+          <t>Şeytanın İninde</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052152102</t>
+          <t>9786057901286</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yürek Kodları</t>
+          <t>Sizce Özgürlük Örtünmek Midir? Örtünmemek Midir?</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052152096</t>
+          <t>9786059853453</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Güller de Ağlar</t>
+          <t>Kırgınlar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052152034</t>
+          <t>9786257009720</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhkem</t>
+          <t>Yeniden Uyanmak</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059686716</t>
+          <t>9786257009911</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Topukları Taşa Vurmak</t>
+          <t>Ben, Her Şey</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052152041</t>
+          <t>9786257009812</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Şehre Küs Adamlar</t>
+          <t>Sobeledim Seni Dünya</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052152003</t>
+          <t>9786257009508</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Özlemek Kalbin Hüznüdür</t>
+          <t>Ve Sensiz</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059477659</t>
+          <t>9786257009256</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bu Onların Hikayesi</t>
+          <t>Mamak'tan Mekke'ye</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059477703</t>
+          <t>9786257009133</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Köleler İmparatorluğu</t>
+          <t>Caz Mevsimiyle Gelen</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059477710</t>
+          <t>9786257009126</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ekmek</t>
+          <t>Çadır Neslihanları</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059477666</t>
+          <t>9786257009188</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İmkansızı Beş Geçe</t>
+          <t>Söylesene Bana Neyim Var?</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059477611</t>
+          <t>9786257009010</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ahra</t>
+          <t>Vazgeç Gönlüm</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059477529</t>
+          <t>9786257009027</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ah Tamara</t>
+          <t>Kaosa Ramak Kala Yıl 2033</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059477550</t>
+          <t>9786057901798</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Meczup Müntehir</t>
+          <t>Sıradışı Bir Soygun</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059477574</t>
+          <t>9786057901811</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yanmak Bana Düşer</t>
+          <t>Kalplerin Yamacında</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059686549</t>
+          <t>9786052152911</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehir Yabancıdır Senin Susuşlarına</t>
+          <t>Onsuz Olmaz</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059477567</t>
+          <t>9786057901828</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Şuur Veren Şiirler</t>
+          <t>Sorun Varsa</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059686310</t>
+          <t>9786057901743</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Göç Vakti</t>
+          <t>Sözlerin Diyeti</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059477093</t>
+          <t>9786057901644</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Damat</t>
+          <t>Özlediğimiz Yaşam</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059477055</t>
+          <t>9786057901637</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ayetler Işığında</t>
+          <t>Yaramla Yar Oldum</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054913183</t>
+          <t>9786057901125</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sahabe-i Güzin Bizimkiler</t>
+          <t>Hayat Düşler Sokağı Gibiydi</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059477086</t>
+          <t>9786057901132</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler Sefer Olur</t>
+          <t>Makrasya Güncesi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059477079</t>
+          <t>9786057901095</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler</t>
+          <t>Bir Taşın Gül Yüreği</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059477062</t>
+          <t>9786052152744</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Çiçek</t>
+          <t>Nim Nur Yarım Kalan Işık</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059477024</t>
+          <t>9786057901330</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İnadına İnsanlık</t>
+          <t>Hayatın İç Yüzüne Yansıyan Anlar</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059686693</t>
+          <t>9786057901217</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Dilemma</t>
+          <t>Hiçbir Yerdeyim</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054913909</t>
+          <t>9786052152829</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Yalnızlığım</t>
+          <t>Aşk ve Istırap</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054913633</t>
+          <t>9786052152898</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Gülüyorsak Bir Nedeni Var</t>
+          <t>Sus Adası</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059853613</t>
+          <t>9786057901521</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tam Zamanı</t>
+          <t>İki Sandalye Bir Masa</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059853774</t>
+          <t>9786057901255</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Özlemek Güzel</t>
+          <t>Hira</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054913862</t>
+          <t>9786057901323</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yitik Özgürlük</t>
+          <t>4 Öz</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786058565319</t>
+          <t>9786057901279</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Pencerenin Karşısındaki Dünya</t>
+          <t>Nerede Kalmıştık</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059686709</t>
+          <t>9786057901293</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğine Yenilmek</t>
+          <t>Sürgün Yalnızlık</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786058565326</t>
+          <t>9786057901231</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Niçin Namaz Kılamaz?</t>
+          <t>Düşümde Portakal Bahçeleri</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786054913442</t>
+          <t>9786059686198</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hamalı</t>
+          <t>Efendi Hazretlerinin Emaneti</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059686051</t>
+          <t>9786052152676</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tut Yüreğinden</t>
+          <t>Ben Mankomin Değilim</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054913275</t>
+          <t>9786052152331</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yunus Onbir</t>
+          <t>Albayrağın Gölgesinde</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054913282</t>
+          <t>9786059853781</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim mi Biraz</t>
+          <t>Niçin (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054913961</t>
+          <t>9786059477406</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Alim ve Tağut</t>
+          <t>Sevgi Dolu Bir Genç Yusuf</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786353142000</t>
+          <t>9786059477819</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareket ve Yöntem</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786259477246</t>
+          <t>9786052152737</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Engel Duvarı</t>
+          <t>Nisa</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
+          <t>9786052152065</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>İlahi Mesajı İlke Edinmek 2</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786052152201</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Ayat</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786052152102</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Yürek Kodları</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786052152096</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Güller de Ağlar</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786052152034</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Muhkem</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786059686716</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Topukları Taşa Vurmak</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786052152041</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Şehre Küs Adamlar</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786052152003</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Özlemek Kalbin Hüznüdür</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786059477864</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>İlham Perisi</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786059477659</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Bu Onların Hikayesi</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786059477703</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Köleler İmparatorluğu</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786059477710</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Ekmek</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786059477666</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>İmkansızı Beş Geçe</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786059477611</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Ahra</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786059477529</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Ah Tamara</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786059477550</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Meczup Müntehir</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786059477574</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Yanmak Bana Düşer</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786059686549</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Bu Şehir Yabancıdır Senin Susuşlarına</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786059477567</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Şuur Veren Şiirler</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786059686310</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Göç Vakti</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786059477093</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Damat</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786059477055</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Ayetler Işığında</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786054913183</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Sahabe-i Güzin Bizimkiler</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786059477086</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Sürgünler Sefer Olur</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786059477079</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel İsimler</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786059477062</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Bir Demet Çiçek</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786059477024</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>İnadına İnsanlık</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786059686693</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Dilemma</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786054913909</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Yalnızlığım</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786054913633</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Gülüyorsak Bir Nedeni Var</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786059853613</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Tam Zamanı</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786059853774</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Özlemek Güzel</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786054913862</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Yitik Özgürlük</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786058565319</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Pencerenin Karşısındaki Dünya</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786059686709</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Sevdiğine Yenilmek</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786058565326</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Bir İnsan Niçin Namaz Kılamaz?</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786054913442</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Hamalı</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786059686051</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Tut Yüreğinden</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786054913275</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Onbir</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786054913282</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Yürüyelim mi Biraz</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786054913961</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Alim ve Tağut</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786353142000</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>İslami Hareket ve Yöntem</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786059477246</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Engel Duvarı</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
           <t>9786052152713</t>
         </is>
       </c>
-      <c r="B273" s="1" t="inlineStr">
+      <c r="B316" s="1" t="inlineStr">
         <is>
           <t>Sözün Yazgısı</t>
         </is>
       </c>
-      <c r="C273" s="1">
+      <c r="C316" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>