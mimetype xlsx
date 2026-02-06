--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,4765 +85,4810 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255793492</t>
+          <t>9786059686969</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Seyir Defteri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256659995</t>
+          <t>9786255793539</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Uğultusu</t>
+          <t>Bozkurt'un Oğulları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256659933</t>
+          <t>9786255793546</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İki Yaka Arasındaki Vuslat</t>
+          <t>Kalbe Dokunan İzler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057313652</t>
+          <t>9786255793492</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Yumağı</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052152454</t>
+          <t>9786256659995</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Usul Usul Aşk</t>
+          <t>Sessizliğin Uğultusu</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789756353943</t>
+          <t>9786256659933</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ümmeti Uyandıran Şehit Şeyh Ahmet Yasin</t>
+          <t>İki Yaka Arasındaki Vuslat</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054913503</t>
+          <t>9786057313652</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Uyku Öncesi Hikayeleri</t>
+          <t>Sevgi Yumağı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059477048</t>
+          <t>9786052152454</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Armağan</t>
+          <t>Usul Usul Aşk</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257324991</t>
+          <t>9789756353943</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bel Fıtığı ve Korunma Yolları</t>
+          <t>Ümmeti Uyandıran Şehit Şeyh Ahmet Yasin</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257413060</t>
+          <t>9786054913503</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Anlar</t>
+          <t>Çocuklar için Uyku Öncesi Hikayeleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257009355</t>
+          <t>9786059477048</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Matematik Ne Söyler?</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255793508</t>
+          <t>9786257324991</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Rip Akıntı: Hayat</t>
+          <t>Bel Fıtığı ve Korunma Yolları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255793454</t>
+          <t>9786257413060</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dilinden Nağmeler</t>
+          <t>Hayattan Anlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255793485</t>
+          <t>9786257009355</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Felah</t>
+          <t>Matematik Ne Söyler?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255793478</t>
+          <t>9786255793508</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Rip Akıntı: Hayat</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255793461</t>
+          <t>9786255793454</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kitaba Övgü</t>
+          <t>Gönül Dilinden Nağmeler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259548869</t>
+          <t>9786255793485</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinde Bir Ağrı</t>
+          <t>Felah</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255793423</t>
+          <t>9786255793478</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık ve Karanlık</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>475</v>
+        <v>210</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255793430</t>
+          <t>9786255793461</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eliza</t>
+          <t>Kitaba Övgü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255793416</t>
+          <t>9786259548869</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Efendisi</t>
+          <t>Yüreğinde Bir Ağrı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259608686</t>
+          <t>9786255793423</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tarlayı Ateşe Vermek</t>
+          <t>Aydınlık ve Karanlık</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>210</v>
+        <v>475</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259608662</t>
+          <t>9786255793430</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Eliza</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259608655</t>
+          <t>9786255793416</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hayat Seni Nereye Çağırıyor</t>
+          <t>Gönüllerin Efendisi</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259608631</t>
+          <t>9786259608686</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Berceste Hatıralar</t>
+          <t>Tarlayı Ateşe Vermek</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259580388</t>
+          <t>9786259608662</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayat Serüveni</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259608648</t>
+          <t>9786259608655</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Cümlem Var</t>
+          <t>Hayat Seni Nereye Çağırıyor</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259608617</t>
+          <t>9786259608631</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Reçete</t>
+          <t>Berceste Hatıralar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259608600</t>
+          <t>9786259580388</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Modern Yalnızlığın Sesi</t>
+          <t>Hayat Serüveni</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259608624</t>
+          <t>9786259608648</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Şehrine Açılan Kapılar</t>
+          <t>Sana Bir Cümlem Var</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259580395</t>
+          <t>9786259608617</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Vedalar Yarım Kaldı</t>
+          <t>Reçete</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259580371</t>
+          <t>9786259608600</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Renkleri</t>
+          <t>Modern Yalnızlığın Sesi</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259580364</t>
+          <t>9786259608624</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Siz Aysınız Ben Sizin Güneş Olmanızı İstiyorum</t>
+          <t>Hüzün Şehrine Açılan Kapılar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259580357</t>
+          <t>9786259580395</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Niye İncittiler</t>
+          <t>Vedalar Yarım Kaldı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259580340</t>
+          <t>9786259580371</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Zerreden Kürreye Yolculuk</t>
+          <t>Ruhun Renkleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259580333</t>
+          <t>9786259580364</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Roza’nın Hikayesi</t>
+          <t>Siz Aysınız Ben Sizin Güneş Olmanızı İstiyorum</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259580319</t>
+          <t>9786259580357</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Anla Beni</t>
+          <t>Niye İncittiler</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259580326</t>
+          <t>9786259580340</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>PsiKomik</t>
+          <t>Zerreden Kürreye Yolculuk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259548852</t>
+          <t>9786259580333</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yolların Başlangıcı</t>
+          <t>Roza’nın Hikayesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259548883</t>
+          <t>9786259580319</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Son Kapısı “Gerçeğin Sınırında”</t>
+          <t>Anla Beni</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259548876</t>
+          <t>9786259580326</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>PsiKomik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259548838</t>
+          <t>9786259548852</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çağrılı Şiirler</t>
+          <t>Yolların Başlangıcı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259548890</t>
+          <t>9786259548883</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma</t>
+          <t>Zihnin Son Kapısı “Gerçeğin Sınırında”</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259548845</t>
+          <t>9786259548876</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sayfa</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256659971</t>
+          <t>9786259548838</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mihrap</t>
+          <t>Çağrılı Şiirler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259548821</t>
+          <t>9786259548890</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hazan</t>
+          <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057313638</t>
+          <t>9786259548845</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şiirle Düşünmek 2</t>
+          <t>Beyaz Sayfa</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258422399</t>
+          <t>9786256659971</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Harika Beşli - 1</t>
+          <t>Mihrap</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052152805</t>
+          <t>9786259548821</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uçmaktan Kendi Arzumla Ayrıldım</t>
+          <t>Hazan</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786353280900</t>
+          <t>9786057313638</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Rusun Zindanındaki Yusuflar</t>
+          <t>Şiirle Düşünmek 2</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786353224300</t>
+          <t>9786258422399</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İşte Kanatların Ey Şehir</t>
+          <t>Harika Beşli - 1</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786353890000</t>
+          <t>9786052152805</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Umut İstasyonu</t>
+          <t>Uçmaktan Kendi Arzumla Ayrıldım</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059686662</t>
+          <t>9786353280900</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Filistin Direnişinin Önderi ve Sembolü Şeyh İzzeddin el-Kassam</t>
+          <t>Rusun Zindanındaki Yusuflar</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059477635</t>
+          <t>9786353224300</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Beyazım Siyah Siyahım Beyaz</t>
+          <t>İşte Kanatların Ey Şehir</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059477413</t>
+          <t>9786353890000</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şahsiyet İnşası</t>
+          <t>Umut İstasyonu</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059853064</t>
+          <t>9786059686662</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hayatlar ve Kayıplar</t>
+          <t>Filistin Direnişinin Önderi ve Sembolü Şeyh İzzeddin el-Kassam</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059853132</t>
+          <t>9786059477635</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İmtihanın Adı Yusuf ile Züleyha</t>
+          <t>Beyazım Siyah Siyahım Beyaz</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756353387</t>
+          <t>9786059477413</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ay Hali - Yusuf ile Züleyha</t>
+          <t>Şahsiyet İnşası</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257413282</t>
+          <t>9786059853064</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sultan Melikşah</t>
+          <t>Hayatlar ve Kayıplar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059853507</t>
+          <t>9786059853132</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tunus Kıyamında Bir Şehit Ömer</t>
+          <t>İmtihanın Adı Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257009423</t>
+          <t>9789756353387</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çaylak Sosyolog</t>
+          <t>Aşkın Ay Hali - Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059853231</t>
+          <t>9786257413282</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Masiva Vera</t>
+          <t>Sultan Melikşah</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257009492</t>
+          <t>9786059853507</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Işıktan Yansıyanlar</t>
+          <t>Tunus Kıyamında Bir Şehit Ömer</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057901194</t>
+          <t>9786257009423</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Açıdan Sınav Kaygısı ve Baş Etmenin Yolları</t>
+          <t>Çaylak Sosyolog</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052152157</t>
+          <t>9786059853231</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Masiva Vera</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259548814</t>
+          <t>9786257009492</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yola Doğru</t>
+          <t>Işıktan Yansıyanlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259548807</t>
+          <t>9786057901194</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Üç Hikaye Bir Kıyam</t>
+          <t>Psikolojik Açıdan Sınav Kaygısı ve Baş Etmenin Yolları</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256659988</t>
+          <t>9786052152157</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Adını Yeniden Yazmak</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259416632</t>
+          <t>9786259548814</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Artık Bitti (Mi)</t>
+          <t>Yola Doğru</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057313607</t>
+          <t>9786259548807</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Düşten Düşünceye Düşünceden Gerçeğe</t>
+          <t>Üç Hikaye Bir Kıyam</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256659964</t>
+          <t>9786256659988</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şiir Zamanı</t>
+          <t>Sessizliğin Adını Yeniden Yazmak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256659957</t>
+          <t>9786259416632</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin İzinde</t>
+          <t>Artık Bitti (Mi)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256659940</t>
+          <t>9786057313607</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sultan Sencer-2</t>
+          <t>Düşten Düşünceye Düşünceden Gerçeğe</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256659049</t>
+          <t>9786256659964</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Münzevi Leyla</t>
+          <t>Şiir Zamanı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256659926</t>
+          <t>9786256659957</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İki Yaka Arasındaki Bekleyiş</t>
+          <t>Gençliğin İzinde</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256659919</t>
+          <t>9786256659940</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Longevity Uzun ve Sağlıklı Yaşamak İçin 100 Tavsiye</t>
+          <t>Sultan Sencer-2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256659148</t>
+          <t>9786256659049</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gülüşünde Güller Açar - Şiirler 4</t>
+          <t>Münzevi Leyla</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256659124</t>
+          <t>9786256659926</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Özden Dile Dilden Söze - Aforizmalar</t>
+          <t>İki Yaka Arasındaki Bekleyiş</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256659896</t>
+          <t>9786256659919</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aynade</t>
+          <t>Longevity Uzun ve Sağlıklı Yaşamak İçin 100 Tavsiye</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256659131</t>
+          <t>9786256659148</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Vicdan Aynasından Yansımalar</t>
+          <t>Gülüşünde Güller Açar - Şiirler 4</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256659117</t>
+          <t>9786256659124</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sevgi’den Kalplere</t>
+          <t>Özden Dile Dilden Söze - Aforizmalar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256659803</t>
+          <t>9786256659896</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yansımalar</t>
+          <t>Aynade</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256659797</t>
+          <t>9786256659131</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sesleniş</t>
+          <t>Vicdan Aynasından Yansımalar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256659087</t>
+          <t>9786256659117</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dünyadan Düşenler</t>
+          <t>Sevgi’den Kalplere</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256659100</t>
+          <t>9786256659803</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Adam?</t>
+          <t>Yansımalar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256659032</t>
+          <t>9786256659797</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Beni Niye Bulmadın?</t>
+          <t>Sesleniş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256659025</t>
+          <t>9786256659087</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ferşat Bey ve 20-İ Modeli</t>
+          <t>Dünyadan Düşenler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256659094</t>
+          <t>9786256659100</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İhanetten Geriye Kalan</t>
+          <t>Kim Bu Adam?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256659063</t>
+          <t>9786256659032</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Süper Çocuk</t>
+          <t>Beni Niye Bulmadın?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256659056</t>
+          <t>9786256659025</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sevda Hüzmeleri</t>
+          <t>Ferşat Bey ve 20-İ Modeli</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259416601</t>
+          <t>9786256659094</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Düş Bozgunu</t>
+          <t>İhanetten Geriye Kalan</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259911748</t>
+          <t>9786256659063</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zaman Kristalleri</t>
+          <t>Süper Çocuk</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059477383</t>
+          <t>9786256659056</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ey Kudüs!</t>
+          <t>Sevda Hüzmeleri</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256659018</t>
+          <t>9786259416601</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Uzak Derler</t>
+          <t>Düş Bozgunu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259416694</t>
+          <t>9786259911748</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Hayatlar</t>
+          <t>Zaman Kristalleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259416687</t>
+          <t>9786059477383</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Lacivert</t>
+          <t>Ey Kudüs!</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054913800</t>
+          <t>9786256659018</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yazının Şahitliği</t>
+          <t>Yıldızlar Uzak Derler</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786353265600</t>
+          <t>9786259416694</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ülker Yıldızı</t>
+          <t>Çalınan Hayatlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054913190</t>
+          <t>9786259416687</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığa Aşkla Direnmek</t>
+          <t>Lacivert</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786353257100</t>
+          <t>9786054913800</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sen Yola Düşende</t>
+          <t>Yazının Şahitliği</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786353208300</t>
+          <t>9786353265600</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Ülker Yıldızı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059686952</t>
+          <t>9786054913190</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mavi Marmara’da Beyaz Güvercinler</t>
+          <t>Uygarlığa Aşkla Direnmek</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786353302800</t>
+          <t>9786353257100</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kelimelerle Düşünür</t>
+          <t>Sen Yola Düşende</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786353166600</t>
+          <t>9786353208300</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çeçenistan Günlüğü</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059477857</t>
+          <t>9786059686952</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Savaş</t>
+          <t>Mavi Marmara’da Beyaz Güvercinler</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786353187100</t>
+          <t>9786353302800</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Görmüş Maymun</t>
+          <t>İnsan Kelimelerle Düşünür</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059853903</t>
+          <t>9786353166600</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Aşkınlık Dersleri</t>
+          <t>Çeçenistan Günlüğü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256659001</t>
+          <t>9786059477857</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sevgi Dolsun</t>
+          <t>Çalınan Savaş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259416649</t>
+          <t>9786353187100</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Allah Aşkıyla ve Benimle Kal</t>
+          <t>Avrupa Görmüş Maymun</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259416656</t>
+          <t>9786059853903</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yitik</t>
+          <t>Aşkınlık Dersleri</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259416670</t>
+          <t>9786256659001</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Nergis</t>
+          <t>Kalbin Sevgi Dolsun</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259416663</t>
+          <t>9786259416649</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sultan Sencer</t>
+          <t>Allah Aşkıyla ve Benimle Kal</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259416625</t>
+          <t>9786259416656</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Çığlıkları - 1</t>
+          <t>Yitik</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259416618</t>
+          <t>9786259416670</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kumsaldaki İzler</t>
+          <t>Nergis</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259931791</t>
+          <t>9786259416663</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dün ve Yarın</t>
+          <t>Sultan Sencer</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259931760</t>
+          <t>9786259416625</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Kıyısına Yolculuk</t>
+          <t>Geçmişin Çığlıkları - 1</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259931777</t>
+          <t>9786259416618</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kaderini Arayan Coğrafya</t>
+          <t>Kumsaldaki İzler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259931784</t>
+          <t>9786259931791</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şu Kısacık Konukluk</t>
+          <t>Dün ve Yarın</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259931746</t>
+          <t>9786259931760</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kulak Ver Sükutuma</t>
+          <t>Hayatın Kıyısına Yolculuk</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259931722</t>
+          <t>9786259931777</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Siz Siz</t>
+          <t>Kaderini Arayan Coğrafya</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259931739</t>
+          <t>9786259931784</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kurumuş Güllerin Uçuşan Yaprakları</t>
+          <t>Şu Kısacık Konukluk</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259931715</t>
+          <t>9786259931746</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ukde</t>
+          <t>Kulak Ver Sükutuma</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259931708</t>
+          <t>9786259931722</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Beklemek</t>
+          <t>Siz Siz</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259911786</t>
+          <t>9786259931739</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hata Yaptın Ey İnsan!</t>
+          <t>Kurumuş Güllerin Uçuşan Yaprakları</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259911793</t>
+          <t>9786259931715</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Üveys’in Aşkı</t>
+          <t>Ukde</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259911779</t>
+          <t>9786259931708</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İstiyaç</t>
+          <t>Beklemek</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057222091</t>
+          <t>9786259911786</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Züleyha Gibi</t>
+          <t>Hata Yaptın Ey İnsan!</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786259911731</t>
+          <t>9786259911793</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İdrak</t>
+          <t>Üveys’in Aşkı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057222084</t>
+          <t>9786259911779</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Vefa Sokağı</t>
+          <t>İstiyaç</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259911724</t>
+          <t>9786057222091</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sevdasız Olmaz</t>
+          <t>Züleyha Gibi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259911717</t>
+          <t>9786259911731</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Veca</t>
+          <t>İdrak</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259911700</t>
+          <t>9786057222084</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yarenlik</t>
+          <t>Vefa Sokağı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057313676</t>
+          <t>9786259911724</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yoldan Geçerken</t>
+          <t>Sevdasız Olmaz</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057222077</t>
+          <t>9786259911717</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Esma</t>
+          <t>Veca</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057222008</t>
+          <t>9786259911700</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gidiyorum Ben Sen Hoşça Kal</t>
+          <t>Yarenlik</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057222060</t>
+          <t>9786057313676</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Gölgesinde Bir Ömür</t>
+          <t>Yoldan Geçerken</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057222053</t>
+          <t>9786057222077</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mevsimsiz Zamanlar</t>
+          <t>Esma</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057222046</t>
+          <t>9786057222008</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Duvardan Önce Feraset</t>
+          <t>Gidiyorum Ben Sen Hoşça Kal</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057192585</t>
+          <t>9786057222060</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gezegenin İnsanları</t>
+          <t>Hüznün Gölgesinde Bir Ömür</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057222022</t>
+          <t>9786057222053</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bakü-1501</t>
+          <t>Mevsimsiz Zamanlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258205305</t>
+          <t>9786057222046</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Vur Kalbe “Allah” Desin</t>
+          <t>Duvardan Önce Feraset</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057192561</t>
+          <t>9786057192585</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Dostum</t>
+          <t>Mavi Gezegenin İnsanları</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057192554</t>
+          <t>9786057222022</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yedi Rengi</t>
+          <t>Bakü-1501</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057222015</t>
+          <t>9786258205305</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bir Gülüşü Vardı</t>
+          <t>Vur Kalbe “Allah” Desin</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057192516</t>
+          <t>9786057192561</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mizan</t>
+          <t>Sevgili Dostum</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057192578</t>
+          <t>9786057192554</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Medet</t>
+          <t>Aşkın Yedi Rengi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258422993</t>
+          <t>9786057222015</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İçerde İşleyişler</t>
+          <t>Bir Gülüşü Vardı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057192547</t>
+          <t>9786057192516</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İsra - Bir Yürüyüş Hikayesi</t>
+          <t>Mizan</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057192530</t>
+          <t>9786057192578</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Zamana Umut Bıraktım</t>
+          <t>Medet</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057192509</t>
+          <t>9786258422993</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Aramak ve Bulmak</t>
+          <t>İçerde İşleyişler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057313645</t>
+          <t>9786057192547</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze; Bildiklerim, Gördüklerim, Yaşadıklarım</t>
+          <t>İsra - Bir Yürüyüş Hikayesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057313690</t>
+          <t>9786057192530</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Şifa Özü</t>
+          <t>Zamana Umut Bıraktım</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057192523</t>
+          <t>9786057192509</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İlliyon</t>
+          <t>Aramak ve Bulmak</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057313621</t>
+          <t>9786057313645</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bize Lazım</t>
+          <t>Geçmişten Günümüze; Bildiklerim, Gördüklerim, Yaşadıklarım</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057313614</t>
+          <t>9786057313690</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hayalin Ötesinde</t>
+          <t>Şifa Özü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057313683</t>
+          <t>9786057192523</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ufuktaki Güneş</t>
+          <t>İlliyon</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057313669</t>
+          <t>9786057313621</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Buraya Kadar</t>
+          <t>Bize Lazım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258205022</t>
+          <t>9786057313614</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ne Çabuk Unuttuk</t>
+          <t>Hayalin Ötesinde</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258422962</t>
+          <t>9786057313683</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen Hangisi?</t>
+          <t>Ufuktaki Güneş</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258422931</t>
+          <t>9786057313669</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçinde Yananlar</t>
+          <t>Buraya Kadar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258422924</t>
+          <t>9786258205022</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kurgusal Mektuplar</t>
+          <t>Ne Çabuk Unuttuk</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258422900</t>
+          <t>9786258422962</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Orda Bir Köy Var</t>
+          <t>Senin Hikayen Hangisi?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258422245</t>
+          <t>9786258422931</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tekamül Yolunda</t>
+          <t>Aşk İçinde Yananlar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258422726</t>
+          <t>9786258422924</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Alemde Sesim Var Benim</t>
+          <t>Kurgusal Mektuplar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258422795</t>
+          <t>9786258422900</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sabir</t>
+          <t>Orda Bir Köy Var</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258422764</t>
+          <t>9786258422245</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gönül Telinden</t>
+          <t>Tekamül Yolunda</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258422870</t>
+          <t>9786258422726</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Arifler Otağı</t>
+          <t>Alemde Sesim Var Benim</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258422887</t>
+          <t>9786258422795</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Canımın Üçü</t>
+          <t>Sabir</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258422849</t>
+          <t>9786258422764</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Budapeşte Sözleşmesi</t>
+          <t>Gönül Telinden</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258422641</t>
+          <t>9786258422870</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Hayatlar</t>
+          <t>Arifler Otağı</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258422658</t>
+          <t>9786258422887</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İçinde Sen Varsın</t>
+          <t>Canımın Üçü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258422689</t>
+          <t>9786258422849</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Sevda</t>
+          <t>Budapeşte Sözleşmesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258422788</t>
+          <t>9786258422641</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Silivri’de Deniz de Var</t>
+          <t>Sıra Dışı Hayatlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258422627</t>
+          <t>9786258422658</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çaylak Sosyolog - 2</t>
+          <t>İçinde Sen Varsın</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258422429</t>
+          <t>9786258422689</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sevgiye Bir Adım Daha</t>
+          <t>Yüreğimdeki Sevda</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258422443</t>
+          <t>9786258422788</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Yaşama Sanatı</t>
+          <t>Silivri’de Deniz de Var</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>4440000001075</t>
+          <t>9786258422627</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Son Nefes</t>
+          <t>Çaylak Sosyolog - 2</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786353269400</t>
+          <t>9786258422429</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Aşk Postası</t>
+          <t>Sevgiye Bir Adım Daha</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258422382</t>
+          <t>9786258422443</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Harika Beşli - 2</t>
+          <t>Erdemli Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258422252</t>
+          <t>4440000001075</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sultanı</t>
+          <t>Son Nefes</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258422269</t>
+          <t>9786353269400</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kurak Kentin Yeşeren Çocukları</t>
+          <t>Aşk Postası</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257413824</t>
+          <t>9786258422382</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Fısılda</t>
+          <t>Harika Beşli - 2</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257009690</t>
+          <t>9786258422252</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bir Tefekkür Vesilesi - Korona</t>
+          <t>Aşk Sultanı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059477352</t>
+          <t>9786258422269</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bir Firavun Bir Mücahit</t>
+          <t>Kurak Kentin Yeşeren Çocukları</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059686563</t>
+          <t>9786257413824</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Kur'an Hz. Fatıma</t>
+          <t>Rüzgara Fısılda</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789756353370</t>
+          <t>9786257009690</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tesettür ve Çıplaklığın Arka Planı</t>
+          <t>Bir Tefekkür Vesilesi - Korona</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059853484</t>
+          <t>9786059477352</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Aşkları Biterse</t>
+          <t>Bir Firavun Bir Mücahit</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258422412</t>
+          <t>9786059686563</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Keşifleri</t>
+          <t>Yaşayan Kur'an Hz. Fatıma</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258422481</t>
+          <t>9789756353370</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İnandığımız Her Şey Bizi Kendisine Çeker</t>
+          <t>Tesettür ve Çıplaklığın Arka Planı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258422276</t>
+          <t>9786059853484</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Fikir Sermayesi</t>
+          <t>Aşkları Biterse</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258422306</t>
+          <t>9786258422412</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Beşinci Mevsimi</t>
+          <t>Kur'an Keşifleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258422146</t>
+          <t>9786258422481</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kayboluş Sırrı Aşk</t>
+          <t>İnandığımız Her Şey Bizi Kendisine Çeker</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258422153</t>
+          <t>9786258422276</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Masalcı - Seçme Şiirler</t>
+          <t>Fikir Sermayesi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258422092</t>
+          <t>9786258422306</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Beş Ayna</t>
+          <t>Kalbin Beşinci Mevsimi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258422085</t>
+          <t>9786258422146</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sen G’ittin</t>
+          <t>Kayboluş Sırrı Aşk</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257413701</t>
+          <t>9786258422153</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Sonrası</t>
+          <t>Masalcı - Seçme Şiirler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257413916</t>
+          <t>9786258422092</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Geceye Bıraktım</t>
+          <t>Beş Ayna</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257413978</t>
+          <t>9786258422085</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Saçlarımı Geri Verin</t>
+          <t>Sen G’ittin</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257413770</t>
+          <t>9786257413701</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gülümse</t>
+          <t>Bir Düş Sonrası</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257413732</t>
+          <t>9786257413916</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Vaveylalarımın Suskunluğu</t>
+          <t>Geceye Bıraktım</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257413558</t>
+          <t>9786257413978</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Yudum Sevgidir Ömür Dediğin</t>
+          <t>Saçlarımı Geri Verin</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257413541</t>
+          <t>9786257413770</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Dilek Tutsam Umutlara</t>
+          <t>Gülümse</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257413534</t>
+          <t>9786257413732</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Gül Kırığı</t>
+          <t>Vaveylalarımın Suskunluğu</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257413411</t>
+          <t>9786257413558</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hekimoğlu Ali Paşa</t>
+          <t>Bir Yudum Sevgidir Ömür Dediğin</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257413428</t>
+          <t>9786257413541</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hücre</t>
+          <t>Dilek Tutsam Umutlara</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257413497</t>
+          <t>9786257413534</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hayat Umut Dolu</t>
+          <t>Gül Kırığı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257413299</t>
+          <t>9786257413411</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ra’dan Düşenler</t>
+          <t>Hekimoğlu Ali Paşa</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257413305</t>
+          <t>9786257413428</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bir Damlada Alemler</t>
+          <t>Hücre</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257413206</t>
+          <t>9786257413497</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kara Halil</t>
+          <t>Hayat Umut Dolu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257413190</t>
+          <t>9786257413299</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Aristo Nineme Niye Kıydın</t>
+          <t>Ra’dan Düşenler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257413183</t>
+          <t>9786257413305</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bir Bipoların Günlüğü</t>
+          <t>Bir Damlada Alemler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257413107</t>
+          <t>9786257413206</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yitik Dünya</t>
+          <t>Kara Halil</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257324953</t>
+          <t>9786257413190</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Öğreti 1 (Ciltli)</t>
+          <t>Aristo Nineme Niye Kıydın</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257324984</t>
+          <t>9786257413183</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bir Mahur Huzur’dan Pandemi’ye</t>
+          <t>Bir Bipoların Günlüğü</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257324939</t>
+          <t>9786257413107</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İki Yaka Arasındaki Direniş</t>
+          <t>Yitik Dünya</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257324847</t>
+          <t>9786257324953</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hikayesini Arayanlar</t>
+          <t>Öğreti 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257324977</t>
+          <t>9786257324984</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Okumak</t>
+          <t>Bir Mahur Huzur’dan Pandemi’ye</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257324724</t>
+          <t>9786257324939</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ağrılı Şiirler</t>
+          <t>İki Yaka Arasındaki Direniş</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257324731</t>
+          <t>9786257324847</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Unutmazsam Hatırlat</t>
+          <t>Hikayesini Arayanlar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257324793</t>
+          <t>9786257324977</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şükür Engel Tanımaz</t>
+          <t>Hayatı Okumak</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257324571</t>
+          <t>9786257324724</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Şiirle Düşünmek</t>
+          <t>Ağrılı Şiirler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257324564</t>
+          <t>9786257324731</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kanseri Nasıl Yendim?</t>
+          <t>Unutmazsam Hatırlat</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257324526</t>
+          <t>9786257324793</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yürüyenden Dönene</t>
+          <t>Şükür Engel Tanımaz</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257324434</t>
+          <t>9786257324571</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ekşi Elma Bahçesi</t>
+          <t>Şiirle Düşünmek</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257324243</t>
+          <t>9786257324564</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Mucizeleri</t>
+          <t>Kanseri Nasıl Yendim?</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257324236</t>
+          <t>9786257324526</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yolun Sonu</t>
+          <t>Yürüyenden Dönene</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257324199</t>
+          <t>9786257324434</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Gün Batarken Heybemde</t>
+          <t>Ekşi Elma Bahçesi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257009782</t>
+          <t>9786257324243</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Sularda Aranan</t>
+          <t>Siyasetin Mucizeleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257009799</t>
+          <t>9786257324236</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevdanın Solfeji</t>
+          <t>Yolun Sonu</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257009669</t>
+          <t>9786257324199</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Evdokia - Moldovalı Gelin</t>
+          <t>Gün Batarken Heybemde</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257009676</t>
+          <t>9786257009782</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bensizliğim</t>
+          <t>Bulanık Sularda Aranan</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257009577</t>
+          <t>9786257009799</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın İninde</t>
+          <t>Bir Sevdanın Solfeji</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057901286</t>
+          <t>9786257009669</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sizce Özgürlük Örtünmek Midir? Örtünmemek Midir?</t>
+          <t>Evdokia - Moldovalı Gelin</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059853453</t>
+          <t>9786257009676</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kırgınlar</t>
+          <t>Bensizliğim</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257009720</t>
+          <t>9786257009577</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Uyanmak</t>
+          <t>Şeytanın İninde</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257009911</t>
+          <t>9786057901286</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ben, Her Şey</t>
+          <t>Sizce Özgürlük Örtünmek Midir? Örtünmemek Midir?</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257009812</t>
+          <t>9786059853453</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sobeledim Seni Dünya</t>
+          <t>Kırgınlar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257009508</t>
+          <t>9786257009720</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ve Sensiz</t>
+          <t>Yeniden Uyanmak</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257009256</t>
+          <t>9786257009911</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Mamak'tan Mekke'ye</t>
+          <t>Ben, Her Şey</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257009133</t>
+          <t>9786257009812</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Caz Mevsimiyle Gelen</t>
+          <t>Sobeledim Seni Dünya</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257009126</t>
+          <t>9786257009508</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Çadır Neslihanları</t>
+          <t>Ve Sensiz</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257009188</t>
+          <t>9786257009256</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Söylesene Bana Neyim Var?</t>
+          <t>Mamak'tan Mekke'ye</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257009010</t>
+          <t>9786257009133</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Vazgeç Gönlüm</t>
+          <t>Caz Mevsimiyle Gelen</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257009027</t>
+          <t>9786257009126</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kaosa Ramak Kala Yıl 2033</t>
+          <t>Çadır Neslihanları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057901798</t>
+          <t>9786257009188</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir Soygun</t>
+          <t>Söylesene Bana Neyim Var?</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057901811</t>
+          <t>9786257009010</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Yamacında</t>
+          <t>Vazgeç Gönlüm</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052152911</t>
+          <t>9786257009027</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Onsuz Olmaz</t>
+          <t>Kaosa Ramak Kala Yıl 2033</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057901828</t>
+          <t>9786057901798</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sorun Varsa</t>
+          <t>Sıradışı Bir Soygun</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057901743</t>
+          <t>9786057901811</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin Diyeti</t>
+          <t>Kalplerin Yamacında</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057901644</t>
+          <t>9786052152911</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Özlediğimiz Yaşam</t>
+          <t>Onsuz Olmaz</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057901637</t>
+          <t>9786057901828</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yaramla Yar Oldum</t>
+          <t>Sorun Varsa</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057901125</t>
+          <t>9786057901743</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hayat Düşler Sokağı Gibiydi</t>
+          <t>Sözlerin Diyeti</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057901132</t>
+          <t>9786057901644</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Makrasya Güncesi</t>
+          <t>Özlediğimiz Yaşam</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057901095</t>
+          <t>9786057901637</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bir Taşın Gül Yüreği</t>
+          <t>Yaramla Yar Oldum</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052152744</t>
+          <t>9786057901125</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Nim Nur Yarım Kalan Işık</t>
+          <t>Hayat Düşler Sokağı Gibiydi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057901330</t>
+          <t>9786057901132</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İç Yüzüne Yansıyan Anlar</t>
+          <t>Makrasya Güncesi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057901217</t>
+          <t>9786057901095</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Yerdeyim</t>
+          <t>Bir Taşın Gül Yüreği</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052152829</t>
+          <t>9786052152744</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Istırap</t>
+          <t>Nim Nur Yarım Kalan Işık</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052152898</t>
+          <t>9786057901330</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Sus Adası</t>
+          <t>Hayatın İç Yüzüne Yansıyan Anlar</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057901521</t>
+          <t>9786057901217</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İki Sandalye Bir Masa</t>
+          <t>Hiçbir Yerdeyim</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057901255</t>
+          <t>9786052152829</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Hira</t>
+          <t>Aşk ve Istırap</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057901323</t>
+          <t>9786052152898</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>4 Öz</t>
+          <t>Sus Adası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057901279</t>
+          <t>9786057901521</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Nerede Kalmıştık</t>
+          <t>İki Sandalye Bir Masa</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057901293</t>
+          <t>9786057901255</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Yalnızlık</t>
+          <t>Hira</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057901231</t>
+          <t>9786057901323</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Düşümde Portakal Bahçeleri</t>
+          <t>4 Öz</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059686198</t>
+          <t>9786057901279</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Efendi Hazretlerinin Emaneti</t>
+          <t>Nerede Kalmıştık</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052152676</t>
+          <t>9786057901293</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ben Mankomin Değilim</t>
+          <t>Sürgün Yalnızlık</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052152331</t>
+          <t>9786057901231</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Albayrağın Gölgesinde</t>
+          <t>Düşümde Portakal Bahçeleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059853781</t>
+          <t>9786059686198</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Niçin (İkinci Kitap)</t>
+          <t>Efendi Hazretlerinin Emaneti</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059477406</t>
+          <t>9786052152676</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Dolu Bir Genç Yusuf</t>
+          <t>Ben Mankomin Değilim</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059477819</t>
+          <t>9786052152331</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Albayrağın Gölgesinde</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052152737</t>
+          <t>9786059853781</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Nisa</t>
+          <t>Niçin (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052152065</t>
+          <t>9786059477406</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İlahi Mesajı İlke Edinmek 2</t>
+          <t>Sevgi Dolu Bir Genç Yusuf</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052152201</t>
+          <t>9786059477819</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ayat</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052152102</t>
+          <t>9786052152737</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yürek Kodları</t>
+          <t>Nisa</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052152096</t>
+          <t>9786052152065</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Güller de Ağlar</t>
+          <t>İlahi Mesajı İlke Edinmek 2</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052152034</t>
+          <t>9786052152201</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Muhkem</t>
+          <t>Ayat</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059686716</t>
+          <t>9786052152102</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Topukları Taşa Vurmak</t>
+          <t>Yürek Kodları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052152041</t>
+          <t>9786052152096</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Şehre Küs Adamlar</t>
+          <t>Güller de Ağlar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052152003</t>
+          <t>9786052152034</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Özlemek Kalbin Hüznüdür</t>
+          <t>Aşk-ı Muhkem</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059477864</t>
+          <t>9786059686716</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İlham Perisi</t>
+          <t>Topukları Taşa Vurmak</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059477659</t>
+          <t>9786052152041</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bu Onların Hikayesi</t>
+          <t>Şehre Küs Adamlar</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059477703</t>
+          <t>9786052152003</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Köleler İmparatorluğu</t>
+          <t>Özlemek Kalbin Hüznüdür</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059477710</t>
+          <t>9786059477864</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ekmek</t>
+          <t>İlham Perisi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059477666</t>
+          <t>9786059477659</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İmkansızı Beş Geçe</t>
+          <t>Bu Onların Hikayesi</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059477611</t>
+          <t>9786059477703</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Ahra</t>
+          <t>Köleler İmparatorluğu</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059477529</t>
+          <t>9786059477710</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ah Tamara</t>
+          <t>Kızıl Ekmek</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059477550</t>
+          <t>9786059477666</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Meczup Müntehir</t>
+          <t>İmkansızı Beş Geçe</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059477574</t>
+          <t>9786059477611</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yanmak Bana Düşer</t>
+          <t>Ahra</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059686549</t>
+          <t>9786059477529</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bu Şehir Yabancıdır Senin Susuşlarına</t>
+          <t>Ah Tamara</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059477567</t>
+          <t>9786059477550</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Şuur Veren Şiirler</t>
+          <t>Meczup Müntehir</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059686310</t>
+          <t>9786059477574</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Göç Vakti</t>
+          <t>Yanmak Bana Düşer</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059477093</t>
+          <t>9786059686549</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Damat</t>
+          <t>Bu Şehir Yabancıdır Senin Susuşlarına</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059477055</t>
+          <t>9786059477567</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ayetler Işığında</t>
+          <t>Şuur Veren Şiirler</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054913183</t>
+          <t>9786059686310</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sahabe-i Güzin Bizimkiler</t>
+          <t>Şimdi Göç Vakti</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059477086</t>
+          <t>9786059477093</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler Sefer Olur</t>
+          <t>Çocuk Damat</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059477079</t>
+          <t>9786059477055</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>En Güzel İsimler</t>
+          <t>Ayetler Işığında</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059477062</t>
+          <t>9786054913183</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Çiçek</t>
+          <t>Sahabe-i Güzin Bizimkiler</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059477024</t>
+          <t>9786059477086</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İnadına İnsanlık</t>
+          <t>Sürgünler Sefer Olur</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059686693</t>
+          <t>9786059477079</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Dilemma</t>
+          <t>En Güzel İsimler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054913909</t>
+          <t>9786059477062</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Yalnızlığım</t>
+          <t>Bir Demet Çiçek</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054913633</t>
+          <t>9786059477024</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Gülüyorsak Bir Nedeni Var</t>
+          <t>İnadına İnsanlık</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059853613</t>
+          <t>9786059686693</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Tam Zamanı</t>
+          <t>Dilemma</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059853774</t>
+          <t>9786054913909</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Özlemek Güzel</t>
+          <t>Sevgili Yalnızlığım</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054913862</t>
+          <t>9786054913633</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yitik Özgürlük</t>
+          <t>Gülüyorsak Bir Nedeni Var</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786058565319</t>
+          <t>9786059853613</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Pencerenin Karşısındaki Dünya</t>
+          <t>Tam Zamanı</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059686709</t>
+          <t>9786059853774</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğine Yenilmek</t>
+          <t>Özlemek Güzel</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786058565326</t>
+          <t>9786054913862</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Niçin Namaz Kılamaz?</t>
+          <t>Yitik Özgürlük</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054913442</t>
+          <t>9786058565319</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Hamalı</t>
+          <t>Pencerenin Karşısındaki Dünya</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059686051</t>
+          <t>9786059686709</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Tut Yüreğinden</t>
+          <t>Sevdiğine Yenilmek</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786054913275</t>
+          <t>9786058565326</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yunus Onbir</t>
+          <t>Bir İnsan Niçin Namaz Kılamaz?</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786054913282</t>
+          <t>9786054913442</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yürüyelim mi Biraz</t>
+          <t>Hamalı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786054913961</t>
+          <t>9786059686051</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Alim ve Tağut</t>
+          <t>Tut Yüreğinden</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786353142000</t>
+          <t>9786054913275</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>İslami Hareket ve Yöntem</t>
+          <t>Yunus Onbir</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059477246</t>
+          <t>9786054913282</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Engel Duvarı</t>
+          <t>Yürüyelim mi Biraz</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
+          <t>9786054913961</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Alim ve Tağut</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786353142000</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>İslami Hareket ve Yöntem</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786059477246</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Engel Duvarı</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
           <t>9786052152713</t>
         </is>
       </c>
-      <c r="B316" s="1" t="inlineStr">
+      <c r="B319" s="1" t="inlineStr">
         <is>
           <t>Sözün Yazgısı</t>
         </is>
       </c>
-      <c r="C316" s="1">
-        <v>190</v>
+      <c r="C319" s="1">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>