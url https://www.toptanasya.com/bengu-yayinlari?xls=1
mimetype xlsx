--- v0 (2025-10-16)
+++ v1 (2026-03-15)
@@ -85,130 +85,7390 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057654830</t>
+          <t>9786256682634</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasından Çocuk Şiirleri</t>
+          <t>Şiddet Estetiği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055988524</t>
+          <t>9786256682641</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çapandaz</t>
+          <t>Bozkırın Somut Olmayan Kültürel Mirası: Kazakistan Kartalcılık Geleneği</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>580</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057654618</t>
+          <t>9786256682658</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Türkistan Mustafa Çokay</t>
+          <t>Turnaların İndiği Yerde</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257403542</t>
+          <t>9786256682726</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>Uygur (Lopnur) Halk Masalları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257403467</t>
+          <t>9786256682719</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi'nin İzinde Milyaçka’dan Meriç’e</t>
+          <t>Sessizce Oturdum Dünya İçinde</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
+          <t>9786256682702</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Sesler 2025 Türkiye</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786256682689</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız-Türk Okumuştuularının Çıngız Aytmatov Fenomenın Açuudagı Calpılıktarı Cana Ayırmaçılıktarı</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786256682696</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Harzemşahlar 1 - Yeter Ki Sen Ağlama</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786256682665</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>İnci Küpeler</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786256682627</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Sevginin Yüz Şiiri</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786256682429</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilbayır'ın Renkleri</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786256682443</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Yeşilbayır Çiftliği</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786256682436</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Bayır'da Dört Mevsim</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786256682412</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Gül Sesi</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786256682405</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Hakhulet-III</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786256682399</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Hakhulet-II</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786256682009</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Hakhulet-I</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786256682610</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Kültürel Geleceğimiz Kırgız Epik Destan Tiyatrosu Geleneği</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786256682603</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Erdem Yolunda</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786256682559</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>The Golden Key To Moral Education</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786256682597</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Türküsü</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786256682580</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Bizi Aldatıyor</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786256682573</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>1985-1997 Yılları Arasında Azerbaycan Publisistikasının Gelişim Eğilimleri</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786256682566</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Mahtumkulu Firaki’nin Bilge Torunu DOÇ. DR. Berdi Sarıyev’e Armağan</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786256682542</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız Polisiye Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786256682535</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız Kültüründe Toy</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786256682528</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Lopnur Halk Masalları</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786256682511</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Diyet</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786256682504</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Yürüyen Adam</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786256682498</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Ceditçiliğin Öncü İsimlerinden Abdünnasır El-Kursavi ve Heftiyek Tefsiri</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786256682481</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamak Üstüne</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786256682337</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Yeseviliğe Dair Kaynaklar ve Divan-ı Hikmet</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786256682450</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız Romanında İdeolojik Tipler (1936-1991)</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786256682467</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Göroğlıning Tuğılişi / Göroğlu’nun Doğuşu</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786256682320</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Aytmatov’un İlk Hikayeleri Üzerine Eleştirel Okumalar</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786256682474</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasında Ortak Alfabe ve İletişim Dili</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786257403757</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Gece ve Gündüz</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786256981188</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Karakalpak Halk Masalları</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786256981225</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Yesevi Ata Aytuwları</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786256981232</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Kırgın (Bir Ürkün Hikâyesi)</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786256981256</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Eğri Ağaç Seçme Öyküler</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786256682313</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Şifahi Halk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786256682283</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Gazel Şairi Kazıbek Kazalçı</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786256682344</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Kazak Halkını Tefekküre Çağıran Adam Şahkerim Hudayberdi Oğlı</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786256682252</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Anayurttan Uzakta</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786256682269</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Yürek ve Yerküre</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786256682276</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Kazak Yazar Akim Tarazi’nin Hayatı, Eserleri ve Seçilmiş Hikayelerinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786256682146</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Macar Etütleri</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786256682108</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Ah, Saf Aşkım!</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786256682306</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Milli Türkistan Mecmuası Bibliyografyası (1942-1975)</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786256682290</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>XX. Yüzyıl Türkistan Tarihinin Önemli Olayları ve Şahsiyetleri</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786256682382</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Aytmatov ve Felsefesi</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786256682375</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Tiyatrolar</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786256852624</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Rus Şiirinde İslam Medeniyeti İzleri</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786256682245</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Leyla'nın Üç Şiiri</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786256682238</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Edebiyatı - Merhaleler ve Simalar</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786256682221</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzünde Dans Eden Güzel</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786256682214</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Ali ve Ayşe</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786256682016</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Kalk Ayağa Türkiye!</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786256682061</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>23 Öykü</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786256852990</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Pusu</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786256682115</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Yol</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786256682139</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Düğün Gününün Sabahı</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9796256682016</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Kalk Ayağa Türkiye!</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786256682191</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Hophopnamә</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786256682054</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Hayma Ana Çadırların Anası</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786256682207</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>İsa Hüseynov (Muganna)’un Hikayeleri Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786256682184</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>İç Çekiş</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786256682177</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Nur Pınarı</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786256682160</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Buzda Dans Eden Kız</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786256682153</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Emanet</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786256852983</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Catalogo Dei Manoscritti Islamici Della Biblioteca Universitaria di Bologna (2 Volume)</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786256682023</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyası Halk Bilimi (3 Kitap)</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786256682078</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Sahip-Cemal'ini Arayan Bir Veli, Türkmenlerin Fikir Deryası Mahtumkulu Firaki</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786256682085</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Saha (Yakut) Hayvan Bilmeceleri</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786256682092</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Asyaca Hikayeler</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786256682047</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Uygur Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786256682122</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Şiiri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786059148467</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Kaçış</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786059148672</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Sovyet Öykü Seçkisi</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786256852860</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Aytmatov Fenomeni ve Azerbaycan</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786256852921</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Tuva Şiiri</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786256852976</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Türkoloji Armağanları-1</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786256852907</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Barçınay</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786256852853</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Karım Pazarda</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786256852945</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi, Kültürü ve Edebiyatı İle Kımız</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786256852884</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Kazan Tatar Fıkraları</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786256852891</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Karakalpak Yazarı Kenesbay Allambergenov’un Seçme Hikâyeleri</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786256852914</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Kazak Topraklarında Sömürge ve Stalinist Sovyet Rejiminin Politikası</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786256852877</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Aytmatov Kahramanlarının Edebi Dünyası</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786256852846</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Güney Azerbaycan Çocuk Oyunları</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786256852495</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Türk Mitolojik Destanlarında Sualtı Dünyası</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786256852792</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Katkeldi</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786256981317</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Ayın Gizemli Yüzü</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786256852839</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Islık Çalan Oklar (Birinci Kitap)</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786256852761</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>İdeolojinin Kıskacında Türk ve Müslüman Kimliği - Azerbaycan-Sovyet Edebiyati Örneği</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786256852730</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Babama Dair</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786256853690</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Kutlu Kan</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786256852679</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Tuva Destanı Hunan-Kara (Giriş - Metin - Aktarma - Dizin-Sözlük)</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786256852570</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Sanat-i Digarastar - Metin-İnceleme-Sözlük</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786256852631</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Dramalar 2</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786256852693</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Nedense Ben Ufka Dalar, Bakarım</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786256852822</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Joltay Jumat Almaşoğlu'nun Sultan Baybars ve Berke Han Adlı Tarihi Draması Üzerine Bir İnceleme</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786256852815</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Karaçay-Malkar Türkçesinde Mental Fiiller</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786256852716</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Kazakistan'da Repressiya</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786256981034</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Ahiret</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786256852747</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Yoldaki Düşünceler</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786256852600</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Abdulhaluk Uygur</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786256852723</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Zafer Kokan Şiirler</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786256852686</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Simalar ve Dünyalar</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786256852778</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Emanet Meşaleler Yanıyordu</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786256852754</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Tepe</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786256852662</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız Türkçesiyle Bir Mevlit</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786256852808</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Emir Ali Şir Nevayi Hayatı ve Çalışmaları H 844-906 - M 1441-1501</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786256852617</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>İki Kapılı Ev</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786257403696</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Kars’tan Konya’ya Masallar</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786257403825</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Türkistan’da Dil Politikası (Özbekistan Örneğinde)</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786256981164</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Bozkırın Sesi: Tölögön Kasımbekov</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786257403887</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dik Duruş: Milli Şair Mehmet Akif Ersoy</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786257403795</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Han'ı Aramak</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786257403788</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Aytmatov ve Masal Dünyası</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786257403955</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Kırgız Edebiyatından Kadın Yazarların Kalemiyle Kadına Dair Hikayeler</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786257403672</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Cüzzam ve Aşk</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786256981126</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Gagauzlara Dair</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786256981133</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Dramalar 1</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786257403771</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Kırgız Şiiri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786256981058</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Göllerköy Çeşmeleri</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786256981027</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımızın Kış Ayları</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786257403924</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Güneşi Tutan Çocuk</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786256981140</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Kartal Pençesinde Bir Güzel</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786257403917</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Irak Türkmen Edebiyatı Tarihinden Kadife Yapraklar Araştırmalar ve El Yazmaları</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786257403764</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Irak Türkmen Ağzı Grameri</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786257403818</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Mil</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786256981065</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Köçeri Quşların Nağmesi</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786257403948</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Kırım Tatar Şairi Şakir Selim'in Şiirleri</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786257403962</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Kırım Tatar Şairi Memet Nüzet Kırım'ın Çöl Hayatından</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786256981010</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Kestaneler Altında</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786256981119</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Kazak Folklorunun Tarihi</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786257403665</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Getiren Umut</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786257403870</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Samet Vurgun - Bir Milli Şaire Dair</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786257403740</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Sahil</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786257403801</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Sır Küpü Şair Colon Mamitov</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786256981102</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Eserler</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786257403634</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Son Yaz</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786257403979</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi ve Çağdaş Türk Lehçeleri Araştırmaları: Fiil Kategorisi</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786257403856</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Turan İyilikten Yanadır</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786257403986</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Temirbek Jürgenov</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786257403900</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Tatar Çocuk Oyunları</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786256981171</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Ulu Türkistan</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786256981157</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Türkmen Şairi Nurmuhammed Andelib Yusuf u Zeliha</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786257403641</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Türkistan'dan Türkiye'ye</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786257403566</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Ben Sensiz Büyüdüm</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786257403689</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıçtan Günümüze Azerbaycan Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786257403733</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Baharı Kim Kaçırdı?</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786257403993</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Nefret Kitabı</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786256981041</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Analar, Bu Dünyada Birer Melek</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786256981072</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Altaylardan Tuna'ya</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786256981089</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Ali Akbaş Armağanı</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786257403931</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Baytursınulı</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786256981003</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Ahıska Sürgününün Eğitimsel Sonuçları</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786257403832</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Aşağılananlar</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786057654441</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Anayurt - 1</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786257403573</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Geçmeyen Geçmiş</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786257403306</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Türkmen Türkçesinde Kalıp Sözler</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786059148313</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Ulpan</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9786059148825</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Dağları’nın Anadolu’daki İlk Profesör Kızı Gülzura Cumakunova</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786057654601</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasında Çeyrek Asırlık Edebi Tecrübe: Milli Ruh Ve Edebiyata Yansıması</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786257403405</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Ana Sözü</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786257403542</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Şiirler</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786257403610</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Söz Vermiştim</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786257403580</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Tataraş</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786257403603</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>İç Dünyam</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9786257403597</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Arafta Uyanış</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786257403528</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Amanhor</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9786257403535</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Amanhor Kumukça)</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9786257403511</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Halis Öğretmen</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9786257403337</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>танланган асарлар Seçilmiş Eserler шеърлар</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786257403344</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>танланган асарлар Seçilmiş Eserler биринчи жилд шеърлар</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786257403627</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Pehlivan</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786257403559</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Dinmeyen Acı… Hocalı</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786057654342</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Şahane’nin Masalı</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786257403276</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız Çocuk Edebiyatından Seçmeler</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786257403429</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Kazıgurt Öyküleri</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786257403351</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Köroğlu</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9786257403382</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Nizami Gencevi</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786257403504</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Türk Esaret Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9786257403269</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Doğumunun 175. Yılında Jambyl Jabayev (1846-1945)</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9786257403450</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Bu Toprağın İnsanları</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9786257403443</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Bir Öğle Vakti</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786257403313</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>44 Gün Karabağ Savaşı Sürecinde Güney Azerbaycan</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786257403399</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Abay</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786257403368</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Dombıra</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786257403498</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Şükrü Karaca Kitabı</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786257403016</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Hikaye Evreni - Türk Dünyasından Seçmeler Aktarmalar</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786257403023</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Hikaye Evreni - Türk Dünyasından Seçmeler Özgün Metinler</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786257403320</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Çuvaş Mitleri ve Efsaneleri</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786257403290</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Kazakistan’ın Yüzakı: Abiş Kekilbayulı</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786057654298</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Ondan Bundan</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786059148122</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Kırgın’ın Kadınları Marguva</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786059148986</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Doğumunun 100. Yılında Cengiz Dağcı’ya Armağan</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>3990000030720</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Bozkurtun Patikası</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786059148856</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Devrinin Büyük Yazarı Cengiz Aytmatov Hayatı ve Edebi Kişiliği</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786059148849</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Hüzünlü Mısralar</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>3990000030722</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Meleguş</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>3990000096697</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Dağlarının Anadoluda'ki İlk Profesör Kızı Gülzura Cumakunova</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>3990000084789</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Yankı</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>3990000030719</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Yol</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786057654151</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Cebe - Riskul</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786057654120</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Müştak Gönülleri Aydınlatan Edebiyat</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786057654137</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Suç Koridoru</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786057654144</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Sanki Bir Alevsin</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786059148962</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Süzge Hanım ve Bozok Güzeli</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786059148955</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Reşit Hanadan ve Romancılığı</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786059148924</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Ey, Dünya Ey!</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786059148979</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Eleştiri Yazıları</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786059148948</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Boşnak Alhamiyado Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9786059148726</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Balkan'dan Anadolu'ya</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786059148771</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Dakika</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786059148795</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsızlık Dönemi Özbek Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786059148764</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Kırgızistan'da Ceditçilik Hareketi (1900 - 1916)</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786059148818</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Koca</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786059148788</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Düşünceye Götüren Mısralar</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786059148740</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Anar: Türkiye İkinci Vatanımdır</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786059148801</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Şehriyar</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786059148627</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Gönlün Göklerde</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>3990000029515</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Bulgaristan Türk Şiiri (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786059148597</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Göktürk Sülüsü</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786057654014</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Helete Bizim Memleket</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786059148894</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Karaçay - Malkar Halk Şarkıları</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786059148733</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Repressiya</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786059148443</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Kelebekler</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786059148436</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Baş</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786059148474</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Unutmağa Kimse Yok...</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786059148481</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Erkin Vahidov'un Şiirleri Üzerine Dil ve Üslup Çalışması</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786059148078</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Susamış Geceler</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786059148863</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Türkistan'da Büyük İsyan 1916</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786059148900</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Sarayda Düğün</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786059148870</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Kara Sevda</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786059148689</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Şafağında</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786059148702</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktaki Kardeşime</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786059148405</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Dağından Sesler</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786059148412</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Nartların Sözü</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786059148337</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Ebedi Aşk</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786059148719</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Kırgızca - Türkçe Sözlük (2 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>2740</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786059148320</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Hırkalı İhtiyar</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>3990000030732</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Azerbaycan Hikaye Antolojisi</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786059148399</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Azerbaycan Şiir Antolojisi</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786059148290</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Kalabalık</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786059148306</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Kazak Edebiyatında İmaj ve Kimlik</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786059148344</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Ürkün Kızıl Katliam</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>26.85</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786059148351</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Şiirler</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786059148276</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Bulgaristan Türkleri Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786059148658</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Balkar Şiiri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786059148016</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Sofrası</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786059148634</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Sesler 2017</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9786059148047</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Nazar Boncuğu</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786055988982</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>İparhan</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786055988975</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>İdikut - İki Perdelik Tarihi Dram</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>3990000032227</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Hüzün Geçti Kapımdan</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789077814208</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Hollanda'dan Türkiye'ye Beyin Göçü</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786055988746</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Gece Yolcusu</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786055988739</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Gagauz Leksikologiyası</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786059148030</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Göl ve Kuğu</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786059148214</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Hüzün Bestesi</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>3990000038130</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Fildişi Çakı</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>3990000038140</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Ela Gözlüm</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786055988784</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Aytmatov'un İzinden</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786059148245</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Adı Aşk</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786059148108</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Ak Yol</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786059148207</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Arasat Meydanı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786059148085</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786059148146</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Bir Daha Gelmeyecek</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786059148009</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Batı Trakya'da Türk Edebiyatına Gönül Verenler</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>3990000038131</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Altın Sincap: İlköğretim Öğrencilerine Tatar Çocuk Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>29.63</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786055988920</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Rus Şiirinde Gölgeler</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786059148559</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Modern Seyahatname</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>3990000055445</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Tuzaktaki Özgürlük</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786059148283</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>İdikut</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786059148542</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Kazak Tiyatrosunda Kadın Meselesi</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786059148429</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Alimcan İbrahimov'un Eserlerinde Tatar Başkurt ve Kazak Türklerinin Kültürel Değerleri</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786059148528</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Tölögön Kasımbekov İnsan ve Eser</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786059148511</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Geçitten Sonra</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786059148504</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsızlığa Adanan Ömür: Mahambet Ötemisuli</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786059148375</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Kutlu Ant</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786059148368</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Anar'ın Dünyası</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786059148191</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786059148252</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Ses Rengi</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786059148269</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Bir Pişmanlık Bir Ümit</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786055988852</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasında Yılın Edebiyat Adamı 2013 / Tölen Abdik Hayatı ve Seçme Eserleri</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786055988944</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Önce Hürriyet</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9786055988876</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Şiirler</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786055988616</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786055988814</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>XX. Yüzyıl Kırgız Edebiyatı Tarihi</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786059148535</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Yusufçuklar Oldu Mu?</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786055988951</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Türkistan</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786059148153</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğimdeki Sensin</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786059148184</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Yorgunluk Şiirleri</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786055988821</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Yol Romanı</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>3990000032275</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Yanık Hayaller</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786059148160</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Doğumunun 200. Yılında Süyinbay Aronulı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9786055988937</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Yüreklerin Göçü</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786059148177</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Son Söz Öncesindeki Son Söz</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786055988883</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Şakarim</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786059148023</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Şafak Sancısı</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786059148238</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Yol</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786059148139</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Sabit Mukanov Romanlarında Diyalog Kullanımı</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>24.07</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786055988791</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Goncalar</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786055988968</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Kafka'dan Coelho'ya "Yakın Okuma"lar</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786055988906</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Sesler 2014</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786055988913</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Çember</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>3990000094517</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Şafak Sökerken</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>3990000038139</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Anı Yaşamak</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786059148221</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Sesler 2015</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>3990000038138</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Sesler 2013</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9786055988609</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Ömür Tektir</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>3990000032252</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>İslam Beytullah Erdi</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>33.33</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9786055988067</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kimliği</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9786055988470</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Zor Zamanlar</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786055988050</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Zirve</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9786055988579</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Uyku Mevsimi</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>3990000015548</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Unuttuğun Yerdeyim</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>40.74</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>3990000002058</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Turna Göçü</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786055988517</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Şafak Söker</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9786055988463</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Rüya</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9786055988326</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Siyasi Katılım</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>46.3</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786055988357</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Sılaya Dönüş</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9786055988449</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Sıcak Taşlar</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9786055988685</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Rus Şiiri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9786055988562</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Nisan Bestesi</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786055988111</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Nefes</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786055988166</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Nazım Hikmet - Kerem Gibi</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786257403467</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi'nin İzinde Milyaçka’dan Meriç’e</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>3990000005610</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Komutanın Maymunu</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>3990000038129</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Sesler 2012</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786055988418</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Sesler 2011</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9786055988500</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Karaçay Türklerinin Köyü: Gökçeyayla</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>3990000013103</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Karaçay - Malkar Halk Şairleri Antolojisi</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>3990000002059</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Kara(b)ağlayan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>3990000015579</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Kanunsuz Toprak</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9786055988005</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Kaharlı Altay</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786055988456</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Kafkasların Kalbine Yolculuk: Karaçay - Malkar</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>53.7</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>3990000015360</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Kalbi</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786055988395</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Tükenince</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>3990000038133</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımın Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>55.56</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>3990000012716</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Haftanın Beşinci Günü</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>3990000017535</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Hikayeler Kardeş Şiirler</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786055988401</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Gün Geceye Düştü</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786055988548</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Gün Biterken</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9786055988555</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Gümüş Rengi Düşler</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786055988692</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Göç</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786055988180</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Suskun Nağmesi</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>3990000013979</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Fesleğen Senin Kokundur</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786055988296</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Eylüle Beste</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>3990000002061</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi’nin İzinde Trabzon Yolunda</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>3990000015535</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Kuray</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>3990000002062</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi’nin İzinde Romanya ve Bulgaristan Yollarında Yirmi Beş Gün</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>3990000006990</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi’nin İzinde Kuzey Kıbrıs Seyahatnamesi</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786055988432</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi’nin İzinde Kudüs Seyahatnamesi</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>3990000002065</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi’nin İzinde Kayseri</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>3990000002064</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi’nin İzinde İbrahim’in Nazargahı Urfa</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>3990000002063</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi’nin İzinde Gül Medeniyeti’nin Başkenti</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786055988104</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Ayakkabı Ölüm</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>3990000032273</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi’nin İzinde Erzurum - Denizli - Bolu - Osmaniye - Halep - Gümülcine - Hırvatistan</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>3990000002067</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebi’nin İzinde Bolu</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9786055988289</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Erenler Divanında</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>3990000038137</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Elçin</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9786055988142</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Dolu</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>3990000032225</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Danabaş Köyü</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786055988593</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Çiğdemleri Solan Bozkır</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9786055988661</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Cuma Günü, Akşam...</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>3990000015569</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Cengaver Alp’in Kahramanlıkları</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786055988012</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Biz Babasız Büyüdük</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786055988128</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Hazan</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>3990000015371</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Bir Avuç Toprak</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786055988029</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Beş Katlı Evin Altıncı Katındaki Adam: Anar</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>26.85</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786055988371</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Çiçekler ve Kitaplar</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>3990000006961</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Evliya Çelebinin İzinde Azerbaycan</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786055988319</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Aydınlık Geceler (Seçilmiş Hikayeler)</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>30.56</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786055988678</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Adı Konamayan Katil</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786055988531</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Çaresiz Yolcu</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786055988524</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Çapandaz</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786055988227</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Zer mi? Hiç mi?</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>24.07</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786057654960</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Özbek Edebiyatı Yazıları</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>7130</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786057654977</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Kefensiz Gömülenler</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786057654816</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Ana - Cengiz Aytmatov'un Anne Şeceresi</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>3990000097304</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Dil Araştırmaları Uluslararası Hakemli Dergi Sayı: 28 Bahar 2021</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786257403238</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Ablam-Ustam - Emine Işınsu</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786257403221</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Türkistan’da Ceditçilik ve Mahmud Hoca Behbudi</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786057654861</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Ulu Bozkır Edebiyatı Orhun Abideleri</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>3990000053328</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Kalemler Aylık Avrasya Edebiyat Dergisi Sayı: 174 Haziran 2021</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
           <t>9786057654755</t>
         </is>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B392" s="1" t="inlineStr">
         <is>
           <t>Türk - Moğol Mitolojisi</t>
         </is>
       </c>
-      <c r="C7" s="1">
+      <c r="C392" s="1">
         <v>330</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786057654762</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Söyledikleri</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786257403009</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Hüma Yağmurları</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786057654540</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Ademler - Alimcan İbrahimov</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786059148641</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Sesler Dergisi Etrafında Teşekkül Eden Çağdaş Makedonya ve Kosova Türk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786057654250</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Nisgil</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786057654632</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Yırtık Ayakkabı</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786057654663</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Prof. Dr. Musa Yıldız İle Divan-ı Hikmet Okumaları</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786256682368</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Vatansız Çiçekler</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786057654625</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Balkan Gözlü Kız</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786059148573</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Manas Destanı</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786057654731</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Çolpan</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786059148603</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Ulus Olmak İstersek</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786057654656</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Sesler 2020</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786057654243</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Kazakistan’da Dede Korkut Hikayeleri ve Halk Ezgileri</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786057654526</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Hayma Ana</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786057654496</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Sel</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786057654595</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Açlık Kurbanları</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786057654694</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Celaleddin Menguberdi</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786059148696</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Türkçeyle Yaşamak</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786057654168</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>İnsandır Bizim Adımız!</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786059148115</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ile Türk Dünyası Arasında Bir Köprü Yavuz Akpınar Armağanı</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786057654502</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Türkmenistan Çocuk Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786057654403</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Gülsüm</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786057654472</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız Konar Göçerleri</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786057654359</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Taç ve Divit</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786059148610</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Bulgaristan Türkleri Edebiyatında; Hiciv ve Mizah</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786057654717</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Eski Adam ve Diğer Öyküler</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786057654373</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Lavantalar Haziranda Açar</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786057654304</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Olmak İstiyorum</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786057654397</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>İki Çınar</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786057654700</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Romantik Edebiyatında Vatan</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786057654236</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Bozkırın Ulu Ozanı Jambil Jabayev</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786257403245</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Davul Taş’ın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786257403252</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Yosun Kokusu</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786257403283</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı Dağlarının Zirvesi: Aytmatov</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>3990000031715</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Kalemler Aylık Avrasya Edebiyat Dergisi Sayı: 169 Ocak 2021</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786057654519</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Urbalılar</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>3990000031756</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Dil Araştırmaları Uluslararası Hakemli Dergi Sayı: 27 Güz 2020</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786257403030</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Karakalpak Şairi İbrayım Yusupov - Gönüldeki Koca Alem</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>3990000097327</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Dil Araştırmaları Uluslararası Hakemli Dergi Sayı: 26 Bahar 2020</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>3990000019221</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Kalemler Aylık Avrasya Edebiyat Dergisi Sayı: 166 Ekim 2020</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786057654267</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Bursa Çınarı</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786057654670</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Heleteli Şairler ve Şiirleri</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786057654366</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Bedel Geçidi'ndeki Lanet</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786057654571</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Ata Hayrullah Yazıyor</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786057654564</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Teselli</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786057654380</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Erken Uyanan Adam</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786057654687</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Türkmen Ülküsü</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786057654533</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Uygur Efsaneleri Üzerine Bir Değerlendirme</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786057654489</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Açlık Baratası</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786059148580</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Ay İle Ayşe</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786057654649</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Kalemin İzindekiler</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786059148931</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Tımarhane</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786057654311</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasında Tarihi Roman ve Milli Kimlik</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786057654410</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Kum Saati</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786057654618</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı Türkistan Mustafa Çokay</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786057654427</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasının Bilgesi Abay Kunanbayoğlu</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786057654557</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Anıların Uykusu</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786055988869</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Kosova’da Çağdaş Türk Edebiyatı (1951-2008)</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>3990000098327</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Kalemler Aylık Avrasya Edebiyat Dergisi Sayı: 167 Kasım 2020</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>3990000031681</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Kalemler Aylık Avrasya Edebiyat Dergisi Sayı: 171 Mart 2021</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786057654946</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Türkistan’ın İşgal Sürecinde Ruslar Ahalteke’de (1879)</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>3990000031701</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Kalemler Aylık Avrasya Edebiyat Dergisi Sayı: 170 Şubat 2021</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>3990000031746</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Kalemler Aylık Avrasya Edebiyat Dergisi Sayı: 168 Aralık 2020</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>3990000039600</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Kalemler Aylık Avrasya Edebiyat Dergisi Sayı: 172 Nisan 2021</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786057654892</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>60'lardan Günümüze Azerbaycan Hikayesi</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786057654953</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Üsküp Esintileri</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786059148665</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Sovyet Öykü Seçkisi</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>3990000001555</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Kalemler Aylık Avrasya Edebiyat Dergisi Sayı: 173 Mayıs 2021</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786057654885</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Haber Oluşturma: Standartlar ve Yeni Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786057654915</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Zor İş</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786057654922</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Kızın Sırrı</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786057654854</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Aytmatov Araştırmaları</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786057654830</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyasından Çocuk Şiirleri</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786057654823</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Kazakları Ruslaştırma Siyasetinin Bilinmeyen Yönleri</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786057654786</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Dünya'nın İki Yüzü</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786057654793</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Aytmatov 90 Yaşında Samsun'da</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786057654847</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Döneminde Yolculuk</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786057654809</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Alaş’ın Mirasçısı Genç Tulpar Hareketi</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786057654908</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>20. ve 21. Asır Özbek Hikaye ve Kıssaları</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786057654779</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Acı ve Tatlı Hayat</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786057654045</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Manas'ın Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786057654052</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Manas Destanı İncelemeleri</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786057654007</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Kalanlara Gurbet Gidenlere Memleket Rumeli</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786057654274</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Kara Özek</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786057654212</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Repressiya Dönemi Azerbaycan Yazarı Hüseyin Cavid</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786057654199</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Cengiz Aytmatov Günlükleri</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786057654182</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız Zamane Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786057654205</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Kırgız Şiirinde Akan Su</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786057654076</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Tuvaların Gelenekleri</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786057654083</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Kültegin</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786059148993</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Çuvaş Kızı Salambi</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786057654038</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Tuva Dili Grameri</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786057654328</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Hakas Edebiyatı Örnekleri</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786057654229</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Kardeş Sesler 2019</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786057654069</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Azatlık Türküsü</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786057654021</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Aya</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786057654090</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Londra’dan Pekin’e Türk Toplulukları ve Yeni İpek Yolu Projesi</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786057654106</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Şakarim Qudayberdioğlu’nun Üç Poeması</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>340</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>