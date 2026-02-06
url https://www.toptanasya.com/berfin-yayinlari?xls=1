--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -85,3325 +85,3355 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259578934</t>
+          <t>9779756680446</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çürümenin Saltanatı</t>
+          <t>Şeyh Sadi - i  Şirazi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259578927</t>
+          <t>9789756680452</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Değişim</t>
+          <t>İbni Haldun</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259578910</t>
+          <t>9786259578934</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerimizin Yalanlarla Sınavı</t>
+          <t>Çürümenin Saltanatı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259578903</t>
+          <t>9786259578927</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dinbazistan</t>
+          <t>Sonsuz Değişim</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057221995</t>
+          <t>9786259578910</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ayşe’nin Hayat Hikâyesi</t>
+          <t>Köy Enstitülerimizin Yalanlarla Sınavı</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057221988</t>
+          <t>9786259578903</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Örtü</t>
+          <t>Dinbazistan</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054399406</t>
+          <t>9786057221995</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mushaf Bugünkü Kur’an Kur'anı Kerim Midir?</t>
+          <t>Hz. Ayşe’nin Hayat Hikâyesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054399673</t>
+          <t>9786057221988</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Umur Bey'den Atatürk'e Efelik</t>
+          <t>Çıplak Örtü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9799757354580</t>
+          <t>9786054399406</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Vladimir Mayakovski: Yaşamı Sanatı Şiirleri</t>
+          <t>Mushaf Bugünkü Kur’an Kur'anı Kerim Midir?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057221971</t>
+          <t>9786054399673</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Çoban Yıldızı Mustafa Necati</t>
+          <t>Umur Bey'den Atatürk'e Efelik</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054399017</t>
+          <t>9799757354580</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bay CH</t>
+          <t>Vladimir Mayakovski: Yaşamı Sanatı Şiirleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054399178</t>
+          <t>9786057221971</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Barbarlıktan Uygarlığa Politika ve Devrim</t>
+          <t>Devrimin Çoban Yıldızı Mustafa Necati</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789757354666</t>
+          <t>9786054399017</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Babek</t>
+          <t>Bay CH</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756680940</t>
+          <t>9786054399178</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin ve İsveç Serüveni</t>
+          <t>Barbarlıktan Uygarlığa Politika ve Devrim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756680643</t>
+          <t>9789757354666</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aze’nin Yakarışı</t>
+          <t>Babek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756680476</t>
+          <t>9789756680940</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kökeni</t>
+          <t>Aziz Nesin ve İsveç Serüveni</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054399109</t>
+          <t>9789756680643</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Anıların Akşamı Yok</t>
+          <t>Aze’nin Yakarışı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789757354109</t>
+          <t>9789756680476</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Anılarım</t>
+          <t>Aşkın Kökeni</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756680773</t>
+          <t>9786054399109</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Kızılca Halvet</t>
+          <t>Anıların Akşamı Yok</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789757354963</t>
+          <t>9789757354109</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aleviliği</t>
+          <t>Anılarım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756680902</t>
+          <t>9789756680773</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Amerika’yı Krizden Kurtaracak Acele Komünistler Aranıyor</t>
+          <t>Anadolu’da Kızılca Halvet</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054399055</t>
+          <t>9789757354963</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ay Uğuru</t>
+          <t>Anadolu Aleviliği</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789757354895</t>
+          <t>9789756680902</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Dolaşanlar</t>
+          <t>Amerika’yı Krizden Kurtaracak Acele Komünistler Aranıyor</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756680728</t>
+          <t>9786054399055</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Almanya Tatlı Vatan</t>
+          <t>Ay Uğuru</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789757354321</t>
+          <t>9789757354895</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Kökenindeki Mazda İnancı ve Zerdüşt Öğretisi</t>
+          <t>Avrupa’da Dolaşanlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757354925</t>
+          <t>9789756680728</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Acı Sıcak</t>
+          <t>Almanya Tatlı Vatan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756680049</t>
+          <t>9789757354321</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Anımsamanın Zaferi</t>
+          <t>Aleviliğin Kökenindeki Mazda İnancı ve Zerdüşt Öğretisi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>80</v>
+        <v>230</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757354383</t>
+          <t>9789757354925</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Duvarlar Gibi Kaldı Gözlerim</t>
+          <t>Acı Sıcak</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757354017</t>
+          <t>9789756680049</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yezidilik ve Yezidilerin Kökeni</t>
+          <t>Anımsamanın Zaferi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054399161</t>
+          <t>9789757354383</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yazarlıkta 50. Yıl</t>
+          <t>Yıkık Duvarlar Gibi Kaldı Gözlerim</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789757354475</t>
+          <t>9789757354017</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yürek Sapağı</t>
+          <t>Yezidilik ve Yezidilerin Kökeni</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756680117</t>
+          <t>9786054399161</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Pasteur’u Dr. Z. Muammer Tunçman</t>
+          <t>Yazarlıkta 50. Yıl</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757354529</t>
+          <t>9789757354475</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Gök Nesneleri UFO</t>
+          <t>Yürek Sapağı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757354208</t>
+          <t>9789756680117</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Neyi Yarattı?</t>
+          <t>Türkiye’nin Pasteur’u Dr. Z. Muammer Tunçman</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>3990000003976</t>
+          <t>9789757354529</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tabancamın İpek Bağı</t>
+          <t>Tarih Boyunca Gök Nesneleri UFO</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756680605</t>
+          <t>9789757354208</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Şişli Hayatı</t>
+          <t>Tanrılar Neyi Yarattı?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756680360</t>
+          <t>3990000003976</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gerçeği Toplumdaki Yeri</t>
+          <t>Tabancamın İpek Bağı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756680742</t>
+          <t>9789756680605</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sevgiler Tükenmez</t>
+          <t>Şişli Hayatı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756680469</t>
+          <t>9789756680360</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Serçe 2. Kitap</t>
+          <t>Şiirin Gerçeği Toplumdaki Yeri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756680667</t>
+          <t>9789756680742</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Seks Tanrıları</t>
+          <t>Sevgiler Tükenmez</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756680803</t>
+          <t>9789756680469</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Seher Gitti</t>
+          <t>Serçe 2. Kitap</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756680490</t>
+          <t>9789756680667</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Erotizm</t>
+          <t>Seks Tanrıları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789757354611</t>
+          <t>9789756680803</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ölülerle Hatıra Fotoğrafı</t>
+          <t>Seher Gitti</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756680247</t>
+          <t>9789756680490</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ozan Dolu Anadolu Antoloji</t>
+          <t>Sanat ve Erotizm</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789756680834</t>
+          <t>9789757354611</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ordu ve Din</t>
+          <t>Ölülerle Hatıra Fotoğrafı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>380</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9799757354801</t>
+          <t>9789756680247</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Neydi Bu İşlerin Aslı?</t>
+          <t>Ozan Dolu Anadolu Antoloji</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756680650</t>
+          <t>9789756680834</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ne Çok Vedalaştık</t>
+          <t>Ordu ve Din</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756680995</t>
+          <t>9799757354801</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Nazilli Cumhuriyeti</t>
+          <t>Neydi Bu İşlerin Aslı?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756680377</t>
+          <t>9789756680650</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’le Yedi Yıl (Ciltli)</t>
+          <t>Ne Çok Vedalaştık</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756680674</t>
+          <t>9789756680995</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Bilgesi Cemşid Bender</t>
+          <t>Nazilli Cumhuriyeti</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054399123</t>
+          <t>9789756680377</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mazda İnancı ve Alevilik</t>
+          <t>Nazım Hikmet’le Yedi Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789756680131</t>
+          <t>9789756680674</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Şarabı Tanrılarla Yudumladık</t>
+          <t>Mezopotamya Bilgesi Cemşid Bender</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>3990000003754</t>
+          <t>9786054399123</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mayakovski Mektuplar</t>
+          <t>Mazda İnancı ve Alevilik</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756680681</t>
+          <t>9789756680131</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Şarabı Tanrılarla Yudumladık</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756680865</t>
+          <t>3990000003754</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Maganda</t>
+          <t>Mayakovski Mektuplar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756680827</t>
+          <t>9789756680681</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Lal Ağıtlar</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756680711</t>
+          <t>9789756680865</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Laik Eğitimden Şeriatçı Eğitime</t>
+          <t>Maganda</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789756680346</t>
+          <t>9789756680827</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kürt Mutfak Kültürü ve Kürt Yemekleri</t>
+          <t>Lal Ağıtlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756680063</t>
+          <t>9789756680711</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sevdiğim</t>
+          <t>Laik Eğitimden Şeriatçı Eğitime</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9799757354276</t>
+          <t>9789756680346</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kürt Kızı Zenge</t>
+          <t>Kürt Mutfak Kültürü ve Kürt Yemekleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789757354314</t>
+          <t>9789756680063</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kültür Sanat ve Edebiyat Üzerine</t>
+          <t>Saklı Sevdiğim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789757354055</t>
+          <t>9799757354276</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sabah Tufanı 2</t>
+          <t>Kürt Kızı Zenge</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756680704</t>
+          <t>9789757354314</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Küçük Umutlar</t>
+          <t>Kültür Sanat ve Edebiyat Üzerine</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000003975</t>
+          <t>9789757354055</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kuyuya Düşen Ay</t>
+          <t>Sabah Tufanı 2</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756680872</t>
+          <t>9789756680704</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Kökeni</t>
+          <t>Küçük Umutlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789756680964</t>
+          <t>3990000003975</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Kadın ve Hz. Muhammed’in Hanımları</t>
+          <t>Kuyuya Düşen Ay</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789756680919</t>
+          <t>9789756680872</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Allah</t>
+          <t>Kur’an’ın Kökeni</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054399086</t>
+          <t>9789756680964</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Uygarlık</t>
+          <t>Kur’an’da Kadın ve Hz. Muhammed’in Hanımları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757354727</t>
+          <t>9789756680919</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Horasan Kimin Yurdu?</t>
+          <t>Kur’an’da Allah</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789756680858</t>
+          <t>9786054399086</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hayali Komünizm Soğuk Savaş’ın Türkiye Söylemleri</t>
+          <t>İnsan ve Uygarlık</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756680124</t>
+          <t>9789757354727</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinde Kadın</t>
+          <t>Horasan Kimin Yurdu?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9779757354957</t>
+          <t>9789756680858</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinde Başkaldırı Vur Emri Ferman</t>
+          <t>Hayali Komünizm Soğuk Savaş’ın Türkiye Söylemleri</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789756680841</t>
+          <t>9789756680124</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Güneş Seninle Gitti</t>
+          <t>Halk Şiirinde Kadın</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789756680582</t>
+          <t>9779757354957</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Halk Şiirinde Başkaldırı Vur Emri Ferman</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054399000</t>
+          <t>9789756680841</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Giritli Gelin’le Felsefeci Halil</t>
+          <t>Güneş Seninle Gitti</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756680612</t>
+          <t>9789756680582</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Giritli Gelin</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789756680926</t>
+          <t>9786054399000</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Gelecekten Ödünç Ömürle</t>
+          <t>Giritli Gelin’le Felsefeci Halil</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789757354635</t>
+          <t>9789756680612</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gece de Güneş Doğar</t>
+          <t>Giritli Gelin</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757354680</t>
+          <t>9789756680926</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Filistin Rüyası İsrail Zindanlarında 7 Yıl</t>
+          <t>Gelecekten Ödünç Ömürle</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756680636</t>
+          <t>9789757354635</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Fırtınaydı Hazan  Bir Militan ve Gazeteci Namık Tarancı</t>
+          <t>Gece de Güneş Doğar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9779757354933</t>
+          <t>9789757354680</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Evrenbilim ve Tanrı Kavramı</t>
+          <t>Filistin Rüyası İsrail Zindanlarında 7 Yıl</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756680308</t>
+          <t>9789756680636</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Evren Bir Şaka Mı?</t>
+          <t>Fırtınaydı Hazan  Bir Militan ve Gazeteci Namık Tarancı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054399239</t>
+          <t>9779757354933</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Evrenbilim ve Tanrı Kavramı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756680391</t>
+          <t>9789756680308</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ehmede Xani’nin Kaleminden Kürtlerin Bilinmeyen Dünyası</t>
+          <t>Evren Bir Şaka Mı?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054399208</t>
+          <t>9786054399239</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Düşünce ve Davranış</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789757354499</t>
+          <t>9789756680391</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Diyaloglar</t>
+          <t>Ehmede Xani’nin Kaleminden Kürtlerin Bilinmeyen Dünyası</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789757354376</t>
+          <t>9786054399208</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dinlerin Kökeni ve İslam’da Reform</t>
+          <t>Düşünce ve Davranış</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756680018</t>
+          <t>9789757354499</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Din ve Seks</t>
+          <t>Diyaloglar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756680568</t>
+          <t>9789757354376</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Din İnanç ve Bilinç</t>
+          <t>Dinlerin Kökeni ve İslam’da Reform</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789757354918</t>
+          <t>9789756680018</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dağda Duruşma</t>
+          <t>Din ve Seks</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756680544</t>
+          <t>9789756680568</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çık Dışarı</t>
+          <t>Din İnanç ve Bilinç</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789757354079</t>
+          <t>9789757354918</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Caligula</t>
+          <t>Dağda Duruşma</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789757354000</t>
+          <t>9789756680544</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgi Kırılmasıydı</t>
+          <t>Çık Dışarı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789757354482</t>
+          <t>9789757354079</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bilirim Dayanır Yürek</t>
+          <t>Caligula</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756680698</t>
+          <t>9789757354000</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>General Söz Verdi</t>
+          <t>Bir Sevgi Kırılmasıydı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054399116</t>
+          <t>9789757354482</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Kur’an</t>
+          <t>Bilirim Dayanır Yürek</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054399185</t>
+          <t>9789756680698</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Hz. Muhammed’in Ölümü</t>
+          <t>General Söz Verdi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9799756680215</t>
+          <t>9786054399116</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Kemikte</t>
+          <t>Bilinmeyen Yönleriyle Kur’an</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789757354970</t>
+          <t>9786054399185</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Şehriban</t>
+          <t>Bilinmeyen Yönleriyle Hz. Muhammed’in Ölümü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054399062</t>
+          <t>9799756680215</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Şehirler Ağladığında</t>
+          <t>Bıçak Kemikte</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057221957</t>
+          <t>9789757354970</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ümeyye B. Ebi Salt'ın Şiirlerinden Kur'an'a</t>
+          <t>Şehriban</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057221964</t>
+          <t>9786054399062</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İlkel Dinlerden Göksel Dinlere Ortak İnançlar</t>
+          <t>Şehirler Ağladığında</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057221933</t>
+          <t>9786057221957</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Cumhuriyeti Savunmak</t>
+          <t>Ümeyye B. Ebi Salt'ın Şiirlerinden Kur'an'a</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057221926</t>
+          <t>9786057221964</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Henüz Güneşin Altındayken</t>
+          <t>İlkel Dinlerden Göksel Dinlere Ortak İnançlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057221919</t>
+          <t>9786057221933</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Mezhepler Tarikatlar</t>
+          <t>100. Yılında Cumhuriyeti Savunmak</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057221902</t>
+          <t>9786057221926</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Halife Ömer ve Ebu Hüreyre</t>
+          <t>Henüz Güneşin Altındayken</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054399468</t>
+          <t>9786057221919</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Fethullah Gülen</t>
+          <t>İslam'da Mezhepler Tarikatlar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054399994</t>
+          <t>9786057221902</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Asya Çağında Kültür ve Sanat</t>
+          <t>Halife Ömer ve Ebu Hüreyre</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054399987</t>
+          <t>9786054399468</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Sorgulamaları (2) - Dört Halife Dönemi</t>
+          <t>Kim Bu Fethullah Gülen</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054399970</t>
+          <t>9786054399994</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çizdikçe Çözdüm Bir Kuvvacıyı</t>
+          <t>Asya Çağında Kültür ve Sanat</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054399963</t>
+          <t>9786054399987</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Rafine Sosyalizm</t>
+          <t>İslam Tarihi Sorgulamaları (2) - Dört Halife Dönemi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054399956</t>
+          <t>9786054399970</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kısa Kürt Tarihi ve Osmanlı Belgelerinde Kars Kürtleri</t>
+          <t>Çizdikçe Çözdüm Bir Kuvvacıyı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054399949</t>
+          <t>9786054399963</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Hz. Ali ve Ailesi</t>
+          <t>Rafine Sosyalizm</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054399932</t>
+          <t>9786054399956</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dinlerin Sınıfsal Kökeni ve Din Üzerinden Siyaset</t>
+          <t>Kısa Kürt Tarihi ve Osmanlı Belgelerinde Kars Kürtleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054399734</t>
+          <t>9786054399949</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yetimoğlu Hekim</t>
+          <t>Bilinmeyen Yönleriyle Hz. Ali ve Ailesi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054399925</t>
+          <t>9786054399932</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Afrika'dan Türkiye’ye Kadın Sünneti</t>
+          <t>Dinlerin Sınıfsal Kökeni ve Din Üzerinden Siyaset</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054399918</t>
+          <t>9786054399734</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Suphi Olayı ve Edebiyata Yansımaları</t>
+          <t>Yetimoğlu Hekim</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054399901</t>
+          <t>9786054399925</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Döneminde Öldürülen Muhalif Kadınlar</t>
+          <t>Afrika'dan Türkiye’ye Kadın Sünneti</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054399895</t>
+          <t>9786054399918</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Daim Sola Daim Sola</t>
+          <t>Mustafa Suphi Olayı ve Edebiyata Yansımaları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054399888</t>
+          <t>9786054399901</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Sentezi</t>
+          <t>Hz. Muhammed Döneminde Öldürülen Muhalif Kadınlar</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054399871</t>
+          <t>9786054399895</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Adamudan İnsana</t>
+          <t>Daim Sola Daim Sola</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054399864</t>
+          <t>9786054399888</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kitabı Mukaddes</t>
+          <t>Türk İslam Sentezi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054399857</t>
+          <t>9786054399871</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Diyarbakır ve Diyarbakırspor</t>
+          <t>Adamudan İnsana</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054399840</t>
+          <t>9786054399864</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğümden Ödün Vermedim</t>
+          <t>Kitabı Mukaddes</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054399833</t>
+          <t>9786054399857</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tahta Divan</t>
+          <t>Anılarla Diyarbakır ve Diyarbakırspor</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054399826</t>
+          <t>9786054399840</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Ateizm</t>
+          <t>Özgürlüğümden Ödün Vermedim</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054399819</t>
+          <t>9786054399833</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Şaman Olan İmam</t>
+          <t>Tahta Divan</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054399802</t>
+          <t>9786054399826</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt'ten Kur'an'a</t>
+          <t>Bilimsel Ateizm</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054399741</t>
+          <t>9786054399819</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Unutulacak Gibi Değil</t>
+          <t>Şaman Olan İmam</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054399796</t>
+          <t>9786054399802</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çürümenin Estetiği</t>
+          <t>Zerdüşt'ten Kur'an'a</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054399789</t>
+          <t>9786054399741</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i İslam’dan Cinsel Fetvalar</t>
+          <t>Unutulacak Gibi Değil</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054399772</t>
+          <t>9786054399796</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed Dönemi</t>
+          <t>Çürümenin Estetiği</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054399765</t>
+          <t>9786054399789</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Meyhaneci Şahap</t>
+          <t>Ehl-i İslam’dan Cinsel Fetvalar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054399758</t>
+          <t>9786054399772</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Bu Yana İnsanlık</t>
+          <t>Hz. Muhammed Dönemi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054399727</t>
+          <t>9786054399765</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Benim Sevgili Ünlülerim</t>
+          <t>Meyhaneci Şahap</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054399710</t>
+          <t>9786054399758</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Uzay Yolculuğu</t>
+          <t>Başlangıcından Bu Yana İnsanlık</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054399703</t>
+          <t>9786054399727</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Kirletilmiş Kadın</t>
+          <t>Benim Sevgili Ünlülerim</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054399697</t>
+          <t>9786054399710</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Üç Din Üç Tanrı</t>
+          <t>Hz. Muhammed'in Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054399680</t>
+          <t>9786054399703</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tanış Ünlüler</t>
+          <t>A’dan Z’ye Kirletilmiş Kadın</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054399659</t>
+          <t>9786054399697</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Adaletsiz Adalet</t>
+          <t>Üç Din Üç Tanrı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054399666</t>
+          <t>9786054399680</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İslamlaşma Serüveni</t>
+          <t>Tanış Ünlüler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054399642</t>
+          <t>9786054399659</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Kaynakları 2: Muhammed</t>
+          <t>Adaletsiz Adalet</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054399635</t>
+          <t>9786054399666</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hacettepe Eczacılık Nerede?</t>
+          <t>Türklerin İslamlaşma Serüveni</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054399628</t>
+          <t>9786054399642</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Tarihçesi ve Yazım Serüveni</t>
+          <t>İslam’ın Kaynakları 2: Muhammed</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054399611</t>
+          <t>9786054399635</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sisler İçinden</t>
+          <t>Hacettepe Eczacılık Nerede?</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054399604</t>
+          <t>9786054399628</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İslam'dan Deizme</t>
+          <t>Kur’an’ın Tarihçesi ve Yazım Serüveni</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054399598</t>
+          <t>9786054399611</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Din - Bilim ve Bitmeyen Kavga</t>
+          <t>Sisler İçinden</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054399581</t>
+          <t>9786054399604</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ege'de Börklüce ve Bedreddin</t>
+          <t>İslam'dan Deizme</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054399574</t>
+          <t>9786054399598</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kan Terliyorsa Hayat</t>
+          <t>Din - Bilim ve Bitmeyen Kavga</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054399543</t>
+          <t>9786054399581</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Babam Turan Dursun</t>
+          <t>Ege'de Börklüce ve Bedreddin</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054399567</t>
+          <t>9786054399574</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Güne Düşen Yazılar</t>
+          <t>Kan Terliyorsa Hayat</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054399536</t>
+          <t>9786054399543</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gelir Ergeç</t>
+          <t>Babam Turan Dursun</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054399529</t>
+          <t>9786054399567</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Muhammed’in Tümceleri</t>
+          <t>Güne Düşen Yazılar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>480</v>
+        <v>100</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054399499</t>
+          <t>9786054399536</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm: Esrik Yolculuk</t>
+          <t>Gelir Ergeç</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054399505</t>
+          <t>9786054399529</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer’in Kur’an’daki İzleri</t>
+          <t>Muhammed’in Tümceleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054399512</t>
+          <t>9786054399499</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Hadisi Şerif midir?</t>
+          <t>Şamanizm: Esrik Yolculuk</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054399482</t>
+          <t>9786054399505</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İnançları Uğruna Öldürülenler</t>
+          <t>Hz. Ömer’in Kur’an’daki İzleri</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054399246</t>
+          <t>9786054399512</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İçki</t>
+          <t>Hadisler Hadisi Şerif midir?</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054399420</t>
+          <t>9786054399482</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Babamın Eczanesi</t>
+          <t>İnançları Uğruna Öldürülenler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054399413</t>
+          <t>9786054399246</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Şiddet</t>
+          <t>İslam’da İçki</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054399390</t>
+          <t>9786054399420</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Üretkenliği  ve Tümce Zenginliği</t>
+          <t>Babamın Eczanesi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054399352</t>
+          <t>9786054399413</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri : Deyimler, Deyişler ve Öğütler</t>
+          <t>İslam'da Şiddet</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054399369</t>
+          <t>9786054399390</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Müfreze</t>
+          <t>Sözcük Üretkenliği  ve Tümce Zenginliği</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054399376</t>
+          <t>9786054399352</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Kızı</t>
+          <t>Atasözleri : Deyimler, Deyişler ve Öğütler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756680407</t>
+          <t>9786054399369</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Arapların Gözüyle Irak İşgali</t>
+          <t>Müfreze</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756680322</t>
+          <t>9786054399376</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ama Sevgi Kalmalı</t>
+          <t>Ege’nin Kızı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756680896</t>
+          <t>9789756680407</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Pepo Kuşu</t>
+          <t>Arapların Gözüyle Irak İşgali</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789757354062</t>
+          <t>9789756680322</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Paul Eluard Yaşamı Sanatı Şiirleri</t>
+          <t>Ama Sevgi Kalmalı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756680483</t>
+          <t>9789756680896</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ölümün İki Yakasında</t>
+          <t>Pepo Kuşu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>3990000003977</t>
+          <t>9789757354062</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yasak Tümceler</t>
+          <t>Paul Eluard Yaşamı Sanatı Şiirleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789757354796</t>
+          <t>9789756680483</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yüreklim</t>
+          <t>Ölümün İki Yakasında</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054399048</t>
+          <t>3990000003977</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Bir Nakşi Cemaati</t>
+          <t>Yasak Tümceler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054399154</t>
+          <t>9789757354796</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ölüm</t>
+          <t>Yağmur Yüreklim</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756680957</t>
+          <t>9786054399048</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Tunceli’de Sünni Olmak</t>
+          <t>Batı’da Bir Nakşi Cemaati</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756680261</t>
+          <t>9786054399154</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tekbıyık</t>
+          <t>Türkçe Ölüm</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054399222</t>
+          <t>9789756680957</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Cennette Yaşamak</t>
+          <t>Tunceli’de Sünni Olmak</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054399345</t>
+          <t>9789756680261</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Taşı Eritmek</t>
+          <t>Tekbıyık</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789757354345</t>
+          <t>9786054399222</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Zarathuştra</t>
+          <t>Cennette Yaşamak</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3990000015610</t>
+          <t>9786054399345</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yürüyerek Geçtim Güneş Sistemlerinin Arasından</t>
+          <t>Taşı Eritmek</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756680056</t>
+          <t>9789757354345</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Amigo</t>
+          <t>Zarathuştra</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756680513</t>
+          <t>3990000015610</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Şeriat mı? Çağdaş Yaşam mı?</t>
+          <t>Yürüyerek Geçtim Güneş Sistemlerinin Arasından</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789757354871</t>
+          <t>9789756680056</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Son Meclis</t>
+          <t>Amigo</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054399338</t>
+          <t>9789756680513</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İslamın Kaynakları 1: Çoktanrıcılık Hıristiyanlık ve Kabe</t>
+          <t>Şeriat mı? Çağdaş Yaşam mı?</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054399291</t>
+          <t>9789757354871</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Taksim Taksim</t>
+          <t>Son Meclis</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054399383</t>
+          <t>9786054399338</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Hocaları</t>
+          <t>İslamın Kaynakları 1: Çoktanrıcılık Hıristiyanlık ve Kabe</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789757354765</t>
+          <t>9786054399291</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İslam Komüncüleri (Karmatiler)</t>
+          <t>Taksim Taksim</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054399307</t>
+          <t>9786054399383</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Şeriatlaştırılan Türkiye</t>
+          <t>Hz. Muhammed’in Hocaları</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786054399444</t>
+          <t>9789757354765</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin 200 Günahı</t>
+          <t>İslam Komüncüleri (Karmatiler)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054399284</t>
+          <t>9786054399307</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Köleler Ayaklanır</t>
+          <t>Şeriatlaştırılan Türkiye</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054399260</t>
+          <t>9786054399444</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Huriler ve Gılmanlar</t>
+          <t>Peygamberlerin 200 Günahı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054399277</t>
+          <t>9786054399284</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Cinsellik</t>
+          <t>Köleler Ayaklanır</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789756680889</t>
+          <t>9786054399260</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Unutturulan Ayetler</t>
+          <t>Huriler ve Gılmanlar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9799757354368</t>
+          <t>9786054399277</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çatıdaki İsa</t>
+          <t>İslam’da Cinsellik</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054399031</t>
+          <t>9789756680889</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Büyük Oyun ve İçimizdeki Cehennem</t>
+          <t>Unutturulan Ayetler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789757354772</t>
+          <t>9799757354368</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ali’siz Alevilik</t>
+          <t>Çatıdaki İsa</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789757354215</t>
+          <t>9786054399031</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ağıtlara Yazıldı Zaman</t>
+          <t>Büyük Oyun ve İçimizdeki Cehennem</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789756680537</t>
+          <t>9789757354772</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ağalı Dünya</t>
+          <t>Ali’siz Alevilik</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789756680339</t>
+          <t>9789757354215</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Açılmamış Bir Mektuptu Zaman</t>
+          <t>Ağıtlara Yazıldı Zaman</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789756680971</t>
+          <t>9789756680537</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Acılı Yaşam</t>
+          <t>Ağalı Dünya</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789756680629</t>
+          <t>9789756680339</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sumerler’den İslam’a Kutsal Kitaplar ve Dinler</t>
+          <t>Açılmamış Bir Mektuptu Zaman</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054399192</t>
+          <t>9789756680971</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Nevale</t>
+          <t>Acılı Yaşam</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054399130</t>
+          <t>9789756680629</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Evren - Doğa</t>
+          <t>Sumerler’den İslam’a Kutsal Kitaplar ve Dinler</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789757354734</t>
+          <t>9786054399192</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Eşitlikçi Dervişan Cumhuriyetleri ve Hasan Sabbah Gerçeği</t>
+          <t>Sıcak Nevale</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054399253</t>
+          <t>9786054399130</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ebu Müslim Horasani</t>
+          <t>Evren - Doğa</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054399451</t>
+          <t>9789757354734</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Birgili Cennetoğlu</t>
+          <t>Eşitlikçi Dervişan Cumhuriyetleri ve Hasan Sabbah Gerçeği</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789756680193</t>
+          <t>9786054399253</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mendık</t>
+          <t>Ebu Müslim Horasani</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789756680162</t>
+          <t>9786054399451</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hasıraltı</t>
+          <t>Birgili Cennetoğlu</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789756680575</t>
+          <t>9789756680193</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Benim Hapishanelerim</t>
+          <t>Mendık</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789756680599</t>
+          <t>9789756680162</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Efsun</t>
+          <t>Hasıraltı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789757354741</t>
+          <t>9789756680575</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerin Diliyle Dersim</t>
+          <t>Benim Hapishanelerim</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789756680421</t>
+          <t>9789756680599</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Esintileri</t>
+          <t>Efsun</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789756680551</t>
+          <t>9789757354741</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ateş Yukarı Doğru Yanar</t>
+          <t>Şiirlerin Diliyle Dersim</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789757354642</t>
+          <t>9789756680421</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Göksel Dinlerde İnsan</t>
+          <t>Kuzey Esintileri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789757354901</t>
+          <t>9789756680551</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Başaklar Gece Doğar</t>
+          <t>Ateş Yukarı Doğru Yanar</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9799756680154</t>
+          <t>9789757354642</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bu Yazar Yalan Söylüyor</t>
+          <t>Göksel Dinlerde İnsan</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789757354673</t>
+          <t>9789757354901</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Nazo</t>
+          <t>Başaklar Gece Doğar</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789757354598</t>
+          <t>9799756680154</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumuz</t>
+          <t>Bu Yazar Yalan Söylüyor</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756680087</t>
+          <t>9789757354673</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Anıya Şarkı</t>
+          <t>Nazo</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
+          <t>9789757354598</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğumuz</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789756680087</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Anıya Şarkı</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
           <t>9789757354987</t>
         </is>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Karanlıktaki Aydınlar</t>
         </is>
       </c>
-      <c r="C220" s="1">
-        <v>200</v>
+      <c r="C222" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>