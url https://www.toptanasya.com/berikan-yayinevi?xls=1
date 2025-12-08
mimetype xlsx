--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,12955 +85,13030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752675391</t>
+          <t>9786255893819</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi</t>
+          <t>İnsanın Geleceği Üzerine Transhümanizm ve İnsan Tasavvuru</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>297</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255893529</t>
+          <t>9786255893611</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kubettü'l İslam Ahlat'ın Manevi Mihmandarları Babalar, Şeyhler, Tekke ve Zaviyeler</t>
+          <t>Asker Oldum</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255893352</t>
+          <t>9786255893581</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Alevi Bektaşi Edebiyatı ve Yedi Ulu Ozan</t>
+          <t>Ülküden Teknolojiye</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057634429</t>
+          <t>9786255893505</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Talas</t>
+          <t>Kök Börü'nün Çocukları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>615</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255893420</t>
+          <t>9789752679726</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinde Bilgi Siyaseti</t>
+          <t>Şebinkarahisarlı Memurlar (1879-1909)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256591127</t>
+          <t>9789752675391</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Telafuzu-1</t>
+          <t>İslam Felsefesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>297</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255893284</t>
+          <t>9786255893529</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türk Diplomatik Arşivi Belgelerine Göre Atatürk Dönemi Türkiye-Hollanda İlişkileri (1923-1938)</t>
+          <t>Kubettü'l İslam Ahlat'ın Manevi Mihmandarları Babalar, Şeyhler, Tekke ve Zaviyeler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059661591</t>
+          <t>9786255893352</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Salavat'ın Yolunda</t>
+          <t>Alevi Bektaşi Edebiyatı ve Yedi Ulu Ozan</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255893239</t>
+          <t>9786057634429</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Göç Yönetimi ve Kurumsal Yapılanma</t>
+          <t>Talas</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256428843</t>
+          <t>9786255893420</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk Büyüklerinin Müslümanlık Anlayışı</t>
+          <t>Türk Düşüncesinde Bilgi Siyaseti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>485</v>
+        <v>325</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258365672</t>
+          <t>9786256591127</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Makedonya - Edirne Dahili İhtilal Teşkilatı (1893-1912)</t>
+          <t>İngilizce Telafuzu-1</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>853</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057634382</t>
+          <t>9786255893284</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Milli Mücadele Hareketi ve Türk Siyasal Hayatına Etkileri</t>
+          <t>Türk Diplomatik Arşivi Belgelerine Göre Atatürk Dönemi Türkiye-Hollanda İlişkileri (1923-1938)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>553</v>
+        <v>330</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059661164</t>
+          <t>9786059661591</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvete Çağdaş Bir Yaklaşım</t>
+          <t>Salavat'ın Yolunda</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255893277</t>
+          <t>9786255893239</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bahçeli Liderliğinin Birleştirici Hilal Modeli Olarak Milliyetçi Hareket Partisi</t>
+          <t>Türkiye’de Göç Yönetimi ve Kurumsal Yapılanma</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>485</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255893246</t>
+          <t>9786256428843</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadeleye Karşı Bir Tehdit Nigehban Cemiyet-i Askeriyesi (1919-1920)</t>
+          <t>Türk Büyüklerinin Müslümanlık Anlayışı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>380</v>
+        <v>485</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256284821</t>
+          <t>9786258365672</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mısır Türk Memluk Devletinde Eğlence Hayatı</t>
+          <t>Makedonya - Edirne Dahili İhtilal Teşkilatı (1893-1912)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>395</v>
+        <v>853</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255893192</t>
+          <t>9786057634382</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Afrika'daki Akıllı Güç Uygulamalarına Bakış: Türkiye’nin Afrika Açılımının Ekonomik ve Siyasi Analizi</t>
+          <t>Yeniden Milli Mücadele Hareketi ve Türk Siyasal Hayatına Etkileri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>420</v>
+        <v>553</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255893154</t>
+          <t>9786059661164</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Cemre</t>
+          <t>Nübüvvete Çağdaş Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256591011</t>
+          <t>9786255893277</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>XIX.Yüzyılda Güney Marmara’da Bir Eşkiya Manol Ve Çetesi</t>
+          <t>Devlet Bahçeli Liderliğinin Birleştirici Hilal Modeli Olarak Milliyetçi Hareket Partisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>485</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256428621</t>
+          <t>9786255893246</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanlarında Kadın</t>
+          <t>Milli Mücadeleye Karşı Bir Tehdit Nigehban Cemiyet-i Askeriyesi (1919-1920)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>506</v>
+        <v>380</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256428867</t>
+          <t>9786256284821</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Tmt Küçük Kaymaklı Kahramanı Binbaşı Mustafa Öcal</t>
+          <t>Mısır Türk Memluk Devletinde Eğlence Hayatı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>227</v>
+        <v>395</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258365696</t>
+          <t>9786255893192</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi Yazıları (Prof. Dr. Ömer Faruk Harman’a Armağan)</t>
+          <t>Türkiye’nin Afrika'daki Akıllı Güç Uygulamalarına Bakış: Türkiye’nin Afrika Açılımının Ekonomik ve Siyasi Analizi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>910</v>
+        <v>420</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258365016</t>
+          <t>9786255893154</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kuman / Kıpçaklar</t>
+          <t>Cemre</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258365788</t>
+          <t>9786256591011</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Abd Merkezli Düşünce Kuruluşlarının Türkiye Raporları</t>
+          <t>XIX.Yüzyılda Güney Marmara’da Bir Eşkiya Manol Ve Çetesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>663</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257457781</t>
+          <t>9786256428621</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İlk Kuşak Dinler Tarihçileri Konuşuyor</t>
+          <t>Türk Destanlarında Kadın</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>771</v>
+        <v>506</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258365009</t>
+          <t>9786256428867</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset Türkçülüğün Manifestosu</t>
+          <t>Kıbrıs Tmt Küçük Kaymaklı Kahramanı Binbaşı Mustafa Öcal</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>727</v>
+        <v>227</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257457798</t>
+          <t>9786258365696</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Nasturi Ve Şeyh Said İsyanlarının Gölgesinde Musul Sorunu</t>
+          <t>Dinler Tarihi Yazıları (Prof. Dr. Ömer Faruk Harman’a Armağan)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>584</v>
+        <v>910</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057634566</t>
+          <t>9786258365016</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Barış Gönüllüleri ve Türkiye’deki Eğitim Faaliyetleri</t>
+          <t>Kuman / Kıpçaklar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>520</v>
+        <v>275</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257457729</t>
+          <t>9786258365788</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kinci Dünya Savaşı Sırasında Türkiye Üzerinden Yapılan Yahudi Göçleri</t>
+          <t>Abd Merkezli Düşünce Kuruluşlarının Türkiye Raporları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>663</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057501417</t>
+          <t>9786257457781</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimciler Gözüyle Sinop</t>
+          <t>İlk Kuşak Dinler Tarihçileri Konuşuyor</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>771</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057501325</t>
+          <t>9786258365009</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz Maske Tiyatrosu</t>
+          <t>Üç Tarz-ı Siyaset Türkçülüğün Manifestosu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>268</v>
+        <v>727</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057501660</t>
+          <t>9786257457798</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi ve Medeniyetinde Harran Cilt: 2</t>
+          <t>Nasturi Ve Şeyh Said İsyanlarının Gölgesinde Musul Sorunu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>767</v>
+        <v>584</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057501653</t>
+          <t>9786057634566</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi ve Medeniyetinde Harran Cilt: 1</t>
+          <t>Amerikan Barış Gönüllüleri ve Türkiye’deki Eğitim Faaliyetleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>940</v>
+        <v>520</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052030233</t>
+          <t>9786257457729</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din, Dinler Tarihi ve Eğitim</t>
+          <t>Kinci Dünya Savaşı Sırasında Türkiye Üzerinden Yapılan Yahudi Göçleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>961</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057501547</t>
+          <t>9786057501417</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Tokat Valileri (1923-2018)</t>
+          <t>Sosyal Bilimciler Gözüyle Sinop</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>431</v>
+        <v>771</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057501387</t>
+          <t>9786057501325</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Kurdu</t>
+          <t>Çağdaş İngiliz Maske Tiyatrosu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>512</v>
+        <v>268</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000018590</t>
+          <t>9786057501660</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Yahudiler ve Türkler (Cilt 1)</t>
+          <t>İslam Tarihi ve Medeniyetinde Harran Cilt: 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1000</v>
+        <v>767</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057501165</t>
+          <t>9786057501653</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türk Cumhuriyeti'nin Kuruluşunun 100. Yılında Er Kişi Ebulfez Elçibey'e Armağan</t>
+          <t>İslam Tarihi ve Medeniyetinde Harran Cilt: 1</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>844</v>
+        <v>940</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000018589</t>
+          <t>9786052030233</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Yahudiler ve Türkler (Cilt 2)</t>
+          <t>Türkiye'de Din, Dinler Tarihi ve Eğitim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1100</v>
+        <v>961</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057634139</t>
+          <t>9786057501547</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Afganistan'da Türkler</t>
+          <t>Cumhuriyet Döneminde Tokat Valileri (1923-2018)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>290</v>
+        <v>431</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052030509</t>
+          <t>9786057501387</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kut</t>
+          <t>Türkmen Kurdu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>287</v>
+        <v>512</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057501486</t>
+          <t>3990000018590</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Moğolları Durduran Türk Sultan Baybars</t>
+          <t>Tarih Boyunca Yahudiler ve Türkler (Cilt 1)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>363</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057501554</t>
+          <t>9786057501165</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Eyyubi İlişkileri</t>
+          <t>Azerbaycan Türk Cumhuriyeti'nin Kuruluşunun 100. Yılında Er Kişi Ebulfez Elçibey'e Armağan</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>435</v>
+        <v>844</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057501943</t>
+          <t>3990000018589</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya'dan Anadolu'ya Uzanan Köklü Tarihi ile Kureyşan Ocağı</t>
+          <t>Tarih Boyunca Yahudiler ve Türkler (Cilt 2)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>563</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059912013</t>
+          <t>9786057634139</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türk’e ve Özelde Avrupa Türk’üne  Genel Bir Bakış</t>
+          <t>Afganistan'da Türkler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752679719</t>
+          <t>9786052030509</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Safeviye Tarikatı Tarihi</t>
+          <t>Kut</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>190</v>
+        <v>287</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752678644</t>
+          <t>9786057501486</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Fethi ve Türkleşmesi</t>
+          <t>Moğolları Durduran Türk Sultan Baybars</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>224</v>
+        <v>363</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752678729</t>
+          <t>9786057501554</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Ülkücüler?</t>
+          <t>Selçuklu Eyyubi İlişkileri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>370</v>
+        <v>435</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752671058</t>
+          <t>9786057501943</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Döneminde Anadolu'da Kır ve Kent Hayatı</t>
+          <t>Orta Asya'dan Anadolu'ya Uzanan Köklü Tarihi ile Kureyşan Ocağı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>563</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752679832</t>
+          <t>9786059912013</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Türk’e ve Özelde Avrupa Türk’üne  Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>416</v>
+        <v>260</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000018455</t>
+          <t>9789752679719</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Devleti Cumhurbaşkanları ve Siyasi Hayattaki Yerleri</t>
+          <t>Safeviye Tarikatı Tarihi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>647</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752679016</t>
+          <t>9789752678644</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Hıristiyan Olan Müslümanlar</t>
+          <t>Anadolu'nun Fethi ve Türkleşmesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>961</v>
+        <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752679498</t>
+          <t>9789752678729</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Enerji - Politik Dünya ve Türkiye</t>
+          <t>Kim Bu Ülkücüler?</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>337</v>
+        <v>370</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752673823</t>
+          <t>9789752671058</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yerbilimlerinin Katkısıyla Nuh Tufanı ve Sümerlerin Kökeni</t>
+          <t>Tanzimat Döneminde Anadolu'da Kır ve Kent Hayatı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752673229</t>
+          <t>9789752679832</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yakın Çağ Dönemi - Avrupa Tarihi</t>
+          <t>Din Psikolojisi</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>416</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752673274</t>
+          <t>3990000018455</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Uzun Savaş</t>
+          <t>Türkiye Cumhuriyeti Devleti Cumhurbaşkanları ve Siyasi Hayattaki Yerleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>777</v>
+        <v>647</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752677142</t>
+          <t>9789752679016</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İranı - 2</t>
+          <t>Türkiye'de Hıristiyan Olan Müslümanlar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1120</v>
+        <v>961</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752677135</t>
+          <t>9789752679498</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İranı - 1</t>
+          <t>Enerji - Politik Dünya ve Türkiye</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>1120</v>
+        <v>337</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752673830</t>
+          <t>9789752673823</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Meselelerine Dair</t>
+          <t>Yerbilimlerinin Katkısıyla Nuh Tufanı ve Sümerlerin Kökeni</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>695</v>
+        <v>380</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752675360</t>
+          <t>9789752673229</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’dan Türkiye’ye Alevilik-Bektaşilik</t>
+          <t>Yakın Çağ Dönemi - Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>550</v>
+        <v>416</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752672048</t>
+          <t>9789752673274</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşme Sürecinde Sivas Halkevi</t>
+          <t>Uzun Savaş</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>660</v>
+        <v>777</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752676015</t>
+          <t>9789752677142</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinde Kurt</t>
+          <t>Türklerin İranı - 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>239</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752675704</t>
+          <t>9789752677135</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği - Kültürel Akıl İçtihat ve Siyaset</t>
+          <t>Türklerin İranı - 1</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>980</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752673441</t>
+          <t>9789752673830</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Türk-Tatar Halk İnançları</t>
+          <t>Türkiye Meselelerine Dair</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>255</v>
+        <v>695</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752673540</t>
+          <t>9789752675360</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Tematik Halk İnanmaları</t>
+          <t>Türkistan’dan Türkiye’ye Alevilik-Bektaşilik</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>584</v>
+        <v>550</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752673472</t>
+          <t>9789752672048</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Ölüm</t>
+          <t>Türk Modernleşme Sürecinde Sivas Halkevi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>432</v>
+        <v>660</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752673496</t>
+          <t>9789752676015</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Orta Asya’dan Orta Doğu’ya İnanç Göçü</t>
+          <t>Türk Mitolojisinde Kurt</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>380</v>
+        <v>239</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752673489</t>
+          <t>9789752675704</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Hz. Hızır’dan Sultan Nevruz’a</t>
+          <t>Türk Milliyetçiliği - Kültürel Akıl İçtihat ve Siyaset</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>360</v>
+        <v>980</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752673458</t>
+          <t>9789752673441</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Alkışlar-Kargışlar</t>
+          <t>Türk Kültürlü Halklarda Türk-Tatar Halk İnançları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>416</v>
+        <v>255</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752673526</t>
+          <t>9789752673540</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Coğrafyasında Halk Kültüründen Milli Stratejiye - 1</t>
+          <t>Türk Kültürlü Halklarda Tematik Halk İnanmaları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>457</v>
+        <v>584</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752672734</t>
+          <t>9789752673472</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Tefekküründe Kurt - 2</t>
+          <t>Türk Kültürlü Halklarda Ölüm</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>338</v>
+        <v>432</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752675568</t>
+          <t>9789752673496</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Kültüründe Zazalar</t>
+          <t>Türk Kültürlü Halklarda Orta Asya’dan Orta Doğu’ya İnanç Göçü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752676008</t>
+          <t>9789752673489</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk İnançlarında Tabu</t>
+          <t>Türk Kültürlü Halklarda Hz. Hızır’dan Sultan Nevruz’a</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>259</v>
+        <v>360</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752675599</t>
+          <t>9789752673458</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk İnançlarında Beslenme</t>
+          <t>Türk Kültürlü Halklarda Alkışlar-Kargışlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>591</v>
+        <v>416</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>3990000025925</t>
+          <t>9789752673526</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Tarihi</t>
+          <t>Türk Kültür Coğrafyasında Halk Kültüründen Milli Stratejiye - 1</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>695</v>
+        <v>457</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752673076</t>
+          <t>9789752672734</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Timurlular Devleti Tarihi</t>
+          <t>Türk Halk Tefekküründe Kurt - 2</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>350</v>
+        <v>338</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752673885</t>
+          <t>9789752675568</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Terör ve Terörizmle Mücadele</t>
+          <t>Türk Halk Kültüründe Zazalar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>770</v>
+        <v>240</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752675759</t>
+          <t>9789752676008</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Tebriz</t>
+          <t>Türk Halk İnançlarında Tabu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>316</v>
+        <v>259</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752672925</t>
+          <t>9789752675599</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tarih Işığında Güneydoğu ve Diyarbakır</t>
+          <t>Türk Halk İnançlarında Beslenme</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>431</v>
+        <v>591</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752673564</t>
+          <t>3990000025925</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şark Mes’elesi</t>
+          <t>Türk Anayasa Tarihi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>803</v>
+        <v>695</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752673571</t>
+          <t>9789752673076</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Spor</t>
+          <t>Timurlular Devleti Tarihi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>597</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752675711</t>
+          <t>9789752673885</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Siyasi ve Hukuki Açıdan Milli Mücadele</t>
+          <t>Terör ve Terörizmle Mücadele</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>465</v>
+        <v>770</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752673533</t>
+          <t>9789752675759</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Ulucanlar</t>
+          <t>Tarihte Tebriz</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>556</v>
+        <v>316</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752678262</t>
+          <t>9789752672925</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Strateji ve Güç Kullanma Üzerine</t>
+          <t>Tarih Işığında Güneydoğu ve Diyarbakır</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>455</v>
+        <v>431</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052030493</t>
+          <t>9789752673564</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Doğumunun 100. Yılında Alparslan Türkeş'e Armağan</t>
+          <t>Şark Mes’elesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>584</v>
+        <v>803</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052030424</t>
+          <t>9789752673571</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası (1830-1989)</t>
+          <t>Sosyoloji ve Spor</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>1200</v>
+        <v>597</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059238793</t>
+          <t>9789752675711</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir Paşa'nın Hayatı ve Anıları</t>
+          <t>Siyasi ve Hukuki Açıdan Milli Mücadele</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>663</v>
+        <v>465</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057501721</t>
+          <t>9789752673533</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırmalarda Yeni Yaklaşımlar 1</t>
+          <t>Türk Kültürlü Halklarda Ulucanlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1050</v>
+        <v>556</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057501103</t>
+          <t>9789752678262</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönemde Eğitim Edebiyat Sanat ve İktisat</t>
+          <t>Strateji ve Güç Kullanma Üzerine</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1045</v>
+        <v>455</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057501356</t>
+          <t>9786052030493</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönemde Edebiyat Eğitim İktisat ve Mühendislik</t>
+          <t>Doğumunun 100. Yılında Alparslan Türkeş'e Armağan</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1815</v>
+        <v>584</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057501363</t>
+          <t>9786052030424</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İlk Çağlardan Modern Döneme Tarihten İzler 2</t>
+          <t>Türk Dış Politikası (1830-1989)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057501370</t>
+          <t>9786059238793</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tıpta İnovasyon ve Renovasyon Mozaiği</t>
+          <t>Kazım Karabekir Paşa'nın Hayatı ve Anıları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1185</v>
+        <v>663</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057501516</t>
+          <t>9786057501721</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İl Yönetimi 1839-1923</t>
+          <t>Bilimsel Araştırmalarda Yeni Yaklaşımlar 1</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>512</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057501264</t>
+          <t>9786057501103</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Almancı</t>
+          <t>Modern Dönemde Eğitim Edebiyat Sanat ve İktisat</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>450</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052030653</t>
+          <t>9786057501356</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçeklerim</t>
+          <t>Modern Dönemde Edebiyat Eğitim İktisat ve Mühendislik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>132</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052030707</t>
+          <t>9786057501363</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Ufkunda</t>
+          <t>İlk Çağlardan Modern Döneme Tarihten İzler 2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>275</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052030752</t>
+          <t>9786057501370</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bilimin İzinde</t>
+          <t>Tıpta İnovasyon ve Renovasyon Mozaiği</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>702</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052030714</t>
+          <t>9786057501516</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bekiran Aşireti Tarihi</t>
+          <t>Türkiye'de İl Yönetimi 1839-1923</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>369</v>
+        <v>512</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052030776</t>
+          <t>9786057501264</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Asya</t>
+          <t>Almancı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>222</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052030288</t>
+          <t>9786052030653</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Küresel Buhran Dönemi ve Türkiye</t>
+          <t>Sevgi Çiçeklerim</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>370</v>
+        <v>132</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057501097</t>
+          <t>9786052030707</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İlkçağlardan Modern Döneme Tarihten İzler</t>
+          <t>Medeniyet Ufkunda</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052030813</t>
+          <t>9786052030752</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hadislerin Işığında İmanı Bozan Şeyler</t>
+          <t>Bilimin İzinde</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>465</v>
+        <v>702</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059661409</t>
+          <t>9786052030714</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Pir Kültü</t>
+          <t>Bekiran Aşireti Tarihi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>380</v>
+        <v>369</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059912693</t>
+          <t>9786052030776</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Mitolojisinden Yapraklar - 2</t>
+          <t>Asya</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>328</v>
+        <v>222</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059661416</t>
+          <t>9786052030288</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Mitolojisinden Yapraklar - 1</t>
+          <t>Küresel Buhran Dönemi ve Türkiye</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>315</v>
+        <v>370</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059661744</t>
+          <t>9786057501097</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazımı Üzerine</t>
+          <t>İlkçağlardan Modern Döneme Tarihten İzler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>885</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059661751</t>
+          <t>9786052030813</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bahçeli'yi Anlamak Duruş</t>
+          <t>Kur'an ve Hadislerin Işığında İmanı Bozan Şeyler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>370</v>
+        <v>465</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059661645</t>
+          <t>9786059661409</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Batı Türkistan Hanlıkları</t>
+          <t>Türk Kültürlü Halklarda Pir Kültü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>837</v>
+        <v>380</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059661362</t>
+          <t>9786059912693</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Resimli Adalya Kitabı</t>
+          <t>Anadolu Türk Mitolojisinden Yapraklar - 2</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>400</v>
+        <v>328</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052030622</t>
+          <t>9786059661416</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Gözyaşları</t>
+          <t>Anadolu Türk Mitolojisinden Yapraklar - 1</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>435</v>
+        <v>315</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052030295</t>
+          <t>9786059661744</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Harran ve Urfa'da Geçmiş Zaman İzleri</t>
+          <t>Tarih Yazımı Üzerine</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>400</v>
+        <v>885</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059912563</t>
+          <t>9786059661751</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dolusu Sevgi</t>
+          <t>Devlet Bahçeli'yi Anlamak Duruş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>493</v>
+        <v>370</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052030028</t>
+          <t>9786059661645</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türklerinin Önderlerİ</t>
+          <t>Batı Türkistan Hanlıkları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>856</v>
+        <v>837</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000029323</t>
+          <t>9786059661362</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda Bayburt</t>
+          <t>Resimli Adalya Kitabı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>525</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059912648</t>
+          <t>9786052030622</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dağlık Karabağ: Kaynakların Diliyle Tarih</t>
+          <t>Türk Tarihinin Gözyaşları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>363</v>
+        <v>435</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752672611</t>
+          <t>9786052030295</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Halk Huzura Susadı</t>
+          <t>Harran ve Urfa'da Geçmiş Zaman İzleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>215</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059912143</t>
+          <t>9786059912563</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Devridayım - 2</t>
+          <t>Gönül Dolusu Sevgi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>316</v>
+        <v>493</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059912631</t>
+          <t>9786052030028</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İrevan Şehri</t>
+          <t>Azerbaycan Türklerinin Önderlerİ</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>431</v>
+        <v>856</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059661027</t>
+          <t>3990000029323</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğulları Tarihi</t>
+          <t>Ortaçağda Bayburt</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>390</v>
+        <v>525</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059912952</t>
+          <t>9786059912648</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Erdoğan'ın Gizli Ajandası</t>
+          <t>Dağlık Karabağ: Kaynakların Diliyle Tarih</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>511</v>
+        <v>363</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059661805</t>
+          <t>9789752672611</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Türklerin ve Türkçenin 40.000 Yıllık Tarihi</t>
+          <t>Halk Huzura Susadı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>388</v>
+        <v>215</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752678118</t>
+          <t>9786059912143</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu’da Teokratik Devlet Düzeni</t>
+          <t>Mitolojik Devridayım - 2</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>512</v>
+        <v>316</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752677197</t>
+          <t>9786059912631</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti'nin Köy ve Köylü Politikaları</t>
+          <t>İrevan Şehri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>635</v>
+        <v>431</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752670310</t>
+          <t>9786059661027</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Med Vakti Gelen Kuşlar</t>
+          <t>Karamanoğulları Tarihi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752677302</t>
+          <t>9786059912952</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Yahudiler</t>
+          <t>Erdoğan'ın Gizli Ajandası</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>426</v>
+        <v>511</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752678149</t>
+          <t>9786059661805</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Borçları Tarihi</t>
+          <t>Türklerin ve Türkçenin 40.000 Yıllık Tarihi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>797</v>
+        <v>388</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752670754</t>
+          <t>9789752678118</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular’da Ordu ve Askeri Kültür</t>
+          <t>Eski Anadolu’da Teokratik Devlet Düzeni</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>442</v>
+        <v>512</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752675650</t>
+          <t>9789752677197</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Müesseseleri ve Medeniyeti Tarihi</t>
+          <t>Demokrat Parti'nin Köy ve Köylü Politikaları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>207</v>
+        <v>635</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752673120</t>
+          <t>9789752670310</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Safahat (8 Kitap Takım)</t>
+          <t>Med Vakti Gelen Kuşlar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>1581</v>
+        <v>370</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752671201</t>
+          <t>9789752677302</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Rus Türk Mücadelesi’nde Ahıska Türkleri</t>
+          <t>Osmanlı Devleti’nde Yahudiler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>727</v>
+        <v>426</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752675995</t>
+          <t>9789752678149</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk İnançlarında Renkler</t>
+          <t>Osmanlı Borçları Tarihi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>457</v>
+        <v>797</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752673151</t>
+          <t>9789752670754</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Öteki Din</t>
+          <t>Selçuklular’da Ordu ve Askeri Kültür</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>660</v>
+        <v>442</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752673137</t>
+          <t>9789752675650</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Güney Seferleri</t>
+          <t>Selçuklu Müesseseleri ve Medeniyeti Tarihi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>752</v>
+        <v>207</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752671898</t>
+          <t>9789752673120</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Askeri Gazetesi Ceride-i Askeriyye 1-30</t>
+          <t>Safahat (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>752</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752672765</t>
+          <t>9789752671201</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Oruç İbadeti</t>
+          <t>Rus Türk Mücadelesi’nde Ahıska Türkleri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>352</v>
+        <v>727</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752675155</t>
+          <t>9789752675995</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Okuma Eğitimi</t>
+          <t>Türk Halk İnançlarında Renkler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>572</v>
+        <v>457</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752673465</t>
+          <t>9789752673151</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Tarihi İtibariyle Türklüğün Dini Geçmişi</t>
+          <t>Öteki Din</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>328</v>
+        <v>660</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752675414</t>
+          <t>9789752673137</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Hayatı ve Eseri</t>
+          <t>Osmanlı’nın Güney Seferleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>818</v>
+        <v>752</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752675575</t>
+          <t>9789752671898</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Mitler</t>
+          <t>Osmanlı Askeri Gazetesi Ceride-i Askeriyye 1-30</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>445</v>
+        <v>752</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752673847</t>
+          <t>9789752672765</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Misyonerlik ve Dinlerarası Diyalog</t>
+          <t>Oruç İbadeti</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>553</v>
+        <v>352</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752675971</t>
+          <t>9789752675155</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Milli Strateji</t>
+          <t>Okuma Eğitimi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>420</v>
+        <v>572</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752673328</t>
+          <t>9789752673465</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Medyada Düşürülmüş Maskeler</t>
+          <t>Nübüvvet Tarihi İtibariyle Türklüğün Dini Geçmişi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>654</v>
+        <v>328</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752675841</t>
+          <t>9789752675414</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mankurtluk Külahı</t>
+          <t>Mustafa Kemal Atatürk Hayatı ve Eseri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>253</v>
+        <v>818</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752670563</t>
+          <t>9789752675575</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Türk Kültürlü Halklarda Mitler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>686</v>
+        <v>445</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059661133</t>
+          <t>9789752673847</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitap Anlayışı</t>
+          <t>Misyonerlik ve Dinlerarası Diyalog</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>558</v>
+        <v>553</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752673205</t>
+          <t>9789752675971</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tarih Önünde Türk’ün Muhasebesi</t>
+          <t>Milli Strateji</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>686</v>
+        <v>420</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752672741</t>
+          <t>9789752673328</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kodlar-Kültler 1</t>
+          <t>Medyada Düşürülmüş Maskeler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>350</v>
+        <v>654</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752674219</t>
+          <t>9789752675841</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili ve Türk Şamanizmi</t>
+          <t>Mankurtluk Külahı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>745</v>
+        <v>253</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>3990000010577</t>
+          <t>9789752670563</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Tarihi 2</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1370</v>
+        <v>686</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>3990000016535</t>
+          <t>9786059661133</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Tarihi 1</t>
+          <t>Kutsal Kitap Anlayışı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>686</v>
+        <v>558</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752671652</t>
+          <t>9789752673205</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Kur’an ve Tarih Önünde Türk’ün Muhasebesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>700</v>
+        <v>686</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752675407</t>
+          <t>9789752672741</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İslam’ı Anlamaya Doğru</t>
+          <t>Kodlar-Kültler 1</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>316</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752672413</t>
+          <t>9789752674219</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Oryantalizm</t>
+          <t>Kızılderili ve Türk Şamanizmi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>253</v>
+        <v>745</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752673069</t>
+          <t>3990000010577</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İslam Laiklik ve Türk Laikliğindeki Uygulamalar</t>
+          <t>Kafkas Tarihi 2</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>591</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752673342</t>
+          <t>3990000016535</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini Açısından Din - Devlet İlişkisi</t>
+          <t>Kafkas Tarihi 1</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>550</v>
+        <v>686</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752671706</t>
+          <t>9789752671652</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İsa Yusuf Alptekin’in Mücadele Hatıraları 1949-1980</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1185</v>
+        <v>700</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752672352</t>
+          <t>9789752675407</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İsa Yusuf Alptekin’in Mücadele Hatıraları</t>
+          <t>İslam’ı Anlamaya Doğru</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>904</v>
+        <v>316</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752675612</t>
+          <t>9789752672413</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İnanç Göçü</t>
+          <t>İslam ve Oryantalizm</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>390</v>
+        <v>253</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752672819</t>
+          <t>9789752673069</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Harezim’den Hakkari’ye Hakkari’den Golan’a</t>
+          <t>İslam Laiklik ve Türk Laikliğindeki Uygulamalar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>190</v>
+        <v>591</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752672970</t>
+          <t>9789752673342</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmenlerinin Halk Masalları</t>
+          <t>İslam Dini Açısından Din - Devlet İlişkisi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>752</v>
+        <v>550</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752672888</t>
+          <t>9789752671706</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Halk İnançlarından Mitolojiye 1</t>
+          <t>İsa Yusuf Alptekin’in Mücadele Hatıraları 1949-1980</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>445</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752678392</t>
+          <t>9789752672352</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Halk Bilimi - Türkoloji - Milli Kültür Stratejileri</t>
+          <t>İsa Yusuf Alptekin’in Mücadele Hatıraları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>265</v>
+        <v>904</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752673878</t>
+          <t>9789752675612</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Güz Çıkmazı Siluetleri</t>
+          <t>İnanç Göçü</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>843</v>
+        <v>390</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752675353</t>
+          <t>9789752672819</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Güney Kafkasya</t>
+          <t>Harezim’den Hakkari’ye Hakkari’den Golan’a</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>635</v>
+        <v>190</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752675582</t>
+          <t>9789752672970</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gregoryan Türklerde Halk İnançları</t>
+          <t>Irak Türkmenlerinin Halk Masalları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>337</v>
+        <v>752</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752673519</t>
+          <t>9789752672888</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmen Halk Kültürü Araştırmaları</t>
+          <t>Halk İnançlarından Mitolojiye 1</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752670150</t>
+          <t>9789752678392</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ethem Bey’in Sürgün Yılları ve Simav Olayları (1919-1948)</t>
+          <t>Halk Bilimi - Türkoloji - Milli Kültür Stratejileri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>465</v>
+        <v>265</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752675629</t>
+          <t>9789752673878</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı</t>
+          <t>Güz Çıkmazı Siluetleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>872</v>
+        <v>843</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752672017</t>
+          <t>9789752675353</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Hükümet Darbesi</t>
+          <t>Güney Kafkasya</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>230</v>
+        <v>635</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752671911</t>
+          <t>9789752675582</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Elçibey’in Düşünceleri ve Kanun Devleti</t>
+          <t>Gregoryan Türklerde Halk İnançları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>803</v>
+        <v>337</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752677432</t>
+          <t>9789752673519</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Kıbrıs (1913 - 2013)</t>
+          <t>Irak Türkmen Halk Kültürü Araştırmaları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>1100</v>
+        <v>445</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752673236</t>
+          <t>9789752670150</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu’da Eski Türk İnançlarının İzleri</t>
+          <t>Ethem Bey’in Sürgün Yılları ve Simav Olayları (1919-1948)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>869</v>
+        <v>465</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752673434</t>
+          <t>9789752675629</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Din ve Eğitim</t>
+          <t>Eski Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>671</v>
+        <v>872</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752673670</t>
+          <t>9789752672017</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dünya (Ciltli)</t>
+          <t>Emperyalizmin Hükümet Darbesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>1573</v>
+        <v>230</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752672260</t>
+          <t>9789752671911</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Azınlıklar</t>
+          <t>Elçibey’in Düşünceleri ve Kanun Devleti</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>323</v>
+        <v>803</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752678408</t>
+          <t>9789752677432</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Cuci Kültür Coğrafyasında Karşılaştırmalı Türk Moğol Halk İnanmaları</t>
+          <t>Dünden Bugüne Kıbrıs (1913 - 2013)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>360</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752674202</t>
+          <t>9789752673236</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Buhara Yahudileri</t>
+          <t>Doğu Anadolu’da Eski Türk İnançlarının İzleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>431</v>
+        <v>869</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752678439</t>
+          <t>9789752673434</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bozulus</t>
+          <t>Din ve Eğitim</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>544</v>
+        <v>671</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786058598409</t>
+          <t>9789752673670</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bir Strateji Uygulama Aracı Olarak Proje Portföyü Yönetimi</t>
+          <t>Din ve Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>363</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752673113</t>
+          <t>9789752672260</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür</t>
+          <t>Cumhuriyet ve Azınlıklar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>279</v>
+        <v>323</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752672321</t>
+          <t>9789752678408</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Baturlar - Polat Kadiri (Ülke Tarihi)</t>
+          <t>Cuci Kültür Coğrafyasında Karşılaştırmalı Türk Moğol Halk İnanmaları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752672338</t>
+          <t>9789752674202</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma</t>
+          <t>Buhara Yahudileri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>310</v>
+        <v>431</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752671997</t>
+          <t>9789752678439</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Batı Emperyalizmi ve Osmanlı Devleti</t>
+          <t>Bozulus</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>275</v>
+        <v>544</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789759188009</t>
+          <t>9786058598409</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Baltanın Sapı Bizden</t>
+          <t>Bir Strateji Uygulama Aracı Olarak Proje Portföyü Yönetimi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>465</v>
+        <v>363</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752675988</t>
+          <t>9789752673113</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan-İran-Anadolu-Irak Halk İnançları Hattı</t>
+          <t>Bir Ömür</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>971</v>
+        <v>279</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752674653</t>
+          <t>9789752672321</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ayntab Sipahileri</t>
+          <t>Baturlar - Polat Kadiri (Ülke Tarihi)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>259</v>
+        <v>355</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752673083</t>
+          <t>9789752672338</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Avrasya’da Türk Jeopolitiği</t>
+          <t>Batılılaşma</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>1030</v>
+        <v>310</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752677203</t>
+          <t>9789752671997</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Atsız</t>
+          <t>Batı Emperyalizmi ve Osmanlı Devleti</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>431</v>
+        <v>275</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752672895</t>
+          <t>9789759188009</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Milli Dış Siyaseti</t>
+          <t>Baltanın Sapı Bizden</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>727</v>
+        <v>465</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752673304</t>
+          <t>9789752675988</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Almanya</t>
+          <t>Azerbaycan-İran-Anadolu-Irak Halk İnançları Hattı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>683</v>
+        <v>971</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752675605</t>
+          <t>9789752674653</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Aşiretlerde Mitolojik Bulgular</t>
+          <t>Ayntab Sipahileri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>511</v>
+        <v>259</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752670693</t>
+          <t>9789752673083</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 3</t>
+          <t>Avrasya’da Türk Jeopolitiği</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1027</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752670662</t>
+          <t>9789752677203</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 3</t>
+          <t>Atsız</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>760</v>
+        <v>431</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752673281</t>
+          <t>9789752672895</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Askeri Doktrinler ve Stratejik Yaklaşımlar</t>
+          <t>Atatürk’ün Milli Dış Siyaseti</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>297</v>
+        <v>727</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752676640</t>
+          <t>9789752673304</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Beylikleri Tarihi</t>
+          <t>Atatürk ve Almanya</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>492</v>
+        <v>683</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752678415</t>
+          <t>9789752675605</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kültür Coğrafyasında Manevi Mimarlar ve Halk İnanmaları</t>
+          <t>Aşiretlerde Mitolojik Bulgular</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>350</v>
+        <v>511</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752675896</t>
+          <t>9789752670693</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Alparslan Türkeş ve Liderlik</t>
+          <t>Makaleler 3</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>703</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752672499</t>
+          <t>9789752670662</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Allaha İnanmak</t>
+          <t>Makaleler 3</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>315</v>
+        <v>760</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752676527</t>
+          <t>9789752673281</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin Fatih Fetih</t>
+          <t>Askeri Doktrinler ve Stratejik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>468</v>
+        <v>297</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752672871</t>
+          <t>9789752676640</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ahlatsahlar’dan Günümüze Bitlis ve Çevresinde Halk İnançları</t>
+          <t>Anadolu Türk Beylikleri Tarihi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>247</v>
+        <v>492</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752678545</t>
+          <t>9789752678415</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>9 Işık Üzerine İnceleme</t>
+          <t>Anadolu Kültür Coğrafyasında Manevi Mimarlar ve Halk İnanmaları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752673366</t>
+          <t>9789752675896</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet’ten İngiliz Mandaterliğine Irak (1908-1922)</t>
+          <t>Alparslan Türkeş ve Liderlik</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>407</v>
+        <v>703</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059912570</t>
+          <t>9789752672499</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında Milliyetçi Cephe Hükümetleri</t>
+          <t>Allaha İnanmak</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>752</v>
+        <v>315</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059912921</t>
+          <t>9789752676527</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğlu Sürgünleri</t>
+          <t>Akşemseddin Fatih Fetih</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>480</v>
+        <v>468</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059912945</t>
+          <t>9789752672871</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Gönül Özü Sözün Özü</t>
+          <t>Ahlatsahlar’dan Günümüze Bitlis ve Çevresinde Halk İnançları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>647</v>
+        <v>247</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059912914</t>
+          <t>9789752678545</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğullarının Kimliği</t>
+          <t>9 Işık Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>400</v>
+        <v>345</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059912341</t>
+          <t>9789752673366</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Yolunda Karınca Misali 1. Cilt: İstanbul ve Ankara Günleri</t>
+          <t>2. Meşrutiyet’ten İngiliz Mandaterliğine Irak (1908-1922)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>761</v>
+        <v>407</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059912365</t>
+          <t>9786059912570</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Yolunda Karınca Misali 2. Cilt: Bursa Günleri</t>
+          <t>Türk Siyasi Hayatında Milliyetçi Cephe Hükümetleri</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>752</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059912389</t>
+          <t>9786059912921</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Barika</t>
+          <t>Karamanoğlu Sürgünleri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>212</v>
+        <v>480</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059661850</t>
+          <t>9786059912945</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gök Maral'ın Peşinde</t>
+          <t>Gönül Özü Sözün Özü</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>370</v>
+        <v>647</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059661942</t>
+          <t>9786059912914</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Asrın Kızılelması Türk Birliği</t>
+          <t>Karamanoğullarının Kimliği</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>658</v>
+        <v>400</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059661959</t>
+          <t>9786059912341</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Demokrasi Yolunda Karınca Misali 1. Cilt: İstanbul ve Ankara Günleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>525</v>
+        <v>761</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059912129</t>
+          <t>9786059912365</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Edebiyatından Türk Halk İnançlarına</t>
+          <t>Demokrasi Yolunda Karınca Misali 2. Cilt: Bursa Günleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>493</v>
+        <v>752</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059912105</t>
+          <t>9786059912389</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji ve Halk Bilimi Yazıları</t>
+          <t>Barika</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>380</v>
+        <v>212</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059912136</t>
+          <t>9786059661850</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Kültürü Monografisinde Mitolojik Şifreler 1</t>
+          <t>Gök Maral'ın Peşinde</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>431</v>
+        <v>370</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059912112</t>
+          <t>9786059661942</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Mitik-Mistik Kavşakta Su</t>
+          <t>Asrın Kızılelması Türk Birliği</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>312</v>
+        <v>658</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059661980</t>
+          <t>9786059661959</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ela Gözler</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>212</v>
+        <v>525</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059912884</t>
+          <t>9786059912129</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Mitik - Mistik Kavşakta Yer</t>
+          <t>Türk Halk Edebiyatından Türk Halk İnançlarına</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>347</v>
+        <v>493</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059912891</t>
+          <t>9786059912105</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halkların Halk İnançlarında Geçmişten Günümüze - Kişioğlu</t>
+          <t>Türkoloji ve Halk Bilimi Yazıları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>525</v>
+        <v>380</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059912846</t>
+          <t>9786059912136</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Kültür Coğrafyasında Gregoryen Halk İnançları</t>
+          <t>Anadolu Halk Kültürü Monografisinde Mitolojik Şifreler 1</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>260</v>
+        <v>431</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059661089</t>
+          <t>9786059912112</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Salnamesi</t>
+          <t>Türk Kültürlü Halklarda Mitik-Mistik Kavşakta Su</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>550</v>
+        <v>312</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752678514</t>
+          <t>9786059661980</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Ela Gözler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>421</v>
+        <v>212</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059661461</t>
+          <t>9786059912884</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Çanakkale'nin Kahramanları</t>
+          <t>Türk Kültürlü Halklarda Mitik - Mistik Kavşakta Yer</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>616</v>
+        <v>347</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752679771</t>
+          <t>9786059912891</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gözüyle Öğretmen Olmak</t>
+          <t>Türk Kültürlü Halkların Halk İnançlarında Geçmişten Günümüze - Kişioğlu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>136</v>
+        <v>525</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059912280</t>
+          <t>9786059912846</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçlarından Günümüze Türklerin Dini Tarihi</t>
+          <t>Anadolu Türk Kültür Coğrafyasında Gregoryen Halk İnançları</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>856</v>
+        <v>260</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789752679511</t>
+          <t>9786059661089</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Erken Öncüler 1: Sümerler ve Sonrası</t>
+          <t>Kastamonu Salnamesi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>537</v>
+        <v>550</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752679528</t>
+          <t>9789752678514</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Erken Öncüler 2: Hititler ve Diğer Anadolu Kavimleri</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>627</v>
+        <v>421</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752679566</t>
+          <t>9786059661461</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Barış Harekatı (20 Temmuz 1974)</t>
+          <t>Atatürk ve Çanakkale'nin Kahramanları</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>700</v>
+        <v>616</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752671843</t>
+          <t>9789752679771</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış'tan Volga Kıyılarına</t>
+          <t>Çocuk Gözüyle Öğretmen Olmak</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>627</v>
+        <v>136</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789758308882</t>
+          <t>9786059912280</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi - Öğretmenin Kitabı</t>
+          <t>Başlangıçlarından Günümüze Türklerin Dini Tarihi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>297</v>
+        <v>856</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752678835</t>
+          <t>9789752679511</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Türkiye'de Yaşayan Azerbaycan Türkleri</t>
+          <t>Erken Öncüler 1: Sümerler ve Sonrası</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>431</v>
+        <v>537</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752670121</t>
+          <t>9789752679528</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Dağ Çiçeklerim</t>
+          <t>Erken Öncüler 2: Hititler ve Diğer Anadolu Kavimleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>616</v>
+        <v>627</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752679818</t>
+          <t>9789752679566</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Sahipleri</t>
+          <t>Kıbrıs Barış Harekatı (20 Temmuz 1974)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>1480</v>
+        <v>700</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257254625</t>
+          <t>9789752671843</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi Aciller ve Anestezi</t>
+          <t>Sarıkamış'tan Volga Kıyılarına</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>663</v>
+        <v>627</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257254724</t>
+          <t>9789758308882</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 ve Multidisipliner Yaklaşımlar</t>
+          <t>Sınıf Yönetimi - Öğretmenin Kitabı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>506</v>
+        <v>297</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257254434</t>
+          <t>9789752678835</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Pandemisi</t>
+          <t>Tarihten Günümüze Türkiye'de Yaşayan Azerbaycan Türkleri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>713</v>
+        <v>431</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257457064</t>
+          <t>9789752670121</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Definecilik (1781-1900)</t>
+          <t>Dağ Çiçeklerim</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>275</v>
+        <v>616</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257254984</t>
+          <t>9789752679818</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Aşık Şiirinde Kadın</t>
+          <t>Anadolu’nun Sahipleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1100</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257457071</t>
+          <t>9786257254625</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Covid and Traditional Complementary Medicine Applications</t>
+          <t>Cerrahi Aciller ve Anestezi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>369</v>
+        <v>663</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257254908</t>
+          <t>9786257254724</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Basınımızda Türkçülük Mektebi: Ötüken (1964-1975)</t>
+          <t>Covid-19 ve Multidisipliner Yaklaşımlar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>752</v>
+        <v>506</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257254656</t>
+          <t>9786257254434</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kırkpınar Yağlı Güreşleri</t>
+          <t>Covid-19 Pandemisi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>363</v>
+        <v>713</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257254533</t>
+          <t>9786257457064</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Larican Kurganları 1</t>
+          <t>Osmanlı Devleti'nde Definecilik (1781-1900)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>342</v>
+        <v>275</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257254540</t>
+          <t>9786257254984</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Gencine-i Adalet</t>
+          <t>Aşık Şiirinde Kadın</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>671</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257049474</t>
+          <t>9786257457071</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimine Giriş ve Siyasal Düşünce Tarihi</t>
+          <t>Covid and Traditional Complementary Medicine Applications</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>369</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257049467</t>
+          <t>9786257254908</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Basınımızda Türkçülük Mektebi: Ötüken (1964-1975)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>616</v>
+        <v>752</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057634849</t>
+          <t>9786257254656</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kutü'l-Amare'den Mütareke'ye Irak Cephesi</t>
+          <t>Kırkpınar Yağlı Güreşleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>420</v>
+        <v>363</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257254526</t>
+          <t>9786257254533</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Cihan Harbi</t>
+          <t>Larican Kurganları 1</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>536</v>
+        <v>342</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057634320</t>
+          <t>9786257254540</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Sancağı Eğriöz Kazası Nüfus Defteri 1831</t>
+          <t>Gencine-i Adalet</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>569</v>
+        <v>671</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257049283</t>
+          <t>9786257049474</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bizi Biz Yapan Hayallerimiz Vardı</t>
+          <t>Siyaset Bilimine Giriş ve Siyasal Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>829</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257254915</t>
+          <t>9786257049467</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bahçeli Liderliğinde Siyasal İletişimde Kale Modeli: Milliyetçi Hareket Partisi</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>492</v>
+        <v>616</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257254809</t>
+          <t>9786057634849</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Peroperatif Hasta Yönetimi</t>
+          <t>Kutü'l-Amare'den Mütareke'ye Irak Cephesi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>926</v>
+        <v>420</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257254786</t>
+          <t>9786257254526</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Nörolojik Hastalıklarda Beslenme</t>
+          <t>Karikatürlerle Cihan Harbi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>330</v>
+        <v>536</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257254601</t>
+          <t>9786057634320</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>İnsan Embriyonu Kök Hücresi Araştırmalarının Etik Boyutu: Türkiye İçin Bir Etik Düzenleme Önerisi</t>
+          <t>Kütahya Sancağı Eğriöz Kazası Nüfus Defteri 1831</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>431</v>
+        <v>569</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257254793</t>
+          <t>9786257049283</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Handbook of Sacroiliac Joint</t>
+          <t>Bizi Biz Yapan Hayallerimiz Vardı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>280</v>
+        <v>829</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257254571</t>
+          <t>9786257254915</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Tamamlayıcı Tıp Uygulamaları ve Bunların Kombinasyonları</t>
+          <t>Devlet Bahçeli Liderliğinde Siyasal İletişimde Kale Modeli: Milliyetçi Hareket Partisi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>260</v>
+        <v>492</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257254816</t>
+          <t>9786257254809</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Fertility Sparing Approaches In Gynecologic Cancers</t>
+          <t>Peroperatif Hasta Yönetimi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>315</v>
+        <v>926</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257254823</t>
+          <t>9786257254786</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Alanında Multidisipliner Değerlendirmeler</t>
+          <t>Nörolojik Hastalıklarda Beslenme</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>297</v>
+        <v>330</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257254632</t>
+          <t>9786257254601</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Propedeutika</t>
+          <t>İnsan Embriyonu Kök Hücresi Araştırmalarının Etik Boyutu: Türkiye İçin Bir Etik Düzenleme Önerisi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>961</v>
+        <v>431</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257254137</t>
+          <t>9786257254793</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Liderlik ve Alparslan Türkeş</t>
+          <t>Handbook of Sacroiliac Joint</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>391</v>
+        <v>280</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257457026</t>
+          <t>9786257254571</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Unuttun Sen O Şiiri</t>
+          <t>Geleneksel Tamamlayıcı Tıp Uygulamaları ve Bunların Kombinasyonları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257254854</t>
+          <t>9786257254816</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hariciyesi'nin Güney Kafkasya Raporları (1852-1914)</t>
+          <t>Fertility Sparing Approaches In Gynecologic Cancers</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>900</v>
+        <v>315</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057634597</t>
+          <t>9786257254823</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası (2000'li Yıllar)</t>
+          <t>Sağlık Alanında Multidisipliner Değerlendirmeler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>1185.8</v>
+        <v>297</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257254007</t>
+          <t>9786257254632</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Pupa Yelken Aşk Alabanda</t>
+          <t>Propedeutika</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>872</v>
+        <v>961</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057501714</t>
+          <t>9786257254137</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>3. Uluslararası Bilimsel Araştırmalar Kongresi</t>
+          <t>Siyasal Liderlik ve Alparslan Türkeş</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>950</v>
+        <v>391</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057634290</t>
+          <t>9786257457026</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Kültüründe Tipler</t>
+          <t>Unuttun Sen O Şiiri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>410</v>
+        <v>185</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057634009</t>
+          <t>9786257254854</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Beşikten Mezara Kırgız Türkleri</t>
+          <t>Osmanlı Hariciyesi'nin Güney Kafkasya Raporları (1852-1914)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>585</v>
+        <v>900</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257049849</t>
+          <t>9786057634597</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Kültür ve Ülke İncelemeleri</t>
+          <t>Türk Dış Politikası (2000'li Yıllar)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>379</v>
+        <v>1185.8</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057634962</t>
+          <t>9786257254007</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Dr. Hilmi Malik Evrenol'un Hayatı ve Eserleri</t>
+          <t>Pupa Yelken Aşk Alabanda</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>398</v>
+        <v>872</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257254441</t>
+          <t>9786057501714</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Asarhaddon</t>
+          <t>3. Uluslararası Bilimsel Araştırmalar Kongresi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>457</v>
+        <v>950</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752677289</t>
+          <t>9786057634290</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye’nin İnşasında Halkevleri ve Sivas Halkevi Örneği</t>
+          <t>Türk Dilinde Kültüründe Tipler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>660</v>
+        <v>410</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789752763245</t>
+          <t>9786057634009</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihi Cilt 1</t>
+          <t>Beşikten Mezara Kırgız Türkleri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>604</v>
+        <v>585</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057634924</t>
+          <t>9786257049849</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Unuttu O Şiir Bizi</t>
+          <t>Stratejik Kültür ve Ülke İncelemeleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>174</v>
+        <v>379</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257049207</t>
+          <t>9786057634962</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Fransa’nın Akdeniz ve Afrika Açılımı</t>
+          <t>Dr. Hilmi Malik Evrenol'un Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>481</v>
+        <v>398</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057634931</t>
+          <t>9786257254441</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid ve Urfa Hamidiye Alayları</t>
+          <t>Asarhaddon</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>290</v>
+        <v>457</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057634948</t>
+          <t>9789752677289</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetiminde Sürdürülebilirlik ve İnovatif Yaklaşımlar</t>
+          <t>Modern Türkiye’nin İnşasında Halkevleri ve Sivas Halkevi Örneği</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>607</v>
+        <v>660</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057501127</t>
+          <t>9789752763245</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>3 Mayıs Türkçüler Günü</t>
+          <t>Türk Siyasi Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>133</v>
+        <v>604</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057501431</t>
+          <t>9786057634924</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyılda Kilis Urfa ve Adıyaman ver Çevresinde Cemaatler Oymaklar</t>
+          <t>Unuttu O Şiir Bizi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>445</v>
+        <v>174</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057501158</t>
+          <t>9786257049207</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yelkenler Fora</t>
+          <t>Fransa’nın Akdeniz ve Afrika Açılımı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>1100</v>
+        <v>481</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257049924</t>
+          <t>9786057634931</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Türk Jandarma Teşkilatında Düzenleme Çalışmaları</t>
+          <t>2. Abdülhamid ve Urfa Hamidiye Alayları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>323</v>
+        <v>290</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257049337</t>
+          <t>9786057634948</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Hatay Sorununun İzmir Basınında Yansımaları (1936-1939)</t>
+          <t>İşletme Yönetiminde Sürdürülebilirlik ve İnovatif Yaklaşımlar</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>607</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057634399</t>
+          <t>9786057501127</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>El-Kifaye Fi’l-Hidaye</t>
+          <t>3 Mayıs Türkçüler Günü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>465</v>
+        <v>133</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052030455</t>
+          <t>9786057501431</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Klasik Mantık</t>
+          <t>16. Yüzyılda Kilis Urfa ve Adıyaman ver Çevresinde Cemaatler Oymaklar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>363</v>
+        <v>445</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057501912</t>
+          <t>9786057501158</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Terörizm ile Ekonomik Finansal Göstergeler Arasındaki İlişki</t>
+          <t>Yelkenler Fora</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>342</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057501813</t>
+          <t>9786257049924</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Taşmedrese Sohbetleri</t>
+          <t>Türk Jandarma Teşkilatında Düzenleme Çalışmaları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>713</v>
+        <v>323</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057634542</t>
+          <t>9786257049337</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti'ni Yeniden Düşünmek</t>
+          <t>Hatay Sorununun İzmir Basınında Yansımaları (1936-1939)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>897</v>
+        <v>607</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257457224</t>
+          <t>9786057634399</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Kadın: Başlangıcından Günümüze</t>
+          <t>El-Kifaye Fi’l-Hidaye</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>465</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256284029</t>
+          <t>9786052030455</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ahmet ve Kanatları</t>
+          <t>Klasik Mantık</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>170</v>
+        <v>363</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256591066</t>
+          <t>9786057501912</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Başak İstiklal Uğrunda</t>
+          <t>Terörizm ile Ekonomik Finansal Göstergeler Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>435</v>
+        <v>342</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258365726</t>
+          <t>9786057501813</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Son Ermeni Islahatı Projesi/süreci (1912-1914)</t>
+          <t>Taşmedrese Sohbetleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>367.5</v>
+        <v>713</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057501288</t>
+          <t>9786057634542</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kuşu Ağzı Sözlüğü</t>
+          <t>Türkiye Cumhuriyeti'ni Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>584</v>
+        <v>897</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257457453</t>
+          <t>9786257457224</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Tarihinde Doğu Akdeniz</t>
+          <t>Türk Tarihinde Kadın: Başlangıcından Günümüze</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>683</v>
+        <v>465</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257457750</t>
+          <t>9786256284029</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İttihat Ve Terakki Cemiyetinin Irak Misyonu</t>
+          <t>Ahmet ve Kanatları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>457</v>
+        <v>170</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057634023</t>
+          <t>9786256591066</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Katolik Hıristiyanlıkta Azizlik</t>
+          <t>İsmail Hakkı Başak İstiklal Uğrunda</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>563</v>
+        <v>435</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059661621</t>
+          <t>9786258365726</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi'nin Doğu Karadeniz Gezisi</t>
+          <t>Son Ermeni Islahatı Projesi/süreci (1912-1914)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>331</v>
+        <v>367.5</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057501738</t>
+          <t>9786057501288</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sistemi ve Devlet Bahçeli</t>
+          <t>Kuşu Ağzı Sözlüğü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>268</v>
+        <v>584</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057634351</t>
+          <t>9786257457453</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Een Leven, Volledig Toegewijd Aan De Publieke Zaak Devlet Bahçeli</t>
+          <t>Başlangıcından Günümüze Türk Tarihinde Doğu Akdeniz</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>481</v>
+        <v>683</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052030516</t>
+          <t>9786257457750</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Memoratlar - Astral Dünya Mitolojik Boyut</t>
+          <t>İttihat Ve Terakki Cemiyetinin Irak Misyonu</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>310</v>
+        <v>457</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789752678972</t>
+          <t>9786057634023</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İnanç Turizmi Açısından Türkiye'de Dini Mekanlar</t>
+          <t>Katolik Hıristiyanlıkta Azizlik</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>869</v>
+        <v>563</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752678477</t>
+          <t>9786059661621</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İlmi Makaleler Cilt: 1</t>
+          <t>Evliya Çelebi'nin Doğu Karadeniz Gezisi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>700</v>
+        <v>331</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789752679658</t>
+          <t>9786057501738</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sansür</t>
+          <t>Cumhurbaşkanlığı Hükümet Sistemi ve Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>526</v>
+        <v>268</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752672031</t>
+          <t>9786057634351</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Taç Giyen Millet</t>
+          <t>Een Leven, Volledig Toegewijd Aan De Publieke Zaak Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>369</v>
+        <v>481</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752677487</t>
+          <t>9786052030516</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1</t>
+          <t>Memoratlar - Astral Dünya Mitolojik Boyut</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>1100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789752674196</t>
+          <t>9789752678972</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Vatikan</t>
+          <t>İnanç Turizmi Açısından Türkiye'de Dini Mekanlar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>350</v>
+        <v>869</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752672949</t>
+          <t>9789752678477</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Alaeddin Ali es-Semerkandi ve Menakıb-Namesi</t>
+          <t>İlmi Makaleler Cilt: 1</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>271</v>
+        <v>700</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059661843</t>
+          <t>9789752679658</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan'a Karşı Sumgayıt Tezgahı (Ciltli)</t>
+          <t>Türkiye'de Sansür</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>591</v>
+        <v>526</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059661799</t>
+          <t>9789752672031</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Fark Etmeli İnsan</t>
+          <t>Taç Giyen Millet</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>379</v>
+        <v>369</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786056848810</t>
+          <t>9789752677487</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dağı</t>
+          <t>Makaleler 1</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>240</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052030806</t>
+          <t>9789752674196</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Duydum ve Gördüm ki! O Bir Hayat Kitabıdır</t>
+          <t>Vatikan</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>591</v>
+        <v>350</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059661560</t>
+          <t>9789752672949</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Soyu</t>
+          <t>Şeyh Alaeddin Ali es-Semerkandi ve Menakıb-Namesi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>297</v>
+        <v>271</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059661515</t>
+          <t>9786059661843</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlı Sadrazamı Ahmet Tevfik Paşa</t>
+          <t>Azerbaycan'a Karşı Sumgayıt Tezgahı (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>803</v>
+        <v>591</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>3990000029496</t>
+          <t>9786059661799</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Dede</t>
+          <t>İnsanı Fark Etmeli İnsan</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>192.5</v>
+        <v>379</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059661492</t>
+          <t>9786056848810</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğulları Devrinde</t>
+          <t>Gönül Dağı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059661324</t>
+          <t>9786052030806</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Efeleri</t>
+          <t>Kur'an'ı Duydum ve Gördüm ki! O Bir Hayat Kitabıdır</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>180</v>
+        <v>591</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059912792</t>
+          <t>9786059661560</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Osmanlıda Felsefe - Mehmet Arif Bey'in Felsefi Görüşleri</t>
+          <t>Atatürk'ün Soyu</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>467</v>
+        <v>297</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059912808</t>
+          <t>9786059661515</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Karabağ Sorunu ve Türkiye - Ermenistan İlişkileri</t>
+          <t>Son Osmanlı Sadrazamı Ahmet Tevfik Paşa</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>500</v>
+        <v>803</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789752678828</t>
+          <t>3990000029496</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Boz Gurdun Balaları</t>
+          <t>Oğuz Dede</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>160</v>
+        <v>192.5</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752672604</t>
+          <t>9786059661492</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Bu Vatana Sevdalıyız</t>
+          <t>Karamanoğulları Devrinde</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>369</v>
+        <v>550</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059661300</t>
+          <t>9786059661324</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>MHP’nin Hayır’ları ve Değişim Operasyonu</t>
+          <t>Cennetin Efeleri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>869</v>
+        <v>180</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059912976</t>
+          <t>9786059912792</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>1930 Sonun Başlangıcı</t>
+          <t>19. Yüzyılda Osmanlıda Felsefe - Mehmet Arif Bey'in Felsefi Görüşleri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>266</v>
+        <v>467</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059912983</t>
+          <t>9786059912808</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitap</t>
+          <t>Karabağ Sorunu ve Türkiye - Ermenistan İlişkileri</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752670747</t>
+          <t>9789752678828</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Hanlığı</t>
+          <t>Boz Gurdun Balaları</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752678958</t>
+          <t>9789752672604</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ülkü</t>
+          <t>Hepimiz Bu Vatana Sevdalıyız</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>818</v>
+        <v>369</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752675315</t>
+          <t>9786059661300</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğretimi</t>
+          <t>MHP’nin Hayır’ları ve Değişim Operasyonu</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>310</v>
+        <v>869</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789752671638</t>
+          <t>9786059912976</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Sarı Paşa İnsan Atatürk</t>
+          <t>1930 Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>525</v>
+        <v>266</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752676114</t>
+          <t>9786059912983</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Para Banka ve Finansal Sistem</t>
+          <t>Kara Kitap</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>882</v>
+        <v>500</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752675490</t>
+          <t>9789752670747</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Misyonerlikten Diyaloğa Türkiye</t>
+          <t>Çağatay Hanlığı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>781</v>
+        <v>265</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752670556</t>
+          <t>9789752678958</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1</t>
+          <t>Ülkü</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>663</v>
+        <v>818</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789752672826</t>
+          <t>9789752675315</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Türk Halk İnançları</t>
+          <t>Satranç Öğretimi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>253</v>
+        <v>310</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752678521</t>
+          <t>9789752671638</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Kemal</t>
+          <t>Sarı Paşa İnsan Atatürk</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>465</v>
+        <v>525</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752673007</t>
+          <t>9789752676114</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Dili</t>
+          <t>Para Banka ve Finansal Sistem</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>347</v>
+        <v>882</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789752676893</t>
+          <t>9789752675490</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlaştırılan Türkler Çuvaşlar</t>
+          <t>Misyonerlikten Diyaloğa Türkiye</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>591</v>
+        <v>781</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752673212</t>
+          <t>9789752670556</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Bosna Hersek Vahşeti ve Dünya Kamuoyu</t>
+          <t>Makaleler 1</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>370</v>
+        <v>663</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789752675551</t>
+          <t>9789752672826</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kültür Coğrafyasında Erenler</t>
+          <t>İslamiyet ve Türk Halk İnançları</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>568</v>
+        <v>253</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752676473</t>
+          <t>9789752678521</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılın İlk Çeyreğinde Anadolu’da Bozdoğan Yörükleri</t>
+          <t>İngiliz Kemal</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>562</v>
+        <v>465</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059912600</t>
+          <t>9789752673007</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Urallara Doğru</t>
+          <t>Hüznün Dili</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>545</v>
+        <v>347</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059661577</t>
+          <t>9789752676893</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hunları</t>
+          <t>Hıristiyanlaştırılan Türkler Çuvaşlar</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>380</v>
+        <v>591</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059912273</t>
+          <t>9789752673212</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Oyun - 1915 Olaylarının Gerçek Yüzü 2</t>
+          <t>Bosna Hersek Vahşeti ve Dünya Kamuoyu</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>506</v>
+        <v>370</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059912174</t>
+          <t>9789752675551</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sen Ölmedikçe Vatan Bölünmez</t>
+          <t>Anadolu Kültür Coğrafyasında Erenler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>616</v>
+        <v>568</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059912068</t>
+          <t>9789752676473</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Beni</t>
+          <t>18. Yüzyılın İlk Çeyreğinde Anadolu’da Bozdoğan Yörükleri</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>628</v>
+        <v>562</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257457002</t>
+          <t>9786059912600</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Birinci Meclis Kütahya Mebusu Yusuf Cemil Bey’in Simav Günlüğü</t>
+          <t>Urallara Doğru</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>146</v>
+        <v>545</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257254663</t>
+          <t>9786059661577</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Müslüman Oldular?</t>
+          <t>Avrupa Hunları</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>231</v>
+        <v>380</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257254472</t>
+          <t>9786059912273</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 1. Cilt</t>
+          <t>Bozuk Oyun - 1915 Olaylarının Gerçek Yüzü 2</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>869</v>
+        <v>506</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257254892</t>
+          <t>9786059912174</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kesme Salkım Söğüt Saçlarını</t>
+          <t>Sen Ölmedikçe Vatan Bölünmez</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>180</v>
+        <v>616</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257254021</t>
+          <t>9786059912068</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt: Toros - Rauf Denktaş'a Armağan</t>
+          <t>Hatırla Beni</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>955</v>
+        <v>628</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257254106</t>
+          <t>9786257457002</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusu’nda Bir Doktrin Olarak Küçük Harekat</t>
+          <t>Birinci Meclis Kütahya Mebusu Yusuf Cemil Bey’in Simav Günlüğü</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>220</v>
+        <v>146</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057634719</t>
+          <t>9786257254663</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Vatan Konulu Şiirler Antolojisi</t>
+          <t>Nasıl Müslüman Oldular?</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>352</v>
+        <v>231</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057634788</t>
+          <t>9786257254472</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türk Yurdu Fergana Vadisi ve Büyük Güçlerin Hakimiyet Mücadelesi</t>
+          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 1. Cilt</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>591</v>
+        <v>869</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257254250</t>
+          <t>9786257254892</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Milli Güvenlik Dersleri Tarihi (1926-2012)</t>
+          <t>Kesme Salkım Söğüt Saçlarını</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>654</v>
+        <v>180</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257254113</t>
+          <t>9786257254021</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Lübnan Ermeni Diasporası</t>
+          <t>Yalnız Kurt: Toros - Rauf Denktaş'a Armağan</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>493</v>
+        <v>955</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057634795</t>
+          <t>9786257254106</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişimde Karizmatik Liderlik: Devlet Bahçeli</t>
+          <t>Türk Ordusu’nda Bir Doktrin Olarak Küçük Harekat</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>379</v>
+        <v>220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057634054</t>
+          <t>9786057634719</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Memlük Sultanlığı</t>
+          <t>Vatan Konulu Şiirler Antolojisi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>287</v>
+        <v>352</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057634276</t>
+          <t>9786057634788</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu Muharebeleri 1915</t>
+          <t>Kadim Türk Yurdu Fergana Vadisi ve Büyük Güçlerin Hakimiyet Mücadelesi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>536</v>
+        <v>591</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052030486</t>
+          <t>9786257254250</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Küresel ve Bölgesel Perspektiften Doğu Akdeniz Güvenliği</t>
+          <t>Milli Güvenlik Dersleri Tarihi (1926-2012)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>748</v>
+        <v>654</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052030448</t>
+          <t>9786257254113</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kabak Tadı</t>
+          <t>Lübnan Ermeni Diasporası</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>215</v>
+        <v>493</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057634580</t>
+          <t>9786057634795</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İpeğe Sarılmış Çelik</t>
+          <t>Siyasal İletişimde Karizmatik Liderlik: Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>829</v>
+        <v>379</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059912419</t>
+          <t>9786057634054</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş ve Kuruluşta Milletvekili Gözüyle Gazi Mustafa Kemal Paşa (1920-1923)</t>
+          <t>Memlük Sultanlığı</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>457</v>
+        <v>287</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786255893116</t>
+          <t>9786057634276</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devleti Döneminde Doğal Afetler ve Salgın Hastalıklar</t>
+          <t>Gelibolu Muharebeleri 1915</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>370</v>
+        <v>536</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786256591622</t>
+          <t>9786052030486</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’dan Türkiye’ye Türklerde Şehircilik</t>
+          <t>Küresel ve Bölgesel Perspektiften Doğu Akdeniz Güvenliği</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>650</v>
+        <v>748</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059661218</t>
+          <t>9786052030448</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Şiddet ve Örgütsel Sessizlik</t>
+          <t>Kabak Tadı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>375</v>
+        <v>215</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059912228</t>
+          <t>9786057634580</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Akıl Medeniyeti (Ciltli)</t>
+          <t>İpeğe Sarılmış Çelik</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>750</v>
+        <v>829</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057697615</t>
+          <t>9786059912419</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirin Neşesi Halil Soyuer</t>
+          <t>Kurtuluş ve Kuruluşta Milletvekili Gözüyle Gazi Mustafa Kemal Paşa (1920-1923)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>397</v>
+        <v>457</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786255893031</t>
+          <t>9786255893116</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Argun Fadıl Korkut'un Romanları Üzerine Bir İnceleme</t>
+          <t>Türkiye Selçuklu Devleti Döneminde Doğal Afetler ve Salgın Hastalıklar</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>540</v>
+        <v>370</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786255893055</t>
+          <t>9786256591622</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Modern Kamboçya</t>
+          <t>Türkistan’dan Türkiye’ye Türklerde Şehircilik</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>744</v>
+        <v>650</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786256591431</t>
+          <t>9786059661218</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’ya İşçi Göçüne Yönelik Türk Milliyetçiliği Yaklaşımı: Devlet Gazetesi Örneği (1968-1977)</t>
+          <t>Psikolojik Şiddet ve Örgütsel Sessizlik</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059912297</t>
+          <t>9786059912228</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Cesur ve Yenilikçi Bir Siyasetname</t>
+          <t>Akıl Medeniyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>520</v>
+        <v>750</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789752674189</t>
+          <t>9786057697615</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Evanjelikler</t>
+          <t>Türk Şiirin Neşesi Halil Soyuer</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>350</v>
+        <v>397</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789752679023</t>
+          <t>9786255893031</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Kahramanlık Destanı Antep</t>
+          <t>Argun Fadıl Korkut'un Romanları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789752672444</t>
+          <t>9786255893055</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre ve Tasavvuf Felsefesi</t>
+          <t>Modern Kamboçya</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>220</v>
+        <v>744</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789752676053</t>
+          <t>9786256591431</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Zaman</t>
+          <t>Avrupa’ya İşçi Göçüne Yönelik Türk Milliyetçiliği Yaklaşımı: Devlet Gazetesi Örneği (1968-1977)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789752673908</t>
+          <t>9786059912297</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Şehri Sırtlamak İsteyen Adamlar</t>
+          <t>Osmanlı Devleti’nde Cesur ve Yenilikçi Bir Siyasetname</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>253</v>
+        <v>520</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059912815</t>
+          <t>9789752674189</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Radikal Reformistler - Hıristiyanlıkta Anabaptist Hareket</t>
+          <t>Evanjelikler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>635</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789752677357</t>
+          <t>9789752679023</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Türk'ün Kahramanlık Destanı Antep</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>124</v>
+        <v>260</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789752675544</t>
+          <t>9789752672444</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Yunus Emre ve Tasavvuf Felsefesi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>259</v>
+        <v>220</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789752677395</t>
+          <t>9789752676053</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Türkiye Türkçesinde Zaman</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789752677364</t>
+          <t>9789752673908</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Pancarcı Çocuk</t>
+          <t>Şehri Sırtlamak İsteyen Adamlar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>93</v>
+        <v>253</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789752676169</t>
+          <t>9786059912815</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Dişi Kurtun Çocukları</t>
+          <t>Radikal Reformistler - Hıristiyanlıkta Anabaptist Hareket</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>658</v>
+        <v>635</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789752677418</t>
+          <t>9789752677357</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>112</v>
+        <v>124</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752678842</t>
+          <t>9789752675544</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Harşit Havzasında Çepniler</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>465</v>
+        <v>259</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257254069</t>
+          <t>9789752677395</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Rus Çarlığı ve Osmanlı İmparatorluğu Modernleşme Süreçleri (1682-1905)</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>616</v>
+        <v>130</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786056848827</t>
+          <t>9789752677364</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Safevi İlişkilerinin Diplomatik Dili</t>
+          <t>Pancarcı Çocuk</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>297</v>
+        <v>93</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257049689</t>
+          <t>9789752676169</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülaziz Darbesi ve Sabık Sultanın Ölümü</t>
+          <t>Dişi Kurtun Çocukları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>146</v>
+        <v>658</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057634993</t>
+          <t>9789752677418</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Asyaya Açılan Kapısı Üsküdar</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>420</v>
+        <v>112</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257049856</t>
+          <t>9789752678842</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı Öncesi Osmanlı Devleti’nin Adalarda Hakimiyet Mücadelesi</t>
+          <t>Harşit Havzasında Çepniler</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>442</v>
+        <v>465</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257049047</t>
+          <t>9786257254069</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Enerji Boru Hatları ve Türkiye’nin Jeopolitiği</t>
+          <t>Rus Çarlığı ve Osmanlı İmparatorluğu Modernleşme Süreçleri (1682-1905)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>315</v>
+        <v>616</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257049801</t>
+          <t>9786056848827</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Life Dedicated To The Cause Devlet Bahçeli</t>
+          <t>Osmanlı Safevi İlişkilerinin Diplomatik Dili</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>481</v>
+        <v>297</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057634955</t>
+          <t>9786257049689</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Siyasi, Askeri ve İktisadi Yönleriyle 1848 Devrimleri ve Osmanlı Devleti’ne Etkileri</t>
+          <t>Sultan Abdülaziz Darbesi ve Sabık Sultanın Ölümü</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>781</v>
+        <v>146</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786256591868</t>
+          <t>9786057634993</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Askeri Ebulfez Elçi Bey'e Armağan</t>
+          <t>İstanbul’un Asyaya Açılan Kapısı Üsküdar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>820</v>
+        <v>420</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786256284555</t>
+          <t>9786257049856</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Medyada Düşürülmüş Maskeler 6</t>
+          <t>Birinci Dünya Savaşı Öncesi Osmanlı Devleti’nin Adalarda Hakimiyet Mücadelesi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>1150</v>
+        <v>442</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786256284494</t>
+          <t>9786257049047</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Beslediğiniz Kurtların Savaşı</t>
+          <t>Enerji Boru Hatları ve Türkiye’nin Jeopolitiği</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>350</v>
+        <v>315</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786256591462</t>
+          <t>9786257049801</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Milli İstihbarat Teşkilatı</t>
+          <t>Life Dedicated To The Cause Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>370</v>
+        <v>481</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786256284876</t>
+          <t>9786057634955</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Suna İle Kardeşleri ve Sifon</t>
+          <t>Siyasi, Askeri ve İktisadi Yönleriyle 1848 Devrimleri ve Osmanlı Devleti’ne Etkileri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>445</v>
+        <v>781</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789752673373</t>
+          <t>9786256591868</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrası Silahlanma</t>
+          <t>Atatürk'ün Askeri Ebulfez Elçi Bey'e Armağan</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>635</v>
+        <v>820</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052030325</t>
+          <t>9786256284555</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Bende Yanan Türkü Sende Sönüyor</t>
+          <t>Medyada Düşürülmüş Maskeler 6</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>167</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752673298</t>
+          <t>9786256284494</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kore Kahramanı Şehit BNB. Lütfü Bülgin Hayatı ve Kahramanlığı</t>
+          <t>Beslediğiniz Kurtların Savaşı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>506</v>
+        <v>350</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257049450</t>
+          <t>9786256591462</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Türk-İslam Devletleri ve Orta Çağ’da Avrupa</t>
+          <t>Milli İstihbarat Teşkilatı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>700</v>
+        <v>370</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057634801</t>
+          <t>9786256284876</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Zübdetü İlmi'l-Kelam (Kelam İlminin Özü)</t>
+          <t>Suna İle Kardeşleri ve Sifon</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>400</v>
+        <v>445</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786256591028</t>
+          <t>9789752673373</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Türklüğüm Ebedidir</t>
+          <t>Soğuk Savaş Sonrası Silahlanma</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>398</v>
+        <v>635</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786256428973</t>
+          <t>9786052030325</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Tarihinde Balkanlar Coğrafyası</t>
+          <t>Bende Yanan Türkü Sende Sönüyor</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>568</v>
+        <v>167</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786256428607</t>
+          <t>9789752673298</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi Yazıları</t>
+          <t>Kore Kahramanı Şehit BNB. Lütfü Bülgin Hayatı ve Kahramanlığı</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>910</v>
+        <v>506</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786256428324</t>
+          <t>9786257049450</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Şiddete Maruz Kalan Kadınlar</t>
+          <t>İslam Tarihi Türk-İslam Devletleri ve Orta Çağ’da Avrupa</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>237</v>
+        <v>700</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786256428294</t>
+          <t>9786057634801</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Harcamalar Ve Yoksulluk İlişkisi</t>
+          <t>Zübdetü İlmi'l-Kelam (Kelam İlminin Özü)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258365863</t>
+          <t>9786256591028</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Tarihle Yaşamak Prof. Dr. Refik Turan</t>
+          <t>Türklüğüm Ebedidir</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>1480</v>
+        <v>398</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258365856</t>
+          <t>9786256428973</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Yolunda Bir Ömür Prof. Dr. Mehmet Şahingöz’e Armağan</t>
+          <t>Başlangıcından Günümüze Türk Tarihinde Balkanlar Coğrafyası</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>1138</v>
+        <v>568</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258365139</t>
+          <t>9786256428607</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri-2</t>
+          <t>Dinler Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>310</v>
+        <v>910</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257457989</t>
+          <t>9786256428324</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Türk Halk İnanmalarında Büyü</t>
+          <t>Türkiye’de Şiddete Maruz Kalan Kadınlar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>218</v>
+        <v>237</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258365511</t>
+          <t>9786256428294</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kahraman</t>
+          <t>Türkiye’de Sosyal Harcamalar Ve Yoksulluk İlişkisi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>227</v>
+        <v>350</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258365399</t>
+          <t>9786258365863</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Ölçüsü</t>
+          <t>Bir Ömür Tarihle Yaşamak Prof. Dr. Refik Turan</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>136</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257457194</t>
+          <t>9786258365856</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Devlet Anlayışı</t>
+          <t>Türk Dünyası Yolunda Bir Ömür Prof. Dr. Mehmet Şahingöz’e Armağan</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>765</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257457583</t>
+          <t>9786258365139</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasetinde Toplumsal Vicdan Liderliği Devlet Bahçeli Modeli</t>
+          <t>Halkbilimi İncelemeleri-2</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>587</v>
+        <v>310</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059661331</t>
+          <t>9786257457989</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Milletin Derdiyle Dertlenen Bir Hisli Yürek - Mehmet Akif Ersoy</t>
+          <t>Yaşayan Türk Halk İnanmalarında Büyü</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>287</v>
+        <v>218</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752679634</t>
+          <t>9786258365511</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Leyleği</t>
+          <t>Kahraman</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>265</v>
+        <v>227</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052030998</t>
+          <t>9786258365399</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>El Kaide, Işid ve Boko Haram</t>
+          <t>Sevginin Ölçüsü</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>312</v>
+        <v>136</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057501844</t>
+          <t>9786257457194</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Nurhak Tarihi ve Kültürü</t>
+          <t>Tarihten Günümüze Devlet Anlayışı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>1100</v>
+        <v>765</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059912440</t>
+          <t>9786257457583</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Taş Medrese'den Mektuplar</t>
+          <t>Türk Siyasetinde Toplumsal Vicdan Liderliği Devlet Bahçeli Modeli</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>312</v>
+        <v>587</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052030158</t>
+          <t>9786059661331</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>FETÖ İhaneti ve Devlet Bahçeli Gerçeği</t>
+          <t>Milletin Derdiyle Dertlenen Bir Hisli Yürek - Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>280</v>
+        <v>287</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059661928</t>
+          <t>9789752679634</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ötüken Yolcuları</t>
+          <t>Mutluluk Leyleği</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>597</v>
+        <v>265</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789752672772</t>
+          <t>9786052030998</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Kamuoyunda Kore Harbi</t>
+          <t>El Kaide, Işid ve Boko Haram</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>268</v>
+        <v>312</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786257049382</t>
+          <t>9786057501844</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlere Giriş</t>
+          <t>Nurhak Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>181</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786257049818</t>
+          <t>9786059912440</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Hilal-i Ahmer Cemiyeti ve Gençlik Teşkilatı</t>
+          <t>Taş Medrese'den Mektuplar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>170</v>
+        <v>312</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786257049627</t>
+          <t>9786052030158</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İran Tarihi</t>
+          <t>FETÖ İhaneti ve Devlet Bahçeli Gerçeği</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>303</v>
+        <v>280</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057634917</t>
+          <t>9786059661928</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Viyana’ya Taşınan İlim</t>
+          <t>Ötüken Yolcuları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>283</v>
+        <v>597</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258365320</t>
+          <t>9789752672772</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İstikbal Ve İstiklal</t>
+          <t>Amerikan Kamuoyunda Kore Harbi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>506</v>
+        <v>268</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789752676121</t>
+          <t>9786257049382</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürünün Ana Hatları</t>
+          <t>Sosyal Bilimlere Giriş</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>990</v>
+        <v>181</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789752673786</t>
+          <t>9786257049818</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm ve Eski Türk Dini</t>
+          <t>Dünden Bugüne Hilal-i Ahmer Cemiyeti ve Gençlik Teşkilatı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>352</v>
+        <v>170</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059661539</t>
+          <t>9786257049627</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Etnolojisinde Hemşinliler - Horumlar - Gregoryenler - Lazlar</t>
+          <t>İran Tarihi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>625</v>
+        <v>303</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789752677173</t>
+          <t>9786057634917</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Hindistan'da Türkler</t>
+          <t>İstanbul’dan Viyana’ya Taşınan İlim</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>315</v>
+        <v>283</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789752676855</t>
+          <t>9786258365320</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Spor</t>
+          <t>İstikbal Ve İstiklal</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>268</v>
+        <v>506</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789752672536</t>
+          <t>9789752676121</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Kilisesi ve Türkler</t>
+          <t>Türk Kültürünün Ana Hatları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>401</v>
+        <v>990</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257254205</t>
+          <t>9789752673786</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Plotinos ve Farabi'de Estetik ve Güzellik</t>
+          <t>Şamanizm ve Eski Türk Dini</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>265</v>
+        <v>352</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257254700</t>
+          <t>9786059661539</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Arşivlerine Göre Ahıskalı Türklerin Sürgünü</t>
+          <t>Anadolu Türk Etnolojisinde Hemşinliler - Horumlar - Gregoryenler - Lazlar</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>410</v>
+        <v>625</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057634887</t>
+          <t>9789752677173</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Zbigniew Brzezinski</t>
+          <t>Hindistan'da Türkler</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>810</v>
+        <v>315</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057501745</t>
+          <t>9789752676855</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Davaya Adanmış Ömür - Devlet Bahçeli</t>
+          <t>İletişim ve Spor</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>468</v>
+        <v>268</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256428959</t>
+          <t>9789752672536</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan’da Türkler Asimilasyon Politikaları ve Algı</t>
+          <t>Ermeni Kilisesi ve Türkler</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>600</v>
+        <v>401</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258365849</t>
+          <t>9786257254205</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi Yazıları</t>
+          <t>Plotinos ve Farabi'de Estetik ve Güzellik</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>853</v>
+        <v>265</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256591646</t>
+          <t>9786257254700</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Suriye Krizinin Türkiye'ye Etkileri Göç ve İstihdam</t>
+          <t>Sovyet Arşivlerine Göre Ahıskalı Türklerin Sürgünü</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>460</v>
+        <v>410</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256284982</t>
+          <t>9786057634887</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Çadırın Ocağı</t>
+          <t>Zbigniew Brzezinski</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>225</v>
+        <v>810</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786258365771</t>
+          <t>9786057501745</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Diplomat Jefferson Patterson’ın Notlarında Türkiye Tarihi</t>
+          <t>Davaya Adanmış Ömür - Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>158</v>
+        <v>468</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786258365825</t>
+          <t>9786256428959</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Amerikan Board Misyonerleri</t>
+          <t>Bulgaristan’da Türkler Asimilasyon Politikaları ve Algı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>398</v>
+        <v>600</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257457552</t>
+          <t>9786258365849</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Askeri Mecmua'da Birinci Dünya Savaşı - Türk Cepheleri</t>
+          <t>Dinler Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>315</v>
+        <v>853</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257457774</t>
+          <t>9786256591646</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret Ve Finansal Gelişme</t>
+          <t>Suriye Krizinin Türkiye'ye Etkileri Göç ve İstihdam</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256284685</t>
+          <t>9786256284982</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Tarihinden Toplumuna, Toplumundan Edebiyat ve Şiirine İngiltere'nin 400 Yılı: 1500-1900</t>
+          <t>Çadırın Ocağı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>800</v>
+        <v>225</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256284692</t>
+          <t>9786258365771</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Kanatlarında "Aşk"ın 400 Yıllık Yolculuğu: İngiliz Edebiyatında 100 Aşk Şiiri (İngilizce ve Türkçe)</t>
+          <t>Amerikalı Diplomat Jefferson Patterson’ın Notlarında Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>700</v>
+        <v>158</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789752672703</t>
+          <t>9786258365825</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Zeka Temelli Ders Çalışma Teknikleri</t>
+          <t>Osmanlı Devleti’nde Amerikan Board Misyonerleri</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>240</v>
+        <v>398</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789752673267</t>
+          <t>9786257457552</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Zalimler ve Zavallılar</t>
+          <t>Askeri Mecmua'da Birinci Dünya Savaşı - Türk Cepheleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>455</v>
+        <v>315</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789752678293</t>
+          <t>9786257457774</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan’da Esirlerimiz</t>
+          <t>Uluslararası Ticaret Ve Finansal Gelişme</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>203.5</v>
+        <v>400</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789752673106</t>
+          <t>9786256284685</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Islıyor Beni</t>
+          <t>Tarihinden Toplumuna, Toplumundan Edebiyat ve Şiirine İngiltere'nin 400 Yılı: 1500-1900</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>222</v>
+        <v>800</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789752672789</t>
+          <t>9786256284692</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Gece</t>
+          <t>Şiirin Kanatlarında "Aşk"ın 400 Yıllık Yolculuğu: İngiliz Edebiyatında 100 Aşk Şiiri (İngilizce ve Türkçe)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789752678323</t>
+          <t>9789752672703</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Zeka Temelli Ders Çalışma Teknikleri</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>347</v>
+        <v>240</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789752674226</t>
+          <t>9789752673267</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Devlet Başkanlığı Başkanlık Tartışmaları ve Cumhurbaşkanlarımız</t>
+          <t>Zalimler ve Zavallılar</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>512</v>
+        <v>455</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789752677296</t>
+          <t>9789752678293</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Terörün Seyir Defteri</t>
+          <t>Yunanistan’da Esirlerimiz</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>342</v>
+        <v>203.5</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789752676060</t>
+          <t>9789752673106</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Anayasa Yenileme Süreci ve Temel Sorunlar</t>
+          <t>Yağmur Islıyor Beni</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>465</v>
+        <v>222</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789752672543</t>
+          <t>9789752672789</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Protestan Ermenileri</t>
+          <t>Uzun Bir Gece</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789752676572</t>
+          <t>9789752678323</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nereye Gidiyor?</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>587</v>
+        <v>347</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789758736362</t>
+          <t>9789752674226</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Tarihinin Kaynakları</t>
+          <t>Türklerde Devlet Başkanlığı Başkanlık Tartışmaları ve Cumhurbaşkanlarımız</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>745</v>
+        <v>512</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789752676503</t>
+          <t>9789752677296</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Türk-Hun Tarihi</t>
+          <t>Türkiye’de Terörün Seyir Defteri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>713</v>
+        <v>342</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789752672987</t>
+          <t>9789752676060</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Jeopolitik</t>
+          <t>Türkiye’de Anayasa Yenileme Süreci ve Temel Sorunlar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>431</v>
+        <v>465</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789752671836</t>
+          <t>9789752672543</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında 1965 Seçimleri</t>
+          <t>Türkiye Protestan Ermenileri</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>830</v>
+        <v>400</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789752673410</t>
+          <t>9789752676572</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkılap Tarihi ve Atatürk İlkeleri</t>
+          <t>Türkiye Nereye Gidiyor?</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>789</v>
+        <v>587</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786257049146</t>
+          <t>9789758736362</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Siyaseti</t>
+          <t>Türkiye Cumhuriyeti Tarihinin Kaynakları</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>491</v>
+        <v>745</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789752673854</t>
+          <t>9789752676503</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukuku</t>
+          <t>Türk-Hun Tarihi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>635</v>
+        <v>713</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789752675438</t>
+          <t>9789752672987</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Tükenmez Kalemin Tükenmezliği</t>
+          <t>Türkçe Jeopolitik</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>275</v>
+        <v>431</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789752673397</t>
+          <t>9789752671836</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Tunalı’dan Beydili’ye</t>
+          <t>Türk Siyasi Hayatında 1965 Seçimleri</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>342</v>
+        <v>830</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789752670112</t>
+          <t>9789752673410</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Toponim Teknikleri ve Kafkasya-Borçalı Yer Adları</t>
+          <t>Türk İnkılap Tarihi ve Atatürk İlkeleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>205</v>
+        <v>789</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789752671980</t>
+          <t>9786257049146</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Meşrutiyyet ve Şark Mesele-i Hazırası</t>
+          <t>Türk Dış Siyaseti</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>253</v>
+        <v>491</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789752675957</t>
+          <t>9789752673854</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Dağına Kar Yağıyor Bu Gece</t>
+          <t>Türk Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>203.5</v>
+        <v>635</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789752673144</t>
+          <t>9789752675438</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Şu Boğaz Harbi</t>
+          <t>Tükenmez Kalemin Tükenmezliği</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>287</v>
+        <v>275</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789752671676</t>
+          <t>9789752673397</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Şok</t>
+          <t>Tunalı’dan Beydili’ye</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>316</v>
+        <v>342</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789752676213</t>
+          <t>9789752670112</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Söz Bize Düşünce</t>
+          <t>Toponim Teknikleri ve Kafkasya-Borçalı Yer Adları</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>400</v>
+        <v>205</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789752672671</t>
+          <t>9789752671980</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Dönemi Türkmen Folkloru</t>
+          <t>Tarih-i Meşrutiyyet ve Şark Mesele-i Hazırası</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>558</v>
+        <v>253</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789752673892</t>
+          <t>9789752675957</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Sulara Uzaktan Bakmak</t>
+          <t>Tanrı Dağına Kar Yağıyor Bu Gece</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>253</v>
+        <v>203.5</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789752674646</t>
+          <t>9789752673144</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Siyasete Dair Yazılar</t>
+          <t>Şu Boğaz Harbi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>781</v>
+        <v>287</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789752676961</t>
+          <t>9789752671676</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Güç, Denge Bağlamında Türk Boğazları</t>
+          <t>Şok</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>635</v>
+        <v>316</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789752676664</t>
+          <t>9789752676213</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Siyah Altın Peşinde Hazar’da Bin Yıl</t>
+          <t>Söz Bize Düşünce</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>342</v>
+        <v>400</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789752672994</t>
+          <t>9789752672671</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Seyr ü Sefer</t>
+          <t>Sovyet Dönemi Türkmen Folkloru</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>312</v>
+        <v>558</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789752673694</t>
+          <t>9789752673892</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Sulara Uzaktan Bakmak</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>954</v>
+        <v>253</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789752673717</t>
+          <t>9789752674646</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Rumelili Za’ifi Divanı</t>
+          <t>Siyasete Dair Yazılar</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>616</v>
+        <v>781</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789752674172</t>
+          <t>9789752676961</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Reis Paşalar</t>
+          <t>Siyaset, Güç, Denge Bağlamında Türk Boğazları</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>954</v>
+        <v>635</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789752673755</t>
+          <t>9789752676664</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Realist Halk Hikayelerinden Tayyarzade Hikayesi ile Hançerli Hanım Hikayesi Üzerine Bir Tahlil Denemesi</t>
+          <t>Siyah Altın Peşinde Hazar’da Bin Yıl</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>420</v>
+        <v>342</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789752676411</t>
+          <t>9789752672994</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Enver Konukçu Armağanı (Ciltli)</t>
+          <t>Seyr ü Sefer</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>1580</v>
+        <v>312</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789752676398</t>
+          <t>9789752673694</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Pontus Euxinos Kemençe ve Horon</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>392</v>
+        <v>954</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789752672666</t>
+          <t>9789752673717</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyete Azınlıklar</t>
+          <t>Rumelili Za’ifi Divanı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>481</v>
+        <v>616</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789752676237</t>
+          <t>9789752674172</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Levant Postaları</t>
+          <t>Reis Paşalar</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>481</v>
+        <v>954</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789752675162</t>
+          <t>9789752673755</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Ciltli)</t>
+          <t>Realist Halk Hikayelerinden Tayyarzade Hikayesi ile Hançerli Hanım Hikayesi Üzerine Bir Tahlil Denemesi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>1345</v>
+        <v>420</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789752676930</t>
+          <t>9789752676411</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kafalı</t>
+          <t>Prof. Dr. Enver Konukçu Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>271</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789752672796</t>
+          <t>9789752676398</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar Ötesinde Türk Kalmak</t>
+          <t>Pontus Euxinos Kemençe ve Horon</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>342</v>
+        <v>392</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789752671621</t>
+          <t>9789752672666</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Osmanlı’dan Cumhuriyete Azınlıklar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>810</v>
+        <v>481</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789752671027</t>
+          <t>9789752676237</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Osmanlı’da Levant Postaları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>856</v>
+        <v>481</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789752670686</t>
+          <t>9789752675162</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Nutuk (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>1150</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789752671010</t>
+          <t>9789752676930</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1</t>
+          <t>Mustafa Kafalı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>882</v>
+        <v>271</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789752670648</t>
+          <t>9789752672796</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1</t>
+          <t>Sınırlar Ötesinde Türk Kalmak</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>771</v>
+        <v>342</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789752670570</t>
+          <t>9789752671621</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>1080</v>
+        <v>810</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789752676206</t>
+          <t>9789752671027</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Libya</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>380</v>
+        <v>856</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789752673052</t>
+          <t>9789752670686</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yorumunun Politik Bağlamı</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>391</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789752672482</t>
+          <t>9789752671010</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve İnsanlık</t>
+          <t>Makaleler 1</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>283</v>
+        <v>882</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789752673779</t>
+          <t>9789752670648</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kök Türk Tarihi</t>
+          <t>Makaleler 1</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>525</v>
+        <v>771</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789752675780</t>
+          <t>9789752670570</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Kazan Tatarları Arasında Milliyetçilik Akımı</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>246</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789752678378</t>
+          <t>9789752676206</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kaşgar’dan Berlin’e Portreler ve Kitaplar</t>
+          <t>Libya</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>530</v>
+        <v>380</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789752672307</t>
+          <t>9789752673052</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>İslamda Varlık Düşüncesi</t>
+          <t>Kur’an Yorumunun Politik Bağlamı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>591</v>
+        <v>391</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789752672550</t>
+          <t>9789752672482</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomi Felsefesi</t>
+          <t>Kur’an ve İnsanlık</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>572</v>
+        <v>283</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789752672406</t>
+          <t>9789752673779</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Düşünce Tarihi</t>
+          <t>Kök Türk Tarihi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>563</v>
+        <v>525</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789752673359</t>
+          <t>9789752675780</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>İlk Anayasanın Hazırlanması</t>
+          <t>Kazan Tatarları Arasında Milliyetçilik Akımı</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>400</v>
+        <v>246</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789752672437</t>
+          <t>9789752678378</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Hücre Mikrokosmos 2</t>
+          <t>Kaşgar’dan Berlin’e Portreler ve Kitaplar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>323</v>
+        <v>530</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789752672420</t>
+          <t>9789752672307</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Hayat Felsefesi</t>
+          <t>İslamda Varlık Düşüncesi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>420</v>
+        <v>591</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789752676190</t>
+          <t>9789752672550</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Gottfried Wilhelm Leibniz Felsefesinde Bilgi Teorisi ve Mantık</t>
+          <t>İslam Ekonomi Felsefesi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>506</v>
+        <v>572</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>3990000002206</t>
+          <t>9789752672406</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Toplumsal Uyumuna Sosyo-Psikolojik Bakış</t>
+          <t>İlkçağ Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>260</v>
+        <v>563</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789752673182</t>
+          <t>9789752673359</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Edebiyat</t>
+          <t>İlk Anayasanın Hazırlanması</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>686</v>
+        <v>400</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789752673335</t>
+          <t>9789752672437</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Fahri Kaya</t>
+          <t>Hücre Mikrokosmos 2</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>686</v>
+        <v>323</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789752672314</t>
+          <t>9789752672420</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Sırları</t>
+          <t>Hayat Felsefesi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789752672512</t>
+          <t>9789752676190</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ermeniler, Tehcir ve Sonrası</t>
+          <t>Gottfried Wilhelm Leibniz Felsefesinde Bilgi Teorisi ve Mantık</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>658</v>
+        <v>506</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789752673250</t>
+          <t>3990000002206</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Emperyal Bir Araç Olarak Rum-Pontus Sorunu (1908-1918)</t>
+          <t>Gençliğin Toplumsal Uyumuna Sosyo-Psikolojik Bakış</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>331</v>
+        <v>260</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>3990000004809</t>
+          <t>9789752673182</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Makaleler Cilt 1</t>
+          <t>Folklor ve Edebiyat</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>916</v>
+        <v>686</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789752676770</t>
+          <t>9789752673335</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Hesap Verebilirlik</t>
+          <t>Fahri Kaya</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>380</v>
+        <v>686</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789752672291</t>
+          <t>9789752672314</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Dinlerin Kökeni</t>
+          <t>Evrenin Sırları</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>572</v>
+        <v>380</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789752676404</t>
+          <t>9789752672512</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dinler Arası Diyalog</t>
+          <t>Ermeniler, Tehcir ve Sonrası</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>363</v>
+        <v>658</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789752673687</t>
+          <t>9789752673250</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Dini Azınlıklar ve Türk Hoşgörüsü</t>
+          <t>Emperyal Bir Araç Olarak Rum-Pontus Sorunu (1908-1918)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>536</v>
+        <v>331</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789752673021</t>
+          <t>3990000004809</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Doğu Anadolu’ya Yapılan Kamu Harcamaları (1960-1980)</t>
+          <t>Makaleler Cilt 1</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>897</v>
+        <v>916</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789752676183</t>
+          <t>9789752676770</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>BOP, Arap Baharı ve Suriye Meselesi Işığında Mayın Temizleme İsrail ve AKP</t>
+          <t>Eğitimde Hesap Verebilirlik</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789752676992</t>
+          <t>9789752672291</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Birinci Öğretmenler Kongresi Selanik 1911</t>
+          <t>Dinlerin Kökeni</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>380</v>
+        <v>572</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789752676633</t>
+          <t>9789752676404</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşında İran Coğrafyasında Etnik, Dini ve Siyasi Nüfuz Mücadeleleri</t>
+          <t>Dinler Arası Diyalog</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>359</v>
+        <v>363</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789752671034</t>
+          <t>9789752673687</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 3</t>
+          <t>Dini Azınlıklar ve Türk Hoşgörüsü</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>897</v>
+        <v>536</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789752673724</t>
+          <t>9789752673021</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Bir Modernleşme Aracı Olarak - Tokat Halkevi</t>
+          <t>Cumhuriyet Döneminde Doğu Anadolu’ya Yapılan Kamu Harcamaları (1960-1980)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>410</v>
+        <v>897</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789752678422</t>
+          <t>9789752676183</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Batı Türklüğü ve Halk İnanmalarının Mitolojik Kök Hücreleri - 1</t>
+          <t>BOP, Arap Baharı ve Suriye Meselesi Işığında Mayın Temizleme İsrail ve AKP</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>322</v>
+        <v>330</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789759154004</t>
+          <t>9789752676992</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Barış Gönüllüleri 10 Karanlık Yıl</t>
+          <t>Birinci Öğretmenler Kongresi Selanik 1911</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>337</v>
+        <v>380</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789752676039</t>
+          <t>9789752676633</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’da Güvenlik Arzusu ve Balkan Paktı</t>
+          <t>Birinci Dünya Savaşında İran Coğrafyasında Etnik, Dini ve Siyasi Nüfuz Mücadeleleri</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>481</v>
+        <v>359</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789752676688</t>
+          <t>9789752671034</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan-Türkiye: Dostluk, Kardeşlik ve Strateji Ortaklık</t>
+          <t>Makaleler 3</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>363</v>
+        <v>897</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789752675186</t>
+          <t>9789752673724</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Devlet, Demokratik Değerler ve Eski Türkler</t>
+          <t>Bir Modernleşme Aracı Olarak - Tokat Halkevi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789752676923</t>
+          <t>9789752678422</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Avşar - Kültür Coğrafyası ve Halk Kültürü</t>
+          <t>Batı Türklüğü ve Halk İnanmalarının Mitolojik Kök Hücreleri - 1</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>990</v>
+        <v>322</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789752672468</t>
+          <t>9789759154004</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Atomun Sırları - Mikrokosmos 1</t>
+          <t>Barış Gönüllüleri 10 Karanlık Yıl</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>268</v>
+        <v>337</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789752671041</t>
+          <t>9789752676039</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Tarih Öğretmeni Mehmet Tevfik Bilge</t>
+          <t>Balkanlar’da Güvenlik Arzusu ve Balkan Paktı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>185</v>
+        <v>481</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789752672567</t>
+          <t>9789752676688</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devri Dergilerinde Edebiyatla İlgili Kavramlar</t>
+          <t>Azerbaycan-Türkiye: Dostluk, Kardeşlik ve Strateji Ortaklık</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>260</v>
+        <v>363</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>3990000017786</t>
+          <t>9789752675186</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Uyanması</t>
+          <t>Devlet, Demokratik Değerler ve Eski Türkler</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>474</v>
+        <v>420</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789752676220</t>
+          <t>9789752676923</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Alevilik - Bektaşilik</t>
+          <t>Avşar - Kültür Coğrafyası ve Halk Kültürü</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>442</v>
+        <v>990</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789752673168</t>
+          <t>9789752672468</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Afrasya - Alternatif Eksenler</t>
+          <t>Atomun Sırları - Mikrokosmos 1</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>600</v>
+        <v>268</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789752672369</t>
+          <t>9789752671041</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Devri Kastamonu Basın Tarihi (1908-1918)</t>
+          <t>Atatürk’ün Tarih Öğretmeni Mehmet Tevfik Bilge</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>243</v>
+        <v>185</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789752676916</t>
+          <t>9789752672567</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül ve Ekonomi Politikaları</t>
+          <t>Atatürk Devri Dergilerinde Edebiyatla İlgili Kavramlar</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789752678453</t>
+          <t>3990000017786</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Standartlara Göre Proje Yönetimi</t>
+          <t>Asya’nın Uyanması</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>512</v>
+        <v>474</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789752673045</t>
+          <t>9789752676220</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Dönmeler (Sabatayistler) Tarihi</t>
+          <t>Alevilik - Bektaşilik</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>869</v>
+        <v>442</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789752677388</t>
+          <t>9789752673168</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yıldız ile Konuşan Bebek</t>
+          <t>Afrasya - Alternatif Eksenler</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789752677340</t>
+          <t>9789752672369</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Yıldız ile Kargalar</t>
+          <t>2. Meşrutiyet Devri Kastamonu Basın Tarihi (1908-1918)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>218</v>
+        <v>243</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789752676817</t>
+          <t>9789752676916</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Şah Abbas ve Zamanı</t>
+          <t>12 Eylül ve Ekonomi Politikaları</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>536</v>
+        <v>500</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789752672932</t>
+          <t>9789752678453</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülaziz Nasıl Hal’ Edildi, Nasıl İntihar Etti?</t>
+          <t>Uluslararası Standartlara Göre Proje Yönetimi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>971</v>
+        <v>512</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789752670655</t>
+          <t>9789752673045</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Dönmeler (Sabatayistler) Tarihi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>767</v>
+        <v>869</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789752670549</t>
+          <t>9789752677388</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Yıldız ile Konuşan Bebek</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>781</v>
+        <v>200</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789752677326</t>
+          <t>9789752677340</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu ve Kel Hamza</t>
+          <t>Yıldız ile Kargalar</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>143</v>
+        <v>218</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789752673243</t>
+          <t>9789752676817</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Hakkari - Tarihi Konuşan Bir Kent</t>
+          <t>Şah Abbas ve Zamanı</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>658</v>
+        <v>536</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789752672024</t>
+          <t>9789752672932</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Düşünce Dünyası</t>
+          <t>Sultan Abdülaziz Nasıl Hal’ Edildi, Nasıl İntihar Etti?</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>436</v>
+        <v>971</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789752677333</t>
+          <t>9789752670655</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>87</v>
+        <v>767</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789752671737</t>
+          <t>9789752670549</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Kurmay Yüzbaşı Hareket Ordusu Kurmay Başkanı Mustafa Kemal</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>227</v>
+        <v>781</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786256284463</t>
+          <t>9789752677326</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Almanya’nın Afrika Politikasında Togo Örneği</t>
+          <t>Köroğlu ve Kel Hamza</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>450</v>
+        <v>143</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786256284418</t>
+          <t>9789752673243</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’dan Günümüze Suruç (Ciltli)</t>
+          <t>Hakkari - Tarihi Konuşan Bir Kent</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>750</v>
+        <v>658</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786256428478</t>
+          <t>9789752672024</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Ağzının Genel Fonetik ve Morfolojik Yapısı</t>
+          <t>Atatürk’ün Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>255</v>
+        <v>436</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786256428201</t>
+          <t>9789752677333</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Balkanlar (1923-1939)</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>481</v>
+        <v>87</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057634832</t>
+          <t>9789752671737</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Hun İmparatoru Atilla’nın Liderlik Sırları</t>
+          <t>Kurmay Yüzbaşı Hareket Ordusu Kurmay Başkanı Mustafa Kemal</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>525</v>
+        <v>227</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258365542</t>
+          <t>9786256284463</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Hz.Ali Döneminde Devlet Teşkilatı Ve İktisadi Hayat</t>
+          <t>Almanya’nın Afrika Politikasında Togo Örneği</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>558</v>
+        <v>450</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258365597</t>
+          <t>9786256284418</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’nin Hayatı, Kişiliği Ve Siyasi Faaliyetleri</t>
+          <t>Ortaçağ’dan Günümüze Suruç (Ciltli)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>455</v>
+        <v>750</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258365603</t>
+          <t>9786256428478</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmen Tarihi Ve Medeniyeti Üzerine Araştırmalar</t>
+          <t>Kıbrıs Ağzının Genel Fonetik ve Morfolojik Yapısı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>457</v>
+        <v>255</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257457682</t>
+          <t>9786256428201</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>İşgal Kıskacı Altında Bağdat (1914-1918)</t>
+          <t>Türk Dış Politikasında Balkanlar (1923-1939)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>370</v>
+        <v>481</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257457057</t>
+          <t>9786057634832</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>The 50th Anniversary Of Mhp (NMP) In The Turkish Political Life (BY The Highlights Of Events, Concepts And Symbols)</t>
+          <t>Hun İmparatoru Atilla’nın Liderlik Sırları</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>391</v>
+        <v>525</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786056848889</t>
+          <t>9786258365542</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Barış Harekatı 1974</t>
+          <t>Hz.Ali Döneminde Devlet Teşkilatı Ve İktisadi Hayat</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>512</v>
+        <v>558</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052030073</t>
+          <t>9786258365597</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mensur</t>
+          <t>Hz. Ali’nin Hayatı, Kişiliği Ve Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>525</v>
+        <v>455</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786057501349</t>
+          <t>9786258365603</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Fetva Soruları Işığında Dindarlık Tipolojileri</t>
+          <t>Irak Türkmen Tarihi Ve Medeniyeti Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>360</v>
+        <v>457</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057634061</t>
+          <t>9786257457682</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişimde Devlet Bahçeli Modeli ve Bilge Liderlik</t>
+          <t>İşgal Kıskacı Altında Bağdat (1914-1918)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052030196</t>
+          <t>9786257457057</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>The 50th Anniversary Of Mhp (NMP) In The Turkish Political Life (BY The Highlights Of Events, Concepts And Symbols)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>935</v>
+        <v>391</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257254977</t>
+          <t>9786056848889</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime-i Harabat</t>
+          <t>Kıbrıs Türk Barış Harekatı 1974</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>171</v>
+        <v>512</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257049160</t>
+          <t>9786052030073</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Analitik Okuma Üzerine Söyleşelim</t>
+          <t>Kitab-ı Mensur</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>315</v>
+        <v>525</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786256284319</t>
+          <t>9786057501349</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı 1914-1918</t>
+          <t>Fetva Soruları Işığında Dindarlık Tipolojileri</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786256591615</t>
+          <t>9786057634061</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında CHP-MSP Hükümeti Siyasal Pragmatizmden Tarihsel Yanılgıya</t>
+          <t>Siyasal İletişimde Devlet Bahçeli Modeli ve Bilge Liderlik</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786256284241</t>
+          <t>9786052030196</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>1934 Hicaz-Yemen Harbi - Asir’de İbn-i Suud-İmam Yahya Mücadelesi -</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>300</v>
+        <v>935</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786256284272</t>
+          <t>9786258342888</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Ersin Tatar’la Tarih Ve Bilinç Yolculuğu</t>
+          <t>Mukaddime-i Harabat</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>330</v>
+        <v>171</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786256591509</t>
+          <t>9786257049160</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Giden Yolda Türk Kadını: Milli Mücadelede Kadın Mitingleri</t>
+          <t>Analitik Okuma Üzerine Söyleşelim</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786256428546</t>
+          <t>9786256284319</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Türk Milli Basınında ve Karikatürlerde Serbest Cumhuriyet Fırkası</t>
+          <t>Birinci Dünya Savaşı 1914-1918</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786256428287</t>
+          <t>9786256591615</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yönleriyle Türk Töresi</t>
+          <t>Türk Siyasi Hayatında CHP-MSP Hükümeti Siyasal Pragmatizmden Tarihsel Yanılgıya</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>176</v>
+        <v>600</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786256591806</t>
+          <t>9786256284241</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Deli Kurtu Atsız'a Armağan</t>
+          <t>1934 Hicaz-Yemen Harbi - Asir’de İbn-i Suud-İmam Yahya Mücadelesi -</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>522</v>
+        <v>300</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786256591523</t>
+          <t>9786256284272</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Bazı Türk Peygamberler ve Din Kurucuları</t>
+          <t>Ersin Tatar’la Tarih Ve Bilinç Yolculuğu</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>308</v>
+        <v>330</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786256591226</t>
+          <t>9786256591509</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Toplumsal Değişim</t>
+          <t>Kurtuluşa Giden Yolda Türk Kadını: Milli Mücadelede Kadın Mitingleri</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>474</v>
+        <v>300</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789752679351</t>
+          <t>9786256428546</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Değer</t>
+          <t>Türk Milli Basınında ve Karikatürlerde Serbest Cumhuriyet Fırkası</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>253</v>
+        <v>350</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257254502</t>
+          <t>9786256428287</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Şehir Maliyesi</t>
+          <t>Çeşitli Yönleriyle Türk Töresi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>394</v>
+        <v>176</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786256428997</t>
+          <t>9786256591806</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Son Bozkurt</t>
+          <t>Türk Tarihinin Deli Kurtu Atsız'a Armağan</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>796</v>
+        <v>522</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256591059</t>
+          <t>9786256591523</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Şehir Niksar</t>
+          <t>Bazı Türk Peygamberler ve Din Kurucuları</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>316</v>
+        <v>308</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052030318</t>
+          <t>9786256591226</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Başbuğ Alparslan Türkeş</t>
+          <t>Yeni Medya ve Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>442</v>
+        <v>474</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257049566</t>
+          <t>9789752679351</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ordu Teşkilatı</t>
+          <t>Güç ve Değer</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>416</v>
+        <v>253</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786256428423</t>
+          <t>9786257254502</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Amerikan Board’un Kadın Misyonerleri</t>
+          <t>Şehir Maliyesi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>474</v>
+        <v>394</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786256428904</t>
+          <t>9786256428997</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>İlhak</t>
+          <t>Son Bozkurt</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>442</v>
+        <v>796</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256428836</t>
+          <t>9786256591059</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Siyasete Dair Yazılar - X</t>
+          <t>Yedinci Şehir Niksar</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>553</v>
+        <v>316</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786256591257</t>
+          <t>9786052030318</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Her Kafadan Bir Ses</t>
+          <t>Başbuğ Alparslan Türkeş</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>220</v>
+        <v>442</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786256428485</t>
+          <t>9786257049566</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Edebiyatı Üzerine Bildiriler- Makaleler</t>
+          <t>Osmanlı Ordu Teşkilatı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>550</v>
+        <v>416</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256428928</t>
+          <t>9786256428423</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Göç ve İstihdam</t>
+          <t>Osmanlı Devleti’nde Amerikan Board’un Kadın Misyonerleri</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>203</v>
+        <v>474</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256591004</t>
+          <t>9786256428904</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Darbe</t>
+          <t>İlhak</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>398</v>
+        <v>442</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786259998169</t>
+          <t>9786256428836</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar Diyarında Bir Gün</t>
+          <t>Siyasete Dair Yazılar - X</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>400</v>
+        <v>553</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786259999906</t>
+          <t>9786256591257</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Bay Yanak ve Kurtarma Ekibi</t>
+          <t>Her Kafadan Bir Ses</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>398</v>
+        <v>220</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786256428898</t>
+          <t>9786256428485</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Altın Madalyalı Kıbrıs Gazisi Jandarma Komando Yarbay Halis Deveci’nin Anıları</t>
+          <t>Kıbrıs Türk Edebiyatı Üzerine Bildiriler- Makaleler</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>315</v>
+        <v>550</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786256428256</t>
+          <t>9786256428928</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğrenenler İçin; Türk Kültürüne Genel Bir Bakış</t>
+          <t>Göç ve İstihdam</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>203.5</v>
+        <v>203</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786258365146</t>
+          <t>9786256591004</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tehlike - Soğuk Savaş Türkiye'sinde  Komünizmle Mücadele</t>
+          <t>Darbe</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>727</v>
+        <v>398</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786258365474</t>
+          <t>9786259998169</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Tarihine Yön Veren Afro - Amerikalılar</t>
+          <t>Zıtlıklar Diyarında Bir Gün</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>464</v>
+        <v>400</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786258365955</t>
+          <t>9786259999906</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kadın Cemiyetleri</t>
+          <t>Bay Yanak ve Kurtarma Ekibi</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>481</v>
+        <v>398</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257254175</t>
+          <t>9786256428898</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Savaştan Soğuk Barışa Türkler ve Yunanlılar</t>
+          <t>Altın Madalyalı Kıbrıs Gazisi Jandarma Komando Yarbay Halis Deveci’nin Anıları</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>869</v>
+        <v>315</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257254182</t>
+          <t>9786256428256</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Rum-Yunan Tedhiş ve Terör Hareketleri (1919-1923)</t>
+          <t>Yabancı Dil Olarak Türkçe Öğrenenler İçin; Türk Kültürüne Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>797</v>
+        <v>203.5</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786256428270</t>
+          <t>9786258365146</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Sasani Devletinin Tarihi Kaynakları</t>
+          <t>Kızıl Tehlike - Soğuk Savaş Türkiye'sinde  Komünizmle Mücadele</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>727</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786256428263</t>
+          <t>9786258365474</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Ersin Tatar’la Kıbrıs Konusunda Yeni Perspektif</t>
+          <t>Amerikan Tarihine Yön Veren Afro - Amerikalılar</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>385</v>
+        <v>464</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786256428102</t>
+          <t>9786258365955</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Yurdakul</t>
+          <t>Osmanlı Kadın Cemiyetleri</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>283</v>
+        <v>481</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786256248232</t>
+          <t>9786257254175</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Babam Olacağım</t>
+          <t>Sıcak Savaştan Soğuk Barışa Türkler ve Yunanlılar</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>455</v>
+        <v>869</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257049597</t>
+          <t>9786257254182</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Ahıskalı Türkler</t>
+          <t>Türkiye'de Rum-Yunan Tedhiş ve Terör Hareketleri (1919-1923)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>477</v>
+        <v>797</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786256428072</t>
+          <t>9786256428270</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Suriye İlişkilerinde Çatışma Alanları</t>
+          <t>Sasani Devletinin Tarihi Kaynakları</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>490</v>
+        <v>727</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786258365047</t>
+          <t>9786256428263</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>L'ıslam Et La France Les Influences Socio-politiques Du Sousdeveloppement Dans Les Pays Saheliens</t>
+          <t>Ersin Tatar’la Kıbrıs Konusunda Yeni Perspektif</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>489</v>
+        <v>385</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786258365931</t>
+          <t>9786256428102</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Pontus Meselesi</t>
+          <t>Mehmet Emin Yurdakul</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>323</v>
+        <v>283</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257457842</t>
+          <t>9786256248232</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>XVII. ve XVIII. Yüzyıl Tokat Tarihine Dair Bir Kaynak: 119 Numaralı İcmal Şer'iyye Sicili</t>
+          <t>Büyüyünce Babam Olacağım</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>563</v>
+        <v>455</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786258365290</t>
+          <t>9786257049597</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri-7</t>
+          <t>Ahıskalı Türkler</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>341</v>
+        <v>477</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786258365269</t>
+          <t>9786256428072</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri-6</t>
+          <t>Türkiye - Suriye İlişkilerinde Çatışma Alanları</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>341</v>
+        <v>490</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786258365252</t>
+          <t>9786258365047</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri- 5</t>
+          <t>L'ıslam Et La France Les Influences Socio-politiques Du Sousdeveloppement Dans Les Pays Saheliens</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>341</v>
+        <v>489</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786258365238</t>
+          <t>9786258365931</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri- 4</t>
+          <t>Sorularla Pontus Meselesi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>341</v>
+        <v>323</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786258365177</t>
+          <t>9786257457842</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri- 3</t>
+          <t>XVII. ve XVIII. Yüzyıl Tokat Tarihine Dair Bir Kaynak: 119 Numaralı İcmal Şer'iyye Sicili</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>341</v>
+        <v>563</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786258365030</t>
+          <t>9786258365290</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri-ı</t>
+          <t>Halkbilimi İncelemeleri-7</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>190</v>
+        <v>341</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257457873</t>
+          <t>9786258365269</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Toplumunda Kadın</t>
+          <t>Halkbilimi İncelemeleri-6</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>671</v>
+        <v>341</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786258365023</t>
+          <t>9786258365252</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf - Halk İnançları - Mitoloji Kavşağında Metamorfoz/Değişim/Dönüşüm</t>
+          <t>Halkbilimi İncelemeleri- 5</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>312</v>
+        <v>341</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786057634498</t>
+          <t>9786258365238</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Evanjelizmin Bayraktarlığında Siyasi Oryantalizm</t>
+          <t>Halkbilimi İncelemeleri- 4</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>420</v>
+        <v>341</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786258365740</t>
+          <t>9786258365177</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Hassas Yüreklerin Ağır Yükleri</t>
+          <t>Halkbilimi İncelemeleri- 3</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>465</v>
+        <v>341</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786258365764</t>
+          <t>9786258365030</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıların Doğu Seferinde Bayburt’un Rolü (1514-1770)</t>
+          <t>Halkbilimi İncelemeleri-ı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>398</v>
+        <v>190</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786258365719</t>
+          <t>9786257457873</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Meyhane-i Aşk</t>
+          <t>Klasik Dönem Osmanlı Toplumunda Kadın</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>275</v>
+        <v>671</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786258365078</t>
+          <t>9786258365023</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Dini Gruplar ve Sosyal Politika</t>
+          <t>Tasavvuf - Halk İnançları - Mitoloji Kavşağında Metamorfoz/Değişim/Dönüşüm</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>540</v>
+        <v>312</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786258365658</t>
+          <t>9786057634498</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Teolojisinden Psiko-Kelam İçerikli Semantik Analizler</t>
+          <t>Ortadoğu’da Evanjelizmin Bayraktarlığında Siyasi Oryantalizm</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>647</v>
+        <v>420</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786258365641</t>
+          <t>9786258365740</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Çektim Dünya Çilesini</t>
+          <t>Hassas Yüreklerin Ağır Yükleri</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>275</v>
+        <v>465</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786258365627</t>
+          <t>9786258365764</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağacın Dilinden</t>
+          <t>Osmanlıların Doğu Seferinde Bayburt’un Rolü (1514-1770)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>225</v>
+        <v>398</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786258365450</t>
+          <t>9786258365719</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Recep Peker</t>
+          <t>Meyhane-i Aşk</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>512</v>
+        <v>275</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258365535</t>
+          <t>9786258365078</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Kutsanmış Ağabey Sendromu</t>
+          <t>Dini Gruplar ve Sosyal Politika</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>938</v>
+        <v>540</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257457903</t>
+          <t>9786258365658</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Göğün Kızı Alagöz</t>
+          <t>Mevlana Teolojisinden Psiko-Kelam İçerikli Semantik Analizler</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>170</v>
+        <v>647</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786258365528</t>
+          <t>9786258365641</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçi Hareket Dergisinin CMKP'nin MHP'ye Dönüşümü Sürecindeki Yeri Ve Önemi (1966-1971)</t>
+          <t>Çektim Dünya Çilesini</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>297</v>
+        <v>275</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786258365344</t>
+          <t>9786258365627</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Halep Vilayeti’nde Türk Milli Harekatı (1920-1921)</t>
+          <t>Bir Ağacın Dilinden</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>502</v>
+        <v>225</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786258365368</t>
+          <t>9786258365450</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İçinde</t>
+          <t>Recep Peker</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>209</v>
+        <v>512</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786258365313</t>
+          <t>9786258365535</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Türk Kavramının Gelişmesi</t>
+          <t>Kutsanmış Ağabey Sendromu</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>506</v>
+        <v>938</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786258365405</t>
+          <t>9786257457903</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğüt Düşleri</t>
+          <t>Göğün Kızı Alagöz</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>207</v>
+        <v>170</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786258365337</t>
+          <t>9786258365528</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Cemile</t>
+          <t>Milliyetçi Hareket Dergisinin CMKP'nin MHP'ye Dönüşümü Sürecindeki Yeri Ve Önemi (1966-1971)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>147</v>
+        <v>297</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257254649</t>
+          <t>9786258365344</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Türk Milliyetçiliği</t>
+          <t>Halep Vilayeti’nde Türk Milli Harekatı (1920-1921)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>315</v>
+        <v>502</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786258365085</t>
+          <t>9786258365368</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Fetihten Günümüze Everek (Örence) Köyünün Tarihi (1514-2021)</t>
+          <t>Zamanın İçinde</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>400</v>
+        <v>209</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786258365054</t>
+          <t>9786258365313</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'dan İzler</t>
+          <t>Türk Kavramının Gelişmesi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>236</v>
+        <v>506</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257457668</t>
+          <t>9786258365405</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Cezayir Mektupları</t>
+          <t>Salkım Söğüt Düşleri</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>410</v>
+        <v>207</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257457965</t>
+          <t>9786258365337</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Eski Mezopotamya'da Ulaşım ve Taşımacılık</t>
+          <t>Kıbrıslı Cemile</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>271</v>
+        <v>147</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257049825</t>
+          <t>9786257254649</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasetinde Toplumsal Vicdan Liderliği - Devlet Bahçeli Modeli</t>
+          <t>İslam ve Türk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>512</v>
+        <v>315</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052030479</t>
+          <t>9786258365085</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Evanjelik Bir Hareket Metodist Kilisesi</t>
+          <t>Fetihten Günümüze Everek (Örence) Köyünün Tarihi (1514-2021)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>315</v>
+        <v>400</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052030851</t>
+          <t>9786258365054</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Milli Uyanışı Ve Basın Tarihi</t>
+          <t>Anadolu'dan İzler</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>279</v>
+        <v>236</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789752673793</t>
+          <t>9786257457668</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkleri Tarihi</t>
+          <t>Cezayir Mektupları</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>316</v>
+        <v>410</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257457804</t>
+          <t>9786257457965</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Balkanların Bozkurtu Sadık Ahmet'e Armağan</t>
+          <t>Eski Mezopotamya'da Ulaşım ve Taşımacılık</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>885</v>
+        <v>271</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257254366</t>
+          <t>9786257049825</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği Yolunda Bir Ömür - 3 Cilt Takım</t>
+          <t>Türk Siyasetinde Toplumsal Vicdan Liderliği - Devlet Bahçeli Modeli</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>2845</v>
+        <v>512</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257457835</t>
+          <t>9786052030479</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Lavanta Dönemi</t>
+          <t>Evanjelik Bir Hareket Metodist Kilisesi</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>283</v>
+        <v>315</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257457712</t>
+          <t>9786052030851</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Medya Emperyalizmi</t>
+          <t>Azerbaycan Milli Uyanışı Ve Basın Tarihi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>553</v>
+        <v>279</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257457477</t>
+          <t>9789752673793</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürü Araştırmaları - 1</t>
+          <t>Kırgız Türkleri Tarihi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>1540</v>
+        <v>316</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257457576</t>
+          <t>9786257457804</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Güncel Sorunlar</t>
+          <t>Balkanların Bozkurtu Sadık Ahmet'e Armağan</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>920</v>
+        <v>885</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257457651</t>
+          <t>9786257254366</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Alarga</t>
+          <t>Türk Milliyetçiliği Yolunda Bir Ömür - 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>200</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257457408</t>
+          <t>9786257457835</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Kardelen Uykusu</t>
+          <t>Lavanta Dönemi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>340</v>
+        <v>283</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257457095</t>
+          <t>9786257457712</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Siyasete Dair Yazılar - 9</t>
+          <t>Medya Emperyalizmi</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>761</v>
+        <v>553</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257254991</t>
+          <t>9786257457477</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Zozanın Yağız Atlısı</t>
+          <t>Türk Kültürü Araştırmaları - 1</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>210</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257254519</t>
+          <t>9786257457576</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Rusya Federasyonu ve Avrupa Birliği ile İlişkileri (1990-1999)</t>
+          <t>Uluslararası İlişkilerde Güncel Sorunlar</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>297</v>
+        <v>920</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257457019</t>
+          <t>9786257457651</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Birinci Meclis Kütahya Mebusu Yusuf Cemil Bey’in Şiirleri</t>
+          <t>Alarga</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257254960</t>
+          <t>9786257457408</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Yufka Yürekli Ana</t>
+          <t>Kardelen Uykusu</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>253</v>
+        <v>340</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257254496</t>
+          <t>9786257457095</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 2. Cilt</t>
+          <t>Siyasete Dair Yazılar - 9</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>971</v>
+        <v>761</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>3990000096657</t>
+          <t>9786257254991</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 3. Cilt</t>
+          <t>Zozanın Yağız Atlısı</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>1144</v>
+        <v>210</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257254120</t>
+          <t>9786257254519</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>23 Nisan Ulusal Egemenlik ve Çocuk Bayramı</t>
+          <t>Rusya Federasyonu ve Avrupa Birliği ile İlişkileri (1990-1999)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>442</v>
+        <v>297</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257254151</t>
+          <t>9786257457019</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Şehitlik</t>
+          <t>Birinci Meclis Kütahya Mebusu Yusuf Cemil Bey’in Şiirleri</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>391</v>
+        <v>380</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257254885</t>
+          <t>9786257254960</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Suzan Suzi</t>
+          <t>Yufka Yürekli Ana</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>161</v>
+        <v>253</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257254755</t>
+          <t>9786257254496</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kerküklü Türkmen Şair Hasan Kevser'in Kerbela Türküleri</t>
+          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 2. Cilt</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>250</v>
+        <v>971</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257254670</t>
+          <t>3990000096657</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Kazandılar Nasıl Kaybettiler?</t>
+          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 3. Cilt</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>253</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257254687</t>
+          <t>9786257254120</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Aile Kudsiyeti</t>
+          <t>23 Nisan Ulusal Egemenlik ve Çocuk Bayramı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>426</v>
+        <v>442</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257254236</t>
+          <t>9786257254151</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Bahaeddin Ögel’in Hayatı ve Tarihçiliği</t>
+          <t>Türk Kültüründe Şehitlik</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>322</v>
+        <v>391</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257254595</t>
+          <t>9786257254885</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Şeleğim Sevda Yükü</t>
+          <t>Suzan Suzi</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>297</v>
+        <v>161</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257254564</t>
+          <t>9786257254755</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Bu Memleket Kara Sevda</t>
+          <t>Kerküklü Türkmen Şair Hasan Kevser'in Kerbela Türküleri</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257254557</t>
+          <t>9786257254670</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Savaş Bilgesi</t>
+          <t>Nasıl Kazandılar Nasıl Kaybettiler?</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>207</v>
+        <v>253</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786057501141</t>
+          <t>9786257254687</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Medyada Düşürülmüş Maskeler 5</t>
+          <t>Aile Kudsiyeti</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>900</v>
+        <v>426</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257254427</t>
+          <t>9786257254236</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Bulgaristan Siyasi İlişkileri</t>
+          <t>Prof. Dr. Bahaeddin Ögel’in Hayatı ve Tarihçiliği</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>584</v>
+        <v>322</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257254410</t>
+          <t>9786257254595</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Başarının Biyolojisi</t>
+          <t>Şeleğim Sevda Yükü</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>255</v>
+        <v>297</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257254168</t>
+          <t>9786257254564</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Bir Papazın Hatıra Defteri</t>
+          <t>Bu Memleket Kara Sevda</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>347</v>
+        <v>240</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257254014</t>
+          <t>9786257254557</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Selenge</t>
+          <t>Savaş Bilgesi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>287</v>
+        <v>207</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257049979</t>
+          <t>9786057501141</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Medyada Düşürülmüş Maskeler 5</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>1027</v>
+        <v>900</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257049054</t>
+          <t>9786257254427</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kevaşi ve Kur’an Yorumu</t>
+          <t>Türkiye-Bulgaristan Siyasi İlişkileri</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>550</v>
+        <v>584</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786057501622</t>
+          <t>9786257254410</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Başarının Biyolojisi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>584</v>
+        <v>255</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257049962</t>
+          <t>9786257254168</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu ve Avrupa Arsında Türkiye</t>
+          <t>Bir Papazın Hatıra Defteri</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>457</v>
+        <v>347</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786057634627</t>
+          <t>9786257254014</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi Gençlik Örğütü Milli Türk Talebe Birliği ve Basındaki Gücü: Birlik Gazetesi (1926-1936)</t>
+          <t>Selenge</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>544</v>
+        <v>287</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257049948</t>
+          <t>9786257049979</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Atabeylikler</t>
+          <t>Kıskaç</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>380</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257049405</t>
+          <t>9786257049054</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Üçler Vadisi</t>
+          <t>Kevaşi ve Kur’an Yorumu</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257049399</t>
+          <t>9786057501622</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Bilimler ve Bilgi Alanları</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>521</v>
+        <v>584</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257049696</t>
+          <t>9786257049962</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>The Times Gazetesine Göre Tanzimat Dönemi</t>
+          <t>Ortadoğu ve Avrupa Arsında Türkiye</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>287</v>
+        <v>457</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786057634894</t>
+          <t>9786057634627</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Siyasete Dair Yazılar - 7</t>
+          <t>Atatürk Dönemi Gençlik Örğütü Milli Türk Talebe Birliği ve Basındaki Gücü: Birlik Gazetesi (1926-1936)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>818</v>
+        <v>544</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257049061</t>
+          <t>9786257049948</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Siyasete Dair Yazılar - 8</t>
+          <t>Atabeylikler</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>844</v>
+        <v>380</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257049139</t>
+          <t>9786257049405</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Seminer Notları</t>
+          <t>Üçler Vadisi</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>954</v>
+        <v>350</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786057634818</t>
+          <t>9786257049399</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Hoş Geldin</t>
+          <t>Bilim, Bilimler ve Bilgi Alanları</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>186</v>
+        <v>521</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257049795</t>
+          <t>9786257049696</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Gönlüm</t>
+          <t>The Times Gazetesine Göre Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>344</v>
+        <v>287</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257049429</t>
+          <t>9786057634894</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji ve Sanat Tarihi</t>
+          <t>Siyasete Dair Yazılar - 7</t>
         </is>
       </c>
       <c r="C686" s="1">
         <v>818</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257049788</t>
+          <t>9786257049061</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>1944 Milliyetçilik Olayları</t>
+          <t>Siyasete Dair Yazılar - 8</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>247</v>
+        <v>844</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257049320</t>
+          <t>9786257049139</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>1904-1905 Rus - Japon Harbi'nin Osmanlı Kamuoyundaki Yansımaları</t>
+          <t>Seminer Notları</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>279</v>
+        <v>954</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257049481</t>
+          <t>9786057634818</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Bağlamamın Yedi Teli</t>
+          <t>Yüreğime Hoş Geldin</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>212</v>
+        <v>186</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257049344</t>
+          <t>9786257049795</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Tütmeyen Bacalar</t>
+          <t>Ah Şu Gönlüm</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>380</v>
+        <v>344</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786057634771</t>
+          <t>9786257049429</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Eski Türklerde Devlet Gelenekleri ve Törenleri</t>
+          <t>Arkeoloji ve Sanat Tarihi</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>536</v>
+        <v>818</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257049276</t>
+          <t>9786257049788</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Gündem Değerlendirmeleri</t>
+          <t>1944 Milliyetçilik Olayları</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>553</v>
+        <v>247</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786057634863</t>
+          <t>9786257049320</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Azınlıkların Modern Dünyada Yargı Çıkmazı</t>
+          <t>1904-1905 Rus - Japon Harbi'nin Osmanlı Kamuoyundaki Yansımaları</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>183</v>
+        <v>279</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257049092</t>
+          <t>9786257049481</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Emanet Mektuplar</t>
+          <t>Bağlamamın Yedi Teli</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>511</v>
+        <v>212</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257049108</t>
+          <t>9786257049344</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Bölen Parçalayan Demokrasi Yerine Yeni Bir Siyasi Sistem</t>
+          <t>Tütmeyen Bacalar</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786057634764</t>
+          <t>9786057634771</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Eski Türklerde Devlet Gelenekleri ve Törenleri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>410</v>
+        <v>536</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786057634757</t>
+          <t>9786257049276</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kırmızı Balık İçin</t>
+          <t>Türkiye Gündem Değerlendirmeleri</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>316</v>
+        <v>553</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786057634016</t>
+          <t>9786057634863</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Demokratikleşme Sürecinde Mareşal Fevzi Çakmak'ın Siyasi Faaliyetleri (1946-1950)</t>
+          <t>Müslüman Azınlıkların Modern Dünyada Yargı Çıkmazı</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>222</v>
+        <v>183</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786057634030</t>
+          <t>9786257049092</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında Azınlık Hükümetleri İnönü ve Demirel Dönemleri</t>
+          <t>Emanet Mektuplar</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>740</v>
+        <v>511</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786057501448</t>
+          <t>9786257049108</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’de Cizye Vergisi</t>
+          <t>Bölen Parçalayan Demokrasi Yerine Yeni Bir Siyasi Sistem</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>410</v>
+        <v>275</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786057634696</t>
+          <t>9786057634764</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Tunceli'den Ay'a</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>363</v>
+        <v>410</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786057634726</t>
+          <t>9786057634757</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmen Edebiyatında Çağdaş Hoyratçılar</t>
+          <t>Küçük Kırmızı Balık İçin</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>683</v>
+        <v>316</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786057634672</t>
+          <t>9786057634016</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Şuura Seyrüsefer</t>
+          <t>Demokratikleşme Sürecinde Mareşal Fevzi Çakmak'ın Siyasi Faaliyetleri (1946-1950)</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>323</v>
+        <v>222</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786057634702</t>
+          <t>9786057634030</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Piyade</t>
+          <t>Türk Siyasi Hayatında Azınlık Hükümetleri İnönü ve Demirel Dönemleri</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>275</v>
+        <v>740</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786057634375</t>
+          <t>9786057501448</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Lider: Devlet Bahçeli</t>
+          <t>Osmanlı Devleti’de Cizye Vergisi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>398</v>
+        <v>410</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786057634368</t>
+          <t>9786057634696</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ABD İlişkileri: Çuvalla Çöken İttifak</t>
+          <t>Tunceli'den Ay'a</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>1034</v>
+        <v>363</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786057501806</t>
+          <t>9786057634726</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Fesleğenim Fısıldıyor</t>
+          <t>Irak Türkmen Edebiyatında Çağdaş Hoyratçılar</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>208</v>
+        <v>683</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786057501332</t>
+          <t>9786057634672</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>3. Murad ve Safiye Sultan’ın Kızları Ayşe Sultan</t>
+          <t>Şiirden Şuura Seyrüsefer</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>325</v>
+        <v>323</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786057501868</t>
+          <t>9786057634702</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dikeni</t>
+          <t>Piyade</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786057634313</t>
+          <t>9786057634375</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Germiyan Diyarından</t>
+          <t>Lider: Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>591</v>
+        <v>398</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786057634337</t>
+          <t>9786057634368</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Dile Geldi</t>
+          <t>Türkiye ABD İlişkileri: Çuvalla Çöken İttifak</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>370</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786057634306</t>
+          <t>9786057501806</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Göç ve Uluslararası Güvenlik</t>
+          <t>Fesleğenim Fısıldıyor</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>347</v>
+        <v>208</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786057501509</t>
+          <t>9786057501332</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Romanya'nın Bağımsızlığına Giden Yolda Voyvoda Aleksandr Cuza</t>
+          <t>3. Murad ve Safiye Sultan’ın Kızları Ayşe Sultan</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786057634177</t>
+          <t>9786057501868</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Oğulları</t>
+          <t>Aşkın Dikeni</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>525</v>
+        <v>450</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786057634184</t>
+          <t>9786057634313</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Küserken</t>
+          <t>Germiyan Diyarından</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>481</v>
+        <v>591</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786059661690</t>
+          <t>9786057634337</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Bekleyiş</t>
+          <t>Yüreğim Dile Geldi</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>410</v>
+        <v>370</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786057634153</t>
+          <t>9786057634306</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Bir Güz Sancısı</t>
+          <t>Uluslararası Göç ve Uluslararası Güvenlik</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>246</v>
+        <v>347</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786057634160</t>
+          <t>9786057501509</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Zirvenin Işıltısı</t>
+          <t>Romanya'nın Bağımsızlığına Giden Yolda Voyvoda Aleksandr Cuza</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>544</v>
+        <v>220</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786057501240</t>
+          <t>9786057634177</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Altın Orda Devleti'nde Din</t>
+          <t>Padişahın Oğulları</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>328</v>
+        <v>525</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786057501936</t>
+          <t>9786057634184</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Tarihi 1918 - 1923</t>
+          <t>Yıldızlar Küserken</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>572</v>
+        <v>481</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052030417</t>
+          <t>9786059661690</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Türk-Ermeni Edebi İlişkileri</t>
+          <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>392</v>
+        <v>410</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786057501561</t>
+          <t>9786057634153</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mehmet Ali Ünal'a Armağan</t>
+          <t>Bir Güz Sancısı</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>1050</v>
+        <v>246</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786057501950</t>
+          <t>9786057634160</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Azak Kalesi'nden Prut'a ve Mezamorto Hüseyin Paşa</t>
+          <t>Zirvenin Işıltısı</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>297</v>
+        <v>544</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786057501875</t>
+          <t>9786057501240</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Bir Alman Subayı Colmar Freiherr von der Goltz</t>
+          <t>Altın Orda Devleti'nde Din</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>316</v>
+        <v>328</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786057501295</t>
+          <t>9786057501936</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Ali Nisari</t>
+          <t>Milli Mücadele Tarihi 1918 - 1923</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>192</v>
+        <v>572</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786057501820</t>
+          <t>9786052030417</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Psikolojimiz Çin'den mi Geldi?</t>
+          <t>Türk-Ermeni Edebi İlişkileri</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>193</v>
+        <v>392</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786057501639</t>
+          <t>9786057501561</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Irak Erbil Yöresi Mezar Kültürü</t>
+          <t>Prof. Dr. Mehmet Ali Ünal'a Armağan</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>416</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786057501493</t>
+          <t>9786057501950</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Kalite Yönetimi</t>
+          <t>Azak Kalesi'nden Prut'a ve Mezamorto Hüseyin Paşa</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>727</v>
+        <v>297</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786057501233</t>
+          <t>9786057501875</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli ve Etkinlikli Şiirler</t>
+          <t>Osmanlı'da Bir Alman Subayı Colmar Freiherr von der Goltz</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>141</v>
+        <v>316</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786057501424</t>
+          <t>9786057501295</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazımı Üzerine 2</t>
+          <t>Menakıb-ı Ali Nisari</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>885</v>
+        <v>192</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786057501202</t>
+          <t>9786057501820</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Şafak 99</t>
+          <t>Psikolojimiz Çin'den mi Geldi?</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>253</v>
+        <v>193</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786057501059</t>
+          <t>9786057501639</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Türk Cumhuriyetleri ve Toplulukları Tarihi</t>
+          <t>Irak Erbil Yöresi Mezar Kültürü</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>1050</v>
+        <v>416</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786057501028</t>
+          <t>9786057501493</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kuvay-i Milliye Öncüleri</t>
+          <t>Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>255</v>
+        <v>727</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052030462</t>
+          <t>9786057501233</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Fikire Fikirden Siyasete</t>
+          <t>Hikayeli ve Etkinlikli Şiirler</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>442</v>
+        <v>141</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052030967</t>
+          <t>9786057501424</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Haldi</t>
+          <t>Tarih Yazımı Üzerine 2</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>231</v>
+        <v>885</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052030974</t>
+          <t>9786057501202</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Üç Oda Bir Salon</t>
+          <t>Şafak 99</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>275</v>
+        <v>253</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786056848803</t>
+          <t>9786057501059</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Cumhuriyeti'nin Kuruluş Süreci ve Sorgulanan Varlığı (1878-1964)</t>
+          <t>Türk Cumhuriyetleri ve Toplulukları Tarihi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>370</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052030981</t>
+          <t>9786057501028</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Eblehistan</t>
+          <t>Kuvay-i Milliye Öncüleri</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>584</v>
+        <v>255</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052030530</t>
+          <t>9786052030462</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Totem - Türk Halkbilimi İnanç Araştırmaları 2</t>
+          <t>Tarihten Fikire Fikirden Siyasete</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>231</v>
+        <v>442</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052030561</t>
+          <t>9786052030967</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Strateji - Türk Halk Kültürü İncelemeleri 2</t>
+          <t>Öyle Bir Haldi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>350</v>
+        <v>231</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052030554</t>
+          <t>9786052030974</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Söyleşiler - Türk Halk Kültürü İncelemeleri 1</t>
+          <t>Üç Oda Bir Salon</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>363</v>
+        <v>275</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052030523</t>
+          <t>9786056848803</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji - Türk Halkbilimi İnanç Araştırmaları - 4</t>
+          <t>Kıbrıs Cumhuriyeti'nin Kuruluş Süreci ve Sorgulanan Varlığı (1878-1964)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052030042</t>
+          <t>9786052030981</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Gönülleri Birleşenler</t>
+          <t>Eblehistan</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>435</v>
+        <v>584</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786257457217</t>
+          <t>9786052030530</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kar Sıcağı</t>
+          <t>Totem - Türk Halkbilimi İnanç Araştırmaları 2</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>304</v>
+        <v>231</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052030219</t>
+          <t>9786052030561</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Anar - Uzağı Yakın Kılan Yazar</t>
+          <t>Teori ve Strateji - Türk Halk Kültürü İncelemeleri 2</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>635</v>
+        <v>350</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052030660</t>
+          <t>9786052030554</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Her Daim Aşk 3 Nokta</t>
+          <t>Söyleşiler - Türk Halk Kültürü İncelemeleri 1</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>214</v>
+        <v>363</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052030691</t>
+          <t>9786052030523</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Hadiselerin Ufkunda</t>
+          <t>Mitoloji - Türk Halkbilimi İnanç Araştırmaları - 4</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052030547</t>
+          <t>9786052030042</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Belgeleri Işığında Keskin (Ciltli)</t>
+          <t>Gönülleri Birleşenler</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>544</v>
+        <v>435</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052030301</t>
+          <t>9786257457217</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Başbuğlu Yıllar</t>
+          <t>Kar Sıcağı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>900</v>
+        <v>304</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786059912150</t>
+          <t>9786052030219</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Geldiğim Yeri Biliyorum</t>
+          <t>Anar - Uzağı Yakın Kılan Yazar</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>350</v>
+        <v>635</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052030202</t>
+          <t>9786052030660</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kitap</t>
+          <t>Her Daim Aşk 3 Nokta</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>136</v>
+        <v>214</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052030264</t>
+          <t>9786052030691</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Nezaket Ülkesinde Bir Gün</t>
+          <t>Hadiselerin Ufkunda</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>126</v>
+        <v>260</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052030226</t>
+          <t>9786052030547</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Irak'ta Monarşinin Sonu</t>
+          <t>Osmanlı Belgeleri Işığında Keskin (Ciltli)</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>584</v>
+        <v>544</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052030011</t>
+          <t>9786052030301</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Millet CHP Diyecek Mi ?</t>
+          <t>Başbuğlu Yıllar</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>261</v>
+        <v>900</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052030165</t>
+          <t>9786059912150</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Temize Çekilmez Ömür Defteri</t>
+          <t>Geldiğim Yeri Biliyorum</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>231</v>
+        <v>350</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052030172</t>
+          <t>9786052030202</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Gazeli</t>
+          <t>Sarı Kitap</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>315</v>
+        <v>136</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786059661966</t>
+          <t>9786052030264</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Halk İnançları</t>
+          <t>Nezaket Ülkesinde Bir Gün</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>410</v>
+        <v>126</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052030035</t>
+          <t>9786052030226</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Nisanoğulları</t>
+          <t>Irak'ta Monarşinin Sonu</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>829</v>
+        <v>584</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786059661898</t>
+          <t>9786052030011</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Coğrafyasında Salur Halk İnançları</t>
+          <t>Millet CHP Diyecek Mi ?</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>869</v>
+        <v>261</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789944048255</t>
+          <t>9786052030165</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İrandan Turana</t>
+          <t>Temize Çekilmez Ömür Defteri</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>550</v>
+        <v>231</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786059661997</t>
+          <t>9786052030172</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>İlesamlı</t>
+          <t>Erguvan Gazeli</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>843</v>
+        <v>315</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786059661911</t>
+          <t>9786059661966</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Binboğa'nın Söz Pınarı</t>
+          <t>Kafkas Halk İnançları</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>647</v>
+        <v>410</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786059661904</t>
+          <t>9786052030035</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Güney Azerbaycan Türklerinin Demokratik Hak ve Özgürlük Mücadelesi</t>
+          <t>Nisanoğulları</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>255</v>
+        <v>829</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786059661768</t>
+          <t>9786059661898</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Halifenin Gölgesine Sığınanlar</t>
+          <t>Türk Kültür Coğrafyasında Salur Halk İnançları</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>767</v>
+        <v>869</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786059661836</t>
+          <t>9789944048255</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Ya Kıyam Et Ya Kıyamet</t>
+          <t>İrandan Turana</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>209</v>
+        <v>550</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786059661812</t>
+          <t>9786059661997</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Türkiye, Türkiye'den Büyüktür</t>
+          <t>İlesamlı</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>240</v>
+        <v>843</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786059661881</t>
+          <t>9786059661911</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Türkeş Konuşuyor</t>
+          <t>Binboğa'nın Söz Pınarı</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>260</v>
+        <v>647</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786059661546</t>
+          <t>9786059661904</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Araştırma Metodu</t>
+          <t>Güney Azerbaycan Türklerinin Demokratik Hak ve Özgürlük Mücadelesi</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>152</v>
+        <v>255</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786059661706</t>
+          <t>9786059661768</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun Beyleri Kara Koyunlular</t>
+          <t>Halifenin Gölgesine Sığınanlar</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>370</v>
+        <v>767</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786059661669</t>
+          <t>9786059661836</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk İnançlarından Hayvan Üslubunda Mitolojik Devridayım - 3</t>
+          <t>Ya Kıyam Et Ya Kıyamet</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>240</v>
+        <v>209</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786059661607</t>
+          <t>9786059661812</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Aras Vadisinde Karşılaştırılmalı Türk Halk İnançları</t>
+          <t>Türkiye, Türkiye'den Büyüktür</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>431</v>
+        <v>240</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786059661683</t>
+          <t>9786059661881</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Çingizliler</t>
+          <t>Türkeş Konuşuyor</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>511</v>
+        <v>260</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>3990000029346</t>
+          <t>9786059661546</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Çöpçatan</t>
+          <t>Türk Tarihinde Araştırma Metodu</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>260</v>
+        <v>152</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786059661119</t>
+          <t>9786059661706</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Bu Kapıdan</t>
+          <t>Doğu'nun Beyleri Kara Koyunlular</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>268</v>
+        <v>370</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786059661072</t>
+          <t>9786059661669</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Ülküler Gökteki Yıldızlara Benzer</t>
+          <t>Türk Halk İnançlarından Hayvan Üslubunda Mitolojik Devridayım - 3</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786059912624</t>
+          <t>9786059661607</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Köngülçe</t>
+          <t>Aras Vadisinde Karşılaştırılmalı Türk Halk İnançları</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>193</v>
+        <v>431</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786059661065</t>
+          <t>9786059661683</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Köprü Ve Ayakları</t>
+          <t>Türk Tarihinde Çingizliler</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>205</v>
+        <v>511</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786059661614</t>
+          <t>3990000029346</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Salnamelerde Nazilli Kazasi</t>
+          <t>Çöpçatan</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>506</v>
+        <v>260</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786059661584</t>
+          <t>9786059661119</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>İzmir Pedagojik Danışma Kurulu</t>
+          <t>Bu Kapıdan</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>440</v>
+        <v>268</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786059661713</t>
+          <t>9786059661072</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Biz Ne Biliriz Ki !</t>
+          <t>Ülküler Gökteki Yıldızlara Benzer</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>328</v>
+        <v>350</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786059661638</t>
+          <t>9786059912624</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Abdurrahman Küçük’e Armağan</t>
+          <t>Köngülçe</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>1287</v>
+        <v>193</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786059661553</t>
+          <t>9786059661065</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Dumlupınar Zaferi</t>
+          <t>Köprü Ve Ayakları</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>401</v>
+        <v>205</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786059661423</t>
+          <t>9786059661614</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Dinler Arası Diyalog</t>
+          <t>Salnamelerde Nazilli Kazasi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>416</v>
+        <v>506</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786059661485</t>
+          <t>9786059661584</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Tek Tanrılı Dinlerde Barış ve Şiddet İkilemi</t>
+          <t>İzmir Pedagojik Danışma Kurulu</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>457</v>
+        <v>440</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786059661348</t>
+          <t>9786059661713</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>İnönü Hükümetlerinin Kıbrıs Politikası</t>
+          <t>Biz Ne Biliriz Ki !</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>658</v>
+        <v>328</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786059661287</t>
+          <t>9786059661638</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toprak Düzeni ve Bu Düzenin Bozulması</t>
+          <t>Prof. Dr. Abdurrahman Küçük’e Armağan</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>695</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786059661270</t>
+          <t>9786059661553</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Nağmeler</t>
+          <t>Türk Basınında Dumlupınar Zaferi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>442</v>
+        <v>401</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786059661508</t>
+          <t>9786059661423</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşları ve Kara Afrika Basını</t>
+          <t>Dinler Arası Diyalog</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>568</v>
+        <v>416</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786059912938</t>
+          <t>9786059661485</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Yumrutaş Köyü</t>
+          <t>Tek Tanrılı Dinlerde Barış ve Şiddet İkilemi</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>536</v>
+        <v>457</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786059661430</t>
+          <t>9786059661348</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Devlet Diz Çökmez</t>
+          <t>İnönü Hükümetlerinin Kıbrıs Politikası</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>350</v>
+        <v>658</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786059661317</t>
+          <t>9786059661287</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Adnan Menderes ve Kıbrısta Menderes’in Gestapoları</t>
+          <t>Osmanlı Toprak Düzeni ve Bu Düzenin Bozulması</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>663</v>
+        <v>695</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786059912263</t>
+          <t>9786059661270</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Yaşam Modeli</t>
+          <t>Renk Renk Nağmeler</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>171</v>
+        <v>442</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786059661126</t>
+          <t>9786059661508</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Matüridilik</t>
+          <t>Çanakkale Savaşları ve Kara Afrika Basını</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>173</v>
+        <v>568</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786059661010</t>
+          <t>9786059912938</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçukluları Tarihi</t>
+          <t>Yumrutaş Köyü</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>635</v>
+        <v>536</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786059912990</t>
+          <t>9786059661430</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürünün Temelleri</t>
+          <t>Devlet Diz Çökmez</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>511</v>
+        <v>350</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786059912730</t>
+          <t>9786059661317</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika - Gerçeklikler ve Geleceğe Bakış</t>
+          <t>Adnan Menderes ve Kıbrısta Menderes’in Gestapoları</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>481</v>
+        <v>663</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786059912662</t>
+          <t>9786059912263</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinden İzler 4</t>
+          <t>Profesyonel Yaşam Modeli</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>536</v>
+        <v>171</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786059912839</t>
+          <t>9786059661126</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Kültürü Monografisinden Mitolojik Şifreler 2</t>
+          <t>Matüridilik</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>347</v>
+        <v>173</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786059912853</t>
+          <t>9786059661010</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Halk Kültürü Bibliyografyası 1980-2015</t>
+          <t>Türkiye Selçukluları Tarihi</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>323</v>
+        <v>635</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786059912747</t>
+          <t>9786059912990</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Matbuatının Yasaklı Sayfalarından Mösyö Elektrik</t>
+          <t>Türk Kültürünün Temelleri</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>297</v>
+        <v>511</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786059912754</t>
+          <t>9786059912730</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Devrim ve Aşk</t>
+          <t>Dış Politika - Gerçeklikler ve Geleceğe Bakış</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>752</v>
+        <v>481</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786059912723</t>
+          <t>9786059912662</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Mira ve Sura</t>
+          <t>Türk Tarihinden İzler 4</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>310</v>
+        <v>536</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789752679221</t>
+          <t>9786059912839</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>B/Aşka Zaman Yok</t>
+          <t>Anadolu Halk Kültürü Monografisinden Mitolojik Şifreler 2</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>271</v>
+        <v>347</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786059912471</t>
+          <t>9786059912853</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türkleri Tarihi</t>
+          <t>Halk Kültürü Bibliyografyası 1980-2015</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>481</v>
+        <v>323</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789752679009</t>
+          <t>9786059912747</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>PKK'nın Hakkari Projesi</t>
+          <t>Osmanlı Matbuatının Yasaklı Sayfalarından Mösyö Elektrik</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>885</v>
+        <v>297</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>3990000027726</t>
+          <t>9786059912754</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinden İzler - 3</t>
+          <t>Devrim ve Aşk</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>481</v>
+        <v>752</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786059912457</t>
+          <t>9786059912723</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanlarına Giriş</t>
+          <t>Mira ve Sura</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>803</v>
+        <v>310</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786059912358</t>
+          <t>9789752679221</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolculuğum</t>
+          <t>B/Aşka Zaman Yok</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>492</v>
+        <v>271</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786059912433</t>
+          <t>9786059912471</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Bencileyin Sözler 2</t>
+          <t>Uygur Türkleri Tarihi</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>230</v>
+        <v>481</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789750147272</t>
+          <t>9789752679009</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Ermenistan Ekonomisinin Yapısal Sorunları</t>
+          <t>PKK'nın Hakkari Projesi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>328</v>
+        <v>885</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789752679672</t>
+          <t>3990000027726</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Dede Biz Rum muyuz?</t>
+          <t>Türk Tarihinden İzler - 3</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>329</v>
+        <v>481</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789752679641</t>
+          <t>9786059912457</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesi</t>
+          <t>Türk Destanlarına Giriş</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>442</v>
+        <v>803</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786059912037</t>
+          <t>9786059912358</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinden İzler - 1</t>
+          <t>Hayat Yolculuğum</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>536</v>
+        <v>492</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786059912044</t>
+          <t>9786059912433</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinden İzler - 2</t>
+          <t>Bencileyin Sözler 2</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>474</v>
+        <v>230</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786059912167</t>
+          <t>9789750147272</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Torbadaki Hukuk</t>
+          <t>Ermenistan Ekonomisinin Yapısal Sorunları</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>416</v>
+        <v>328</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789752679801</t>
+          <t>9789752679672</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Tebriz Aşıklık Geleneği ve Tebrizli Aşık Ali (Ali Feyzullahi Vahid)</t>
+          <t>Dede Biz Rum muyuz?</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>525</v>
+        <v>329</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786059912075</t>
+          <t>9789752679641</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut Kitabı : Bibliyografyası Üzerine Bir Deneme</t>
+          <t>Şark Meselesi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>410</v>
+        <v>442</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789752679788</t>
+          <t>9786059912037</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kültür Kurumlarından Halkevleri ve Afyon Halkevi</t>
+          <t>Türk Tarihinden İzler - 1</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>379</v>
+        <v>536</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786059912303</t>
+          <t>9786059912044</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Bıçağın İki Yüzü</t>
+          <t>Türk Tarihinden İzler - 2</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>323</v>
+        <v>474</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786059912242</t>
+          <t>9786059912167</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Öncüler 1 : Çinliler ve Hintliler</t>
+          <t>Torbadaki Hukuk</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>897</v>
+        <v>416</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786059912020</t>
+          <t>9789752679801</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Dincilik ve Laiklik Üzerine Düşüncelerim</t>
+          <t>Tebriz Aşıklık Geleneği ve Tebrizli Aşık Ali (Ali Feyzullahi Vahid)</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>260</v>
+        <v>525</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789752672864</t>
+          <t>9786059912075</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>İslamlık ve Türklük</t>
+          <t>Dedem Korkut Kitabı : Bibliyografyası Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789752679986</t>
+          <t>9789752679788</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Rüyakar</t>
+          <t>Atatürk'ün Kültür Kurumlarından Halkevleri ve Afyon Halkevi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>435</v>
+        <v>379</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786059912006</t>
+          <t>9786059912303</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler ve Hafıza Teknikleriyle Dilbilgisi</t>
+          <t>Bıçağın İki Yüzü</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>215</v>
+        <v>323</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789752679962</t>
+          <t>9786059912242</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Geleneksellikten Geleceğe</t>
+          <t>Öncüler 1 : Çinliler ve Hintliler</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>297</v>
+        <v>897</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789752672383</t>
+          <t>9786059912020</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Kavramı Üzerine</t>
+          <t>Dincilik ve Laiklik Üzerine Düşüncelerim</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>203</v>
+        <v>260</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789752672390</t>
+          <t>9789752672864</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Batı Uygarlığı ve İslam</t>
+          <t>İslamlık ve Türklük</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786059661003</t>
+          <t>9789752679986</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Batı Anadolu'da Yunan Mezalimi</t>
+          <t>Rüyakar</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>350</v>
+        <v>435</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786059912266</t>
+          <t>9786059912006</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Oyun - 1915 Olaylarının Gerçek Yüzü 1</t>
+          <t>Karikatürler ve Hafıza Teknikleriyle Dilbilgisi</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>370</v>
+        <v>215</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789752675964</t>
+          <t>9789752679962</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı ve Türkiye</t>
+          <t>Geleneksellikten Geleceğe</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>604</v>
+        <v>297</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789752673922</t>
+          <t>9789752672383</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Uygulamaları</t>
+          <t>İdeoloji Kavramı Üzerine</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>525</v>
+        <v>203</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789752672628</t>
+          <t>9789752672390</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Sevdası</t>
+          <t>Batı Uygarlığı ve İslam</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>323</v>
+        <v>200</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789752678620</t>
+          <t>9786059661003</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Eski Sovyetlerde Türk Kimliği</t>
+          <t>Batı Anadolu'da Yunan Mezalimi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>347</v>
+        <v>350</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789752677524</t>
+          <t>9786059912266</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Türk Milli Mücadelesi ve 1958 Türkiye Mitingleri</t>
+          <t>Bozuk Oyun - 1915 Olaylarının Gerçek Yüzü 1</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>433</v>
+        <v>370</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>3990000029648</t>
+          <t>9789752675964</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>İran-Osmanlı Ticari İlişkiler (1900-1923)</t>
+          <t>Arap Baharı ve Türkiye</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>671</v>
+        <v>604</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789752675636</t>
+          <t>9789752673922</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiiri ve Divan Şiirinin Müşterekleri</t>
+          <t>Anayasa Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>398</v>
+        <v>525</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789752673403</t>
+          <t>9789752672628</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Öğretilmiş Çaresizlik</t>
+          <t>Anadolu Sevdası</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>310</v>
+        <v>323</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>3990000026997</t>
+          <t>9789752678620</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Hayaşa Bölgesi Tarihi 2</t>
+          <t>Eski Sovyetlerde Türk Kimliği</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>410</v>
+        <v>347</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789752679252</t>
+          <t>9789752677524</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Lalalık Kurumu</t>
+          <t>Kıbrıs’ta Türk Milli Mücadelesi ve 1958 Türkiye Mitingleri</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>341</v>
+        <v>433</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>3990000048748</t>
+          <t>3990000029648</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Hayaşa Bölgesi Tarihi 1</t>
+          <t>İran-Osmanlı Ticari İlişkiler (1900-1923)</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>600</v>
+        <v>671</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789752679467</t>
+          <t>9789752675636</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Facebook Yokken Buralar Tarlaydı</t>
+          <t>Halk Şiiri ve Divan Şiirinin Müşterekleri</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>236</v>
+        <v>398</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789752673915</t>
+          <t>9789752673403</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Yazıları(m)</t>
+          <t>Öğretilmiş Çaresizlik</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>1100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786059661041</t>
+          <t>3990000026997</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mitingleri</t>
+          <t>Hayaşa Bölgesi Tarihi 2</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>260</v>
+        <v>410</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786059661058</t>
+          <t>9789752679252</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale 1915</t>
+          <t>Osmanlılarda Lalalık Kurumu</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>481</v>
+        <v>341</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789752678286</t>
+          <t>3990000048748</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Karagül</t>
+          <t>Hayaşa Bölgesi Tarihi 1</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>316</v>
+        <v>600</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789752678583</t>
+          <t>9789752679467</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Azizlik</t>
+          <t>Facebook Yokken Buralar Tarlaydı</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>512</v>
+        <v>236</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789752679269</t>
+          <t>9789752673915</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Haydar</t>
+          <t>Siyaset Yazıları(m)</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>971</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789752678606</t>
+          <t>9786059661041</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Bu Türküyü Senle Söylemek Vardı</t>
+          <t>İstanbul Mitingleri</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789752676886</t>
+          <t>9786059661058</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Yönetim?</t>
+          <t>Çanakkale 1915</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>259</v>
+        <v>481</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789752676879</t>
+          <t>9789752678286</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir İnsan?</t>
+          <t>Karagül</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>236</v>
+        <v>316</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789752676534</t>
+          <t>9789752678583</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Paşanın Anadolu’ya Geçişi</t>
+          <t>Azizlik</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>558</v>
+        <v>512</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786059912907</t>
+          <t>9789752679269</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğlu Atası Nure Sofi</t>
+          <t>Haydar</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>240</v>
+        <v>971</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789752678736</t>
+          <t>9789752678606</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Mı Anlatmak Mı?</t>
+          <t>Bu Türküyü Senle Söylemek Vardı</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789752678712</t>
+          <t>9789752676886</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Dolandım Peşinde Ülkü Adlı Yar</t>
+          <t>Nasıl Bir Yönetim?</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>310</v>
+        <v>259</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789752678484</t>
+          <t>9789752676879</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>İlmi Makaleler Cilt - 2</t>
+          <t>Nasıl Bir İnsan?</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>686</v>
+        <v>236</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789752678491</t>
+          <t>9789752676534</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>İlmi Makaleler Cilt - 3</t>
+          <t>Mustafa Kemal Paşanın Anadolu’ya Geçişi</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>686</v>
+        <v>558</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>3990000018125</t>
+          <t>9786059912907</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar'ın Hikayelerinde Anlatıcı ve Kahramanlar</t>
+          <t>Karamanoğlu Atası Nure Sofi</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>222</v>
+        <v>240</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789752678590</t>
+          <t>9789752678736</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Güneyli Yiğit</t>
+          <t>Yaşamak Mı Anlatmak Mı?</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>465</v>
+        <v>260</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789752678637</t>
+          <t>9789752678712</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Garp - Şark Ayrımında İslam Algısı</t>
+          <t>Dolandım Peşinde Ülkü Adlı Yar</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>388</v>
+        <v>310</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789752677494</t>
+          <t>9789752678484</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>İlmi Makaleler Cilt - 2</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>948</v>
+        <v>686</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789752677517</t>
+          <t>9789752678491</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 4</t>
+          <t>İlmi Makaleler Cilt - 3</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>1200</v>
+        <v>686</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
+          <t>3990000018125</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Hamdi Tanpınar'ın Hikayelerinde Anlatıcı ve Kahramanlar</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9789752678590</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Güneyli Yiğit</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9789752678637</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Garp - Şark Ayrımında İslam Algısı</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9789752677494</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Makaleler 2</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9789752677517</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Makaleler 4</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
           <t>9789752677500</t>
         </is>
       </c>
-      <c r="B862" s="1" t="inlineStr">
+      <c r="B867" s="1" t="inlineStr">
         <is>
           <t>Makaleler 3</t>
         </is>
       </c>
-      <c r="C862" s="1">
+      <c r="C867" s="1">
         <v>904</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>