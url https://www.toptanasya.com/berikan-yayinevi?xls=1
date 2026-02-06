--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,13030 +85,13540 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255893819</t>
+          <t>9786256591363</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Geleceği Üzerine Transhümanizm ve İnsan Tasavvuru</t>
+          <t>Kriminolojiye Giriş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255893611</t>
+          <t>9786255893642</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Asker Oldum</t>
+          <t>Düzensizlik Çağında Türk Ufku</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>330</v>
+        <v>410</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255893581</t>
+          <t>9786255893833</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ülküden Teknolojiye</t>
+          <t>Bir Pars Hikayesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255893505</t>
+          <t>9789752676695</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kök Börü'nün Çocukları</t>
+          <t>Karadeniz Ekonomik İşbirliği Örgütü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>615</v>
+        <v>820</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752679726</t>
+          <t>9789752678385</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şebinkarahisarlı Memurlar (1879-1909)</t>
+          <t>Türkiye’nin Korkuları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>340</v>
+        <v>468</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752675391</t>
+          <t>9789752673861</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi</t>
+          <t>Türk Kültüründe Kürtler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>297</v>
+        <v>387</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255893529</t>
+          <t>9789752676954</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kubettü'l İslam Ahlat'ın Manevi Mihmandarları Babalar, Şeyhler, Tekke ve Zaviyeler</t>
+          <t>Soğuk Savaş Sonrası Eski SSCB Coğrafyasında Etnik ve Dinsel Çatışmalar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>290</v>
+        <v>451</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255893352</t>
+          <t>9786059661379</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Alevi Bektaşi Edebiyatı ve Yedi Ulu Ozan</t>
+          <t>Miralay Lütfi Müfit Özdeş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>656</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057634429</t>
+          <t>9789752672802</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Talas</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255893420</t>
+          <t>9789752671935</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinde Bilgi Siyaseti</t>
+          <t>Muhtıra Sonrası Demokratikleşme Hareketine Örnek Model Olarak 1973 Genel Seçimler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>325</v>
+        <v>726</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256591127</t>
+          <t>9789752670761</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Telafuzu-1</t>
+          <t>Milli Mücadele Dönemi Dış Etkiler ve Mustafa Kemal’in Tepkisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>660</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255893284</t>
+          <t>9789752670679</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türk Diplomatik Arşivi Belgelerine Göre Atatürk Dönemi Türkiye-Hollanda İlişkileri (1923-1938)</t>
+          <t>Makaleler Cilt: 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>330</v>
+        <v>990</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059661591</t>
+          <t>9789752671614</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Salavat'ın Yolunda</t>
+          <t>Makaleler 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>973</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255893239</t>
+          <t>9789752670532</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Göç Yönetimi ve Kurumsal Yapılanma</t>
+          <t>Makaleler 1</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>955</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256428843</t>
+          <t>9789752670587</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türk Büyüklerinin Müslümanlık Anlayışı</t>
+          <t>Makaleler 3</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>485</v>
+        <v>751</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258365672</t>
+          <t>3990000050745</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Makedonya - Edirne Dahili İhtilal Teşkilatı (1893-1912)</t>
+          <t>Makaleler Cilt 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>853</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057634382</t>
+          <t>9789752673380</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Milli Mücadele Hareketi ve Türk Siyasal Hayatına Etkileri</t>
+          <t>Geçmişten Günümüze Kıbrıs</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>553</v>
+        <v>687</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059661164</t>
+          <t>9789752676589</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvete Çağdaş Bir Yaklaşım</t>
+          <t>Ekonomi Nereye Gidiyor? (2)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>407</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255893277</t>
+          <t>9789752672680</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bahçeli Liderliğinin Birleştirici Hilal Modeli Olarak Milliyetçi Hareket Partisi</t>
+          <t>Çok Partili Hayata Geçiş Sürecinde Kırşehir</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>485</v>
+        <v>346.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255893246</t>
+          <t>9789752676381</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadeleye Karşı Bir Tehdit Nigehban Cemiyet-i Askeriyesi (1919-1920)</t>
+          <t>Ay Ağladı Yıldızlar Düşerken</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>380</v>
+        <v>462</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256284821</t>
+          <t>9789752672635</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mısır Türk Memluk Devletinde Eğlence Hayatı</t>
+          <t>Avrupa Birliğini Doğru Tanımak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>395</v>
+        <v>286</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255893192</t>
+          <t>9789752671881</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Afrika'daki Akıllı Güç Uygulamalarına Bakış: Türkiye’nin Afrika Açılımının Ekonomik ve Siyasi Analizi</t>
+          <t>Ankara Hükümeti’nin Dış Siyasetinde Batılı Devletler (1918-1923)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>420</v>
+        <v>577</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255893154</t>
+          <t>9786059912556</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cemre</t>
+          <t>Milli Mücadele İstihbaratında İstanbul'da Gizli Bir Grup : Felah</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>738</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256591011</t>
+          <t>9789752678576</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>XIX.Yüzyılda Güney Marmara’da Bir Eşkiya Manol Ve Çetesi</t>
+          <t>Mitolojik Devridayım - 1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>438</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256428621</t>
+          <t>9786059912877</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanlarında Kadın</t>
+          <t>Türk Etnolojisinde Zazalar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>506</v>
+        <v>511</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256428867</t>
+          <t>9786257254052</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Tmt Küçük Kaymaklı Kahramanı Binbaşı Mustafa Öcal</t>
+          <t>Türk Halk İnanışlarında Maddi ve Manevi Şifa</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>227</v>
+        <v>650</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258365696</t>
+          <t>9786057634535</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi Yazıları (Prof. Dr. Ömer Faruk Harman’a Armağan)</t>
+          <t>Devlet Bahçeli Model in Political Communication: Wise Leadership</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>910</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258365016</t>
+          <t>9786256591332</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kuman / Kıpçaklar</t>
+          <t>Osmanlı Devleti’nde Anayasa Düşüncesinin Gelişimi ve Kanun-i Esasi Tartışmaları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>275</v>
+        <v>492</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258365788</t>
+          <t>9786057634634</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Abd Merkezli Düşünce Kuruluşlarının Türkiye Raporları</t>
+          <t>Türkiye Ekseninde Ortadoğu (1918-1991)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>663</v>
+        <v>632.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257457781</t>
+          <t>9786255893598</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İlk Kuşak Dinler Tarihçileri Konuşuyor</t>
+          <t>Barış İletişimi Perspektifinden Terörsüz Türkiye Süreci ve Devlet Bahçeli Liderliği</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>771</v>
+        <v>455</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258365009</t>
+          <t>9786255893840</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset Türkçülüğün Manifestosu</t>
+          <t>Türkiye'de Siyasal İletişim ve Seçim Kampanyaları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>727</v>
+        <v>900</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257457798</t>
+          <t>9786256428430</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Nasturi Ve Şeyh Said İsyanlarının Gölgesinde Musul Sorunu</t>
+          <t>ABD Merkezli Düşünce Kuruluşlarının Türkiye Projeksiyonları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>584</v>
+        <v>332</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057634566</t>
+          <t>9786258365665</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Barış Gönüllüleri ve Türkiye’deki Eğitim Faaliyetleri</t>
+          <t>Tarih ve Psikoloji Ekseninde Biyografi ve Psikobiyografi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>520</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257457729</t>
+          <t>9786257457385</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kinci Dünya Savaşı Sırasında Türkiye Üzerinden Yapılan Yahudi Göçleri</t>
+          <t>Dokuz Kırmızı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>481</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057501417</t>
+          <t>9786255893819</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimciler Gözüyle Sinop</t>
+          <t>İnsanın Geleceği Üzerine Transhümanizm ve İnsan Tasavvuru</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>771</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057501325</t>
+          <t>9786255893611</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz Maske Tiyatrosu</t>
+          <t>Asker Oldum</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>268</v>
+        <v>330</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057501660</t>
+          <t>9786255893581</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi ve Medeniyetinde Harran Cilt: 2</t>
+          <t>Ülküden Teknolojiye</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>767</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057501653</t>
+          <t>9786255893505</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi ve Medeniyetinde Harran Cilt: 1</t>
+          <t>Kök Börü'nün Çocukları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>940</v>
+        <v>615</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052030233</t>
+          <t>9789752679726</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din, Dinler Tarihi ve Eğitim</t>
+          <t>Şebinkarahisarlı Memurlar (1879-1909)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>961</v>
+        <v>340</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057501547</t>
+          <t>9789752675391</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Tokat Valileri (1923-2018)</t>
+          <t>İslam Felsefesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>431</v>
+        <v>326</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057501387</t>
+          <t>9786255893529</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Kurdu</t>
+          <t>Kubettü'l İslam Ahlat'ın Manevi Mihmandarları Babalar, Şeyhler, Tekke ve Zaviyeler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>512</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000018590</t>
+          <t>9786255893352</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Yahudiler ve Türkler (Cilt 1)</t>
+          <t>Alevi Bektaşi Edebiyatı ve Yedi Ulu Ozan</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057501165</t>
+          <t>9786057634429</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türk Cumhuriyeti'nin Kuruluşunun 100. Yılında Er Kişi Ebulfez Elçibey'e Armağan</t>
+          <t>Talas</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>844</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>3990000018589</t>
+          <t>9786255893420</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Yahudiler ve Türkler (Cilt 2)</t>
+          <t>Türk Düşüncesinde Bilgi Siyaseti</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057634139</t>
+          <t>9786256591127</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Afganistan'da Türkler</t>
+          <t>İngilizce Telafuzu-1</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052030509</t>
+          <t>9786255893284</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kut</t>
+          <t>Türk Diplomatik Arşivi Belgelerine Göre Atatürk Dönemi Türkiye-Hollanda İlişkileri (1923-1938)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>287</v>
+        <v>330</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057501486</t>
+          <t>9786059661591</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Moğolları Durduran Türk Sultan Baybars</t>
+          <t>Salavat'ın Yolunda</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>363</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057501554</t>
+          <t>9786255893239</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Eyyubi İlişkileri</t>
+          <t>Türkiye’de Göç Yönetimi ve Kurumsal Yapılanma</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>435</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057501943</t>
+          <t>9786256428843</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya'dan Anadolu'ya Uzanan Köklü Tarihi ile Kureyşan Ocağı</t>
+          <t>Türk Büyüklerinin Müslümanlık Anlayışı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>563</v>
+        <v>485</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059912013</t>
+          <t>9786258365672</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türk’e ve Özelde Avrupa Türk’üne  Genel Bir Bakış</t>
+          <t>Makedonya - Edirne Dahili İhtilal Teşkilatı (1893-1912)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>260</v>
+        <v>853</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752679719</t>
+          <t>9786057634382</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Safeviye Tarikatı Tarihi</t>
+          <t>Yeniden Milli Mücadele Hareketi ve Türk Siyasal Hayatına Etkileri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>190</v>
+        <v>553</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752678644</t>
+          <t>9786059661164</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Fethi ve Türkleşmesi</t>
+          <t>Nübüvvete Çağdaş Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>224</v>
+        <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752678729</t>
+          <t>9786255893277</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Ülkücüler?</t>
+          <t>Devlet Bahçeli Liderliğinin Birleştirici Hilal Modeli Olarak Milliyetçi Hareket Partisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>370</v>
+        <v>485</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752671058</t>
+          <t>9786255893246</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Döneminde Anadolu'da Kır ve Kent Hayatı</t>
+          <t>Milli Mücadeleye Karşı Bir Tehdit Nigehban Cemiyet-i Askeriyesi (1919-1920)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752679832</t>
+          <t>9786256284821</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Mısır Türk Memluk Devletinde Eğlence Hayatı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>416</v>
+        <v>395</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000018455</t>
+          <t>9786255893192</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Devleti Cumhurbaşkanları ve Siyasi Hayattaki Yerleri</t>
+          <t>Türkiye’nin Afrika'daki Akıllı Güç Uygulamalarına Bakış: Türkiye’nin Afrika Açılımının Ekonomik ve Siyasi Analizi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>647</v>
+        <v>420</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752679016</t>
+          <t>9786255893154</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Hıristiyan Olan Müslümanlar</t>
+          <t>Cemre</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>961</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752679498</t>
+          <t>9786256591011</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Enerji - Politik Dünya ve Türkiye</t>
+          <t>XIX.Yüzyılda Güney Marmara’da Bir Eşkiya Manol Ve Çetesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>337</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752673823</t>
+          <t>9786256428621</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yerbilimlerinin Katkısıyla Nuh Tufanı ve Sümerlerin Kökeni</t>
+          <t>Türk Destanlarında Kadın</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>380</v>
+        <v>506</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752673229</t>
+          <t>9786256428867</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yakın Çağ Dönemi - Avrupa Tarihi</t>
+          <t>Kıbrıs Tmt Küçük Kaymaklı Kahramanı Binbaşı Mustafa Öcal</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>416</v>
+        <v>227</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752673274</t>
+          <t>9786258365696</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Uzun Savaş</t>
+          <t>Dinler Tarihi Yazıları (Prof. Dr. Ömer Faruk Harman’a Armağan)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>777</v>
+        <v>910</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752677142</t>
+          <t>9786258365016</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İranı - 2</t>
+          <t>Kuman / Kıpçaklar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752677135</t>
+          <t>9786258365788</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İranı - 1</t>
+          <t>Abd Merkezli Düşünce Kuruluşlarının Türkiye Raporları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1120</v>
+        <v>663</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752673830</t>
+          <t>9786257457781</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Meselelerine Dair</t>
+          <t>İlk Kuşak Dinler Tarihçileri Konuşuyor</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>695</v>
+        <v>771</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752675360</t>
+          <t>9786258365009</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’dan Türkiye’ye Alevilik-Bektaşilik</t>
+          <t>Üç Tarz-ı Siyaset Türkçülüğün Manifestosu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>550</v>
+        <v>727</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752672048</t>
+          <t>9786257457798</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşme Sürecinde Sivas Halkevi</t>
+          <t>Nasturi Ve Şeyh Said İsyanlarının Gölgesinde Musul Sorunu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>660</v>
+        <v>584</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752676015</t>
+          <t>9786057634566</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinde Kurt</t>
+          <t>Amerikan Barış Gönüllüleri ve Türkiye’deki Eğitim Faaliyetleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>239</v>
+        <v>520</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752675704</t>
+          <t>9786257457729</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği - Kültürel Akıl İçtihat ve Siyaset</t>
+          <t>Kinci Dünya Savaşı Sırasında Türkiye Üzerinden Yapılan Yahudi Göçleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>980</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752673441</t>
+          <t>9786057501417</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Türk-Tatar Halk İnançları</t>
+          <t>Sosyal Bilimciler Gözüyle Sinop</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>255</v>
+        <v>771</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752673540</t>
+          <t>9786057501325</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Tematik Halk İnanmaları</t>
+          <t>Çağdaş İngiliz Maske Tiyatrosu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>584</v>
+        <v>268</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752673472</t>
+          <t>9786057501660</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Ölüm</t>
+          <t>İslam Tarihi ve Medeniyetinde Harran Cilt: 2</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>432</v>
+        <v>767</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752673496</t>
+          <t>9786057501653</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Orta Asya’dan Orta Doğu’ya İnanç Göçü</t>
+          <t>İslam Tarihi ve Medeniyetinde Harran Cilt: 1</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>380</v>
+        <v>940</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752673489</t>
+          <t>9786052030233</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Hz. Hızır’dan Sultan Nevruz’a</t>
+          <t>Türkiye'de Din, Dinler Tarihi ve Eğitim</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>360</v>
+        <v>961</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752673458</t>
+          <t>9786057501547</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Alkışlar-Kargışlar</t>
+          <t>Cumhuriyet Döneminde Tokat Valileri (1923-2018)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>416</v>
+        <v>431</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752673526</t>
+          <t>9786057501387</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Coğrafyasında Halk Kültüründen Milli Stratejiye - 1</t>
+          <t>Türkmen Kurdu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>457</v>
+        <v>512</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752672734</t>
+          <t>3990000018590</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Tefekküründe Kurt - 2</t>
+          <t>Tarih Boyunca Yahudiler ve Türkler (Cilt 1)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>338</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752675568</t>
+          <t>9786057501165</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Kültüründe Zazalar</t>
+          <t>Azerbaycan Türk Cumhuriyeti'nin Kuruluşunun 100. Yılında Er Kişi Ebulfez Elçibey'e Armağan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>240</v>
+        <v>844</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752676008</t>
+          <t>3990000018589</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk İnançlarında Tabu</t>
+          <t>Tarih Boyunca Yahudiler ve Türkler (Cilt 2)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>259</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752675599</t>
+          <t>9786057634139</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk İnançlarında Beslenme</t>
+          <t>Afganistan'da Türkler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>591</v>
+        <v>290</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000025925</t>
+          <t>9786052030509</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Tarihi</t>
+          <t>Kut</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>695</v>
+        <v>315</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752673076</t>
+          <t>9786057501486</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Timurlular Devleti Tarihi</t>
+          <t>Moğolları Durduran Türk Sultan Baybars</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789752673885</t>
+          <t>9786057501554</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Terör ve Terörizmle Mücadele</t>
+          <t>Selçuklu Eyyubi İlişkileri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>770</v>
+        <v>478</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752675759</t>
+          <t>9786057501943</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Tebriz</t>
+          <t>Orta Asya'dan Anadolu'ya Uzanan Köklü Tarihi ile Kureyşan Ocağı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>316</v>
+        <v>619</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752672925</t>
+          <t>9786059912013</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tarih Işığında Güneydoğu ve Diyarbakır</t>
+          <t>Türk’e ve Özelde Avrupa Türk’üne  Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>431</v>
+        <v>286</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752673564</t>
+          <t>9789752679719</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Şark Mes’elesi</t>
+          <t>Safeviye Tarikatı Tarihi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>803</v>
+        <v>209</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752673571</t>
+          <t>9789752678644</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Spor</t>
+          <t>Anadolu'nun Fethi ve Türkleşmesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>597</v>
+        <v>246</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752675711</t>
+          <t>9789752678729</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Siyasi ve Hukuki Açıdan Milli Mücadele</t>
+          <t>Kim Bu Ülkücüler?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>465</v>
+        <v>407</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752673533</t>
+          <t>9789752671058</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Ulucanlar</t>
+          <t>Tanzimat Döneminde Anadolu'da Kır ve Kent Hayatı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>556</v>
+        <v>385</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752678262</t>
+          <t>9789752679832</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Strateji ve Güç Kullanma Üzerine</t>
+          <t>Din Psikolojisi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>455</v>
+        <v>457</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052030493</t>
+          <t>3990000018455</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Doğumunun 100. Yılında Alparslan Türkeş'e Armağan</t>
+          <t>Türkiye Cumhuriyeti Devleti Cumhurbaşkanları ve Siyasi Hayattaki Yerleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>584</v>
+        <v>711</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052030424</t>
+          <t>9789752679016</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası (1830-1989)</t>
+          <t>Türkiye'de Hıristiyan Olan Müslümanlar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1200</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059238793</t>
+          <t>9789752679498</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir Paşa'nın Hayatı ve Anıları</t>
+          <t>Enerji - Politik Dünya ve Türkiye</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>663</v>
+        <v>370</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057501721</t>
+          <t>9789752673823</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Araştırmalarda Yeni Yaklaşımlar 1</t>
+          <t>Yerbilimlerinin Katkısıyla Nuh Tufanı ve Sümerlerin Kökeni</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1050</v>
+        <v>418</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057501103</t>
+          <t>9789752673229</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönemde Eğitim Edebiyat Sanat ve İktisat</t>
+          <t>Yakın Çağ Dönemi - Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1045</v>
+        <v>457</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057501356</t>
+          <t>9789752673274</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönemde Edebiyat Eğitim İktisat ve Mühendislik</t>
+          <t>Uzun Savaş</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1815</v>
+        <v>854</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057501363</t>
+          <t>9789752677142</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İlk Çağlardan Modern Döneme Tarihten İzler 2</t>
+          <t>Türklerin İranı - 2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1350</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057501370</t>
+          <t>9789752677135</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tıpta İnovasyon ve Renovasyon Mozaiği</t>
+          <t>Türklerin İranı - 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1185</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057501516</t>
+          <t>9789752673830</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İl Yönetimi 1839-1923</t>
+          <t>Türkiye Meselelerine Dair</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>512</v>
+        <v>764</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057501264</t>
+          <t>9789752675360</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Almancı</t>
+          <t>Türkistan’dan Türkiye’ye Alevilik-Bektaşilik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>605</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052030653</t>
+          <t>9789752672048</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Çiçeklerim</t>
+          <t>Türk Modernleşme Sürecinde Sivas Halkevi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>132</v>
+        <v>726</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052030707</t>
+          <t>9789752676015</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Ufkunda</t>
+          <t>Türk Mitolojisinde Kurt</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>275</v>
+        <v>262</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052030752</t>
+          <t>9789752675704</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bilimin İzinde</t>
+          <t>Türk Milliyetçiliği - Kültürel Akıl İçtihat ve Siyaset</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>702</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052030714</t>
+          <t>9789752673441</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bekiran Aşireti Tarihi</t>
+          <t>Türk Kültürlü Halklarda Türk-Tatar Halk İnançları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>369</v>
+        <v>280</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052030776</t>
+          <t>9789752673540</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Asya</t>
+          <t>Türk Kültürlü Halklarda Tematik Halk İnanmaları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>222</v>
+        <v>642</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052030288</t>
+          <t>9789752673472</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Küresel Buhran Dönemi ve Türkiye</t>
+          <t>Türk Kültürlü Halklarda Ölüm</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>370</v>
+        <v>475</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057501097</t>
+          <t>9789752673496</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İlkçağlardan Modern Döneme Tarihten İzler</t>
+          <t>Türk Kültürlü Halklarda Orta Asya’dan Orta Doğu’ya İnanç Göçü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1390</v>
+        <v>418</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052030813</t>
+          <t>9789752673489</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hadislerin Işığında İmanı Bozan Şeyler</t>
+          <t>Türk Kültürlü Halklarda Hz. Hızır’dan Sultan Nevruz’a</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>465</v>
+        <v>396</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059661409</t>
+          <t>9789752673458</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Pir Kültü</t>
+          <t>Türk Kültürlü Halklarda Alkışlar-Kargışlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>380</v>
+        <v>457</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059912693</t>
+          <t>9789752673526</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Mitolojisinden Yapraklar - 2</t>
+          <t>Türk Kültür Coğrafyasında Halk Kültüründen Milli Stratejiye - 1</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>328</v>
+        <v>500</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059661416</t>
+          <t>9789752672734</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Mitolojisinden Yapraklar - 1</t>
+          <t>Türk Halk Tefekküründe Kurt - 2</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>315</v>
+        <v>371</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059661744</t>
+          <t>9789752675568</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazımı Üzerine</t>
+          <t>Türk Halk Kültüründe Zazalar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>885</v>
+        <v>264</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059661751</t>
+          <t>9789752676008</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bahçeli'yi Anlamak Duruş</t>
+          <t>Türk Halk İnançlarında Tabu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>370</v>
+        <v>284</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059661645</t>
+          <t>9789752675599</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Batı Türkistan Hanlıkları</t>
+          <t>Türk Halk İnançlarında Beslenme</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>837</v>
+        <v>650</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059661362</t>
+          <t>3990000025925</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Resimli Adalya Kitabı</t>
+          <t>Türk Anayasa Tarihi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>400</v>
+        <v>764.5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052030622</t>
+          <t>9789752673076</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Gözyaşları</t>
+          <t>Timurlular Devleti Tarihi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>435</v>
+        <v>385</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052030295</t>
+          <t>9789752673885</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Harran ve Urfa'da Geçmiş Zaman İzleri</t>
+          <t>Terör ve Terörizmle Mücadele</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>847</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059912563</t>
+          <t>9789752675759</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dolusu Sevgi</t>
+          <t>Tarihte Tebriz</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>493</v>
+        <v>347</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052030028</t>
+          <t>9789752672925</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türklerinin Önderlerİ</t>
+          <t>Tarih Işığında Güneydoğu ve Diyarbakır</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>856</v>
+        <v>474</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000029323</t>
+          <t>9789752673564</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda Bayburt</t>
+          <t>Şark Mes’elesi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>525</v>
+        <v>883</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059912648</t>
+          <t>9789752673571</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dağlık Karabağ: Kaynakların Diliyle Tarih</t>
+          <t>Sosyoloji ve Spor</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>363</v>
+        <v>656</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752672611</t>
+          <t>9789752675711</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Halk Huzura Susadı</t>
+          <t>Siyasi ve Hukuki Açıdan Milli Mücadele</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>215</v>
+        <v>511</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059912143</t>
+          <t>9789752673533</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Devridayım - 2</t>
+          <t>Türk Kültürlü Halklarda Ulucanlar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>316</v>
+        <v>611</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059912631</t>
+          <t>9789752678262</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İrevan Şehri</t>
+          <t>Strateji ve Güç Kullanma Üzerine</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>431</v>
+        <v>500</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059661027</t>
+          <t>9786052030493</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğulları Tarihi</t>
+          <t>Doğumunun 100. Yılında Alparslan Türkeş'e Armağan</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>390</v>
+        <v>642</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059912952</t>
+          <t>9786052030424</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Erdoğan'ın Gizli Ajandası</t>
+          <t>Türk Dış Politikası (1830-1989)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>511</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059661805</t>
+          <t>9786059238793</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Türklerin ve Türkçenin 40.000 Yıllık Tarihi</t>
+          <t>Kazım Karabekir Paşa'nın Hayatı ve Anıları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>388</v>
+        <v>729</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752678118</t>
+          <t>9786057501721</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu’da Teokratik Devlet Düzeni</t>
+          <t>Bilimsel Araştırmalarda Yeni Yaklaşımlar 1</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>512</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752677197</t>
+          <t>9786057501103</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti'nin Köy ve Köylü Politikaları</t>
+          <t>Modern Dönemde Eğitim Edebiyat Sanat ve İktisat</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>635</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752670310</t>
+          <t>9786057501356</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Med Vakti Gelen Kuşlar</t>
+          <t>Modern Dönemde Edebiyat Eğitim İktisat ve Mühendislik</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>370</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752677302</t>
+          <t>9786057501363</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Yahudiler</t>
+          <t>İlk Çağlardan Modern Döneme Tarihten İzler 2</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>426</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752678149</t>
+          <t>9786057501370</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Borçları Tarihi</t>
+          <t>Tıpta İnovasyon ve Renovasyon Mozaiği</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>797</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752670754</t>
+          <t>9786057501516</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular’da Ordu ve Askeri Kültür</t>
+          <t>Türkiye'de İl Yönetimi 1839-1923</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>442</v>
+        <v>563</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752675650</t>
+          <t>9786057501264</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Müesseseleri ve Medeniyeti Tarihi</t>
+          <t>Almancı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>207</v>
+        <v>495</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752673120</t>
+          <t>9786052030653</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Safahat (8 Kitap Takım)</t>
+          <t>Sevgi Çiçeklerim</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>1581</v>
+        <v>145</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752671201</t>
+          <t>9786052030707</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Rus Türk Mücadelesi’nde Ahıska Türkleri</t>
+          <t>Medeniyet Ufkunda</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>727</v>
+        <v>302.5</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752675995</t>
+          <t>9786052030752</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk İnançlarında Renkler</t>
+          <t>Bilimin İzinde</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>457</v>
+        <v>772</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752673151</t>
+          <t>9786052030714</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Öteki Din</t>
+          <t>Bekiran Aşireti Tarihi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>660</v>
+        <v>405</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752673137</t>
+          <t>9786052030776</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Güney Seferleri</t>
+          <t>Asya</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>752</v>
+        <v>244</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752671898</t>
+          <t>9786052030288</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Askeri Gazetesi Ceride-i Askeriyye 1-30</t>
+          <t>Küresel Buhran Dönemi ve Türkiye</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>752</v>
+        <v>407</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752672765</t>
+          <t>9786057501097</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Oruç İbadeti</t>
+          <t>İlkçağlardan Modern Döneme Tarihten İzler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>352</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752675155</t>
+          <t>9786052030813</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Okuma Eğitimi</t>
+          <t>Kur'an ve Hadislerin Işığında İmanı Bozan Şeyler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>572</v>
+        <v>511</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752673465</t>
+          <t>9786059661409</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Tarihi İtibariyle Türklüğün Dini Geçmişi</t>
+          <t>Türk Kültürlü Halklarda Pir Kültü</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>328</v>
+        <v>418</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752675414</t>
+          <t>9786059912693</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk Hayatı ve Eseri</t>
+          <t>Anadolu Türk Mitolojisinden Yapraklar - 2</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>818</v>
+        <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752675575</t>
+          <t>9786059661416</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Mitler</t>
+          <t>Anadolu Türk Mitolojisinden Yapraklar - 1</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>445</v>
+        <v>346</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752673847</t>
+          <t>9786059661744</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Misyonerlik ve Dinlerarası Diyalog</t>
+          <t>Tarih Yazımı Üzerine</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>553</v>
+        <v>973</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752675971</t>
+          <t>9786059661751</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Milli Strateji</t>
+          <t>Devlet Bahçeli'yi Anlamak Duruş</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>420</v>
+        <v>407</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752673328</t>
+          <t>9786059661645</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Medyada Düşürülmüş Maskeler</t>
+          <t>Batı Türkistan Hanlıkları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>654</v>
+        <v>920</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752675841</t>
+          <t>9786059661362</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mankurtluk Külahı</t>
+          <t>Resimli Adalya Kitabı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>253</v>
+        <v>440</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752670563</t>
+          <t>9786052030622</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Türk Tarihinin Gözyaşları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>686</v>
+        <v>478</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059661133</t>
+          <t>9786052030295</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitap Anlayışı</t>
+          <t>Harran ve Urfa'da Geçmiş Zaman İzleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>558</v>
+        <v>440</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752673205</t>
+          <t>9786059912563</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tarih Önünde Türk’ün Muhasebesi</t>
+          <t>Gönül Dolusu Sevgi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>686</v>
+        <v>542</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752672741</t>
+          <t>9786052030028</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kodlar-Kültler 1</t>
+          <t>Azerbaycan Türklerinin Önderlerİ</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>941</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752674219</t>
+          <t>3990000029323</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kızılderili ve Türk Şamanizmi</t>
+          <t>Ortaçağda Bayburt</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>745</v>
+        <v>577.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>3990000010577</t>
+          <t>9786059912648</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Tarihi 2</t>
+          <t>Dağlık Karabağ: Kaynakların Diliyle Tarih</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>1370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>3990000016535</t>
+          <t>9789752672611</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Tarihi 1</t>
+          <t>Halk Huzura Susadı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>686</v>
+        <v>236</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752671652</t>
+          <t>9786059912143</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Mitolojik Devridayım - 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>700</v>
+        <v>347</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752675407</t>
+          <t>9786059912631</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İslam’ı Anlamaya Doğru</t>
+          <t>İrevan Şehri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>316</v>
+        <v>474</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752672413</t>
+          <t>9786059661027</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Oryantalizm</t>
+          <t>Karamanoğulları Tarihi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>253</v>
+        <v>429</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752673069</t>
+          <t>9786059912952</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İslam Laiklik ve Türk Laikliğindeki Uygulamalar</t>
+          <t>Erdoğan'ın Gizli Ajandası</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>591</v>
+        <v>562</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752673342</t>
+          <t>9786059661805</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini Açısından Din - Devlet İlişkisi</t>
+          <t>Türklerin ve Türkçenin 40.000 Yıllık Tarihi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>550</v>
+        <v>426</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752671706</t>
+          <t>9789752678118</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İsa Yusuf Alptekin’in Mücadele Hatıraları 1949-1980</t>
+          <t>Eski Anadolu’da Teokratik Devlet Düzeni</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>1185</v>
+        <v>563</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752672352</t>
+          <t>9789752677197</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İsa Yusuf Alptekin’in Mücadele Hatıraları</t>
+          <t>Demokrat Parti'nin Köy ve Köylü Politikaları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>904</v>
+        <v>698</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752675612</t>
+          <t>9789752670310</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İnanç Göçü</t>
+          <t>Med Vakti Gelen Kuşlar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>390</v>
+        <v>407</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752672819</t>
+          <t>9789752677302</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Harezim’den Hakkari’ye Hakkari’den Golan’a</t>
+          <t>Osmanlı Devleti’nde Yahudiler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>190</v>
+        <v>468</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752672970</t>
+          <t>9789752678149</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmenlerinin Halk Masalları</t>
+          <t>Osmanlı Borçları Tarihi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>752</v>
+        <v>876</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752672888</t>
+          <t>9789752670754</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Halk İnançlarından Mitolojiye 1</t>
+          <t>Selçuklular’da Ordu ve Askeri Kültür</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>445</v>
+        <v>486</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752678392</t>
+          <t>9789752675650</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Halk Bilimi - Türkoloji - Milli Kültür Stratejileri</t>
+          <t>Selçuklu Müesseseleri ve Medeniyeti Tarihi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>265</v>
+        <v>227</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752673878</t>
+          <t>9789752673120</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Güz Çıkmazı Siluetleri</t>
+          <t>Safahat (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>843</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752675353</t>
+          <t>9789752671201</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Güney Kafkasya</t>
+          <t>Rus Türk Mücadelesi’nde Ahıska Türkleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>635</v>
+        <v>800</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752675582</t>
+          <t>9789752675995</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Gregoryan Türklerde Halk İnançları</t>
+          <t>Türk Halk İnançlarında Renkler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>337</v>
+        <v>502</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752673519</t>
+          <t>9789752673151</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmen Halk Kültürü Araştırmaları</t>
+          <t>Öteki Din</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>445</v>
+        <v>726</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752670150</t>
+          <t>9789752673137</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ethem Bey’in Sürgün Yılları ve Simav Olayları (1919-1948)</t>
+          <t>Osmanlı’nın Güney Seferleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>465</v>
+        <v>827</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752675629</t>
+          <t>9789752671898</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı</t>
+          <t>Osmanlı Askeri Gazetesi Ceride-i Askeriyye 1-30</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>872</v>
+        <v>827</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752672017</t>
+          <t>9789752672765</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Hükümet Darbesi</t>
+          <t>Oruç İbadeti</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>230</v>
+        <v>387</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752671911</t>
+          <t>9789752675155</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Elçibey’in Düşünceleri ve Kanun Devleti</t>
+          <t>Okuma Eğitimi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>803</v>
+        <v>629</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752677432</t>
+          <t>9789752673465</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Kıbrıs (1913 - 2013)</t>
+          <t>Nübüvvet Tarihi İtibariyle Türklüğün Dini Geçmişi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>1100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752673236</t>
+          <t>9789752675414</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu’da Eski Türk İnançlarının İzleri</t>
+          <t>Mustafa Kemal Atatürk Hayatı ve Eseri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>869</v>
+        <v>900</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752673434</t>
+          <t>9789752675575</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Din ve Eğitim</t>
+          <t>Türk Kültürlü Halklarda Mitler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>671</v>
+        <v>489</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752673670</t>
+          <t>9789752673847</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dünya (Ciltli)</t>
+          <t>Misyonerlik ve Dinlerarası Diyalog</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>1573</v>
+        <v>608</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752672260</t>
+          <t>9789752675971</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Azınlıklar</t>
+          <t>Milli Strateji</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>323</v>
+        <v>462</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752678408</t>
+          <t>9789752673328</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Cuci Kültür Coğrafyasında Karşılaştırmalı Türk Moğol Halk İnanmaları</t>
+          <t>Medyada Düşürülmüş Maskeler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>360</v>
+        <v>719</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752674202</t>
+          <t>9789752675841</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Buhara Yahudileri</t>
+          <t>Mankurtluk Külahı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>431</v>
+        <v>278</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752678439</t>
+          <t>9789752670563</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bozulus</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>544</v>
+        <v>754</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786058598409</t>
+          <t>9786059661133</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bir Strateji Uygulama Aracı Olarak Proje Portföyü Yönetimi</t>
+          <t>Kutsal Kitap Anlayışı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>363</v>
+        <v>613</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752673113</t>
+          <t>9789752673205</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür</t>
+          <t>Kur’an ve Tarih Önünde Türk’ün Muhasebesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>279</v>
+        <v>754</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752672321</t>
+          <t>9789752672741</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Baturlar - Polat Kadiri (Ülke Tarihi)</t>
+          <t>Kodlar-Kültler 1</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>355</v>
+        <v>385</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752672338</t>
+          <t>9789752674219</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma</t>
+          <t>Kızılderili ve Türk Şamanizmi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>310</v>
+        <v>819.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752671997</t>
+          <t>3990000010577</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Batı Emperyalizmi ve Osmanlı Devleti</t>
+          <t>Kafkas Tarihi 2</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>275</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789759188009</t>
+          <t>3990000016535</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Baltanın Sapı Bizden</t>
+          <t>Kafkas Tarihi 1</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>465</v>
+        <v>754</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752675988</t>
+          <t>9789752671652</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan-İran-Anadolu-Irak Halk İnançları Hattı</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>971</v>
+        <v>770</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752674653</t>
+          <t>9789752675407</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ayntab Sipahileri</t>
+          <t>İslam’ı Anlamaya Doğru</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>259</v>
+        <v>347</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752673083</t>
+          <t>9789752672413</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Avrasya’da Türk Jeopolitiği</t>
+          <t>İslam ve Oryantalizm</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1030</v>
+        <v>278</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752677203</t>
+          <t>9789752673069</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Atsız</t>
+          <t>İslam Laiklik ve Türk Laikliğindeki Uygulamalar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>431</v>
+        <v>650</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752672895</t>
+          <t>9789752673342</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Milli Dış Siyaseti</t>
+          <t>İslam Dini Açısından Din - Devlet İlişkisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>727</v>
+        <v>605</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752673304</t>
+          <t>9789752671706</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Almanya</t>
+          <t>İsa Yusuf Alptekin’in Mücadele Hatıraları 1949-1980</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>683</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752675605</t>
+          <t>9789752672352</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Aşiretlerde Mitolojik Bulgular</t>
+          <t>İsa Yusuf Alptekin’in Mücadele Hatıraları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>511</v>
+        <v>994</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752670693</t>
+          <t>9789752675612</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 3</t>
+          <t>İnanç Göçü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>1027</v>
+        <v>429</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752670662</t>
+          <t>9789752672819</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 3</t>
+          <t>Harezim’den Hakkari’ye Hakkari’den Golan’a</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>760</v>
+        <v>209</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752673281</t>
+          <t>9789752672970</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Askeri Doktrinler ve Stratejik Yaklaşımlar</t>
+          <t>Irak Türkmenlerinin Halk Masalları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>297</v>
+        <v>827</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752676640</t>
+          <t>9789752672888</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Beylikleri Tarihi</t>
+          <t>Halk İnançlarından Mitolojiye 1</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>492</v>
+        <v>489</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752678415</t>
+          <t>9789752678392</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kültür Coğrafyasında Manevi Mimarlar ve Halk İnanmaları</t>
+          <t>Halk Bilimi - Türkoloji - Milli Kültür Stratejileri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>291</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752675896</t>
+          <t>9789752673878</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Alparslan Türkeş ve Liderlik</t>
+          <t>Güz Çıkmazı Siluetleri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>703</v>
+        <v>927</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752672499</t>
+          <t>9789752675353</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Allaha İnanmak</t>
+          <t>Güney Kafkasya</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>315</v>
+        <v>698</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752676527</t>
+          <t>9789752675582</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin Fatih Fetih</t>
+          <t>Gregoryan Türklerde Halk İnançları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>468</v>
+        <v>370</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752672871</t>
+          <t>9789752673519</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ahlatsahlar’dan Günümüze Bitlis ve Çevresinde Halk İnançları</t>
+          <t>Irak Türkmen Halk Kültürü Araştırmaları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>247</v>
+        <v>489</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752678545</t>
+          <t>9789752670150</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>9 Işık Üzerine İnceleme</t>
+          <t>Ethem Bey’in Sürgün Yılları ve Simav Olayları (1919-1948)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>345</v>
+        <v>511</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752673366</t>
+          <t>9789752675629</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet’ten İngiliz Mandaterliğine Irak (1908-1922)</t>
+          <t>Eski Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>407</v>
+        <v>959</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059912570</t>
+          <t>9789752672017</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında Milliyetçi Cephe Hükümetleri</t>
+          <t>Emperyalizmin Hükümet Darbesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>752</v>
+        <v>253</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059912921</t>
+          <t>9789752671911</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğlu Sürgünleri</t>
+          <t>Elçibey’in Düşünceleri ve Kanun Devleti</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>480</v>
+        <v>883</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059912945</t>
+          <t>9789752677432</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Gönül Özü Sözün Özü</t>
+          <t>Dünden Bugüne Kıbrıs (1913 - 2013)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>647</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059912914</t>
+          <t>9789752673236</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğullarının Kimliği</t>
+          <t>Doğu Anadolu’da Eski Türk İnançlarının İzleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>400</v>
+        <v>955</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059912341</t>
+          <t>9789752673434</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Yolunda Karınca Misali 1. Cilt: İstanbul ve Ankara Günleri</t>
+          <t>Din ve Eğitim</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>761</v>
+        <v>738</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059912365</t>
+          <t>9789752673670</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Yolunda Karınca Misali 2. Cilt: Bursa Günleri</t>
+          <t>Din ve Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>752</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059912389</t>
+          <t>9789752672260</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Barika</t>
+          <t>Cumhuriyet ve Azınlıklar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>212</v>
+        <v>355</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059661850</t>
+          <t>9789752678408</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Gök Maral'ın Peşinde</t>
+          <t>Cuci Kültür Coğrafyasında Karşılaştırmalı Türk Moğol Halk İnanmaları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>370</v>
+        <v>396</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059661942</t>
+          <t>9789752674202</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Asrın Kızılelması Türk Birliği</t>
+          <t>Buhara Yahudileri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>658</v>
+        <v>474</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059661959</t>
+          <t>9789752678439</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Bozulus</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>525</v>
+        <v>598</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059912129</t>
+          <t>9786058598409</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Edebiyatından Türk Halk İnançlarına</t>
+          <t>Bir Strateji Uygulama Aracı Olarak Proje Portföyü Yönetimi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>493</v>
+        <v>399</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059912105</t>
+          <t>9789752673113</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji ve Halk Bilimi Yazıları</t>
+          <t>Bir Ömür</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>380</v>
+        <v>306</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059912136</t>
+          <t>9789752672321</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Kültürü Monografisinde Mitolojik Şifreler 1</t>
+          <t>Baturlar - Polat Kadiri (Ülke Tarihi)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>431</v>
+        <v>390.5</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059912112</t>
+          <t>9789752672338</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Mitik-Mistik Kavşakta Su</t>
+          <t>Batılılaşma</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>312</v>
+        <v>341</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059661980</t>
+          <t>9789752671997</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ela Gözler</t>
+          <t>Batı Emperyalizmi ve Osmanlı Devleti</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>212</v>
+        <v>302.5</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059912884</t>
+          <t>9789759188009</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halklarda Mitik - Mistik Kavşakta Yer</t>
+          <t>Baltanın Sapı Bizden</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>347</v>
+        <v>511</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059912891</t>
+          <t>9789752675988</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürlü Halkların Halk İnançlarında Geçmişten Günümüze - Kişioğlu</t>
+          <t>Azerbaycan-İran-Anadolu-Irak Halk İnançları Hattı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>525</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059912846</t>
+          <t>9789752674653</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Kültür Coğrafyasında Gregoryen Halk İnançları</t>
+          <t>Ayntab Sipahileri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>260</v>
+        <v>284</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059661089</t>
+          <t>9789752673083</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Salnamesi</t>
+          <t>Avrasya’da Türk Jeopolitiği</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>550</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752678514</t>
+          <t>9789752677203</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Atsız</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>421</v>
+        <v>474</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059661461</t>
+          <t>9789752672895</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Çanakkale'nin Kahramanları</t>
+          <t>Atatürk’ün Milli Dış Siyaseti</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>616</v>
+        <v>799</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789752679771</t>
+          <t>9789752673304</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gözüyle Öğretmen Olmak</t>
+          <t>Atatürk ve Almanya</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>136</v>
+        <v>751</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059912280</t>
+          <t>9789752675605</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçlarından Günümüze Türklerin Dini Tarihi</t>
+          <t>Aşiretlerde Mitolojik Bulgular</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>856</v>
+        <v>562</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752679511</t>
+          <t>9789752670693</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Erken Öncüler 1: Sümerler ve Sonrası</t>
+          <t>Makaleler 3</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>537</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752679528</t>
+          <t>9789752670662</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Erken Öncüler 2: Hititler ve Diğer Anadolu Kavimleri</t>
+          <t>Makaleler 3</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>627</v>
+        <v>836</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789752679566</t>
+          <t>9789752673281</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Barış Harekatı (20 Temmuz 1974)</t>
+          <t>Askeri Doktrinler ve Stratejik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>700</v>
+        <v>326</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789752671843</t>
+          <t>9789752676640</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış'tan Volga Kıyılarına</t>
+          <t>Anadolu Türk Beylikleri Tarihi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>627</v>
+        <v>541</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789758308882</t>
+          <t>9789752678415</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi - Öğretmenin Kitabı</t>
+          <t>Anadolu Kültür Coğrafyasında Manevi Mimarlar ve Halk İnanmaları</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>297</v>
+        <v>385</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752678835</t>
+          <t>9789752675896</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Türkiye'de Yaşayan Azerbaycan Türkleri</t>
+          <t>Alparslan Türkeş ve Liderlik</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>431</v>
+        <v>773</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752670121</t>
+          <t>9789752672499</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Dağ Çiçeklerim</t>
+          <t>Allaha İnanmak</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>616</v>
+        <v>346</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789752679818</t>
+          <t>9789752676527</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Sahipleri</t>
+          <t>Akşemseddin Fatih Fetih</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1480</v>
+        <v>514</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257254625</t>
+          <t>9789752672871</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Cerrahi Aciller ve Anestezi</t>
+          <t>Ahlatsahlar’dan Günümüze Bitlis ve Çevresinde Halk İnançları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>663</v>
+        <v>271</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257254724</t>
+          <t>9789752678545</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 ve Multidisipliner Yaklaşımlar</t>
+          <t>9 Işık Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>506</v>
+        <v>380</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257254434</t>
+          <t>9789752673366</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Pandemisi</t>
+          <t>2. Meşrutiyet’ten İngiliz Mandaterliğine Irak (1908-1922)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>713</v>
+        <v>440</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257457064</t>
+          <t>9786059912570</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Definecilik (1781-1900)</t>
+          <t>Türk Siyasi Hayatında Milliyetçi Cephe Hükümetleri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>275</v>
+        <v>827</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257254984</t>
+          <t>9786059912921</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aşık Şiirinde Kadın</t>
+          <t>Karamanoğlu Sürgünleri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1100</v>
+        <v>528</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257457071</t>
+          <t>9786059912945</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Covid and Traditional Complementary Medicine Applications</t>
+          <t>Gönül Özü Sözün Özü</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>369</v>
+        <v>711</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257254908</t>
+          <t>9786059912914</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Basınımızda Türkçülük Mektebi: Ötüken (1964-1975)</t>
+          <t>Karamanoğullarının Kimliği</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>752</v>
+        <v>440</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257254656</t>
+          <t>9786059912341</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kırkpınar Yağlı Güreşleri</t>
+          <t>Demokrasi Yolunda Karınca Misali 1. Cilt: İstanbul ve Ankara Günleri</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>363</v>
+        <v>837</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257254533</t>
+          <t>9786059912365</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Larican Kurganları 1</t>
+          <t>Demokrasi Yolunda Karınca Misali 2. Cilt: Bursa Günleri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>342</v>
+        <v>827</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257254540</t>
+          <t>9786059912389</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Gencine-i Adalet</t>
+          <t>Barika</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>671</v>
+        <v>233</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257049474</t>
+          <t>9786059661850</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimine Giriş ve Siyasal Düşünce Tarihi</t>
+          <t>Gök Maral'ın Peşinde</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>350</v>
+        <v>407</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257049467</t>
+          <t>9786059661942</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Asrın Kızılelması Türk Birliği</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>616</v>
+        <v>723</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057634849</t>
+          <t>9786059661959</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kutü'l-Amare'den Mütareke'ye Irak Cephesi</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>420</v>
+        <v>577.5</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257254526</t>
+          <t>9786059912129</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Cihan Harbi</t>
+          <t>Türk Halk Edebiyatından Türk Halk İnançlarına</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>536</v>
+        <v>542</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057634320</t>
+          <t>9786059912105</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kütahya Sancağı Eğriöz Kazası Nüfus Defteri 1831</t>
+          <t>Türkoloji ve Halk Bilimi Yazıları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>569</v>
+        <v>418</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257049283</t>
+          <t>9786059912136</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bizi Biz Yapan Hayallerimiz Vardı</t>
+          <t>Anadolu Halk Kültürü Monografisinde Mitolojik Şifreler 1</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>829</v>
+        <v>474</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257254915</t>
+          <t>9786059912112</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Devlet Bahçeli Liderliğinde Siyasal İletişimde Kale Modeli: Milliyetçi Hareket Partisi</t>
+          <t>Türk Kültürlü Halklarda Mitik-Mistik Kavşakta Su</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>492</v>
+        <v>343</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257254809</t>
+          <t>9786059661980</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Peroperatif Hasta Yönetimi</t>
+          <t>Ela Gözler</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>926</v>
+        <v>233</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257254786</t>
+          <t>9786059912884</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Nörolojik Hastalıklarda Beslenme</t>
+          <t>Türk Kültürlü Halklarda Mitik - Mistik Kavşakta Yer</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>330</v>
+        <v>381</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257254601</t>
+          <t>9786059912891</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İnsan Embriyonu Kök Hücresi Araştırmalarının Etik Boyutu: Türkiye İçin Bir Etik Düzenleme Önerisi</t>
+          <t>Türk Kültürlü Halkların Halk İnançlarında Geçmişten Günümüze - Kişioğlu</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>431</v>
+        <v>577</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257254793</t>
+          <t>9786059912846</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Handbook of Sacroiliac Joint</t>
+          <t>Anadolu Türk Kültür Coğrafyasında Gregoryen Halk İnançları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>280</v>
+        <v>286</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257254571</t>
+          <t>9786059661089</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Tamamlayıcı Tıp Uygulamaları ve Bunların Kombinasyonları</t>
+          <t>Kastamonu Salnamesi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>260</v>
+        <v>605</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257254816</t>
+          <t>9789752678514</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Fertility Sparing Approaches In Gynecologic Cancers</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>315</v>
+        <v>463</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257254823</t>
+          <t>9786059661461</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Alanında Multidisipliner Değerlendirmeler</t>
+          <t>Atatürk ve Çanakkale'nin Kahramanları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>297</v>
+        <v>677</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257254632</t>
+          <t>9789752679771</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Propedeutika</t>
+          <t>Çocuk Gözüyle Öğretmen Olmak</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>961</v>
+        <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257254137</t>
+          <t>9786059912280</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Liderlik ve Alparslan Türkeş</t>
+          <t>Başlangıçlarından Günümüze Türklerin Dini Tarihi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>391</v>
+        <v>941</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257457026</t>
+          <t>9789752679511</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Unuttun Sen O Şiiri</t>
+          <t>Erken Öncüler 1: Sümerler ve Sonrası</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>185</v>
+        <v>590</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257254854</t>
+          <t>9789752679528</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hariciyesi'nin Güney Kafkasya Raporları (1852-1914)</t>
+          <t>Erken Öncüler 2: Hititler ve Diğer Anadolu Kavimleri</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>900</v>
+        <v>689</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057634597</t>
+          <t>9789752679566</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası (2000'li Yıllar)</t>
+          <t>Kıbrıs Barış Harekatı (20 Temmuz 1974)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1185.8</v>
+        <v>770</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257254007</t>
+          <t>9789752671843</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Pupa Yelken Aşk Alabanda</t>
+          <t>Sarıkamış'tan Volga Kıyılarına</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>872</v>
+        <v>689</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057501714</t>
+          <t>9789758308882</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>3. Uluslararası Bilimsel Araştırmalar Kongresi</t>
+          <t>Sınıf Yönetimi - Öğretmenin Kitabı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>950</v>
+        <v>326</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057634290</t>
+          <t>9789752678835</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Kültüründe Tipler</t>
+          <t>Tarihten Günümüze Türkiye'de Yaşayan Azerbaycan Türkleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>410</v>
+        <v>474</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057634009</t>
+          <t>9789752670121</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Beşikten Mezara Kırgız Türkleri</t>
+          <t>Dağ Çiçeklerim</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>585</v>
+        <v>677</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257049849</t>
+          <t>9789752679818</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Kültür ve Ülke İncelemeleri</t>
+          <t>Anadolu’nun Sahipleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>379</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057634962</t>
+          <t>9786257254625</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dr. Hilmi Malik Evrenol'un Hayatı ve Eserleri</t>
+          <t>Cerrahi Aciller ve Anestezi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>398</v>
+        <v>729</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257254441</t>
+          <t>9786257254724</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Asarhaddon</t>
+          <t>Covid-19 ve Multidisipliner Yaklaşımlar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>457</v>
+        <v>556</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789752677289</t>
+          <t>9786257254434</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye’nin İnşasında Halkevleri ve Sivas Halkevi Örneği</t>
+          <t>Covid-19 Pandemisi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>660</v>
+        <v>784</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789752763245</t>
+          <t>9786257457064</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihi Cilt 1</t>
+          <t>Osmanlı Devleti'nde Definecilik (1781-1900)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>604</v>
+        <v>302</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057634924</t>
+          <t>9786257254984</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Unuttu O Şiir Bizi</t>
+          <t>Aşık Şiirinde Kadın</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>174</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257049207</t>
+          <t>9786257457071</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Fransa’nın Akdeniz ve Afrika Açılımı</t>
+          <t>Covid and Traditional Complementary Medicine Applications</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>481</v>
+        <v>405</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057634931</t>
+          <t>9786257254908</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid ve Urfa Hamidiye Alayları</t>
+          <t>Basınımızda Türkçülük Mektebi: Ötüken (1964-1975)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>290</v>
+        <v>827</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057634948</t>
+          <t>9786257254656</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetiminde Sürdürülebilirlik ve İnovatif Yaklaşımlar</t>
+          <t>Kırkpınar Yağlı Güreşleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>607</v>
+        <v>400</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057501127</t>
+          <t>9786257254533</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>3 Mayıs Türkçüler Günü</t>
+          <t>Larican Kurganları 1</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>133</v>
+        <v>376</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057501431</t>
+          <t>9786257254540</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyılda Kilis Urfa ve Adıyaman ver Çevresinde Cemaatler Oymaklar</t>
+          <t>Gencine-i Adalet</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>445</v>
+        <v>738</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057501158</t>
+          <t>9786257049474</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Yelkenler Fora</t>
+          <t>Siyaset Bilimine Giriş ve Siyasal Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>1100</v>
+        <v>385</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786257049924</t>
+          <t>9786257049467</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Türk Jandarma Teşkilatında Düzenleme Çalışmaları</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>323</v>
+        <v>677</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257049337</t>
+          <t>9786057634849</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hatay Sorununun İzmir Basınında Yansımaları (1936-1939)</t>
+          <t>Kutü'l-Amare'den Mütareke'ye Irak Cephesi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>607</v>
+        <v>462</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057634399</t>
+          <t>9786257254526</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>El-Kifaye Fi’l-Hidaye</t>
+          <t>Karikatürlerle Cihan Harbi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>465</v>
+        <v>589</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052030455</t>
+          <t>9786057634320</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Klasik Mantık</t>
+          <t>Kütahya Sancağı Eğriöz Kazası Nüfus Defteri 1831</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>363</v>
+        <v>625</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057501912</t>
+          <t>9786257049283</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Terörizm ile Ekonomik Finansal Göstergeler Arasındaki İlişki</t>
+          <t>Bizi Biz Yapan Hayallerimiz Vardı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>342</v>
+        <v>911</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057501813</t>
+          <t>9786257254915</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Taşmedrese Sohbetleri</t>
+          <t>Devlet Bahçeli Liderliğinde Siyasal İletişimde Kale Modeli: Milliyetçi Hareket Partisi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>713</v>
+        <v>541</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057634542</t>
+          <t>9786257254809</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti'ni Yeniden Düşünmek</t>
+          <t>Peroperatif Hasta Yönetimi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>897</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786257457224</t>
+          <t>9786257254786</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Kadın: Başlangıcından Günümüze</t>
+          <t>Nörolojik Hastalıklarda Beslenme</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>465</v>
+        <v>363</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256284029</t>
+          <t>9786257254601</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ahmet ve Kanatları</t>
+          <t>İnsan Embriyonu Kök Hücresi Araştırmalarının Etik Boyutu: Türkiye İçin Bir Etik Düzenleme Önerisi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>170</v>
+        <v>474</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256591066</t>
+          <t>9786257254793</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İsmail Hakkı Başak İstiklal Uğrunda</t>
+          <t>Handbook of Sacroiliac Joint</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>435</v>
+        <v>308</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258365726</t>
+          <t>9786257254571</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Son Ermeni Islahatı Projesi/süreci (1912-1914)</t>
+          <t>Geleneksel Tamamlayıcı Tıp Uygulamaları ve Bunların Kombinasyonları</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>367.5</v>
+        <v>286</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057501288</t>
+          <t>9786257254816</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kuşu Ağzı Sözlüğü</t>
+          <t>Fertility Sparing Approaches In Gynecologic Cancers</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>584</v>
+        <v>346.5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257457453</t>
+          <t>9786257254823</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Tarihinde Doğu Akdeniz</t>
+          <t>Sağlık Alanında Multidisipliner Değerlendirmeler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>683</v>
+        <v>326</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257457750</t>
+          <t>9786257254632</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İttihat Ve Terakki Cemiyetinin Irak Misyonu</t>
+          <t>Propedeutika</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>457</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057634023</t>
+          <t>9786257254137</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Katolik Hıristiyanlıkta Azizlik</t>
+          <t>Siyasal Liderlik ve Alparslan Türkeş</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>563</v>
+        <v>430</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059661621</t>
+          <t>9786257457026</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi'nin Doğu Karadeniz Gezisi</t>
+          <t>Unuttun Sen O Şiiri</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>331</v>
+        <v>203</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057501738</t>
+          <t>9786257254854</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanlığı Hükümet Sistemi ve Devlet Bahçeli</t>
+          <t>Osmanlı Hariciyesi'nin Güney Kafkasya Raporları (1852-1914)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>268</v>
+        <v>990</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057634351</t>
+          <t>9786057634597</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Een Leven, Volledig Toegewijd Aan De Publieke Zaak Devlet Bahçeli</t>
+          <t>Türk Dış Politikası (2000'li Yıllar)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>481</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052030516</t>
+          <t>9786257254007</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Memoratlar - Astral Dünya Mitolojik Boyut</t>
+          <t>Pupa Yelken Aşk Alabanda</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>310</v>
+        <v>959</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789752678972</t>
+          <t>9786057501714</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İnanç Turizmi Açısından Türkiye'de Dini Mekanlar</t>
+          <t>3. Uluslararası Bilimsel Araştırmalar Kongresi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>869</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752678477</t>
+          <t>9786057634290</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İlmi Makaleler Cilt: 1</t>
+          <t>Türk Dilinde Kültüründe Tipler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>700</v>
+        <v>451</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752679658</t>
+          <t>9786057634009</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sansür</t>
+          <t>Beşikten Mezara Kırgız Türkleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>526</v>
+        <v>643</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789752672031</t>
+          <t>9786257049849</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Taç Giyen Millet</t>
+          <t>Stratejik Kültür ve Ülke İncelemeleri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>369</v>
+        <v>416</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752677487</t>
+          <t>9786057634962</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1</t>
+          <t>Dr. Hilmi Malik Evrenol'un Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>1100</v>
+        <v>437</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752674196</t>
+          <t>9786257254441</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Vatikan</t>
+          <t>Asarhaddon</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>350</v>
+        <v>502</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752672949</t>
+          <t>9789752677289</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Alaeddin Ali es-Semerkandi ve Menakıb-Namesi</t>
+          <t>Modern Türkiye’nin İnşasında Halkevleri ve Sivas Halkevi Örneği</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>271</v>
+        <v>726</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059661843</t>
+          <t>9789752763245</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan'a Karşı Sumgayıt Tezgahı (Ciltli)</t>
+          <t>Türk Siyasi Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>591</v>
+        <v>664</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059661799</t>
+          <t>9786057634924</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Fark Etmeli İnsan</t>
+          <t>Unuttu O Şiir Bizi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>379</v>
+        <v>191</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786056848810</t>
+          <t>9786257049207</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dağı</t>
+          <t>Fransa’nın Akdeniz ve Afrika Açılımı</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>240</v>
+        <v>529</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052030806</t>
+          <t>9786057634931</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Duydum ve Gördüm ki! O Bir Hayat Kitabıdır</t>
+          <t>2. Abdülhamid ve Urfa Hamidiye Alayları</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>591</v>
+        <v>319</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059661560</t>
+          <t>9786057634948</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Soyu</t>
+          <t>İşletme Yönetiminde Sürdürülebilirlik ve İnovatif Yaklaşımlar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>297</v>
+        <v>667</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059661515</t>
+          <t>9786057501127</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlı Sadrazamı Ahmet Tevfik Paşa</t>
+          <t>3 Mayıs Türkçüler Günü</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>803</v>
+        <v>146</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>3990000029496</t>
+          <t>9786057501431</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Dede</t>
+          <t>16. Yüzyılda Kilis Urfa ve Adıyaman ver Çevresinde Cemaatler Oymaklar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>192.5</v>
+        <v>490</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059661492</t>
+          <t>9786057501158</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğulları Devrinde</t>
+          <t>Yelkenler Fora</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>550</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059661324</t>
+          <t>9786257049924</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Efeleri</t>
+          <t>Türk Jandarma Teşkilatında Düzenleme Çalışmaları</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>180</v>
+        <v>355</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059912792</t>
+          <t>9786257049337</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Osmanlıda Felsefe - Mehmet Arif Bey'in Felsefi Görüşleri</t>
+          <t>Hatay Sorununun İzmir Basınında Yansımaları (1936-1939)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>467</v>
+        <v>667</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059912808</t>
+          <t>9786057634399</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Karabağ Sorunu ve Türkiye - Ermenistan İlişkileri</t>
+          <t>El-Kifaye Fi’l-Hidaye</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>500</v>
+        <v>511</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789752678828</t>
+          <t>9786052030455</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Boz Gurdun Balaları</t>
+          <t>Klasik Mantık</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789752672604</t>
+          <t>9786057501912</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Bu Vatana Sevdalıyız</t>
+          <t>Terörizm ile Ekonomik Finansal Göstergeler Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>369</v>
+        <v>376</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059661300</t>
+          <t>9786057501813</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>MHP’nin Hayır’ları ve Değişim Operasyonu</t>
+          <t>Taşmedrese Sohbetleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>869</v>
+        <v>784</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059912976</t>
+          <t>9786057634542</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>1930 Sonun Başlangıcı</t>
+          <t>Türkiye Cumhuriyeti'ni Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>266</v>
+        <v>986</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059912983</t>
+          <t>9786257457224</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitap</t>
+          <t>Türk Tarihinde Kadın: Başlangıcından Günümüze</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>500</v>
+        <v>511</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789752670747</t>
+          <t>9786256284029</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Hanlığı</t>
+          <t>Ahmet ve Kanatları</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789752678958</t>
+          <t>9786256591066</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ülkü</t>
+          <t>İsmail Hakkı Başak İstiklal Uğrunda</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>818</v>
+        <v>435</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789752675315</t>
+          <t>9786258365726</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğretimi</t>
+          <t>Son Ermeni Islahatı Projesi/süreci (1912-1914)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>310</v>
+        <v>367.5</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752671638</t>
+          <t>9786057501288</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sarı Paşa İnsan Atatürk</t>
+          <t>Kuşu Ağzı Sözlüğü</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>525</v>
+        <v>642</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752676114</t>
+          <t>9786257457453</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Para Banka ve Finansal Sistem</t>
+          <t>Başlangıcından Günümüze Türk Tarihinde Doğu Akdeniz</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>882</v>
+        <v>751</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789752675490</t>
+          <t>9786257457750</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Misyonerlikten Diyaloğa Türkiye</t>
+          <t>İttihat Ve Terakki Cemiyetinin Irak Misyonu</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>781</v>
+        <v>457</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752670556</t>
+          <t>9786057634023</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1</t>
+          <t>Katolik Hıristiyanlıkta Azizlik</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>663</v>
+        <v>563</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789752672826</t>
+          <t>9786059661621</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Türk Halk İnançları</t>
+          <t>Evliya Çelebi'nin Doğu Karadeniz Gezisi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>253</v>
+        <v>331</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752678521</t>
+          <t>9786057501738</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Kemal</t>
+          <t>Cumhurbaşkanlığı Hükümet Sistemi ve Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>465</v>
+        <v>268</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789752673007</t>
+          <t>9786057634351</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Dili</t>
+          <t>Een Leven, Volledig Toegewijd Aan De Publieke Zaak Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>347</v>
+        <v>481</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752676893</t>
+          <t>9786052030516</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlaştırılan Türkler Çuvaşlar</t>
+          <t>Memoratlar - Astral Dünya Mitolojik Boyut</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>591</v>
+        <v>310</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789752673212</t>
+          <t>9789752678972</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Bosna Hersek Vahşeti ve Dünya Kamuoyu</t>
+          <t>İnanç Turizmi Açısından Türkiye'de Dini Mekanlar</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>370</v>
+        <v>955</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789752675551</t>
+          <t>9789752678477</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Kültür Coğrafyasında Erenler</t>
+          <t>İlmi Makaleler Cilt: 1</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>568</v>
+        <v>770</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789752676473</t>
+          <t>9789752679658</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılın İlk Çeyreğinde Anadolu’da Bozdoğan Yörükleri</t>
+          <t>Türkiye'de Sansür</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>562</v>
+        <v>578</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059912600</t>
+          <t>9789752672031</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Urallara Doğru</t>
+          <t>Taç Giyen Millet</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>545</v>
+        <v>405</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059661577</t>
+          <t>9789752677487</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hunları</t>
+          <t>Makaleler 1</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>380</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059912273</t>
+          <t>9789752674196</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Oyun - 1915 Olaylarının Gerçek Yüzü 2</t>
+          <t>Vatikan</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>506</v>
+        <v>385</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059912174</t>
+          <t>9789752672949</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sen Ölmedikçe Vatan Bölünmez</t>
+          <t>Şeyh Alaeddin Ali es-Semerkandi ve Menakıb-Namesi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>616</v>
+        <v>298</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059912068</t>
+          <t>9786059661843</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Beni</t>
+          <t>Azerbaycan'a Karşı Sumgayıt Tezgahı (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>628</v>
+        <v>650</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257457002</t>
+          <t>9786059661799</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Birinci Meclis Kütahya Mebusu Yusuf Cemil Bey’in Simav Günlüğü</t>
+          <t>İnsanı Fark Etmeli İnsan</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>146</v>
+        <v>416</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257254663</t>
+          <t>9786056848810</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Müslüman Oldular?</t>
+          <t>Gönül Dağı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>231</v>
+        <v>264</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257254472</t>
+          <t>9786052030806</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 1. Cilt</t>
+          <t>Kur'an'ı Duydum ve Gördüm ki! O Bir Hayat Kitabıdır</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>869</v>
+        <v>650</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257254892</t>
+          <t>9786059661560</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kesme Salkım Söğüt Saçlarını</t>
+          <t>Atatürk'ün Soyu</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>180</v>
+        <v>326</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257254021</t>
+          <t>9786059661515</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt: Toros - Rauf Denktaş'a Armağan</t>
+          <t>Son Osmanlı Sadrazamı Ahmet Tevfik Paşa</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>955</v>
+        <v>883</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257254106</t>
+          <t>3990000029496</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusu’nda Bir Doktrin Olarak Küçük Harekat</t>
+          <t>Oğuz Dede</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>211</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057634719</t>
+          <t>9786059661492</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Vatan Konulu Şiirler Antolojisi</t>
+          <t>Karamanoğulları Devrinde</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>352</v>
+        <v>605</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057634788</t>
+          <t>9786059661324</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türk Yurdu Fergana Vadisi ve Büyük Güçlerin Hakimiyet Mücadelesi</t>
+          <t>Cennetin Efeleri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>591</v>
+        <v>198</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257254250</t>
+          <t>9786059912792</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Milli Güvenlik Dersleri Tarihi (1926-2012)</t>
+          <t>19. Yüzyılda Osmanlıda Felsefe - Mehmet Arif Bey'in Felsefi Görüşleri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>654</v>
+        <v>510</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257254113</t>
+          <t>9786059912808</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Lübnan Ermeni Diasporası</t>
+          <t>Karabağ Sorunu ve Türkiye - Ermenistan İlişkileri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>493</v>
+        <v>550</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057634795</t>
+          <t>9789752678828</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişimde Karizmatik Liderlik: Devlet Bahçeli</t>
+          <t>Boz Gurdun Balaları</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>379</v>
+        <v>176</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057634054</t>
+          <t>9789752672604</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Memlük Sultanlığı</t>
+          <t>Hepimiz Bu Vatana Sevdalıyız</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>287</v>
+        <v>405</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057634276</t>
+          <t>9786059661300</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu Muharebeleri 1915</t>
+          <t>MHP’nin Hayır’ları ve Değişim Operasyonu</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>536</v>
+        <v>955</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052030486</t>
+          <t>9786059912976</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Küresel ve Bölgesel Perspektiften Doğu Akdeniz Güvenliği</t>
+          <t>1930 Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>748</v>
+        <v>290</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052030448</t>
+          <t>9786059912983</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kabak Tadı</t>
+          <t>Kara Kitap</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>215</v>
+        <v>550</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057634580</t>
+          <t>9789752670747</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İpeğe Sarılmış Çelik</t>
+          <t>Çağatay Hanlığı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>829</v>
+        <v>291</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059912419</t>
+          <t>9789752678958</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş ve Kuruluşta Milletvekili Gözüyle Gazi Mustafa Kemal Paşa (1920-1923)</t>
+          <t>Ülkü</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>457</v>
+        <v>899</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786255893116</t>
+          <t>9789752675315</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devleti Döneminde Doğal Afetler ve Salgın Hastalıklar</t>
+          <t>Satranç Öğretimi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>370</v>
+        <v>341</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786256591622</t>
+          <t>9789752671638</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’dan Türkiye’ye Türklerde Şehircilik</t>
+          <t>Sarı Paşa İnsan Atatürk</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>650</v>
+        <v>577</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059661218</t>
+          <t>9789752676114</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Şiddet ve Örgütsel Sessizlik</t>
+          <t>Para Banka ve Finansal Sistem</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>375</v>
+        <v>970</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059912228</t>
+          <t>9789752675490</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Akıl Medeniyeti (Ciltli)</t>
+          <t>Misyonerlikten Diyaloğa Türkiye</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>750</v>
+        <v>859</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057697615</t>
+          <t>9789752670556</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirin Neşesi Halil Soyuer</t>
+          <t>Makaleler 1</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>397</v>
+        <v>729</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786255893031</t>
+          <t>9789752672826</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Argun Fadıl Korkut'un Romanları Üzerine Bir İnceleme</t>
+          <t>İslamiyet ve Türk Halk İnançları</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>540</v>
+        <v>278</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786255893055</t>
+          <t>9789752678521</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Modern Kamboçya</t>
+          <t>İngiliz Kemal</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>744</v>
+        <v>511</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786256591431</t>
+          <t>9789752673007</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’ya İşçi Göçüne Yönelik Türk Milliyetçiliği Yaklaşımı: Devlet Gazetesi Örneği (1968-1977)</t>
+          <t>Hüznün Dili</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>300</v>
+        <v>381</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059912297</t>
+          <t>9789752676893</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Cesur ve Yenilikçi Bir Siyasetname</t>
+          <t>Hıristiyanlaştırılan Türkler Çuvaşlar</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>520</v>
+        <v>650</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789752674189</t>
+          <t>9789752673212</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Evanjelikler</t>
+          <t>Bosna Hersek Vahşeti ve Dünya Kamuoyu</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>407</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789752679023</t>
+          <t>9789752675551</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Kahramanlık Destanı Antep</t>
+          <t>Anadolu Kültür Coğrafyasında Erenler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>260</v>
+        <v>624</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789752672444</t>
+          <t>9789752676473</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre ve Tasavvuf Felsefesi</t>
+          <t>18. Yüzyılın İlk Çeyreğinde Anadolu’da Bozdoğan Yörükleri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>220</v>
+        <v>618</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789752676053</t>
+          <t>9786059912600</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Zaman</t>
+          <t>Urallara Doğru</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789752673908</t>
+          <t>9786059661577</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Şehri Sırtlamak İsteyen Adamlar</t>
+          <t>Avrupa Hunları</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>253</v>
+        <v>418</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059912815</t>
+          <t>9786059912273</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Radikal Reformistler - Hıristiyanlıkta Anabaptist Hareket</t>
+          <t>Bozuk Oyun - 1915 Olaylarının Gerçek Yüzü 2</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>635</v>
+        <v>556</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789752677357</t>
+          <t>9786059912174</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Sen Ölmedikçe Vatan Bölünmez</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>124</v>
+        <v>677</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752675544</t>
+          <t>9786059912068</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Hatırla Beni</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>259</v>
+        <v>690</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789752677395</t>
+          <t>9786257457002</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Birinci Meclis Kütahya Mebusu Yusuf Cemil Bey’in Simav Günlüğü</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789752677364</t>
+          <t>9786257254663</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Pancarcı Çocuk</t>
+          <t>Nasıl Müslüman Oldular?</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>93</v>
+        <v>254</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789752676169</t>
+          <t>9786257254472</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Dişi Kurtun Çocukları</t>
+          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 1. Cilt</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>658</v>
+        <v>955</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789752677418</t>
+          <t>9786257254892</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Kesme Salkım Söğüt Saçlarını</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>112</v>
+        <v>198</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789752678842</t>
+          <t>9786257254021</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Harşit Havzasında Çepniler</t>
+          <t>Yalnız Kurt: Toros - Rauf Denktaş'a Armağan</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>465</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257254069</t>
+          <t>9786257254106</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Rus Çarlığı ve Osmanlı İmparatorluğu Modernleşme Süreçleri (1682-1905)</t>
+          <t>Türk Ordusu’nda Bir Doktrin Olarak Küçük Harekat</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>616</v>
+        <v>242</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786056848827</t>
+          <t>9786057634719</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Safevi İlişkilerinin Diplomatik Dili</t>
+          <t>Vatan Konulu Şiirler Antolojisi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>297</v>
+        <v>387</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257049689</t>
+          <t>9786057634788</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülaziz Darbesi ve Sabık Sultanın Ölümü</t>
+          <t>Kadim Türk Yurdu Fergana Vadisi ve Büyük Güçlerin Hakimiyet Mücadelesi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>146</v>
+        <v>650</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786057634993</t>
+          <t>9786257254250</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Asyaya Açılan Kapısı Üsküdar</t>
+          <t>Milli Güvenlik Dersleri Tarihi (1926-2012)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>420</v>
+        <v>719</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257049856</t>
+          <t>9786257254113</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı Öncesi Osmanlı Devleti’nin Adalarda Hakimiyet Mücadelesi</t>
+          <t>Lübnan Ermeni Diasporası</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>442</v>
+        <v>542</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257049047</t>
+          <t>9786057634795</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Enerji Boru Hatları ve Türkiye’nin Jeopolitiği</t>
+          <t>Siyasal İletişimde Karizmatik Liderlik: Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>315</v>
+        <v>416</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257049801</t>
+          <t>9786057634054</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Life Dedicated To The Cause Devlet Bahçeli</t>
+          <t>Memlük Sultanlığı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>481</v>
+        <v>315</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786057634955</t>
+          <t>9786057634276</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Siyasi, Askeri ve İktisadi Yönleriyle 1848 Devrimleri ve Osmanlı Devleti’ne Etkileri</t>
+          <t>Gelibolu Muharebeleri 1915</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>781</v>
+        <v>589</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786256591868</t>
+          <t>9786052030486</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Askeri Ebulfez Elçi Bey'e Armağan</t>
+          <t>Küresel ve Bölgesel Perspektiften Doğu Akdeniz Güvenliği</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>820</v>
+        <v>822</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786256284555</t>
+          <t>9786052030448</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Medyada Düşürülmüş Maskeler 6</t>
+          <t>Kabak Tadı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>1150</v>
+        <v>236</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786256284494</t>
+          <t>9786057634580</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Beslediğiniz Kurtların Savaşı</t>
+          <t>İpeğe Sarılmış Çelik</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>350</v>
+        <v>911</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786256591462</t>
+          <t>9786059912419</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Milli İstihbarat Teşkilatı</t>
+          <t>Kurtuluş ve Kuruluşta Milletvekili Gözüyle Gazi Mustafa Kemal Paşa (1920-1923)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>370</v>
+        <v>502</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786256284876</t>
+          <t>9786255893116</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Suna İle Kardeşleri ve Sifon</t>
+          <t>Türkiye Selçuklu Devleti Döneminde Doğal Afetler ve Salgın Hastalıklar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>445</v>
+        <v>370</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789752673373</t>
+          <t>9786256591622</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrası Silahlanma</t>
+          <t>Türkistan’dan Türkiye’ye Türklerde Şehircilik</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>635</v>
+        <v>902</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052030325</t>
+          <t>9786059661218</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bende Yanan Türkü Sende Sönüyor</t>
+          <t>Psikolojik Şiddet ve Örgütsel Sessizlik</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>167</v>
+        <v>375</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752673298</t>
+          <t>9786059912228</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kore Kahramanı Şehit BNB. Lütfü Bülgin Hayatı ve Kahramanlığı</t>
+          <t>Akıl Medeniyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>506</v>
+        <v>750</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257049450</t>
+          <t>9786057697615</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Türk-İslam Devletleri ve Orta Çağ’da Avrupa</t>
+          <t>Türk Şiirin Neşesi Halil Soyuer</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>700</v>
+        <v>397</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057634801</t>
+          <t>9786255893031</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Zübdetü İlmi'l-Kelam (Kelam İlminin Özü)</t>
+          <t>Argun Fadıl Korkut'un Romanları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>400</v>
+        <v>540</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786256591028</t>
+          <t>9786255893055</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Türklüğüm Ebedidir</t>
+          <t>Modern Kamboçya</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>398</v>
+        <v>744</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786256428973</t>
+          <t>9786256591431</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Tarihinde Balkanlar Coğrafyası</t>
+          <t>Avrupa’ya İşçi Göçüne Yönelik Türk Milliyetçiliği Yaklaşımı: Devlet Gazetesi Örneği (1968-1977)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>568</v>
+        <v>300</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786256428607</t>
+          <t>9786059912297</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi Yazıları</t>
+          <t>Osmanlı Devleti’nde Cesur ve Yenilikçi Bir Siyasetname</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>910</v>
+        <v>520</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786256428324</t>
+          <t>9789752674189</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Şiddete Maruz Kalan Kadınlar</t>
+          <t>Evanjelikler</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>237</v>
+        <v>350</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786256428294</t>
+          <t>9789752679023</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Harcamalar Ve Yoksulluk İlişkisi</t>
+          <t>Türk'ün Kahramanlık Destanı Antep</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>350</v>
+        <v>286</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258365863</t>
+          <t>9789752672444</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Tarihle Yaşamak Prof. Dr. Refik Turan</t>
+          <t>Yunus Emre ve Tasavvuf Felsefesi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>1480</v>
+        <v>242</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258365856</t>
+          <t>9789752676053</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Yolunda Bir Ömür Prof. Dr. Mehmet Şahingöz’e Armağan</t>
+          <t>Türkiye Türkçesinde Zaman</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>1138</v>
+        <v>528</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258365139</t>
+          <t>9789752673908</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri-2</t>
+          <t>Şehri Sırtlamak İsteyen Adamlar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>310</v>
+        <v>278</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257457989</t>
+          <t>9786059912815</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Türk Halk İnanmalarında Büyü</t>
+          <t>Radikal Reformistler - Hıristiyanlıkta Anabaptist Hareket</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>218</v>
+        <v>698</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258365511</t>
+          <t>9789752677357</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kahraman</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>227</v>
+        <v>124</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258365399</t>
+          <t>9789752675544</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Ölçüsü</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>136</v>
+        <v>284</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786257457194</t>
+          <t>9789752677395</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Devlet Anlayışı</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>765</v>
+        <v>130</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257457583</t>
+          <t>9789752677364</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasetinde Toplumsal Vicdan Liderliği Devlet Bahçeli Modeli</t>
+          <t>Pancarcı Çocuk</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>587</v>
+        <v>93</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059661331</t>
+          <t>9789752676169</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Milletin Derdiyle Dertlenen Bir Hisli Yürek - Mehmet Akif Ersoy</t>
+          <t>Dişi Kurtun Çocukları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>287</v>
+        <v>723</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789752679634</t>
+          <t>9789752677418</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Leyleği</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>265</v>
+        <v>112</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052030998</t>
+          <t>9789752678842</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>El Kaide, Işid ve Boko Haram</t>
+          <t>Harşit Havzasında Çepniler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>312</v>
+        <v>511</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057501844</t>
+          <t>9786257254069</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Nurhak Tarihi ve Kültürü</t>
+          <t>Rus Çarlığı ve Osmanlı İmparatorluğu Modernleşme Süreçleri (1682-1905)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>1100</v>
+        <v>677</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059912440</t>
+          <t>9786056848827</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Taş Medrese'den Mektuplar</t>
+          <t>Osmanlı Safevi İlişkilerinin Diplomatik Dili</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052030158</t>
+          <t>9786257049689</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>FETÖ İhaneti ve Devlet Bahçeli Gerçeği</t>
+          <t>Sultan Abdülaziz Darbesi ve Sabık Sultanın Ölümü</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059661928</t>
+          <t>9786057634993</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ötüken Yolcuları</t>
+          <t>İstanbul’un Asyaya Açılan Kapısı Üsküdar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>597</v>
+        <v>462</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789752672772</t>
+          <t>9786257049856</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Kamuoyunda Kore Harbi</t>
+          <t>Birinci Dünya Savaşı Öncesi Osmanlı Devleti’nin Adalarda Hakimiyet Mücadelesi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>268</v>
+        <v>486</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786257049382</t>
+          <t>9786257049047</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlere Giriş</t>
+          <t>Enerji Boru Hatları ve Türkiye’nin Jeopolitiği</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>181</v>
+        <v>346</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786257049818</t>
+          <t>9786257049801</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Hilal-i Ahmer Cemiyeti ve Gençlik Teşkilatı</t>
+          <t>Life Dedicated To The Cause Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>170</v>
+        <v>529</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786257049627</t>
+          <t>9786057634955</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İran Tarihi</t>
+          <t>Siyasi, Askeri ve İktisadi Yönleriyle 1848 Devrimleri ve Osmanlı Devleti’ne Etkileri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>303</v>
+        <v>859</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057634917</t>
+          <t>9786256591868</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Viyana’ya Taşınan İlim</t>
+          <t>Atatürk'ün Askeri Ebulfez Elçi Bey'e Armağan</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>283</v>
+        <v>820</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258365320</t>
+          <t>9786256284555</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İstikbal Ve İstiklal</t>
+          <t>Medyada Düşürülmüş Maskeler 6</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>506</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789752676121</t>
+          <t>9786256284494</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürünün Ana Hatları</t>
+          <t>Beslediğiniz Kurtların Savaşı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>990</v>
+        <v>350</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789752673786</t>
+          <t>9786256591462</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Şamanizm ve Eski Türk Dini</t>
+          <t>Milli İstihbarat Teşkilatı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>352</v>
+        <v>370</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059661539</t>
+          <t>9786256284876</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Etnolojisinde Hemşinliler - Horumlar - Gregoryenler - Lazlar</t>
+          <t>Suna İle Kardeşleri ve Sifon</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>625</v>
+        <v>445</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789752677173</t>
+          <t>9789752673373</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Hindistan'da Türkler</t>
+          <t>Soğuk Savaş Sonrası Silahlanma</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>315</v>
+        <v>698</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789752676855</t>
+          <t>9786052030325</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Spor</t>
+          <t>Bende Yanan Türkü Sende Sönüyor</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>268</v>
+        <v>183</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789752672536</t>
+          <t>9789752673298</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Kilisesi ve Türkler</t>
+          <t>Kore Kahramanı Şehit BNB. Lütfü Bülgin Hayatı ve Kahramanlığı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>401</v>
+        <v>556</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786257254205</t>
+          <t>9786257049450</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Plotinos ve Farabi'de Estetik ve Güzellik</t>
+          <t>İslam Tarihi Türk-İslam Devletleri ve Orta Çağ’da Avrupa</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>265</v>
+        <v>770</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257254700</t>
+          <t>9786057634801</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Arşivlerine Göre Ahıskalı Türklerin Sürgünü</t>
+          <t>Zübdetü İlmi'l-Kelam (Kelam İlminin Özü)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>410</v>
+        <v>440</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057634887</t>
+          <t>9786256591028</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Zbigniew Brzezinski</t>
+          <t>Türklüğüm Ebedidir</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>810</v>
+        <v>398</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057501745</t>
+          <t>9786256428973</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Davaya Adanmış Ömür - Devlet Bahçeli</t>
+          <t>Başlangıcından Günümüze Türk Tarihinde Balkanlar Coğrafyası</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>468</v>
+        <v>568</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256428959</t>
+          <t>9786256428607</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan’da Türkler Asimilasyon Politikaları ve Algı</t>
+          <t>Dinler Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>600</v>
+        <v>910</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786258365849</t>
+          <t>9786256428324</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi Yazıları</t>
+          <t>Türkiye’de Şiddete Maruz Kalan Kadınlar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>853</v>
+        <v>237</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256591646</t>
+          <t>9786256428294</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Suriye Krizinin Türkiye'ye Etkileri Göç ve İstihdam</t>
+          <t>Türkiye’de Sosyal Harcamalar Ve Yoksulluk İlişkisi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256284982</t>
+          <t>9786258365863</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Çadırın Ocağı</t>
+          <t>Bir Ömür Tarihle Yaşamak Prof. Dr. Refik Turan</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>225</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786258365771</t>
+          <t>9786258365856</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Amerikalı Diplomat Jefferson Patterson’ın Notlarında Türkiye Tarihi</t>
+          <t>Türk Dünyası Yolunda Bir Ömür Prof. Dr. Mehmet Şahingöz’e Armağan</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>158</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786258365825</t>
+          <t>9786258365139</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Amerikan Board Misyonerleri</t>
+          <t>Halkbilimi İncelemeleri-2</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>398</v>
+        <v>310</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786257457552</t>
+          <t>9786257457989</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Askeri Mecmua'da Birinci Dünya Savaşı - Türk Cepheleri</t>
+          <t>Yaşayan Türk Halk İnanmalarında Büyü</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>315</v>
+        <v>218</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786257457774</t>
+          <t>9786258365511</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret Ve Finansal Gelişme</t>
+          <t>Kahraman</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>400</v>
+        <v>227</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256284685</t>
+          <t>9786258365399</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Tarihinden Toplumuna, Toplumundan Edebiyat ve Şiirine İngiltere'nin 400 Yılı: 1500-1900</t>
+          <t>Sevginin Ölçüsü</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>800</v>
+        <v>136</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256284692</t>
+          <t>9786257457194</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Kanatlarında "Aşk"ın 400 Yıllık Yolculuğu: İngiliz Edebiyatında 100 Aşk Şiiri (İngilizce ve Türkçe)</t>
+          <t>Tarihten Günümüze Devlet Anlayışı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>700</v>
+        <v>765</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789752672703</t>
+          <t>9786257457583</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Zeka Temelli Ders Çalışma Teknikleri</t>
+          <t>Türk Siyasetinde Toplumsal Vicdan Liderliği Devlet Bahçeli Modeli</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>240</v>
+        <v>645</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789752673267</t>
+          <t>9786059661331</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Zalimler ve Zavallılar</t>
+          <t>Milletin Derdiyle Dertlenen Bir Hisli Yürek - Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>455</v>
+        <v>287</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789752678293</t>
+          <t>9789752679634</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan’da Esirlerimiz</t>
+          <t>Mutluluk Leyleği</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>203.5</v>
+        <v>291</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789752673106</t>
+          <t>9786052030998</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Islıyor Beni</t>
+          <t>El Kaide, Işid ve Boko Haram</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>222</v>
+        <v>312</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789752672789</t>
+          <t>9786057501844</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Gece</t>
+          <t>Nurhak Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>200</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789752678323</t>
+          <t>9786059912440</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Taş Medrese'den Mektuplar</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>347</v>
+        <v>343</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789752674226</t>
+          <t>9786052030158</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Devlet Başkanlığı Başkanlık Tartışmaları ve Cumhurbaşkanlarımız</t>
+          <t>FETÖ İhaneti ve Devlet Bahçeli Gerçeği</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>512</v>
+        <v>308</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789752677296</t>
+          <t>9786059661928</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Terörün Seyir Defteri</t>
+          <t>Ötüken Yolcuları</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>342</v>
+        <v>656</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789752676060</t>
+          <t>9789752672772</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Anayasa Yenileme Süreci ve Temel Sorunlar</t>
+          <t>Amerikan Kamuoyunda Kore Harbi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>465</v>
+        <v>294</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789752672543</t>
+          <t>9786257049382</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Protestan Ermenileri</t>
+          <t>Sosyal Bilimlere Giriş</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789752676572</t>
+          <t>9786257049818</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nereye Gidiyor?</t>
+          <t>Dünden Bugüne Hilal-i Ahmer Cemiyeti ve Gençlik Teşkilatı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>587</v>
+        <v>187</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789758736362</t>
+          <t>9786257049627</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Tarihinin Kaynakları</t>
+          <t>İran Tarihi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>745</v>
+        <v>333</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789752676503</t>
+          <t>9786057634917</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Türk-Hun Tarihi</t>
+          <t>İstanbul’dan Viyana’ya Taşınan İlim</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>713</v>
+        <v>311</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789752672987</t>
+          <t>9786258365320</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Jeopolitik</t>
+          <t>İstikbal Ve İstiklal</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>431</v>
+        <v>506</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789752671836</t>
+          <t>9789752676121</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında 1965 Seçimleri</t>
+          <t>Türk Kültürünün Ana Hatları</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>830</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789752673410</t>
+          <t>9789752673786</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkılap Tarihi ve Atatürk İlkeleri</t>
+          <t>Şamanizm ve Eski Türk Dini</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>789</v>
+        <v>387</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257049146</t>
+          <t>9786059661539</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Siyaseti</t>
+          <t>Anadolu Türk Etnolojisinde Hemşinliler - Horumlar - Gregoryenler - Lazlar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>491</v>
+        <v>687</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789752673854</t>
+          <t>9789752677173</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukuku</t>
+          <t>Hindistan'da Türkler</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>635</v>
+        <v>346</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789752675438</t>
+          <t>9789752676855</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Tükenmez Kalemin Tükenmezliği</t>
+          <t>İletişim ve Spor</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>275</v>
+        <v>294</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789752673397</t>
+          <t>9789752672536</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Tunalı’dan Beydili’ye</t>
+          <t>Ermeni Kilisesi ve Türkler</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>342</v>
+        <v>441</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789752670112</t>
+          <t>9786257254205</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Toponim Teknikleri ve Kafkasya-Borçalı Yer Adları</t>
+          <t>Plotinos ve Farabi'de Estetik ve Güzellik</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>205</v>
+        <v>291</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789752671980</t>
+          <t>9786257254700</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Meşrutiyyet ve Şark Mesele-i Hazırası</t>
+          <t>Sovyet Arşivlerine Göre Ahıskalı Türklerin Sürgünü</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>253</v>
+        <v>451</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789752675957</t>
+          <t>9786057634887</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Dağına Kar Yağıyor Bu Gece</t>
+          <t>Zbigniew Brzezinski</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>203.5</v>
+        <v>891</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789752673144</t>
+          <t>9786057501745</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Şu Boğaz Harbi</t>
+          <t>Davaya Adanmış Ömür - Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>287</v>
+        <v>514</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789752671676</t>
+          <t>9786256428959</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Şok</t>
+          <t>Bulgaristan’da Türkler Asimilasyon Politikaları ve Algı</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>316</v>
+        <v>660</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789752676213</t>
+          <t>9786258365849</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Söz Bize Düşünce</t>
+          <t>Dinler Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>400</v>
+        <v>853</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789752672671</t>
+          <t>9786256591646</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Dönemi Türkmen Folkloru</t>
+          <t>Suriye Krizinin Türkiye'ye Etkileri Göç ve İstihdam</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>558</v>
+        <v>460</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789752673892</t>
+          <t>9786256284982</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sulara Uzaktan Bakmak</t>
+          <t>Çadırın Ocağı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>253</v>
+        <v>225</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789752674646</t>
+          <t>9786258365771</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Siyasete Dair Yazılar</t>
+          <t>Amerikalı Diplomat Jefferson Patterson’ın Notlarında Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>781</v>
+        <v>158</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789752676961</t>
+          <t>9786258365825</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Güç, Denge Bağlamında Türk Boğazları</t>
+          <t>Osmanlı Devleti’nde Amerikan Board Misyonerleri</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>635</v>
+        <v>398</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789752676664</t>
+          <t>9786257457552</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Siyah Altın Peşinde Hazar’da Bin Yıl</t>
+          <t>Askeri Mecmua'da Birinci Dünya Savaşı - Türk Cepheleri</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>342</v>
+        <v>315</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789752672994</t>
+          <t>9786257457774</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Seyr ü Sefer</t>
+          <t>Uluslararası Ticaret Ve Finansal Gelişme</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>312</v>
+        <v>400</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789752673694</t>
+          <t>9786256284685</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Tarihinden Toplumuna, Toplumundan Edebiyat ve Şiirine İngiltere'nin 400 Yılı: 1500-1900</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>954</v>
+        <v>800</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789752673717</t>
+          <t>9786256284692</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Rumelili Za’ifi Divanı</t>
+          <t>Şiirin Kanatlarında "Aşk"ın 400 Yıllık Yolculuğu: İngiliz Edebiyatında 100 Aşk Şiiri (İngilizce ve Türkçe)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>616</v>
+        <v>700</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789752674172</t>
+          <t>9789752672703</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Reis Paşalar</t>
+          <t>Zeka Temelli Ders Çalışma Teknikleri</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>954</v>
+        <v>264</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789752673755</t>
+          <t>9789752673267</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Realist Halk Hikayelerinden Tayyarzade Hikayesi ile Hançerli Hanım Hikayesi Üzerine Bir Tahlil Denemesi</t>
+          <t>Zalimler ve Zavallılar</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789752676411</t>
+          <t>9789752678293</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Enver Konukçu Armağanı (Ciltli)</t>
+          <t>Yunanistan’da Esirlerimiz</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>1580</v>
+        <v>223</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789752676398</t>
+          <t>9789752673106</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Pontus Euxinos Kemençe ve Horon</t>
+          <t>Yağmur Islıyor Beni</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>392</v>
+        <v>244</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789752672666</t>
+          <t>9789752672789</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyete Azınlıklar</t>
+          <t>Uzun Bir Gece</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>481</v>
+        <v>220</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789752676237</t>
+          <t>9789752678323</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Levant Postaları</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>481</v>
+        <v>381</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789752675162</t>
+          <t>9789752674226</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Nutuk (Ciltli)</t>
+          <t>Türklerde Devlet Başkanlığı Başkanlık Tartışmaları ve Cumhurbaşkanlarımız</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>1345</v>
+        <v>563</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789752676930</t>
+          <t>9789752677296</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kafalı</t>
+          <t>Türkiye’de Terörün Seyir Defteri</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>271</v>
+        <v>376</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789752672796</t>
+          <t>9789752676060</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar Ötesinde Türk Kalmak</t>
+          <t>Türkiye’de Anayasa Yenileme Süreci ve Temel Sorunlar</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>342</v>
+        <v>511</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789752671621</t>
+          <t>9789752672543</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Türkiye Protestan Ermenileri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>810</v>
+        <v>440</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789752671027</t>
+          <t>9789752676572</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Türkiye Nereye Gidiyor?</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>856</v>
+        <v>645</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789752670686</t>
+          <t>9789758736362</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Türkiye Cumhuriyeti Tarihinin Kaynakları</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>1150</v>
+        <v>825</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789752671010</t>
+          <t>9789752676503</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1</t>
+          <t>Türk-Hun Tarihi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>882</v>
+        <v>784</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789752670648</t>
+          <t>9789752672987</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1</t>
+          <t>Türkçe Jeopolitik</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>771</v>
+        <v>474</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789752670570</t>
+          <t>9789752671836</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Türk Siyasi Hayatında 1965 Seçimleri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>1080</v>
+        <v>913</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789752676206</t>
+          <t>9789752673410</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Libya</t>
+          <t>Türk İnkılap Tarihi ve Atatürk İlkeleri</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>380</v>
+        <v>867</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789752673052</t>
+          <t>9786257049146</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yorumunun Politik Bağlamı</t>
+          <t>Türk Dış Siyaseti</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>391</v>
+        <v>491</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789752672482</t>
+          <t>9789752673854</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve İnsanlık</t>
+          <t>Türk Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>283</v>
+        <v>698</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789752673779</t>
+          <t>9789752675438</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Kök Türk Tarihi</t>
+          <t>Tükenmez Kalemin Tükenmezliği</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>525</v>
+        <v>302</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789752675780</t>
+          <t>9789752673397</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kazan Tatarları Arasında Milliyetçilik Akımı</t>
+          <t>Tunalı’dan Beydili’ye</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>246</v>
+        <v>376</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789752678378</t>
+          <t>9789752670112</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kaşgar’dan Berlin’e Portreler ve Kitaplar</t>
+          <t>Toponim Teknikleri ve Kafkasya-Borçalı Yer Adları</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>530</v>
+        <v>225</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789752672307</t>
+          <t>9789752671980</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>İslamda Varlık Düşüncesi</t>
+          <t>Tarih-i Meşrutiyyet ve Şark Mesele-i Hazırası</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>591</v>
+        <v>278</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789752672550</t>
+          <t>9789752675957</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomi Felsefesi</t>
+          <t>Tanrı Dağına Kar Yağıyor Bu Gece</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>572</v>
+        <v>223</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789752672406</t>
+          <t>9789752673144</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Düşünce Tarihi</t>
+          <t>Şu Boğaz Harbi</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>563</v>
+        <v>315</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789752673359</t>
+          <t>9789752671676</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>İlk Anayasanın Hazırlanması</t>
+          <t>Şok</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>400</v>
+        <v>347</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789752672437</t>
+          <t>9789752676213</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hücre Mikrokosmos 2</t>
+          <t>Söz Bize Düşünce</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>323</v>
+        <v>440</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789752672420</t>
+          <t>9789752672671</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Hayat Felsefesi</t>
+          <t>Sovyet Dönemi Türkmen Folkloru</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>420</v>
+        <v>613</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789752676190</t>
+          <t>9789752673892</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Gottfried Wilhelm Leibniz Felsefesinde Bilgi Teorisi ve Mantık</t>
+          <t>Sulara Uzaktan Bakmak</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>506</v>
+        <v>278</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>3990000002206</t>
+          <t>9789752674646</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Toplumsal Uyumuna Sosyo-Psikolojik Bakış</t>
+          <t>Siyasete Dair Yazılar</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>260</v>
+        <v>859</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789752673182</t>
+          <t>9789752676961</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Edebiyat</t>
+          <t>Siyaset, Güç, Denge Bağlamında Türk Boğazları</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>686</v>
+        <v>698</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789752673335</t>
+          <t>9789752676664</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Fahri Kaya</t>
+          <t>Siyah Altın Peşinde Hazar’da Bin Yıl</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>686</v>
+        <v>376</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789752672314</t>
+          <t>9789752672994</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Sırları</t>
+          <t>Seyr ü Sefer</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>380</v>
+        <v>343</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789752672512</t>
+          <t>9789752673694</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Ermeniler, Tehcir ve Sonrası</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>658</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789752673250</t>
+          <t>9789752673717</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Emperyal Bir Araç Olarak Rum-Pontus Sorunu (1908-1918)</t>
+          <t>Rumelili Za’ifi Divanı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>331</v>
+        <v>677</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>3990000004809</t>
+          <t>9789752674172</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Makaleler Cilt 1</t>
+          <t>Reis Paşalar</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>916</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789752676770</t>
+          <t>9789752673755</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Hesap Verebilirlik</t>
+          <t>Realist Halk Hikayelerinden Tayyarzade Hikayesi ile Hançerli Hanım Hikayesi Üzerine Bir Tahlil Denemesi</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>380</v>
+        <v>462</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789752672291</t>
+          <t>9789752676411</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Dinlerin Kökeni</t>
+          <t>Prof. Dr. Enver Konukçu Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>572</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789752676404</t>
+          <t>9789752676398</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Dinler Arası Diyalog</t>
+          <t>Pontus Euxinos Kemençe ve Horon</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>363</v>
+        <v>431</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789752673687</t>
+          <t>9789752672666</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Dini Azınlıklar ve Türk Hoşgörüsü</t>
+          <t>Osmanlı’dan Cumhuriyete Azınlıklar</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>536</v>
+        <v>529</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789752673021</t>
+          <t>9789752676237</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Doğu Anadolu’ya Yapılan Kamu Harcamaları (1960-1980)</t>
+          <t>Osmanlı’da Levant Postaları</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>897</v>
+        <v>529</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789752676183</t>
+          <t>9789752675162</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>BOP, Arap Baharı ve Suriye Meselesi Işığında Mayın Temizleme İsrail ve AKP</t>
+          <t>Nutuk (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>330</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789752676992</t>
+          <t>9789752676930</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Birinci Öğretmenler Kongresi Selanik 1911</t>
+          <t>Mustafa Kafalı</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>380</v>
+        <v>298</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789752676633</t>
+          <t>9789752672796</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşında İran Coğrafyasında Etnik, Dini ve Siyasi Nüfuz Mücadeleleri</t>
+          <t>Sınırlar Ötesinde Türk Kalmak</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>359</v>
+        <v>376</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789752671034</t>
+          <t>9789752671621</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 3</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>897</v>
+        <v>891</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789752673724</t>
+          <t>9789752671027</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Bir Modernleşme Aracı Olarak - Tokat Halkevi</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>410</v>
+        <v>941</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789752678422</t>
+          <t>9789752670686</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Batı Türklüğü ve Halk İnanmalarının Mitolojik Kök Hücreleri - 1</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>322</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789759154004</t>
+          <t>9789752671010</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Barış Gönüllüleri 10 Karanlık Yıl</t>
+          <t>Makaleler 1</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>337</v>
+        <v>970</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789752676039</t>
+          <t>9789752670648</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’da Güvenlik Arzusu ve Balkan Paktı</t>
+          <t>Makaleler 1</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>481</v>
+        <v>848</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789752676688</t>
+          <t>9789752670570</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan-Türkiye: Dostluk, Kardeşlik ve Strateji Ortaklık</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>363</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789752675186</t>
+          <t>9789752676206</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Devlet, Demokratik Değerler ve Eski Türkler</t>
+          <t>Libya</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>420</v>
+        <v>418</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789752676923</t>
+          <t>9789752673052</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Avşar - Kültür Coğrafyası ve Halk Kültürü</t>
+          <t>Kur’an Yorumunun Politik Bağlamı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>990</v>
+        <v>430</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789752672468</t>
+          <t>9789752672482</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Atomun Sırları - Mikrokosmos 1</t>
+          <t>Kur’an ve İnsanlık</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>268</v>
+        <v>311</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789752671041</t>
+          <t>9789752673779</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Tarih Öğretmeni Mehmet Tevfik Bilge</t>
+          <t>Kök Türk Tarihi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>185</v>
+        <v>577</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789752672567</t>
+          <t>9789752675780</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devri Dergilerinde Edebiyatla İlgili Kavramlar</t>
+          <t>Kazan Tatarları Arasında Milliyetçilik Akımı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>3990000017786</t>
+          <t>9789752678378</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Uyanması</t>
+          <t>Kaşgar’dan Berlin’e Portreler ve Kitaplar</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>474</v>
+        <v>583</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789752676220</t>
+          <t>9789752672307</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Alevilik - Bektaşilik</t>
+          <t>İslamda Varlık Düşüncesi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>442</v>
+        <v>650</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789752673168</t>
+          <t>9789752672550</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Afrasya - Alternatif Eksenler</t>
+          <t>İslam Ekonomi Felsefesi</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>600</v>
+        <v>629</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789752672369</t>
+          <t>9789752672406</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Devri Kastamonu Basın Tarihi (1908-1918)</t>
+          <t>İlkçağ Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>243</v>
+        <v>619</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789752676916</t>
+          <t>9789752673359</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül ve Ekonomi Politikaları</t>
+          <t>İlk Anayasanın Hazırlanması</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789752678453</t>
+          <t>9789752672437</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Standartlara Göre Proje Yönetimi</t>
+          <t>Hücre Mikrokosmos 2</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>512</v>
+        <v>355</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789752673045</t>
+          <t>9789752672420</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Dönmeler (Sabatayistler) Tarihi</t>
+          <t>Hayat Felsefesi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>869</v>
+        <v>462</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789752677388</t>
+          <t>9789752676190</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Yıldız ile Konuşan Bebek</t>
+          <t>Gottfried Wilhelm Leibniz Felsefesinde Bilgi Teorisi ve Mantık</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>200</v>
+        <v>556</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789752677340</t>
+          <t>3990000002206</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Yıldız ile Kargalar</t>
+          <t>Gençliğin Toplumsal Uyumuna Sosyo-Psikolojik Bakış</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>218</v>
+        <v>286</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789752676817</t>
+          <t>9789752673182</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Şah Abbas ve Zamanı</t>
+          <t>Folklor ve Edebiyat</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>536</v>
+        <v>754</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789752672932</t>
+          <t>9789752673335</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülaziz Nasıl Hal’ Edildi, Nasıl İntihar Etti?</t>
+          <t>Fahri Kaya</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>971</v>
+        <v>754</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789752670655</t>
+          <t>9789752672314</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Evrenin Sırları</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>767</v>
+        <v>418</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789752670549</t>
+          <t>9789752672512</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>Ermeniler, Tehcir ve Sonrası</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>781</v>
+        <v>723</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789752677326</t>
+          <t>9789752673250</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu ve Kel Hamza</t>
+          <t>Emperyal Bir Araç Olarak Rum-Pontus Sorunu (1908-1918)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>143</v>
+        <v>364</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789752673243</t>
+          <t>3990000004809</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hakkari - Tarihi Konuşan Bir Kent</t>
+          <t>Makaleler Cilt 1</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>658</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789752672024</t>
+          <t>9789752676770</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Düşünce Dünyası</t>
+          <t>Eğitimde Hesap Verebilirlik</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>436</v>
+        <v>418</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789752677333</t>
+          <t>9789752672291</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul</t>
+          <t>Dinlerin Kökeni</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>87</v>
+        <v>629</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789752671737</t>
+          <t>9789752676404</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Kurmay Yüzbaşı Hareket Ordusu Kurmay Başkanı Mustafa Kemal</t>
+          <t>Dinler Arası Diyalog</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>227</v>
+        <v>400</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786256284463</t>
+          <t>9789752673687</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Almanya’nın Afrika Politikasında Togo Örneği</t>
+          <t>Dini Azınlıklar ve Türk Hoşgörüsü</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>450</v>
+        <v>589</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786256284418</t>
+          <t>9789752673021</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’dan Günümüze Suruç (Ciltli)</t>
+          <t>Cumhuriyet Döneminde Doğu Anadolu’ya Yapılan Kamu Harcamaları (1960-1980)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>750</v>
+        <v>986</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786256428478</t>
+          <t>9789752676183</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Ağzının Genel Fonetik ve Morfolojik Yapısı</t>
+          <t>BOP, Arap Baharı ve Suriye Meselesi Işığında Mayın Temizleme İsrail ve AKP</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>255</v>
+        <v>363</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786256428201</t>
+          <t>9789752676992</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Balkanlar (1923-1939)</t>
+          <t>Birinci Öğretmenler Kongresi Selanik 1911</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>481</v>
+        <v>418</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786057634832</t>
+          <t>9789752676633</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Hun İmparatoru Atilla’nın Liderlik Sırları</t>
+          <t>Birinci Dünya Savaşında İran Coğrafyasında Etnik, Dini ve Siyasi Nüfuz Mücadeleleri</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>525</v>
+        <v>394</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786258365542</t>
+          <t>9789752671034</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Hz.Ali Döneminde Devlet Teşkilatı Ve İktisadi Hayat</t>
+          <t>Makaleler 3</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>558</v>
+        <v>986</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786258365597</t>
+          <t>9789752673724</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’nin Hayatı, Kişiliği Ve Siyasi Faaliyetleri</t>
+          <t>Bir Modernleşme Aracı Olarak - Tokat Halkevi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>455</v>
+        <v>451</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786258365603</t>
+          <t>9789752678422</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmen Tarihi Ve Medeniyeti Üzerine Araştırmalar</t>
+          <t>Batı Türklüğü ve Halk İnanmalarının Mitolojik Kök Hücreleri - 1</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>457</v>
+        <v>354</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257457682</t>
+          <t>9789759154004</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>İşgal Kıskacı Altında Bağdat (1914-1918)</t>
+          <t>Barış Gönüllüleri 10 Karanlık Yıl</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257457057</t>
+          <t>9789752676039</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>The 50th Anniversary Of Mhp (NMP) In The Turkish Political Life (BY The Highlights Of Events, Concepts And Symbols)</t>
+          <t>Balkanlar’da Güvenlik Arzusu ve Balkan Paktı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>391</v>
+        <v>529</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786056848889</t>
+          <t>9789752676688</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Barış Harekatı 1974</t>
+          <t>Azerbaycan-Türkiye: Dostluk, Kardeşlik ve Strateji Ortaklık</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>512</v>
+        <v>400</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052030073</t>
+          <t>9789752675186</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mensur</t>
+          <t>Devlet, Demokratik Değerler ve Eski Türkler</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>525</v>
+        <v>462</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786057501349</t>
+          <t>9789752676923</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Fetva Soruları Işığında Dindarlık Tipolojileri</t>
+          <t>Avşar - Kültür Coğrafyası ve Halk Kültürü</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>360</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057634061</t>
+          <t>9789752672468</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişimde Devlet Bahçeli Modeli ve Bilge Liderlik</t>
+          <t>Atomun Sırları - Mikrokosmos 1</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>450</v>
+        <v>294</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052030196</t>
+          <t>9789752671041</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Atatürk’ün Tarih Öğretmeni Mehmet Tevfik Bilge</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>935</v>
+        <v>203</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786258342888</t>
+          <t>9789752672567</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime-i Harabat</t>
+          <t>Atatürk Devri Dergilerinde Edebiyatla İlgili Kavramlar</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>171</v>
+        <v>286</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257049160</t>
+          <t>3990000017786</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Analitik Okuma Üzerine Söyleşelim</t>
+          <t>Asya’nın Uyanması</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>315</v>
+        <v>521</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786256284319</t>
+          <t>9789752676220</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı 1914-1918</t>
+          <t>Alevilik - Bektaşilik</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>225</v>
+        <v>486</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786256591615</t>
+          <t>9789752673168</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında CHP-MSP Hükümeti Siyasal Pragmatizmden Tarihsel Yanılgıya</t>
+          <t>Afrasya - Alternatif Eksenler</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>600</v>
+        <v>660</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786256284241</t>
+          <t>9789752672369</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>1934 Hicaz-Yemen Harbi - Asir’de İbn-i Suud-İmam Yahya Mücadelesi -</t>
+          <t>2. Meşrutiyet Devri Kastamonu Basın Tarihi (1908-1918)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>300</v>
+        <v>267</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786256284272</t>
+          <t>9789752676916</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Ersin Tatar’la Tarih Ve Bilinç Yolculuğu</t>
+          <t>12 Eylül ve Ekonomi Politikaları</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>330</v>
+        <v>550</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786256591509</t>
+          <t>9789752678453</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluşa Giden Yolda Türk Kadını: Milli Mücadelede Kadın Mitingleri</t>
+          <t>Uluslararası Standartlara Göre Proje Yönetimi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>300</v>
+        <v>563</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786256428546</t>
+          <t>9789752673045</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Türk Milli Basınında ve Karikatürlerde Serbest Cumhuriyet Fırkası</t>
+          <t>Dönmeler (Sabatayistler) Tarihi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>350</v>
+        <v>955</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786256428287</t>
+          <t>9789752677388</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yönleriyle Türk Töresi</t>
+          <t>Yıldız ile Konuşan Bebek</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>176</v>
+        <v>220</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786256591806</t>
+          <t>9789752677340</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Deli Kurtu Atsız'a Armağan</t>
+          <t>Yıldız ile Kargalar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>522</v>
+        <v>218</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786256591523</t>
+          <t>9789752676817</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Bazı Türk Peygamberler ve Din Kurucuları</t>
+          <t>Şah Abbas ve Zamanı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>308</v>
+        <v>589</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786256591226</t>
+          <t>9789752672932</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Toplumsal Değişim</t>
+          <t>Sultan Abdülaziz Nasıl Hal’ Edildi, Nasıl İntihar Etti?</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>474</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789752679351</t>
+          <t>9789752670655</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Değer</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>253</v>
+        <v>843</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257254502</t>
+          <t>9789752670549</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Şehir Maliyesi</t>
+          <t>Makaleler 2</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>394</v>
+        <v>859</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786256428997</t>
+          <t>9789752677326</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Son Bozkurt</t>
+          <t>Köroğlu ve Kel Hamza</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>796</v>
+        <v>143</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786256591059</t>
+          <t>9789752673243</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Şehir Niksar</t>
+          <t>Hakkari - Tarihi Konuşan Bir Kent</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>316</v>
+        <v>723</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052030318</t>
+          <t>9789752672024</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Başbuğ Alparslan Türkeş</t>
+          <t>Atatürk’ün Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>442</v>
+        <v>479</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257049566</t>
+          <t>9789752677333</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ordu Teşkilatı</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>416</v>
+        <v>87</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786256428423</t>
+          <t>9789752671737</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Amerikan Board’un Kadın Misyonerleri</t>
+          <t>Kurmay Yüzbaşı Hareket Ordusu Kurmay Başkanı Mustafa Kemal</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>474</v>
+        <v>249</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786256428904</t>
+          <t>9786256284463</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>İlhak</t>
+          <t>Almanya’nın Afrika Politikasında Togo Örneği</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>442</v>
+        <v>643</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786256428836</t>
+          <t>9786256284418</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Siyasete Dair Yazılar - X</t>
+          <t>Ortaçağ’dan Günümüze Suruç (Ciltli)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>553</v>
+        <v>825</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786256591257</t>
+          <t>9786256428478</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Her Kafadan Bir Ses</t>
+          <t>Kıbrıs Ağzının Genel Fonetik ve Morfolojik Yapısı</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786256428485</t>
+          <t>9786256428201</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Türk Edebiyatı Üzerine Bildiriler- Makaleler</t>
+          <t>Türk Dış Politikasında Balkanlar (1923-1939)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>550</v>
+        <v>481</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786256428928</t>
+          <t>9786057634832</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Göç ve İstihdam</t>
+          <t>Hun İmparatoru Atilla’nın Liderlik Sırları</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>203</v>
+        <v>525</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786256591004</t>
+          <t>9786258365542</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Darbe</t>
+          <t>Hz.Ali Döneminde Devlet Teşkilatı Ve İktisadi Hayat</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>398</v>
+        <v>558</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786259998169</t>
+          <t>9786258365597</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar Diyarında Bir Gün</t>
+          <t>Hz. Ali’nin Hayatı, Kişiliği Ve Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>400</v>
+        <v>455</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786259999906</t>
+          <t>9786258365603</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Bay Yanak ve Kurtarma Ekibi</t>
+          <t>Irak Türkmen Tarihi Ve Medeniyeti Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>398</v>
+        <v>457</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786256428898</t>
+          <t>9786257457682</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Altın Madalyalı Kıbrıs Gazisi Jandarma Komando Yarbay Halis Deveci’nin Anıları</t>
+          <t>İşgal Kıskacı Altında Bağdat (1914-1918)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>315</v>
+        <v>370</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786256428256</t>
+          <t>9786257457057</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğrenenler İçin; Türk Kültürüne Genel Bir Bakış</t>
+          <t>The 50th Anniversary Of Mhp (NMP) In The Turkish Political Life (BY The Highlights Of Events, Concepts And Symbols)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>203.5</v>
+        <v>391</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786258365146</t>
+          <t>9786056848889</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tehlike - Soğuk Savaş Türkiye'sinde  Komünizmle Mücadele</t>
+          <t>Kıbrıs Türk Barış Harekatı 1974</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>727</v>
+        <v>512</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786258365474</t>
+          <t>9786052030073</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Tarihine Yön Veren Afro - Amerikalılar</t>
+          <t>Kitab-ı Mensur</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>464</v>
+        <v>525</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786258365955</t>
+          <t>9786057501349</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kadın Cemiyetleri</t>
+          <t>Fetva Soruları Işığında Dindarlık Tipolojileri</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>481</v>
+        <v>360</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257254175</t>
+          <t>9786057634061</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Savaştan Soğuk Barışa Türkler ve Yunanlılar</t>
+          <t>Siyasal İletişimde Devlet Bahçeli Modeli ve Bilge Liderlik</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>869</v>
+        <v>450</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257254182</t>
+          <t>9786052030196</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Rum-Yunan Tedhiş ve Terör Hareketleri (1919-1923)</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>797</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786256428270</t>
+          <t>9786258342888</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Sasani Devletinin Tarihi Kaynakları</t>
+          <t>Mukaddime-i Harabat</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>727</v>
+        <v>171</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786256428263</t>
+          <t>9786257049160</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Ersin Tatar’la Kıbrıs Konusunda Yeni Perspektif</t>
+          <t>Analitik Okuma Üzerine Söyleşelim</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>385</v>
+        <v>346</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786256428102</t>
+          <t>9786256284319</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Yurdakul</t>
+          <t>Birinci Dünya Savaşı 1914-1918</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>283</v>
+        <v>225</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786256248232</t>
+          <t>9786256591615</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Babam Olacağım</t>
+          <t>Türk Siyasi Hayatında CHP-MSP Hükümeti Siyasal Pragmatizmden Tarihsel Yanılgıya</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>455</v>
+        <v>600</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257049597</t>
+          <t>9786256284241</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Ahıskalı Türkler</t>
+          <t>1934 Hicaz-Yemen Harbi - Asir’de İbn-i Suud-İmam Yahya Mücadelesi -</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>477</v>
+        <v>300</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786256428072</t>
+          <t>9786256284272</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Türkiye - Suriye İlişkilerinde Çatışma Alanları</t>
+          <t>Ersin Tatar’la Tarih Ve Bilinç Yolculuğu</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>490</v>
+        <v>330</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786258365047</t>
+          <t>9786256591509</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>L'ıslam Et La France Les Influences Socio-politiques Du Sousdeveloppement Dans Les Pays Saheliens</t>
+          <t>Kurtuluşa Giden Yolda Türk Kadını: Milli Mücadelede Kadın Mitingleri</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>489</v>
+        <v>300</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786258365931</t>
+          <t>9786256428546</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Pontus Meselesi</t>
+          <t>Türk Milli Basınında ve Karikatürlerde Serbest Cumhuriyet Fırkası</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>323</v>
+        <v>350</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257457842</t>
+          <t>9786256428287</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>XVII. ve XVIII. Yüzyıl Tokat Tarihine Dair Bir Kaynak: 119 Numaralı İcmal Şer'iyye Sicili</t>
+          <t>Çeşitli Yönleriyle Türk Töresi</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>563</v>
+        <v>176</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786258365290</t>
+          <t>9786256591806</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri-7</t>
+          <t>Türk Tarihinin Deli Kurtu Atsız'a Armağan</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>341</v>
+        <v>522</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786258365269</t>
+          <t>9786256591523</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri-6</t>
+          <t>Bazı Türk Peygamberler ve Din Kurucuları</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>341</v>
+        <v>308</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786258365252</t>
+          <t>9786256591226</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri- 5</t>
+          <t>Yeni Medya ve Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>341</v>
+        <v>521</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786258365238</t>
+          <t>9789752679351</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri- 4</t>
+          <t>Güç ve Değer</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>341</v>
+        <v>253</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786258365177</t>
+          <t>9786257254502</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri- 3</t>
+          <t>Şehir Maliyesi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>341</v>
+        <v>433</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786258365030</t>
+          <t>9786256428997</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimi İncelemeleri-ı</t>
+          <t>Son Bozkurt</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>190</v>
+        <v>796</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257457873</t>
+          <t>9786256591059</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Toplumunda Kadın</t>
+          <t>Yedinci Şehir Niksar</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>671</v>
+        <v>316</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786258365023</t>
+          <t>9786052030318</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf - Halk İnançları - Mitoloji Kavşağında Metamorfoz/Değişim/Dönüşüm</t>
+          <t>Başbuğ Alparslan Türkeş</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>312</v>
+        <v>486</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786057634498</t>
+          <t>9786257049566</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’da Evanjelizmin Bayraktarlığında Siyasi Oryantalizm</t>
+          <t>Osmanlı Ordu Teşkilatı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>420</v>
+        <v>416</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786258365740</t>
+          <t>9786256428423</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Hassas Yüreklerin Ağır Yükleri</t>
+          <t>Osmanlı Devleti’nde Amerikan Board’un Kadın Misyonerleri</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>465</v>
+        <v>474</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786258365764</t>
+          <t>9786256428904</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıların Doğu Seferinde Bayburt’un Rolü (1514-1770)</t>
+          <t>İlhak</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>398</v>
+        <v>486</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786258365719</t>
+          <t>9786256428836</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Meyhane-i Aşk</t>
+          <t>Siyasete Dair Yazılar - X</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>275</v>
+        <v>553</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258365078</t>
+          <t>9786256591257</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Dini Gruplar ve Sosyal Politika</t>
+          <t>Her Kafadan Bir Ses</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786258365658</t>
+          <t>9786256428485</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Teolojisinden Psiko-Kelam İçerikli Semantik Analizler</t>
+          <t>Kıbrıs Türk Edebiyatı Üzerine Bildiriler- Makaleler</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>647</v>
+        <v>550</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786258365641</t>
+          <t>9786256428928</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Çektim Dünya Çilesini</t>
+          <t>Göç ve İstihdam</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>275</v>
+        <v>203</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786258365627</t>
+          <t>9786256591004</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağacın Dilinden</t>
+          <t>Darbe</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>225</v>
+        <v>398</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786258365450</t>
+          <t>9786259998169</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Recep Peker</t>
+          <t>Zıtlıklar Diyarında Bir Gün</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>512</v>
+        <v>400</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786258365535</t>
+          <t>9786259999906</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kutsanmış Ağabey Sendromu</t>
+          <t>Bay Yanak ve Kurtarma Ekibi</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>938</v>
+        <v>398</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257457903</t>
+          <t>9786256428898</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Göğün Kızı Alagöz</t>
+          <t>Altın Madalyalı Kıbrıs Gazisi Jandarma Komando Yarbay Halis Deveci’nin Anıları</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786258365528</t>
+          <t>9786256428256</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçi Hareket Dergisinin CMKP'nin MHP'ye Dönüşümü Sürecindeki Yeri Ve Önemi (1966-1971)</t>
+          <t>Yabancı Dil Olarak Türkçe Öğrenenler İçin; Türk Kültürüne Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>297</v>
+        <v>203.5</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786258365344</t>
+          <t>9786258365146</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Halep Vilayeti’nde Türk Milli Harekatı (1920-1921)</t>
+          <t>Kızıl Tehlike - Soğuk Savaş Türkiye'sinde  Komünizmle Mücadele</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>502</v>
+        <v>727</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786258365368</t>
+          <t>9786258365474</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İçinde</t>
+          <t>Amerikan Tarihine Yön Veren Afro - Amerikalılar</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>209</v>
+        <v>464</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786258365313</t>
+          <t>9786258365955</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Türk Kavramının Gelişmesi</t>
+          <t>Osmanlı Kadın Cemiyetleri</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>506</v>
+        <v>481</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786258365405</t>
+          <t>9786257254175</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğüt Düşleri</t>
+          <t>Sıcak Savaştan Soğuk Barışa Türkler ve Yunanlılar</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>207</v>
+        <v>869</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786258365337</t>
+          <t>9786257254182</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıslı Cemile</t>
+          <t>Türkiye'de Rum-Yunan Tedhiş ve Terör Hareketleri (1919-1923)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>147</v>
+        <v>797</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257254649</t>
+          <t>9786256428270</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Türk Milliyetçiliği</t>
+          <t>Sasani Devletinin Tarihi Kaynakları</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>315</v>
+        <v>727</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786258365085</t>
+          <t>9786256428263</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Fetihten Günümüze Everek (Örence) Köyünün Tarihi (1514-2021)</t>
+          <t>Ersin Tatar’la Kıbrıs Konusunda Yeni Perspektif</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786258365054</t>
+          <t>9786256428102</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'dan İzler</t>
+          <t>Mehmet Emin Yurdakul</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>236</v>
+        <v>283</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257457668</t>
+          <t>9786256248232</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Cezayir Mektupları</t>
+          <t>Büyüyünce Babam Olacağım</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>410</v>
+        <v>455</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257457965</t>
+          <t>9786257049597</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Eski Mezopotamya'da Ulaşım ve Taşımacılık</t>
+          <t>Ahıskalı Türkler</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>271</v>
+        <v>525</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257049825</t>
+          <t>9786256428072</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasetinde Toplumsal Vicdan Liderliği - Devlet Bahçeli Modeli</t>
+          <t>Türkiye - Suriye İlişkilerinde Çatışma Alanları</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>512</v>
+        <v>490</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052030479</t>
+          <t>9786258365047</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Evanjelik Bir Hareket Metodist Kilisesi</t>
+          <t>L'ıslam Et La France Les Influences Socio-politiques Du Sousdeveloppement Dans Les Pays Saheliens</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>315</v>
+        <v>489</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052030851</t>
+          <t>9786258365931</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Milli Uyanışı Ve Basın Tarihi</t>
+          <t>Sorularla Pontus Meselesi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>279</v>
+        <v>323</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789752673793</t>
+          <t>9786257457842</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkleri Tarihi</t>
+          <t>XVII. ve XVIII. Yüzyıl Tokat Tarihine Dair Bir Kaynak: 119 Numaralı İcmal Şer'iyye Sicili</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>316</v>
+        <v>563</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257457804</t>
+          <t>9786258365290</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Balkanların Bozkurtu Sadık Ahmet'e Armağan</t>
+          <t>Halkbilimi İncelemeleri-7</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>885</v>
+        <v>341</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257254366</t>
+          <t>9786258365269</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği Yolunda Bir Ömür - 3 Cilt Takım</t>
+          <t>Halkbilimi İncelemeleri-6</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>2845</v>
+        <v>341</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257457835</t>
+          <t>9786258365252</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Lavanta Dönemi</t>
+          <t>Halkbilimi İncelemeleri- 5</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>283</v>
+        <v>341</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257457712</t>
+          <t>9786258365238</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Medya Emperyalizmi</t>
+          <t>Halkbilimi İncelemeleri- 4</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>553</v>
+        <v>341</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257457477</t>
+          <t>9786258365177</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürü Araştırmaları - 1</t>
+          <t>Halkbilimi İncelemeleri- 3</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>1540</v>
+        <v>341</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257457576</t>
+          <t>9786258365030</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Güncel Sorunlar</t>
+          <t>Halkbilimi İncelemeleri-ı</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>920</v>
+        <v>190</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257457651</t>
+          <t>9786257457873</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Alarga</t>
+          <t>Klasik Dönem Osmanlı Toplumunda Kadın</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>200</v>
+        <v>671</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257457408</t>
+          <t>9786258365023</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kardelen Uykusu</t>
+          <t>Tasavvuf - Halk İnançları - Mitoloji Kavşağında Metamorfoz/Değişim/Dönüşüm</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>340</v>
+        <v>312</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257457095</t>
+          <t>9786057634498</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Siyasete Dair Yazılar - 9</t>
+          <t>Ortadoğu’da Evanjelizmin Bayraktarlığında Siyasi Oryantalizm</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>761</v>
+        <v>420</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257254991</t>
+          <t>9786258365740</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Zozanın Yağız Atlısı</t>
+          <t>Hassas Yüreklerin Ağır Yükleri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>210</v>
+        <v>465</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257254519</t>
+          <t>9786258365764</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Rusya Federasyonu ve Avrupa Birliği ile İlişkileri (1990-1999)</t>
+          <t>Osmanlıların Doğu Seferinde Bayburt’un Rolü (1514-1770)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>297</v>
+        <v>398</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257457019</t>
+          <t>9786258365719</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Birinci Meclis Kütahya Mebusu Yusuf Cemil Bey’in Şiirleri</t>
+          <t>Meyhane-i Aşk</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>380</v>
+        <v>275</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257254960</t>
+          <t>9786258365078</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Yufka Yürekli Ana</t>
+          <t>Dini Gruplar ve Sosyal Politika</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>253</v>
+        <v>540</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257254496</t>
+          <t>9786258365658</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 2. Cilt</t>
+          <t>Mevlana Teolojisinden Psiko-Kelam İçerikli Semantik Analizler</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>971</v>
+        <v>647</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>3990000096657</t>
+          <t>9786258365641</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 3. Cilt</t>
+          <t>Çektim Dünya Çilesini</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>1144</v>
+        <v>275</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257254120</t>
+          <t>9786258365627</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>23 Nisan Ulusal Egemenlik ve Çocuk Bayramı</t>
+          <t>Bir Ağacın Dilinden</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>442</v>
+        <v>225</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257254151</t>
+          <t>9786258365450</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Şehitlik</t>
+          <t>Recep Peker</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>391</v>
+        <v>512</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257254885</t>
+          <t>9786258365535</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Suzan Suzi</t>
+          <t>Kutsanmış Ağabey Sendromu</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>161</v>
+        <v>938</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257254755</t>
+          <t>9786257457903</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kerküklü Türkmen Şair Hasan Kevser'in Kerbela Türküleri</t>
+          <t>Göğün Kızı Alagöz</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257254670</t>
+          <t>9786258365528</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Kazandılar Nasıl Kaybettiler?</t>
+          <t>Milliyetçi Hareket Dergisinin CMKP'nin MHP'ye Dönüşümü Sürecindeki Yeri Ve Önemi (1966-1971)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>253</v>
+        <v>297</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257254687</t>
+          <t>9786258365344</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Aile Kudsiyeti</t>
+          <t>Halep Vilayeti’nde Türk Milli Harekatı (1920-1921)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>426</v>
+        <v>502</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257254236</t>
+          <t>9786258365368</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Bahaeddin Ögel’in Hayatı ve Tarihçiliği</t>
+          <t>Zamanın İçinde</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>322</v>
+        <v>209</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257254595</t>
+          <t>9786258365313</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Şeleğim Sevda Yükü</t>
+          <t>Türk Kavramının Gelişmesi</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>297</v>
+        <v>506</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257254564</t>
+          <t>9786258365405</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Bu Memleket Kara Sevda</t>
+          <t>Salkım Söğüt Düşleri</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>240</v>
+        <v>207</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257254557</t>
+          <t>9786258365337</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Savaş Bilgesi</t>
+          <t>Kıbrıslı Cemile</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>207</v>
+        <v>147</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786057501141</t>
+          <t>9786257254649</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Medyada Düşürülmüş Maskeler 5</t>
+          <t>İslam ve Türk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>900</v>
+        <v>315</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257254427</t>
+          <t>9786258365085</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Bulgaristan Siyasi İlişkileri</t>
+          <t>Fetihten Günümüze Everek (Örence) Köyünün Tarihi (1514-2021)</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>584</v>
+        <v>400</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257254410</t>
+          <t>9786258365054</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Başarının Biyolojisi</t>
+          <t>Anadolu'dan İzler</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>255</v>
+        <v>236</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257254168</t>
+          <t>9786257457668</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Bir Papazın Hatıra Defteri</t>
+          <t>Cezayir Mektupları</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>347</v>
+        <v>410</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257254014</t>
+          <t>9786257457965</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Selenge</t>
+          <t>Eski Mezopotamya'da Ulaşım ve Taşımacılık</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>287</v>
+        <v>271</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257049979</t>
+          <t>9786257049825</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Türk Siyasetinde Toplumsal Vicdan Liderliği - Devlet Bahçeli Modeli</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>1027</v>
+        <v>512</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257049054</t>
+          <t>9786052030479</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kevaşi ve Kur’an Yorumu</t>
+          <t>Evanjelik Bir Hareket Metodist Kilisesi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>550</v>
+        <v>315</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786057501622</t>
+          <t>9786052030851</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Azerbaycan Milli Uyanışı Ve Basın Tarihi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>584</v>
+        <v>279</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257049962</t>
+          <t>9789752673793</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu ve Avrupa Arsında Türkiye</t>
+          <t>Kırgız Türkleri Tarihi</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>457</v>
+        <v>347</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786057634627</t>
+          <t>9786257457804</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi Gençlik Örğütü Milli Türk Talebe Birliği ve Basındaki Gücü: Birlik Gazetesi (1926-1936)</t>
+          <t>Balkanların Bozkurtu Sadık Ahmet'e Armağan</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>544</v>
+        <v>885</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257049948</t>
+          <t>9786257254366</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Atabeylikler</t>
+          <t>Türk Milliyetçiliği Yolunda Bir Ömür - 3 Cilt Takım</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>380</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257049405</t>
+          <t>9786257457835</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Üçler Vadisi</t>
+          <t>Lavanta Dönemi</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>350</v>
+        <v>283</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257049399</t>
+          <t>9786257457712</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Bilimler ve Bilgi Alanları</t>
+          <t>Medya Emperyalizmi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>521</v>
+        <v>553</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257049696</t>
+          <t>9786257457477</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>The Times Gazetesine Göre Tanzimat Dönemi</t>
+          <t>Türk Kültürü Araştırmaları - 1</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>287</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786057634894</t>
+          <t>9786257457576</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Siyasete Dair Yazılar - 7</t>
+          <t>Uluslararası İlişkilerde Güncel Sorunlar</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>818</v>
+        <v>920</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257049061</t>
+          <t>9786257457651</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Siyasete Dair Yazılar - 8</t>
+          <t>Alarga</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>844</v>
+        <v>200</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257049139</t>
+          <t>9786257457408</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Seminer Notları</t>
+          <t>Kardelen Uykusu</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>954</v>
+        <v>340</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786057634818</t>
+          <t>9786257457095</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Yüreğime Hoş Geldin</t>
+          <t>Siyasete Dair Yazılar - 9</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>186</v>
+        <v>837</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257049795</t>
+          <t>9786257254991</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Gönlüm</t>
+          <t>Zozanın Yağız Atlısı</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>344</v>
+        <v>231</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257049429</t>
+          <t>9786257254519</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Arkeoloji ve Sanat Tarihi</t>
+          <t>Rusya Federasyonu ve Avrupa Birliği ile İlişkileri (1990-1999)</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>818</v>
+        <v>326</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257049788</t>
+          <t>9786257457019</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>1944 Milliyetçilik Olayları</t>
+          <t>Birinci Meclis Kütahya Mebusu Yusuf Cemil Bey’in Şiirleri</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>247</v>
+        <v>418</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257049320</t>
+          <t>9786257254960</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>1904-1905 Rus - Japon Harbi'nin Osmanlı Kamuoyundaki Yansımaları</t>
+          <t>Yufka Yürekli Ana</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>279</v>
+        <v>278</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257049481</t>
+          <t>9786257254496</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Bağlamamın Yedi Teli</t>
+          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 2. Cilt</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>212</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257049344</t>
+          <t>3990000096657</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Tütmeyen Bacalar</t>
+          <t>Türk Tarihi ve Kültürü Üzerine Yeni Araştırmalar 3. Cilt</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>380</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786057634771</t>
+          <t>9786257254120</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Eski Türklerde Devlet Gelenekleri ve Törenleri</t>
+          <t>23 Nisan Ulusal Egemenlik ve Çocuk Bayramı</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>536</v>
+        <v>480</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257049276</t>
+          <t>9786257254151</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Gündem Değerlendirmeleri</t>
+          <t>Türk Kültüründe Şehitlik</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>553</v>
+        <v>430</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786057634863</t>
+          <t>9786257254885</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Azınlıkların Modern Dünyada Yargı Çıkmazı</t>
+          <t>Suzan Suzi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>183</v>
+        <v>177</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257049092</t>
+          <t>9786257254755</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Emanet Mektuplar</t>
+          <t>Kerküklü Türkmen Şair Hasan Kevser'in Kerbela Türküleri</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>511</v>
+        <v>275</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257049108</t>
+          <t>9786257254670</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Bölen Parçalayan Demokrasi Yerine Yeni Bir Siyasi Sistem</t>
+          <t>Nasıl Kazandılar Nasıl Kaybettiler?</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786057634764</t>
+          <t>9786257254687</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Aile Kudsiyeti</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>410</v>
+        <v>468</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786057634757</t>
+          <t>9786257254236</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kırmızı Balık İçin</t>
+          <t>Prof. Dr. Bahaeddin Ögel’in Hayatı ve Tarihçiliği</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>316</v>
+        <v>354</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786057634016</t>
+          <t>9786257254595</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Demokratikleşme Sürecinde Mareşal Fevzi Çakmak'ın Siyasi Faaliyetleri (1946-1950)</t>
+          <t>Şeleğim Sevda Yükü</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>222</v>
+        <v>326</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786057634030</t>
+          <t>9786257254564</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Hayatında Azınlık Hükümetleri İnönü ve Demirel Dönemleri</t>
+          <t>Bu Memleket Kara Sevda</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>740</v>
+        <v>264</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786057501448</t>
+          <t>9786257254557</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’de Cizye Vergisi</t>
+          <t>Savaş Bilgesi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>410</v>
+        <v>227</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786057634696</t>
+          <t>9786057501141</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Tunceli'den Ay'a</t>
+          <t>Medyada Düşürülmüş Maskeler 5</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>363</v>
+        <v>990</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786057634726</t>
+          <t>9786257254427</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmen Edebiyatında Çağdaş Hoyratçılar</t>
+          <t>Türkiye-Bulgaristan Siyasi İlişkileri</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>683</v>
+        <v>642</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786057634672</t>
+          <t>9786257254410</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Şuura Seyrüsefer</t>
+          <t>Başarının Biyolojisi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>323</v>
+        <v>280</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786057634702</t>
+          <t>9786257254168</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Piyade</t>
+          <t>Bir Papazın Hatıra Defteri</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>275</v>
+        <v>381</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786057634375</t>
+          <t>9786257254014</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Lider: Devlet Bahçeli</t>
+          <t>Selenge</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>398</v>
+        <v>315</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786057634368</t>
+          <t>9786257049979</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ABD İlişkileri: Çuvalla Çöken İttifak</t>
+          <t>Kıskaç</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>1034</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786057501806</t>
+          <t>9786257049054</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Fesleğenim Fısıldıyor</t>
+          <t>Kevaşi ve Kur’an Yorumu</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>208</v>
+        <v>605</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786057501332</t>
+          <t>9786057501622</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>3. Murad ve Safiye Sultan’ın Kızları Ayşe Sultan</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>325</v>
+        <v>642</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786057501868</t>
+          <t>9786257049962</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dikeni</t>
+          <t>Ortadoğu ve Avrupa Arsında Türkiye</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>450</v>
+        <v>502</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786057634313</t>
+          <t>9786057634627</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Germiyan Diyarından</t>
+          <t>Atatürk Dönemi Gençlik Örğütü Milli Türk Talebe Birliği ve Basındaki Gücü: Birlik Gazetesi (1926-1936)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>591</v>
+        <v>598</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786057634337</t>
+          <t>9786257049948</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Dile Geldi</t>
+          <t>Atabeylikler</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>370</v>
+        <v>418</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786057634306</t>
+          <t>9786257049405</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Göç ve Uluslararası Güvenlik</t>
+          <t>Üçler Vadisi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>347</v>
+        <v>385</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786057501509</t>
+          <t>9786257049399</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Romanya'nın Bağımsızlığına Giden Yolda Voyvoda Aleksandr Cuza</t>
+          <t>Bilim, Bilimler ve Bilgi Alanları</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>220</v>
+        <v>573</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786057634177</t>
+          <t>9786257049696</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Padişahın Oğulları</t>
+          <t>The Times Gazetesine Göre Tanzimat Dönemi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>525</v>
+        <v>315</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786057634184</t>
+          <t>9786057634894</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Küserken</t>
+          <t>Siyasete Dair Yazılar - 7</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>481</v>
+        <v>900</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786059661690</t>
+          <t>9786257049061</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Bekleyiş</t>
+          <t>Siyasete Dair Yazılar - 8</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>410</v>
+        <v>928</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786057634153</t>
+          <t>9786257049139</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Bir Güz Sancısı</t>
+          <t>Seminer Notları</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>246</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786057634160</t>
+          <t>9786057634818</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Zirvenin Işıltısı</t>
+          <t>Yüreğime Hoş Geldin</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>544</v>
+        <v>204</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786057501240</t>
+          <t>9786257049795</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Altın Orda Devleti'nde Din</t>
+          <t>Ah Şu Gönlüm</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>328</v>
+        <v>378</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786057501936</t>
+          <t>9786257049429</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Tarihi 1918 - 1923</t>
+          <t>Arkeoloji ve Sanat Tarihi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>572</v>
+        <v>899</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052030417</t>
+          <t>9786257049788</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Türk-Ermeni Edebi İlişkileri</t>
+          <t>1944 Milliyetçilik Olayları</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>392</v>
+        <v>271</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786057501561</t>
+          <t>9786257049320</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mehmet Ali Ünal'a Armağan</t>
+          <t>1904-1905 Rus - Japon Harbi'nin Osmanlı Kamuoyundaki Yansımaları</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>1050</v>
+        <v>300</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786057501950</t>
+          <t>9786257049481</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Azak Kalesi'nden Prut'a ve Mezamorto Hüseyin Paşa</t>
+          <t>Bağlamamın Yedi Teli</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>297</v>
+        <v>233</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786057501875</t>
+          <t>9786257049344</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Bir Alman Subayı Colmar Freiherr von der Goltz</t>
+          <t>Tütmeyen Bacalar</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>316</v>
+        <v>418</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786057501295</t>
+          <t>9786057634771</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Ali Nisari</t>
+          <t>Eski Türklerde Devlet Gelenekleri ve Törenleri</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>192</v>
+        <v>589</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786057501820</t>
+          <t>9786257049276</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Psikolojimiz Çin'den mi Geldi?</t>
+          <t>Türkiye Gündem Değerlendirmeleri</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>193</v>
+        <v>608</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786057501639</t>
+          <t>9786057634863</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Irak Erbil Yöresi Mezar Kültürü</t>
+          <t>Müslüman Azınlıkların Modern Dünyada Yargı Çıkmazı</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>416</v>
+        <v>201</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786057501493</t>
+          <t>9786257049092</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Kalite Yönetimi</t>
+          <t>Emanet Mektuplar</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>727</v>
+        <v>562</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786057501233</t>
+          <t>9786257049108</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Hikayeli ve Etkinlikli Şiirler</t>
+          <t>Bölen Parçalayan Demokrasi Yerine Yeni Bir Siyasi Sistem</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>141</v>
+        <v>302.5</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786057501424</t>
+          <t>9786057634764</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yazımı Üzerine 2</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>885</v>
+        <v>451</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786057501202</t>
+          <t>9786057634757</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Şafak 99</t>
+          <t>Küçük Kırmızı Balık İçin</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>253</v>
+        <v>347</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786057501059</t>
+          <t>9786057634016</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Türk Cumhuriyetleri ve Toplulukları Tarihi</t>
+          <t>Demokratikleşme Sürecinde Mareşal Fevzi Çakmak'ın Siyasi Faaliyetleri (1946-1950)</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>1050</v>
+        <v>244</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786057501028</t>
+          <t>9786057634030</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Kuvay-i Milliye Öncüleri</t>
+          <t>Türk Siyasi Hayatında Azınlık Hükümetleri İnönü ve Demirel Dönemleri</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>255</v>
+        <v>814</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052030462</t>
+          <t>9786057501448</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Fikire Fikirden Siyasete</t>
+          <t>Osmanlı Devleti’de Cizye Vergisi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>442</v>
+        <v>451</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052030967</t>
+          <t>9786057634696</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Haldi</t>
+          <t>Tunceli'den Ay'a</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>231</v>
+        <v>400</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052030974</t>
+          <t>9786057634726</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Üç Oda Bir Salon</t>
+          <t>Irak Türkmen Edebiyatında Çağdaş Hoyratçılar</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>275</v>
+        <v>683</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786056848803</t>
+          <t>9786057634672</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Cumhuriyeti'nin Kuruluş Süreci ve Sorgulanan Varlığı (1878-1964)</t>
+          <t>Şiirden Şuura Seyrüsefer</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>370</v>
+        <v>323</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052030981</t>
+          <t>9786057634702</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Eblehistan</t>
+          <t>Piyade</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>584</v>
+        <v>275</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052030530</t>
+          <t>9786057634375</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Totem - Türk Halkbilimi İnanç Araştırmaları 2</t>
+          <t>Lider: Devlet Bahçeli</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>231</v>
+        <v>398</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052030561</t>
+          <t>9786057634368</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Strateji - Türk Halk Kültürü İncelemeleri 2</t>
+          <t>Türkiye ABD İlişkileri: Çuvalla Çöken İttifak</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>350</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052030554</t>
+          <t>9786057501806</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Söyleşiler - Türk Halk Kültürü İncelemeleri 1</t>
+          <t>Fesleğenim Fısıldıyor</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>363</v>
+        <v>228</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052030523</t>
+          <t>9786057501332</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji - Türk Halkbilimi İnanç Araştırmaları - 4</t>
+          <t>3. Murad ve Safiye Sultan’ın Kızları Ayşe Sultan</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>350</v>
+        <v>357</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052030042</t>
+          <t>9786057501868</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Gönülleri Birleşenler</t>
+          <t>Aşkın Dikeni</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>435</v>
+        <v>495</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786257457217</t>
+          <t>9786057634313</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kar Sıcağı</t>
+          <t>Germiyan Diyarından</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>304</v>
+        <v>650</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052030219</t>
+          <t>9786057634337</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Anar - Uzağı Yakın Kılan Yazar</t>
+          <t>Yüreğim Dile Geldi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>635</v>
+        <v>407</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052030660</t>
+          <t>9786057634306</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Her Daim Aşk 3 Nokta</t>
+          <t>Uluslararası Göç ve Uluslararası Güvenlik</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>214</v>
+        <v>381</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052030691</t>
+          <t>9786057501509</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Hadiselerin Ufkunda</t>
+          <t>Romanya'nın Bağımsızlığına Giden Yolda Voyvoda Aleksandr Cuza</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>260</v>
+        <v>242</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052030547</t>
+          <t>9786057634177</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Belgeleri Işığında Keskin (Ciltli)</t>
+          <t>Padişahın Oğulları</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>544</v>
+        <v>577</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052030301</t>
+          <t>9786057634184</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Başbuğlu Yıllar</t>
+          <t>Yıldızlar Küserken</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>900</v>
+        <v>529</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786059912150</t>
+          <t>9786059661690</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Geldiğim Yeri Biliyorum</t>
+          <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>350</v>
+        <v>451</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052030202</t>
+          <t>9786057634153</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kitap</t>
+          <t>Bir Güz Sancısı</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>136</v>
+        <v>246</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052030264</t>
+          <t>9786057634160</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Nezaket Ülkesinde Bir Gün</t>
+          <t>Zirvenin Işıltısı</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>126</v>
+        <v>544</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052030226</t>
+          <t>9786057501240</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Irak'ta Monarşinin Sonu</t>
+          <t>Altın Orda Devleti'nde Din</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>584</v>
+        <v>328</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052030011</t>
+          <t>9786057501936</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Millet CHP Diyecek Mi ?</t>
+          <t>Milli Mücadele Tarihi 1918 - 1923</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>261</v>
+        <v>629</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052030165</t>
+          <t>9786052030417</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Temize Çekilmez Ömür Defteri</t>
+          <t>Türk-Ermeni Edebi İlişkileri</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>231</v>
+        <v>431</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052030172</t>
+          <t>9786057501561</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Erguvan Gazeli</t>
+          <t>Prof. Dr. Mehmet Ali Ünal'a Armağan</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>315</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786059661966</t>
+          <t>9786057501950</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Halk İnançları</t>
+          <t>Azak Kalesi'nden Prut'a ve Mezamorto Hüseyin Paşa</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>410</v>
+        <v>326</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052030035</t>
+          <t>9786057501875</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Nisanoğulları</t>
+          <t>Osmanlı'da Bir Alman Subayı Colmar Freiherr von der Goltz</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>829</v>
+        <v>347</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786059661898</t>
+          <t>9786057501295</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Coğrafyasında Salur Halk İnançları</t>
+          <t>Menakıb-ı Ali Nisari</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>869</v>
+        <v>211</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789944048255</t>
+          <t>9786057501820</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>İrandan Turana</t>
+          <t>Psikolojimiz Çin'den mi Geldi?</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>550</v>
+        <v>212</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786059661997</t>
+          <t>9786057501639</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>İlesamlı</t>
+          <t>Irak Erbil Yöresi Mezar Kültürü</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>843</v>
+        <v>416</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786059661911</t>
+          <t>9786057501493</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Binboğa'nın Söz Pınarı</t>
+          <t>Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>647</v>
+        <v>727</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786059661904</t>
+          <t>9786057501233</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Güney Azerbaycan Türklerinin Demokratik Hak ve Özgürlük Mücadelesi</t>
+          <t>Hikayeli ve Etkinlikli Şiirler</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>255</v>
+        <v>141</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786059661768</t>
+          <t>9786057501424</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Halifenin Gölgesine Sığınanlar</t>
+          <t>Tarih Yazımı Üzerine 2</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>767</v>
+        <v>973</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786059661836</t>
+          <t>9786057501202</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Ya Kıyam Et Ya Kıyamet</t>
+          <t>Şafak 99</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>209</v>
+        <v>278</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786059661812</t>
+          <t>9786057501059</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Türkiye, Türkiye'den Büyüktür</t>
+          <t>Türk Cumhuriyetleri ve Toplulukları Tarihi</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>240</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786059661881</t>
+          <t>9786057501028</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Türkeş Konuşuyor</t>
+          <t>Kuvay-i Milliye Öncüleri</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>260</v>
+        <v>255</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786059661546</t>
+          <t>9786052030462</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Araştırma Metodu</t>
+          <t>Tarihten Fikire Fikirden Siyasete</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>152</v>
+        <v>442</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786059661706</t>
+          <t>9786052030967</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Doğu'nun Beyleri Kara Koyunlular</t>
+          <t>Öyle Bir Haldi</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>370</v>
+        <v>231</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786059661669</t>
+          <t>9786052030974</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk İnançlarından Hayvan Üslubunda Mitolojik Devridayım - 3</t>
+          <t>Üç Oda Bir Salon</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786059661607</t>
+          <t>9786056848803</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Aras Vadisinde Karşılaştırılmalı Türk Halk İnançları</t>
+          <t>Kıbrıs Cumhuriyeti'nin Kuruluş Süreci ve Sorgulanan Varlığı (1878-1964)</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>431</v>
+        <v>407</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786059661683</t>
+          <t>9786052030981</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Çingizliler</t>
+          <t>Eblehistan</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>511</v>
+        <v>642</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>3990000029346</t>
+          <t>9786052030530</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Çöpçatan</t>
+          <t>Totem - Türk Halkbilimi İnanç Araştırmaları 2</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>260</v>
+        <v>254</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786059661119</t>
+          <t>9786052030561</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Bu Kapıdan</t>
+          <t>Teori ve Strateji - Türk Halk Kültürü İncelemeleri 2</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>268</v>
+        <v>385</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786059661072</t>
+          <t>9786052030554</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Ülküler Gökteki Yıldızlara Benzer</t>
+          <t>Söyleşiler - Türk Halk Kültürü İncelemeleri 1</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>350</v>
+        <v>363</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786059912624</t>
+          <t>9786052030523</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Köngülçe</t>
+          <t>Mitoloji - Türk Halkbilimi İnanç Araştırmaları - 4</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>193</v>
+        <v>350</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786059661065</t>
+          <t>9786052030042</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Köprü Ve Ayakları</t>
+          <t>Gönülleri Birleşenler</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>205</v>
+        <v>478</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786059661614</t>
+          <t>9786257457217</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Salnamelerde Nazilli Kazasi</t>
+          <t>Kar Sıcağı</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>506</v>
+        <v>304</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786059661584</t>
+          <t>9786052030219</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>İzmir Pedagojik Danışma Kurulu</t>
+          <t>Anar - Uzağı Yakın Kılan Yazar</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>440</v>
+        <v>698</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786059661713</t>
+          <t>9786052030660</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Biz Ne Biliriz Ki !</t>
+          <t>Her Daim Aşk 3 Nokta</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>328</v>
+        <v>235</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786059661638</t>
+          <t>9786052030691</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Abdurrahman Küçük’e Armağan</t>
+          <t>Hadiselerin Ufkunda</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>1287</v>
+        <v>286</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786059661553</t>
+          <t>9786052030547</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Dumlupınar Zaferi</t>
+          <t>Osmanlı Belgeleri Işığında Keskin (Ciltli)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>401</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786059661423</t>
+          <t>9786052030301</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Dinler Arası Diyalog</t>
+          <t>Başbuğlu Yıllar</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>416</v>
+        <v>990</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786059661485</t>
+          <t>9786059912150</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Tek Tanrılı Dinlerde Barış ve Şiddet İkilemi</t>
+          <t>Geldiğim Yeri Biliyorum</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>457</v>
+        <v>385</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786059661348</t>
+          <t>9786052030202</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>İnönü Hükümetlerinin Kıbrıs Politikası</t>
+          <t>Sarı Kitap</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>658</v>
+        <v>150</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786059661287</t>
+          <t>9786052030264</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toprak Düzeni ve Bu Düzenin Bozulması</t>
+          <t>Nezaket Ülkesinde Bir Gün</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>695</v>
+        <v>138</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786059661270</t>
+          <t>9786052030226</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Renk Renk Nağmeler</t>
+          <t>Irak'ta Monarşinin Sonu</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>442</v>
+        <v>642</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786059661508</t>
+          <t>9786052030011</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşları ve Kara Afrika Basını</t>
+          <t>Millet CHP Diyecek Mi ?</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>568</v>
+        <v>287</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786059912938</t>
+          <t>9786052030165</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Yumrutaş Köyü</t>
+          <t>Temize Çekilmez Ömür Defteri</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>536</v>
+        <v>254</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786059661430</t>
+          <t>9786052030172</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Devlet Diz Çökmez</t>
+          <t>Erguvan Gazeli</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>350</v>
+        <v>346</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786059661317</t>
+          <t>9786059661966</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Adnan Menderes ve Kıbrısta Menderes’in Gestapoları</t>
+          <t>Kafkas Halk İnançları</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>663</v>
+        <v>410</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786059912263</t>
+          <t>9786052030035</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Yaşam Modeli</t>
+          <t>Nisanoğulları</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>171</v>
+        <v>911</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786059661126</t>
+          <t>9786059661898</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Matüridilik</t>
+          <t>Türk Kültür Coğrafyasında Salur Halk İnançları</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>173</v>
+        <v>955</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786059661010</t>
+          <t>9789944048255</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçukluları Tarihi</t>
+          <t>İrandan Turana</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>635</v>
+        <v>605</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786059912990</t>
+          <t>9786059661997</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürünün Temelleri</t>
+          <t>İlesamlı</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>511</v>
+        <v>927</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786059912730</t>
+          <t>9786059661911</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Dış Politika - Gerçeklikler ve Geleceğe Bakış</t>
+          <t>Binboğa'nın Söz Pınarı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>481</v>
+        <v>711</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786059912662</t>
+          <t>9786059661904</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinden İzler 4</t>
+          <t>Güney Azerbaycan Türklerinin Demokratik Hak ve Özgürlük Mücadelesi</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>536</v>
+        <v>280</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786059912839</t>
+          <t>9786059661768</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Kültürü Monografisinden Mitolojik Şifreler 2</t>
+          <t>Halifenin Gölgesine Sığınanlar</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>347</v>
+        <v>843</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786059912853</t>
+          <t>9786059661836</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Halk Kültürü Bibliyografyası 1980-2015</t>
+          <t>Ya Kıyam Et Ya Kıyamet</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>323</v>
+        <v>229</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786059912747</t>
+          <t>9786059661812</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Matbuatının Yasaklı Sayfalarından Mösyö Elektrik</t>
+          <t>Türkiye, Türkiye'den Büyüktür</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>297</v>
+        <v>264</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786059912754</t>
+          <t>9786059661881</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Devrim ve Aşk</t>
+          <t>Türkeş Konuşuyor</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>752</v>
+        <v>286</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786059912723</t>
+          <t>9786059661546</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Mira ve Sura</t>
+          <t>Türk Tarihinde Araştırma Metodu</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>310</v>
+        <v>167</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789752679221</t>
+          <t>9786059661706</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>B/Aşka Zaman Yok</t>
+          <t>Doğu'nun Beyleri Kara Koyunlular</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>271</v>
+        <v>407</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786059912471</t>
+          <t>9786059661669</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türkleri Tarihi</t>
+          <t>Türk Halk İnançlarından Hayvan Üslubunda Mitolojik Devridayım - 3</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>481</v>
+        <v>264</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789752679009</t>
+          <t>9786059661607</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>PKK'nın Hakkari Projesi</t>
+          <t>Aras Vadisinde Karşılaştırılmalı Türk Halk İnançları</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>885</v>
+        <v>474</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>3990000027726</t>
+          <t>9786059661683</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinden İzler - 3</t>
+          <t>Türk Tarihinde Çingizliler</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>481</v>
+        <v>562</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786059912457</t>
+          <t>3990000029346</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanlarına Giriş</t>
+          <t>Çöpçatan</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>803</v>
+        <v>286</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786059912358</t>
+          <t>9786059661119</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolculuğum</t>
+          <t>Bu Kapıdan</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>492</v>
+        <v>294</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786059912433</t>
+          <t>9786059661072</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Bencileyin Sözler 2</t>
+          <t>Ülküler Gökteki Yıldızlara Benzer</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>230</v>
+        <v>385</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789750147272</t>
+          <t>9786059912624</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Ermenistan Ekonomisinin Yapısal Sorunları</t>
+          <t>Köngülçe</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>328</v>
+        <v>212</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789752679672</t>
+          <t>9786059661065</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Dede Biz Rum muyuz?</t>
+          <t>Köprü Ve Ayakları</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>329</v>
+        <v>225.5</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789752679641</t>
+          <t>9786059661614</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesi</t>
+          <t>Salnamelerde Nazilli Kazasi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>442</v>
+        <v>556</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786059912037</t>
+          <t>9786059661584</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinden İzler - 1</t>
+          <t>İzmir Pedagojik Danışma Kurulu</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>536</v>
+        <v>484</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786059912044</t>
+          <t>9786059661713</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinden İzler - 2</t>
+          <t>Biz Ne Biliriz Ki !</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>474</v>
+        <v>360</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786059912167</t>
+          <t>9786059661638</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Torbadaki Hukuk</t>
+          <t>Prof. Dr. Abdurrahman Küçük’e Armağan</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>416</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789752679801</t>
+          <t>9786059661553</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Tebriz Aşıklık Geleneği ve Tebrizli Aşık Ali (Ali Feyzullahi Vahid)</t>
+          <t>Türk Basınında Dumlupınar Zaferi</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>525</v>
+        <v>441</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786059912075</t>
+          <t>9786059661423</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Dedem Korkut Kitabı : Bibliyografyası Üzerine Bir Deneme</t>
+          <t>Dinler Arası Diyalog</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>410</v>
+        <v>457</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789752679788</t>
+          <t>9786059661485</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kültür Kurumlarından Halkevleri ve Afyon Halkevi</t>
+          <t>Tek Tanrılı Dinlerde Barış ve Şiddet İkilemi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>379</v>
+        <v>502</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786059912303</t>
+          <t>9786059661348</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Bıçağın İki Yüzü</t>
+          <t>İnönü Hükümetlerinin Kıbrıs Politikası</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>323</v>
+        <v>723</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786059912242</t>
+          <t>9786059661287</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Öncüler 1 : Çinliler ve Hintliler</t>
+          <t>Osmanlı Toprak Düzeni ve Bu Düzenin Bozulması</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>897</v>
+        <v>764</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786059912020</t>
+          <t>9786059661270</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Dincilik ve Laiklik Üzerine Düşüncelerim</t>
+          <t>Renk Renk Nağmeler</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>260</v>
+        <v>486</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789752672864</t>
+          <t>9786059661508</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>İslamlık ve Türklük</t>
+          <t>Çanakkale Savaşları ve Kara Afrika Basını</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>380</v>
+        <v>624</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789752679986</t>
+          <t>9786059912938</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Rüyakar</t>
+          <t>Yumrutaş Köyü</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>435</v>
+        <v>589</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786059912006</t>
+          <t>9786059661430</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler ve Hafıza Teknikleriyle Dilbilgisi</t>
+          <t>Devlet Diz Çökmez</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>215</v>
+        <v>385</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789752679962</t>
+          <t>9786059661317</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Geleneksellikten Geleceğe</t>
+          <t>Adnan Menderes ve Kıbrısta Menderes’in Gestapoları</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>297</v>
+        <v>729</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789752672383</t>
+          <t>9786059912263</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji Kavramı Üzerine</t>
+          <t>Profesyonel Yaşam Modeli</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>203</v>
+        <v>188</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789752672390</t>
+          <t>9786059661126</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Batı Uygarlığı ve İslam</t>
+          <t>Matüridilik</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786059661003</t>
+          <t>9786059661010</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Batı Anadolu'da Yunan Mezalimi</t>
+          <t>Türkiye Selçukluları Tarihi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>350</v>
+        <v>698</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786059912266</t>
+          <t>9786059912990</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Oyun - 1915 Olaylarının Gerçek Yüzü 1</t>
+          <t>Türk Kültürünün Temelleri</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>370</v>
+        <v>562</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789752675964</t>
+          <t>9786059912730</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı ve Türkiye</t>
+          <t>Dış Politika - Gerçeklikler ve Geleceğe Bakış</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>604</v>
+        <v>529</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789752673922</t>
+          <t>9786059912662</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Uygulamaları</t>
+          <t>Türk Tarihinden İzler 4</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>525</v>
+        <v>589</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789752672628</t>
+          <t>9786059912839</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Sevdası</t>
+          <t>Anadolu Halk Kültürü Monografisinden Mitolojik Şifreler 2</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>323</v>
+        <v>381</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789752678620</t>
+          <t>9786059912853</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Eski Sovyetlerde Türk Kimliği</t>
+          <t>Halk Kültürü Bibliyografyası 1980-2015</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>347</v>
+        <v>355</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789752677524</t>
+          <t>9786059912747</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Türk Milli Mücadelesi ve 1958 Türkiye Mitingleri</t>
+          <t>Osmanlı Matbuatının Yasaklı Sayfalarından Mösyö Elektrik</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>433</v>
+        <v>326</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>3990000029648</t>
+          <t>9786059912754</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>İran-Osmanlı Ticari İlişkiler (1900-1923)</t>
+          <t>Devrim ve Aşk</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>671</v>
+        <v>827</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789752675636</t>
+          <t>9786059912723</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiiri ve Divan Şiirinin Müşterekleri</t>
+          <t>Mira ve Sura</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>398</v>
+        <v>341</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789752673403</t>
+          <t>9789752679221</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Öğretilmiş Çaresizlik</t>
+          <t>B/Aşka Zaman Yok</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>310</v>
+        <v>298</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>3990000026997</t>
+          <t>9786059912471</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Hayaşa Bölgesi Tarihi 2</t>
+          <t>Uygur Türkleri Tarihi</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>410</v>
+        <v>529</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789752679252</t>
+          <t>9789752679009</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılarda Lalalık Kurumu</t>
+          <t>PKK'nın Hakkari Projesi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>341</v>
+        <v>973.5</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>3990000048748</t>
+          <t>3990000027726</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Hayaşa Bölgesi Tarihi 1</t>
+          <t>Türk Tarihinden İzler - 3</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>600</v>
+        <v>529</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789752679467</t>
+          <t>9786059912457</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Facebook Yokken Buralar Tarlaydı</t>
+          <t>Türk Destanlarına Giriş</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>236</v>
+        <v>883</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789752673915</t>
+          <t>9786059912358</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Yazıları(m)</t>
+          <t>Hayat Yolculuğum</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>1100</v>
+        <v>541</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786059661041</t>
+          <t>9786059912433</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mitingleri</t>
+          <t>Bencileyin Sözler 2</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>260</v>
+        <v>253</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786059661058</t>
+          <t>9789750147272</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale 1915</t>
+          <t>Ermenistan Ekonomisinin Yapısal Sorunları</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>481</v>
+        <v>360</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789752678286</t>
+          <t>9789752679672</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Karagül</t>
+          <t>Dede Biz Rum muyuz?</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>316</v>
+        <v>361</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789752678583</t>
+          <t>9789752679641</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Azizlik</t>
+          <t>Şark Meselesi</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>512</v>
+        <v>442</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789752679269</t>
+          <t>9786059912037</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Haydar</t>
+          <t>Türk Tarihinden İzler - 1</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>971</v>
+        <v>589</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789752678606</t>
+          <t>9786059912044</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Bu Türküyü Senle Söylemek Vardı</t>
+          <t>Türk Tarihinden İzler - 2</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>240</v>
+        <v>521</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789752676886</t>
+          <t>9786059912167</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Yönetim?</t>
+          <t>Torbadaki Hukuk</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>259</v>
+        <v>457</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789752676879</t>
+          <t>9789752679801</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir İnsan?</t>
+          <t>Tebriz Aşıklık Geleneği ve Tebrizli Aşık Ali (Ali Feyzullahi Vahid)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>236</v>
+        <v>577</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789752676534</t>
+          <t>9786059912075</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Paşanın Anadolu’ya Geçişi</t>
+          <t>Dedem Korkut Kitabı : Bibliyografyası Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>558</v>
+        <v>451</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786059912907</t>
+          <t>9789752679788</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Karamanoğlu Atası Nure Sofi</t>
+          <t>Atatürk'ün Kültür Kurumlarından Halkevleri ve Afyon Halkevi</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>240</v>
+        <v>416</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789752678736</t>
+          <t>9786059912303</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Mı Anlatmak Mı?</t>
+          <t>Bıçağın İki Yüzü</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>260</v>
+        <v>355</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789752678712</t>
+          <t>9786059912242</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Dolandım Peşinde Ülkü Adlı Yar</t>
+          <t>Öncüler 1 : Çinliler ve Hintliler</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>310</v>
+        <v>986</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789752678484</t>
+          <t>9786059912020</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>İlmi Makaleler Cilt - 2</t>
+          <t>Dincilik ve Laiklik Üzerine Düşüncelerim</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>686</v>
+        <v>286</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789752678491</t>
+          <t>9789752672864</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>İlmi Makaleler Cilt - 3</t>
+          <t>İslamlık ve Türklük</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>686</v>
+        <v>418</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>3990000018125</t>
+          <t>9789752679986</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Tanpınar'ın Hikayelerinde Anlatıcı ve Kahramanlar</t>
+          <t>Rüyakar</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>222</v>
+        <v>478</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789752678590</t>
+          <t>9786059912006</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Güneyli Yiğit</t>
+          <t>Karikatürler ve Hafıza Teknikleriyle Dilbilgisi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>465</v>
+        <v>236.5</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789752678637</t>
+          <t>9789752679962</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Garp - Şark Ayrımında İslam Algısı</t>
+          <t>Geleneksellikten Geleceğe</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>388</v>
+        <v>326</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789752677494</t>
+          <t>9789752672383</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2</t>
+          <t>İdeoloji Kavramı Üzerine</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>948</v>
+        <v>223</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789752677517</t>
+          <t>9789752672390</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 4</t>
+          <t>Batı Uygarlığı ve İslam</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>1200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
+          <t>9786059661003</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Batı Anadolu'da Yunan Mezalimi</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786059912266</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Bozuk Oyun - 1915 Olaylarının Gerçek Yüzü 1</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9789752675964</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Arap Baharı ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9789752673922</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Anayasa Hukuku Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9789752672628</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Sevdası</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9789752678620</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Eski Sovyetlerde Türk Kimliği</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9789752677524</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs’ta Türk Milli Mücadelesi ve 1958 Türkiye Mitingleri</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>3990000029648</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>İran-Osmanlı Ticari İlişkiler (1900-1923)</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9789752675636</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Halk Şiiri ve Divan Şiirinin Müşterekleri</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9789752673403</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Öğretilmiş Çaresizlik</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>3990000026997</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Hayaşa Bölgesi Tarihi 2</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9789752679252</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlılarda Lalalık Kurumu</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>3990000048748</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Hayaşa Bölgesi Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9789752679467</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Facebook Yokken Buralar Tarlaydı</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9789752673915</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Yazıları(m)</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786059661041</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Mitingleri</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786059661058</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale 1915</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9789752678286</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Karagül</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9789752678583</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Azizlik</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9789752679269</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Haydar</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9789752678606</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Bu Türküyü Senle Söylemek Vardı</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9789752676886</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Bir Yönetim?</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9789752676879</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Bir İnsan?</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9789752676534</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal Paşanın Anadolu’ya Geçişi</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786059912907</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Karamanoğlu Atası Nure Sofi</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9789752678736</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamak Mı Anlatmak Mı?</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9789752678712</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Dolandım Peşinde Ülkü Adlı Yar</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9789752678484</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>İlmi Makaleler Cilt - 2</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9789752678491</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>İlmi Makaleler Cilt - 3</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>3990000018125</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Hamdi Tanpınar'ın Hikayelerinde Anlatıcı ve Kahramanlar</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9789752678590</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Güneyli Yiğit</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9789752678637</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Garp - Şark Ayrımında İslam Algısı</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9789752677494</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Makaleler 2</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9789752677517</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Makaleler 4</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
           <t>9789752677500</t>
         </is>
       </c>
-      <c r="B867" s="1" t="inlineStr">
+      <c r="B901" s="1" t="inlineStr">
         <is>
           <t>Makaleler 3</t>
         </is>
       </c>
-      <c r="C867" s="1">
-        <v>904</v>
+      <c r="C901" s="1">
+        <v>994</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>