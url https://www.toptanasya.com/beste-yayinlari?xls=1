--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -94,51 +94,51 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786054245178</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Gitar Öğreniyorum - Temel Gitar Eğitim Metodu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786057796097</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Bağlama Düzeni Bağlama Metodu - Kısa Sap</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786054245079</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
@@ -259,66 +259,66 @@
         <is>
           <t>9786057796042</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Gitar İle Popüler Şarkılar</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786057796066</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Gitar Metodu - Renklerle Gitar Öğreniyorum</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057796059</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Gitar Öğreniyorum - Temel Gitar Eğitim Metodu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786054245161</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Çocuklar İçin Bağlama Metodu - Bağlama Mthod for Children</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786054245123</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>