--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,1600 +85,1750 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254239182</t>
+          <t>9780000520951</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Tehlikeli Sırlar</t>
+          <t>Powerless - Reckless - Fearless 3 Kitap</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>449.5</v>
+        <v>1299.99</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254239304</t>
+          <t>9780000726667</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Fearless (Ciltli)</t>
+          <t>Powerless - Reckless - Fearless 3 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>679.5</v>
+        <v>1799.99</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254239298</t>
+          <t>9787000725263</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Fearless</t>
+          <t>Kitap Kurdu'nun Yükselişi (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>499.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254581762</t>
+          <t>9787000716773</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Twisted Wonderland - Heartslabyul 1. ve 2. Bölümü - Takım</t>
+          <t>Tearmoon İmparatorluğu (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>299</v>
+        <v>849</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254238772</t>
+          <t>9787000726512</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Kilala - 2</t>
+          <t>Kitap Kurdu'nun Yükselişi (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>189</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254238765</t>
+          <t>9786052429181</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Kilala - 1</t>
+          <t>Kitap Kurdunu’nun Yükselişi - 6</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>189</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254360800</t>
+          <t>9786254236594</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Witch 3. Bölüm: İki Dünyada Birden Kriz 1. Kısım</t>
+          <t>Kitap Kurdunu’nun Yükselişi - 5</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254238758</t>
+          <t>9786254239533</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdu’nun Yükselişi - 4</t>
+          <t>Tearmoon İmparatorluğu 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254238659</t>
+          <t>9786254239540</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Disney Twisted Wonderland Savanaclaw - 1</t>
+          <t>Tearmoon İmparatorluğu 1</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>258</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9780000716774</t>
+          <t>9786254235580</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Powerless - Powerfull - Reckless (3 Kitap Set) (Ciltli)</t>
+          <t>Tearmoon İmpartorluğu 3</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1599</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9787778000029</t>
+          <t>9786254239182</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Powerless - Reckless (2 Kitap Set) (Ciltli)</t>
+          <t>Disney Karlar Ülkesi 2 - Tehlikeli Sırlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>999</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254238680</t>
+          <t>9786254239304</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Zalim ve Güzel Bir Saray</t>
+          <t>Fearless (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>399.5</v>
+        <v>679.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254238673</t>
+          <t>9786254239298</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yalana Kulak Ver</t>
+          <t>Fearless</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>399.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254238697</t>
+          <t>9786254581762</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Reckless</t>
+          <t>Twisted Wonderland - Heartslabyul 1. ve 2. Bölümü - Takım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>368.5</v>
+        <v>299</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254238666</t>
+          <t>9786254238772</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Reckless (Ciltli)</t>
+          <t>Disney Prenses Kilala - 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>499.5</v>
+        <v>189</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9780000722577</t>
+          <t>9786254238765</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga W.i.t.c.h 1-2-3 I.Bölüm Seti</t>
+          <t>Disney Prenses Kilala - 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1048.5</v>
+        <v>189</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254238147</t>
+          <t>9786254360800</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Powerful (Ciltli)</t>
+          <t>Witch 3. Bölüm: İki Dünyada Birden Kriz 1. Kısım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>495</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254237393</t>
+          <t>9786254238758</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Powerless (Ciltli)</t>
+          <t>Kitap Kurdu’nun Yükselişi - 4</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>678</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254232985</t>
+          <t>9786254238659</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Witch 1. Bölüm: On iki Geçit 1. Cilt</t>
+          <t>Disney Twisted Wonderland Savanaclaw - 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>349.5</v>
+        <v>258</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254237157</t>
+          <t>9780000716774</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kaderinde Varsa - Seninle Karmakarışık</t>
+          <t>Powerless - Powerfull - Reckless (3 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>399.5</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052426661</t>
+          <t>9787778000029</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yansıma : Değiştirilmiş Bir Masal</t>
+          <t>Powerless - Reckless (2 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>399.5</v>
+        <v>999</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254238178</t>
+          <t>9786254238680</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kese Kağıdı - Kun Aşık Oldu 2</t>
+          <t>Zalim ve Güzel Bir Saray</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254238161</t>
+          <t>9786254238673</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kese Kağıdı - Kun Aşık Oldu 1</t>
+          <t>Yalana Kulak Ver</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254238154</t>
+          <t>9786254238697</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Powerful</t>
+          <t>Reckless</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>349.5</v>
+        <v>368.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254237713</t>
+          <t>9786254238666</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Disney Witch Arkadaşlığın Kalbi</t>
+          <t>Reckless (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>349.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254237805</t>
+          <t>9780000722577</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Twisted Wonderland - Heartslabyul - 4</t>
+          <t>Disney Manga W.i.t.c.h 1-2-3 I.Bölüm Seti</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>268</v>
+        <v>1048.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254237799</t>
+          <t>9786254238147</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Twisted Wonderland - Heartslabyul - 3</t>
+          <t>Powerful (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>268</v>
+        <v>495</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254237812</t>
+          <t>9786254237393</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına Balayı Rehberi</t>
+          <t>Powerless (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>349.5</v>
+        <v>678</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254236914</t>
+          <t>9786254232985</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Sarayı</t>
+          <t>Witch 1. Bölüm: On iki Geçit 1. Cilt</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254236945</t>
+          <t>9786254237157</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Deniz Cadılarının Laneti</t>
+          <t>Kaderinde Varsa - Seninle Karmakarışık</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254236938</t>
+          <t>9786052426661</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Harlem'in Sihri</t>
+          <t>Yansıma : Değiştirilmiş Bir Masal</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254236921</t>
+          <t>9786254238178</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Saray Duvarlarının Ardında</t>
+          <t>Kese Kağıdı - Kun Aşık Oldu 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254237386</t>
+          <t>9786254238161</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Powerless</t>
+          <t>Kese Kağıdı - Kun Aşık Oldu 1</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>495</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254236846</t>
+          <t>9786254238154</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dıablomachıa 2</t>
+          <t>Powerful</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254236839</t>
+          <t>9786254237713</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dıablomachıa 1</t>
+          <t>Disney Witch Arkadaşlığın Kalbi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254236822</t>
+          <t>9786254237805</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Tüy ve Alev - Kraliçe Konseyi</t>
+          <t>Twisted Wonderland - Heartslabyul - 4</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>399.5</v>
+        <v>268</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254236891</t>
+          <t>9786254237799</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Lagünü'nde Gizem</t>
+          <t>Twisted Wonderland - Heartslabyul - 3</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>199.5</v>
+        <v>268</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254236907</t>
+          <t>9786254237812</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Sanatı</t>
+          <t>Tek Başına Balayı Rehberi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254236815</t>
+          <t>9786254236914</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kitabına Göre</t>
+          <t>Sırlar Sarayı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254236334</t>
+          <t>9786254236945</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Twisted Wonderland - Heartslabyul Bölümü-2</t>
+          <t>Deniz Cadılarının Laneti</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>268</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254236327</t>
+          <t>9786254236938</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Twisted Wonderland - Heartslabyul Bölümü-1</t>
+          <t>Harlem'in Sihri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>268</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254236204</t>
+          <t>9786254236921</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Disney Korku Yalancı, Yalancı, Sana Kimse İnanmaz</t>
+          <t>Saray Duvarlarının Ardında</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254236181</t>
+          <t>9786254237386</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga 6 Süper Kahraman - 1</t>
+          <t>Powerless</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>349.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254236143</t>
+          <t>9786254236846</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Witch - 2 Kayboluş</t>
+          <t>Dıablomachıa 2</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254236198</t>
+          <t>9786254236839</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Disney Yaşlı Cadının Hikayesi - Anneler Bilir</t>
+          <t>Dıablomachıa 1</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254236167</t>
+          <t>9786254236822</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Prenses ve Kurbağa</t>
+          <t>Tüy ve Alev - Kraliçe Konseyi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254236150</t>
+          <t>9786254236891</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Witch - 1 - Beşli Güç</t>
+          <t>Denizkızı Lagünü'nde Gizem</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254236174</t>
+          <t>9786254236907</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Minik Perinin Günlüğü</t>
+          <t>Arkadaşlık Sanatı</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254234811</t>
+          <t>9786254236815</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Disney Kırmızı Gerçek 4 - Town</t>
+          <t>Kitabına Göre</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254234804</t>
+          <t>9786254236334</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Jizo</t>
+          <t>Twisted Wonderland - Heartslabyul Bölümü-2</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>249.5</v>
+        <v>268</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254234798</t>
+          <t>9786254236327</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ningyo</t>
+          <t>Twisted Wonderland - Heartslabyul Bölümü-1</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>249.5</v>
+        <v>268</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254234781</t>
+          <t>9786254236204</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdunu’nun Yükselişi - 3</t>
+          <t>Disney Korku Yalancı, Yalancı, Sana Kimse İnanmaz</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254234774</t>
+          <t>9786254236181</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdunu’nun Yükselişi - 2</t>
+          <t>Disney Manga 6 Süper Kahraman - 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254234767</t>
+          <t>9786254236143</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdunu’nun Yükselişi - 1</t>
+          <t>Disney Manga Witch - 2 Kayboluş</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254233852</t>
+          <t>9786254236198</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dostlar</t>
+          <t>Disney Yaşlı Cadının Hikayesi - Anneler Bilir</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254233869</t>
+          <t>9786254236167</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar</t>
+          <t>Disney Manga Prenses ve Kurbağa</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254233845</t>
+          <t>9786254236150</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Can Dostlar</t>
+          <t>Disney Manga Witch - 1 - Beşli Güç</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254234002</t>
+          <t>9786254236174</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Supernatural - Canavarlar, Ruhlar, İblisler ve Gulyabaniler Rehberi</t>
+          <t>Disney Manga Minik Perinin Günlüğü</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254233838</t>
+          <t>9786254234811</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Bir Rüyada - Değiştirilmiş Bir Masal</t>
+          <t>Disney Kırmızı Gerçek 4 - Town</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254233821</t>
+          <t>9786254234804</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ayna Ayna - Değiştirilmiş Bir Masal</t>
+          <t>Jizo</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254233814</t>
+          <t>9786254234798</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Aşk -Değiştirilmiş Bir Masal</t>
+          <t>Ningyo</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254233791</t>
+          <t>9786254234781</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Cesur</t>
+          <t>Kitap Kurdunu’nun Yükselişi - 3</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9780000705853</t>
+          <t>9786254234774</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga W.i.t.c.h 4-5-6 II. Bölüm Seti</t>
+          <t>Kitap Kurdunu’nun Yükselişi - 2</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1048.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254233890</t>
+          <t>9786254234767</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Witch 6 - 2. Bölüm Nerissa’nın İntikamı 3. Cilt</t>
+          <t>Kitap Kurdunu’nun Yükselişi - 1</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254233883</t>
+          <t>9786254233852</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Witch 5 - 2. Bölüm Nerissa’nın İntikamı 2. Cilt</t>
+          <t>Gerçek Dostlar</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254233876</t>
+          <t>9786254233869</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Witch 4 - 2. Bölüm: Nerissa’nın İntikamı 1. Cilt</t>
+          <t>Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254233500</t>
+          <t>9786254233845</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Disney Delphine ve Gümüş İğne</t>
+          <t>Can Dostlar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254233517</t>
+          <t>9786254234002</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi: Kutup Geceleri - Karanlık Çökerken</t>
+          <t>Supernatural - Canavarlar, Ruhlar, İblisler ve Gulyabaniler Rehberi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254233173</t>
+          <t>9786254233838</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ayakkabı Ayağına Uyarsa</t>
+          <t>Bir Zamanlar Bir Rüyada - Değiştirilmiş Bir Masal</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254233166</t>
+          <t>9786254233821</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Disney Hocus Pocus</t>
+          <t>Ayna Ayna - Değiştirilmiş Bir Masal</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254232992</t>
+          <t>9786254233814</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Witch 1. Bölüm: On iki Geçit 2. Cilt</t>
+          <t>İşte Bu Aşk -Değiştirilmiş Bir Masal</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254233005</t>
+          <t>9786254233791</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Witch 1. Bölüm: On iki Geçit 3. Cilt</t>
+          <t>Cesur</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254232084</t>
+          <t>9780000705853</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Disney Malefiz Kötülüğün Gücü: Moors'un Kalbi</t>
+          <t>Disney Manga W.i.t.c.h 4-5-6 II. Bölüm Seti</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>349.5</v>
+        <v>1048.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254232091</t>
+          <t>9786254233890</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Disney- Zavallı Şanssız Ruh: Deniz Cadısı'nın Öyküsü</t>
+          <t>Witch 6 - 2. Bölüm Nerissa’nın İntikamı 3. Cilt</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254232107</t>
+          <t>9786254233883</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Disney - Kötülükler Kraliçesi: Karanlık Peri'nin Hikayesi</t>
+          <t>Witch 5 - 2. Bölüm Nerissa’nın İntikamı 2. Cilt</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254232299</t>
+          <t>9786254233876</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Depresyon veya Zafer</t>
+          <t>Witch 4 - 2. Bölüm: Nerissa’nın İntikamı 1. Cilt</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254232305</t>
+          <t>9786254233500</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İyi Baba</t>
+          <t>Disney Delphine ve Gümüş İğne</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9780000522665</t>
+          <t>9786254233517</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Cruella - Cruella Selam Zalim Yürek Takim 2 Kitap</t>
+          <t>Disney Karlar Ülkesi: Kutup Geceleri - Karanlık Çökerken</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>499</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254230226</t>
+          <t>9786254233173</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Witch 2</t>
+          <t>Ayakkabı Ayağına Uyarsa</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254230202</t>
+          <t>9786254233166</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Witch 1</t>
+          <t>Disney Hocus Pocus</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254230240</t>
+          <t>9786254232992</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Stiç ve Samuray 3</t>
+          <t>Witch 1. Bölüm: On iki Geçit 2. Cilt</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9787770555244</t>
+          <t>9786254233005</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Disney Korku Serisi (4 Kitap)</t>
+          <t>Witch 1. Bölüm: On iki Geçit 3. Cilt</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>1198</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254361418</t>
+          <t>9786254232084</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Disney Korku Ne Dilediğine Dikkat Et</t>
+          <t>Disney Malefiz Kötülüğün Gücü: Moors'un Kalbi</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254361401</t>
+          <t>9786254232091</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Disney Korku Kabusa Beş Kala</t>
+          <t>Disney- Zavallı Şanssız Ruh: Deniz Cadısı'nın Öyküsü</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254361395</t>
+          <t>9786254232107</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Disney Yepyeni Bir Dünya Değiştirilmiş Bir Masal</t>
+          <t>Disney - Kötülükler Kraliçesi: Karanlık Peri'nin Hikayesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254361388</t>
+          <t>9786254232299</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Disney Kötüler Şehri</t>
+          <t>Depresyon veya Zafer</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254361142</t>
+          <t>9786254232305</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Disney İçimdeki Canavar - Bella’nın Prensesinin Öyküsü</t>
+          <t>İyi Baba</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254361135</t>
+          <t>9780000522665</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel - Kötü Kraliçe’nin Öyküsü</t>
+          <t>Disney Manga Cruella - Cruella Selam Zalim Yürek Takim 2 Kitap</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>349.5</v>
+        <v>499</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9780000705846</t>
+          <t>9786254230226</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Yeni Nesil Özlü Kötüler Üçlemesi 3 Kitap Set</t>
+          <t>Disney Manga - Witch 2</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>418.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9780000705839</t>
+          <t>9786254230202</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Disney Güzel Çirkin 2 Kitap Set</t>
+          <t>Disney Manga - Witch 1</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>399</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9780000705822</t>
+          <t>9786254230240</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Disney Witch 2 Kitap Set</t>
+          <t>Disney Manga - Stiç ve Samuray 3</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>399</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9780000520944</t>
+          <t>9787770555244</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Disney Stiç ve Samuray 1-2-3 Kitap Set</t>
+          <t>Disney Korku Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>598.5</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254230233</t>
+          <t>9786254361418</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Stiç ve Samuray 2</t>
+          <t>Disney Korku Ne Dilediğine Dikkat Et</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254369223</t>
+          <t>9786254361401</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Miriya ile Marie</t>
+          <t>Disney Korku Kabusa Beş Kala</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254369193</t>
+          <t>9786254361395</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Karlar Ülkesi 2</t>
+          <t>Disney Yepyeni Bir Dünya Değiştirilmiş Bir Masal</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254230097</t>
+          <t>9786254361388</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Stiç ve Samuray 1</t>
+          <t>Disney Kötüler Şehri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254369568</t>
+          <t>9786254361142</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Karmakarışık</t>
+          <t>Disney İçimdeki Canavar - Bella’nın Prensesinin Öyküsü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254369261</t>
+          <t>9786254361135</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Cruella - Siyah, Beyaz ve Kırmızı</t>
+          <t>Disney En Güzel - Kötü Kraliçe’nin Öyküsü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254369544</t>
+          <t>9780000705846</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Güzel ve Çirkin: Bella'nın Hikayesi</t>
+          <t>Disney Manga Yeni Nesil Özlü Kötüler Üçlemesi 3 Kitap Set</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>249.5</v>
+        <v>418.5</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254369537</t>
+          <t>9780000705839</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Güzel ve Çirkin: Çirkin'in Hikayesi</t>
+          <t>Disney Güzel Çirkin 2 Kitap Set</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>249.5</v>
+        <v>399</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254369179</t>
+          <t>9780000705822</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 1. Kitap</t>
+          <t>Disney Witch 2 Kitap Set</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>179.5</v>
+        <v>399</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254369247</t>
+          <t>9780000520944</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 2. Kitap</t>
+          <t>Disney Stiç ve Samuray 1-2-3 Kitap Set</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>179.5</v>
+        <v>598.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254369230</t>
+          <t>9786254230233</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 3. Kitap</t>
+          <t>Disney Manga - Stiç ve Samuray 2</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>179.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
+          <t>9786254369223</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Disney Manga - Miriya ile Marie</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786254369193</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Disney Manga - Karlar Ülkesi 2</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786254230097</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Disney Manga - Stiç ve Samuray 1</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786254369568</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Disney Manga - Karmakarışık</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786254369261</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Disney Manga Cruella - Siyah, Beyaz ve Kırmızı</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786254369544</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Disney Manga - Güzel ve Çirkin: Bella'nın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786254369537</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Disney Manga - Güzel ve Çirkin: Çirkin'in Hikayesi</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786254369179</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>179.5</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786254369247</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>179.5</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786254369230</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>179.5</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
           <t>9786254361869</t>
         </is>
       </c>
-      <c r="B105" s="1" t="inlineStr">
+      <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Disney Sonsuza Dek Mutsuz Vanessa</t>
         </is>
       </c>
-      <c r="C105" s="1">
+      <c r="C115" s="1">
         <v>399.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>