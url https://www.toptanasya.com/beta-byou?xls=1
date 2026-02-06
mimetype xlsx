--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,1750 +85,1765 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9780000520951</t>
+          <t>9786254239670</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Powerless - Reckless - Fearless 3 Kitap</t>
+          <t>Ben O Değilim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1299.99</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9780000726667</t>
+          <t>9780000520951</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Powerless - Reckless - Fearless 3 Kitap (Ciltli)</t>
+          <t>Powerless - Reckless - Fearless 3 Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1799.99</v>
+        <v>1299.99</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9787000725263</t>
+          <t>9780000726667</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdu'nun Yükselişi (3 Kitap Set)</t>
+          <t>Powerless - Reckless - Fearless 3 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>799.5</v>
+        <v>1799.99</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9787000716773</t>
+          <t>9787000725263</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tearmoon İmparatorluğu (3 Kitap Set)</t>
+          <t>Kitap Kurdu'nun Yükselişi (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>849</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9787000726512</t>
+          <t>9787000716773</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdu'nun Yükselişi (3 Kitap Set)</t>
+          <t>Tearmoon İmparatorluğu (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>799.5</v>
+        <v>849</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052429181</t>
+          <t>9787000726512</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdunu’nun Yükselişi - 6</t>
+          <t>Kitap Kurdu'nun Yükselişi (3 Kitap Set)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>299.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254236594</t>
+          <t>9786052429181</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdunu’nun Yükselişi - 5</t>
+          <t>Kitap Kurdunu’nun Yükselişi - 6</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254239533</t>
+          <t>9786254236594</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tearmoon İmparatorluğu 2</t>
+          <t>Kitap Kurdunu’nun Yükselişi - 5</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254239540</t>
+          <t>9786254239533</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tearmoon İmparatorluğu 1</t>
+          <t>Tearmoon İmparatorluğu 2</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254235580</t>
+          <t>9786254239540</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tearmoon İmpartorluğu 3</t>
+          <t>Tearmoon İmparatorluğu 1</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254239182</t>
+          <t>9786254235580</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Tehlikeli Sırlar</t>
+          <t>Tearmoon İmpartorluğu 3</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>449.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254239304</t>
+          <t>9786254239182</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Fearless (Ciltli)</t>
+          <t>Disney Karlar Ülkesi 2 - Tehlikeli Sırlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>679.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254239298</t>
+          <t>9786254239304</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fearless</t>
+          <t>Fearless (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>499.5</v>
+        <v>679.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254581762</t>
+          <t>9786254239298</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Twisted Wonderland - Heartslabyul 1. ve 2. Bölümü - Takım</t>
+          <t>Fearless</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>299</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254238772</t>
+          <t>9786254581762</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Kilala - 2</t>
+          <t>Twisted Wonderland - Heartslabyul 1. ve 2. Bölümü - Takım</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>189</v>
+        <v>299</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254238765</t>
+          <t>9786254238772</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Kilala - 1</t>
+          <t>Disney Prenses Kilala - 2</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254360800</t>
+          <t>9786254238765</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Witch 3. Bölüm: İki Dünyada Birden Kriz 1. Kısım</t>
+          <t>Disney Prenses Kilala - 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>349.5</v>
+        <v>189</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254238758</t>
+          <t>9786254360800</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdu’nun Yükselişi - 4</t>
+          <t>Witch 3. Bölüm: İki Dünyada Birden Kriz 1. Kısım</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254238659</t>
+          <t>9786254238758</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Disney Twisted Wonderland Savanaclaw - 1</t>
+          <t>Kitap Kurdu’nun Yükselişi - 4</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>258</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9780000716774</t>
+          <t>9786254238659</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Powerless - Powerfull - Reckless (3 Kitap Set) (Ciltli)</t>
+          <t>Disney Twisted Wonderland Savanaclaw - 1</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1599</v>
+        <v>258</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9787778000029</t>
+          <t>9780000716774</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Powerless - Reckless (2 Kitap Set) (Ciltli)</t>
+          <t>Powerless - Powerfull - Reckless (3 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>999</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254238680</t>
+          <t>9787778000029</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zalim ve Güzel Bir Saray</t>
+          <t>Powerless - Reckless (2 Kitap Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>399.5</v>
+        <v>999</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254238673</t>
+          <t>9786254238680</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yalana Kulak Ver</t>
+          <t>Zalim ve Güzel Bir Saray</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254238697</t>
+          <t>9786254238673</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Reckless</t>
+          <t>Yalana Kulak Ver</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>368.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254238666</t>
+          <t>9786254238697</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Reckless (Ciltli)</t>
+          <t>Reckless</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>499.5</v>
+        <v>368.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9780000722577</t>
+          <t>9786254238666</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga W.i.t.c.h 1-2-3 I.Bölüm Seti</t>
+          <t>Reckless (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1048.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254238147</t>
+          <t>9780000722577</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Powerful (Ciltli)</t>
+          <t>Disney Manga W.i.t.c.h 1-2-3 I.Bölüm Seti</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>495</v>
+        <v>1048.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254237393</t>
+          <t>9786254238147</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Powerless (Ciltli)</t>
+          <t>Powerful (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>678</v>
+        <v>495</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254232985</t>
+          <t>9786254237393</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Witch 1. Bölüm: On iki Geçit 1. Cilt</t>
+          <t>Powerless (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>349.5</v>
+        <v>678</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254237157</t>
+          <t>9786254232985</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kaderinde Varsa - Seninle Karmakarışık</t>
+          <t>Witch 1. Bölüm: On iki Geçit 1. Cilt</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052426661</t>
+          <t>9786254237157</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yansıma : Değiştirilmiş Bir Masal</t>
+          <t>Kaderinde Varsa - Seninle Karmakarışık</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254238178</t>
+          <t>9786052426661</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kese Kağıdı - Kun Aşık Oldu 2</t>
+          <t>Yansıma : Değiştirilmiş Bir Masal</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254238161</t>
+          <t>9786254238178</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kese Kağıdı - Kun Aşık Oldu 1</t>
+          <t>Kese Kağıdı - Kun Aşık Oldu 2</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254238154</t>
+          <t>9786254238161</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Powerful</t>
+          <t>Kese Kağıdı - Kun Aşık Oldu 1</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254237713</t>
+          <t>9786254238154</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Disney Witch Arkadaşlığın Kalbi</t>
+          <t>Powerful</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254237805</t>
+          <t>9786254237713</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Twisted Wonderland - Heartslabyul - 4</t>
+          <t>Disney Witch Arkadaşlığın Kalbi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>268</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254237799</t>
+          <t>9786254237805</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Twisted Wonderland - Heartslabyul - 3</t>
+          <t>Twisted Wonderland - Heartslabyul - 4</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>268</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254237812</t>
+          <t>9786254237799</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına Balayı Rehberi</t>
+          <t>Twisted Wonderland - Heartslabyul - 3</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>349.5</v>
+        <v>268</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254236914</t>
+          <t>9786254237812</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Sarayı</t>
+          <t>Tek Başına Balayı Rehberi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254236945</t>
+          <t>9786254236914</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Deniz Cadılarının Laneti</t>
+          <t>Sırlar Sarayı</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254236938</t>
+          <t>9786254236945</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Harlem'in Sihri</t>
+          <t>Deniz Cadılarının Laneti</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254236921</t>
+          <t>9786254236938</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Saray Duvarlarının Ardında</t>
+          <t>Harlem'in Sihri</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254237386</t>
+          <t>9786254236921</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Powerless</t>
+          <t>Saray Duvarlarının Ardında</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>495</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254236846</t>
+          <t>9786254237386</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dıablomachıa 2</t>
+          <t>Powerless</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>249.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254236839</t>
+          <t>9786254236846</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dıablomachıa 1</t>
+          <t>Dıablomachıa 2</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254236822</t>
+          <t>9786254236839</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tüy ve Alev - Kraliçe Konseyi</t>
+          <t>Dıablomachıa 1</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254236891</t>
+          <t>9786254236822</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Denizkızı Lagünü'nde Gizem</t>
+          <t>Tüy ve Alev - Kraliçe Konseyi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254236907</t>
+          <t>9786254236891</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Sanatı</t>
+          <t>Denizkızı Lagünü'nde Gizem</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254236815</t>
+          <t>9786254236907</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kitabına Göre</t>
+          <t>Arkadaşlık Sanatı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254236334</t>
+          <t>9786254236815</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Twisted Wonderland - Heartslabyul Bölümü-2</t>
+          <t>Kitabına Göre</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>268</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254236327</t>
+          <t>9786254236334</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Twisted Wonderland - Heartslabyul Bölümü-1</t>
+          <t>Twisted Wonderland - Heartslabyul Bölümü-2</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>268</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254236204</t>
+          <t>9786254236327</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Disney Korku Yalancı, Yalancı, Sana Kimse İnanmaz</t>
+          <t>Twisted Wonderland - Heartslabyul Bölümü-1</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>349.5</v>
+        <v>268</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254236181</t>
+          <t>9786254236204</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga 6 Süper Kahraman - 1</t>
+          <t>Disney Korku Yalancı, Yalancı, Sana Kimse İnanmaz</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254236143</t>
+          <t>9786254236181</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Witch - 2 Kayboluş</t>
+          <t>Disney Manga 6 Süper Kahraman - 1</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254236198</t>
+          <t>9786254236143</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Disney Yaşlı Cadının Hikayesi - Anneler Bilir</t>
+          <t>Disney Manga Witch - 2 Kayboluş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254236167</t>
+          <t>9786254236198</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Prenses ve Kurbağa</t>
+          <t>Disney Yaşlı Cadının Hikayesi - Anneler Bilir</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254236150</t>
+          <t>9786254236167</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Witch - 1 - Beşli Güç</t>
+          <t>Disney Manga Prenses ve Kurbağa</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254236174</t>
+          <t>9786254236150</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Minik Perinin Günlüğü</t>
+          <t>Disney Manga Witch - 1 - Beşli Güç</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254234811</t>
+          <t>9786254236174</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Disney Kırmızı Gerçek 4 - Town</t>
+          <t>Disney Manga Minik Perinin Günlüğü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254234804</t>
+          <t>9786254234811</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Jizo</t>
+          <t>Disney Kırmızı Gerçek 4 - Town</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254234798</t>
+          <t>9786254234804</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ningyo</t>
+          <t>Jizo</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254234781</t>
+          <t>9786254234798</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdunu’nun Yükselişi - 3</t>
+          <t>Ningyo</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254234774</t>
+          <t>9786254234781</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdunu’nun Yükselişi - 2</t>
+          <t>Kitap Kurdunu’nun Yükselişi - 3</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254234767</t>
+          <t>9786254234774</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kurdunu’nun Yükselişi - 1</t>
+          <t>Kitap Kurdunu’nun Yükselişi - 2</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254233852</t>
+          <t>9786254234767</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dostlar</t>
+          <t>Kitap Kurdunu’nun Yükselişi - 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254233869</t>
+          <t>9786254233852</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar</t>
+          <t>Gerçek Dostlar</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254233845</t>
+          <t>9786254233869</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Can Dostlar</t>
+          <t>Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254234002</t>
+          <t>9786254233845</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Supernatural - Canavarlar, Ruhlar, İblisler ve Gulyabaniler Rehberi</t>
+          <t>Can Dostlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254233838</t>
+          <t>9786254234002</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Bir Rüyada - Değiştirilmiş Bir Masal</t>
+          <t>Supernatural - Canavarlar, Ruhlar, İblisler ve Gulyabaniler Rehberi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254233821</t>
+          <t>9786254233838</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ayna Ayna - Değiştirilmiş Bir Masal</t>
+          <t>Bir Zamanlar Bir Rüyada - Değiştirilmiş Bir Masal</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254233814</t>
+          <t>9786254233821</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İşte Bu Aşk -Değiştirilmiş Bir Masal</t>
+          <t>Ayna Ayna - Değiştirilmiş Bir Masal</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254233791</t>
+          <t>9786254233814</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Cesur</t>
+          <t>İşte Bu Aşk -Değiştirilmiş Bir Masal</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9780000705853</t>
+          <t>9786254233791</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga W.i.t.c.h 4-5-6 II. Bölüm Seti</t>
+          <t>Cesur</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1048.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254233890</t>
+          <t>9780000705853</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Witch 6 - 2. Bölüm Nerissa’nın İntikamı 3. Cilt</t>
+          <t>Disney Manga W.i.t.c.h 4-5-6 II. Bölüm Seti</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>349.5</v>
+        <v>1048.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254233883</t>
+          <t>9786254233890</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Witch 5 - 2. Bölüm Nerissa’nın İntikamı 2. Cilt</t>
+          <t>Witch 6 - 2. Bölüm Nerissa’nın İntikamı 3. Cilt</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254233876</t>
+          <t>9786254233883</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Witch 4 - 2. Bölüm: Nerissa’nın İntikamı 1. Cilt</t>
+          <t>Witch 5 - 2. Bölüm Nerissa’nın İntikamı 2. Cilt</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254233500</t>
+          <t>9786254233876</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Disney Delphine ve Gümüş İğne</t>
+          <t>Witch 4 - 2. Bölüm: Nerissa’nın İntikamı 1. Cilt</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254233517</t>
+          <t>9786254233500</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi: Kutup Geceleri - Karanlık Çökerken</t>
+          <t>Disney Delphine ve Gümüş İğne</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254233173</t>
+          <t>9786254233517</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ayakkabı Ayağına Uyarsa</t>
+          <t>Disney Karlar Ülkesi: Kutup Geceleri - Karanlık Çökerken</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254233166</t>
+          <t>9786254233173</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Disney Hocus Pocus</t>
+          <t>Ayakkabı Ayağına Uyarsa</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254232992</t>
+          <t>9786254233166</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Witch 1. Bölüm: On iki Geçit 2. Cilt</t>
+          <t>Disney Hocus Pocus</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254233005</t>
+          <t>9786254232992</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Witch 1. Bölüm: On iki Geçit 3. Cilt</t>
+          <t>Witch 1. Bölüm: On iki Geçit 2. Cilt</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254232084</t>
+          <t>9786254233005</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Disney Malefiz Kötülüğün Gücü: Moors'un Kalbi</t>
+          <t>Witch 1. Bölüm: On iki Geçit 3. Cilt</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254232091</t>
+          <t>9786254232084</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Disney- Zavallı Şanssız Ruh: Deniz Cadısı'nın Öyküsü</t>
+          <t>Disney Malefiz Kötülüğün Gücü: Moors'un Kalbi</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254232107</t>
+          <t>9786254232091</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Disney - Kötülükler Kraliçesi: Karanlık Peri'nin Hikayesi</t>
+          <t>Disney- Zavallı Şanssız Ruh: Deniz Cadısı'nın Öyküsü</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254232299</t>
+          <t>9786254232107</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Depresyon veya Zafer</t>
+          <t>Disney - Kötülükler Kraliçesi: Karanlık Peri'nin Hikayesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254232305</t>
+          <t>9786254232299</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İyi Baba</t>
+          <t>Depresyon veya Zafer</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9780000522665</t>
+          <t>9786254232305</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Cruella - Cruella Selam Zalim Yürek Takim 2 Kitap</t>
+          <t>İyi Baba</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>499</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254230226</t>
+          <t>9780000522665</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Witch 2</t>
+          <t>Disney Manga Cruella - Cruella Selam Zalim Yürek Takim 2 Kitap</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>249.5</v>
+        <v>499</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254230202</t>
+          <t>9786254230226</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Witch 1</t>
+          <t>Disney Manga - Witch 2</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254230240</t>
+          <t>9786254230202</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Stiç ve Samuray 3</t>
+          <t>Disney Manga - Witch 1</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9787770555244</t>
+          <t>9786254230240</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Disney Korku Serisi (4 Kitap)</t>
+          <t>Disney Manga - Stiç ve Samuray 3</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1198</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254361418</t>
+          <t>9787770555244</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Disney Korku Ne Dilediğine Dikkat Et</t>
+          <t>Disney Korku Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>349.5</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254361401</t>
+          <t>9786254361418</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Disney Korku Kabusa Beş Kala</t>
+          <t>Disney Korku Ne Dilediğine Dikkat Et</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254361395</t>
+          <t>9786254361401</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Disney Yepyeni Bir Dünya Değiştirilmiş Bir Masal</t>
+          <t>Disney Korku Kabusa Beş Kala</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254361388</t>
+          <t>9786254361395</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Disney Kötüler Şehri</t>
+          <t>Disney Yepyeni Bir Dünya Değiştirilmiş Bir Masal</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254361142</t>
+          <t>9786254361388</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Disney İçimdeki Canavar - Bella’nın Prensesinin Öyküsü</t>
+          <t>Disney Kötüler Şehri</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254361135</t>
+          <t>9786254361142</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel - Kötü Kraliçe’nin Öyküsü</t>
+          <t>Disney İçimdeki Canavar - Bella’nın Prensesinin Öyküsü</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9780000705846</t>
+          <t>9786254361135</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Yeni Nesil Özlü Kötüler Üçlemesi 3 Kitap Set</t>
+          <t>Disney En Güzel - Kötü Kraliçe’nin Öyküsü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>418.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9780000705839</t>
+          <t>9780000705846</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Disney Güzel Çirkin 2 Kitap Set</t>
+          <t>Disney Manga Yeni Nesil Özlü Kötüler Üçlemesi 3 Kitap Set</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>399</v>
+        <v>418.5</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9780000705822</t>
+          <t>9780000705839</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Disney Witch 2 Kitap Set</t>
+          <t>Disney Güzel Çirkin 2 Kitap Set</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9780000520944</t>
+          <t>9780000705822</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Disney Stiç ve Samuray 1-2-3 Kitap Set</t>
+          <t>Disney Witch 2 Kitap Set</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>598.5</v>
+        <v>399</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254230233</t>
+          <t>9780000520944</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Stiç ve Samuray 2</t>
+          <t>Disney Stiç ve Samuray 1-2-3 Kitap Set</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>249.5</v>
+        <v>598.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254369223</t>
+          <t>9786254230233</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Miriya ile Marie</t>
+          <t>Disney Manga - Stiç ve Samuray 2</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786254369193</t>
+          <t>9786254369223</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Karlar Ülkesi 2</t>
+          <t>Disney Manga - Miriya ile Marie</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786254230097</t>
+          <t>9786254369193</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Stiç ve Samuray 1</t>
+          <t>Disney Manga - Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786254369568</t>
+          <t>9786254230097</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Karmakarışık</t>
+          <t>Disney Manga - Stiç ve Samuray 1</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786254369261</t>
+          <t>9786254369568</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga Cruella - Siyah, Beyaz ve Kırmızı</t>
+          <t>Disney Manga - Karmakarışık</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254369544</t>
+          <t>9786254369261</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Güzel ve Çirkin: Bella'nın Hikayesi</t>
+          <t>Disney Manga Cruella - Siyah, Beyaz ve Kırmızı</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786254369537</t>
+          <t>9786254369544</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Güzel ve Çirkin: Çirkin'in Hikayesi</t>
+          <t>Disney Manga - Güzel ve Çirkin: Bella'nın Hikayesi</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254369179</t>
+          <t>9786254369537</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 1. Kitap</t>
+          <t>Disney Manga - Güzel ve Çirkin: Çirkin'in Hikayesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>179.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786254369247</t>
+          <t>9786254369179</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 2. Kitap</t>
+          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 1. Kitap</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>179.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786254369230</t>
+          <t>9786254369247</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 3. Kitap</t>
+          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 2. Kitap</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>179.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
+          <t>9786254369230</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Disney Manga - Yeni Nesil: Özü Kötüler Üçlemesi 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>179.5</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
           <t>9786254361869</t>
         </is>
       </c>
-      <c r="B115" s="1" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Disney Sonsuza Dek Mutsuz Vanessa</t>
         </is>
       </c>
-      <c r="C115" s="1">
+      <c r="C116" s="1">
         <v>399.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>