--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,18310 +85,18550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254239526</t>
+          <t>9786254239588</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Minnoşlar</t>
+          <t>Disney - Duygu Günlüğüm Ters Yüz Sinirlerine Hakim Ol</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254239519</t>
+          <t>9786254239564</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Hayvanlar</t>
+          <t>Disney - Duygu Günlüğüm Karlar Ülkesi Cesur Ol!</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254236495</t>
+          <t>9786254239557</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar</t>
+          <t>Disney- Duygu Günlüğüm, Dikkatli Ol, Donald!</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>149.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254360831</t>
+          <t>9786254239595</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler</t>
+          <t>Disney - Duygu Günlüğüm Karmakarışık Denemekten Korkma!</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254234736</t>
+          <t>9786254239571</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Uzay</t>
+          <t>Disney - Duygu Günlüğüm Karlar Ülkesi Değişime Hazır Ol</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254239243</t>
+          <t>9786254239601</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Kavuşma Yolculuğu</t>
+          <t>Disney Duygu Günlüğüm Stiç Kibar Ol, Stiç!</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>158</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254239199</t>
+          <t>9786052425121</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Sınırları Aşmak</t>
+          <t>Bu Benim Dansım</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>158</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254239212</t>
+          <t>9780007726202</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - İçimizdeki Kahraman</t>
+          <t>Disney Ajan Stiç - Maceraları Seti</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>158</v>
+        <v>948.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254239205</t>
+          <t>9786254239526</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Gerçek Hazine</t>
+          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Minnoşlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>158</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254239236</t>
+          <t>9786254239519</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Disney Pıxar Arabalar 3</t>
+          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Hayvanlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>158</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254239229</t>
+          <t>9786254236495</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Disney Pıxar Arabalar</t>
+          <t>Hayvanlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>158</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254239250</t>
+          <t>9786254360831</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Disney Moana</t>
+          <t>Bitkiler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>158</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254238741</t>
+          <t>9786254234736</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Yılbaşı</t>
+          <t>Uzay</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>278</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254239144</t>
+          <t>9786254239243</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek - Spor</t>
+          <t>Disney Karlar Ülkesi - Kavuşma Yolculuğu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>399.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254239151</t>
+          <t>9786254239199</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek - Hayvanlar</t>
+          <t>Disney Karlar Ülkesi - Sınırları Aşmak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>399.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254238710</t>
+          <t>9786254239212</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı'ndan Masallar - Tavşan'ın Yeni Elbisesi (Ciltli)</t>
+          <t>Disney Karlar Ülkesi - İçimizdeki Kahraman</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>549</v>
+        <v>158</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254238642</t>
+          <t>9786254239205</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı'ndan Masallar - İyi Eğlenceler Kurbağa (Ciltli)</t>
+          <t>Disney Karlar Ülkesi - Gerçek Hazine</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>549</v>
+        <v>158</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254238635</t>
+          <t>9786254239236</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı'ndan Masallar - Geçmiş Olsun Fındık Faresi (Ciltli)</t>
+          <t>Disney Pıxar Arabalar 3</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>549</v>
+        <v>158</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052429464</t>
+          <t>9786254239229</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ne Pişirdi? - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
+          <t>Disney Pıxar Arabalar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>549</v>
+        <v>158</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254232817</t>
+          <t>9786254239250</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
+          <t>Disney Moana</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>34.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254232800</t>
+          <t>9786254238741</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Böcekler Kitabı</t>
+          <t>Süper Patates - Süpermarkette Yılbaşı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>34.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254232770</t>
+          <t>9786254239144</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Hayvanlar Kitabım</t>
+          <t>National Geographic Kids - Garip Ama Gerçek - Spor</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>34.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254232794</t>
+          <t>9786254239151</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Dinozorlar Kitabım</t>
+          <t>National Geographic Kids - Garip Ama Gerçek - Hayvanlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>34.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254238482</t>
+          <t>9786254238710</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Orman'ından Masallar - Merhaba Arkadaşlar (Ciltli)</t>
+          <t>Meşe Palamudu Ormanı'ndan Masallar - Tavşan'ın Yeni Elbisesi (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>468</v>
+        <v>549</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254236402</t>
+          <t>9786254238642</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Keçeli İş Makineleri (Ciltli)</t>
+          <t>Meşe Palamudu Ormanı'ndan Masallar - İyi Eğlenceler Kurbağa (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>349.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254237171</t>
+          <t>9786254238635</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! - Minik Kedi (Ciltli)</t>
+          <t>Meşe Palamudu Ormanı'ndan Masallar - Geçmiş Olsun Fındık Faresi (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>349.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254237140</t>
+          <t>9786052429464</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Balina (Ciltli)</t>
+          <t>Kedi Ne Pişirdi? - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>349.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254237126</t>
+          <t>9786254232817</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Unicorn (Ciltli)</t>
+          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>349.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254237102</t>
+          <t>9786254232800</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Dinozor (Ciltli)</t>
+          <t>National Geographic Kids - Böcekler Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>349.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254236747</t>
+          <t>9786254232770</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Kokuşuk Patates, Süper Bezelye’ye Karşı!</t>
+          <t>National Geographic Kids - İlk Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>278</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9780000726261</t>
+          <t>9786254232794</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzay Koleksiyonu</t>
+          <t>National Geographic Kids - İlk Dinozorlar Kitabım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>872.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9780000726247</t>
+          <t>9780000526502</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - En Şirin Hayvanlar Koleksiyonu</t>
+          <t>Meşe Palamudu Ormanı’ndan Hikayeler Set (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>872.5</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9780000726223</t>
+          <t>9780000999573</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Okyanus Hayvanları Koleksiyonu</t>
+          <t>National Geographic Kids - İlk Kitaplarım Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>872.5</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254237416</t>
+          <t>9780000521996</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Deniz Zamanı Boyama Kitabı</t>
+          <t>Meşe Palamudu Ormanı’ndan Hikayeler Seti (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>70.5</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254237317</t>
+          <t>9786254238482</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Çiftlik</t>
+          <t>Meşe Palamudu Orman'ından Masallar - Merhaba Arkadaşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>99.5</v>
+        <v>468</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254237294</t>
+          <t>9786254236402</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Dinozorlar</t>
+          <t>Keçeli İş Makineleri (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254237300</t>
+          <t>9786254237171</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Hayvanlar</t>
+          <t>Macerayı Sen Seç! - Minik Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254237287</t>
+          <t>9786254237140</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Prensesler</t>
+          <t>Mıncırık Sukuşi Balina (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254232862</t>
+          <t>9786254237126</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 3</t>
+          <t>Mıncırık Sukuşi Unicorn (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254232848</t>
+          <t>9786254237102</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 2</t>
+          <t>Mıncırık Sukuşi Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254232855</t>
+          <t>9786254236747</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 4</t>
+          <t>Süper Patates Kokuşuk Patates, Süper Bezelye’ye Karşı!</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>49.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254232831</t>
+          <t>9780000726261</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 1</t>
+          <t>National Geographic Kids - Uzay Koleksiyonu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>49.5</v>
+        <v>872.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9780000725271</t>
+          <t>9780000726247</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Seti 5 Kitap</t>
+          <t>National Geographic Kids - En Şirin Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>597.5</v>
+        <v>872.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254234705</t>
+          <t>9780000726223</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fare ile Kırmızı Duvar</t>
+          <t>National Geographic Kids - Okyanus Hayvanları Koleksiyonu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>228</v>
+        <v>872.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254234712</t>
+          <t>9786254237416</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Zürafalar Dans Edemez</t>
+          <t>Kukuli Deniz Zamanı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>228</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254234347</t>
+          <t>9786254237317</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Köpekçik (Ciltli)</t>
+          <t>İlk Boyama Albümüm - Çiftlik</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>299.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254234286</t>
+          <t>9786254237294</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Kuzucuk (Ciltli)</t>
+          <t>İlk Boyama Albümüm - Dinozorlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>299.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254234514</t>
+          <t>9786254237300</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Son Unicorn Tekboynuz</t>
+          <t>İlk Boyama Albümüm - Hayvanlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254234477</t>
+          <t>9786254237287</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar Küçücüğüm</t>
+          <t>İlk Boyama Albümüm - Prensesler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254234552</t>
+          <t>9786254232862</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın İnek Möö Möö</t>
+          <t>Garip Ama Gerçek 3</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254234576</t>
+          <t>9786254232848</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ayı’nın Küçük Sakinleşme Kitabı</t>
+          <t>Garip Ama Gerçek 2</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254234538</t>
+          <t>9786254232855</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Anneciğinin Bir Tanesi</t>
+          <t>Garip Ama Gerçek 4</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254234507</t>
+          <t>9786254232831</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kırmızı Traktör</t>
+          <t>Garip Ama Gerçek 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254234637</t>
+          <t>9780000725271</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Babacığının Bir Tanesi</t>
+          <t>National Geographic Kids Okuma Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>68</v>
+        <v>597.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254234453</t>
+          <t>9786254234705</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dans Etmeyi Seven Ayı</t>
+          <t>Küçük Fare ile Kırmızı Duvar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254234651</t>
+          <t>9786254234712</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Zürafalar Dans Edemez</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254234279</t>
+          <t>9786254234347</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Köpekçik - Etkinlikler ve Boyamalar</t>
+          <t>Fırıldak Gözler - Merhaba Köpekçik (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>39.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254234255</t>
+          <t>9786254234286</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Baykuş - Etkinlikler ve Boyamalar</t>
+          <t>Fırıldak Gözler - Merhaba Kuzucuk (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>39.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254232404</t>
+          <t>9786254234514</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kedi ve Köpekler - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>Son Unicorn Tekboynuz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254232374</t>
+          <t>9786254234477</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uyku Zamanı - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>Tatlı Rüyalar Küçücüğüm</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254231919</t>
+          <t>9786254234552</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mucit Gizmo İcatlar Kongresi’nde</t>
+          <t>Şaşkın İnek Möö Möö</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>278</v>
+        <v>68</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254231797</t>
+          <t>9786254234576</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimeler / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>Ayı’nın Küçük Sakinleşme Kitabı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254231773</t>
+          <t>9786254234538</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Banyo Zamanı 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>Anneciğinin Bir Tanesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254232152</t>
+          <t>9786254234507</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Kar Yağıyor</t>
+          <t>Büyük Kırmızı Traktör</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254232176</t>
+          <t>9786254234637</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Noktaları Birleştir ve Boya!</t>
+          <t>Babacığının Bir Tanesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>129.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254232206</t>
+          <t>9786254234453</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Noktaları Birleştir ve Boya!</t>
+          <t>Dans Etmeyi Seven Ayı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>129.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254232169</t>
+          <t>9786254234651</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Boyama Kitabı</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>129.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254232282</t>
+          <t>9786254234279</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Köpekçik - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>68</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254232268</t>
+          <t>9786254234255</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Baykuş - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>68</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254232312</t>
+          <t>9786254232404</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yeri Geç Ayı</t>
+          <t>Yavru Kedi ve Köpekler - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254232114</t>
+          <t>9786254232374</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Tuhaflıklar Kıyameti</t>
+          <t>Uyku Zamanı - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254232121</t>
+          <t>9786254231919</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Dipper'ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
+          <t>Mucit Gizmo İcatlar Kongresi’nde</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>399.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254364464</t>
+          <t>9786254231797</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutup Ayısıyla Nasıl Müze Gezersin?</t>
+          <t>İlk Kelimeler / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>228</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254364426</t>
+          <t>9786254231773</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Yakalama Rehberi</t>
+          <t>Banyo Zamanı 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>228</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254362316</t>
+          <t>9786254232152</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Sebzecikler Lanetli Vadi’de</t>
+          <t>Kukuli Kar Yağıyor</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>228</v>
+        <v>68</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254366253</t>
+          <t>9786254232176</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Yaşayan Deniz</t>
+          <t>Kukuli Noktaları Birleştir ve Boya!</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>58</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254366246</t>
+          <t>9786254232206</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Süper Yapışkan Kedi Topu</t>
+          <t>Kukuli Noktaları Birleştir ve Boya!</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>58</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254366239</t>
+          <t>9786254232169</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Sihirli Çiçek</t>
+          <t>Kukuli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>58</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254366260</t>
+          <t>9786254232282</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Boyama Ve Aktivite Kitabı Dev Eğlence</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254367069</t>
+          <t>9786254232268</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Denizanası Yemek Çok İğrenç!</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254362118</t>
+          <t>9786254232312</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Annemi Çok Seviyorum</t>
+          <t>Yeri Geç Ayı</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254367052</t>
+          <t>9786254232114</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Altın Saçlı Kız Ve Üç Ayı</t>
+          <t>Disney - Esrarengiz Kasaba Tuhaflıklar Kıyameti</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254367137</t>
+          <t>9786254232121</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Disney - Esrarengiz Kasaba Dipper'ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254367236</t>
+          <t>9786254364464</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ne Melek Ama!</t>
+          <t>Bir Kutup Ayısıyla Nasıl Müze Gezersin?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254367199</t>
+          <t>9786254364426</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kadife Tavşan</t>
+          <t>Ejderha Yakalama Rehberi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254362125</t>
+          <t>9786254362316</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Yanında Olan Ayı</t>
+          <t>Süper Patates - Sebzecikler Lanetli Vadi’de</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254367151</t>
+          <t>9786254366253</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Bir Gün</t>
+          <t>True Ve Gökkuşağı Krallığı Yaşayan Deniz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>68</v>
+        <v>58</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254362224</t>
+          <t>9786254366246</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Balinalar</t>
+          <t>True Ve Gökkuşağı Krallığı Süper Yapışkan Kedi Topu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>149.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254368264</t>
+          <t>9786254366239</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Evciller Takımı - Havalı Oyun ve Boyama Kitabı</t>
+          <t>True Ve Gökkuşağı Krallığı Sihirli Çiçek</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>49.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254361753</t>
+          <t>9786254366260</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Partiye Katılmasına İzin Verme!</t>
+          <t>True Ve Gökkuşağı Krallığı Boyama Ve Aktivite Kitabı Dev Eğlence</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>119.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254361760</t>
+          <t>9786254367069</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Karalama Yapmasına İzin Verme!</t>
+          <t>Denizanası Yemek Çok İğrenç!</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254361722</t>
+          <t>9786254362118</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Dinozorun Karalama Yapmasına İzin Verme</t>
+          <t>Annemi Çok Seviyorum</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052429679</t>
+          <t>9786254367052</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Robot Dostu</t>
+          <t>Altın Saçlı Kız Ve Üç Ayı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>24.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052429693</t>
+          <t>9786254367137</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Nasreddin Hoca Tarım Yapıyor</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>24.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052426364</t>
+          <t>9786254367236</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Köpek Balıkları</t>
+          <t>Ne Melek Ama!</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>39.9</v>
+        <v>68</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254361197</t>
+          <t>9786254367199</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 3</t>
+          <t>Kadife Tavşan</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254361180</t>
+          <t>9786254362125</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 2</t>
+          <t>Her Zaman Yanında Olan Ayı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254361173</t>
+          <t>9786254367151</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 1</t>
+          <t>Hayvanlarla Bir Gün</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254360527</t>
+          <t>9786254362224</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Kayıp Efsaneler - Yüzleşme!</t>
+          <t>National Geographic Kids - Balinalar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>89.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254361005</t>
+          <t>9786254368264</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Prenses – Lusifer Banyo Yapmalı</t>
+          <t>DC Süper Evciller Takımı - Havalı Oyun ve Boyama Kitabı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>58</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254360879</t>
+          <t>9786254361753</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Pixar Arabalar 3 - Asla Pes Etme</t>
+          <t>Asla Bir Unicorn’un Partiye Katılmasına İzin Verme!</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>58</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254360954</t>
+          <t>9786254361760</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Moana - Cesur Bir Lider</t>
+          <t>Asla Bir Unicorn’un Karalama Yapmasına İzin Verme!</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>58</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254360916</t>
+          <t>9786254361722</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Karlar Ülkesi – Sevginin Gücü</t>
+          <t>Asla Bir Dinozorun Karalama Yapmasına İzin Verme</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>58</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254360909</t>
+          <t>9786052429679</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Bingo Ve Roli’nin Maceraları – Doğum Günü Hediyeleri</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Robot Dostu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>58</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786254360923</t>
+          <t>9786052429693</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Olaf'ın Doğum Günü Tasarla ve Oyna</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Nasreddin Hoca Tarım Yapıyor</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>58</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786254360961</t>
+          <t>9786052426364</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Güzel ve Çirkin</t>
+          <t>National Geographic Kids Köpek Balıkları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>58</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786254360992</t>
+          <t>9786254361197</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Disney Vampirina Sınıf Fotoğrafı Tasarla ve Oyna</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 3</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>58</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786254360886</t>
+          <t>9786254361180</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar - Süper Mater Tasarla ve Oyna</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 2</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>58</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254360763</t>
+          <t>9786254361173</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Sayborg Devreler Yanınca</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 1</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>98</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786254360770</t>
+          <t>9786254360527</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Yıldızateşi Yıldızbombası</t>
+          <t>Disney Esrarengiz Kasaba Kayıp Efsaneler - Yüzleşme!</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>98</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254361043</t>
+          <t>9786254361005</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (Rakuncuk)</t>
+          <t>Disney Tasarla Ve Oyna Prenses – Lusifer Banyo Yapmalı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>59.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786254361036</t>
+          <t>9786254360879</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (Kedicik)</t>
+          <t>Disney Tasarla Ve Oyna Pixar Arabalar 3 - Asla Pes Etme</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>59.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786254361029</t>
+          <t>9786254360954</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (İncekcik)</t>
+          <t>Disney Tasarla Ve Oyna Moana - Cesur Bir Lider</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>59.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786254360695</t>
+          <t>9786254360916</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bugün Nasılsın Kukuli? - Duyguları Öğreniyoruz! (Ciltli)</t>
+          <t>Disney Tasarla Ve Oyna Karlar Ülkesi – Sevginin Gücü</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>89.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053339595</t>
+          <t>9786254360909</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşüm</t>
+          <t>Disney Tasarla Ve Oyna Bingo Ve Roli’nin Maceraları – Doğum Günü Hediyeleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>199.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053339663</t>
+          <t>9786254360923</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sivridiş Ailesi - Spor Bayramı Ara Öğün Saldırısı</t>
+          <t>Disney Karlar Ülkesi Olaf'ın Doğum Günü Tasarla ve Oyna</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>14.9</v>
+        <v>58</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053339656</t>
+          <t>9786254360961</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sivridiş Ailesi - Lunaparkta Korku</t>
+          <t>Disney Prenses Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>14.9</v>
+        <v>58</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053339649</t>
+          <t>9786254360992</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sivridiş Ailesi - Kanlı Çörekler ve Korkuluklar</t>
+          <t>Disney Vampirina Sınıf Fotoğrafı Tasarla ve Oyna</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>14.9</v>
+        <v>58</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053332916</t>
+          <t>9786254360886</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kaplanlar Seviye 2</t>
+          <t>Disney Pixar Arabalar - Süper Mater Tasarla ve Oyna</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>98</v>
+        <v>58</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053332909</t>
+          <t>9786254360763</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gezegenler Seviye 2</t>
+          <t>DC Comics: Teen Titans Go! Sayborg Devreler Yanınca</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>174.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052422519</t>
+          <t>9786254360770</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çam Fıstığı</t>
+          <t>DC Comics: Teen Titans Go! Yıldızateşi Yıldızbombası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>17.9</v>
+        <v>98</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053339700</t>
+          <t>9786254361043</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - Tuhaflıklar Kitabı</t>
+          <t>Etkinlikler Ve Boyamalar (Rakuncuk)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>22.9</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053339694</t>
+          <t>9786254361036</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - Okul Yılları</t>
+          <t>Etkinlikler Ve Boyamalar (Kedicik)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>22.9</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053339717</t>
+          <t>9786254361029</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - Artık Çocuk Değilim!</t>
+          <t>Etkinlikler Ve Boyamalar (İncekcik)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>22.9</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052421963</t>
+          <t>9786254360695</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Evini Arayan Ayıcık</t>
+          <t>Bugün Nasılsın Kukuli? - Duyguları Öğreniyoruz! (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>228</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053335894</t>
+          <t>9786053339595</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Balık Dori - Hakkında Her Şey (Ciltli)</t>
+          <t>Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>138</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053336396</t>
+          <t>9786053339663</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tilki’nin Çorapları (Ciltli)</t>
+          <t>Sivridiş Ailesi - Spor Bayramı Ara Öğün Saldırısı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>549</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053336372</t>
+          <t>9786053339656</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Uykusu (Ciltli)</t>
+          <t>Sivridiş Ailesi - Lunaparkta Korku</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>549</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053336389</t>
+          <t>9786053339649</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Postacı Ayı (Ciltli)</t>
+          <t>Sivridiş Ailesi - Kanlı Çörekler ve Korkuluklar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>549</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052420850</t>
+          <t>9786053332916</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap İğrenç Kokuyor!</t>
+          <t>Kaplanlar Seviye 2</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>47.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053332800</t>
+          <t>9786053332909</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kurbağalar</t>
+          <t>Gezegenler Seviye 2</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>129.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053332961</t>
+          <t>9786052422519</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Koalalar - Dünyamızı Keşfedin</t>
+          <t>Çam Fıstığı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>129.5</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053338932</t>
+          <t>9786053339700</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Maymunlar</t>
+          <t>Kötü Durum Senaryoları - Tuhaflıklar Kitabı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>174.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053332992</t>
+          <t>9786053339694</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ağaçtaki Maymun</t>
+          <t>Kötü Durum Senaryoları - Okul Yılları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>98</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052428207</t>
+          <t>9786053339717</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Telefon Kitabım (Ciltli)</t>
+          <t>Kötü Durum Senaryoları - Artık Çocuk Değilim!</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>69.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052429914</t>
+          <t>9786052421963</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Dipper (Ciltli)</t>
+          <t>Evini Arayan Ayıcık</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>149.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052429907</t>
+          <t>9786053335894</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Mabel (Ciltli)</t>
+          <t>Kayıp Balık Dori - Hakkında Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>149.5</v>
+        <v>138</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052429082</t>
+          <t>9786053336396</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 8</t>
+          <t>Tilki’nin Çorapları (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>49.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052429068</t>
+          <t>9786053336372</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 2</t>
+          <t>Tavşan Uykusu (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>49.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052427804</t>
+          <t>9786053336389</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar - Kontrast Renkler (Ciltli)</t>
+          <t>Postacı Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>199.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052429433</t>
+          <t>9786052420850</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Safiye’nin Maceraları Gezegenlere Yolculuk</t>
+          <t>Bu Kitap İğrenç Kokuyor!</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>49.5</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052429037</t>
+          <t>9786053332800</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 5</t>
+          <t>Kurbağalar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>49.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052429495</t>
+          <t>9786053332961</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Zor Bulmaca - Kukuli Öykü Kitabı</t>
+          <t>Koalalar - Dünyamızı Keşfedin</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>49.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052429532</t>
+          <t>9786053338932</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Pasta Ustası - Kukuli Öykü Kitabı</t>
+          <t>Maymunlar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>49.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9780000526090</t>
+          <t>9786053332992</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Macera Serisi (3 Kitap Takım)</t>
+          <t>Ağaçtaki Maymun</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>948.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052427910</t>
+          <t>9786052428207</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Sözcükleri Keşfediyoum (Ciltli)</t>
+          <t>Renkler - Telefon Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>149.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052427903</t>
+          <t>9786052429914</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Sözcükleri Keşfediyorum (Ciltli)</t>
+          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Dipper (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>149.5</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052429518</t>
+          <t>9786052429907</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Elma Ağacı - Kukuli Öykü Kitabı</t>
+          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Mabel (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>49.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052429365</t>
+          <t>9786052429082</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Disney Doktor Doti Oyuncak Hastanesi - Çizgi Diziden Öyküler</t>
+          <t>Kukuli Aktivite Kitabı - 8</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>99.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052429341</t>
+          <t>9786052429068</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Disney Aslan Koruyucular - Çizgi Diziden Öyküler</t>
+          <t>Kukuli Aktivite Kitabı - 2</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>99.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052429402</t>
+          <t>9786052427804</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Disney Vampirina Doğaüstü - Çizgi Diziden Öyküler</t>
+          <t>Tatlı Rüyalar - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052429372</t>
+          <t>9786052429433</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Disney Muppet Bebekler - Çizgi Diziden Öyküler</t>
+          <t>Safiye’nin Maceraları Gezegenlere Yolculuk</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>99.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052427477</t>
+          <t>9786052429037</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Define Adası Başrolde: Mickey - Disney Çizgi Klasikler</t>
+          <t>Kukuli Aktivite Kitabı - 5</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052427453</t>
+          <t>9786052429495</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma Yolculuğu - Disney Karlar Ülkesi</t>
+          <t>Zor Bulmaca - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052427446</t>
+          <t>9786052429532</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşmak - Disney Karlar Ülkesi</t>
+          <t>Pasta Ustası - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054716074</t>
+          <t>9780000526090</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Maymun</t>
+          <t>Disney Esrarengiz Kasaba Macera Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>149.5</v>
+        <v>948.5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052425244</t>
+          <t>9786052427910</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Medyayı Sorgulayan Çocuklar</t>
+          <t>Taşıtlar - Sözcükleri Keşfediyoum (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>199.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052421604</t>
+          <t>9786052427903</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>13 Numaralı Sınıf'ın Şanssız Piyango Talihlileri</t>
+          <t>Çiftlik - Sözcükleri Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>29.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9780000999856</t>
+          <t>9786052429518</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları ( 4 Kitap Takım)</t>
+          <t>Elma Ağacı - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>91.99</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254239038</t>
+          <t>9786052429365</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Kaplumbağalar</t>
+          <t>Disney Doktor Doti Oyuncak Hastanesi - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254239021</t>
+          <t>9786052429341</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Titanik</t>
+          <t>Disney Aslan Koruyucular - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254239014</t>
+          <t>9786052429402</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Su Aygırları</t>
+          <t>Disney Vampirina Doğaüstü - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254239007</t>
+          <t>9786052429372</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çirkin Hayvanlar</t>
+          <t>Disney Muppet Bebekler - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786254238994</t>
+          <t>9786052427477</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Mercan Resifleri</t>
+          <t>Define Adası Başrolde: Mickey - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>174.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254238963</t>
+          <t>9786052427453</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji - Disney En Güzel Maceralar</t>
+          <t>Kavuşma Yolculuğu - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>399.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254238970</t>
+          <t>9786052427446</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ - Disney En Güzel Maceralar</t>
+          <t>Sınırları Aşmak - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>399.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786254238987</t>
+          <t>9786054716074</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Spor Müsabakaları - Disney En Güzel Maceralar</t>
+          <t>Kaçak Maymun</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>399.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053331889</t>
+          <t>9786052425244</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Disney Ajan Stiç - Galaksideki Tehdit</t>
+          <t>National Geographic Kids - Medyayı Sorgulayan Çocuklar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254238956</t>
+          <t>9786052421604</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Disney Ajan Stiç - Uzaylangoz Dosyası</t>
+          <t>13 Numaralı Sınıf'ın Şanssız Piyango Talihlileri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>349.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254360824</t>
+          <t>9780000999856</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Disney Ajan Stiç - Testerediş Dosyası</t>
+          <t>Kötü Durum Senaryoları (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>349.5</v>
+        <v>91.99</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254231704</t>
+          <t>9786254239038</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sabırlı Nokta - Hoşgörülü Olabilmek Üzerine Bir Hikaye</t>
+          <t>National Geographic Kids - Kaplumbağalar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>139.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9787666000056</t>
+          <t>9786254239021</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygu Noktası Kutu Seti</t>
+          <t>National Geographic Kids - Titanik</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>1075</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9780000526571</t>
+          <t>9786254239014</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okul Öncesi Serisi 6 Kitap</t>
+          <t>National Geographic Kids - Su Aygırları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>1047</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254238871</t>
+          <t>9786254239007</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek 7</t>
+          <t>National Geographic Kids - Çirkin Hayvanlar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>399.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254238864</t>
+          <t>9786254238994</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek 6</t>
+          <t>National Geographic Kids - Mercan Resifleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>399.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254238802</t>
+          <t>9786254238963</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar - Sıkı Dostlar</t>
+          <t>Ekoloji - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254238819</t>
+          <t>9786254238970</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar - Korsanlar</t>
+          <t>Orta Çağ - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786254238840</t>
+          <t>9786254238987</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Köpek Balıkları!</t>
+          <t>Spor Müsabakaları - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>174.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786254238826</t>
+          <t>9786053331889</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Sevimli Hayvanlar</t>
+          <t>Disney Ajan Stiç - Galaksideki Tehdit</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786254238833</t>
+          <t>9786254238956</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Taşlar ve Mineraller</t>
+          <t>Disney Ajan Stiç - Uzaylangoz Dosyası</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786254238796</t>
+          <t>9786254360824</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Araç Etkinlik Kitabı</t>
+          <t>Disney Ajan Stiç - Testerediş Dosyası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>168</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786254360817</t>
+          <t>9786254231704</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Köpekçiklerle Tanış Çıkartmalı Faaliyet Kitabı</t>
+          <t>Küçük Sabırlı Nokta - Hoşgörülü Olabilmek Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>249.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786254238536</t>
+          <t>9787666000056</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Kahramanlar Geliyor Aktivite Kitabı</t>
+          <t>Küçük Duygu Noktası Kutu Seti</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>299.5</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786254238550</t>
+          <t>9780000526571</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Çizim Maceraları</t>
+          <t>National Geographic Kids Okul Öncesi Serisi 6 Kitap</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>399.5</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254235207</t>
+          <t>9786254238871</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Noktaları Birleştirme - Kayıp Balık Dori</t>
+          <t>National Geographic Kids - Garip Ama Gerçek 7</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>59</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786254235191</t>
+          <t>9786254238864</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar Ve Sayma - Bingo Ve Roli’nin Maceraları</t>
+          <t>National Geographic Kids - Garip Ama Gerçek 6</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>59</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786254235184</t>
+          <t>9786254238802</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Noktalar - Prenses Elena</t>
+          <t>Disney En Güzel Maceralar - Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>59</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786254235177</t>
+          <t>9786254238819</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Toplama Ve Çıkarma - Pixar</t>
+          <t>Disney En Güzel Maceralar - Korsanlar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>59</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254235160</t>
+          <t>9786254238840</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Mantık Bulmacaları - Karlar Ülkesi</t>
+          <t>National Geographic Kids - Köpek Balıkları!</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>59</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254235153</t>
+          <t>9786254238826</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar - Mickey</t>
+          <t>National Geographic Kids - Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>59</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254360718</t>
+          <t>9786254238833</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba 2022 Dipper ve Mabel ile Bir Yıl - Gizemli Ajanda</t>
+          <t>National Geographic Kids - Taşlar ve Mineraller</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>119.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053339267</t>
+          <t>9786254238796</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İlk Dinozor Kitabım</t>
+          <t>PAW Patrol - Araç Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>649.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052428894</t>
+          <t>9786254360817</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çok Havalı Köpek Balığı - National Geographic Kids</t>
+          <t>PAW Patrol - Köpekçiklerle Tanış Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>169.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786254232138</t>
+          <t>9786254238536</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Arkandan Ağlar</t>
+          <t>PAW Patrol - Kahramanlar Geliyor Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254232190</t>
+          <t>9786254238550</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Paylaşmak Güzel</t>
+          <t>PAW Patrol - Çizim Maceraları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052421192</t>
+          <t>9786254235207</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yanardağlar (Seviye 2)</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Noktaları Birleştirme - Kayıp Balık Dori</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>174.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052421451</t>
+          <t>9786254235191</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bizim Dünyamız</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar Ve Sayma - Bingo Ve Roli’nin Maceraları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>349.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052425183</t>
+          <t>9786254235184</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Noktalar - Prenses Elena</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>279.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254238383</t>
+          <t>9786254235177</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Yavru Köpekçiklerle Köpteşem Maceralar Boyama Kitabı</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Toplama Ve Çıkarma - Pixar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>109.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052429174</t>
+          <t>9786254235160</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Havrika Renk Şöleni Boyama Kitabı</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Mantık Bulmacaları - Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>109.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254238390</t>
+          <t>9786254235153</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Macera Kaşifleri Renkli Keşifler Boyama Kitabı</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar - Mickey</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>109.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786254238406</t>
+          <t>9786254360718</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Hav Hav Kurtarma Görevi Boyama Kitabı</t>
+          <t>Disney - Esrarengiz Kasaba 2022 Dipper ve Mabel ile Bir Yıl - Gizemli Ajanda</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>109.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786254238420</t>
+          <t>9780000999894</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Brokoli Dansı</t>
+          <t>Haydi Boya - Çiz Seti 2 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>278</v>
+        <v>339</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254238413</t>
+          <t>9786053339267</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Nasıl Kahraman Olunur?</t>
+          <t>İlk Dinozor Kitabım</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>278</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786254238369</t>
+          <t>9786052428894</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Süper Sebze ve Meyveler</t>
+          <t>Çok Havalı Köpek Balığı - National Geographic Kids</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>278</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254238352</t>
+          <t>9786254232138</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kitaplar Çöptür</t>
+          <t>Kukuli Arkandan Ağlar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>278</v>
+        <v>68</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254238345</t>
+          <t>9786254232190</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Karnaval</t>
+          <t>Kukuli Paylaşmak Güzel</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>278</v>
+        <v>68</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786254238338</t>
+          <t>9786052421192</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kaçak Bezelye Krallığı</t>
+          <t>Yanardağlar (Seviye 2)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>278</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254238321</t>
+          <t>9786052421451</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Define Avı</t>
+          <t>Bizim Dünyamız</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>278</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254238314</t>
+          <t>9786052425183</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Gizemli Bir Gece</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>278</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254238307</t>
+          <t>9786254238383</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süper Köpüklü Bir Macera</t>
+          <t>Paw Patrol Yavru Köpekçiklerle Köpteşem Maceralar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>278</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254238291</t>
+          <t>9786052429174</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates</t>
+          <t>Paw Patrol Havrika Renk Şöleni Boyama Kitabı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>278</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052429167</t>
+          <t>9786254238390</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Spor Zamanı</t>
+          <t>Paw Patrol Macera Kaşifleri Renkli Keşifler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>278</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786254238239</t>
+          <t>9786254238406</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>DK Dokun Hisset Serisi - Evcil Hayvanlar (Ciltli)</t>
+          <t>Paw Patrol Hav Hav Kurtarma Görevi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>349.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254238222</t>
+          <t>9786254238420</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun Hisset Serisi - İlk Sözcükler (Ciltli)</t>
+          <t>Süper Patates - Brokoli Dansı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>349.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786254238215</t>
+          <t>9786254238413</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun Hisset Serisi - Sayılar (Ciltli)</t>
+          <t>Süper Patates - Nasıl Kahraman Olunur?</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>349.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052428948</t>
+          <t>9786254238369</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Köpekler (Ciltli)</t>
+          <t>Süper Patates - Süpermarkette Süper Sebze ve Meyveler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>349.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254238277</t>
+          <t>9786254238352</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Kediler (Ciltli)</t>
+          <t>Süper Patates - Kitaplar Çöptür</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>349.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786254238260</t>
+          <t>9786254238345</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Yemek Zamanı (Ciltli)</t>
+          <t>Süper Patates - Süpermarkette Karnaval</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>349.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254238253</t>
+          <t>9786254238338</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Taşıtlar (Ciltli)</t>
+          <t>Süper Patates - Kaçak Bezelye Krallığı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>349.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254238246</t>
+          <t>9786254238321</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Renkler ve Şekiller (Ciltli)</t>
+          <t>Süper Patates - Define Avı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>349.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254238543</t>
+          <t>9786254238314</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Havrika Ekip Boyama Kitabı</t>
+          <t>Süper Patates - Gizemli Bir Gece</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>159.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786254238529</t>
+          <t>9786254238307</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Benim Büyük Boyama Kitabım</t>
+          <t>Süper Patates - Süper Köpüklü Bir Macera</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>168</v>
+        <v>278</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254238512</t>
+          <t>9786254238291</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Tuhaflıklar Kıyameti (Ciltli)</t>
+          <t>Süper Patates</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>479.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254238628</t>
+          <t>9786052429167</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Zürafalar</t>
+          <t>Süper Patates - Süpermarkette Spor Zamanı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>174.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254238611</t>
+          <t>9786254238239</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Yağmur Ormanları</t>
+          <t>DK Dokun Hisset Serisi - Evcil Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254238604</t>
+          <t>9786254238222</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Tarih Öncesi Deniz Canavarları</t>
+          <t>DK Bebek Dokun Hisset Serisi - İlk Sözcükler (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254238574</t>
+          <t>9786254238215</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Hav!</t>
+          <t>DK Bebek Dokun Hisset Serisi - Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254238598</t>
+          <t>9786052428948</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kemirgenler</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Köpekler (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786254238581</t>
+          <t>9786254238277</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yılan, Tıss!</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Kediler (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254238567</t>
+          <t>9786254238260</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Dinozorlar Hakkında 1000 Gerçek</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Yemek Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254238505</t>
+          <t>9786254238253</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Dipper’ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254233951</t>
+          <t>9786254238246</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Küçük Can Sıkıntısı Noktası</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Renkler ve Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>139.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254233944</t>
+          <t>9786254238543</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Küçük Huzurlu Nokta</t>
+          <t>Paw Patrol Havrika Ekip Boyama Kitabı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>139.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254233937</t>
+          <t>9786254238529</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Küçük Esnek Düşünebilen Nokta</t>
+          <t>Paw Patrol Benim Büyük Boyama Kitabım</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>139.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786254233999</t>
+          <t>9786254238512</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Küçük Endişe Noktası</t>
+          <t>Disney Esrarengiz Kasaba - Tuhaflıklar Kıyameti (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>139.5</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254233975</t>
+          <t>9786254238628</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Küçük Empati Noktası</t>
+          <t>National Geographic Kids/ Zürafalar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>139.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786254233968</t>
+          <t>9786254238611</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çileden Çıkmış Nokta</t>
+          <t>National Geographic Kids/ Yağmur Ormanları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>139.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786254236532</t>
+          <t>9786254238604</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Vahşi Orman Çıkartmalı Faaliyet Kitabı</t>
+          <t>National Geographic Kids/ Tarih Öncesi Deniz Canavarları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>399.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786254236525</t>
+          <t>9786254238574</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Börtü Böcek Çıkartmalı Faaliyet Kitabı</t>
+          <t>Hav!</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>399.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786254236518</t>
+          <t>9786254238598</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Yavru Hayvanlar Çıkartmalı Faaliyet Kitabı</t>
+          <t>Kemirgenler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>399.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9780000725295</t>
+          <t>9786254238581</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Olağanüstü Hayvanlar Seti 5 Kitap</t>
+          <t>Yılan, Tıss!</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>490</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254232381</t>
+          <t>9786254238567</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>National Geographic Kids/ Dinozorlar Hakkında 1000 Gerçek</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254233258</t>
+          <t>9786254238505</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>DC Super Friends - Süper Boyama Kitabı</t>
+          <t>Disney Esrarengiz Kasaba - Dipper’ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>49.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254233234</t>
+          <t>9786254233951</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>DC Friends Kahramanlarla Boya - Süper Havalı Boyama Kitabı</t>
+          <t>Küçük Can Sıkıntısı Noktası</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>49.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9780000525581</t>
+          <t>9786254233944</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 Kitap)</t>
+          <t>Küçük Huzurlu Nokta</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>997.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254231766</t>
+          <t>9786254233937</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>Küçük Esnek Düşünebilen Nokta</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>249.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254232237</t>
+          <t>9786254233999</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Küçük Endişe Noktası</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>68</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9787870000019</t>
+          <t>9786254233975</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Barlas Serisi 8 Kitap Set</t>
+          <t>Küçük Empati Noktası</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1264</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052428825</t>
+          <t>9786254233968</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar - Buz Yarışı</t>
+          <t>Küçük Çileden Çıkmış Nokta</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>19.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052428832</t>
+          <t>9786254236532</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Gizemli Nehir</t>
+          <t>National Geographic Kids Vahşi Orman Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>19.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052426258</t>
+          <t>9786254236525</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Gezegenler Kitabı</t>
+          <t>National Geographic Kids Börtü Böcek Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>19.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052426296</t>
+          <t>9786254236518</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
+          <t>National Geographic Kids Yavru Hayvanlar Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>19.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254362729</t>
+          <t>9780000725295</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Uzay Kitabım</t>
+          <t>National Geographic Kids Olağanüstü Hayvanlar Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>24.5</v>
+        <v>490</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052426289</t>
+          <t>9786254232381</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Böcekler Kitabım</t>
+          <t>Hayvanlar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>19.9</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052429860</t>
+          <t>9786254233258</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Küresel Isınma</t>
+          <t>DC Super Friends - Süper Boyama Kitabı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>19.9</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052429853</t>
+          <t>9786254233234</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Geri Dönüşüm</t>
+          <t>DC Friends Kahramanlarla Boya - Süper Havalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>24.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254360435</t>
+          <t>9780000525581</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Nikola Tesla</t>
+          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>39.9</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254362026</t>
+          <t>9786254231766</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı! Dinozorlar</t>
+          <t>Evcil Hayvanlar / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>39.9</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052426272</t>
+          <t>9786254232237</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>National Geographic İlk Dinozor Kitabım</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>24.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052426265</t>
+          <t>9787870000019</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>National Geographic İlk Hayvanlar Kitabım</t>
+          <t>Barlas Serisi 8 Kitap Set</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>19.9</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254362002</t>
+          <t>9786052428825</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı Penguenler!</t>
+          <t>Disney Pixar Arabalar - Buz Yarışı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>39.9</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052426333</t>
+          <t>9786052428832</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı Pandalar!</t>
+          <t>Disney Karlar Ülkesi 2 - Gizemli Nehir</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>19.9</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052426241</t>
+          <t>9786052426258</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>NG Keşfedin Nasıl Çalışıyor</t>
+          <t>National Geographic Kids - Gezegenler Kitabı</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>19.9</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254232015</t>
+          <t>9786052426296</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Disney Kırmızı - Çizgi Roman</t>
+          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>119.5</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254366277</t>
+          <t>9786254362729</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Doğum Günü Partisi</t>
+          <t>National Geographic Kids - İlk Uzay Kitabım</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>58</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254362149</t>
+          <t>9786052426289</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Dinozor</t>
+          <t>National Geographic Kids - İlk Böcekler Kitabım</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>68</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254367113</t>
+          <t>9786052429860</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Dedem</t>
+          <t>National Geographic Kids - Küresel Isınma</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>68</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254362132</t>
+          <t>9786052429853</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sonra Görüşürüz Dostum</t>
+          <t>National Geographic Kids - Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>68</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254367205</t>
+          <t>9786254360435</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Karışık Saç Perisi</t>
+          <t>National Geographic Kids - Nikola Tesla</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>68</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254367168</t>
+          <t>9786254362026</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Yiyen Çocuk</t>
+          <t>National Geographic Kids - Çok Havalı! Dinozorlar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>34.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254367083</t>
+          <t>9786052426272</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Havuç Çorbası - Bir Tavşan Hikayesi</t>
+          <t>National Geographic İlk Dinozor Kitabım</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>68</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254367076</t>
+          <t>9786052426265</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Gölgem</t>
+          <t>National Geographic İlk Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>68</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9780000441270</t>
+          <t>9786254362002</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Seviye 3 Seti (14 Kitap)</t>
+          <t>National Geographic Kids - Çok Tatlı Penguenler!</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>1064</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254362071</t>
+          <t>9786052426333</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Superman: Yarının Adamı</t>
+          <t>National Geographic Kids - Çok Tatlı Pandalar!</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>54.9</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254362033</t>
+          <t>9786052426241</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Batman Gotham City’nin Muhafızı</t>
+          <t>NG Keşfedin Nasıl Çalışıyor</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>54.9</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052429709</t>
+          <t>9786254232015</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Oyun Bitti</t>
+          <t>Disney Kırmızı - Çizgi Roman</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>24.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052429716</t>
+          <t>9786254366277</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - İz Peşinde</t>
+          <t>True Ve Gökkuşağı Krallığı Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>24.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052429686</t>
+          <t>9786254362149</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Alışveriş Merkezinde</t>
+          <t>Bir Küçük Dinozor</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>24.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254361593</t>
+          <t>9786254367113</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Patron Mabel</t>
+          <t>Arkadaşım Dedem</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>139.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254361562</t>
+          <t>9786254362132</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Mabel’ın Hayranı</t>
+          <t>Sonra Görüşürüz Dostum</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>139.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254361586</t>
+          <t>9786254367205</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Küçük Dipper</t>
+          <t>Karışık Saç Perisi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>139.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254361555</t>
+          <t>9786254367168</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Disney- Esrarengiz Kasaba Çizgi Diziden Öyküler Kafa Avcıları</t>
+          <t>Her Şeyi Yiyen Çocuk</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>139.5</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254361579</t>
+          <t>9786254367083</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Gizli Şeyler Hazinesi</t>
+          <t>Havuç Çorbası - Bir Tavşan Hikayesi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>139.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786050529777</t>
+          <t>9786254367076</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitaplarım Seti - Marvel Super Hero Adventures (6 Kitap Takım)</t>
+          <t>Gölgem</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>55</v>
+        <v>68</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052529027</t>
+          <t>9780000441270</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Marvel Süper Kahramanlar Koleksiyonu Seti - 12 Kitap Takım</t>
+          <t>National Geographic Kids Seviye 3 Seti (14 Kitap)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>179.4</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254360633</t>
+          <t>9786254362071</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı! Köpek Balıkları</t>
+          <t>DC Comics - Superman: Yarının Adamı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>39.9</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052428481</t>
+          <t>9786254362033</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Mega Boyama Çantası</t>
+          <t>DC Comics - Batman Gotham City’nin Muhafızı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>49.5</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052426395</t>
+          <t>9786052429709</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kutup Ayıları</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Oyun Bitti</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>39.9</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052426388</t>
+          <t>9786052429716</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kaplanlar</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - İz Peşinde</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>39.9</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052422625</t>
+          <t>9786052429686</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Secret Wars – Avengers Dağıldı</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Alışveriş Merkezinde</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>14.9</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052422649</t>
+          <t>9786254361593</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ve Çılgın Yarışçılar – Büyük Yarış</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Patron Mabel</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>14.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9787776566510</t>
+          <t>9786254361562</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Eğlence Seti (5 Kitap)</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Mabel’ın Hayranı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>1497.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254580215</t>
+          <t>9786254361586</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans GO! Macera Seti (6 Kitap) (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Küçük Dipper</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>537</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052567173</t>
+          <t>9786254361555</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kasaba Ekonomik Çizgi Roman Seti (7 Kitap)</t>
+          <t>Disney- Esrarengiz Kasaba Çizgi Diziden Öyküler Kafa Avcıları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>476</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052512142</t>
+          <t>9786254361579</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket Seti 4 Kitap Takım</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Gizli Şeyler Hazinesi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>318</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052567043</t>
+          <t>9786050529777</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Öykü Seti - 6 Kitap Takım</t>
+          <t>İlk Boyama Kitaplarım Seti - Marvel Super Hero Adventures (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>297</v>
+        <v>55</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254361531</t>
+          <t>9786052529027</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Hayal Kanunsuzu</t>
+          <t>Marvel Süper Kahramanlar Koleksiyonu Seti - 12 Kitap Takım</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>139.5</v>
+        <v>179.4</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254361524</t>
+          <t>9786254360633</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Tarih Öncesi Yaratık</t>
+          <t>National Geographic Kids - Çok Havalı! Köpek Balıkları</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>139.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052420324</t>
+          <t>9786052428481</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kamyonlar - Seviye 1</t>
+          <t>Disney Prenses Mega Boyama Çantası</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>29.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9787666000018</t>
+          <t>9786052426395</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Koleksiyon Sandığı ve Poster</t>
+          <t>National Geographic Kids Kutup Ayıları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>416.4</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052428474</t>
+          <t>9786052426388</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Spiderman Mega Boyama Çantası</t>
+          <t>National Geographic Kids Kaplanlar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>49.99</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052428498</t>
+          <t>9786052422625</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kukuli - Mega Boyama Çantası</t>
+          <t>Marvel Avengers Secret Wars – Avengers Dağıldı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>68</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254360725</t>
+          <t>9786052422649</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Büyümek Kolay Değil!</t>
+          <t>Disney Mickey ve Çılgın Yarışçılar – Büyük Yarış</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>98</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254360732</t>
+          <t>9787776566510</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Canavar Çocuk Kankam Benim!</t>
+          <t>Disney Esrarengiz Kasaba Eğlence Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>98</v>
+        <v>1497.5</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254360749</t>
+          <t>9786254580215</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Harikasın Kuzgun!</t>
+          <t>DC Comics: Teen Titans GO! Macera Seti (6 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>98</v>
+        <v>537</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254360756</t>
+          <t>9786052567173</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Oyun Zamanı!</t>
+          <t>Esrarengiz Kasaba Ekonomik Çizgi Roman Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>98</v>
+        <v>476</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254361012</t>
+          <t>9786052512142</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (Ayıcık)</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket Seti 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>59.5</v>
+        <v>318</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052421666</t>
+          <t>9786052567043</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Guinness World Records 2019 (Ciltli)</t>
+          <t>Kukuli Öykü Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>89.5</v>
+        <v>297</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052421673</t>
+          <t>9786254361531</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Guinness World Records Gamer's Edition 2019</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Hayal Kanunsuzu</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>49.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9780000503930</t>
+          <t>9786254361524</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Dünya Rekorlar Kitapları (2 Kitap Takım)</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Tarih Öncesi Yaratık</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>139</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052420508</t>
+          <t>9786052420324</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Zürafalar Dans Edemez (15. Yıl Özel Baskısı)</t>
+          <t>Kamyonlar - Seviye 1</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>78</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052420522</t>
+          <t>9787666000018</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ayını Asla Okula Götürme</t>
+          <t>Disney Esrarengiz Kasaba - Koleksiyon Sandığı ve Poster</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>84.9</v>
+        <v>416.4</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052420584</t>
+          <t>9786052428474</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Muzlar?</t>
+          <t>Spiderman Mega Boyama Çantası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>35</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786054716722</t>
+          <t>9786052428498</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Leoparlar (Ciltli)</t>
+          <t>Kukuli - Mega Boyama Çantası</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>25</v>
+        <v>68</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786054716715</t>
+          <t>9786254360725</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşlar (Ciltli)</t>
+          <t>DC Comics: Teen Titans Go! Büyümek Kolay Değil!</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>25</v>
+        <v>98</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786054716708</t>
+          <t>9786254360732</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Cesur Köpek (Ciltli)</t>
+          <t>DC Comics: Teen Titans Go! Canavar Çocuk Kankam Benim!</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>22.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786054716920</t>
+          <t>9786254360749</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Balina (Ciltli)</t>
+          <t>DC Comics: Teen Titans Go! Harikasın Kuzgun!</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>25</v>
+        <v>98</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9781426316845</t>
+          <t>9786254360756</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Funny Fill-In: My Medieval Adventure</t>
+          <t>DC Comics: Teen Titans Go! Oyun Zamanı!</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>16.67</v>
+        <v>98</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052421802</t>
+          <t>9786254361012</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spiderman Çizim Kitabı</t>
+          <t>Etkinlikler Ve Boyamalar (Ayıcık)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>34.9</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053339021</t>
+          <t>9786052421666</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Prensesler Uslu Durmaz</t>
+          <t>Guinness World Records 2019 (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>35</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053339090</t>
+          <t>9786052421673</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Venom’la Mücadele!</t>
+          <t>Guinness World Records Gamer's Edition 2019</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>9.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053339106</t>
+          <t>9780000503930</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Taskmaster’la Mücadele!</t>
+          <t>Dünya Rekorlar Kitapları (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>9.5</v>
+        <v>139</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053339083</t>
+          <t>9786052420508</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Iron Spider’ın Uçuşu!</t>
+          <t>Zürafalar Dans Edemez (15. Yıl Özel Baskısı)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>9.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053339076</t>
+          <t>9786052420522</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Doom’la Mücadele!</t>
+          <t>Ayını Asla Okula Götürme</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>9.5</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053339236</t>
+          <t>9786052420584</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man Çıkartma Sahneleri</t>
+          <t>Nerede Bu Muzlar?</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>12.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053339069</t>
+          <t>9786054716722</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Büyük Sorumluluk!</t>
+          <t>Şanslı Leoparlar (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>9.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053339052</t>
+          <t>9786054716715</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Büyük Güç!</t>
+          <t>En İyi Arkadaşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>9.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053338819</t>
+          <t>9786054716708</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Marvel Guardians Of The Galaxy Vol 2 - Filmin Hikayesi</t>
+          <t>Cesur Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>14.9</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053338833</t>
+          <t>9786054716920</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Marvel Guardians Of The Galaxy Vol 2</t>
+          <t>Arkadaşım Balina (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>12.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053337836</t>
+          <t>9781426316845</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Star Wars (Ciltli)</t>
+          <t>Funny Fill-In: My Medieval Adventure</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>39.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053336686</t>
+          <t>9786052421802</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: Oku ve Boya</t>
+          <t>Marvel Spiderman Çizim Kitabı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>45</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053336693</t>
+          <t>9786053339021</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Oku ve Boya</t>
+          <t>Prensesler Uslu Durmaz</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9781426310782</t>
+          <t>9786053339090</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Tiger in Trouble!</t>
+          <t>Marvel - Ultimate Spider-Man Venom’la Mücadele!</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>16.67</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9781426314575</t>
+          <t>9786053339106</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Lucky Leopards!</t>
+          <t>Marvel - Ultimate Spider-Man Taskmaster’la Mücadele!</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>16.67</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9781426313967</t>
+          <t>9786053339083</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Courageous Canine!</t>
+          <t>Marvel - Ultimate Spider-Man Iron Spider’ın Uçuşu!</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>16.67</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9781426315206</t>
+          <t>9786053339076</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>The Whale Who Won Hearts!</t>
+          <t>Marvel - Ultimate Spider-Man Doom’la Mücadele!</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>16.67</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053339311</t>
+          <t>9786053339236</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider Man : Poster Boyama Kitabım</t>
+          <t>Marvel Ultimate Spider-Man Çıkartma Sahneleri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>39.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053339328</t>
+          <t>9786053339069</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider Man</t>
+          <t>Marvel - Ultimate Spider-Man Büyük Sorumluluk!</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>27.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053339335</t>
+          <t>9786053339052</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Iron Man</t>
+          <t>Marvel - Ultimate Spider-Man Büyük Güç!</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>27.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053339144</t>
+          <t>9786053338819</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk - Eve Dönüş Yolculuğu</t>
+          <t>Marvel Guardians Of The Galaxy Vol 2 - Filmin Hikayesi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>89.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053339137</t>
+          <t>9786053338833</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk</t>
+          <t>Marvel Guardians Of The Galaxy Vol 2</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>89.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052421239</t>
+          <t>9786053337836</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Don Sever</t>
+          <t>Yeni Başlayanlar İçin Star Wars (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>84.9</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052420652</t>
+          <t>9786053336686</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Hektor ile Sinek Kuşu</t>
+          <t>Marvel Avengers Assemble: Oku ve Boya</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>139.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052421697</t>
+          <t>9786053336693</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Rekorları</t>
+          <t>Marvel Ultimate Spider-Man: Oku ve Boya</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>37.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053338628</t>
+          <t>9781426310782</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İlk Nasıllar Kitabım (Ciltli)</t>
+          <t>Tiger in Trouble!</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>68</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053334668</t>
+          <t>9781426314575</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Dinozor Aktivite Kutusu (4 Kitap Takım) (Ciltli)</t>
+          <t>Lucky Leopards!</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>32.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053333104</t>
+          <t>9781426313967</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanları Kurtarmak Seviye 2</t>
+          <t>Courageous Canine!</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>45</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053339403</t>
+          <t>9781426315206</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Uzay Denen Karanlık</t>
+          <t>The Whale Who Won Hearts!</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>42.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053338802</t>
+          <t>9786053339311</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Guinness Dünya Rekorlar Kitabı (Türkçe) 2018 (Ciltli)</t>
+          <t>Marvel Ultimate Spider Man : Poster Boyama Kitabım</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>60.19</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053339182</t>
+          <t>9786053339328</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Guinness World Records Gamer’s Edition</t>
+          <t>Marvel - Ultimate Spider Man</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>36.57</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053338772</t>
+          <t>9786053339335</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Marvel - İyi Geceler, Groot</t>
+          <t>Marvel - Iron Man</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>19.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052421420</t>
+          <t>9786053339144</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tom’un Olağanüstü Makineleri</t>
+          <t>Tombul Tavuk - Eve Dönüş Yolculuğu</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>42.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052421079</t>
+          <t>9786053339137</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fare ile Kırmızı Duvar</t>
+          <t>Tombul Tavuk</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>84.9</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052420478</t>
+          <t>9786052421239</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Keşfedin - Bal Arısı</t>
+          <t>Canavarlar Don Sever</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>59.5</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053336365</t>
+          <t>9786052420652</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man 1000 Çıkartma</t>
+          <t>Hektor ile Sinek Kuşu</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>25.46</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053338826</t>
+          <t>9786052421697</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Marvel -  Guardians of the Galaxy Vol: 2 Çapulcular’ın İntikamı</t>
+          <t>Dinozor Rekorları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>9.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053336266</t>
+          <t>9786053338628</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Marvel The Amazing Spider-Man: Dövmeli Aktivite Kitabı</t>
+          <t>İlk Nasıllar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>29.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053336495</t>
+          <t>9786053334668</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Marvel Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
+          <t>Muhteşem Dinozor Aktivite Kutusu (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>350</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053336013</t>
+          <t>9786053333104</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Guinness Dünya Rekorlar Kitabı 2017 (Ciltli)</t>
+          <t>Yavru Hayvanları Kurtarmak Seviye 2</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>53.7</v>
+        <v>45</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053335948</t>
+          <t>9786053339403</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Berk'in Binicileri</t>
+          <t>Uzay Denen Karanlık</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>28</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053335009</t>
+          <t>9786053338802</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Disney - Karlar Ülkesi (Ciltli)</t>
+          <t>Guinness Dünya Rekorlar Kitabı (Türkçe) 2018 (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>39.5</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053335627</t>
+          <t>9786053339182</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Kung Fu Panda 3 (Çıkartmalı Eğlence Kitabım)</t>
+          <t>Guinness World Records Gamer’s Edition</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>29.5</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053335634</t>
+          <t>9786053338772</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kung Fu Panda 3 - (3000 Muhteşem Çıkartma)</t>
+          <t>Marvel - İyi Geceler, Groot</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>35</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053334002</t>
+          <t>9786052421420</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi: Elsa'nın Hediyesi (Ciltli)</t>
+          <t>Tom’un Olağanüstü Makineleri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>34.72</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053336150</t>
+          <t>9786052421079</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Dreamworks Dragons: Riders Of Berk (Ciltli)</t>
+          <t>Küçük Fare ile Kırmızı Duvar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>49.5</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053336174</t>
+          <t>9786052420478</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds Space - Uzaya Doğru Öfkeli Bir Uçuş</t>
+          <t>Dünyamızı Keşfedin - Bal Arısı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>20.83</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052421642</t>
+          <t>9786053336365</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek - İnsan Vücudu</t>
+          <t>Marvel Spider-Man 1000 Çıkartma</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>399.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052420591</t>
+          <t>9786053338826</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Umut - Star Wars</t>
+          <t>Marvel -  Guardians of the Galaxy Vol: 2 Çapulcular’ın İntikamı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>19.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052420614</t>
+          <t>9786053336266</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Jedi’ın Dönüşü - Star Wars</t>
+          <t>Marvel The Amazing Spider-Man: Dövmeli Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>19.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052420607</t>
+          <t>9786053336495</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İmparator’un Dönüşü - Star Wars</t>
+          <t>Marvel Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>19.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053337928</t>
+          <t>9786053336013</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Marvel Süper Kahramanın Çizim Kitabı</t>
+          <t>Guinness Dünya Rekorlar Kitabı 2017 (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>34.9</v>
+        <v>53.7</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053337034</t>
+          <t>9786053335948</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Disney Moana: Hakkında Her Şey (Ciltli)</t>
+          <t>DreamWorks Dragons - Berk'in Binicileri</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>138</v>
+        <v>28</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053335900</t>
+          <t>9786053335009</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Güç Uyanıyor: Görsel Ansiklopedi (Ciltli)</t>
+          <t>Disney - Karlar Ülkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>62.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052421529</t>
+          <t>9786053335627</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Sonsuzluk Savaşı - 100 Çıkartma</t>
+          <t>DreamWorks - Kung Fu Panda 3 (Çıkartmalı Eğlence Kitabım)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>15</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052421352</t>
+          <t>9786053335634</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Kung Fu Panda 3 - (3000 Muhteşem Çıkartma)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052421345</t>
+          <t>9786053334002</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed</t>
+          <t>Disney Karlar Ülkesi: Elsa'nın Hediyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>29.5</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052421512</t>
+          <t>9786053336150</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Sonsuzluk Savaşı - Boyama Kitabı</t>
+          <t>Dreamworks Dragons: Riders Of Berk (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>12.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053339229</t>
+          <t>9786053336174</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Sayılar ve Sayma Alıştırmaları</t>
+          <t>Angry Birds Space - Uzaya Doğru Öfkeli Bir Uçuş</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>15</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053339212</t>
+          <t>9786052421642</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Matematik Alıştırmaları</t>
+          <t>Garip Ama Gerçek - İnsan Vücudu</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>15</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053339205</t>
+          <t>9786052420591</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble - Çarpım Tablosu Alıştırmaları</t>
+          <t>Yeni Bir Umut - Star Wars</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>15</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053334040</t>
+          <t>9786052420614</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Disney Happy Tin: Prenses</t>
+          <t>Jedi’ın Dönüşü - Star Wars</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>49.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786053334026</t>
+          <t>9786052420607</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Disney Happy Tin: Karlar Ülkesi Kutlama</t>
+          <t>İmparator’un Dönüşü - Star Wars</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>45.83</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053334774</t>
+          <t>9786053337928</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Ejderhalar Uçuşta (Poster Kitap) (Ciltli)</t>
+          <t>Marvel Süper Kahramanın Çizim Kitabı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>37.5</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053334705</t>
+          <t>9786053337034</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Süper Bulmaca</t>
+          <t>Disney Moana: Hakkında Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>29.5</v>
+        <v>138</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053339397</t>
+          <t>9786053335900</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Marvel İron Man Düello</t>
+          <t>Star Wars Güç Uyanıyor: Görsel Ansiklopedi (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>35</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053337454</t>
+          <t>9786052421529</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Timsah</t>
+          <t>Marvel Avengers Sonsuzluk Savaşı - 100 Çıkartma</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>19.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053337447</t>
+          <t>9786052421352</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözü İnek</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053337430</t>
+          <t>9786052421345</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Fil</t>
+          <t>Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>48</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053337423</t>
+          <t>9786052421512</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Balık</t>
+          <t>Marvel Avengers Sonsuzluk Savaşı - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>48</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053338222</t>
+          <t>9786053339229</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Marvel Iron Man: Başlangıç</t>
+          <t>Marvel Spider-Man Sayılar ve Sayma Alıştırmaları</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053338215</t>
+          <t>9786053339212</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Marvel Captain America: Başlangıç</t>
+          <t>Marvel Spider-Man Matematik Alıştırmaları</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053336341</t>
+          <t>9786053339205</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Sen de Ferrari Kullan: Yol Macerası</t>
+          <t>Marvel Avengers Assemble - Çarpım Tablosu Alıştırmaları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>34.9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053336334</t>
+          <t>9786053334040</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Çıkartma Kitabı: Spor Arabalar</t>
+          <t>Disney Happy Tin: Prenses</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>27.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053336327</t>
+          <t>9786053334026</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Boyama Kitabı: Fabrika Ziyareti</t>
+          <t>Disney Happy Tin: Karlar Ülkesi Kutlama</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>24.9</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786053336303</t>
+          <t>9786053334774</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Aktivite Kitabı: Fabrika Ziyareti</t>
+          <t>DreamWorks Dragons - Ejderhalar Uçuşta (Poster Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>24.9</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053336310</t>
+          <t>9786053334705</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Boyama Kitabı: Yarış Zamanı</t>
+          <t>DreamWorks Dragons - Süper Bulmaca</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>24.9</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053336297</t>
+          <t>9786053339397</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Aktivite Kitabı: Yarış Zamanı</t>
+          <t>Marvel İron Man Düello</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>24.9</v>
+        <v>35</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053338239</t>
+          <t>9786053337454</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man: Başlangıç</t>
+          <t>Pörtlek Gözlü Timsah</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>12.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053338673</t>
+          <t>9786053337447</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Mars - Kızıl Gezegen</t>
+          <t>Pörtlek Gözü İnek</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>17.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053335016</t>
+          <t>9786053337430</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi</t>
+          <t>Pörtlek Gözlü Fil</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053336563</t>
+          <t>9786053337423</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Yapıştır - Oyna</t>
+          <t>Pörtlek Gözlü Balık</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>18.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053336556</t>
+          <t>9786053338222</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Yapıştır - Boya</t>
+          <t>Marvel Iron Man: Başlangıç</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>12.5</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053336617</t>
+          <t>9786053338215</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Marvel Captain America: Civil War</t>
+          <t>Marvel Captain America: Başlangıç</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053336594</t>
+          <t>9786053336341</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Yapıştır - Boya</t>
+          <t>Sen de Ferrari Kullan: Yol Macerası</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>12.5</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053336587</t>
+          <t>9786053336334</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: Çıkartma Sahneleri</t>
+          <t>Ferrari Çıkartma Kitabı: Spor Arabalar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>12.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053336648</t>
+          <t>9786053336327</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Age Of Ultron: Filmin Kitabı</t>
+          <t>Ferrari Boyama Kitabı: Fabrika Ziyareti</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>14.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053338116</t>
+          <t>9786053336303</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Renklendir ve Oyna</t>
+          <t>Ferrari Aktivite Kitabı: Fabrika Ziyareti</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>12.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053338147</t>
+          <t>9786053336310</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Filmin Hikayesini Tasarla ve Boya</t>
+          <t>Ferrari Boyama Kitabı: Yarış Zamanı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>15</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053338130</t>
+          <t>9786053336297</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Iron Man: Renklendir ve Oyna</t>
+          <t>Ferrari Aktivite Kitabı: Yarış Zamanı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>12.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053332534</t>
+          <t>9786053338239</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Renkleri</t>
+          <t>Marvel Spider-Man: Başlangıç</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>4.17</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053332541</t>
+          <t>9786053338673</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Sesleri (Ciltli)</t>
+          <t>Mars - Kızıl Gezegen</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>4.17</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053332527</t>
+          <t>9786053335016</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Görüntüsü (Ciltli)</t>
+          <t>Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>4.17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053332589</t>
+          <t>9786053336563</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar (Ciltli)</t>
+          <t>Marvel Ultimate Spider-Man: Yapıştır - Oyna</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>4.17</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053336402</t>
+          <t>9786053336556</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Hikayeleri Koleksiyonum</t>
+          <t>Marvel Ultimate Spider-Man: Yapıştır - Boya</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>35</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053336198</t>
+          <t>9786053336617</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha!</t>
+          <t>Marvel Captain America: Civil War</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>29.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053336211</t>
+          <t>9786053336594</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Temiz</t>
+          <t>Marvel Avengers: Yapıştır - Boya</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>65</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053333661</t>
+          <t>9786053336587</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Rachel ve Johnny ile Beze Elveda</t>
+          <t>Marvel Avengers Assemble: Çıkartma Sahneleri</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>20.83</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053333647</t>
+          <t>9786053336648</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Johnny ile Ay'a Ulaşmak!</t>
+          <t>Marvel Avengers Age Of Ultron: Filmin Kitabı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>20.83</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053333654</t>
+          <t>9786053338116</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Rachel ve Johnny ile Ben de Yapabilirim!</t>
+          <t>Marvel Ultimate Spider-Man: Renklendir ve Oyna</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>22.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053332640</t>
+          <t>9786053338147</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Minik Hayvanlar (Ciltli)</t>
+          <t>Marvel Ultimate Spider-Man: Filmin Hikayesini Tasarla ve Boya</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>4.17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053332596</t>
+          <t>9786053338130</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Su Hayvanları (Ciltli)</t>
+          <t>Marvel Avengers Iron Man: Renklendir ve Oyna</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>4.17</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053332626</t>
+          <t>9786053332534</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar (Ciltli)</t>
+          <t>Hayvan Renkleri</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>4.17</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053332633</t>
+          <t>9786053332541</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları (Ciltli)</t>
+          <t>Hayvan Sesleri (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
         <v>4.17</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786054716142</t>
+          <t>9786053332527</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Süper Star Hayvanlar</t>
+          <t>Hayvanların Görüntüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>98</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786054716180</t>
+          <t>9786053332589</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Şirin Hayvanlar</t>
+          <t>Kuşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>23.15</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786054716166</t>
+          <t>9786053336402</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Harika Hayvanlar (Çıkartma ve Aktivite Kitabı)</t>
+          <t>DreamWorks Hikayeleri Koleksiyonum</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>23.15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053335757</t>
+          <t>9786053336198</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: Kepçeler</t>
+          <t>Bir Daha!</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>19</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053335764</t>
+          <t>9786053336211</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: Kepçe Boyama</t>
+          <t>Temiz</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>12.96</v>
+        <v>65</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053335733</t>
+          <t>9786053333661</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: Kamyonlar</t>
+          <t>Rachel ve Johnny ile Beze Elveda</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>19</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786053335740</t>
+          <t>9786053333647</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: İş Makineleri</t>
+          <t>Johnny ile Ay'a Ulaşmak!</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>19</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053335399</t>
+          <t>9786053333654</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>3D Dinozorlar (Ciltli)</t>
+          <t>Rachel ve Johnny ile Ben de Yapabilirim!</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>95</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053333289</t>
+          <t>9786053332640</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>3D Hayvanlar (Ciltli)</t>
+          <t>Minik Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>69.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053332237</t>
+          <t>9786053332596</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yaz-Sil  / Zamanı Öğreniyorum</t>
+          <t>Su Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>39.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786054716678</t>
+          <t>9786053332626</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds Playground Dinozorlar (Ciltli)</t>
+          <t>Yavru Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>36.57</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786054716685</t>
+          <t>9786053332633</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds Playground Hayvanlar (Ciltli)</t>
+          <t>Çiftlik Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>45</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053335450</t>
+          <t>9786054716142</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Droid Fabrikası</t>
+          <t>Süper Star Hayvanlar</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>39.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053335467</t>
+          <t>9786054716180</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi: Olaf Yapsak Senle</t>
+          <t>Şirin Hayvanlar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>39.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053335429</t>
+          <t>9786054716166</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
+          <t>Harika Hayvanlar (Çıkartma ve Aktivite Kitabı)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>82.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053337706</t>
+          <t>9786053335757</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Rogue One Muhteşem Çıkartma Koleksiyonu</t>
+          <t>İlk JBC'lerim: Kepçeler</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>27.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053336204</t>
+          <t>9786053335764</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Rosie’nin Şapkası</t>
+          <t>İlk JBC'lerim: Kepçe Boyama</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>29.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053332381</t>
+          <t>9786053335733</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Hayvanat Bahçesi</t>
+          <t>İlk JBC'lerim: Kamyonlar</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>11.57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053332398</t>
+          <t>9786053335740</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Uzay</t>
+          <t>İlk JBC'lerim: İş Makineleri</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053332374</t>
+          <t>9786053335399</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Bul ve Boya</t>
+          <t>3D Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>12</v>
+        <v>95</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053336631</t>
+          <t>9786053333289</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Başlangıç</t>
+          <t>3D Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>12.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053337768</t>
+          <t>9786053332237</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Hulk ile Süper Boyama</t>
+          <t>Yaz-Sil  / Zamanı Öğreniyorum</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>12.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053337782</t>
+          <t>9786054716678</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Iron Man ile Süper Boyama</t>
+          <t>Angry Birds Playground Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>13.5</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053337775</t>
+          <t>9786054716685</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Thor ile Süper Boyama</t>
+          <t>Angry Birds Playground Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>12.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053335405</t>
+          <t>9786053335450</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Disney Kitabı (Ciltli)</t>
+          <t>Star Wars: Droid Fabrikası</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>199</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786053335580</t>
+          <t>9786053335467</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi - Sihirli Hikayeler</t>
+          <t>Disney Karlar Ülkesi: Olaf Yapsak Senle</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>41.67</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053335597</t>
+          <t>9786053335429</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Minnie Kutulu - 4 Kitap Takım</t>
+          <t>Star Wars: Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>49.5</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053335603</t>
+          <t>9786053337706</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Mater'in Abartılı Hikayeler Koleksiyonu (4 Kitap Takım)</t>
+          <t>Star Wars Rogue One Muhteşem Çıkartma Koleksiyonu</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>49.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053334910</t>
+          <t>9786053336204</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Hakkında Her Şey</t>
+          <t>Rosie’nin Şapkası</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>29.5</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053334903</t>
+          <t>9786053332381</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Futbol Hakkında Her Şey</t>
+          <t>Bul ve Boya - Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>99.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053333746</t>
+          <t>9786053332398</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Süper Çıkartma Aktivite Serisi - Dinozorlar</t>
+          <t>Bul ve Boya - Uzay</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>39.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053333753</t>
+          <t>9786053332374</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Süper Çıkartma Aktivite Serisi - Hayvanlar</t>
+          <t>Dinozorlar - Bul ve Boya</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>39.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053337683</t>
+          <t>9786053336631</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Yaratıcı Çocuklar İçin Süper Albüm</t>
+          <t>Marvel Avengers: Başlangıç</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>29.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053337799</t>
+          <t>9786053337768</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Marvel - The Amazing Spider-Man vs Lizard</t>
+          <t>Marvel Avengers: Hulk ile Süper Boyama</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>9.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053337805</t>
+          <t>9786053337782</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Marvel - The Amazing Spider-Man vs Green Goblin</t>
+          <t>Marvel Avengers: Iron Man ile Süper Boyama</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>9.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053337812</t>
+          <t>9786053337775</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Marvel - The Amazing Spider-Man vs Doctor Octopus</t>
+          <t>Marvel Avengers: Thor ile Süper Boyama</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>9.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789756417812</t>
+          <t>9786053335405</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Depremler</t>
+          <t>Disney Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>6.02</v>
+        <v>199</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789756417782</t>
+          <t>9786053335580</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Balık!</t>
+          <t>Karlar Ülkesi - Sihirli Hikayeler</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>6.02</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053335931</t>
+          <t>9786053335597</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Berk'in Koruyucuları (Ciltli)</t>
+          <t>Minnie Kutulu - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>28</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053334958</t>
+          <t>9786053335603</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - İki Ejderhanın Hikayesi</t>
+          <t>Mater'in Abartılı Hikayeler Koleksiyonu (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>37.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053335610</t>
+          <t>9786053334910</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Kung Fu Panda 3 (Filmin Kitabı) (Ciltli)</t>
+          <t>Köpekler Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>28</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053334965</t>
+          <t>9786053334903</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Dinozor (Ciltli)</t>
+          <t>Futbol Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>29.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053334156</t>
+          <t>9786053333746</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari : Leoparlar (Ciltli)</t>
+          <t>Süper Çıkartma Aktivite Serisi - Dinozorlar</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>22.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053334149</t>
+          <t>9786053333753</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Gergedanlar (Ciltli)</t>
+          <t>Süper Çıkartma Aktivite Serisi - Hayvanlar</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>59.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053334132</t>
+          <t>9786053337683</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Filler (Ciltli)</t>
+          <t>Marvel Ultimate Spider-Man: Yaratıcı Çocuklar İçin Süper Albüm</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>22.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053334125</t>
+          <t>9786053337799</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Çitalar (Ciltli)</t>
+          <t>Marvel - The Amazing Spider-Man vs Lizard</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>22.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053334118</t>
+          <t>9786053337805</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Aslanlar (Ciltli)</t>
+          <t>Marvel - The Amazing Spider-Man vs Green Goblin</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>22.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053334972</t>
+          <t>9786053337812</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Hakkında Her Şey (Ciltli)</t>
+          <t>Marvel - The Amazing Spider-Man vs Doctor Octopus</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>29.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053333548</t>
+          <t>9789756417812</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Guinness Dünya Rekorlar Kitabı 2016</t>
+          <t>Depremler</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>60.19</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053335542</t>
+          <t>9789756417782</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Don Sever</t>
+          <t>Merhaba Balık!</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>149.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053335535</t>
+          <t>9786053335931</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Don Sever</t>
+          <t>DreamWorks Dragons - Berk'in Koruyucuları (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053334019</t>
+          <t>9786053334958</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Disney Galaksinin Gemileri: Star Wars Güç Uyanıyor (Ciltli)</t>
+          <t>DreamWorks Dragons - İki Ejderhanın Hikayesi</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>32</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053334835</t>
+          <t>9786053335610</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Disney Star Wars - Güç Uyanıyor</t>
+          <t>DreamWorks - Kung Fu Panda 3 (Filmin Kitabı) (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>38</v>
+        <v>28</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053333487</t>
+          <t>9786053334965</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Trenler 1</t>
+          <t>İyi Bir Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>9.03</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053333050</t>
+          <t>9786053334156</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Deniz Samurları</t>
+          <t>Afrika'da Safari : Leoparlar (Ciltli)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>14.95</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053332831</t>
+          <t>9786053334149</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Baykuşlar</t>
+          <t>Afrika'da Safari: Gergedanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>14.95</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053333074</t>
+          <t>9786053334132</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Tembel Hayvan</t>
+          <t>Afrika'da Safari: Filler (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>54.9</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053333111</t>
+          <t>9786053334125</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Yavru Köpek</t>
+          <t>Afrika'da Safari: Çitalar (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>54.9</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053332817</t>
+          <t>9786053334118</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Aslan Yavrusu</t>
+          <t>Afrika'da Safari: Aslanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>98</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053333135</t>
+          <t>9786053334972</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Zıplayan Tavşan</t>
+          <t>Disney Karlar Ülkesi Hakkında Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>54.9</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053333159</t>
+          <t>9786053333548</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Denizayıları</t>
+          <t>Guinness Dünya Rekorlar Kitabı 2016</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>16.95</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053333081</t>
+          <t>9786053335542</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Timsahlar</t>
+          <t>Korsanlar Don Sever</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>98</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786053332770</t>
+          <t>9786053335535</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem Araçlar Kutulu Set</t>
+          <t>Uzaylılar Don Sever</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786053332787</t>
+          <t>9786053334019</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem Hayvanlar Kutulu Set</t>
+          <t>Disney Galaksinin Gemileri: Star Wars Güç Uyanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>36.57</v>
+        <v>32</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052428757</t>
+          <t>9786053334835</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 4</t>
+          <t>Disney Star Wars - Güç Uyanıyor</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>79.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052428764</t>
+          <t>9786053333487</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 3</t>
+          <t>Trenler 1</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>79.5</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052428740</t>
+          <t>9786053333050</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 2</t>
+          <t>Deniz Samurları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>79.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052428771</t>
+          <t>9786053332831</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 1</t>
+          <t>Baykuşlar</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>79.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052429020</t>
+          <t>9786053333074</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 1</t>
+          <t>Tembel Hayvan</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>49.5</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052553510</t>
+          <t>9786053333111</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzayı Keşfediyorum Mini Set (6 Kitap Takım)</t>
+          <t>Yavru Köpek</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>537</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052428559</t>
+          <t>9786053332817</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 2. Cilt</t>
+          <t>Aslan Yavrusu</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>48</v>
+        <v>98</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052428573</t>
+          <t>9786053333135</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 4. Cilt</t>
+          <t>Zıplayan Tavşan</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>48</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052428542</t>
+          <t>9786053333159</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 1. Cilt</t>
+          <t>Denizayıları</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>48</v>
+        <v>16.95</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052428580</t>
+          <t>9786053333081</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 5. Cilt</t>
+          <t>Timsahlar</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>48</v>
+        <v>98</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052429525</t>
+          <t>9786053332770</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kardan Arkadaş - Öykü Kitabı</t>
+          <t>İlk Kütüphanem Araçlar Kutulu Set</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>49.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052427897</t>
+          <t>9786053332787</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Sözcükleri Keşfediyorum (Ciltli)</t>
+          <t>İlk Kütüphanem Hayvanlar Kutulu Set</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>84.9</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052427880</t>
+          <t>9786052428757</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler - Sözcükleri Keşfediyorum (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 4</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>99.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052427866</t>
+          <t>9786052428764</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 3</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>149.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052427811</t>
+          <t>9786052428740</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Uzay Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 2</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>149.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052429815</t>
+          <t>9786052428771</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Vız Vız Arı</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 1</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>76</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786254360213</t>
+          <t>9786052429020</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Star ve Marco’nun Her Boyutta Uzmanlaşma Rehberi - Disney- Star Kötü Güçlere Karşı</t>
+          <t>Kukuli Aktivite Kitabı - 1</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>249.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052427637</t>
+          <t>9786052553510</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2</t>
+          <t>National Geographic Kids - Uzayı Keşfediyorum Mini Set (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>44.9</v>
+        <v>537</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052427439</t>
+          <t>9786052428559</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hazine - Disney Karlar Ülkesi</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 2. Cilt</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>99.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052427408</t>
+          <t>9786052428573</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Kahraman - Disney Karlar Ülkesi</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 4. Cilt</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>78</v>
+        <v>48</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052427569</t>
+          <t>9786052428542</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Disney Maona</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 1. Cilt</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>99.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052427613</t>
+          <t>9786052428580</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar - Arabalar 1</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 5. Cilt</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>44.9</v>
+        <v>48</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052427552</t>
+          <t>9786052429525</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar - Arabalar 3</t>
+          <t>Kardan Arkadaş - Öykü Kitabı</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>99.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052427514</t>
+          <t>9786052427897</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar - Toy Story 4</t>
+          <t>Renkler - Sözcükleri Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>99.5</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052529775</t>
+          <t>9786052427880</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzayı Keşfediyorum (12 Kitap Takım) (Ciltli)</t>
+          <t>Yiyecekler - Sözcükleri Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>1434</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052425336</t>
+          <t>9786052427866</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Yavru Köpek</t>
+          <t>Dinozorlar Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>39.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052425343</t>
+          <t>9786052427811</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Yavru Kedi</t>
+          <t>Uzay Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>39.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052427071</t>
+          <t>9786052429815</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Böcekler İş Başında - Marvel Super Hero Adventures</t>
+          <t>Vız Vız Arı</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>24.9</v>
+        <v>76</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052427088</t>
+          <t>9786254360213</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Hediyesi - Marvel Super Hero Adventures</t>
+          <t>Star ve Marco’nun Her Boyutta Uzmanlaşma Rehberi - Disney- Star Kötü Güçlere Karşı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>24.9</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052427064</t>
+          <t>9786052427637</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kum Tuzağı - Marvel Super Hero Adventures</t>
+          <t>Disney Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>24.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052427095</t>
+          <t>9786052427439</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Marvel Takımı - Marvel Super Hero Adventures</t>
+          <t>Gerçek Hazine - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>24.9</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786055415693</t>
+          <t>9786052427408</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Yarış Günü</t>
+          <t>İçimizdeki Kahraman - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>14.95</v>
+        <v>78</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053339250</t>
+          <t>9786052427569</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yarasalar - Seviye 2</t>
+          <t>Disney Maona</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>98</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786058883376</t>
+          <t>9786052427613</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanı Hayvanları (Ciltli)</t>
+          <t>Disney Pixar - Arabalar 1</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>42.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786055415747</t>
+          <t>9786052427552</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayvanlar Atlası (Ciltli)</t>
+          <t>Disney Pixar - Arabalar 3</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>39.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053338956</t>
+          <t>9786052427514</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Uçaklar - Seviye 1</t>
+          <t>Disney Pixar - Toy Story 4</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>9.03</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786054716067</t>
+          <t>9786052529775</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Karşılaşmalar</t>
+          <t>National Geographic Kids - Uzayı Keşfediyorum (12 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>19.5</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786054716043</t>
+          <t>9786052425336</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Tehlikedeki Kaplan</t>
+          <t>Pörtlek Gözlü Yavru Köpek</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>29.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786058883345</t>
+          <t>9786052425343</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Safari Hayvanlar (Ciltli)</t>
+          <t>Pörtlek Gözlü Yavru Kedi</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>36.57</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053338949</t>
+          <t>9786052427071</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Safari</t>
+          <t>Böcekler İş Başında - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>54.9</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053332718</t>
+          <t>9786052427088</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Roma Gezi Rehberi</t>
+          <t>Yeni Yıl Hediyesi - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>33.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053332701</t>
+          <t>9786052427064</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Paris Gezi Rehberi</t>
+          <t>Kum Tuzağı - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>249.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786055415853</t>
+          <t>9786052427095</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Hayvanlar</t>
+          <t>İnanılmaz Marvel Takımı - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>3.66</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786058883369</t>
+          <t>9786055415693</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Hayvanları (Ciltli)</t>
+          <t>Yarış Günü</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>36.57</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786055415310</t>
+          <t>9786053339250</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balıkları Hakkında Herşey</t>
+          <t>Yarasalar - Seviye 2</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>29.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786055415563</t>
+          <t>9786058883376</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Köpekler</t>
+          <t>Yağmur Ormanı Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>4.63</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052421406</t>
+          <t>9786055415747</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yunusları Bulan Köpek</t>
+          <t>Vahşi Hayvanlar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>29.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786055415594</t>
+          <t>9786053338956</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kamyonlar - Seviye 1</t>
+          <t>Uçaklar - Seviye 1</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>37.5</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786058883352</t>
+          <t>9786054716067</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi (Ciltli)</t>
+          <t>Tehlikeli Karşılaşmalar</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>32.41</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786055415457</t>
+          <t>9786054716043</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Alfabesi (Ciltli)</t>
+          <t>Tehlikedeki Kaplan</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>13.89</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786055415464</t>
+          <t>9786058883345</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Harika Hayvanlar</t>
+          <t>Safari Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>18.06</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786054716029</t>
+          <t>9786053338949</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! - Beceriksiz Suçlular</t>
+          <t>Safari</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>18.06</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786055415105</t>
+          <t>9786053332718</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Büyük Eğlence Kitabı!</t>
+          <t>Roma Gezi Rehberi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>18.06</v>
+        <v>33.5</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786054716098</t>
+          <t>9786053332701</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds - Tüylü ve Öfkeli Kuşlar Hakkında 50 Gerçek Hikaye</t>
+          <t>Paris Gezi Rehberi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>18.06</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786055415303</t>
+          <t>9786055415853</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kediler Hakkında Herşey</t>
+          <t>Ölümcül Hayvanlar</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>79.5</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786055415662</t>
+          <t>9786058883369</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Büyük Göçler - Kelebekler</t>
+          <t>Okyanus Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>29.5</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786055415860</t>
+          <t>9786055415310</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kaplumbağaları</t>
+          <t>Köpek Balıkları Hakkında Herşey</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>3.66</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786055415846</t>
+          <t>9786055415563</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Çitalar</t>
+          <t>Kediler ve Köpekler</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>3.66</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053336419</t>
+          <t>9786052421406</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Kayıp Yunusları Bulan Köpek</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>65</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053336426</t>
+          <t>9786055415594</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Kamyonlar - Seviye 1</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>65</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052424094</t>
+          <t>9786058883352</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Maskeli ve Çıkartmalı Boyama Kitabı</t>
+          <t>Hayvanlar Alemi (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>18</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9787770555237</t>
+          <t>9786055415457</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Roman (4 Kitap)</t>
+          <t>Hayvan Alfabesi (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>308</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052429242</t>
+          <t>9786055415464</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Sihir Kitabı - Disney Star Kötü Güçlere Karşı (Ciltli)</t>
+          <t>Harika Hayvanlar</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>449.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052427002</t>
+          <t>9786054716029</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Captain Marvel - Marvel Super Hero Adventures</t>
+          <t>Garip Ama Gerçek! - Beceriksiz Suçlular</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>8.95</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052426982</t>
+          <t>9786055415105</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Spider-Man - Marvel Super Hero Adventures</t>
+          <t>Büyük Eğlence Kitabı!</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>8.95</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052427026</t>
+          <t>9786054716098</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Iron Man - Marvel Super Hero Adventures</t>
+          <t>Angry Birds - Tüylü ve Öfkeli Kuşlar Hakkında 50 Gerçek Hikaye</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>8.95</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052427033</t>
+          <t>9786055415303</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Hulk - Marvel Super Hero Adventures</t>
+          <t>Büyük Kediler Hakkında Herşey</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>8.95</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052426999</t>
+          <t>9786055415662</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Ghost-Spider - Marvel Super Hero Adventures</t>
+          <t>Büyük Göçler - Kelebekler</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>8.95</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052427019</t>
+          <t>9786055415860</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Black Widow - Marvel Super Hero Adventures</t>
+          <t>Deniz Kaplumbağaları</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>8.95</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052425565</t>
+          <t>9786055415846</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Yarının Ordusu - Captain America</t>
+          <t>Çitalar</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>29.5</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052425558</t>
+          <t>9786053336419</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Zombi Savar - Ant-Man</t>
+          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>29.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052426883</t>
+          <t>9786053336426</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Hulk - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>14.95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052426852</t>
+          <t>9786052424094</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Dr. Strainge - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Marvel Spider-Man Maskeli ve Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>14.95</v>
+        <v>18</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052426791</t>
+          <t>9787770555237</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahramanlar - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Roman (4 Kitap)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>14.95</v>
+        <v>308</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052426814</t>
+          <t>9786052429242</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Thor - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Tılsımlı Sihir Kitabı - Disney Star Kötü Güçlere Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>14.95</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052426821</t>
+          <t>9786052427002</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Spider Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Captain Marvel - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052426869</t>
+          <t>9786052426982</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Captan Marvel - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Spider-Man - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052426845</t>
+          <t>9786052427026</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>İron Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Iron Man - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052426890</t>
+          <t>9786052427033</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Captan America - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Hulk - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052426876</t>
+          <t>9786052426999</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Black Widow - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Ghost-Spider - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052426906</t>
+          <t>9786052427019</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Black Panter - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Black Widow - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052426807</t>
+          <t>9786052425565</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Gamora - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Yarının Ordusu - Captain America</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>14.95</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052426838</t>
+          <t>9786052425558</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Spider-Gwen - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Zombi Savar - Ant-Man</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>14.95</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052425107</t>
+          <t>9786052426883</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Sakın Kaplanı Uyandırma!</t>
+          <t>Hulk - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>158</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052423936</t>
+          <t>9786052426852</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Uzun Atkısı</t>
+          <t>Dr. Strainge - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>59.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052423851</t>
+          <t>9786052426791</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Rengini Sevmeyen Karga</t>
+          <t>Süper Kahramanlar - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>129.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052423813</t>
+          <t>9786052426814</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Big Elephant Small Mouse - Büyük Fil Küçük Fare</t>
+          <t>Thor - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>45</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9780000507419</t>
+          <t>9786052426821</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kediler Köpekler Kutu Seti - Bilgi ve Oyun Kartları</t>
+          <t>Spider Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>450</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052425497</t>
+          <t>9786052426869</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>The Day The Sun Went Away</t>
+          <t>Captan Marvel - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>35</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052424179</t>
+          <t>9786052426845</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Marvel Black Panther Maskeli ve Çıkartmalı Boyama Kitabı</t>
+          <t>İron Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>18</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052424100</t>
+          <t>9786052426890</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Maskeli ve Çıkartmalı Boyama Kitabı</t>
+          <t>Captan America - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>18</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052422748</t>
+          <t>9786052426876</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Mega Boyama Kitabı</t>
+          <t>Black Widow - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>23</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052423899</t>
+          <t>9786052426906</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Uzay Hayaletlerinin İstilası - Iron Man</t>
+          <t>Black Panter - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>29.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052423912</t>
+          <t>9786052426807</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Kara Büyünün Gizemi - Doctor Strange</t>
+          <t>Gamora - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>29.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052423905</t>
+          <t>9786052426838</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Wakanda Savaşı - Black Panther</t>
+          <t>Spider-Gwen - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>29.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052423882</t>
+          <t>9786052425107</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Saldırısı - Spider-Man</t>
+          <t>Sakın Kaplanı Uyandırma!</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>29.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052424148</t>
+          <t>9786052423936</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Süper Paket Oku ve Eğlen</t>
+          <t>Dünyanın En Uzun Atkısı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>24.9</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052426036</t>
+          <t>9786052423851</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Kitabı - Gece Kitabı</t>
+          <t>Rengini Sevmeyen Karga</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>129.5</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052426180</t>
+          <t>9786052423813</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Star - Lord Knowhere’dan Kaçış Yok</t>
+          <t>Big Elephant Small Mouse - Büyük Fil Küçük Fare</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>29.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052426173</t>
+          <t>9780000507419</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Falcon - Savaş Ya Da Sıvış</t>
+          <t>En Güzel Kediler Köpekler Kutu Seti - Bilgi ve Oyun Kartları</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>29.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052424940</t>
+          <t>9786052425497</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Süper Uzay Paketi Oku Eğlen</t>
+          <t>The Day The Sun Went Away</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>32.9</v>
+        <v>35</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052424926</t>
+          <t>9786052424179</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Süper Dinozor Paketi Oku ve Eğlen</t>
+          <t>Marvel Black Panther Maskeli ve Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>39.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052422953</t>
+          <t>9786052424100</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz 1</t>
+          <t>Marvel Avengers Maskeli ve Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>79.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052422786</t>
+          <t>9786052422748</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>2.Abdülhamid - Osmanlı Dizisi</t>
+          <t>Marvel Spider-Man Mega Boyama Kitabı</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052424155</t>
+          <t>9786052423899</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Süper Paket Boya ve Eğlen</t>
+          <t>Uzay Hayaletlerinin İstilası - Iron Man</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>24.9</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786254236716</t>
+          <t>9786052423912</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Pıt Pıt Burnuma Dokun Süslü Koala (Sesli Kitap) (Ciltli)</t>
+          <t>Kara Büyünün Gizemi - Doctor Strange</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>349.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786254236723</t>
+          <t>9786052423905</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Pıt Pıt Burnuma Dokun Mutlu Ayı (Sesli Kitap) (Ciltli)</t>
+          <t>Wakanda Savaşı - Black Panther</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>349.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254236730</t>
+          <t>9786052423882</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Pıt Pıt Burnuma Dokun Şakacı Köpek (Sesli Kitap) (Ciltli)</t>
+          <t>Kahramanların Saldırısı - Spider-Man</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>349.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786254236488</t>
+          <t>9786052424148</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Arama Kurtarma (Ciltli)</t>
+          <t>Disney Karlar Ülkesi Süper Paket Oku ve Eğlen</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>349.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786254234293</t>
+          <t>9786052426036</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Kedicik (Ciltli)</t>
+          <t>Gündüz Kitabı - Gece Kitabı</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>299.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786254231889</t>
+          <t>9786052426180</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Mucit Gizmo</t>
+          <t>Star - Lord Knowhere’dan Kaçış Yok</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>278</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786254364549</t>
+          <t>9786052426173</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır'da Hazineler Nasıl Bulunur?</t>
+          <t>Falcon - Savaş Ya Da Sıvış</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>228</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786254362491</t>
+          <t>9786052424940</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Zombi Sebzecikler</t>
+          <t>National Geographic Kids - Süper Uzay Paketi Oku Eğlen</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>228</v>
+        <v>32.9</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786254362323</t>
+          <t>9786052424926</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Belalı Balon</t>
+          <t>National Geographic Kids - Süper Dinozor Paketi Oku ve Eğlen</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>228</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786254362309</t>
+          <t>9786052422953</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kokuşuk Bezelye İş Başında!</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz 1</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>228</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786254362293</t>
+          <t>9786052422786</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Koş Sebzecik Koş!</t>
+          <t>2.Abdülhamid - Osmanlı Dizisi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>228</v>
+        <v>25</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786254362286</t>
+          <t>9786052424155</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Sebzecikler Takımı</t>
+          <t>Marvel Spider-Man Süper Paket Boya ve Eğlen</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>228</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786254362279</t>
+          <t>9786254236716</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates</t>
+          <t>Pıt Pıt Burnuma Dokun Süslü Koala (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>228</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786254362088</t>
+          <t>9786254236723</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Harley Quinn: Çılgın Kız</t>
+          <t>Pıt Pıt Burnuma Dokun Mutlu Ayı (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786254360497</t>
+          <t>9786254236730</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Jersey Şeytanı Ayrıntıda Gizlidir!</t>
+          <t>Pıt Pıt Burnuma Dokun Şakacı Köpek (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>89.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786254360510</t>
+          <t>9786254236488</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Çizgi Romanlar Gelsin!</t>
+          <t>İlk Hareketli Kitabım Arama Kurtarma (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>89.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786254361302</t>
+          <t>9786254234293</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Fırıldak Gözler - Merhaba Kedicik (Ciltli)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>99.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052427934</t>
+          <t>9786254231889</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Ay - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Mucit Gizmo</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>199.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052429389</t>
+          <t>9786254364549</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ve Çılgın Yarışçılar - Çizgi Diziden Öyküler</t>
+          <t>Antik Mısır'da Hazineler Nasıl Bulunur?</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>99.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052429358</t>
+          <t>9786254362491</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Disney Bingo ve Roli’nin Maceraları - Çizgi Diziden Öyküler</t>
+          <t>Süper Patates - Zombi Sebzecikler</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>99.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052424735</t>
+          <t>9786254362323</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Bu Kitabı Boyamayın! Çünkü Lanetli!</t>
+          <t>Süper Patates - Belalı Balon</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>199.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786254238468</t>
+          <t>9786254362309</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar Şimşek Mcqueen Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
+          <t>Süper Patates - Kokuşuk Bezelye İş Başında!</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>479.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786254238475</t>
+          <t>9786254362293</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Elsa Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
+          <t>Süper Patates - Koş Sebzecik Koş!</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>479.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786254360589</t>
+          <t>9786254362286</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Hayvanlar Faaliyet Kitabı</t>
+          <t>Süper Patates - Sebzecikler Takımı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>199.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052428528</t>
+          <t>9786254362279</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Dinozorlar Faaliyet Kitabı</t>
+          <t>Süper Patates</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>199.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052426623</t>
+          <t>9786254362088</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Sevimli Evciller Faaliyet Kitabı</t>
+          <t>DC Comics - Harley Quinn: Çılgın Kız</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052426616</t>
+          <t>9786254360497</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Unicornlar Faaliyet Kitabı</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Jersey Şeytanı Ayrıntıda Gizlidir!</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>199.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>1980000527235</t>
+          <t>9786254360510</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dev Ansiklopedi Seti 5 Kitap (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Çizgi Romanlar Gelsin!</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>6745</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786254235412</t>
+          <t>9786254361302</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - İyi Ki Doğdun Süper Püre!</t>
+          <t>Sevimli Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>278</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786254238451</t>
+          <t>9786052427934</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Paspati Boyama Kitabı</t>
+          <t>Ay - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>159.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786254238444</t>
+          <t>9786052429389</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Çizim Devriyesi Boyama Kitabı</t>
+          <t>Disney Mickey ve Çılgın Yarışçılar - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786254238437</t>
+          <t>9786052429358</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Sayılarla Boyayalım</t>
+          <t>Disney Bingo ve Roli’nin Maceraları - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>129.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786254231780</t>
+          <t>9786052424735</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Şekiller / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba - Bu Kitabı Boyamayın! Çünkü Lanetli!</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254232244</t>
+          <t>9786254238468</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yağmur Damlası</t>
+          <t>Disney Arabalar Şimşek Mcqueen Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>68</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786254362330</t>
+          <t>9786254238475</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Karnavalda Kargaşa!</t>
+          <t>Disney Karlar Ülkesi Elsa Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>228</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9780000520913</t>
+          <t>9786254360589</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler ve Boyamalar + Yapıştırmalar Seti (Rakuncuk-Ayıcık-İnekçik-Kedicik )</t>
+          <t>Cicibiciler Hayvanlar Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>190</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786254362163</t>
+          <t>9786052428528</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Sayabilir Misin?</t>
+          <t>Cicibiciler Dinozorlar Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>68</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786254368271</t>
+          <t>9786052426623</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Evciller Takımı - Eğlenceli Oyun ve Boyama Kitabı</t>
+          <t>Cicibiciler Sevimli Evciller Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>49.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786254360503</t>
+          <t>9786052426616</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Boyuta Takılma!</t>
+          <t>Cicibiciler Unicornlar Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>89.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052429549</t>
+          <t>1980000527235</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Oyuncak - Kukuli Öykü Kitabı</t>
+          <t>National Geographic Kids Dev Ansiklopedi Seti 5 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>49.5</v>
+        <v>6745</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052429396</t>
+          <t>9786254235412</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Disney Vampirina Pijama Partisi - Çizgi Diziden Öyküler</t>
+          <t>Süper Patates - İyi Ki Doğdun Süper Püre!</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>99.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9780000526625</t>
+          <t>9786254238451</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>NG Kids Hayvanlar Ansiklopedi Seti 2 Kitap (Ciltli)</t>
+          <t>PAW Patrol - Paspati Boyama Kitabı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>2698</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254360848</t>
+          <t>9786254238444</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zeus: Altın Pireler'in Peşinde</t>
+          <t>PAW Patrol - Çizim Devriyesi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052426630</t>
+          <t>9786254238437</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zeus: Tehditkar Minotauros'un Labirenti</t>
+          <t>PAW Patrol - Sayılarla Boyayalım</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>249.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254238192</t>
+          <t>9786254231780</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Spider - Man Böcekler Dışarı!</t>
+          <t>Renkler ve Şekiller / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052428672</t>
+          <t>9786254232244</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Oyna Pisicik!</t>
+          <t>Küçük Yağmur Damlası</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>174.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052426647</t>
+          <t>9786254362330</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzay Hakkında 1000 Gerçek</t>
+          <t>Süper Patates - Karnavalda Kargaşa!</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>399.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786254238208</t>
+          <t>9780000520913</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids- Vahşi Doğanın Süper Kahramanları</t>
+          <t>Etkinlikler ve Boyamalar + Yapıştırmalar Seti (Rakuncuk-Ayıcık-İnekçik-Kedicik )</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>174.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254237676</t>
+          <t>9786254362163</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Süper Çıkartma Gücü</t>
+          <t>Yıldızları Sayabilir Misin?</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>349.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786254237645</t>
+          <t>9786254368271</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Jack ve Fasulye Sırığı</t>
+          <t>DC Süper Evciller Takımı - Eğlenceli Oyun ve Boyama Kitabı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>278</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254237669</t>
+          <t>9786254360503</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Çıkartma Kitabı</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Boyuta Takılma!</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>349.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254237683</t>
+          <t>9786052429549</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Süper Sebzeler</t>
+          <t>En Güzel Oyuncak - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786254364556</t>
+          <t>9786052429396</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Möö La La İnek Alışverişe Gidiyor</t>
+          <t>Disney Vampirina Pijama Partisi - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786254364433</t>
+          <t>9780000526625</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Nasıl Dinozor Yetiştirirsin?</t>
+          <t>NG Kids Hayvanlar Ansiklopedi Seti 2 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>249.5</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786254362347</t>
+          <t>9786254360848</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kaçak Yumurta</t>
+          <t>Muhteşem Zeus: Altın Pireler'in Peşinde</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>278</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786254360442</t>
+          <t>9786052426630</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Hezarfen Ahmet Çelebi</t>
+          <t>Muhteşem Zeus: Tehditkar Minotauros'un Labirenti</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>39.9</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786254360459</t>
+          <t>9786254238192</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Albert Einstein</t>
+          <t>National Geographic Kids - Spider - Man Böcekler Dışarı!</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>39.9</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786254360305</t>
+          <t>9786052428672</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Kodları Çözelim</t>
+          <t>National Geographic Kids - Oyna Pisicik!</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>39.9</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786254361654</t>
+          <t>9786052426647</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Kaplanlar</t>
+          <t>National Geographic Kids - Uzay Hakkında 1000 Gerçek</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>149.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>1980000528065</t>
+          <t>9786254238208</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Ansiklopedi Seti (Ciltli)</t>
+          <t>National Geographic Kids- Vahşi Doğanın Süper Kahramanları</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>4047</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052427460</t>
+          <t>9786254237676</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot Başrolde: Goofy ve Mickey - Disney Çizgi Klasikler</t>
+          <t>Süper Patates Süper Çıkartma Gücü</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>119.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9780000511508</t>
+          <t>9786254237645</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek Seti (4 Kitap)</t>
+          <t>Süper Patates Jack ve Fasulye Sırığı</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>1598</v>
+        <v>278</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786254238024</t>
+          <t>9786254237669</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Chase Uzay Görevinde</t>
+          <t>Süper Patates Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>79.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786254238116</t>
+          <t>9786254237683</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Paticik Çıkartma Kitabı</t>
+          <t>Süper Patates Süper Sebzeler</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786254238031</t>
+          <t>9786254364556</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Rubble Görevimiz Pati</t>
+          <t>Möö La La İnek Alışverişe Gidiyor</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>79.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786254238109</t>
+          <t>9786254364433</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Havrika Çıkartma Kitabı</t>
+          <t>Bahçede Nasıl Dinozor Yetiştirirsin?</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786254238048</t>
+          <t>9786254362347</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Rubble Yardıma Koşuyor</t>
+          <t>Süper Patates - Kaçak Yumurta</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>79.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786254238055</t>
+          <t>9786254360442</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Yeni Arkadaşımız Tracker</t>
+          <t>National Geographic Kids - Hezarfen Ahmet Çelebi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>79.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786254238093</t>
+          <t>9786254360459</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Saymaya Başlıyorum</t>
+          <t>National Geographic Kids - Albert Einstein</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>159.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786254238086</t>
+          <t>9786254360305</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Aynı mı, Farklı mı?</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Kodları Çözelim</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>159.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786254238079</t>
+          <t>9786254361654</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol İnanılmaz Labirentler</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Kaplanlar</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>159.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786254238062</t>
+          <t>1980000528065</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol İlk Sayılarım Faaliyet Kitabı</t>
+          <t>Hayvanlar Ansiklopedi Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>159.5</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786254238017</t>
+          <t>9786052427460</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol İlk Boyama Kitabım</t>
+          <t>Don Kişot Başrolde: Goofy ve Mickey - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786053333357</t>
+          <t>9780000999887</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek</t>
+          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 kitap)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>399.5</v>
+        <v>1997.5</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786053335818</t>
+          <t>9780000511508</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! 4 - 350 Müthiş Gerçek</t>
+          <t>National Geographic Kids - Garip Ama Gerçek Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>399.5</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786053335115</t>
+          <t>9786254238024</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 3</t>
+          <t>Paw Patrol Chase Uzay Görevinde</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>399.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786053335290</t>
+          <t>9786254238116</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kedileri Anlama Kılavuzu</t>
+          <t>Paw Patrol Paticik Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786254237911</t>
+          <t>9786254238031</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids – Garip Ama Gerçek Dinozorlar</t>
+          <t>Paw Patrol Rubble Görevimiz Pati</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>399.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254237904</t>
+          <t>9786254238109</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids – Garip Ama Gerçek Köpek Balıkları</t>
+          <t>Paw Patrol Havrika Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786254237744</t>
+          <t>9786254238048</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Star Force Asiler Akademisi</t>
+          <t>Paw Patrol Rubble Yardıma Koşuyor</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>299.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254237720</t>
+          <t>9786254238055</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Çılgın Bir Şovalyenin Günlükleri</t>
+          <t>Paw Patrol Yeni Arkadaşımız Tracker</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>299.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786254237737</t>
+          <t>9786254238093</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Korku Kuşağı</t>
+          <t>Paw Patrol Saymaya Başlıyorum</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>299.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052428931</t>
+          <t>9786254238086</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Minnie ve Daisy Casus Gücü</t>
+          <t>Paw Patrol Aynı mı, Farklı mı?</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>299.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786254237782</t>
+          <t>9786254238079</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 3 - Patlama</t>
+          <t>Paw Patrol İnanılmaz Labirentler</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>174.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786254237775</t>
+          <t>9786254238062</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 2 - Vikingler</t>
+          <t>Paw Patrol İlk Sayılarım Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>174.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786254237768</t>
+          <t>9786254238017</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 2 - Arılar</t>
+          <t>Paw Patrol İlk Boyama Kitabım</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786254237751</t>
+          <t>9786053333357</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 1 - Kirpiler</t>
+          <t>Garip Ama Gerçek</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>174.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786254236389</t>
+          <t>9786053335818</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Keçeli Dinozorlar (Ciltli)</t>
+          <t>Garip Ama Gerçek! 4 - 350 Müthiş Gerçek</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786254236419</t>
+          <t>9786053335115</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Keçeli Hayvanlar (Ciltli)</t>
+          <t>Garip Ama Gerçek 3</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786254236396</t>
+          <t>9786053335290</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Keçeli Unicorn'lar (Ciltli)</t>
+          <t>Kedileri Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254236464</t>
+          <t>9786254237911</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Çiftlik (Ciltli)</t>
+          <t>National Geographic Kids – Garip Ama Gerçek Dinozorlar</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254236471</t>
+          <t>9786254237904</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Deniz Altı (Ciltli)</t>
+          <t>National Geographic Kids – Garip Ama Gerçek Köpek Balıkları</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254236457</t>
+          <t>9786254237744</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Şantiye (Ciltli)</t>
+          <t>Disney Muhteşem Maceralar Star Force Asiler Akademisi</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254236556</t>
+          <t>9786254237720</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Süper Uzay Çıkartmalı Faaliyet Kitabı</t>
+          <t>Disney Muhteşem Maceralar Çılgın Bir Şovalyenin Günlükleri</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254236587</t>
+          <t>9786254237737</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Midilliler ve Atlar Çıkartmalı Faaliyet Kitabı</t>
+          <t>Disney Muhteşem Maceralar Korku Kuşağı</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786254236570</t>
+          <t>9786052428931</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kediler Çıkartmalı Faaliyet Kitabı</t>
+          <t>Disney Muhteşem Maceralar Minnie ve Daisy Casus Gücü</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254236563</t>
+          <t>9786254237782</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Köpekler Çıkartmalı Faaliyet Kitabı</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 3 - Patlama</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>399.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254236549</t>
+          <t>9786254237775</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dinozorlar Çıkartmalı Faaliyet Kitabı</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 2 - Vikingler</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>399.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786254237195</t>
+          <t>9786254237768</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! - Minik Aslan (Ciltli)</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 2 - Arılar</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>349.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254237188</t>
+          <t>9786254237751</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! - Minik İnek (Ciltli)</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 1 - Kirpiler</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>349.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052429150</t>
+          <t>9786254236389</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! Minik Köpek (Ciltli)</t>
+          <t>Keçeli Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254237089</t>
+          <t>9786254236419</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Köpüş (Ciltli)</t>
+          <t>Keçeli Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C696" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254237614</t>
+          <t>9786254236396</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 7 (Ciltli)</t>
+          <t>Keçeli Unicorn'lar (Ciltli)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254237607</t>
+          <t>9786254236464</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 6 (Ciltli)</t>
+          <t>İlk Hareketli Kitabım Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254237591</t>
+          <t>9786254236471</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 5 (Ciltli)</t>
+          <t>İlk Hareketli Kitabım Deniz Altı (Ciltli)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254237584</t>
+          <t>9786254236457</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 4 (Ciltli)</t>
+          <t>İlk Hareketli Kitabım Şantiye (Ciltli)</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254237577</t>
+          <t>9786254236556</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 3 (Ciltli)</t>
+          <t>National Geographic Kids Süper Uzay Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254237560</t>
+          <t>9786254236587</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 2 (Ciltli)</t>
+          <t>National Geographic Kids Midilliler ve Atlar Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254237553</t>
+          <t>9786254236570</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 1 (Ciltli)</t>
+          <t>National Geographic Kids Kediler Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786053333265</t>
+          <t>9786254236563</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>İlk Uzay Kitabım - National Geographic Kids</t>
+          <t>National Geographic Kids Köpekler Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>649.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9780000726063</t>
+          <t>9786254236549</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Doğa Koleksiyonu</t>
+          <t>National Geographic Kids Dinozorlar Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>872</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9780000726049</t>
+          <t>9786254237195</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Ölümcül Hayvanlar Koleksiyonu</t>
+          <t>Macerayı Sen Seç! - Minik Aslan (Ciltli)</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>872.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9780000725943</t>
+          <t>9786254237188</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Özel Hayvanlar Koleksiyonu</t>
+          <t>Macerayı Sen Seç! - Minik İnek (Ciltli)</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>872.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9780000725929</t>
+          <t>9786052429150</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Sıradışı Hayvanlar Koleksiyonu</t>
+          <t>Macerayı Sen Seç! Minik Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>872.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9780000725356</t>
+          <t>9786254237089</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Mitoloji Koleksiyonu</t>
+          <t>Mıncırık Sukuşi Köpüş (Ciltli)</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>872.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052426722</t>
+          <t>9786254237614</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Yolculuk - Esrarengiz Kasaba (Ciltli)</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>379.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786053333005</t>
+          <t>9786254237607</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Meteorlar</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>174.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052423745</t>
+          <t>9786254237591</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Gökdelenler - National Geographic Kids</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>174.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052423721</t>
+          <t>9786254237584</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır - National Geographic Kids</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>174.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254237423</t>
+          <t>9786254237577</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Eğlence Burada! Boyama Kitabı</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>70.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254237430</t>
+          <t>9786254237560</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Yaz Geldi Boyama Kitabı</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>69.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786254237409</t>
+          <t>9786254237553</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Uzay Yolculuğu Boyama Kitabı</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>69.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254237461</t>
+          <t>9786053333265</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>%100 Minecraft Pikselli Boyamalar - Özel Biyomlar</t>
+          <t>İlk Uzay Kitabım - National Geographic Kids</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>249.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254237478</t>
+          <t>9780000726063</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Pikselli Boyama</t>
+          <t>National Geographic Kids - Doğa Koleksiyonu</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>199.5</v>
+        <v>872</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254237270</t>
+          <t>9780000726049</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Zıp Zıp Eğlence Resim Kitabım</t>
+          <t>National Geographic Kids - Ölümcül Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>99.5</v>
+        <v>872.5</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254237218</t>
+          <t>9780000725943</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Uğur Böcekli Resim Kitabım</t>
+          <t>National Geographic Kids - Özel Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>99.5</v>
+        <v>872.5</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254237201</t>
+          <t>9780000725929</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Elmalı Resim Kitabım</t>
+          <t>National Geographic Kids - Sıradışı Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>99.5</v>
+        <v>872.5</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786254237232</t>
+          <t>9780000725356</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Arabalı Resim Kitabım</t>
+          <t>National Geographic Kids - Mitoloji Koleksiyonu</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>99.5</v>
+        <v>872.5</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254237263</t>
+          <t>9786052426722</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Çiftlikte Yaşam Resim Kitabım</t>
+          <t>Zamanda Yolculuk - Esrarengiz Kasaba (Ciltli)</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>99.5</v>
+        <v>379.5</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254237225</t>
+          <t>9786053333005</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Ayıcıklı Resim Kitabım</t>
+          <t>Meteorlar</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>99.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254237249</t>
+          <t>9786052423745</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Doğum Günü Resim Kitabım</t>
+          <t>Gökdelenler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>99.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786254237256</t>
+          <t>9786052423721</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Deniz Oyuncakları Resim Kitabım</t>
+          <t>Antik Mısır - National Geographic Kids</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>99.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786254236266</t>
+          <t>9786254237423</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Tonton Eşek</t>
+          <t>Kukuli Eğlence Burada! Boyama Kitabı</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>249.5</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786254236242</t>
+          <t>9786254237430</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Paytak Eşek</t>
+          <t>Kukuli Yaz Geldi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>249.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786254236259</t>
+          <t>9786254237409</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Minnoş Eşek</t>
+          <t>Kukuli Uzay Yolculuğu Boyama Kitabı</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>249.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786254236877</t>
+          <t>9786254237461</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Disney Bibbidi Bobbidi Akademisi - Mai ve Zor Dönüşüm</t>
+          <t>%100 Minecraft Pikselli Boyamalar - Özel Biyomlar</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786254236969</t>
+          <t>9786254237478</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 1 - Yeni Bir Savaşçı</t>
+          <t>Minecraft Pikselli Boyama</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>195.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786254236976</t>
+          <t>9786254237270</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 2 - Nether'da Bir Gezinti</t>
+          <t>Kolay Boyama - Zıp Zıp Eğlence Resim Kitabım</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>195.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786254236983</t>
+          <t>9786254237218</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 3 - Çöl Macerası</t>
+          <t>Çok Kolay Boyama - Uğur Böcekli Resim Kitabım</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>195.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786254236990</t>
+          <t>9786254237201</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 4 - Son'a Hoş Geldin</t>
+          <t>Çok Kolay Boyama - Elmalı Resim Kitabım</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>195.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786254236860</t>
+          <t>9786254237232</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Bibbidi Bobbidi Akademisi Rory ve Sihirli Karışıklar</t>
+          <t>Çok Kolay Boyama - Arabalı Resim Kitabım</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786254236884</t>
+          <t>9786254237263</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Bibbidi Bobbidi Akademisi Ophelia ve Peri Gezisi</t>
+          <t>Kolay Boyama - Çiftlikte Yaşam Resim Kitabım</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786254236853</t>
+          <t>9786254237225</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Gizemleri Çözmek ve Tarihi Baştan Yazmak</t>
+          <t>Çok Kolay Boyama - Ayıcıklı Resim Kitabım</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786254237133</t>
+          <t>9786254237249</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Alexander Graham Bell - National Geographic Kids</t>
+          <t>Kolay Boyama - Doğum Günü Resim Kitabım</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786254237041</t>
+          <t>9786254237256</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Zırhlı Hayvanlar - National Geographic Kids</t>
+          <t>Kolay Boyama - Deniz Oyuncakları Resim Kitabım</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786254237096</t>
+          <t>9786254236266</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Okyanus Hayvanları - National Geographic Kids</t>
+          <t>Tonton Eşek</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786254237119</t>
+          <t>9786254236242</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Thomas Edison - National Geographic Kids</t>
+          <t>Paytak Eşek</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786254237034</t>
+          <t>9786254236259</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>T.Rex - National Geographic Kids</t>
+          <t>Minnoş Eşek</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786254237058</t>
+          <t>9786254236877</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kutup Porsukları - National Geographic Kids</t>
+          <t>Disney Bibbidi Bobbidi Akademisi - Mai ve Zor Dönüşüm</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786254237065</t>
+          <t>9786254236969</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Filler - National Geographic Kids</t>
+          <t>Minecraft Macerası 1 - Yeni Bir Savaşçı</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>174.5</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786254237072</t>
+          <t>9786254236976</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Amazon Hayvanları - National Geographic Kids</t>
+          <t>Minecraft Macerası 2 - Nether'da Bir Gezinti</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>174.5</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786254236808</t>
+          <t>9786254236983</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çiftçinin El Kitabı</t>
+          <t>Minecraft Macerası 3 - Çöl Macerası</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>199.5</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786254236792</t>
+          <t>9786254236990</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Aklını Kullanan Çocuklar</t>
+          <t>Minecraft Macerası 4 - Son'a Hoş Geldin</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>199.5</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786254236761</t>
+          <t>9786254236860</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tavşan Yarışı</t>
+          <t>Bibbidi Bobbidi Akademisi Rory ve Sihirli Karışıklar</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>168</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786254236778</t>
+          <t>9786254236884</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Yetenek Gösterisi</t>
+          <t>Bibbidi Bobbidi Akademisi Ophelia ve Peri Gezisi</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>168</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786254232879</t>
+          <t>9786254236853</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 5</t>
+          <t>Gizemleri Çözmek ve Tarihi Baştan Yazmak</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052422908</t>
+          <t>9786254237133</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi - Disney En Güzel Maceralar</t>
+          <t>Alexander Graham Bell - National Geographic Kids</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>399.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786254360237</t>
+          <t>9786254237041</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ansiklopedisi - National Geographic Kids (Ciltli)</t>
+          <t>Zırhlı Hayvanlar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>1349</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052422939</t>
+          <t>9786254237096</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Disney Yıldızlararası - En Güzel Maceralar Serisi</t>
+          <t>Uzaylı Okyanus Hayvanları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>399.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052424278</t>
+          <t>9786254237119</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Piramitler - National Geographic Kids</t>
+          <t>Thomas Edison - National Geographic Kids</t>
         </is>
       </c>
       <c r="C754" s="1">
         <v>174.5</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254235535</t>
+          <t>9786254237034</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Nerede? Ara-Bul Kitabı</t>
+          <t>T.Rex - National Geographic Kids</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>228</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9780000725349</t>
+          <t>9786254237058</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kültür Kitapları Seti 4 Kitap</t>
+          <t>Kutup Porsukları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>783</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9780000725301</t>
+          <t>9786254237065</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Bilim Seti 8 Kitap</t>
+          <t>Filler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>1396</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9780000725288</t>
+          <t>9786254237072</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Kitapları Seviye 1 Tatlı Hayvanlar Seti 5 Kitap</t>
+          <t>Amazon Hayvanları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>872.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254236211</t>
+          <t>9786254236808</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Atkuyruğu Çiftliği 1 - Muhteşem Maksimus</t>
+          <t>Küçük Çiftçinin El Kitabı</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>168</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786254235672</t>
+          <t>9786254236792</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>True- Seni Seçtim Boyama Kitabı</t>
+          <t>Aklını Kullanan Çocuklar</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>69.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786254235665</t>
+          <t>9786254236761</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>True- Bir Dilek Tut Boyama Kitabı</t>
+          <t>Büyük Tavşan Yarışı</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>69.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786254235658</t>
+          <t>9786254236778</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Kukuli- Ne güzel Dünya Boyama Kitabı</t>
+          <t>Müthiş Yetenek Gösterisi</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>69.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786254235641</t>
+          <t>9786254232879</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kukuli- Haydi Zıpla Boyama Kitabı</t>
+          <t>Garip Ama Gerçek 5</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786254235634</t>
+          <t>9786052422908</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Kukuli- Diyecek Yok Keyfine Boyama Kitabı</t>
+          <t>Tarih Öncesi - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254235856</t>
+          <t>9786254360237</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Sevgi</t>
+          <t>Bilim Ansiklopedisi - National Geographic Kids (Ciltli)</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>399.5</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786254235849</t>
+          <t>9786052422939</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Canavarlar</t>
+          <t>Disney Yıldızlararası - En Güzel Maceralar Serisi</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786254235832</t>
+          <t>9786052424278</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Sanat</t>
+          <t>Piramitler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>399.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254235825</t>
+          <t>9786254235535</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Süper Kahramanlar</t>
+          <t>Süper Patates Nerede? Ara-Bul Kitabı</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>399.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786254235818</t>
+          <t>9780000725349</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Serisi Mitoloji</t>
+          <t>National Geographic Kids Kültür Kitapları Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>399.5</v>
+        <v>783</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786254235801</t>
+          <t>9780000725301</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Dedektif</t>
+          <t>National Geographic Kids Bilim Seti 8 Kitap</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>399.5</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254234866</t>
+          <t>9780000725288</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Kim Saklanıyor (Ciltli)</t>
+          <t>National Geographic Kids Okuma Kitapları Seviye 1 Tatlı Hayvanlar Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>349.5</v>
+        <v>872.5</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254234859</t>
+          <t>9786254236211</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Kim Saklanıyor (Ciltli)</t>
+          <t>Atkuyruğu Çiftliği 1 - Muhteşem Maksimus</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>349.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786254234842</t>
+          <t>9786254235672</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Parkta Kim Saklanıyor (Ciltli)</t>
+          <t>True- Seni Seçtim Boyama Kitabı</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>349.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254234835</t>
+          <t>9786254235665</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Safaride Kim Saklanıyor (Ciltli)</t>
+          <t>True- Bir Dilek Tut Boyama Kitabı</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>349.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254236235</t>
+          <t>9786254235658</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Atkuyruğu Çiftliği 3 - Fedakar Philippe</t>
+          <t>Kukuli- Ne güzel Dünya Boyama Kitabı</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>168</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254236228</t>
+          <t>9786254235641</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Atkuyruğu Çiftliği 2 - Akıllı Angus</t>
+          <t>Kukuli- Haydi Zıpla Boyama Kitabı</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>168</v>
+        <v>68</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786254235986</t>
+          <t>9786254235634</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Kadar Seviyorum Seni (Ciltli)</t>
+          <t>Kukuli- Diyecek Yok Keyfine Boyama Kitabı</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9780000724830</t>
+          <t>9786254235856</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Roman Serisi 4 Kitap</t>
+          <t>Disney En Güzel Maceralar Sevgi</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>1598</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9780000724823</t>
+          <t>9786254235849</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Disney Fantastik Maceralar Serisi 4 Kitap</t>
+          <t>Disney En Güzel Maceralar Canavarlar</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>1598</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9780000722584</t>
+          <t>9786254235832</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Sanat + Mitoloji + Antik Mısır Seti 3 Kitap</t>
+          <t>Disney En Güzel Maceralar Sanat</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>1198.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786254235795</t>
+          <t>9786254235825</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Renk Değiştiren Hayvanlar</t>
+          <t>Disney En Güzel Maceralar Süper Kahramanlar</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>174.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254235788</t>
+          <t>9786254235818</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Parıl Parıl!</t>
+          <t>Disney En Güzel Maceralar Serisi Mitoloji</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>174.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254235771</t>
+          <t>9786254235801</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Kleopatra</t>
+          <t>Disney En Güzel Maceralar Dedektif</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>174.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254235733</t>
+          <t>9786254234866</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Gece Göğü</t>
+          <t>Çiftlikte Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254235757</t>
+          <t>9786254234859</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Efsanevi Canavarlar</t>
+          <t>Ormanda Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254235726</t>
+          <t>9786254234842</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çölde</t>
+          <t>Parkta Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786254235740</t>
+          <t>9786254234835</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Arkeolog Kimdir?</t>
+          <t>Safaride Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786254235764</t>
+          <t>9786254236235</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Albert Einstein</t>
+          <t>Atkuyruğu Çiftliği 3 - Fedakar Philippe</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>174.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786254235931</t>
+          <t>9786254236228</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Antik Mısır</t>
+          <t>Atkuyruğu Çiftliği 2 - Akıllı Angus</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>399.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254235924</t>
+          <t>9786254235986</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Yarış</t>
+          <t>Dünyalar Kadar Seviyorum Seni (Ciltli)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254235887</t>
+          <t>9780000724830</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Müzik</t>
+          <t>Disney Çizgi Roman Serisi 4 Kitap</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>399.5</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786254235870</t>
+          <t>9780000724823</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Yaratıklar</t>
+          <t>Disney Fantastik Maceralar Serisi 4 Kitap</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>399.5</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786254235863</t>
+          <t>9780000722584</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Vahşi Batı</t>
+          <t>Disney En Güzel Maceralar Sanat + Mitoloji + Antik Mısır Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>399.5</v>
+        <v>1198.5</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254234620</t>
+          <t>9786254235795</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Çok Gürültücü Tilkiler</t>
+          <t>National Geographic Kids - Renk Değiştiren Hayvanlar</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>68</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254234521</t>
+          <t>9786254235788</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce Sarılırım Herkese!</t>
+          <t>National Geographic Kids - Parıl Parıl!</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>68</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786254234613</t>
+          <t>9786254235771</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>National Geographic Kids - Kleopatra</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>68</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786254234644</t>
+          <t>9786254235733</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar Reçelli Ekmeğe Bayılır</t>
+          <t>National Geographic Kids - Gece Göğü</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>68</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786254234545</t>
+          <t>9786254235757</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Ulu Şapırtı</t>
+          <t>National Geographic Kids - Efsanevi Canavarlar</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>68</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786254234590</t>
+          <t>9786254235726</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yıllar Sana - Kişiselleştirilebilir Bir Kitap</t>
+          <t>National Geographic Kids - Çölde</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>68</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786254234606</t>
+          <t>9786254235740</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lama</t>
+          <t>National Geographic Kids - Arkeolog Kimdir?</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>68</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786254234354</t>
+          <t>9786254235764</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Kapkek (Ciltli)</t>
+          <t>National Geographic Kids - Albert Einstein</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>299.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786254234330</t>
+          <t>9786254235931</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Penguencik (Ciltli)</t>
+          <t>Disney En Güzel Maceralar Antik Mısır</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786254234323</t>
+          <t>9786254235924</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Tavşancık (Ciltli)</t>
+          <t>Disney En Güzel Maceralar Yarış</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786254234316</t>
+          <t>9786254235887</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Unicorn (Ciltli)</t>
+          <t>Disney En Güzel Maceralar Müzik</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254234309</t>
+          <t>9786254235870</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Dinocuk (Ciltli)</t>
+          <t>Disney En Güzel Maceralar Yaratıklar</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254233395</t>
+          <t>9786254235863</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Hoşlanmayan Ejderha</t>
+          <t>Disney En Güzel Maceralar Vahşi Batı</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786254233388</t>
+          <t>9786254234620</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Suyu Sevmeyen Timsah</t>
+          <t>Çok Gürültücü Tilkiler</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254233371</t>
+          <t>9786254234521</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>İneğin Ağaçta Ne İşi Var?</t>
+          <t>Uykudan Önce Sarılırım Herkese!</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786254233425</t>
+          <t>9786254234613</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Aceleci Tavşan KoşKoş</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786254233418</t>
+          <t>9786254234644</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Bir Koyun Kuşlara Yuva Olursa</t>
+          <t>Ejderhalar Reçelli Ekmeğe Bayılır</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254233401</t>
+          <t>9786254234545</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Şansını Arayan Ördek</t>
+          <t>Ulu Şapırtı</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254235306</t>
+          <t>9786254234590</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk</t>
+          <t>Mutlu Yıllar Sana - Kişiselleştirilebilir Bir Kitap</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254235313</t>
+          <t>9786254234606</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk Eve Dönüş Yolculuğu</t>
+          <t>Küçük Lama</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254234491</t>
+          <t>9786254234354</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Benim</t>
+          <t>Fırıldak Gözler - Merhaba Kapkek (Ciltli)</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9780000520975</t>
+          <t>9786254234330</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>NG Kids Ansiklopedi Seti 4 Kitap (Ciltli)</t>
+          <t>Fırıldak Gözler - Merhaba Penguencik (Ciltli)</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>4998</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786254234583</t>
+          <t>9786254234323</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Seni Ne Kadar Seviyorum Biliyor musun?</t>
+          <t>Fırıldak Gözler - Merhaba Tavşancık (Ciltli)</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786254234484</t>
+          <t>9786254234316</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Pisicik Büyük Şehirde</t>
+          <t>Fırıldak Gözler - Merhaba Unicorn (Ciltli)</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786254234569</t>
+          <t>9786254234309</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Pek Bir Şahane Süslümingo</t>
+          <t>Fırıldak Gözler - Merhaba Dinocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786254234460</t>
+          <t>9786254233395</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Taş Çocuk ve Küçük Kız</t>
+          <t>Ateşten Hoşlanmayan Ejderha</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786254234446</t>
+          <t>9786254233388</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’nin Gemisi</t>
+          <t>Suyu Sevmeyen Timsah</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786254234422</t>
+          <t>9786254233371</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Tinky’nin Fotoğraf Makinesi</t>
+          <t>İneğin Ağaçta Ne İşi Var?</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786254234392</t>
+          <t>9786254233425</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Tinky’nin Çiçeği</t>
+          <t>Aceleci Tavşan KoşKoş</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786254234439</t>
+          <t>9786254233418</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Minky’nin Konseri</t>
+          <t>Bir Koyun Kuşlara Yuva Olursa</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786254234408</t>
+          <t>9786254233401</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’nin Şapkası</t>
+          <t>Şansını Arayan Ördek</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786254234415</t>
+          <t>9786254235306</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’nin Robotu</t>
+          <t>Tombul Tavuk</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786254233920</t>
+          <t>9786254235313</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Kavanozda</t>
+          <t>Tombul Tavuk Eve Dönüş Yolculuğu</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>278</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786254233906</t>
+          <t>9786254234491</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek</t>
+          <t>Bebeğim Benim</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786254233913</t>
+          <t>9780000520975</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Benim Camimde</t>
+          <t>NG Kids Ansiklopedi Seti 4 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>249.5</v>
+        <v>5396</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254233807</t>
+          <t>9786254234583</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Aquaman - Anafor</t>
+          <t>Seni Ne Kadar Seviyorum Biliyor musun?</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>179.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786254234248</t>
+          <t>9786254234484</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Aslancık - Etkinlikler ve Boyamalar</t>
+          <t>Pisicik Büyük Şehirde</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>39.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786254234262</t>
+          <t>9786254234569</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Koala - Etkinlikler ve Boyamalar</t>
+          <t>Pek Bir Şahane Süslümingo</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>39.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254233449</t>
+          <t>9786254234460</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Disney Baykuş Evi - Kaynar Adalar’dan Sihir-teşem Maceralar</t>
+          <t>Taş Çocuk ve Küçük Kız</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>149.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786254233210</t>
+          <t>9786254234446</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori Renkleri Öğrenelim</t>
+          <t>Kukuli’nin Gemisi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786254233203</t>
+          <t>9786254234422</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori ABC’yi Öğrenelim Nokta Birleştirme</t>
+          <t>Kukuli Tinky’nin Fotoğraf Makinesi</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786254233197</t>
+          <t>9786254234392</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori Sayıları ve Saymayı Öğrenelim</t>
+          <t>Kukuli Tinky’nin Çiçeği</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786254233180</t>
+          <t>9786254234439</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori Sesleri Öğrenelim</t>
+          <t>Kukuli Minky’nin Konseri</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786254233746</t>
+          <t>9786254234408</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Minnie Çıkartmalı Mantık Bulmacaları</t>
+          <t>Kukuli’nin Şapkası</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786254233739</t>
+          <t>9786254234415</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Karlar Ülkesi Çıkartmalı Mantık Bulmacaları</t>
+          <t>Kukuli’nin Robotu</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786254233722</t>
+          <t>9786254233920</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Arabalar Çıkartmalı Mantık Bulmacaları</t>
+          <t>Kavanozda</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>119.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786254233715</t>
+          <t>9786254233906</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Arabalar Çıkartmalı Alıştırma Kitabım Toplama ve Çıkarma</t>
+          <t>Bir Dilek</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>119.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786254233708</t>
+          <t>9786254233913</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Prenses Elena Alıştırma Kitabım Noktalar</t>
+          <t>Benim Camimde</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>119.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786254233692</t>
+          <t>9786254233807</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Noktalar</t>
+          <t>Aquaman - Anafor</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>119.5</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786254233609</t>
+          <t>9786254234248</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Çıkartmalı Alıştırma Kitabım Sayılar</t>
+          <t>Aslancık - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>119.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786254233685</t>
+          <t>9786254234262</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Bingo ve Roli’nin Maceraları Sayılar ve Sayma</t>
+          <t>Koala - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>119.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786254233678</t>
+          <t>9786254233449</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Renkler ve Şekiller</t>
+          <t>Disney Baykuş Evi - Kaynar Adalar’dan Sihir-teşem Maceralar</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>119.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786254233661</t>
+          <t>9786254233210</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Winnie the Pooh El Becerisi Etkinlikleri Yazıya Hazırlık</t>
+          <t>Disney Eğitsel Dori Renkleri Öğrenelim</t>
         </is>
       </c>
       <c r="C846" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786254233630</t>
+          <t>9786254233203</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Simba El Becerisi Etkinlikleri Yazıya Hazırlık</t>
+          <t>Disney Eğitsel Dori ABC’yi Öğrenelim Nokta Birleştirme</t>
         </is>
       </c>
       <c r="C847" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786254233623</t>
+          <t>9786254233197</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Karlar Ülkesi El Becerisi Etkinlikleri Yazıya Hazırlık</t>
+          <t>Disney Eğitsel Dori Sayıları ve Saymayı Öğrenelim</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786254233616</t>
+          <t>9786254233180</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Çıkartmalı Mickey Alıştırma Kitabım Sayılar</t>
+          <t>Disney Eğitsel Dori Sesleri Öğrenelim</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786254233784</t>
+          <t>9786254233746</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Okul Öncesi Sesleri Öğreniyorum</t>
+          <t>Disney Eğitsel Minnie Çıkartmalı Mantık Bulmacaları</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786254233654</t>
+          <t>9786254233739</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Okul Öncesi Sayıları Öğreniyorum</t>
+          <t>Disney Eğitsel Karlar Ülkesi Çıkartmalı Mantık Bulmacaları</t>
         </is>
       </c>
       <c r="C851" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786254233647</t>
+          <t>9786254233722</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Okul Öncesi Şekilleri ve Renkleri Öğreniyorum</t>
+          <t>Disney Eğitsel Arabalar Çıkartmalı Mantık Bulmacaları</t>
         </is>
       </c>
       <c r="C852" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786254232398</t>
+          <t>9786254233715</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>Disney Eğitsel Arabalar Çıkartmalı Alıştırma Kitabım Toplama ve Çıkarma</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>249.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786254233548</t>
+          <t>9786254233708</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Mouse: En Harika Kitap</t>
+          <t>Disney Eğitsel Prenses Elena Alıştırma Kitabım Noktalar</t>
         </is>
       </c>
       <c r="C854" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786254233531</t>
+          <t>9786254233692</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Mouse Dev Hayaller Çizgi Roman</t>
+          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Noktalar</t>
         </is>
       </c>
       <c r="C855" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786254233524</t>
+          <t>9786254233609</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Disney Nöbetçi Fareler Su Altında</t>
+          <t>Disney Eğitsel Çıkartmalı Alıştırma Kitabım Sayılar</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786254233494</t>
+          <t>9786254233685</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Disney Nöbetçi Fareler</t>
+          <t>Disney Eğitsel Bingo ve Roli’nin Maceraları Sayılar ve Sayma</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786254233456</t>
+          <t>9786254233678</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 3 Yaş</t>
+          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786254233487</t>
+          <t>9786254233661</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 6 Yaş</t>
+          <t>Disney Eğitsel Winnie the Pooh El Becerisi Etkinlikleri Yazıya Hazırlık</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786254233470</t>
+          <t>9786254233630</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 5 Yaş</t>
+          <t>Disney Eğitsel Simba El Becerisi Etkinlikleri Yazıya Hazırlık</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786254233463</t>
+          <t>9786254233623</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 4 Yaş</t>
+          <t>Disney Eğitsel Karlar Ülkesi El Becerisi Etkinlikleri Yazıya Hazırlık</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786254233326</t>
+          <t>9786254233616</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Batman!</t>
+          <t>Disney Eğitsel Çıkartmalı Mickey Alıştırma Kitabım Sayılar</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786254233364</t>
+          <t>9786254233784</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Büyük Kahramanlar</t>
+          <t>Disney Eğitsel Okul Öncesi Sesleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786254233357</t>
+          <t>9786254233654</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Süperman!</t>
+          <t>Disney Eğitsel Okul Öncesi Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786254233333</t>
+          <t>9786254233647</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Çiçek Gücü</t>
+          <t>Disney Eğitsel Okul Öncesi Şekilleri ve Renkleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786254233340</t>
+          <t>9786254232398</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Süper Evcil Hayvanlar</t>
+          <t>Sayılar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>99.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786254233227</t>
+          <t>9786254233548</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>DC Comics Süper Kahramanlar 100 Süper Boyama</t>
+          <t>Disney Minnie Mouse: En Harika Kitap</t>
         </is>
       </c>
       <c r="C867" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786254233265</t>
+          <t>9786254233531</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Harika Maceralarla Süperman - Sihirli Canavarlar</t>
+          <t>Disney Minnie Mouse Dev Hayaller Çizgi Roman</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786254233272</t>
+          <t>9786254233524</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Harika Maceralarla Superman - Supergirl'ün Evcil Hayvan Sorunu</t>
+          <t>Disney Nöbetçi Fareler Su Altında</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786254233241</t>
+          <t>9786254233494</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Harika Maceralarla Superman - Baloncuk Mücadelesi</t>
+          <t>Disney Nöbetçi Fareler</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786254233302</t>
+          <t>9786254233456</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Sinestro Korku Halkası</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 3 Yaş</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>99.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786254233296</t>
+          <t>9786254233487</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Cheetah Kusursuz Suç</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 6 Yaş</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>99.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786254233319</t>
+          <t>9786254233470</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Captain Cold Tipi Altında Savaş</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 5 Yaş</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>99.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786254233289</t>
+          <t>9786254233463</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Joker Açık Denizlerde</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 4 Yaş</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>99.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254233159</t>
+          <t>9786254233326</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Büsküvi Yarışması</t>
+          <t>DC Süper Friends - Batman!</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>168</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254233142</t>
+          <t>9786254233364</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Pastanesine Hoş Geldiniz</t>
+          <t>DC Süper Friends - Büyük Kahramanlar</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>168</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786254231834</t>
+          <t>9786254233357</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Gecedeki Işık</t>
+          <t>DC Süper Friends - Süperman!</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786254231674</t>
+          <t>9786254233333</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Kuaför Babam</t>
+          <t>DC Süper Friends - Çiçek Gücü</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786254231896</t>
+          <t>9786254233340</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Mamutunu Nasıl Yıkarsın ?</t>
+          <t>DC Süper Friends - Süper Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786254231872</t>
+          <t>9786254233227</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Mavi ve Bertie</t>
+          <t>DC Comics Süper Kahramanlar 100 Süper Boyama</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>249.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786254231810</t>
+          <t>9786254233265</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Nesi Var Adası - Kitap Köpekbalığına Karşı</t>
+          <t>Harika Maceralarla Süperman - Sihirli Canavarlar</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786254231827</t>
+          <t>9786254233272</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Nesi Var Adası</t>
+          <t>Harika Maceralarla Superman - Supergirl'ün Evcil Hayvan Sorunu</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786254231803</t>
+          <t>9786254233241</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Ori’nin Yıldızları</t>
+          <t>Harika Maceralarla Superman - Baloncuk Mücadelesi</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786254231865</t>
+          <t>9786254233302</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Parmak Balık Gıdıgıdı</t>
+          <t>Super DC VILLAINS Sinestro Korku Halkası</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786254232893</t>
+          <t>9786254233296</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 1</t>
+          <t>Super DC VILLAINS Cheetah Kusursuz Suç</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>48</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786254232978</t>
+          <t>9786254233319</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 4</t>
+          <t>Super DC VILLAINS Captain Cold Tipi Altında Savaş</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>48</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786254232961</t>
+          <t>9786254233289</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 3</t>
+          <t>Super DC VILLAINS Joker Açık Denizlerde</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>48</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786254232930</t>
+          <t>9786254233159</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 2</t>
+          <t>En Güzel Büsküvi Yarışması</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>48</v>
+        <v>168</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786254231933</t>
+          <t>9786254233142</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Köstebek'in Gözlüğü (Ciltli)</t>
+          <t>Hayvanlar Pastanesine Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>549</v>
+        <v>168</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786254231926</t>
+          <t>9786254231834</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Porsuk'un Orkestrası (Ciltli)</t>
+          <t>Gecedeki Işık</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>549</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786254232145</t>
+          <t>9786254231674</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Bekle Beni Ay</t>
+          <t>Kuaför Babam</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786254232275</t>
+          <t>9786254231896</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Mamutunu Nasıl Yıkarsın ?</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786254232251</t>
+          <t>9786254231872</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Mavi ve Bertie</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786254232220</t>
+          <t>9786254231810</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Çamur Zıpzıpı Metecan</t>
+          <t>Nesi Var Adası - Kitap Köpekbalığına Karşı</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786254232213</t>
+          <t>9786254231827</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin</t>
+          <t>Nesi Var Adası</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786254232183</t>
+          <t>9786254231803</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Boyama Kitabı</t>
+          <t>Ori’nin Yıldızları</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>129.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9780000718075</t>
+          <t>9786254231865</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenleri Seti 4 Kitap</t>
+          <t>Parmak Balık Gıdıgıdı</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>358</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9780000705440</t>
+          <t>9786254232893</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Gizem Kulübü Seti 5 Kitap</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>447.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786254364488</t>
+          <t>9786254232978</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Bir Canavar Yarışını Nasıl Kazanırsın?</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>249.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786254364471</t>
+          <t>9786254232961</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Bir Süper Kahramanı Nasıl Kurtarırsın?</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>228</v>
+        <v>48</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786254364501</t>
+          <t>9786254232930</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Barlas Antik Roma'da</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>228</v>
+        <v>48</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786254364440</t>
+          <t>9786254231933</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Korsan Havuzunda Nasıl Dalarsın?</t>
+          <t>Köstebek'in Gözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>228</v>
+        <v>549</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786254360367</t>
+          <t>9786254231926</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Dağınık!</t>
+          <t>Porsuk'un Orkestrası (Ciltli)</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>249.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786254362217</t>
+          <t>9786254232145</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Zaman Gezgini</t>
+          <t>Kukuli Bekle Beni Ay</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786254362187</t>
+          <t>9786254232275</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Turist Kapanı</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786254362200</t>
+          <t>9786254232251</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Kafa Avcıları</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786254362170</t>
+          <t>9786254232220</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çoklu Dipper</t>
+          <t>Çamur Zıpzıpı Metecan</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786254362194</t>
+          <t>9786254232213</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Hüpletici Canavar Efsanesi</t>
+          <t>Alaaddin</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786254232039</t>
+          <t>9786254232183</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitostan Logosa</t>
+          <t>Kukuli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>99.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786254232053</t>
+          <t>9780000718075</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Felsefe Üzerine</t>
+          <t>Filozof Dedemle Felsefe Serüvenleri Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>99.5</v>
+        <v>358</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786254232046</t>
+          <t>9780000705440</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitoloji Üzerine</t>
+          <t>Disney Esrarengiz Kasaba Gizem Kulübü Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>99.5</v>
+        <v>447.5</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786254232060</t>
+          <t>9786254364488</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Düşünmek Üzerine</t>
+          <t>Bir Canavar Yarışını Nasıl Kazanırsın?</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>99.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786254360411</t>
+          <t>9786254364471</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Vecihi Hürküş</t>
+          <t>Bir Süper Kahramanı Nasıl Kurtarırsın?</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>39.9</v>
+        <v>228</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786254360428</t>
+          <t>9786254364501</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Marie Curie</t>
+          <t>Barlas Antik Roma'da</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>39.9</v>
+        <v>228</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786254361999</t>
+          <t>9786254364440</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı! Yavru Köpekler</t>
+          <t>Korsan Havuzunda Nasıl Dalarsın?</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>39.9</v>
+        <v>228</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786254362019</t>
+          <t>9786254360367</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı Kurbağalar!</t>
+          <t>Dağınık!</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786254231995</t>
+          <t>9786254362217</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Disney Jessie - Yeni Dadı</t>
+          <t>Disney Esrarengiz Kasaba Zaman Gezgini</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>149.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786254232008</t>
+          <t>9786254362187</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Disney Jessie - Yaşasın Hayat</t>
+          <t>Disney Esrarengiz Kasaba Turist Kapanı</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>149.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786254231988</t>
+          <t>9786254362200</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Disney Jessie - Çılgın Aşık</t>
+          <t>Disney Esrarengiz Kasaba Kafa Avcıları</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>149.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786254232022</t>
+          <t>9786254362170</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Disney Enkanto Sihirli Dünya</t>
+          <t>Disney Esrarengiz Kasaba Çoklu Dipper</t>
         </is>
       </c>
       <c r="C920" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786254231629</t>
+          <t>9786254362194</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Baş Düşman Kadar Korkutucu (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Hüpletici Canavar Efsanesi</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786254231667</t>
+          <t>9786254232039</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Yavru Kuş Şarkısı (Ciltli)</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitostan Logosa</t>
         </is>
       </c>
       <c r="C922" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786254231643</t>
+          <t>9786254232053</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Sıcak Çöp (Ciltli)</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Felsefe Üzerine</t>
         </is>
       </c>
       <c r="C923" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786254231650</t>
+          <t>9786254232046</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Hamburger Dürüme Karşı (Ciltli)</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitoloji Üzerine</t>
         </is>
       </c>
       <c r="C924" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786254231636</t>
+          <t>9786254232060</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Cesaretin Varsa Oku! (Ciltli)</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Düşünmek Üzerine</t>
         </is>
       </c>
       <c r="C925" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786254231612</t>
+          <t>9786254360411</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Araba Yolculuğu (Ciltli)</t>
+          <t>National Geographic Kids - Vecihi Hürküş</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786254231759</t>
+          <t>9786254360428</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sorumluluk Noktası - Doğru Seçimler Yapmak Üzerine Bir Hikaye</t>
+          <t>National Geographic Kids - Marie Curie</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>139.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786254231711</t>
+          <t>9786254361999</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Küçük Saygılı Nokta - Nazik Olabilmek Üzerine Bir Hikaye</t>
+          <t>National Geographic Kids - Çok Tatlı! Yavru Köpekler</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>139.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786254231742</t>
+          <t>9786254362019</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Küçük İyilik Noktası</t>
+          <t>National Geographic Kids - Çok Havalı Kurbağalar!</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>139.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786254231698</t>
+          <t>9786254231995</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Küçük Güvenlik Noktası</t>
+          <t>Disney Jessie - Yeni Dadı</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>139.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786254231681</t>
+          <t>9786254232008</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Küçük Düzenli Nokta - Sistemli Olabilmek Üzerine Bir Hikaye</t>
+          <t>Disney Jessie - Yaşasın Hayat</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>139.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786254231735</t>
+          <t>9786254231988</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dürüst Nokta - Güven ve Saygınlık Üzerine Bir Hikaye</t>
+          <t>Disney Jessie - Çılgın Aşık</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>139.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786254231728</t>
+          <t>9786254232022</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Noktanı Bulmak - Çeşitlilik Üzerine Bir Hikaye</t>
+          <t>Disney Enkanto Sihirli Dünya</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>139.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786254366222</t>
+          <t>9786254231629</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Büyük Gökkuşağı Yarışı</t>
+          <t>Dc Comics - Teen Titans Go! Baş Düşman Kadar Korkutucu (Ciltli)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>58</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786254367106</t>
+          <t>9786254231667</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Artık Maymun Falan Yok!</t>
+          <t>Dc Comics - Teen Titans Go! Yavru Kuş Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786254367045</t>
+          <t>9786254231643</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Filiz’in Pantolonu</t>
+          <t>Dc Comics - Teen Titans Go! Sıcak Çöp (Ciltli)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786254362262</t>
+          <t>9786254231650</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Ördekler</t>
+          <t>Dc Comics - Teen Titans Go! Hamburger Dürüme Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786254362255</t>
+          <t>9786254231636</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Gerçek Ejderhalar!</t>
+          <t>Dc Comics - Teen Titans Go! Cesaretin Varsa Oku! (Ciltli)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786254362248</t>
+          <t>9786254231612</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çiftlik Hayvanları</t>
+          <t>Dc Comics - Teen Titans Go! Araba Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786254362231</t>
+          <t>9786254231759</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Böcekler!</t>
+          <t>Küçük Sorumluluk Noktası - Doğru Seçimler Yapmak Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786254368288</t>
+          <t>9786254231711</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Evciller Takımı - Lulu'nun Gücü</t>
+          <t>Küçük Saygılı Nokta - Nazik Olabilmek Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>99.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786254362361</t>
+          <t>9786254231742</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Ufo</t>
+          <t>Küçük İyilik Noktası</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>399.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786254362354</t>
+          <t>9786254231698</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Suç</t>
+          <t>Küçük Güvenlik Noktası</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>399.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786254361821</t>
+          <t>9786254231681</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Kumulları - Kaşifler Akademisi</t>
+          <t>Küçük Düzenli Nokta - Sistemli Olabilmek Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>345</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786254361838</t>
+          <t>9786254231735</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Yuvası - Kaşifler Akademisi</t>
+          <t>Küçük Dürüst Nokta - Güven ve Saygınlık Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>345</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786254361814</t>
+          <t>9786254231728</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Unicorn ve Noktaları - Evcil Hayvan Kliniği Etkinlik Kitabı</t>
+          <t>Dünyadaki Noktanı Bulmak - Çeşitlilik Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>199.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786254361807</t>
+          <t>9786254366222</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Haydi Durma, Unicorn’u Boya!</t>
+          <t>True Ve Gökkuşağı Krallığı Büyük Gökkuşağı Yarışı</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>149.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786254361791</t>
+          <t>9786254367106</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Haydi Durma, Dinozoru Boya!</t>
+          <t>Artık Maymun Falan Yok!</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>149.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786254361784</t>
+          <t>9786254367045</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Tütü Giymesine İzin Verme!</t>
+          <t>Filiz’in Pantolonu</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786254361777</t>
+          <t>9786254362262</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Noktalarla Kaplanmasına İzin Verme!</t>
+          <t>National Geographic Kids - Ördekler</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>119.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786254360336</t>
+          <t>9786254362255</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamayı Keşfedelim</t>
+          <t>National Geographic Kids - Gerçek Ejderhalar!</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>39.9</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786254360312</t>
+          <t>9786254362248</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamaya Başlayalım</t>
+          <t>National Geographic Kids - Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>39.9</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786254360329</t>
+          <t>9786254362231</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Yolları Ve Resimleri Bulalım</t>
+          <t>National Geographic Kids - Böcekler!</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>39.9</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052429723</t>
+          <t>9786254368288</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - İnternet Fenomeni</t>
+          <t>DC Süper Evciller Takımı - Lulu'nun Gücü</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>24.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786254360640</t>
+          <t>9786254362361</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı Leoparlar</t>
+          <t>Disney En Güzel Maceralar Ufo</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>39.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786254360657</t>
+          <t>9786254362354</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı! Koalalar</t>
+          <t>Disney En Güzel Maceralar Suç</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>39.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786254360664</t>
+          <t>9786254361821</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı! Pandalar</t>
+          <t>Yıldız Kumulları - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>39.9</v>
+        <v>345</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786254361098</t>
+          <t>9786254361838</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Renk Rehberi</t>
+          <t>Kaplan Yuvası - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>89.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786254361104</t>
+          <t>9786254361814</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Moda Rehberi</t>
+          <t>Unicorn ve Noktaları - Evcil Hayvan Kliniği Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>89.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786254361371</t>
+          <t>9786254361807</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Haydi Durma, Unicorn’u Boya!</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>99.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786254361364</t>
+          <t>9786254361791</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Cesur Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Haydi Durma, Dinozoru Boya!</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>99.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786254361357</t>
+          <t>9786254361784</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Özgür Canlıları - Çıkartmalı Aktivite Kitabı</t>
+          <t>Asla Bir Unicorn’un Tütü Giymesine İzin Verme!</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786254361340</t>
+          <t>9786254361777</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Çalışkan Canlıları - Çıkartmalı Aktivite Kitabı</t>
+          <t>Asla Bir Unicorn’un Noktalarla Kaplanmasına İzin Verme!</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786254361333</t>
+          <t>9786254360336</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamayı Keşfedelim</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786254361326</t>
+          <t>9786254360312</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Muhteşem Canlıları - Çıkartmalı Aktivite Kitabı</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamaya Başlayalım</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786254361319</t>
+          <t>9786254360329</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Yolları Ve Resimleri Bulalım</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786254361296</t>
+          <t>9786052429723</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Harika Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - İnternet Fenomeni</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>99.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052420317</t>
+          <t>9786254360640</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids: Kelebekler</t>
+          <t>National Geographic Kids - Çok Havalı Leoparlar</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>174.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786254232909</t>
+          <t>9786254360657</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>National Geographic Kids - Çok Tatlı! Koalalar</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>239.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052427491</t>
+          <t>9786254360664</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Klasikler - Frankenstein Başrolde: Donald</t>
+          <t>National Geographic Kids - Çok Tatlı! Pandalar</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>119.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9787666000117</t>
+          <t>9786254361098</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygu Noktası Ekonomi Seti</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Renk Rehberi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>547.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786254367120</t>
+          <t>9786254361104</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Evcil Hayvanım</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Moda Rehberi</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>68</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786254362156</t>
+          <t>9786254361371</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yıldız, Parlak Yıldız</t>
+          <t>Güçlü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786254361845</t>
+          <t>9786254361364</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Disney Fineas Ve Förb Mip'in Maceraları</t>
+          <t>Cesur Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C974" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786254361852</t>
+          <t>9786254361357</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Disney Fineas Ve Förb Baştan Ayağa Bela</t>
+          <t>Ormanın Özgür Canlıları - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C975" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786254361746</t>
+          <t>9786254361340</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’u Bir Ren Geyiğiyle Bir Araya Getirme!</t>
+          <t>Ormanın Çalışkan Canlıları - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>119.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786254361739</t>
+          <t>9786254361333</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Prensesin Unicorn’uyla Boyama Yapmasına İzin Verme</t>
+          <t>Olağanüstü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>119.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786254362064</t>
+          <t>9786254361326</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Wonder Woman: Amazon Savaşçısı</t>
+          <t>Ormanın Muhteşem Canlıları - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C978" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786254362057</t>
+          <t>9786254361319</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Gizli Kahramanlar Derneği: Adalet Sınıfı</t>
+          <t>Etkileyici Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C979" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786254362040</t>
+          <t>9786254361296</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Gizli Kahramanlar Derneği: Yalnızlık Kalesi</t>
+          <t>Harika Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C980" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786254361630</t>
+          <t>9786052420317</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Mercan Resifi</t>
+          <t>National Geographic Kids: Kelebekler</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>149.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786254361623</t>
+          <t>9786254232909</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Gece Vakti</t>
+          <t>Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>149.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786254361661</t>
+          <t>9786052427491</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Yavru Hayvanlar</t>
+          <t>Disney Çizgi Klasikler - Frankenstein Başrolde: Donald</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>149.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786254361647</t>
+          <t>9787666000117</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Aslanlar</t>
+          <t>Küçük Duygu Noktası Ekonomi Seti</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>149.5</v>
+        <v>547.5</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786254361616</t>
+          <t>9786254367120</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Dısney Esrarengiz Kasaba Gizemli Çıkartma Albümü</t>
+          <t>Bu Benim Evcil Hayvanım</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>199.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786052426371</t>
+          <t>9786254362156</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Midilliler (Ciltli)</t>
+          <t>Güzel Yıldız, Parlak Yıldız</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>39.9</v>
+        <v>68</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786254361203</t>
+          <t>9786254361845</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 4</t>
+          <t>Disney Fineas Ve Förb Mip'in Maceraları</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>49.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786254361111</t>
+          <t>9786254361852</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Çıkartma Rehberi</t>
+          <t>Disney Fineas Ve Förb Baştan Ayağa Bela</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>89.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786254361128</t>
+          <t>9786254361746</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Dipper'ın Açıklanamayan Olaylar Rehberi</t>
+          <t>Asla Bir Unicorn’u Bir Ren Geyiğiyle Bir Araya Getirme!</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>89.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9780000999993</t>
+          <t>9786254361739</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çıkartmalı Hikaye Seti - 2 Kitap Takım</t>
+          <t>Asla Bir Prensesin Unicorn’uyla Boyama Yapmasına İzin Verme</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>89.8</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786254361470</t>
+          <t>9786254362064</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids İlk Bilim Kitabım</t>
+          <t>DC Comics - Wonder Woman: Amazon Savaşçısı</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>649.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786254361449</t>
+          <t>9786254362057</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Ejderhayla Yaşayan Çocuk</t>
+          <t>DC Comics - Gizli Kahramanlar Derneği: Adalet Sınıfı</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786254361456</t>
+          <t>9786254362040</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Ejderhayla Uçan Çocuk</t>
+          <t>DC Comics - Gizli Kahramanlar Derneği: Yalnızlık Kalesi</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786254361272</t>
+          <t>9786254361630</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Dısney Esrarengiz Kasaba Dünyası</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Mercan Resifi</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>349.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786254360930</t>
+          <t>9786254361623</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Karlar Ülkesi 2 – Gizemli Yolculuk</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Gece Vakti</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>58</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786254360947</t>
+          <t>9786254361661</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Kayıp Kolye</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>229.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786254360978</t>
+          <t>9786254361647</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Gölge Ve Altın Oda</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Aslanlar</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>229.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786254360985</t>
+          <t>9786254361616</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Bir Yılbaşı Gizemi</t>
+          <t>Dısney Esrarengiz Kasaba Gizemli Çıkartma Albümü</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>229.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786254360893</t>
+          <t>9786052426371</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Aile Sırrı</t>
+          <t>National Geographic Kids Midilliler (Ciltli)</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>229.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786254360701</t>
+          <t>9786254361203</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Kukuli İle Renkler - Renkleri Öğreniyoruz! (Ciltli)</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 4</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>89.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786254360077</t>
+          <t>9786254361111</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyoruz Bay Panda</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Çıkartma Rehberi</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>249.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786254360060</t>
+          <t>9786254361128</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Bay Panda</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Dipper'ın Açıklanamayan Olaylar Rehberi</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>249.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>1980000579777</t>
+          <t>9780000999993</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Bilim Ansiklopedi Seti (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Çıkartmalı Hikaye Seti - 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>4047</v>
+        <v>89.8</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786254360688</t>
+          <t>9786254361470</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Disney - Greenlerin Büyükşehir Maceraları Kanlı Ay</t>
+          <t>National Geographic Kids İlk Bilim Kitabım</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>99.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786254360473</t>
+          <t>9786254361449</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Ayının Biri Oturmuş Sandalyeme</t>
+          <t>Ejderhayla Yaşayan Çocuk</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>228</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786052429457</t>
+          <t>9786254361456</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Sincap ile Kardan Adam - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
+          <t>Ejderhayla Uçan Çocuk</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>549</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786254360244</t>
+          <t>9786254361272</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Mercan’ın Yelkenlisi</t>
+          <t>Dısney Esrarengiz Kasaba Dünyası</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>69.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786254360190</t>
+          <t>9786254360930</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygusal Nokta</t>
+          <t>Disney Tasarla Ve Oyna Karlar Ülkesi 2 – Gizemli Yolculuk</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>139.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786254360183</t>
+          <t>9786254360947</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaygılı Nokta</t>
+          <t>Timmi Tobbson Küçük Kaşifler Kayıp Kolye</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>139.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786254360275</t>
+          <t>9786254360978</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygusal Nokta Duygu Dedektifi</t>
+          <t>Timmi Tobbson Küçük Kaşifler Gölge Ve Altın Oda</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>139.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786254360268</t>
+          <t>9786254360985</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cesur Nokta</t>
+          <t>Timmi Tobbson Küçük Kaşifler Bir Yılbaşı Gizemi</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>139.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786254360251</t>
+          <t>9786254360893</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Küçük Azimli Nokta</t>
+          <t>Timmi Tobbson Küçük Kaşifler Aile Sırrı</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>139.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786254360282</t>
+          <t>9786254360701</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Küçük Takım Çalışması Noktası</t>
+          <t>Kukuli İle Renkler - Renkleri Öğreniyoruz! (Ciltli)</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>139.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786254360138</t>
+          <t>9786254360077</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sevgi Noktası</t>
+          <t>Seni Seviyoruz Bay Panda</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>139.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786254360107</t>
+          <t>9786254360060</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sakin Nokta</t>
+          <t>Teşekkürler Bay Panda</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>139.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786254360145</t>
+          <t>1980000579777</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Küçük Özgüvenli Nokta</t>
+          <t>National Geographic Kids Bilim Ansiklopedi Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>139.5</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786254360152</t>
+          <t>9786254360688</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Küçük Öfkeli Nokta</t>
+          <t>Disney - Greenlerin Büyükşehir Maceraları Kanlı Ay</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>139.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786254360169</t>
+          <t>9786254360473</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutsuz Nokta</t>
+          <t>Ayının Biri Oturmuş Sandalyeme</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>139.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786254360176</t>
+          <t>9786052429457</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutlu Nokta</t>
+          <t>Sincap ile Kardan Adam - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>139.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786254360299</t>
+          <t>9786254360244</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Disney- Esrarengiz Kasaba Gizemli ve Açıklanamaz Maceralar</t>
+          <t>Mercan’ın Yelkenlisi</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>349.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786254360220</t>
+          <t>9786254360190</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Disney - Star Kötü Güçlere Karşı Büyük Bela</t>
+          <t>Küçük Duygusal Nokta</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>199.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786052429990</t>
+          <t>9786254360183</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Kim Haklı?</t>
+          <t>Küçük Kaygılı Nokta</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>44.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786052429983</t>
+          <t>9786254360275</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Herkesin Merak Ettiği Cevap</t>
+          <t>Küçük Duygusal Nokta Duygu Dedektifi</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>44.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052429976</t>
+          <t>9786254360268</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Genişleyen Evin Sırrı</t>
+          <t>Küçük Cesur Nokta</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>44.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786052429952</t>
+          <t>9786254360251</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Büyük Görev: Yanından Ayrılma</t>
+          <t>Küçük Azimli Nokta</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>44.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786052429969</t>
+          <t>9786254360282</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Ödev Peşinde: Nerede Bulurum?</t>
+          <t>Küçük Takım Çalışması Noktası</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>44.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786050526509</t>
+          <t>9786254360138</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanından Masallar İlk Kitaplarım Seti (4 Kitap Takım) (Ciltli)</t>
+          <t>Küçük Sevgi Noktası</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>1198</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786052577851</t>
+          <t>9786254360107</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca'yla Zamansız Fıkralar Serisi (6 Kitap Takım)</t>
+          <t>Küçük Sakin Nokta</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>269.4</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786052429327</t>
+          <t>9786254360145</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Sevincin Şarkısı</t>
+          <t>Küçük Özgüvenli Nokta</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>249.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786052425466</t>
+          <t>9786254360152</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Küçük Öfkeli Nokta</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>349.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786052429228</t>
+          <t>9786254360169</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Küçük Mutsuz Nokta</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>349.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786052429235</t>
+          <t>9786254360176</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Küçük Mutlu Nokta</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>349.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786052425459</t>
+          <t>9786254360299</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Disney- Esrarengiz Kasaba Gizemli ve Açıklanamaz Maceralar</t>
         </is>
       </c>
       <c r="C1033" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786052429785</t>
+          <t>9786254360220</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar - Seviye 1</t>
+          <t>Disney - Star Kötü Güçlere Karşı Büyük Bela</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786052429754</t>
+          <t>9786052429990</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Parlayan Hayvanlar - Seviye 1</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Kim Haklı?</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>174.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052429761</t>
+          <t>9786052429983</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Gündüz ve Gece - Seviye 1</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Herkesin Merak Ettiği Cevap</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>174.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052429921</t>
+          <t>9786052429976</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Oyun Kitabı</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Genişleyen Evin Sırrı</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>239.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052429839</t>
+          <t>9786052429952</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Ormanda - Seviye 1</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Büyük Görev: Yanından Ayrılma</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>174.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786052429822</t>
+          <t>9786052429969</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Walt Disney - Seviye 3</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Ödev Peşinde: Nerede Bulurum?</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>174.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786052429747</t>
+          <t>9786050526509</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Tilkiler - Seviye 2</t>
+          <t>Meşe Palamudu Ormanından Masallar İlk Kitaplarım Seti (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>174.5</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786052429778</t>
+          <t>9786052577851</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Garip Hayvanlar</t>
+          <t>Nasreddin Hoca'yla Zamansız Fıkralar Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>174.5</v>
+        <v>269.4</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786052429846</t>
+          <t>9786052429327</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Bacaklılar</t>
+          <t>Sevincin Şarkısı</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786052429808</t>
+          <t>9786052425466</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Penguenler</t>
+          <t>Renkler - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786052429792</t>
+          <t>9786052429228</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Kediler</t>
+          <t>Arkadaşlar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052429945</t>
+          <t>9786052429235</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Boyama Kitabım Dipper - Esrarengiz Kasaba</t>
+          <t>Zıtlıklar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>149.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052429938</t>
+          <t>9786052425459</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Boyama Kitabım Mabel - Esrarengiz Kasaba</t>
+          <t>Sayılar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>149.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052429655</t>
+          <t>9786052429785</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Yaşıyor mu?</t>
+          <t>Fırtınalar - Seviye 1</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>99.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052429129</t>
+          <t>9786052429754</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Böö</t>
+          <t>Parlayan Hayvanlar - Seviye 1</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>249.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786052429112</t>
+          <t>9786052429761</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Bir Tilki</t>
+          <t>Gündüz ve Gece - Seviye 1</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>249.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786052429501</t>
+          <t>9786052429921</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Şapkanın Gizemi - Öykü Kitabı</t>
+          <t>Disney - Esrarengiz Kasaba Oyun Kitabı</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>49.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052428788</t>
+          <t>9786052429839</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Cyril ve Pat</t>
+          <t>Ormanda - Seviye 1</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>249.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052429310</t>
+          <t>9786052429822</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Yetiştiren Çocuk</t>
+          <t>Walt Disney - Seviye 3</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>249.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052429280</t>
+          <t>9786052429747</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Go Go İgo: Bir Akıl Oyunu Hikayesi</t>
+          <t>Tilkiler - Seviye 2</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>99.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786052429075</t>
+          <t>9786052429778</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 9</t>
+          <t>Garip Hayvanlar</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>49.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052429099</t>
+          <t>9786052429846</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 7</t>
+          <t>Kafadan Bacaklılar</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>49.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786052429105</t>
+          <t>9786052429808</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 6</t>
+          <t>Penguenler</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>49.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786052429044</t>
+          <t>9786052429792</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 4</t>
+          <t>Kediler</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>49.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786052429051</t>
+          <t>9786052429945</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 3</t>
+          <t>Maskeli Boyama Kitabım Dipper - Esrarengiz Kasaba</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>49.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786052428870</t>
+          <t>9786052429938</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Çok Tatlı Pandalar - National Geographic Kids</t>
+          <t>Maskeli Boyama Kitabım Mabel - Esrarengiz Kasaba</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>169.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786052428900</t>
+          <t>9786052429655</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Çok Havalı Leopar - National Geographic Kids</t>
+          <t>Dinozorlar Yaşıyor mu?</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>169.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052428887</t>
+          <t>9786052429129</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Çok Tatlı Koalalar - National Geographic Kids</t>
+          <t>Böö</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>169.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052427767</t>
+          <t>9786052429112</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Bu Güzel Gezegen</t>
+          <t>Bir Tilki</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052428184</t>
+          <t>9786052429501</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Telefon Kitabım (Ciltli)</t>
+          <t>Şapkanın Gizemi - Öykü Kitabı</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>69.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786052428191</t>
+          <t>9786052428788</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Nesneler - Telefon Kitabım (Ciltli)</t>
+          <t>Cyril ve Pat</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>69.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786254360602</t>
+          <t>9786052429310</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Acayip Ötesi Maceralar - Disney Esrarengiz Kasaba Kısa Kısa</t>
+          <t>Ejderha Yetiştiren Çocuk</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>239.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>3990052427491</t>
+          <t>9786052429280</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein Başrolde: Donald - Disney Çizgi Klasikler</t>
+          <t>Go Go İgo: Bir Akıl Oyunu Hikayesi</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>28.9</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052427521</t>
+          <t>9786052429075</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Disney Ralph ve İnternet</t>
+          <t>Kukuli Aktivite Kitabı - 9</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786052427484</t>
+          <t>9786052429099</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Drakula Başrolde: Mickey - Disney Çizgi Klasikler</t>
+          <t>Kukuli Aktivite Kitabı - 7</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052427545</t>
+          <t>9786052429105</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Paten Aşkına! - Disney Soy Luna  1</t>
+          <t>Kukuli Aktivite Kitabı - 6</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052427507</t>
+          <t>9786052429044</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick Başrolde: Donald - Disney Çizgi Klasikler</t>
+          <t>Kukuli Aktivite Kitabı - 4</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052427538</t>
+          <t>9786052429051</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Etkisi - Disney Soy Luna 2</t>
+          <t>Kukuli Aktivite Kitabı - 3</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786052427835</t>
+          <t>9786052428870</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Bıcı Bıcı Saati - Kontrast Renkler (Ciltli)</t>
+          <t>Çok Tatlı Pandalar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>199.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786052427842</t>
+          <t>9786052428900</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Bebek Odam - Kontrast Renkler (Ciltli)</t>
+          <t>Çok Havalı Leopar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>199.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786052427828</t>
+          <t>9786052428887</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Mama Saati - Kontrast Renkler (Ciltli)</t>
+          <t>Çok Tatlı Koalalar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>199.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052428313</t>
+          <t>9786052427767</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitabı - Deniz Kitabı</t>
+          <t>Bu Güzel Gezegen</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>228</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786052428047</t>
+          <t>9786052428184</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Venüs - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Hayvanlar - Telefon Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>199.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052427941</t>
+          <t>9786052428191</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Dünya - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Nesneler - Telefon Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>199.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786052427927</t>
+          <t>9780000554970</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Astronot - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Akıllı Bebek - Kontrast Renkler Seti (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>199.5</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786052428016</t>
+          <t>9786254360602</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Satürn - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Acayip Ötesi Maceralar - Disney Esrarengiz Kasaba Kısa Kısa</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>199.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786052428009</t>
+          <t>3990052427491</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Neptün - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Frankenstein Başrolde: Donald - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>199.5</v>
+        <v>28.9</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786052427996</t>
+          <t>9786052427521</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Merkür - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Disney Ralph ve İnternet</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786052427989</t>
+          <t>9786052427484</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Mars - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Drakula Başrolde: Mickey - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052427972</t>
+          <t>9786052427545</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Paten Aşkına! - Disney Soy Luna  1</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052427965</t>
+          <t>9786052427507</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Güneş - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Moby Dick Başrolde: Donald - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786052427958</t>
+          <t>9786052427538</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Galaksiler - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Arkadaş Etkisi - Disney Soy Luna 2</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052428030</t>
+          <t>9786052427835</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Uranüs - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Bıcı Bıcı Saati - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C1086" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786052427170</t>
+          <t>9786052427842</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynayan Domuz (Ciltli)</t>
+          <t>Bebek Odam - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>549</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786052428429</t>
+          <t>9786052427828</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>İlk Nasıllar Kitabım</t>
+          <t>Mama Saati - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>649.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786052427859</t>
+          <t>9786052428313</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Hareket Halindeki Hayvanlar - İlk Kitaplarım Serisi (Ciltli)</t>
+          <t>Kara Kitabı - Deniz Kitabı</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>149.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786052428078</t>
+          <t>9786052428047</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Zamanını Yöneten Çocuklar - National Geographic Kids</t>
+          <t>Venüs - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786052428023</t>
+          <t>9786052427941</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs Gibi Yap - National Geographic Kids</t>
+          <t>Dünya - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786052427576</t>
+          <t>9786052427927</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Böcekler Hakkında 1000 Gerçek - National Geographic Kids</t>
+          <t>Astronot - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786052427415</t>
+          <t>9786052428016</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Kükre - National Geographic Kids</t>
+          <t>Satürn - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786052427422</t>
+          <t>9786052428009</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Dörtnala - National Geographic Kids</t>
+          <t>Neptün - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9780000526601</t>
+          <t>9786052427996</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids-Mavi Gezegen Seti-5 Kitap Takım</t>
+          <t>Merkür - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>897.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052426715</t>
+          <t>9786052427989</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Çifte Dipper - Esrarengiz Kasaba (Ciltli)</t>
+          <t>Mars - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>379.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052426012</t>
+          <t>9786052427972</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Haklarını Bilen Çocuklar</t>
+          <t>Jüpiter - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052426531</t>
+          <t>9786052427965</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>İlk Böcekler Kitabım - National Geographic Kids</t>
+          <t>Güneş - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>649.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786052426500</t>
+          <t>9786052427958</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba - Dipper ve Mabel - Zaman Korsanları Hazinesi'nin Laneti</t>
+          <t>Galaksiler - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786052426043</t>
+          <t>9786052428030</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Dipper ve Mabel'in Gizem Rehberi İle Aralıksız Eğlence</t>
+          <t>Uranüs - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786254232886</t>
+          <t>9786052427170</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Türetici Çocuklar</t>
+          <t>Saklambaç Oynayan Domuz (Ciltli)</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>239.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052425848</t>
+          <t>9786052428429</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Ay - Ay'ımızın Bilimi ve Hikayeleri (Ciltli)</t>
+          <t>İlk Nasıllar Kitabım</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>199.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786052426098</t>
+          <t>9786052427859</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Garip ama Gerçek! 5 - 350 Müthiş Gerçek</t>
+          <t>Hareket Halindeki Hayvanlar - İlk Kitaplarım Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>399.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786052425770</t>
+          <t>9786052428078</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İnanılmaz Sürüngenler (Ciltli)</t>
+          <t>Zamanını Yöneten Çocuklar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>1349</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786052425787</t>
+          <t>9786052428023</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Perili Dükkan</t>
+          <t>Steve Jobs Gibi Yap - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>149.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786052425794</t>
+          <t>9786052427576</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Yaz Cadılar Bayramı</t>
+          <t>Böcekler Hakkında 1000 Gerçek - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>149.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786052425114</t>
+          <t>9786052427415</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Çok Dikkatli Aç</t>
+          <t>Kükre - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>228</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786052425152</t>
+          <t>9786052427422</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Vecihi Hürkuş - National Geographic Kids</t>
+          <t>Dörtnala - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>199.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786052425145</t>
+          <t>9780000526601</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - National Geographic Kids</t>
+          <t>National Geographic Kids-Mavi Gezegen Seti-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>239.5</v>
+        <v>897.5</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786052424933</t>
+          <t>9786052426715</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Robot Paket Oku Eğlen</t>
+          <t>Çifte Dipper - Esrarengiz Kasaba (Ciltli)</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>169.5</v>
+        <v>379.5</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786052425237</t>
+          <t>9786052426012</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kalbi Kuş Gibi</t>
+          <t>Haklarını Bilen Çocuklar</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>199.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786052425169</t>
+          <t>9786052426531</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kitabı - Güneş Kitabı</t>
+          <t>İlk Böcekler Kitabım - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>228</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786052425138</t>
+          <t>9786052426500</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Derya ile Mercan Hayvanlar Özgür Kalsın</t>
+          <t>Disney - Esrarengiz Kasaba - Dipper ve Mabel - Zaman Korsanları Hazinesi'nin Laneti</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052424759</t>
+          <t>9786052426043</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>İkili Sarmal - Kaşifler Akademisi</t>
+          <t>Disney - Esrarengiz Kasaba Dipper ve Mabel'in Gizem Rehberi İle Aralıksız Eğlence</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>345</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786052424841</t>
+          <t>9786254232886</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz 2</t>
+          <t>Türetici Çocuklar</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>79.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786052424261</t>
+          <t>9786052425848</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Büyük Orman Yangınları - National Geographic Kids</t>
+          <t>Ay - Ay'ımızın Bilimi ve Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786052424254</t>
+          <t>9786052426098</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Ayılar - National Geographic Kids</t>
+          <t>Garip ama Gerçek! 5 - 350 Müthiş Gerçek</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>174.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786052424247</t>
+          <t>9786052425770</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler - National Geographic Kids</t>
+          <t>National Geographic Kids - İnanılmaz Sürüngenler (Ciltli)</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>174.5</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052424049</t>
+          <t>9786052425787</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Tasarıma İlham Veren Doğa - National Geographic Kids</t>
+          <t>Disney Esrarengiz Kasaba - Perili Dükkan</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>239.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052424032</t>
+          <t>9786052425794</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen Ahmed Çelebi - National Geographic Kids</t>
+          <t>Disney Esrarengiz Kasaba - Yaz Cadılar Bayramı</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>199.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786052423646</t>
+          <t>9780000999870</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimi Filiz</t>
+          <t>National Geographic Kids - Kaşifler Akademisi Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>189.5</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786052423431</t>
+          <t>9780000999528</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kediler - Bilgi ve Oyun Kartları</t>
+          <t>National Geographic Kids - Sevimli Hayvanlar Seti 6 Kitap</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>149.5</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052423448</t>
+          <t>9786052425114</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Köpekler - Bilgi ve Oyun Kartları</t>
+          <t>Çok Dikkatli Aç</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>149.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786052423677</t>
+          <t>9786052425152</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Ustası Emin</t>
+          <t>Vecihi Hürkuş - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>189.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052423653</t>
+          <t>9786052425145</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Cem</t>
+          <t>Nikola Tesla - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>189.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786052423660</t>
+          <t>9786052424933</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Hekim Eylül</t>
+          <t>National Geographic Kids - Robot Paket Oku Eğlen</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>189.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9780000507860</t>
+          <t>9786052425237</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Okuma Kitapları Stantı (180 Kitap)</t>
+          <t>Annemin Kalbi Kuş Gibi</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>2916</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9780000508850</t>
+          <t>9786052425169</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Marvel Boyama - Aktivite Kitapları Stantı (117 Kitap)</t>
+          <t>Yağmur Kitabı - Güneş Kitabı</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>2078.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052423738</t>
+          <t>9786052425138</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Su</t>
+          <t>Derya ile Mercan Hayvanlar Özgür Kalsın</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786052423752</t>
+          <t>9786052424759</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Mimar Hayvanlar - National Geographic Kids</t>
+          <t>İkili Sarmal - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>174.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786052421628</t>
+          <t>9786052424841</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>13 Numaralı Sınıf'ın İnanılmaz ve Korkunç Şöhretleri</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz 2</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>29.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786052421611</t>
+          <t>9786052424261</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>13 Numaralı Sınıf'ın Felaket Getiren Sihirli Dilekleri</t>
+          <t>Büyük Orman Yangınları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>29.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052423639</t>
+          <t>9786052424254</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Şahin Tüyü - Kaşifler Akademisi</t>
+          <t>Ayılar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>345</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786052423318</t>
+          <t>9786052424247</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan -  National Geographic Kids</t>
+          <t>Bitkiler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>239.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786052423325</t>
+          <t>9786052424049</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - National Geographic Kids</t>
+          <t>Tasarıma İlham Veren Doğa - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1135" s="1">
         <v>239.5</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786052422793</t>
+          <t>9786052424032</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Türkan Saylan - İz Bırakanlar Dizisi</t>
+          <t>Hezarfen Ahmed Çelebi - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786052422922</t>
+          <t>9786052423646</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kurgu - Disney En Güzel Maceralar</t>
+          <t>Diş Hekimi Filiz</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>399.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786052422915</t>
+          <t>9786052423431</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Korku - Disney En Güzel Maceralar</t>
+          <t>En Güzel Kediler - Bilgi ve Oyun Kartları</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>399.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786052422809</t>
+          <t>9786052423448</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Süt Dişim Nerede?</t>
+          <t>En Güzel Köpekler - Bilgi ve Oyun Kartları</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>249.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786052422137</t>
+          <t>9786052423677</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Explorer Academy Kaşifler Akademisi - Nebula’nın Gizemi</t>
+          <t>İnşaat Ustası Emin</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>345</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786052422120</t>
+          <t>9786052423653</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>İtfaiyeci Cem</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>239.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786052422144</t>
+          <t>9786052423660</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Parasını Yöneten Çocuklar</t>
+          <t>Veteriner Hekim Eylül</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>239.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786052421581</t>
+          <t>9780000507860</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Paketiniz Var (Kapakçıklı Kitap)</t>
+          <t>National Geographic Kids - Okuma Kitapları Stantı (180 Kitap)</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>299.5</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786052422236</t>
+          <t>9780000508850</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Sarp ve Meyve Ağaçları</t>
+          <t>Marvel Boyama - Aktivite Kitapları Stantı (117 Kitap)</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>199.5</v>
+        <v>2078.5</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786052421475</t>
+          <t>9786052423738</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Süper Can</t>
+          <t>National Geographic Kids - Su</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>228</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786053339120</t>
+          <t>9786052423752</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Robotik Hakkında Her Şey</t>
+          <t>Mimar Hayvanlar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>374.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786052421185</t>
+          <t>9786052421628</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balıkları (Seviye 2)</t>
+          <t>13 Numaralı Sınıf'ın İnanılmaz ve Korkunç Şöhretleri</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>174.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786052421178</t>
+          <t>9786052421611</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Yılanlar (Seviye 2)</t>
+          <t>13 Numaralı Sınıf'ın Felaket Getiren Sihirli Dilekleri</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>174.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786052421208</t>
+          <t>9786052423639</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Hayvanlar (Seviye 3)</t>
+          <t>Şahin Tüyü - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>174.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786052420515</t>
+          <t>9786052423318</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Bay Panda</t>
+          <t>Mimar Sinan -  National Geographic Kids</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>249.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786052420423</t>
+          <t>9786052423325</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Pasta Yarışması</t>
+          <t>Marie Curie - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>249.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786052420843</t>
+          <t>9786052422793</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Ay’ın Gittiği Gece</t>
+          <t>Türkan Saylan - İz Bırakanlar Dizisi</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>228</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9780008266691</t>
+          <t>9786052422922</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Manatees (Readers 3)</t>
+          <t>Bilim Kurgu - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>80</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786052420461</t>
+          <t>9786052422915</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Keşfedin - Bir Ağaç Büyüyor</t>
+          <t>Korku - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>149.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786053339625</t>
+          <t>9786052422809</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Suyun Hikayesi</t>
+          <t>Süt Dişim Nerede?</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>239.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786053339632</t>
+          <t>9786052422137</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik</t>
+          <t>Explorer Academy Kaşifler Akademisi - Nebula’nın Gizemi</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>239.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786053339618</t>
+          <t>9786052422120</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C1157" s="1">
         <v>239.5</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786053339601</t>
+          <t>9786052422144</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Koruma Altındaki Türler</t>
+          <t>Parasını Yöneten Çocuklar</t>
         </is>
       </c>
       <c r="C1158" s="1">
         <v>239.5</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786053339465</t>
+          <t>9786052421581</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>Paketiniz Var (Kapakçıklı Kitap)</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>45</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786053339038</t>
+          <t>9786052422236</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Ripley’s İster İnan İster İnanma (Ciltli)</t>
+          <t>Sarp ve Meyve Ağaçları</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786053339687</t>
+          <t>9786052421475</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - İğrençlikler Kitabı</t>
+          <t>Süper Can</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>22.9</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786053338703</t>
+          <t>9786053339120</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yırtcılar (Seviye 2)</t>
+          <t>Robotik Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>174.5</v>
+        <v>374.5</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786053338390</t>
+          <t>9786052421185</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Don Sever</t>
+          <t>Köpek Balıkları (Seviye 2)</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>249.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786053338642</t>
+          <t>9786052421178</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Güneş'in Gittiği Gün</t>
+          <t>Yılanlar (Seviye 2)</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>228</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786053336105</t>
+          <t>9786052421208</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>İlk Nedenler Kitabım (Ciltli)</t>
+          <t>Ölümcül Hayvanlar (Seviye 3)</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>649.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786053336860</t>
+          <t>9786052420515</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Zihin Oyunları</t>
+          <t>Lütfen Bay Panda</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786053337669</t>
+          <t>9786052420423</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids İnanılmaz İnsan Vücudu (Ciltli)</t>
+          <t>Tavşancık Pasta Yarışması</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>1349</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786053337539</t>
+          <t>9786052420843</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Dişi Düşen Ejderha</t>
+          <t>Ay’ın Gittiği Gece</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>249.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>3990000020002</t>
+          <t>9780008266691</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Manatees (Readers 3)</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>36.02</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>3990000020001</t>
+          <t>9786052420461</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Dünyamızı Keşfedin - Bir Ağaç Büyüyor</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>36.02</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786053335408</t>
+          <t>9786053339625</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Disney Kitabı (Ciltli)</t>
+          <t>Suyun Hikayesi</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>75</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786053335559</t>
+          <t>9786053339632</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Dinodon Sever</t>
+          <t>Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>249.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786053335443</t>
+          <t>9786053339618</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Hakkında Her Şey</t>
+          <t>Küresel Isınma</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>374.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786053335498</t>
+          <t>9786053339601</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Çığır Açan 125 İcat - National Geographic Kids</t>
+          <t>Koruma Altındaki Türler</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786053333067</t>
+          <t>9786053339465</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi Memeliler Seviye 2</t>
+          <t>Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>174.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786053332978</t>
+          <t>9786053339038</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayıları Seviye 1</t>
+          <t>Ripley’s İster İnan İster İnanma (Ciltli)</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>174.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786053334866</t>
+          <t>9786053339687</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Ansiklopedisi (Ciltli)</t>
+          <t>Kötü Durum Senaryoları - İğrençlikler Kitabı</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>1349</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786053333494</t>
+          <t>9786053338703</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Ölümcül Yırtcılar (Seviye 2)</t>
         </is>
       </c>
       <c r="C1178" s="1">
         <v>174.5</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786053332824</t>
+          <t>9786053338390</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Aslanlar Seviye 1</t>
+          <t>Dinozorlar Don Sever</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786053333098</t>
+          <t>9786053338642</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Tohumdan Bitkiye</t>
+          <t>Güneş'in Gittiği Gün</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>174.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786053332954</t>
+          <t>9786053336105</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Koalalar - Seviye 1</t>
+          <t>İlk Nedenler Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>174.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786053333524</t>
+          <t>9786053336860</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Örümcekler</t>
+          <t>Zihin Oyunları</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>174.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786053333036</t>
+          <t>9786053337669</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Renkli Balıklar</t>
+          <t>National Geographic Kids İnanılmaz İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>174.5</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786053332893</t>
+          <t>9786053337539</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Garip Deniz Canlıları (Seviye 2)</t>
+          <t>Dişi Düşen Ejderha</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786053333043</t>
+          <t>3990000020002</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Robotlar (Readers 3)</t>
+          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>174.5</v>
+        <v>36.02</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786053333531</t>
+          <t>3990000020001</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Köpekler</t>
+          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>174.5</v>
+        <v>36.02</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786053332985</t>
+          <t>9786053335408</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Disney Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>174.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786053332947</t>
+          <t>9786053335559</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler</t>
+          <t>Uzaylılar Dinodon Sever</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>149.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786053333029</t>
+          <t>9786053335443</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Penguenler</t>
+          <t>Dinozorlar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>149.5</v>
+        <v>374.5</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786053332886</t>
+          <t>9786053335498</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar</t>
+          <t>Çığır Açan 125 İcat - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>149.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786053336099</t>
+          <t>9786053333067</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Yunuslar - Seviye 2</t>
+          <t>Tarih Öncesi Memeliler Seviye 2</t>
         </is>
       </c>
       <c r="C1191" s="1">
         <v>174.5</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786055415617</t>
+          <t>9786053332978</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Trenler Seviye 1</t>
+          <t>Kutup Ayıları Seviye 1</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>6.95</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786053333234</t>
+          <t>9786053334866</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Dinopedi (Ciltli)</t>
+          <t>Hayvanlar Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1193" s="1">
         <v>1349</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786052427194</t>
+          <t>9786053333494</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Dünya Atlası</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>449.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786055415587</t>
+          <t>9786053332824</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Aslanlar Seviye 1</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786053332664</t>
+          <t>9786053333098</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>New York Gezi Rehberi</t>
+          <t>Tohumdan Bitkiye</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>249.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786053338895</t>
+          <t>9786053332954</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Mumyalar</t>
+          <t>Koalalar - Seviye 1</t>
         </is>
       </c>
       <c r="C1197" s="1">
         <v>174.5</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786053333517</t>
+          <t>9786053333524</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Midilliler</t>
+          <t>Örümcekler</t>
         </is>
       </c>
       <c r="C1198" s="1">
         <v>174.5</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786054716104</t>
+          <t>9786053333036</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>İlk Nedenler Kitabım (Ciltli)</t>
+          <t>Renkli Balıklar</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>36.57</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786052421765</t>
+          <t>9786053332893</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>İlk Hayvanlar Kitabım</t>
+          <t>Garip Deniz Canlıları (Seviye 2)</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>649.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786053333913</t>
+          <t>9786053333043</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Süper Sanat - Haydi Çiz (Ciltli)</t>
+          <t>Robotlar (Readers 3)</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>199.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786053333906</t>
+          <t>9786053333531</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Süper Sanat: Haydi Boya! (Ciltli)</t>
+          <t>Kediler ve Köpekler</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>199.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786053333920</t>
+          <t>9786053332985</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Süper Sanat (Ciltli)</t>
+          <t>Mars</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>249.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786053335528</t>
+          <t>9786053332947</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Uzay Ansiklopedisi (Ciltli)</t>
+          <t>Kelebekler</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>1349</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786053335283</t>
+          <t>9786053333029</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Köpekleri Anlama Kılavuzu</t>
+          <t>Penguenler</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>349.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786053338857</t>
+          <t>9786053332886</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Hava</t>
+          <t>Bulutlar</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>174.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786053338451</t>
+          <t>9786053336099</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Kertenkeleler</t>
+          <t>Yunuslar - Seviye 2</t>
         </is>
       </c>
       <c r="C1207" s="1">
         <v>174.5</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786053338475</t>
+          <t>9786055415617</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar</t>
+          <t>Trenler Seviye 1</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>174.5</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786053338468</t>
+          <t>9786053333234</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Tırtıldan Kelebeğe</t>
+          <t>Eşsiz Dinopedi (Ciltli)</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>174.5</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786054716302</t>
+          <t>9786052427194</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yırtıcılar</t>
+          <t>Dünya Atlası</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>6.95</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786053339281</t>
+          <t>9786055415587</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>İslam Uygarlığı'ndaki 1001 Buluş ve Olağanüstü Gerçekler</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>649.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786053338864</t>
+          <t>9786053332664</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Pandalar</t>
+          <t>New York Gezi Rehberi</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786055415952</t>
+          <t>9786053338895</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Örümcekler - Seviye 1</t>
+          <t>Mumyalar</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786053338901</t>
+          <t>9786053333517</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Karıncalar - Seviye 1</t>
+          <t>Midilliler</t>
         </is>
       </c>
       <c r="C1214" s="1">
         <v>174.5</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786053338482</t>
+          <t>9786054716104</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! 2 - 300 Müthiş Gerçek</t>
+          <t>İlk Nedenler Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>399.5</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786055415761</t>
+          <t>9786052421765</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! 1</t>
+          <t>İlk Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>19.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786053338888</t>
+          <t>9786053333913</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Büyük Göçler - Harika Hayvan Yolculukları</t>
+          <t>Süper Sanat - Haydi Çiz (Ciltli)</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786053336082</t>
+          <t>9786053333906</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Balinalar - Büyük Göçler Seviye 3</t>
+          <t>Süper Sanat: Haydi Boya! (Ciltli)</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
+          <t>9786053333920</t>
+        </is>
+      </c>
+      <c r="B1219" s="1" t="inlineStr">
+        <is>
+          <t>Süper Sanat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1219" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:3">
+      <c r="A1220" s="1" t="inlineStr">
+        <is>
+          <t>9786053335528</t>
+        </is>
+      </c>
+      <c r="B1220" s="1" t="inlineStr">
+        <is>
+          <t>Uzay Ansiklopedisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1220" s="1">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:3">
+      <c r="A1221" s="1" t="inlineStr">
+        <is>
+          <t>9786053335283</t>
+        </is>
+      </c>
+      <c r="B1221" s="1" t="inlineStr">
+        <is>
+          <t>Köpekleri Anlama Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1221" s="1">
+        <v>349.5</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:3">
+      <c r="A1222" s="1" t="inlineStr">
+        <is>
+          <t>9786053338857</t>
+        </is>
+      </c>
+      <c r="B1222" s="1" t="inlineStr">
+        <is>
+          <t>Hava</t>
+        </is>
+      </c>
+      <c r="C1222" s="1">
+        <v>174.5</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:3">
+      <c r="A1223" s="1" t="inlineStr">
+        <is>
+          <t>9786053338451</t>
+        </is>
+      </c>
+      <c r="B1223" s="1" t="inlineStr">
+        <is>
+          <t>Kertenkeleler</t>
+        </is>
+      </c>
+      <c r="C1223" s="1">
+        <v>174.5</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:3">
+      <c r="A1224" s="1" t="inlineStr">
+        <is>
+          <t>9786053338475</t>
+        </is>
+      </c>
+      <c r="B1224" s="1" t="inlineStr">
+        <is>
+          <t>Kurtlar</t>
+        </is>
+      </c>
+      <c r="C1224" s="1">
+        <v>174.5</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:3">
+      <c r="A1225" s="1" t="inlineStr">
+        <is>
+          <t>9786053338468</t>
+        </is>
+      </c>
+      <c r="B1225" s="1" t="inlineStr">
+        <is>
+          <t>Tırtıldan Kelebeğe</t>
+        </is>
+      </c>
+      <c r="C1225" s="1">
+        <v>174.5</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:3">
+      <c r="A1226" s="1" t="inlineStr">
+        <is>
+          <t>9786054716302</t>
+        </is>
+      </c>
+      <c r="B1226" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Yırtıcılar</t>
+        </is>
+      </c>
+      <c r="C1226" s="1">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:3">
+      <c r="A1227" s="1" t="inlineStr">
+        <is>
+          <t>9786053339281</t>
+        </is>
+      </c>
+      <c r="B1227" s="1" t="inlineStr">
+        <is>
+          <t>İslam Uygarlığı'ndaki 1001 Buluş ve Olağanüstü Gerçekler</t>
+        </is>
+      </c>
+      <c r="C1227" s="1">
+        <v>649.5</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:3">
+      <c r="A1228" s="1" t="inlineStr">
+        <is>
+          <t>9786053338864</t>
+        </is>
+      </c>
+      <c r="B1228" s="1" t="inlineStr">
+        <is>
+          <t>Pandalar</t>
+        </is>
+      </c>
+      <c r="C1228" s="1">
+        <v>174.5</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:3">
+      <c r="A1229" s="1" t="inlineStr">
+        <is>
+          <t>9786055415952</t>
+        </is>
+      </c>
+      <c r="B1229" s="1" t="inlineStr">
+        <is>
+          <t>Örümcekler - Seviye 1</t>
+        </is>
+      </c>
+      <c r="C1229" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:3">
+      <c r="A1230" s="1" t="inlineStr">
+        <is>
+          <t>9786053338901</t>
+        </is>
+      </c>
+      <c r="B1230" s="1" t="inlineStr">
+        <is>
+          <t>Karıncalar - Seviye 1</t>
+        </is>
+      </c>
+      <c r="C1230" s="1">
+        <v>174.5</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:3">
+      <c r="A1231" s="1" t="inlineStr">
+        <is>
+          <t>9786053338482</t>
+        </is>
+      </c>
+      <c r="B1231" s="1" t="inlineStr">
+        <is>
+          <t>Garip Ama Gerçek! 2 - 300 Müthiş Gerçek</t>
+        </is>
+      </c>
+      <c r="C1231" s="1">
+        <v>399.5</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:3">
+      <c r="A1232" s="1" t="inlineStr">
+        <is>
+          <t>9786055415761</t>
+        </is>
+      </c>
+      <c r="B1232" s="1" t="inlineStr">
+        <is>
+          <t>Garip Ama Gerçek! 1</t>
+        </is>
+      </c>
+      <c r="C1232" s="1">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:3">
+      <c r="A1233" s="1" t="inlineStr">
+        <is>
+          <t>9786053338888</t>
+        </is>
+      </c>
+      <c r="B1233" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Göçler - Harika Hayvan Yolculukları</t>
+        </is>
+      </c>
+      <c r="C1233" s="1">
+        <v>174.5</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:3">
+      <c r="A1234" s="1" t="inlineStr">
+        <is>
+          <t>9786053336082</t>
+        </is>
+      </c>
+      <c r="B1234" s="1" t="inlineStr">
+        <is>
+          <t>Balinalar - Büyük Göçler Seviye 3</t>
+        </is>
+      </c>
+      <c r="C1234" s="1">
+        <v>174.5</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:3">
+      <c r="A1235" s="1" t="inlineStr">
+        <is>
           <t>9786054716174</t>
         </is>
       </c>
-      <c r="B1219" s="1" t="inlineStr">
+      <c r="B1235" s="1" t="inlineStr">
         <is>
           <t>Angry Birds Space - Uzaya Doğru Öfkeli Bir Uçuş</t>
         </is>
       </c>
-      <c r="C1219" s="1">
+      <c r="C1235" s="1">
         <v>19.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>