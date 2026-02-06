--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,18550 +85,18940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254239588</t>
+          <t>9786254239878</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Disney - Duygu Günlüğüm Ters Yüz Sinirlerine Hakim Ol</t>
+          <t>Disney Moana 2 - Resimli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254239564</t>
+          <t>9786254239861</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Disney - Duygu Günlüğüm Karlar Ülkesi Cesur Ol!</t>
+          <t>Disney Lilo ve Stiç ‘Ohana Aile Demektir - Hayatın Kalbinden Notlar</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254239557</t>
+          <t>9786254239625</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Disney- Duygu Günlüğüm, Dikkatli Ol, Donald!</t>
+          <t>Kurbağalar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254239595</t>
+          <t>9786254239632</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Disney - Duygu Günlüğüm Karmakarışık Denemekten Korkma!</t>
+          <t>Gelgit Havuzları</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254239571</t>
+          <t>9786254239656</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Disney - Duygu Günlüğüm Karlar Ülkesi Değişime Hazır Ol</t>
+          <t>Veterinerler</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254239601</t>
+          <t>9786254239663</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Disney Duygu Günlüğüm Stiç Kibar Ol, Stiç!</t>
+          <t>Kuzey Kutbu Hayvanları</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052425121</t>
+          <t>9786254237447</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Dansım</t>
+          <t>Sürüngenler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9780007726202</t>
+          <t>9786254239274</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Disney Ajan Stiç - Maceraları Seti</t>
+          <t>%100 Minecraft Pikselli Boyama - Canavarlar Özel</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>948.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254239526</t>
+          <t>9786254239267</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Minnoşlar</t>
+          <t>%100 Minecraft Pikselli Boyama - Daha Fazla Piksel</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254239519</t>
+          <t>9786254239281</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Hayvanlar</t>
+          <t>%100 Minecraft Pikselli Boyama - Daha Fazla Canavar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254236495</t>
+          <t>9780000725332</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar</t>
+          <t>National Geographic Kids Ölümcül Hayvanlar Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>149.5</v>
+        <v>597.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254360831</t>
+          <t>9786254235948</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler</t>
+          <t>Disney En Güzel Maceralar Futbol</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>149.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254234736</t>
+          <t>9786053332923</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Uzay</t>
+          <t>Kar Leoparları</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>149.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254239243</t>
+          <t>9786254360015</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Kavuşma Yolculuğu</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Senin Yerinde Olsaydım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>158</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254239199</t>
+          <t>9786052427873</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Sınırları Aşmak</t>
+          <t>Hayvanlar - Sözcükleri Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>158</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254239212</t>
+          <t>9786254239137</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - İçimizdeki Kahraman</t>
+          <t>Teo'nun Muhteşem Makineleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>158</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254239205</t>
+          <t>9786254239083</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Gerçek Hazine</t>
+          <t>Nasıl Kutup Ayısıyla Gezilir?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>158</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254239236</t>
+          <t>9786254239052</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Disney Pıxar Arabalar 3</t>
+          <t>Mucit Gizmo</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>158</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254239229</t>
+          <t>9786254239076</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Disney Pıxar Arabalar</t>
+          <t>Nasıl Roma Arabası Kullanılır?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>158</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254239250</t>
+          <t>9786254239069</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Disney Moana</t>
+          <t>Nasıl Mısır Hazinesi Bulunur?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>158</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254238741</t>
+          <t>9786254239090</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Yılbaşı</t>
+          <t>Nasıl Süper Kahraman Kurtarılır?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>278</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254239144</t>
+          <t>9786254239045</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek - Spor</t>
+          <t>Mucit Gizmo İcatlar Yarışması’nda</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254239151</t>
+          <t>9786254239113</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek - Hayvanlar</t>
+          <t>Nasıl Ejderha Yakalanır?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254238710</t>
+          <t>9786254239106</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı'ndan Masallar - Tavşan'ın Yeni Elbisesi (Ciltli)</t>
+          <t>Nasıl Korsan Hazinesi Bulunur?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>549</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254238642</t>
+          <t>9786254239120</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı'ndan Masallar - İyi Eğlenceler Kurbağa (Ciltli)</t>
+          <t>Nasıl Canavar Yarışı Kazanılır?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>549</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254238635</t>
+          <t>9786254235283</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı'ndan Masallar - Geçmiş Olsun Fındık Faresi (Ciltli)</t>
+          <t>Süper Patates - Zalim Yeşil Zaman Makinesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>549</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052429464</t>
+          <t>9786254239588</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ne Pişirdi? - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
+          <t>Disney - Duygu Günlüğüm Ters Yüz Sinirlerine Hakim Ol</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>549</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254232817</t>
+          <t>9786254239564</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
+          <t>Disney - Duygu Günlüğüm Karlar Ülkesi Cesur Ol!</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>34.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254232800</t>
+          <t>9786254239557</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Böcekler Kitabı</t>
+          <t>Disney- Duygu Günlüğüm, Dikkatli Ol, Donald!</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>34.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254232770</t>
+          <t>9786254239595</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Hayvanlar Kitabım</t>
+          <t>Disney - Duygu Günlüğüm Karmakarışık Denemekten Korkma!</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>34.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254232794</t>
+          <t>9786254239571</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Dinozorlar Kitabım</t>
+          <t>Disney - Duygu Günlüğüm Karlar Ülkesi Değişime Hazır Ol</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>34.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9780000526502</t>
+          <t>9786254239601</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı’ndan Hikayeler Set (4 Kitap Takım) (Ciltli)</t>
+          <t>Disney Duygu Günlüğüm Stiç Kibar Ol, Stiç!</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>2169</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9780000999573</t>
+          <t>9786052425121</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Kitaplarım Serisi (6 Kitap Takım)</t>
+          <t>Bu Benim Dansım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>3897</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9780000521996</t>
+          <t>9780007726202</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı’ndan Hikayeler Seti (3 Kitap Takım) (Ciltli)</t>
+          <t>Disney Ajan Stiç - Maceraları Seti</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1647</v>
+        <v>948.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254238482</t>
+          <t>9786254239526</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Orman'ından Masallar - Merhaba Arkadaşlar (Ciltli)</t>
+          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Minnoşlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>468</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254236402</t>
+          <t>9786254239519</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Keçeli İş Makineleri (Ciltli)</t>
+          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Hayvanlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254237171</t>
+          <t>9786254236495</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! - Minik Kedi (Ciltli)</t>
+          <t>Hayvanlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>349.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254237140</t>
+          <t>9786254360831</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Balina (Ciltli)</t>
+          <t>Bitkiler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>349.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254237126</t>
+          <t>9786254234736</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Unicorn (Ciltli)</t>
+          <t>Uzay</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>349.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254237102</t>
+          <t>9786254239243</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Dinozor (Ciltli)</t>
+          <t>Disney Karlar Ülkesi - Kavuşma Yolculuğu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>349.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254236747</t>
+          <t>9786254239199</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Kokuşuk Patates, Süper Bezelye’ye Karşı!</t>
+          <t>Disney Karlar Ülkesi - Sınırları Aşmak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>278</v>
+        <v>158</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9780000726261</t>
+          <t>9786254239212</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzay Koleksiyonu</t>
+          <t>Disney Karlar Ülkesi - İçimizdeki Kahraman</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>872.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9780000726247</t>
+          <t>9786254239205</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - En Şirin Hayvanlar Koleksiyonu</t>
+          <t>Disney Karlar Ülkesi - Gerçek Hazine</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>872.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9780000726223</t>
+          <t>9786254239236</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Okyanus Hayvanları Koleksiyonu</t>
+          <t>Disney Pıxar Arabalar 3</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>872.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254237416</t>
+          <t>9786254239229</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Deniz Zamanı Boyama Kitabı</t>
+          <t>Disney Pıxar Arabalar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>70.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254237317</t>
+          <t>9786254239250</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Çiftlik</t>
+          <t>Disney Moana</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>99.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254237294</t>
+          <t>9786254238741</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Dinozorlar</t>
+          <t>Süper Patates - Süpermarkette Yılbaşı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254237300</t>
+          <t>9786254239144</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Hayvanlar</t>
+          <t>National Geographic Kids - Garip Ama Gerçek - Spor</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>99.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254237287</t>
+          <t>9786254239151</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Prensesler</t>
+          <t>National Geographic Kids - Garip Ama Gerçek - Hayvanlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>99.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254232862</t>
+          <t>9786254238710</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 3</t>
+          <t>Meşe Palamudu Ormanı'ndan Masallar - Tavşan'ın Yeni Elbisesi (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>49.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254232848</t>
+          <t>9786254238642</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 2</t>
+          <t>Meşe Palamudu Ormanı'ndan Masallar - İyi Eğlenceler Kurbağa (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>49.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254232855</t>
+          <t>9786254238635</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 4</t>
+          <t>Meşe Palamudu Ormanı'ndan Masallar - Geçmiş Olsun Fındık Faresi (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>49.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254232831</t>
+          <t>9786052429464</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 1</t>
+          <t>Kedi Ne Pişirdi? - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>49.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9780000725271</t>
+          <t>9786254232817</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Seti 5 Kitap</t>
+          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>597.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254234705</t>
+          <t>9786254232800</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fare ile Kırmızı Duvar</t>
+          <t>National Geographic Kids - Böcekler Kitabı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>228</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254234712</t>
+          <t>9786254232770</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zürafalar Dans Edemez</t>
+          <t>National Geographic Kids - İlk Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>228</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254234347</t>
+          <t>9786254232794</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Köpekçik (Ciltli)</t>
+          <t>National Geographic Kids - İlk Dinozorlar Kitabım</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>299.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254234286</t>
+          <t>9780000526502</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Kuzucuk (Ciltli)</t>
+          <t>Meşe Palamudu Ormanı’ndan Hikayeler Set (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>299.5</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254234514</t>
+          <t>9780000999573</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Son Unicorn Tekboynuz</t>
+          <t>National Geographic Kids - İlk Kitaplarım Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>68</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254234477</t>
+          <t>9780000521996</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar Küçücüğüm</t>
+          <t>Meşe Palamudu Ormanı’ndan Hikayeler Seti (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>68</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254234552</t>
+          <t>9786254238482</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın İnek Möö Möö</t>
+          <t>Meşe Palamudu Orman'ından Masallar - Merhaba Arkadaşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>68</v>
+        <v>468</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254234576</t>
+          <t>9786254236402</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ayı’nın Küçük Sakinleşme Kitabı</t>
+          <t>Keçeli İş Makineleri (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254234538</t>
+          <t>9786254237171</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Anneciğinin Bir Tanesi</t>
+          <t>Macerayı Sen Seç! - Minik Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254234507</t>
+          <t>9786254237140</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kırmızı Traktör</t>
+          <t>Mıncırık Sukuşi Balina (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254234637</t>
+          <t>9786254237126</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Babacığının Bir Tanesi</t>
+          <t>Mıncırık Sukuşi Unicorn (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254234453</t>
+          <t>9786254237102</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dans Etmeyi Seven Ayı</t>
+          <t>Mıncırık Sukuşi Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254234651</t>
+          <t>9786254236747</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Süper Patates Kokuşuk Patates, Süper Bezelye’ye Karşı!</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254234279</t>
+          <t>9780000726261</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Köpekçik - Etkinlikler ve Boyamalar</t>
+          <t>National Geographic Kids - Uzay Koleksiyonu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>39.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254234255</t>
+          <t>9780000726247</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Baykuş - Etkinlikler ve Boyamalar</t>
+          <t>National Geographic Kids - En Şirin Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>39.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786254232404</t>
+          <t>9780000726223</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kedi ve Köpekler - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>National Geographic Kids - Okyanus Hayvanları Koleksiyonu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>249.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254232374</t>
+          <t>9786254237416</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Uyku Zamanı - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>Kukuli Deniz Zamanı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>249.5</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254231919</t>
+          <t>9786254237317</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mucit Gizmo İcatlar Kongresi’nde</t>
+          <t>İlk Boyama Albümüm - Çiftlik</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>278</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254231797</t>
+          <t>9786254237294</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimeler / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>İlk Boyama Albümüm - Dinozorlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254231773</t>
+          <t>9786254237300</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Banyo Zamanı 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>İlk Boyama Albümüm - Hayvanlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254232152</t>
+          <t>9786254237287</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Kar Yağıyor</t>
+          <t>İlk Boyama Albümüm - Prensesler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254232176</t>
+          <t>9786254232862</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Noktaları Birleştir ve Boya!</t>
+          <t>Garip Ama Gerçek 3</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>129.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254232206</t>
+          <t>9786254232848</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Noktaları Birleştir ve Boya!</t>
+          <t>Garip Ama Gerçek 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>129.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254232169</t>
+          <t>9786254232855</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Boyama Kitabı</t>
+          <t>Garip Ama Gerçek 4</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>129.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254232282</t>
+          <t>9786254232831</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Garip Ama Gerçek 1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786254232268</t>
+          <t>9780000725271</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>National Geographic Kids Okuma Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>68</v>
+        <v>597.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254232312</t>
+          <t>9786254234705</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yeri Geç Ayı</t>
+          <t>Küçük Fare ile Kırmızı Duvar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254232114</t>
+          <t>9786254234712</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Tuhaflıklar Kıyameti</t>
+          <t>Zürafalar Dans Edemez</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>299.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254232121</t>
+          <t>9786254234347</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Dipper'ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
+          <t>Fırıldak Gözler - Merhaba Köpekçik (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254364464</t>
+          <t>9786254234286</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutup Ayısıyla Nasıl Müze Gezersin?</t>
+          <t>Fırıldak Gözler - Merhaba Kuzucuk (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>228</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254364426</t>
+          <t>9786254234514</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Yakalama Rehberi</t>
+          <t>Son Unicorn Tekboynuz</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>228</v>
+        <v>68</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254362316</t>
+          <t>9786254234477</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Sebzecikler Lanetli Vadi’de</t>
+          <t>Tatlı Rüyalar Küçücüğüm</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>228</v>
+        <v>68</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254366253</t>
+          <t>9786254234552</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Yaşayan Deniz</t>
+          <t>Şaşkın İnek Möö Möö</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254366246</t>
+          <t>9786254234576</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Süper Yapışkan Kedi Topu</t>
+          <t>Ayı’nın Küçük Sakinleşme Kitabı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254366239</t>
+          <t>9786254234538</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Sihirli Çiçek</t>
+          <t>Anneciğinin Bir Tanesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254366260</t>
+          <t>9786254234507</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Boyama Ve Aktivite Kitabı Dev Eğlence</t>
+          <t>Büyük Kırmızı Traktör</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254367069</t>
+          <t>9786254234637</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Denizanası Yemek Çok İğrenç!</t>
+          <t>Babacığının Bir Tanesi</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254362118</t>
+          <t>9786254234453</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Annemi Çok Seviyorum</t>
+          <t>Dans Etmeyi Seven Ayı</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254367052</t>
+          <t>9786254234651</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Altın Saçlı Kız Ve Üç Ayı</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254367137</t>
+          <t>9786254234279</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Köpekçik - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>68</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254367236</t>
+          <t>9786254234255</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ne Melek Ama!</t>
+          <t>Baykuş - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>68</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254367199</t>
+          <t>9786254232404</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kadife Tavşan</t>
+          <t>Yavru Kedi ve Köpekler - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254362125</t>
+          <t>9786254232374</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Yanında Olan Ayı</t>
+          <t>Uyku Zamanı - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254367151</t>
+          <t>9786254231919</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Bir Gün</t>
+          <t>Mucit Gizmo İcatlar Kongresi’nde</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>68</v>
+        <v>278</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254362224</t>
+          <t>9786254231797</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Balinalar</t>
+          <t>İlk Kelimeler / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>149.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254368264</t>
+          <t>9786254231773</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Evciller Takımı - Havalı Oyun ve Boyama Kitabı</t>
+          <t>Banyo Zamanı 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254361753</t>
+          <t>9786254232152</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Partiye Katılmasına İzin Verme!</t>
+          <t>Kukuli Kar Yağıyor</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254361760</t>
+          <t>9786254232176</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Karalama Yapmasına İzin Verme!</t>
+          <t>Kukuli Noktaları Birleştir ve Boya!</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>119.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254361722</t>
+          <t>9786254232206</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Dinozorun Karalama Yapmasına İzin Verme</t>
+          <t>Kukuli Noktaları Birleştir ve Boya!</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>119.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052429679</t>
+          <t>9786254232169</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Robot Dostu</t>
+          <t>Kukuli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>24.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052429693</t>
+          <t>9786254232282</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Nasreddin Hoca Tarım Yapıyor</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>24.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052426364</t>
+          <t>9786254232268</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Köpek Balıkları</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>39.9</v>
+        <v>68</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786254361197</t>
+          <t>9786254232312</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 3</t>
+          <t>Yeri Geç Ayı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786254361180</t>
+          <t>9786254232114</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 2</t>
+          <t>Disney - Esrarengiz Kasaba Tuhaflıklar Kıyameti</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254361173</t>
+          <t>9786254232121</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 1</t>
+          <t>Disney - Esrarengiz Kasaba Dipper'ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>49.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786254360527</t>
+          <t>9786254364464</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Kayıp Efsaneler - Yüzleşme!</t>
+          <t>Bir Kutup Ayısıyla Nasıl Müze Gezersin?</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>89.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254361005</t>
+          <t>9786254364426</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Prenses – Lusifer Banyo Yapmalı</t>
+          <t>Ejderha Yakalama Rehberi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>58</v>
+        <v>228</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786254360879</t>
+          <t>9786254362316</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Pixar Arabalar 3 - Asla Pes Etme</t>
+          <t>Süper Patates - Sebzecikler Lanetli Vadi’de</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>58</v>
+        <v>228</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786254360954</t>
+          <t>9786254366253</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Moana - Cesur Bir Lider</t>
+          <t>True Ve Gökkuşağı Krallığı Yaşayan Deniz</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>58</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786254360916</t>
+          <t>9786254366246</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Karlar Ülkesi – Sevginin Gücü</t>
+          <t>True Ve Gökkuşağı Krallığı Süper Yapışkan Kedi Topu</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>58</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786254360909</t>
+          <t>9786254366239</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Bingo Ve Roli’nin Maceraları – Doğum Günü Hediyeleri</t>
+          <t>True Ve Gökkuşağı Krallığı Sihirli Çiçek</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>58</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786254360923</t>
+          <t>9786254366260</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Olaf'ın Doğum Günü Tasarla ve Oyna</t>
+          <t>True Ve Gökkuşağı Krallığı Boyama Ve Aktivite Kitabı Dev Eğlence</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>58</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786254360961</t>
+          <t>9786254367069</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Güzel ve Çirkin</t>
+          <t>Denizanası Yemek Çok İğrenç!</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786254360992</t>
+          <t>9786254362118</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Disney Vampirina Sınıf Fotoğrafı Tasarla ve Oyna</t>
+          <t>Annemi Çok Seviyorum</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786254360886</t>
+          <t>9786254367052</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar - Süper Mater Tasarla ve Oyna</t>
+          <t>Altın Saçlı Kız Ve Üç Ayı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254360763</t>
+          <t>9786254367137</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Sayborg Devreler Yanınca</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>98</v>
+        <v>68</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786254360770</t>
+          <t>9786254367236</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Yıldızateşi Yıldızbombası</t>
+          <t>Ne Melek Ama!</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>98</v>
+        <v>68</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254361043</t>
+          <t>9786254367199</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (Rakuncuk)</t>
+          <t>Kadife Tavşan</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>59.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254361036</t>
+          <t>9786254362125</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (Kedicik)</t>
+          <t>Her Zaman Yanında Olan Ayı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>59.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786254361029</t>
+          <t>9786254367151</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (İncekcik)</t>
+          <t>Hayvanlarla Bir Gün</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>59.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786254360695</t>
+          <t>9786254362224</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bugün Nasılsın Kukuli? - Duyguları Öğreniyoruz! (Ciltli)</t>
+          <t>National Geographic Kids - Balinalar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>89.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053339595</t>
+          <t>9786254368264</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşüm</t>
+          <t>DC Süper Evciller Takımı - Havalı Oyun ve Boyama Kitabı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>199.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053339663</t>
+          <t>9786254361753</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sivridiş Ailesi - Spor Bayramı Ara Öğün Saldırısı</t>
+          <t>Asla Bir Unicorn’un Partiye Katılmasına İzin Verme!</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>14.9</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053339656</t>
+          <t>9786254361760</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sivridiş Ailesi - Lunaparkta Korku</t>
+          <t>Asla Bir Unicorn’un Karalama Yapmasına İzin Verme!</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>14.9</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053339649</t>
+          <t>9786254361722</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sivridiş Ailesi - Kanlı Çörekler ve Korkuluklar</t>
+          <t>Asla Bir Dinozorun Karalama Yapmasına İzin Verme</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>14.9</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053332916</t>
+          <t>9786052429679</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kaplanlar Seviye 2</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Robot Dostu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>98</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053332909</t>
+          <t>9786052429693</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gezegenler Seviye 2</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Nasreddin Hoca Tarım Yapıyor</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>174.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052422519</t>
+          <t>9786052426364</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çam Fıstığı</t>
+          <t>National Geographic Kids Köpek Balıkları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>17.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053339700</t>
+          <t>9786254361197</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - Tuhaflıklar Kitabı</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 3</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>22.9</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053339694</t>
+          <t>9786254361180</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - Okul Yılları</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 2</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>22.9</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053339717</t>
+          <t>9786254361173</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - Artık Çocuk Değilim!</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>22.9</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052421963</t>
+          <t>9786254360527</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Evini Arayan Ayıcık</t>
+          <t>Disney Esrarengiz Kasaba Kayıp Efsaneler - Yüzleşme!</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>228</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053335894</t>
+          <t>9786254361005</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Balık Dori - Hakkında Her Şey (Ciltli)</t>
+          <t>Disney Tasarla Ve Oyna Prenses – Lusifer Banyo Yapmalı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>138</v>
+        <v>58</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053336396</t>
+          <t>9786254360879</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tilki’nin Çorapları (Ciltli)</t>
+          <t>Disney Tasarla Ve Oyna Pixar Arabalar 3 - Asla Pes Etme</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>549</v>
+        <v>58</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053336372</t>
+          <t>9786254360954</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Uykusu (Ciltli)</t>
+          <t>Disney Tasarla Ve Oyna Moana - Cesur Bir Lider</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>549</v>
+        <v>58</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053336389</t>
+          <t>9786254360916</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Postacı Ayı (Ciltli)</t>
+          <t>Disney Tasarla Ve Oyna Karlar Ülkesi – Sevginin Gücü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>549</v>
+        <v>58</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052420850</t>
+          <t>9786254360909</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap İğrenç Kokuyor!</t>
+          <t>Disney Tasarla Ve Oyna Bingo Ve Roli’nin Maceraları – Doğum Günü Hediyeleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>47.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053332800</t>
+          <t>9786254360923</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kurbağalar</t>
+          <t>Disney Karlar Ülkesi Olaf'ın Doğum Günü Tasarla ve Oyna</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>129.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053332961</t>
+          <t>9786254360961</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Koalalar - Dünyamızı Keşfedin</t>
+          <t>Disney Prenses Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>129.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053338932</t>
+          <t>9786254360992</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Maymunlar</t>
+          <t>Disney Vampirina Sınıf Fotoğrafı Tasarla ve Oyna</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>174.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053332992</t>
+          <t>9786254360886</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ağaçtaki Maymun</t>
+          <t>Disney Pixar Arabalar - Süper Mater Tasarla ve Oyna</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>98</v>
+        <v>58</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052428207</t>
+          <t>9786254360763</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Telefon Kitabım (Ciltli)</t>
+          <t>DC Comics: Teen Titans Go! Sayborg Devreler Yanınca</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>69.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052429914</t>
+          <t>9786254360770</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Dipper (Ciltli)</t>
+          <t>DC Comics: Teen Titans Go! Yıldızateşi Yıldızbombası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>149.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052429907</t>
+          <t>9786254361043</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Mabel (Ciltli)</t>
+          <t>Etkinlikler Ve Boyamalar (Rakuncuk)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>149.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052429082</t>
+          <t>9786254361036</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 8</t>
+          <t>Etkinlikler Ve Boyamalar (Kedicik)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>49.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052429068</t>
+          <t>9786254361029</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 2</t>
+          <t>Etkinlikler Ve Boyamalar (İncekcik)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>49.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052427804</t>
+          <t>9786254360695</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar - Kontrast Renkler (Ciltli)</t>
+          <t>Bugün Nasılsın Kukuli? - Duyguları Öğreniyoruz! (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>199.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052429433</t>
+          <t>9786053339595</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Safiye’nin Maceraları Gezegenlere Yolculuk</t>
+          <t>Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>49.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052429037</t>
+          <t>9786053339663</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 5</t>
+          <t>Sivridiş Ailesi - Spor Bayramı Ara Öğün Saldırısı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>49.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052429495</t>
+          <t>9786053339656</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Zor Bulmaca - Kukuli Öykü Kitabı</t>
+          <t>Sivridiş Ailesi - Lunaparkta Korku</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>49.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052429532</t>
+          <t>9786053339649</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Pasta Ustası - Kukuli Öykü Kitabı</t>
+          <t>Sivridiş Ailesi - Kanlı Çörekler ve Korkuluklar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>49.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9780000526090</t>
+          <t>9786053332916</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Macera Serisi (3 Kitap Takım)</t>
+          <t>Kaplanlar Seviye 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>948.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052427910</t>
+          <t>9786053332909</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Sözcükleri Keşfediyoum (Ciltli)</t>
+          <t>Gezegenler Seviye 2</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052427903</t>
+          <t>9786052422519</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Sözcükleri Keşfediyorum (Ciltli)</t>
+          <t>Çam Fıstığı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>149.5</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052429518</t>
+          <t>9786053339700</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Elma Ağacı - Kukuli Öykü Kitabı</t>
+          <t>Kötü Durum Senaryoları - Tuhaflıklar Kitabı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>49.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052429365</t>
+          <t>9786053339694</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Disney Doktor Doti Oyuncak Hastanesi - Çizgi Diziden Öyküler</t>
+          <t>Kötü Durum Senaryoları - Okul Yılları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>99.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052429341</t>
+          <t>9786053339717</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Disney Aslan Koruyucular - Çizgi Diziden Öyküler</t>
+          <t>Kötü Durum Senaryoları - Artık Çocuk Değilim!</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>99.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052429402</t>
+          <t>9786052421963</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Disney Vampirina Doğaüstü - Çizgi Diziden Öyküler</t>
+          <t>Evini Arayan Ayıcık</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>99.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052429372</t>
+          <t>9786053335894</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Disney Muppet Bebekler - Çizgi Diziden Öyküler</t>
+          <t>Kayıp Balık Dori - Hakkında Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>99.5</v>
+        <v>138</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052427477</t>
+          <t>9786053336396</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Define Adası Başrolde: Mickey - Disney Çizgi Klasikler</t>
+          <t>Tilki’nin Çorapları (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>119.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052427453</t>
+          <t>9786053336372</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma Yolculuğu - Disney Karlar Ülkesi</t>
+          <t>Tavşan Uykusu (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>119.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052427446</t>
+          <t>9786053336389</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşmak - Disney Karlar Ülkesi</t>
+          <t>Postacı Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>119.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054716074</t>
+          <t>9786052420850</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Maymun</t>
+          <t>Bu Kitap İğrenç Kokuyor!</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>149.5</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052425244</t>
+          <t>9786053332800</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Medyayı Sorgulayan Çocuklar</t>
+          <t>Kurbağalar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>199.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052421604</t>
+          <t>9786053332961</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>13 Numaralı Sınıf'ın Şanssız Piyango Talihlileri</t>
+          <t>Koalalar - Dünyamızı Keşfedin</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>29.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9780000999856</t>
+          <t>9786053338932</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları (4 Kitap Takım)</t>
+          <t>Maymunlar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>91.99</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254239038</t>
+          <t>9786053332992</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Kaplumbağalar</t>
+          <t>Ağaçtaki Maymun</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>174.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254239021</t>
+          <t>9786052428207</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Titanik</t>
+          <t>Renkler - Telefon Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>174.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786254239014</t>
+          <t>9786052429914</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Su Aygırları</t>
+          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Dipper (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>174.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254239007</t>
+          <t>9786052429907</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çirkin Hayvanlar</t>
+          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Mabel (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>174.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254238994</t>
+          <t>9786052429082</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Mercan Resifleri</t>
+          <t>Kukuli Aktivite Kitabı - 8</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>174.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254238963</t>
+          <t>9786052429068</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji - Disney En Güzel Maceralar</t>
+          <t>Kukuli Aktivite Kitabı - 2</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254238970</t>
+          <t>9786052427804</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ - Disney En Güzel Maceralar</t>
+          <t>Tatlı Rüyalar - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786254238987</t>
+          <t>9786052429433</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Spor Müsabakaları - Disney En Güzel Maceralar</t>
+          <t>Safiye’nin Maceraları Gezegenlere Yolculuk</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053331889</t>
+          <t>9786052429037</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Disney Ajan Stiç - Galaksideki Tehdit</t>
+          <t>Kukuli Aktivite Kitabı - 5</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>349.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786254238956</t>
+          <t>9786052429495</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Disney Ajan Stiç - Uzaylangoz Dosyası</t>
+          <t>Zor Bulmaca - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>349.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786254360824</t>
+          <t>9786052429532</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Disney Ajan Stiç - Testerediş Dosyası</t>
+          <t>Pasta Ustası - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>349.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786254231704</t>
+          <t>9780000526090</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sabırlı Nokta - Hoşgörülü Olabilmek Üzerine Bir Hikaye</t>
+          <t>Disney Esrarengiz Kasaba Macera Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>139.5</v>
+        <v>1178.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9787666000056</t>
+          <t>9786052427910</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygu Noktası Kutu Seti</t>
+          <t>Taşıtlar - Sözcükleri Keşfediyoum (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>1075</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9780000526571</t>
+          <t>9786052427903</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okul Öncesi Serisi 6 Kitap</t>
+          <t>Çiftlik - Sözcükleri Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1047</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254238871</t>
+          <t>9786052429518</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek 7</t>
+          <t>Elma Ağacı - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786254238864</t>
+          <t>9786052429365</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek 6</t>
+          <t>Disney Doktor Doti Oyuncak Hastanesi - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>399.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786254238802</t>
+          <t>9786052429341</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar - Sıkı Dostlar</t>
+          <t>Disney Aslan Koruyucular - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>399.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786254238819</t>
+          <t>9786052429402</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar - Korsanlar</t>
+          <t>Disney Vampirina Doğaüstü - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>399.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254238840</t>
+          <t>9786052429372</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Köpek Balıkları!</t>
+          <t>Disney Muppet Bebekler - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254238826</t>
+          <t>9786052427477</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Sevimli Hayvanlar</t>
+          <t>Define Adası Başrolde: Mickey - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>174.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254238833</t>
+          <t>9786052427453</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Taşlar ve Mineraller</t>
+          <t>Kavuşma Yolculuğu - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>174.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786254238796</t>
+          <t>9786052427446</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Araç Etkinlik Kitabı</t>
+          <t>Sınırları Aşmak - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786254360817</t>
+          <t>9786054716074</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Köpekçiklerle Tanış Çıkartmalı Faaliyet Kitabı</t>
+          <t>Kaçak Maymun</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>249.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786254238536</t>
+          <t>9786052425244</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Kahramanlar Geliyor Aktivite Kitabı</t>
+          <t>National Geographic Kids - Medyayı Sorgulayan Çocuklar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254238550</t>
+          <t>9786052421604</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Çizim Maceraları</t>
+          <t>13 Numaralı Sınıf'ın Şanssız Piyango Talihlileri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>399.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786254235207</t>
+          <t>9780000999856</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Noktaları Birleştirme - Kayıp Balık Dori</t>
+          <t>Kötü Durum Senaryoları (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>59</v>
+        <v>91.99</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786254235191</t>
+          <t>9786254239038</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar Ve Sayma - Bingo Ve Roli’nin Maceraları</t>
+          <t>National Geographic Kids - Kaplumbağalar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>59</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786254235184</t>
+          <t>9786254239021</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Noktalar - Prenses Elena</t>
+          <t>National Geographic Kids - Titanik</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>59</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254235177</t>
+          <t>9786254239014</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Toplama Ve Çıkarma - Pixar</t>
+          <t>National Geographic Kids - Su Aygırları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>59</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786254235160</t>
+          <t>9786254239007</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Mantık Bulmacaları - Karlar Ülkesi</t>
+          <t>National Geographic Kids - Çirkin Hayvanlar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>59</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254235153</t>
+          <t>9786254238994</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar - Mickey</t>
+          <t>National Geographic Kids - Mercan Resifleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>59</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786254360718</t>
+          <t>9786254238963</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba 2022 Dipper ve Mabel ile Bir Yıl - Gizemli Ajanda</t>
+          <t>Ekoloji - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>119.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9780000999894</t>
+          <t>9786254238970</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Haydi Boya - Çiz Seti 2 Kitap (Ciltli)</t>
+          <t>Orta Çağ - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>339</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053339267</t>
+          <t>9786254238987</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İlk Dinozor Kitabım</t>
+          <t>Spor Müsabakaları - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>649.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052428894</t>
+          <t>9786053331889</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Çok Havalı Köpek Balığı - National Geographic Kids</t>
+          <t>Disney Ajan Stiç - Galaksideki Tehdit</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>169.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254232138</t>
+          <t>9786254238956</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Arkandan Ağlar</t>
+          <t>Disney Ajan Stiç - Uzaylangoz Dosyası</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254232190</t>
+          <t>9786254360824</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Paylaşmak Güzel</t>
+          <t>Disney Ajan Stiç - Testerediş Dosyası</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052421192</t>
+          <t>9786254231704</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yanardağlar (Seviye 2)</t>
+          <t>Küçük Sabırlı Nokta - Hoşgörülü Olabilmek Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052421451</t>
+          <t>9787666000056</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bizim Dünyamız</t>
+          <t>Küçük Duygu Noktası Kutu Seti</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>349.5</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052425183</t>
+          <t>9780000526571</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler</t>
+          <t>National Geographic Kids Okul Öncesi Serisi 6 Kitap</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>279.5</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254238383</t>
+          <t>9786254238871</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Yavru Köpekçiklerle Köpteşem Maceralar Boyama Kitabı</t>
+          <t>National Geographic Kids - Garip Ama Gerçek 7</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>109.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052429174</t>
+          <t>9786254238864</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Havrika Renk Şöleni Boyama Kitabı</t>
+          <t>National Geographic Kids - Garip Ama Gerçek 6</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>109.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254238390</t>
+          <t>9786254238802</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Macera Kaşifleri Renkli Keşifler Boyama Kitabı</t>
+          <t>Disney En Güzel Maceralar - Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>109.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786254238406</t>
+          <t>9786254238819</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Hav Hav Kurtarma Görevi Boyama Kitabı</t>
+          <t>Disney En Güzel Maceralar - Korsanlar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>109.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254238420</t>
+          <t>9786254238840</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Brokoli Dansı</t>
+          <t>National Geographic Kids - Köpek Balıkları!</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>278</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786254238413</t>
+          <t>9786254238826</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Nasıl Kahraman Olunur?</t>
+          <t>National Geographic Kids - Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>278</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786254238369</t>
+          <t>9786254238833</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Süper Sebze ve Meyveler</t>
+          <t>National Geographic Kids - Taşlar ve Mineraller</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>278</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254238352</t>
+          <t>9786254238796</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kitaplar Çöptür</t>
+          <t>PAW Patrol - Araç Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>278</v>
+        <v>168</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786254238345</t>
+          <t>9786254360817</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Karnaval</t>
+          <t>PAW Patrol - Köpekçiklerle Tanış Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>278</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254238338</t>
+          <t>9786254238536</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kaçak Bezelye Krallığı</t>
+          <t>PAW Patrol - Kahramanlar Geliyor Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>278</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254238321</t>
+          <t>9786254238550</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Define Avı</t>
+          <t>PAW Patrol - Çizim Maceraları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>278</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254238314</t>
+          <t>9786254235207</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Gizemli Bir Gece</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Noktaları Birleştirme - Kayıp Balık Dori</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>278</v>
+        <v>59</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786254238307</t>
+          <t>9786254235191</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süper Köpüklü Bir Macera</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar Ve Sayma - Bingo Ve Roli’nin Maceraları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>278</v>
+        <v>59</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254238291</t>
+          <t>9786254235184</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Noktalar - Prenses Elena</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>278</v>
+        <v>59</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052429167</t>
+          <t>9786254235177</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Spor Zamanı</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Toplama Ve Çıkarma - Pixar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>278</v>
+        <v>59</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254238239</t>
+          <t>9786254235160</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>DK Dokun Hisset Serisi - Evcil Hayvanlar (Ciltli)</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Mantık Bulmacaları - Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>349.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254238222</t>
+          <t>9786254235153</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun Hisset Serisi - İlk Sözcükler (Ciltli)</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar - Mickey</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>349.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254238215</t>
+          <t>9786254360718</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun Hisset Serisi - Sayılar (Ciltli)</t>
+          <t>Disney - Esrarengiz Kasaba 2022 Dipper ve Mabel ile Bir Yıl - Gizemli Ajanda</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>349.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052428948</t>
+          <t>9780000999894</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Köpekler (Ciltli)</t>
+          <t>Haydi Boya - Çiz Seti 2 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>349.5</v>
+        <v>339</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786254238277</t>
+          <t>9786053339267</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Kediler (Ciltli)</t>
+          <t>İlk Dinozor Kitabım</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>349.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254238260</t>
+          <t>9786052428894</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Yemek Zamanı (Ciltli)</t>
+          <t>Çok Havalı Köpek Balığı - National Geographic Kids</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>349.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254238253</t>
+          <t>9786254232138</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Taşıtlar (Ciltli)</t>
+          <t>Kukuli Arkandan Ağlar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>349.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254238246</t>
+          <t>9786254232190</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Renkler ve Şekiller (Ciltli)</t>
+          <t>Kukuli Paylaşmak Güzel</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>349.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254238543</t>
+          <t>9786052421192</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Havrika Ekip Boyama Kitabı</t>
+          <t>Yanardağlar (Seviye 2)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>159.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254238529</t>
+          <t>9786052421451</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Benim Büyük Boyama Kitabım</t>
+          <t>Bizim Dünyamız</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>168</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786254238512</t>
+          <t>9786052425183</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Tuhaflıklar Kıyameti (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>479.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254238628</t>
+          <t>9786254238383</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Zürafalar</t>
+          <t>Paw Patrol Yavru Köpekçiklerle Köpteşem Maceralar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>174.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786254238611</t>
+          <t>9786052429174</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Yağmur Ormanları</t>
+          <t>Paw Patrol Havrika Renk Şöleni Boyama Kitabı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>174.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786254238604</t>
+          <t>9786254238390</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Tarih Öncesi Deniz Canavarları</t>
+          <t>Paw Patrol Macera Kaşifleri Renkli Keşifler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>174.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786254238574</t>
+          <t>9786254238406</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hav!</t>
+          <t>Paw Patrol Hav Hav Kurtarma Görevi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>174.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786254238598</t>
+          <t>9786254238420</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kemirgenler</t>
+          <t>Süper Patates - Brokoli Dansı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254238581</t>
+          <t>9786254238413</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yılan, Tıss!</t>
+          <t>Süper Patates - Nasıl Kahraman Olunur?</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254238567</t>
+          <t>9786254238369</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Dinozorlar Hakkında 1000 Gerçek</t>
+          <t>Süper Patates - Süpermarkette Süper Sebze ve Meyveler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254238505</t>
+          <t>9786254238352</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Dipper’ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
+          <t>Süper Patates - Kitaplar Çöptür</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254233951</t>
+          <t>9786254238345</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Küçük Can Sıkıntısı Noktası</t>
+          <t>Süper Patates - Süpermarkette Karnaval</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>139.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254233944</t>
+          <t>9786254238338</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Küçük Huzurlu Nokta</t>
+          <t>Süper Patates - Kaçak Bezelye Krallığı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>139.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254233937</t>
+          <t>9786254238321</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Küçük Esnek Düşünebilen Nokta</t>
+          <t>Süper Patates - Define Avı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>139.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254233999</t>
+          <t>9786254238314</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Küçük Endişe Noktası</t>
+          <t>Süper Patates - Gizemli Bir Gece</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>139.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254233975</t>
+          <t>9786254238307</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Küçük Empati Noktası</t>
+          <t>Süper Patates - Süper Köpüklü Bir Macera</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>139.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254233968</t>
+          <t>9786254238291</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çileden Çıkmış Nokta</t>
+          <t>Süper Patates</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>139.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254236532</t>
+          <t>9786052429167</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Vahşi Orman Çıkartmalı Faaliyet Kitabı</t>
+          <t>Süper Patates - Süpermarkette Spor Zamanı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254236525</t>
+          <t>9786254238239</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Börtü Böcek Çıkartmalı Faaliyet Kitabı</t>
+          <t>DK Dokun Hisset Serisi - Evcil Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254236518</t>
+          <t>9786254238222</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Yavru Hayvanlar Çıkartmalı Faaliyet Kitabı</t>
+          <t>DK Bebek Dokun Hisset Serisi - İlk Sözcükler (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9780000725295</t>
+          <t>9786254238215</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Olağanüstü Hayvanlar Seti 5 Kitap</t>
+          <t>DK Bebek Dokun Hisset Serisi - Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>490</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786254232381</t>
+          <t>9786052428948</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Köpekler (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254233258</t>
+          <t>9786254238277</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>DC Super Friends - Süper Boyama Kitabı</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Kediler (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254233234</t>
+          <t>9786254238260</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>DC Friends Kahramanlarla Boya - Süper Havalı Boyama Kitabı</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Yemek Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9780000525581</t>
+          <t>9786254238253</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 Kitap)</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>997.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254231766</t>
+          <t>9786254238246</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Renkler ve Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254232237</t>
+          <t>9786254238543</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Paw Patrol Havrika Ekip Boyama Kitabı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>68</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9787870000019</t>
+          <t>9786254238529</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Barlas Serisi 8 Kitap Set</t>
+          <t>Paw Patrol Benim Büyük Boyama Kitabım</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>1264</v>
+        <v>168</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052428825</t>
+          <t>9786254238512</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar - Buz Yarışı</t>
+          <t>Disney Esrarengiz Kasaba - Tuhaflıklar Kıyameti (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>19.9</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052428832</t>
+          <t>9786254238628</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Gizemli Nehir</t>
+          <t>National Geographic Kids/ Zürafalar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>19.9</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052426258</t>
+          <t>9786254238611</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Gezegenler Kitabı</t>
+          <t>National Geographic Kids/ Yağmur Ormanları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>19.9</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052426296</t>
+          <t>9786254238604</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
+          <t>National Geographic Kids/ Tarih Öncesi Deniz Canavarları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>19.9</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254362729</t>
+          <t>9786254238574</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Uzay Kitabım</t>
+          <t>Hav!</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>24.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052426289</t>
+          <t>9786254238598</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Böcekler Kitabım</t>
+          <t>Kemirgenler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>19.9</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052429860</t>
+          <t>9786254238581</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Küresel Isınma</t>
+          <t>Yılan, Tıss!</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>19.9</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052429853</t>
+          <t>9786254238567</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Geri Dönüşüm</t>
+          <t>National Geographic Kids/ Dinozorlar Hakkında 1000 Gerçek</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>24.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254360435</t>
+          <t>9786254238505</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Nikola Tesla</t>
+          <t>Disney Esrarengiz Kasaba - Dipper’ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>39.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254362026</t>
+          <t>9786254233951</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı! Dinozorlar</t>
+          <t>Küçük Can Sıkıntısı Noktası</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>39.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052426272</t>
+          <t>9786254233944</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>National Geographic İlk Dinozor Kitabım</t>
+          <t>Küçük Huzurlu Nokta</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>24.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052426265</t>
+          <t>9786254233937</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>National Geographic İlk Hayvanlar Kitabım</t>
+          <t>Küçük Esnek Düşünebilen Nokta</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>19.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254362002</t>
+          <t>9786254233999</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı Penguenler!</t>
+          <t>Küçük Endişe Noktası</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>39.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052426333</t>
+          <t>9786254233975</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı Pandalar!</t>
+          <t>Küçük Empati Noktası</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>19.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052426241</t>
+          <t>9786254233968</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>NG Keşfedin Nasıl Çalışıyor</t>
+          <t>Küçük Çileden Çıkmış Nokta</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>19.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254232015</t>
+          <t>9786254236532</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Disney Kırmızı - Çizgi Roman</t>
+          <t>National Geographic Kids Vahşi Orman Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>119.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254366277</t>
+          <t>9786254236525</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Doğum Günü Partisi</t>
+          <t>National Geographic Kids Börtü Böcek Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>58</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254362149</t>
+          <t>9786254236518</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Dinozor</t>
+          <t>National Geographic Kids Yavru Hayvanlar Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786254367113</t>
+          <t>9780000725295</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Dedem</t>
+          <t>National Geographic Kids Olağanüstü Hayvanlar Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>68</v>
+        <v>490</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254362132</t>
+          <t>9786254232381</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sonra Görüşürüz Dostum</t>
+          <t>Hayvanlar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254367205</t>
+          <t>9786254233258</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Karışık Saç Perisi</t>
+          <t>DC Super Friends - Süper Boyama Kitabı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254367168</t>
+          <t>9786254233234</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Yiyen Çocuk</t>
+          <t>DC Friends Kahramanlarla Boya - Süper Havalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>34.9</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254367083</t>
+          <t>9780000525581</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Havuç Çorbası - Bir Tavşan Hikayesi</t>
+          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>68</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254367076</t>
+          <t>9786254231766</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Gölgem</t>
+          <t>Evcil Hayvanlar / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9780000441270</t>
+          <t>9786254232237</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Seviye 3 Seti (14 Kitap)</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>1064</v>
+        <v>68</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254362071</t>
+          <t>9787870000019</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Superman: Yarının Adamı</t>
+          <t>Barlas Serisi 8 Kitap Set</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>54.9</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254362033</t>
+          <t>9786052428825</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Batman Gotham City’nin Muhafızı</t>
+          <t>Disney Pixar Arabalar - Buz Yarışı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>54.9</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052429709</t>
+          <t>9786052428832</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Oyun Bitti</t>
+          <t>Disney Karlar Ülkesi 2 - Gizemli Nehir</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>24.5</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052429716</t>
+          <t>9786052426258</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - İz Peşinde</t>
+          <t>National Geographic Kids - Gezegenler Kitabı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>24.5</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052429686</t>
+          <t>9786052426296</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Alışveriş Merkezinde</t>
+          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>24.5</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254361593</t>
+          <t>9786254362729</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Patron Mabel</t>
+          <t>National Geographic Kids - İlk Uzay Kitabım</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>139.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254361562</t>
+          <t>9786052426289</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Mabel’ın Hayranı</t>
+          <t>National Geographic Kids - İlk Böcekler Kitabım</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>139.5</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254361586</t>
+          <t>9786052429860</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Küçük Dipper</t>
+          <t>National Geographic Kids - Küresel Isınma</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>139.5</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254361555</t>
+          <t>9786052429853</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Disney- Esrarengiz Kasaba Çizgi Diziden Öyküler Kafa Avcıları</t>
+          <t>National Geographic Kids - Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>139.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254361579</t>
+          <t>9786254360435</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Gizli Şeyler Hazinesi</t>
+          <t>National Geographic Kids - Nikola Tesla</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>139.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786050529777</t>
+          <t>9786254362026</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitaplarım Seti - Marvel Super Hero Adventures (6 Kitap Takım)</t>
+          <t>National Geographic Kids - Çok Havalı! Dinozorlar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>55</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052529027</t>
+          <t>9786052426272</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Marvel Süper Kahramanlar Koleksiyonu Seti - 12 Kitap Takım</t>
+          <t>National Geographic İlk Dinozor Kitabım</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>179.4</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254360633</t>
+          <t>9786052426265</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı! Köpek Balıkları</t>
+          <t>National Geographic İlk Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>39.9</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052428481</t>
+          <t>9786254362002</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Mega Boyama Çantası</t>
+          <t>National Geographic Kids - Çok Tatlı Penguenler!</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>49.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052426395</t>
+          <t>9786052426333</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kutup Ayıları</t>
+          <t>National Geographic Kids - Çok Tatlı Pandalar!</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>39.9</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052426388</t>
+          <t>9786052426241</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kaplanlar</t>
+          <t>NG Keşfedin Nasıl Çalışıyor</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>39.9</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052422625</t>
+          <t>9786254232015</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Secret Wars – Avengers Dağıldı</t>
+          <t>Disney Kırmızı - Çizgi Roman</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>14.9</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052422649</t>
+          <t>9786254366277</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ve Çılgın Yarışçılar – Büyük Yarış</t>
+          <t>True Ve Gökkuşağı Krallığı Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>14.9</v>
+        <v>58</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9787776566510</t>
+          <t>9786254362149</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Eğlence Seti (5 Kitap)</t>
+          <t>Bir Küçük Dinozor</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>1497.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254580215</t>
+          <t>9786254367113</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans GO! Macera Seti (6 Kitap) (Ciltli)</t>
+          <t>Arkadaşım Dedem</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>537</v>
+        <v>68</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052567173</t>
+          <t>9786254362132</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kasaba Ekonomik Çizgi Roman Seti (7 Kitap)</t>
+          <t>Sonra Görüşürüz Dostum</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>476</v>
+        <v>68</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052512142</t>
+          <t>9786254367205</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket Seti 4 Kitap Takım</t>
+          <t>Karışık Saç Perisi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>318</v>
+        <v>68</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052567043</t>
+          <t>9786254367168</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Öykü Seti - 6 Kitap Takım</t>
+          <t>Her Şeyi Yiyen Çocuk</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>297</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786254361531</t>
+          <t>9786254367083</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Hayal Kanunsuzu</t>
+          <t>Havuç Çorbası - Bir Tavşan Hikayesi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>139.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254361524</t>
+          <t>9786254367076</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Tarih Öncesi Yaratık</t>
+          <t>Gölgem</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>139.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052420324</t>
+          <t>9780000441270</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kamyonlar - Seviye 1</t>
+          <t>National Geographic Kids Seviye 3 Seti (14 Kitap)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>29.5</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9787666000018</t>
+          <t>9786254362071</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Koleksiyon Sandığı ve Poster</t>
+          <t>DC Comics - Superman: Yarının Adamı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>416.4</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052428474</t>
+          <t>9786254362033</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Spiderman Mega Boyama Çantası</t>
+          <t>DC Comics - Batman Gotham City’nin Muhafızı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>49.99</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052428498</t>
+          <t>9786052429709</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kukuli - Mega Boyama Çantası</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Oyun Bitti</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>68</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786254360725</t>
+          <t>9786052429716</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Büyümek Kolay Değil!</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - İz Peşinde</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>98</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786254360732</t>
+          <t>9786052429686</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Canavar Çocuk Kankam Benim!</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Alışveriş Merkezinde</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>98</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254360749</t>
+          <t>9786254361593</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Harikasın Kuzgun!</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Patron Mabel</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>98</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254360756</t>
+          <t>9786254361562</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Oyun Zamanı!</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Mabel’ın Hayranı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>98</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786254361012</t>
+          <t>9786254361586</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (Ayıcık)</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Küçük Dipper</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>59.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052421666</t>
+          <t>9786254361555</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Guinness World Records 2019 (Ciltli)</t>
+          <t>Disney- Esrarengiz Kasaba Çizgi Diziden Öyküler Kafa Avcıları</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>89.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052421673</t>
+          <t>9786254361579</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Guinness World Records Gamer's Edition 2019</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Gizli Şeyler Hazinesi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>49.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9780000503930</t>
+          <t>9786050529777</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Dünya Rekorlar Kitapları (2 Kitap Takım)</t>
+          <t>İlk Boyama Kitaplarım Seti - Marvel Super Hero Adventures (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>139</v>
+        <v>55</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052420508</t>
+          <t>9786052529027</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Zürafalar Dans Edemez (15. Yıl Özel Baskısı)</t>
+          <t>Marvel Süper Kahramanlar Koleksiyonu Seti - 12 Kitap Takım</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>78</v>
+        <v>179.4</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052420522</t>
+          <t>9786254360633</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ayını Asla Okula Götürme</t>
+          <t>National Geographic Kids - Çok Havalı! Köpek Balıkları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>84.9</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052420584</t>
+          <t>9786052428481</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Muzlar?</t>
+          <t>Disney Prenses Mega Boyama Çantası</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>35</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786054716722</t>
+          <t>9786052426395</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Leoparlar (Ciltli)</t>
+          <t>National Geographic Kids Kutup Ayıları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>25</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054716715</t>
+          <t>9786052426388</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşlar (Ciltli)</t>
+          <t>National Geographic Kids Kaplanlar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>25</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054716708</t>
+          <t>9786052422625</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Cesur Köpek (Ciltli)</t>
+          <t>Marvel Avengers Secret Wars – Avengers Dağıldı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>22.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786054716920</t>
+          <t>9786052422649</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Balina (Ciltli)</t>
+          <t>Disney Mickey ve Çılgın Yarışçılar – Büyük Yarış</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>25</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9781426316845</t>
+          <t>9787776566510</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Funny Fill-In: My Medieval Adventure</t>
+          <t>Disney Esrarengiz Kasaba Eğlence Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>16.67</v>
+        <v>1497.5</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052421802</t>
+          <t>9786254580215</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spiderman Çizim Kitabı</t>
+          <t>DC Comics: Teen Titans GO! Macera Seti (6 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>34.9</v>
+        <v>537</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053339021</t>
+          <t>9786052567173</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Prensesler Uslu Durmaz</t>
+          <t>Esrarengiz Kasaba Ekonomik Çizgi Roman Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>35</v>
+        <v>476</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053339090</t>
+          <t>9786052512142</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Venom’la Mücadele!</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket Seti 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>9.5</v>
+        <v>318</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053339106</t>
+          <t>9786052567043</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Taskmaster’la Mücadele!</t>
+          <t>Kukuli Öykü Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>9.5</v>
+        <v>297</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053339083</t>
+          <t>9786254361531</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Iron Spider’ın Uçuşu!</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Hayal Kanunsuzu</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>9.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053339076</t>
+          <t>9786254361524</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Doom’la Mücadele!</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Tarih Öncesi Yaratık</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>9.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053339236</t>
+          <t>9786052420324</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man Çıkartma Sahneleri</t>
+          <t>Kamyonlar - Seviye 1</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>12.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053339069</t>
+          <t>9787666000018</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Büyük Sorumluluk!</t>
+          <t>Disney Esrarengiz Kasaba - Koleksiyon Sandığı ve Poster</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>9.5</v>
+        <v>416.4</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053339052</t>
+          <t>9786052428474</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Büyük Güç!</t>
+          <t>Spiderman Mega Boyama Çantası</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>9.5</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053338819</t>
+          <t>9786052428498</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Marvel Guardians Of The Galaxy Vol 2 - Filmin Hikayesi</t>
+          <t>Kukuli - Mega Boyama Çantası</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>14.9</v>
+        <v>68</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053338833</t>
+          <t>9786254360725</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Marvel Guardians Of The Galaxy Vol 2</t>
+          <t>DC Comics: Teen Titans Go! Büyümek Kolay Değil!</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>12.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053337836</t>
+          <t>9786254360732</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Star Wars (Ciltli)</t>
+          <t>DC Comics: Teen Titans Go! Canavar Çocuk Kankam Benim!</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>39.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053336686</t>
+          <t>9786254360749</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: Oku ve Boya</t>
+          <t>DC Comics: Teen Titans Go! Harikasın Kuzgun!</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>45</v>
+        <v>98</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053336693</t>
+          <t>9786254360756</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Oku ve Boya</t>
+          <t>DC Comics: Teen Titans Go! Oyun Zamanı!</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>45</v>
+        <v>98</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9781426310782</t>
+          <t>9786254361012</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Tiger in Trouble!</t>
+          <t>Etkinlikler Ve Boyamalar (Ayıcık)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>16.67</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9781426314575</t>
+          <t>9786052421666</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Lucky Leopards!</t>
+          <t>Guinness World Records 2019 (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>16.67</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9781426313967</t>
+          <t>9786052421673</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Courageous Canine!</t>
+          <t>Guinness World Records Gamer's Edition 2019</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>16.67</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9781426315206</t>
+          <t>9780000503930</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>The Whale Who Won Hearts!</t>
+          <t>Dünya Rekorlar Kitapları (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>16.67</v>
+        <v>139</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053339311</t>
+          <t>9786052420508</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider Man : Poster Boyama Kitabım</t>
+          <t>Zürafalar Dans Edemez (15. Yıl Özel Baskısı)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>39.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053339328</t>
+          <t>9786052420522</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider Man</t>
+          <t>Ayını Asla Okula Götürme</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>27.5</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053339335</t>
+          <t>9786052420584</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Iron Man</t>
+          <t>Nerede Bu Muzlar?</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>27.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053339144</t>
+          <t>9786054716722</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk - Eve Dönüş Yolculuğu</t>
+          <t>Şanslı Leoparlar (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>89.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053339137</t>
+          <t>9786054716715</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk</t>
+          <t>En İyi Arkadaşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>89.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052421239</t>
+          <t>9786054716708</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Don Sever</t>
+          <t>Cesur Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>84.9</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052420652</t>
+          <t>9786054716920</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hektor ile Sinek Kuşu</t>
+          <t>Arkadaşım Balina (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>139.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052421697</t>
+          <t>9781426316845</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Rekorları</t>
+          <t>Funny Fill-In: My Medieval Adventure</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>37.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053338628</t>
+          <t>9786052421802</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İlk Nasıllar Kitabım (Ciltli)</t>
+          <t>Marvel Spiderman Çizim Kitabı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>68</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053334668</t>
+          <t>9786053339021</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Dinozor Aktivite Kutusu (4 Kitap Takım) (Ciltli)</t>
+          <t>Prensesler Uslu Durmaz</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>32.41</v>
+        <v>35</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053333104</t>
+          <t>9786053339090</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanları Kurtarmak Seviye 2</t>
+          <t>Marvel - Ultimate Spider-Man Venom’la Mücadele!</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>45</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053339403</t>
+          <t>9786053339106</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Uzay Denen Karanlık</t>
+          <t>Marvel - Ultimate Spider-Man Taskmaster’la Mücadele!</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>42.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053338802</t>
+          <t>9786053339083</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Guinness Dünya Rekorlar Kitabı (Türkçe) 2018 (Ciltli)</t>
+          <t>Marvel - Ultimate Spider-Man Iron Spider’ın Uçuşu!</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>60.19</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053339182</t>
+          <t>9786053339076</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Guinness World Records Gamer’s Edition</t>
+          <t>Marvel - Ultimate Spider-Man Doom’la Mücadele!</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>36.57</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053338772</t>
+          <t>9786053339236</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Marvel - İyi Geceler, Groot</t>
+          <t>Marvel Ultimate Spider-Man Çıkartma Sahneleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>19.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052421420</t>
+          <t>9786053339069</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Tom’un Olağanüstü Makineleri</t>
+          <t>Marvel - Ultimate Spider-Man Büyük Sorumluluk!</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>42.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052421079</t>
+          <t>9786053339052</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fare ile Kırmızı Duvar</t>
+          <t>Marvel - Ultimate Spider-Man Büyük Güç!</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>84.9</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052420478</t>
+          <t>9786053338819</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Keşfedin - Bal Arısı</t>
+          <t>Marvel Guardians Of The Galaxy Vol 2 - Filmin Hikayesi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>59.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053336365</t>
+          <t>9786053338833</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man 1000 Çıkartma</t>
+          <t>Marvel Guardians Of The Galaxy Vol 2</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>25.46</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053338826</t>
+          <t>9786053337836</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Marvel -  Guardians of the Galaxy Vol: 2 Çapulcular’ın İntikamı</t>
+          <t>Yeni Başlayanlar İçin Star Wars (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>9.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053336266</t>
+          <t>9786053336686</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Marvel The Amazing Spider-Man: Dövmeli Aktivite Kitabı</t>
+          <t>Marvel Avengers Assemble: Oku ve Boya</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>29.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053336495</t>
+          <t>9786053336693</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Marvel Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
+          <t>Marvel Ultimate Spider-Man: Oku ve Boya</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053336013</t>
+          <t>9781426310782</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Guinness Dünya Rekorlar Kitabı 2017 (Ciltli)</t>
+          <t>Tiger in Trouble!</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>53.7</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053335948</t>
+          <t>9781426314575</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Berk'in Binicileri</t>
+          <t>Lucky Leopards!</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>28</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053335009</t>
+          <t>9781426313967</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Disney - Karlar Ülkesi (Ciltli)</t>
+          <t>Courageous Canine!</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>39.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053335627</t>
+          <t>9781426315206</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Kung Fu Panda 3 (Çıkartmalı Eğlence Kitabım)</t>
+          <t>The Whale Who Won Hearts!</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>29.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053335634</t>
+          <t>9786053339311</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kung Fu Panda 3 - (3000 Muhteşem Çıkartma)</t>
+          <t>Marvel Ultimate Spider Man : Poster Boyama Kitabım</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>35</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053334002</t>
+          <t>9786053339328</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi: Elsa'nın Hediyesi (Ciltli)</t>
+          <t>Marvel - Ultimate Spider Man</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>34.72</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053336150</t>
+          <t>9786053339335</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Dreamworks Dragons: Riders Of Berk (Ciltli)</t>
+          <t>Marvel - Iron Man</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>49.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053336174</t>
+          <t>9786053339144</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds Space - Uzaya Doğru Öfkeli Bir Uçuş</t>
+          <t>Tombul Tavuk - Eve Dönüş Yolculuğu</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>20.83</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052421642</t>
+          <t>9786053339137</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek - İnsan Vücudu</t>
+          <t>Tombul Tavuk</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>399.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052420591</t>
+          <t>9786052421239</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Umut - Star Wars</t>
+          <t>Canavarlar Don Sever</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>19.5</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052420614</t>
+          <t>9786052420652</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Jedi’ın Dönüşü - Star Wars</t>
+          <t>Hektor ile Sinek Kuşu</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>19.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052420607</t>
+          <t>9786052421697</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İmparator’un Dönüşü - Star Wars</t>
+          <t>Dinozor Rekorları</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>19.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053337928</t>
+          <t>9786053338628</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Marvel Süper Kahramanın Çizim Kitabı</t>
+          <t>İlk Nasıllar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>34.9</v>
+        <v>68</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053337034</t>
+          <t>9786053334668</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Disney Moana: Hakkında Her Şey (Ciltli)</t>
+          <t>Muhteşem Dinozor Aktivite Kutusu (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>138</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053335900</t>
+          <t>9786053333104</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Güç Uyanıyor: Görsel Ansiklopedi (Ciltli)</t>
+          <t>Yavru Hayvanları Kurtarmak Seviye 2</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>62.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052421529</t>
+          <t>9786053339403</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Sonsuzluk Savaşı - 100 Çıkartma</t>
+          <t>Uzay Denen Karanlık</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>15</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052421352</t>
+          <t>9786053338802</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Guinness Dünya Rekorlar Kitabı (Türkçe) 2018 (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>25</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052421345</t>
+          <t>9786053339182</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed</t>
+          <t>Guinness World Records Gamer’s Edition</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>29.5</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052421512</t>
+          <t>9786053338772</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Sonsuzluk Savaşı - Boyama Kitabı</t>
+          <t>Marvel - İyi Geceler, Groot</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>12.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053339229</t>
+          <t>9786052421420</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Sayılar ve Sayma Alıştırmaları</t>
+          <t>Tom’un Olağanüstü Makineleri</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>15</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053339212</t>
+          <t>9786052421079</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Matematik Alıştırmaları</t>
+          <t>Küçük Fare ile Kırmızı Duvar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>15</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053339205</t>
+          <t>9786052420478</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble - Çarpım Tablosu Alıştırmaları</t>
+          <t>Dünyamızı Keşfedin - Bal Arısı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>15</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053334040</t>
+          <t>9786053336365</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Disney Happy Tin: Prenses</t>
+          <t>Marvel Spider-Man 1000 Çıkartma</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>49.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053334026</t>
+          <t>9786053338826</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Disney Happy Tin: Karlar Ülkesi Kutlama</t>
+          <t>Marvel -  Guardians of the Galaxy Vol: 2 Çapulcular’ın İntikamı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>45.83</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786053334774</t>
+          <t>9786053336266</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Ejderhalar Uçuşta (Poster Kitap) (Ciltli)</t>
+          <t>Marvel The Amazing Spider-Man: Dövmeli Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>37.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053334705</t>
+          <t>9786053336495</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Süper Bulmaca</t>
+          <t>Marvel Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>29.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053339397</t>
+          <t>9786053336013</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Marvel İron Man Düello</t>
+          <t>Guinness Dünya Rekorlar Kitabı 2017 (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>35</v>
+        <v>53.7</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053337454</t>
+          <t>9786053335948</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Timsah</t>
+          <t>DreamWorks Dragons - Berk'in Binicileri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>19.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053337447</t>
+          <t>9786053335009</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözü İnek</t>
+          <t>Disney - Karlar Ülkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>48</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053337430</t>
+          <t>9786053335627</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Fil</t>
+          <t>DreamWorks - Kung Fu Panda 3 (Çıkartmalı Eğlence Kitabım)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>48</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053337423</t>
+          <t>9786053335634</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Balık</t>
+          <t>Kung Fu Panda 3 - (3000 Muhteşem Çıkartma)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053338222</t>
+          <t>9786053334002</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Marvel Iron Man: Başlangıç</t>
+          <t>Disney Karlar Ülkesi: Elsa'nın Hediyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>12.5</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053338215</t>
+          <t>9786053336150</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Marvel Captain America: Başlangıç</t>
+          <t>Dreamworks Dragons: Riders Of Berk (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>12.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053336341</t>
+          <t>9786053336174</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Sen de Ferrari Kullan: Yol Macerası</t>
+          <t>Angry Birds Space - Uzaya Doğru Öfkeli Bir Uçuş</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>34.9</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053336334</t>
+          <t>9786052421642</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Çıkartma Kitabı: Spor Arabalar</t>
+          <t>Garip Ama Gerçek - İnsan Vücudu</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>27.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053336327</t>
+          <t>9786052420591</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Boyama Kitabı: Fabrika Ziyareti</t>
+          <t>Yeni Bir Umut - Star Wars</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>24.9</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053336303</t>
+          <t>9786052420614</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Aktivite Kitabı: Fabrika Ziyareti</t>
+          <t>Jedi’ın Dönüşü - Star Wars</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>24.9</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053336310</t>
+          <t>9786052420607</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Boyama Kitabı: Yarış Zamanı</t>
+          <t>İmparator’un Dönüşü - Star Wars</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>24.9</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053336297</t>
+          <t>9786053337928</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Aktivite Kitabı: Yarış Zamanı</t>
+          <t>Marvel Süper Kahramanın Çizim Kitabı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>24.9</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053338239</t>
+          <t>9786053337034</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man: Başlangıç</t>
+          <t>Disney Moana: Hakkında Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>12.5</v>
+        <v>138</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053338673</t>
+          <t>9786053335900</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Mars - Kızıl Gezegen</t>
+          <t>Star Wars Güç Uyanıyor: Görsel Ansiklopedi (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>17.5</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053335016</t>
+          <t>9786052421529</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi</t>
+          <t>Marvel Avengers Sonsuzluk Savaşı - 100 Çıkartma</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053336563</t>
+          <t>9786052421352</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Yapıştır - Oyna</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>18.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053336556</t>
+          <t>9786052421345</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Yapıştır - Boya</t>
+          <t>Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>12.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053336617</t>
+          <t>9786052421512</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Marvel Captain America: Civil War</t>
+          <t>Marvel Avengers Sonsuzluk Savaşı - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053336594</t>
+          <t>9786053339229</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Yapıştır - Boya</t>
+          <t>Marvel Spider-Man Sayılar ve Sayma Alıştırmaları</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053336587</t>
+          <t>9786053339212</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: Çıkartma Sahneleri</t>
+          <t>Marvel Spider-Man Matematik Alıştırmaları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053336648</t>
+          <t>9786053339205</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Age Of Ultron: Filmin Kitabı</t>
+          <t>Marvel Avengers Assemble - Çarpım Tablosu Alıştırmaları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>14.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053338116</t>
+          <t>9786053334040</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Renklendir ve Oyna</t>
+          <t>Disney Happy Tin: Prenses</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>12.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053338147</t>
+          <t>9786053334026</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Filmin Hikayesini Tasarla ve Boya</t>
+          <t>Disney Happy Tin: Karlar Ülkesi Kutlama</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>15</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053338130</t>
+          <t>9786053334774</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Iron Man: Renklendir ve Oyna</t>
+          <t>DreamWorks Dragons - Ejderhalar Uçuşta (Poster Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>12.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053332534</t>
+          <t>9786053334705</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Renkleri</t>
+          <t>DreamWorks Dragons - Süper Bulmaca</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>4.17</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053332541</t>
+          <t>9786053339397</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Sesleri (Ciltli)</t>
+          <t>Marvel İron Man Düello</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>4.17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053332527</t>
+          <t>9786053337454</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Görüntüsü (Ciltli)</t>
+          <t>Pörtlek Gözlü Timsah</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>4.17</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053332589</t>
+          <t>9786053337447</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar (Ciltli)</t>
+          <t>Pörtlek Gözü İnek</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>4.17</v>
+        <v>48</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053336402</t>
+          <t>9786053337430</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Hikayeleri Koleksiyonum</t>
+          <t>Pörtlek Gözlü Fil</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053336198</t>
+          <t>9786053337423</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha!</t>
+          <t>Pörtlek Gözlü Balık</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>29.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053336211</t>
+          <t>9786053338222</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Temiz</t>
+          <t>Marvel Iron Man: Başlangıç</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>65</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053333661</t>
+          <t>9786053338215</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Rachel ve Johnny ile Beze Elveda</t>
+          <t>Marvel Captain America: Başlangıç</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>20.83</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786053333647</t>
+          <t>9786053336341</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Johnny ile Ay'a Ulaşmak!</t>
+          <t>Sen de Ferrari Kullan: Yol Macerası</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>20.83</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053333654</t>
+          <t>9786053336334</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Rachel ve Johnny ile Ben de Yapabilirim!</t>
+          <t>Ferrari Çıkartma Kitabı: Spor Arabalar</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>22.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053332640</t>
+          <t>9786053336327</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Minik Hayvanlar (Ciltli)</t>
+          <t>Ferrari Boyama Kitabı: Fabrika Ziyareti</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>4.17</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053332596</t>
+          <t>9786053336303</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Su Hayvanları (Ciltli)</t>
+          <t>Ferrari Aktivite Kitabı: Fabrika Ziyareti</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>4.17</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786053332626</t>
+          <t>9786053336310</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar (Ciltli)</t>
+          <t>Ferrari Boyama Kitabı: Yarış Zamanı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>4.17</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053332633</t>
+          <t>9786053336297</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları (Ciltli)</t>
+          <t>Ferrari Aktivite Kitabı: Yarış Zamanı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>4.17</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054716142</t>
+          <t>9786053338239</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Süper Star Hayvanlar</t>
+          <t>Marvel Spider-Man: Başlangıç</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>98</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054716180</t>
+          <t>9786053338673</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Şirin Hayvanlar</t>
+          <t>Mars - Kızıl Gezegen</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>23.15</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054716166</t>
+          <t>9786053335016</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Harika Hayvanlar (Çıkartma ve Aktivite Kitabı)</t>
+          <t>Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>23.15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053335757</t>
+          <t>9786053336563</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: Kepçeler</t>
+          <t>Marvel Ultimate Spider-Man: Yapıştır - Oyna</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>19</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053335764</t>
+          <t>9786053336556</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: Kepçe Boyama</t>
+          <t>Marvel Ultimate Spider-Man: Yapıştır - Boya</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>12.96</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053335733</t>
+          <t>9786053336617</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: Kamyonlar</t>
+          <t>Marvel Captain America: Civil War</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053335740</t>
+          <t>9786053336594</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: İş Makineleri</t>
+          <t>Marvel Avengers: Yapıştır - Boya</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>19</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053335399</t>
+          <t>9786053336587</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>3D Dinozorlar (Ciltli)</t>
+          <t>Marvel Avengers Assemble: Çıkartma Sahneleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>95</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053333289</t>
+          <t>9786053336648</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>3D Hayvanlar (Ciltli)</t>
+          <t>Marvel Avengers Age Of Ultron: Filmin Kitabı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>69.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053332237</t>
+          <t>9786053338116</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Yaz-Sil  / Zamanı Öğreniyorum</t>
+          <t>Marvel Ultimate Spider-Man: Renklendir ve Oyna</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>39.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786054716678</t>
+          <t>9786053338147</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds Playground Dinozorlar (Ciltli)</t>
+          <t>Marvel Ultimate Spider-Man: Filmin Hikayesini Tasarla ve Boya</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>36.57</v>
+        <v>15</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786054716685</t>
+          <t>9786053338130</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds Playground Hayvanlar (Ciltli)</t>
+          <t>Marvel Avengers Iron Man: Renklendir ve Oyna</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>45</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053335450</t>
+          <t>9786053332534</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Droid Fabrikası</t>
+          <t>Hayvan Renkleri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>39.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786053335467</t>
+          <t>9786053332541</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi: Olaf Yapsak Senle</t>
+          <t>Hayvan Sesleri (Ciltli)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>39.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053335429</t>
+          <t>9786053332527</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
+          <t>Hayvanların Görüntüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>82.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053337706</t>
+          <t>9786053332589</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Rogue One Muhteşem Çıkartma Koleksiyonu</t>
+          <t>Kuşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>27.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053336204</t>
+          <t>9786053336402</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Rosie’nin Şapkası</t>
+          <t>DreamWorks Hikayeleri Koleksiyonum</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>29.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053332381</t>
+          <t>9786053336198</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Hayvanat Bahçesi</t>
+          <t>Bir Daha!</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>11.57</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053332398</t>
+          <t>9786053336211</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Uzay</t>
+          <t>Temiz</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>12</v>
+        <v>65</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053332374</t>
+          <t>9786053333661</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Bul ve Boya</t>
+          <t>Rachel ve Johnny ile Beze Elveda</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>12</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053336631</t>
+          <t>9786053333647</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Başlangıç</t>
+          <t>Johnny ile Ay'a Ulaşmak!</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>12.5</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053337768</t>
+          <t>9786053333654</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Hulk ile Süper Boyama</t>
+          <t>Rachel ve Johnny ile Ben de Yapabilirim!</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>12.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053337782</t>
+          <t>9786053332640</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Iron Man ile Süper Boyama</t>
+          <t>Minik Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>13.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053337775</t>
+          <t>9786053332596</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Thor ile Süper Boyama</t>
+          <t>Su Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>12.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053335405</t>
+          <t>9786053332626</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Disney Kitabı (Ciltli)</t>
+          <t>Yavru Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>199</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053335580</t>
+          <t>9786053332633</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi - Sihirli Hikayeler</t>
+          <t>Çiftlik Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>41.67</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053335597</t>
+          <t>9786054716142</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Minnie Kutulu - 4 Kitap Takım</t>
+          <t>Süper Star Hayvanlar</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>49.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053335603</t>
+          <t>9786054716180</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Mater'in Abartılı Hikayeler Koleksiyonu (4 Kitap Takım)</t>
+          <t>Şirin Hayvanlar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>49.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053334910</t>
+          <t>9786054716166</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Hakkında Her Şey</t>
+          <t>Harika Hayvanlar (Çıkartma ve Aktivite Kitabı)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>29.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053334903</t>
+          <t>9786053335757</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Futbol Hakkında Her Şey</t>
+          <t>İlk JBC'lerim: Kepçeler</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>99.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053333746</t>
+          <t>9786053335764</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Süper Çıkartma Aktivite Serisi - Dinozorlar</t>
+          <t>İlk JBC'lerim: Kepçe Boyama</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>39.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053333753</t>
+          <t>9786053335733</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Süper Çıkartma Aktivite Serisi - Hayvanlar</t>
+          <t>İlk JBC'lerim: Kamyonlar</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>39.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053337683</t>
+          <t>9786053335740</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Yaratıcı Çocuklar İçin Süper Albüm</t>
+          <t>İlk JBC'lerim: İş Makineleri</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>29.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053337799</t>
+          <t>9786053335399</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Marvel - The Amazing Spider-Man vs Lizard</t>
+          <t>3D Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>9.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053337805</t>
+          <t>9786053333289</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Marvel - The Amazing Spider-Man vs Green Goblin</t>
+          <t>3D Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>9.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053337812</t>
+          <t>9786053332237</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Marvel - The Amazing Spider-Man vs Doctor Octopus</t>
+          <t>Yaz-Sil  / Zamanı Öğreniyorum</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>9.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789756417812</t>
+          <t>9786054716678</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Depremler</t>
+          <t>Angry Birds Playground Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>6.02</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789756417782</t>
+          <t>9786054716685</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Balık!</t>
+          <t>Angry Birds Playground Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>6.02</v>
+        <v>45</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053335931</t>
+          <t>9786053335450</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Berk'in Koruyucuları (Ciltli)</t>
+          <t>Star Wars: Droid Fabrikası</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>28</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053334958</t>
+          <t>9786053335467</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - İki Ejderhanın Hikayesi</t>
+          <t>Disney Karlar Ülkesi: Olaf Yapsak Senle</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>37.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053335610</t>
+          <t>9786053335429</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Kung Fu Panda 3 (Filmin Kitabı) (Ciltli)</t>
+          <t>Star Wars: Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>28</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053334965</t>
+          <t>9786053337706</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Dinozor (Ciltli)</t>
+          <t>Star Wars Rogue One Muhteşem Çıkartma Koleksiyonu</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>29.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053334156</t>
+          <t>9786053336204</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari : Leoparlar (Ciltli)</t>
+          <t>Rosie’nin Şapkası</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>22.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053334149</t>
+          <t>9786053332381</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Gergedanlar (Ciltli)</t>
+          <t>Bul ve Boya - Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>59.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053334132</t>
+          <t>9786053332398</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Filler (Ciltli)</t>
+          <t>Bul ve Boya - Uzay</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>22.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053334125</t>
+          <t>9786053332374</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Çitalar (Ciltli)</t>
+          <t>Dinozorlar - Bul ve Boya</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>22.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053334118</t>
+          <t>9786053336631</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Aslanlar (Ciltli)</t>
+          <t>Marvel Avengers: Başlangıç</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>22.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053334972</t>
+          <t>9786053337768</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Hakkında Her Şey (Ciltli)</t>
+          <t>Marvel Avengers: Hulk ile Süper Boyama</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>29.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053333548</t>
+          <t>9786053337782</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Guinness Dünya Rekorlar Kitabı 2016</t>
+          <t>Marvel Avengers: Iron Man ile Süper Boyama</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>60.19</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053335542</t>
+          <t>9786053337775</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Don Sever</t>
+          <t>Marvel Avengers: Thor ile Süper Boyama</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>149.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786053335535</t>
+          <t>9786053335405</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Don Sever</t>
+          <t>Disney Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>65</v>
+        <v>199</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786053334019</t>
+          <t>9786053335580</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Disney Galaksinin Gemileri: Star Wars Güç Uyanıyor (Ciltli)</t>
+          <t>Karlar Ülkesi - Sihirli Hikayeler</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>32</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786053334835</t>
+          <t>9786053335597</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Disney Star Wars - Güç Uyanıyor</t>
+          <t>Minnie Kutulu - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>38</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786053333487</t>
+          <t>9786053335603</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Trenler 1</t>
+          <t>Mater'in Abartılı Hikayeler Koleksiyonu (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>9.03</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053333050</t>
+          <t>9786053334910</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Deniz Samurları</t>
+          <t>Köpekler Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>14.95</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053332831</t>
+          <t>9786053334903</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Baykuşlar</t>
+          <t>Futbol Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>14.95</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053333074</t>
+          <t>9786053333746</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Tembel Hayvan</t>
+          <t>Süper Çıkartma Aktivite Serisi - Dinozorlar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>54.9</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053333111</t>
+          <t>9786053333753</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Yavru Köpek</t>
+          <t>Süper Çıkartma Aktivite Serisi - Hayvanlar</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>54.9</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053332817</t>
+          <t>9786053337683</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Aslan Yavrusu</t>
+          <t>Marvel Ultimate Spider-Man: Yaratıcı Çocuklar İçin Süper Albüm</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>98</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053333135</t>
+          <t>9786053337799</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Zıplayan Tavşan</t>
+          <t>Marvel - The Amazing Spider-Man vs Lizard</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>54.9</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053333159</t>
+          <t>9786053337805</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Denizayıları</t>
+          <t>Marvel - The Amazing Spider-Man vs Green Goblin</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>16.95</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053333081</t>
+          <t>9786053337812</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Timsahlar</t>
+          <t>Marvel - The Amazing Spider-Man vs Doctor Octopus</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>98</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053332770</t>
+          <t>9789756417812</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem Araçlar Kutulu Set</t>
+          <t>Depremler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>45</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053332787</t>
+          <t>9789756417782</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem Hayvanlar Kutulu Set</t>
+          <t>Merhaba Balık!</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>36.57</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052428757</t>
+          <t>9786053335931</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 4</t>
+          <t>DreamWorks Dragons - Berk'in Koruyucuları (Ciltli)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>79.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052428764</t>
+          <t>9786053334958</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 3</t>
+          <t>DreamWorks Dragons - İki Ejderhanın Hikayesi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>79.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052428740</t>
+          <t>9786053335610</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 2</t>
+          <t>DreamWorks - Kung Fu Panda 3 (Filmin Kitabı) (Ciltli)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>79.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052428771</t>
+          <t>9786053334965</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 1</t>
+          <t>İyi Bir Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>79.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052429020</t>
+          <t>9786053334156</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 1</t>
+          <t>Afrika'da Safari : Leoparlar (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>49.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052553510</t>
+          <t>9786053334149</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzayı Keşfediyorum Mini Set (6 Kitap Takım)</t>
+          <t>Afrika'da Safari: Gergedanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>537</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052428559</t>
+          <t>9786053334132</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 2. Cilt</t>
+          <t>Afrika'da Safari: Filler (Ciltli)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>48</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052428573</t>
+          <t>9786053334125</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 4. Cilt</t>
+          <t>Afrika'da Safari: Çitalar (Ciltli)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>48</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052428542</t>
+          <t>9786053334118</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 1. Cilt</t>
+          <t>Afrika'da Safari: Aslanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>48</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052428580</t>
+          <t>9786053334972</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 5. Cilt</t>
+          <t>Disney Karlar Ülkesi Hakkında Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>48</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052429525</t>
+          <t>9786053333548</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kardan Arkadaş - Öykü Kitabı</t>
+          <t>Guinness Dünya Rekorlar Kitabı 2016</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>49.5</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052427897</t>
+          <t>9786053335542</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Sözcükleri Keşfediyorum (Ciltli)</t>
+          <t>Korsanlar Don Sever</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>84.9</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052427880</t>
+          <t>9786053335535</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler - Sözcükleri Keşfediyorum (Ciltli)</t>
+          <t>Uzaylılar Don Sever</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>99.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052427866</t>
+          <t>9786053334019</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
+          <t>Disney Galaksinin Gemileri: Star Wars Güç Uyanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>149.5</v>
+        <v>32</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052427811</t>
+          <t>9786053334835</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Uzay Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
+          <t>Disney Star Wars - Güç Uyanıyor</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>149.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052429815</t>
+          <t>9786053333487</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Vız Vız Arı</t>
+          <t>Trenler 1</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>76</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786254360213</t>
+          <t>9786053333050</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Star ve Marco’nun Her Boyutta Uzmanlaşma Rehberi - Disney- Star Kötü Güçlere Karşı</t>
+          <t>Deniz Samurları</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>249.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052427637</t>
+          <t>9786053332831</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2</t>
+          <t>Baykuşlar</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>44.9</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052427439</t>
+          <t>9786053333074</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hazine - Disney Karlar Ülkesi</t>
+          <t>Tembel Hayvan</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>99.5</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052427408</t>
+          <t>9786053333111</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Kahraman - Disney Karlar Ülkesi</t>
+          <t>Yavru Köpek</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>78</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052427569</t>
+          <t>9786053332817</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Disney Maona</t>
+          <t>Aslan Yavrusu</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>99.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052427613</t>
+          <t>9786053333135</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar - Arabalar 1</t>
+          <t>Zıplayan Tavşan</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>44.9</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052427552</t>
+          <t>9786053333159</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar - Arabalar 3</t>
+          <t>Denizayıları</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>99.5</v>
+        <v>16.95</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052427514</t>
+          <t>9786053333081</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar - Toy Story 4</t>
+          <t>Timsahlar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>99.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052529775</t>
+          <t>9786053332770</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzayı Keşfediyorum (12 Kitap Takım) (Ciltli)</t>
+          <t>İlk Kütüphanem Araçlar Kutulu Set</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>1434</v>
+        <v>45</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052425336</t>
+          <t>9786053332787</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Yavru Köpek</t>
+          <t>İlk Kütüphanem Hayvanlar Kutulu Set</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>39.5</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052425343</t>
+          <t>9786052428757</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Yavru Kedi</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 4</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>39.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052427071</t>
+          <t>9786052428764</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Böcekler İş Başında - Marvel Super Hero Adventures</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 3</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>24.9</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052427088</t>
+          <t>9786052428740</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Hediyesi - Marvel Super Hero Adventures</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 2</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>24.9</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052427064</t>
+          <t>9786052428771</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kum Tuzağı - Marvel Super Hero Adventures</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 1</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>24.9</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052427095</t>
+          <t>9786052429020</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Marvel Takımı - Marvel Super Hero Adventures</t>
+          <t>Kukuli Aktivite Kitabı - 1</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>24.9</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786055415693</t>
+          <t>9786052553510</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Yarış Günü</t>
+          <t>National Geographic Kids - Uzayı Keşfediyorum Mini Set (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>14.95</v>
+        <v>537</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053339250</t>
+          <t>9786052428559</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Yarasalar - Seviye 2</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 2. Cilt</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>98</v>
+        <v>48</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786058883376</t>
+          <t>9786052428573</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanı Hayvanları (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 4. Cilt</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>42.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786055415747</t>
+          <t>9786052428542</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayvanlar Atlası (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 1. Cilt</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>39.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053338956</t>
+          <t>9786052428580</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Uçaklar - Seviye 1</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 5. Cilt</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>9.03</v>
+        <v>48</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786054716067</t>
+          <t>9786052429525</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Karşılaşmalar</t>
+          <t>Kardan Arkadaş - Öykü Kitabı</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>19.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786054716043</t>
+          <t>9786052427897</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Tehlikedeki Kaplan</t>
+          <t>Renkler - Sözcükleri Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>29.5</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786058883345</t>
+          <t>9786052427880</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Safari Hayvanlar (Ciltli)</t>
+          <t>Yiyecekler - Sözcükleri Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>36.57</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053338949</t>
+          <t>9786052427866</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Safari</t>
+          <t>Dinozorlar Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>54.9</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053332718</t>
+          <t>9786052427811</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Roma Gezi Rehberi</t>
+          <t>Uzay Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>33.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053332701</t>
+          <t>9786052429815</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Paris Gezi Rehberi</t>
+          <t>Vız Vız Arı</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>249.5</v>
+        <v>76</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786055415853</t>
+          <t>9786254360213</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Hayvanlar</t>
+          <t>Star ve Marco’nun Her Boyutta Uzmanlaşma Rehberi - Disney- Star Kötü Güçlere Karşı</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>3.66</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786058883369</t>
+          <t>9786052427637</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Hayvanları (Ciltli)</t>
+          <t>Disney Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>36.57</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786055415310</t>
+          <t>9786052427439</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balıkları Hakkında Herşey</t>
+          <t>Gerçek Hazine - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>29.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786055415563</t>
+          <t>9786052427408</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Köpekler</t>
+          <t>İçimizdeki Kahraman - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>4.63</v>
+        <v>78</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052421406</t>
+          <t>9786052427569</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yunusları Bulan Köpek</t>
+          <t>Disney Maona</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>29.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786055415594</t>
+          <t>9786052427613</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Kamyonlar - Seviye 1</t>
+          <t>Disney Pixar - Arabalar 1</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>37.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786058883352</t>
+          <t>9786052427552</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi (Ciltli)</t>
+          <t>Disney Pixar - Arabalar 3</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>32.41</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786055415457</t>
+          <t>9786052427514</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Alfabesi (Ciltli)</t>
+          <t>Disney Pixar - Toy Story 4</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>13.89</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786055415464</t>
+          <t>9786052529775</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Harika Hayvanlar</t>
+          <t>National Geographic Kids - Uzayı Keşfediyorum (12 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>18.06</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786054716029</t>
+          <t>9786052425336</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! - Beceriksiz Suçlular</t>
+          <t>Pörtlek Gözlü Yavru Köpek</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>18.06</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786055415105</t>
+          <t>9786052425343</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Büyük Eğlence Kitabı!</t>
+          <t>Pörtlek Gözlü Yavru Kedi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>18.06</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786054716098</t>
+          <t>9786052427071</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds - Tüylü ve Öfkeli Kuşlar Hakkında 50 Gerçek Hikaye</t>
+          <t>Böcekler İş Başında - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>18.06</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786055415303</t>
+          <t>9786052427088</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kediler Hakkında Herşey</t>
+          <t>Yeni Yıl Hediyesi - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>79.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786055415662</t>
+          <t>9786052427064</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Büyük Göçler - Kelebekler</t>
+          <t>Kum Tuzağı - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>29.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786055415860</t>
+          <t>9786052427095</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kaplumbağaları</t>
+          <t>İnanılmaz Marvel Takımı - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>3.66</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786055415846</t>
+          <t>9786055415693</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Çitalar</t>
+          <t>Yarış Günü</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>3.66</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053336419</t>
+          <t>9786053339250</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Yarasalar - Seviye 2</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>65</v>
+        <v>98</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053336426</t>
+          <t>9786058883376</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Yağmur Ormanı Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>65</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052424094</t>
+          <t>9786055415747</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Maskeli ve Çıkartmalı Boyama Kitabı</t>
+          <t>Vahşi Hayvanlar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>18</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9787770555237</t>
+          <t>9786053338956</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Roman (4 Kitap)</t>
+          <t>Uçaklar - Seviye 1</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>308</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052429242</t>
+          <t>9786054716067</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Sihir Kitabı - Disney Star Kötü Güçlere Karşı (Ciltli)</t>
+          <t>Tehlikeli Karşılaşmalar</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>449.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052427002</t>
+          <t>9786054716043</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Captain Marvel - Marvel Super Hero Adventures</t>
+          <t>Tehlikedeki Kaplan</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>8.95</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052426982</t>
+          <t>9786058883345</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Spider-Man - Marvel Super Hero Adventures</t>
+          <t>Safari Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>8.95</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052427026</t>
+          <t>9786053338949</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Iron Man - Marvel Super Hero Adventures</t>
+          <t>Safari</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>8.95</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052427033</t>
+          <t>9786053332718</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Hulk - Marvel Super Hero Adventures</t>
+          <t>Roma Gezi Rehberi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>8.95</v>
+        <v>33.5</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052426999</t>
+          <t>9786053332701</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Ghost-Spider - Marvel Super Hero Adventures</t>
+          <t>Paris Gezi Rehberi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>8.95</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052427019</t>
+          <t>9786055415853</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Black Widow - Marvel Super Hero Adventures</t>
+          <t>Ölümcül Hayvanlar</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>8.95</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052425565</t>
+          <t>9786058883369</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Yarının Ordusu - Captain America</t>
+          <t>Okyanus Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>29.5</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052425558</t>
+          <t>9786055415310</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Zombi Savar - Ant-Man</t>
+          <t>Köpek Balıkları Hakkında Herşey</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>29.5</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052426883</t>
+          <t>9786055415563</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Hulk - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Kediler ve Köpekler</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>14.95</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052426852</t>
+          <t>9786052421406</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Dr. Strainge - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Kayıp Yunusları Bulan Köpek</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>14.95</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052426791</t>
+          <t>9786055415594</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahramanlar - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Kamyonlar - Seviye 1</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>14.95</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052426814</t>
+          <t>9786058883352</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Thor - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Hayvanlar Alemi (Ciltli)</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>14.95</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052426821</t>
+          <t>9786055415457</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Spider Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Hayvan Alfabesi (Ciltli)</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>14.95</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052426869</t>
+          <t>9786055415464</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Captan Marvel - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Harika Hayvanlar</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>14.95</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052426845</t>
+          <t>9786054716029</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>İron Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Garip Ama Gerçek! - Beceriksiz Suçlular</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>14.95</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052426890</t>
+          <t>9786055415105</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Captan America - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Büyük Eğlence Kitabı!</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>14.95</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052426876</t>
+          <t>9786054716098</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Black Widow - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Angry Birds - Tüylü ve Öfkeli Kuşlar Hakkında 50 Gerçek Hikaye</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>14.95</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052426906</t>
+          <t>9786055415303</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Black Panter - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Büyük Kediler Hakkında Herşey</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>14.95</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052426807</t>
+          <t>9786055415662</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Gamora - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Büyük Göçler - Kelebekler</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>14.95</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052426838</t>
+          <t>9786055415860</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Spider-Gwen - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Deniz Kaplumbağaları</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>14.95</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052425107</t>
+          <t>9786055415846</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Sakın Kaplanı Uyandırma!</t>
+          <t>Çitalar</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>158</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052423936</t>
+          <t>9786053336419</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Uzun Atkısı</t>
+          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>59.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052423851</t>
+          <t>9786053336426</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Rengini Sevmeyen Karga</t>
+          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>129.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052423813</t>
+          <t>9786052424094</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Big Elephant Small Mouse - Büyük Fil Küçük Fare</t>
+          <t>Marvel Spider-Man Maskeli ve Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>45</v>
+        <v>18</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9780000507419</t>
+          <t>9787770555237</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kediler Köpekler Kutu Seti - Bilgi ve Oyun Kartları</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Roman (4 Kitap)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>450</v>
+        <v>308</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052425497</t>
+          <t>9786052429242</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>The Day The Sun Went Away</t>
+          <t>Tılsımlı Sihir Kitabı - Disney Star Kötü Güçlere Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>35</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052424179</t>
+          <t>9786052427002</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Marvel Black Panther Maskeli ve Çıkartmalı Boyama Kitabı</t>
+          <t>İlk Boyama Kitabım Captain Marvel - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>18</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052424100</t>
+          <t>9786052426982</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Maskeli ve Çıkartmalı Boyama Kitabı</t>
+          <t>İlk Boyama Kitabım Spider-Man - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>18</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052422748</t>
+          <t>9786052427026</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Mega Boyama Kitabı</t>
+          <t>İlk Boyama Kitabım Iron Man - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>23</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052423899</t>
+          <t>9786052427033</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Uzay Hayaletlerinin İstilası - Iron Man</t>
+          <t>İlk Boyama Kitabım Hulk - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>29.5</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052423912</t>
+          <t>9786052426999</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kara Büyünün Gizemi - Doctor Strange</t>
+          <t>İlk Boyama Kitabım Ghost-Spider - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>29.5</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052423905</t>
+          <t>9786052427019</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Wakanda Savaşı - Black Panther</t>
+          <t>İlk Boyama Kitabım Black Widow - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>29.5</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052423882</t>
+          <t>9786052425565</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Saldırısı - Spider-Man</t>
+          <t>Yarının Ordusu - Captain America</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>29.5</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052424148</t>
+          <t>9786052425558</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Süper Paket Oku ve Eğlen</t>
+          <t>Zombi Savar - Ant-Man</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>24.9</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052426036</t>
+          <t>9786052426883</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Kitabı - Gece Kitabı</t>
+          <t>Hulk - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>129.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052426180</t>
+          <t>9786052426852</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Star - Lord Knowhere’dan Kaçış Yok</t>
+          <t>Dr. Strainge - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>29.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052426173</t>
+          <t>9786052426791</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Falcon - Savaş Ya Da Sıvış</t>
+          <t>Süper Kahramanlar - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>29.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052424940</t>
+          <t>9786052426814</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Süper Uzay Paketi Oku Eğlen</t>
+          <t>Thor - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>32.9</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052424926</t>
+          <t>9786052426821</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Süper Dinozor Paketi Oku ve Eğlen</t>
+          <t>Spider Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>39.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052422953</t>
+          <t>9786052426869</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz 1</t>
+          <t>Captan Marvel - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>79.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052422786</t>
+          <t>9786052426845</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>2.Abdülhamid - Osmanlı Dizisi</t>
+          <t>İron Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>25</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052424155</t>
+          <t>9786052426890</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Süper Paket Boya ve Eğlen</t>
+          <t>Captan America - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>24.9</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786254236716</t>
+          <t>9786052426876</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Pıt Pıt Burnuma Dokun Süslü Koala (Sesli Kitap) (Ciltli)</t>
+          <t>Black Widow - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>349.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786254236723</t>
+          <t>9786052426906</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Pıt Pıt Burnuma Dokun Mutlu Ayı (Sesli Kitap) (Ciltli)</t>
+          <t>Black Panter - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>349.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786254236730</t>
+          <t>9786052426807</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Pıt Pıt Burnuma Dokun Şakacı Köpek (Sesli Kitap) (Ciltli)</t>
+          <t>Gamora - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>349.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786254236488</t>
+          <t>9786052426838</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Arama Kurtarma (Ciltli)</t>
+          <t>Spider-Gwen - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>349.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786254234293</t>
+          <t>9786052425107</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Kedicik (Ciltli)</t>
+          <t>Sakın Kaplanı Uyandırma!</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>299.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786254231889</t>
+          <t>9786052423936</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Mucit Gizmo</t>
+          <t>Dünyanın En Uzun Atkısı</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>278</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786254364549</t>
+          <t>9786052423851</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır'da Hazineler Nasıl Bulunur?</t>
+          <t>Rengini Sevmeyen Karga</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>228</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786254362491</t>
+          <t>9786052423813</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Zombi Sebzecikler</t>
+          <t>Big Elephant Small Mouse - Büyük Fil Küçük Fare</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>228</v>
+        <v>45</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786254362323</t>
+          <t>9780000507419</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Belalı Balon</t>
+          <t>En Güzel Kediler Köpekler Kutu Seti - Bilgi ve Oyun Kartları</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>228</v>
+        <v>450</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786254362309</t>
+          <t>9786052425497</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kokuşuk Bezelye İş Başında!</t>
+          <t>The Day The Sun Went Away</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>228</v>
+        <v>349</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786254362293</t>
+          <t>9786052424179</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Koş Sebzecik Koş!</t>
+          <t>Marvel Black Panther Maskeli ve Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>228</v>
+        <v>18</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786254362286</t>
+          <t>9786052424100</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Sebzecikler Takımı</t>
+          <t>Marvel Avengers Maskeli ve Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>228</v>
+        <v>18</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786254362279</t>
+          <t>9786052422748</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates</t>
+          <t>Marvel Spider-Man Mega Boyama Kitabı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>228</v>
+        <v>23</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786254362088</t>
+          <t>9786052423899</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Harley Quinn: Çılgın Kız</t>
+          <t>Uzay Hayaletlerinin İstilası - Iron Man</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>99.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786254360497</t>
+          <t>9786052423912</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Jersey Şeytanı Ayrıntıda Gizlidir!</t>
+          <t>Kara Büyünün Gizemi - Doctor Strange</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>89.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786254360510</t>
+          <t>9786052423905</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Çizgi Romanlar Gelsin!</t>
+          <t>Wakanda Savaşı - Black Panther</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>89.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786254361302</t>
+          <t>9786052423882</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Kahramanların Saldırısı - Spider-Man</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>99.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052427934</t>
+          <t>9786052424148</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Ay - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Disney Karlar Ülkesi Süper Paket Oku ve Eğlen</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>199.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052429389</t>
+          <t>9786052426036</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ve Çılgın Yarışçılar - Çizgi Diziden Öyküler</t>
+          <t>Gündüz Kitabı - Gece Kitabı</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>99.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052429358</t>
+          <t>9786052426180</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Disney Bingo ve Roli’nin Maceraları - Çizgi Diziden Öyküler</t>
+          <t>Star - Lord Knowhere’dan Kaçış Yok</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>99.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052424735</t>
+          <t>9786052426173</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Bu Kitabı Boyamayın! Çünkü Lanetli!</t>
+          <t>Falcon - Savaş Ya Da Sıvış</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>199.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254238468</t>
+          <t>9786052424940</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar Şimşek Mcqueen Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
+          <t>National Geographic Kids - Süper Uzay Paketi Oku Eğlen</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>479.5</v>
+        <v>32.9</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786254238475</t>
+          <t>9786052424926</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Elsa Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
+          <t>National Geographic Kids - Süper Dinozor Paketi Oku ve Eğlen</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>479.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786254360589</t>
+          <t>9786052422953</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Hayvanlar Faaliyet Kitabı</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz 1</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>199.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052428528</t>
+          <t>9786052422786</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Dinozorlar Faaliyet Kitabı</t>
+          <t>2.Abdülhamid - Osmanlı Dizisi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>199.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052426623</t>
+          <t>9786052424155</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Sevimli Evciller Faaliyet Kitabı</t>
+          <t>Marvel Spider-Man Süper Paket Boya ve Eğlen</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>199.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052426616</t>
+          <t>9786254236716</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Unicornlar Faaliyet Kitabı</t>
+          <t>Pıt Pıt Burnuma Dokun Süslü Koala (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>1980000527235</t>
+          <t>9786254236723</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dev Ansiklopedi Seti 5 Kitap (Ciltli)</t>
+          <t>Pıt Pıt Burnuma Dokun Mutlu Ayı (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>6745</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786254235412</t>
+          <t>9786254236730</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - İyi Ki Doğdun Süper Püre!</t>
+          <t>Pıt Pıt Burnuma Dokun Şakacı Köpek (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>278</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786254238451</t>
+          <t>9786254236488</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Paspati Boyama Kitabı</t>
+          <t>İlk Hareketli Kitabım Arama Kurtarma (Ciltli)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>159.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254238444</t>
+          <t>9786254234293</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Çizim Devriyesi Boyama Kitabı</t>
+          <t>Fırıldak Gözler - Merhaba Kedicik (Ciltli)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>99.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786254238437</t>
+          <t>9786254231889</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Sayılarla Boyayalım</t>
+          <t>Mucit Gizmo</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>129.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254231780</t>
+          <t>9786254364549</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Şekiller / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>Antik Mısır'da Hazineler Nasıl Bulunur?</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>249.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786254232244</t>
+          <t>9786254362491</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yağmur Damlası</t>
+          <t>Süper Patates - Zombi Sebzecikler</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254362330</t>
+          <t>9786254362323</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Karnavalda Kargaşa!</t>
+          <t>Süper Patates - Belalı Balon</t>
         </is>
       </c>
       <c r="C641" s="1">
         <v>228</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9780000520913</t>
+          <t>9786254362309</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler ve Boyamalar + Yapıştırmalar Seti (Rakuncuk-Ayıcık-İnekçik-Kedicik )</t>
+          <t>Süper Patates - Kokuşuk Bezelye İş Başında!</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>190</v>
+        <v>228</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254362163</t>
+          <t>9786254362293</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Sayabilir Misin?</t>
+          <t>Süper Patates - Koş Sebzecik Koş!</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786254368271</t>
+          <t>9786254362286</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Evciller Takımı - Eğlenceli Oyun ve Boyama Kitabı</t>
+          <t>Süper Patates - Sebzecikler Takımı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>49.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254360503</t>
+          <t>9786254362279</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Boyuta Takılma!</t>
+          <t>Süper Patates</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>89.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052429549</t>
+          <t>9786254362088</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Oyuncak - Kukuli Öykü Kitabı</t>
+          <t>DC Comics - Harley Quinn: Çılgın Kız</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>49.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052429396</t>
+          <t>9786254360497</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Disney Vampirina Pijama Partisi - Çizgi Diziden Öyküler</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Jersey Şeytanı Ayrıntıda Gizlidir!</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>99.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9780000526625</t>
+          <t>9786254360510</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>NG Kids Hayvanlar Ansiklopedi Seti 2 Kitap (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Çizgi Romanlar Gelsin!</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>2698</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786254360848</t>
+          <t>9786254361302</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zeus: Altın Pireler'in Peşinde</t>
+          <t>Sevimli Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052426630</t>
+          <t>9786052427934</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zeus: Tehditkar Minotauros'un Labirenti</t>
+          <t>Ay - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786254238192</t>
+          <t>9786052429389</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Spider - Man Böcekler Dışarı!</t>
+          <t>Disney Mickey ve Çılgın Yarışçılar - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052428672</t>
+          <t>9786052429358</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Oyna Pisicik!</t>
+          <t>Disney Bingo ve Roli’nin Maceraları - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052426647</t>
+          <t>9786052424735</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzay Hakkında 1000 Gerçek</t>
+          <t>Disney Esrarengiz Kasaba - Bu Kitabı Boyamayın! Çünkü Lanetli!</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786254238208</t>
+          <t>9786254238468</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids- Vahşi Doğanın Süper Kahramanları</t>
+          <t>Disney Arabalar Şimşek Mcqueen Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>174.5</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786254237676</t>
+          <t>9786254238475</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Süper Çıkartma Gücü</t>
+          <t>Disney Karlar Ülkesi Elsa Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>349.5</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786254237645</t>
+          <t>9786254360589</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Jack ve Fasulye Sırığı</t>
+          <t>Cicibiciler Hayvanlar Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>278</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786254237669</t>
+          <t>9786052428528</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Çıkartma Kitabı</t>
+          <t>Cicibiciler Dinozorlar Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786254237683</t>
+          <t>9786052426623</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Süper Sebzeler</t>
+          <t>Cicibiciler Sevimli Evciller Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786254364556</t>
+          <t>9786052426616</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Möö La La İnek Alışverişe Gidiyor</t>
+          <t>Cicibiciler Unicornlar Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786254364433</t>
+          <t>1980000527235</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Nasıl Dinozor Yetiştirirsin?</t>
+          <t>National Geographic Kids Dev Ansiklopedi Seti 5 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>249.5</v>
+        <v>6745</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786254362347</t>
+          <t>9786254235412</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kaçak Yumurta</t>
+          <t>Süper Patates - İyi Ki Doğdun Süper Püre!</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>278</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786254360442</t>
+          <t>9786254238451</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Hezarfen Ahmet Çelebi</t>
+          <t>PAW Patrol - Paspati Boyama Kitabı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>39.9</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786254360459</t>
+          <t>9786254238444</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Albert Einstein</t>
+          <t>PAW Patrol - Çizim Devriyesi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>39.9</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786254360305</t>
+          <t>9786254238437</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Kodları Çözelim</t>
+          <t>PAW Patrol - Sayılarla Boyayalım</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>39.9</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786254361654</t>
+          <t>9786254231780</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Kaplanlar</t>
+          <t>Renkler ve Şekiller / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>149.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>1980000528065</t>
+          <t>9786254232244</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Ansiklopedi Seti (Ciltli)</t>
+          <t>Küçük Yağmur Damlası</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>4047</v>
+        <v>68</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052427460</t>
+          <t>9786254362330</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot Başrolde: Goofy ve Mickey - Disney Çizgi Klasikler</t>
+          <t>Süper Patates - Karnavalda Kargaşa!</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>119.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9780000999887</t>
+          <t>9780000520913</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 kitap)</t>
+          <t>Etkinlikler ve Boyamalar + Yapıştırmalar Seti (Rakuncuk-Ayıcık-İnekçik-Kedicik )</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>1997.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9780000511508</t>
+          <t>9786254362163</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek Seti (4 Kitap)</t>
+          <t>Yıldızları Sayabilir Misin?</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>1598</v>
+        <v>68</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786254238024</t>
+          <t>9786254368271</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Chase Uzay Görevinde</t>
+          <t>DC Süper Evciller Takımı - Eğlenceli Oyun ve Boyama Kitabı</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>79.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786254238116</t>
+          <t>9786254360503</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Paticik Çıkartma Kitabı</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Boyuta Takılma!</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>199.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786254238031</t>
+          <t>9786052429549</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Rubble Görevimiz Pati</t>
+          <t>En Güzel Oyuncak - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>79.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254238109</t>
+          <t>9786052429396</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Havrika Çıkartma Kitabı</t>
+          <t>Disney Vampirina Pijama Partisi - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786254238048</t>
+          <t>9780000526625</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Rubble Yardıma Koşuyor</t>
+          <t>NG Kids Hayvanlar Ansiklopedi Seti 2 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>79.5</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254238055</t>
+          <t>9786254360848</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Yeni Arkadaşımız Tracker</t>
+          <t>Muhteşem Zeus: Altın Pireler'in Peşinde</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>79.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786254238093</t>
+          <t>9786052426630</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Saymaya Başlıyorum</t>
+          <t>Muhteşem Zeus: Tehditkar Minotauros'un Labirenti</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>159.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786254238086</t>
+          <t>9786254238192</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Aynı mı, Farklı mı?</t>
+          <t>National Geographic Kids - Spider - Man Böcekler Dışarı!</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>159.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786254238079</t>
+          <t>9786052428672</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol İnanılmaz Labirentler</t>
+          <t>National Geographic Kids - Oyna Pisicik!</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>159.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786254238062</t>
+          <t>9786052426647</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol İlk Sayılarım Faaliyet Kitabı</t>
+          <t>National Geographic Kids - Uzay Hakkında 1000 Gerçek</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>159.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786254238017</t>
+          <t>9786254238208</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol İlk Boyama Kitabım</t>
+          <t>National Geographic Kids- Vahşi Doğanın Süper Kahramanları</t>
         </is>
       </c>
       <c r="C680" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786053333357</t>
+          <t>9786254237676</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek</t>
+          <t>Süper Patates Süper Çıkartma Gücü</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786053335818</t>
+          <t>9786254237645</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! 4 - 350 Müthiş Gerçek</t>
+          <t>Süper Patates Jack ve Fasulye Sırığı</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786053335115</t>
+          <t>9786254237669</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 3</t>
+          <t>Süper Patates Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786053335290</t>
+          <t>9786254237683</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kedileri Anlama Kılavuzu</t>
+          <t>Süper Patates Süper Sebzeler</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254237911</t>
+          <t>9786254364556</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids – Garip Ama Gerçek Dinozorlar</t>
+          <t>Möö La La İnek Alışverişe Gidiyor</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254237904</t>
+          <t>9786254364433</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids – Garip Ama Gerçek Köpek Balıkları</t>
+          <t>Bahçede Nasıl Dinozor Yetiştirirsin?</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254237744</t>
+          <t>9786254362347</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Star Force Asiler Akademisi</t>
+          <t>Süper Patates - Kaçak Yumurta</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254237720</t>
+          <t>9786254360442</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Çılgın Bir Şovalyenin Günlükleri</t>
+          <t>National Geographic Kids - Hezarfen Ahmet Çelebi</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>299.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254237737</t>
+          <t>9786254360459</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Korku Kuşağı</t>
+          <t>National Geographic Kids - Albert Einstein</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>299.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052428931</t>
+          <t>9786254360305</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Minnie ve Daisy Casus Gücü</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Kodları Çözelim</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>299.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254237782</t>
+          <t>9786254361654</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 3 - Patlama</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Kaplanlar</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>174.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254237775</t>
+          <t>1980000528065</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 2 - Vikingler</t>
+          <t>Hayvanlar Ansiklopedi Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>174.5</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786254237768</t>
+          <t>9786052427460</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 2 - Arılar</t>
+          <t>Don Kişot Başrolde: Goofy ve Mickey - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>174.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254237751</t>
+          <t>9780000999887</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 1 - Kirpiler</t>
+          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 kitap)</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>174.5</v>
+        <v>1997.5</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786254236389</t>
+          <t>9780000511508</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Keçeli Dinozorlar (Ciltli)</t>
+          <t>National Geographic Kids - Garip Ama Gerçek Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>349.5</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254236419</t>
+          <t>9786254238024</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Keçeli Hayvanlar (Ciltli)</t>
+          <t>Paw Patrol Chase Uzay Görevinde</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>349.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254236396</t>
+          <t>9786254238116</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Keçeli Unicorn'lar (Ciltli)</t>
+          <t>Paw Patrol Paticik Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254236464</t>
+          <t>9786254238031</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Çiftlik (Ciltli)</t>
+          <t>Paw Patrol Rubble Görevimiz Pati</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>349.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254236471</t>
+          <t>9786254238109</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Deniz Altı (Ciltli)</t>
+          <t>Paw Patrol Havrika Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254236457</t>
+          <t>9786254238048</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Şantiye (Ciltli)</t>
+          <t>Paw Patrol Rubble Yardıma Koşuyor</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>349.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254236556</t>
+          <t>9786254238055</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Süper Uzay Çıkartmalı Faaliyet Kitabı</t>
+          <t>Paw Patrol Yeni Arkadaşımız Tracker</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>399.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254236587</t>
+          <t>9786254238093</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Midilliler ve Atlar Çıkartmalı Faaliyet Kitabı</t>
+          <t>Paw Patrol Saymaya Başlıyorum</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>399.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254236570</t>
+          <t>9786254238086</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kediler Çıkartmalı Faaliyet Kitabı</t>
+          <t>Paw Patrol Aynı mı, Farklı mı?</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>399.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254236563</t>
+          <t>9786254238079</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Köpekler Çıkartmalı Faaliyet Kitabı</t>
+          <t>Paw Patrol İnanılmaz Labirentler</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>399.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254236549</t>
+          <t>9786254238062</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dinozorlar Çıkartmalı Faaliyet Kitabı</t>
+          <t>Paw Patrol İlk Sayılarım Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>399.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786254237195</t>
+          <t>9786254238017</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! - Minik Aslan (Ciltli)</t>
+          <t>Paw Patrol İlk Boyama Kitabım</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786254237188</t>
+          <t>9786053333357</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! - Minik İnek (Ciltli)</t>
+          <t>Garip Ama Gerçek</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052429150</t>
+          <t>9786053335818</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! Minik Köpek (Ciltli)</t>
+          <t>Garip Ama Gerçek! 4 - 350 Müthiş Gerçek</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786254237089</t>
+          <t>9786053335115</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Köpüş (Ciltli)</t>
+          <t>Garip Ama Gerçek 3</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786254237614</t>
+          <t>9786053335290</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 7 (Ciltli)</t>
+          <t>Kedileri Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786254237607</t>
+          <t>9786254237911</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 6 (Ciltli)</t>
+          <t>National Geographic Kids – Garip Ama Gerçek Dinozorlar</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786254237591</t>
+          <t>9786254237904</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 5 (Ciltli)</t>
+          <t>National Geographic Kids – Garip Ama Gerçek Köpek Balıkları</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786254237584</t>
+          <t>9786254237744</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 4 (Ciltli)</t>
+          <t>Disney Muhteşem Maceralar Star Force Asiler Akademisi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254237577</t>
+          <t>9786254237720</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 3 (Ciltli)</t>
+          <t>Disney Muhteşem Maceralar Çılgın Bir Şovalyenin Günlükleri</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254237560</t>
+          <t>9786254237737</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 2 (Ciltli)</t>
+          <t>Disney Muhteşem Maceralar Korku Kuşağı</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786254237553</t>
+          <t>9786052428931</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 1 (Ciltli)</t>
+          <t>Disney Muhteşem Maceralar Minnie ve Daisy Casus Gücü</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786053333265</t>
+          <t>9786254237782</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>İlk Uzay Kitabım - National Geographic Kids</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 3 - Patlama</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>649.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9780000726063</t>
+          <t>9786254237775</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Doğa Koleksiyonu</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 2 - Vikingler</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>872</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9780000726049</t>
+          <t>9786254237768</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Ölümcül Hayvanlar Koleksiyonu</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 2 - Arılar</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>872.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9780000725943</t>
+          <t>9786254237751</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Özel Hayvanlar Koleksiyonu</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 1 - Kirpiler</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>872.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9780000725929</t>
+          <t>9786254236389</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Sıradışı Hayvanlar Koleksiyonu</t>
+          <t>Keçeli Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>872.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9780000725356</t>
+          <t>9786254236419</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Mitoloji Koleksiyonu</t>
+          <t>Keçeli Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>872.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052426722</t>
+          <t>9786254236396</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Yolculuk - Esrarengiz Kasaba (Ciltli)</t>
+          <t>Keçeli Unicorn'lar (Ciltli)</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>379.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786053333005</t>
+          <t>9786254236464</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Meteorlar</t>
+          <t>İlk Hareketli Kitabım Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052423745</t>
+          <t>9786254236471</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Gökdelenler - National Geographic Kids</t>
+          <t>İlk Hareketli Kitabım Deniz Altı (Ciltli)</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052423721</t>
+          <t>9786254236457</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır - National Geographic Kids</t>
+          <t>İlk Hareketli Kitabım Şantiye (Ciltli)</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786254237423</t>
+          <t>9786254236556</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Eğlence Burada! Boyama Kitabı</t>
+          <t>National Geographic Kids Süper Uzay Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>70.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786254237430</t>
+          <t>9786254236587</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Yaz Geldi Boyama Kitabı</t>
+          <t>National Geographic Kids Midilliler ve Atlar Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>69.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786254237409</t>
+          <t>9786254236570</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Uzay Yolculuğu Boyama Kitabı</t>
+          <t>National Geographic Kids Kediler Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>69.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786254237461</t>
+          <t>9786254236563</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>%100 Minecraft Pikselli Boyamalar - Özel Biyomlar</t>
+          <t>National Geographic Kids Köpekler Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786254237478</t>
+          <t>9786254236549</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Pikselli Boyama</t>
+          <t>National Geographic Kids Dinozorlar Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786254237270</t>
+          <t>9786254237195</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Zıp Zıp Eğlence Resim Kitabım</t>
+          <t>Macerayı Sen Seç! - Minik Aslan (Ciltli)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786254237218</t>
+          <t>9786254237188</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Uğur Böcekli Resim Kitabım</t>
+          <t>Macerayı Sen Seç! - Minik İnek (Ciltli)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786254237201</t>
+          <t>9786052429150</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Elmalı Resim Kitabım</t>
+          <t>Macerayı Sen Seç! Minik Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786254237232</t>
+          <t>9786254237089</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Arabalı Resim Kitabım</t>
+          <t>Mıncırık Sukuşi Köpüş (Ciltli)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786254237263</t>
+          <t>9786254237614</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Çiftlikte Yaşam Resim Kitabım</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>99.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786254237225</t>
+          <t>9786254237607</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Ayıcıklı Resim Kitabım</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>99.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786254237249</t>
+          <t>9786254237591</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Doğum Günü Resim Kitabım</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>99.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786254237256</t>
+          <t>9786254237584</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Deniz Oyuncakları Resim Kitabım</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>99.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786254236266</t>
+          <t>9786254237577</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Tonton Eşek</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786254236242</t>
+          <t>9786254237560</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Paytak Eşek</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786254236259</t>
+          <t>9786254237553</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Minnoş Eşek</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786254236877</t>
+          <t>9786053333265</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Disney Bibbidi Bobbidi Akademisi - Mai ve Zor Dönüşüm</t>
+          <t>İlk Uzay Kitabım - National Geographic Kids</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>199.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786254236969</t>
+          <t>9780000726063</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 1 - Yeni Bir Savaşçı</t>
+          <t>National Geographic Kids - Doğa Koleksiyonu</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>195.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786254236976</t>
+          <t>9780000726049</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 2 - Nether'da Bir Gezinti</t>
+          <t>National Geographic Kids - Ölümcül Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>195.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786254236983</t>
+          <t>9780000725943</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 3 - Çöl Macerası</t>
+          <t>National Geographic Kids - Özel Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>195.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786254236990</t>
+          <t>9780000725929</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 4 - Son'a Hoş Geldin</t>
+          <t>National Geographic Kids - Sıradışı Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>195.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786254236860</t>
+          <t>9780000725356</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Bibbidi Bobbidi Akademisi Rory ve Sihirli Karışıklar</t>
+          <t>National Geographic Kids - Mitoloji Koleksiyonu</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>199.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786254236884</t>
+          <t>9786052426722</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Bibbidi Bobbidi Akademisi Ophelia ve Peri Gezisi</t>
+          <t>Zamanda Yolculuk - Esrarengiz Kasaba (Ciltli)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>199.5</v>
+        <v>379.5</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786254236853</t>
+          <t>9786053333005</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Gizemleri Çözmek ve Tarihi Baştan Yazmak</t>
+          <t>Meteorlar</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786254237133</t>
+          <t>9786052423745</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Alexander Graham Bell - National Geographic Kids</t>
+          <t>Gökdelenler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786254237041</t>
+          <t>9786052423721</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Zırhlı Hayvanlar - National Geographic Kids</t>
+          <t>Antik Mısır - National Geographic Kids</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786254237096</t>
+          <t>9786254237423</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Okyanus Hayvanları - National Geographic Kids</t>
+          <t>Kukuli Eğlence Burada! Boyama Kitabı</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>174.5</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786254237119</t>
+          <t>9786254237430</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Thomas Edison - National Geographic Kids</t>
+          <t>Kukuli Yaz Geldi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>174.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254237034</t>
+          <t>9786254237409</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>T.Rex - National Geographic Kids</t>
+          <t>Kukuli Uzay Yolculuğu Boyama Kitabı</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>174.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786254237058</t>
+          <t>9786254237461</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Kutup Porsukları - National Geographic Kids</t>
+          <t>%100 Minecraft Pikselli Boyamalar - Özel Biyomlar</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786254237065</t>
+          <t>9786254237478</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Filler - National Geographic Kids</t>
+          <t>Minecraft Pikselli Boyama</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786254237072</t>
+          <t>9786254237270</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Amazon Hayvanları - National Geographic Kids</t>
+          <t>Kolay Boyama - Zıp Zıp Eğlence Resim Kitabım</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254236808</t>
+          <t>9786254237218</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çiftçinin El Kitabı</t>
+          <t>Çok Kolay Boyama - Uğur Böcekli Resim Kitabım</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786254236792</t>
+          <t>9786254237201</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Aklını Kullanan Çocuklar</t>
+          <t>Çok Kolay Boyama - Elmalı Resim Kitabım</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786254236761</t>
+          <t>9786254237232</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tavşan Yarışı</t>
+          <t>Çok Kolay Boyama - Arabalı Resim Kitabım</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>168</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786254236778</t>
+          <t>9786254237263</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Yetenek Gösterisi</t>
+          <t>Kolay Boyama - Çiftlikte Yaşam Resim Kitabım</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>168</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786254232879</t>
+          <t>9786254237225</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 5</t>
+          <t>Çok Kolay Boyama - Ayıcıklı Resim Kitabım</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>49.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052422908</t>
+          <t>9786254237249</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi - Disney En Güzel Maceralar</t>
+          <t>Kolay Boyama - Doğum Günü Resim Kitabım</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>399.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254360237</t>
+          <t>9786254237256</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ansiklopedisi - National Geographic Kids (Ciltli)</t>
+          <t>Kolay Boyama - Deniz Oyuncakları Resim Kitabım</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>1349</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052422939</t>
+          <t>9786254236266</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Disney Yıldızlararası - En Güzel Maceralar Serisi</t>
+          <t>Tonton Eşek</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052424278</t>
+          <t>9786254236242</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Piramitler - National Geographic Kids</t>
+          <t>Paytak Eşek</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254235535</t>
+          <t>9786254236259</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Nerede? Ara-Bul Kitabı</t>
+          <t>Minnoş Eşek</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>228</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9780000725349</t>
+          <t>9786254236877</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kültür Kitapları Seti 4 Kitap</t>
+          <t>Disney Bibbidi Bobbidi Akademisi - Mai ve Zor Dönüşüm</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>783</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9780000725301</t>
+          <t>9786254236969</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Bilim Seti 8 Kitap</t>
+          <t>Minecraft Macerası 1 - Yeni Bir Savaşçı</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>1396</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9780000725288</t>
+          <t>9786254236976</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Kitapları Seviye 1 Tatlı Hayvanlar Seti 5 Kitap</t>
+          <t>Minecraft Macerası 2 - Nether'da Bir Gezinti</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>872.5</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254236211</t>
+          <t>9786254236983</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Atkuyruğu Çiftliği 1 - Muhteşem Maksimus</t>
+          <t>Minecraft Macerası 3 - Çöl Macerası</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>168</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786254235672</t>
+          <t>9786254236990</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>True- Seni Seçtim Boyama Kitabı</t>
+          <t>Minecraft Macerası 4 - Son'a Hoş Geldin</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>69.5</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254235665</t>
+          <t>9786254236860</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>True- Bir Dilek Tut Boyama Kitabı</t>
+          <t>Bibbidi Bobbidi Akademisi Rory ve Sihirli Karışıklar</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>69.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254235658</t>
+          <t>9786254236884</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kukuli- Ne güzel Dünya Boyama Kitabı</t>
+          <t>Bibbidi Bobbidi Akademisi Ophelia ve Peri Gezisi</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>69.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254235641</t>
+          <t>9786254236853</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kukuli- Haydi Zıpla Boyama Kitabı</t>
+          <t>Gizemleri Çözmek ve Tarihi Baştan Yazmak</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786254235634</t>
+          <t>9786254237133</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Kukuli- Diyecek Yok Keyfine Boyama Kitabı</t>
+          <t>Alexander Graham Bell - National Geographic Kids</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>68</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786254235856</t>
+          <t>9786254237041</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Sevgi</t>
+          <t>Zırhlı Hayvanlar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786254235849</t>
+          <t>9786254237096</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Canavarlar</t>
+          <t>Uzaylı Okyanus Hayvanları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786254235832</t>
+          <t>9786254237119</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Sanat</t>
+          <t>Thomas Edison - National Geographic Kids</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786254235825</t>
+          <t>9786254237034</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Süper Kahramanlar</t>
+          <t>T.Rex - National Geographic Kids</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254235818</t>
+          <t>9786254237058</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Serisi Mitoloji</t>
+          <t>Kutup Porsukları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254235801</t>
+          <t>9786254237065</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Dedektif</t>
+          <t>Filler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254234866</t>
+          <t>9786254237072</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Kim Saklanıyor (Ciltli)</t>
+          <t>Amazon Hayvanları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254234859</t>
+          <t>9786254236808</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Kim Saklanıyor (Ciltli)</t>
+          <t>Küçük Çiftçinin El Kitabı</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254234842</t>
+          <t>9786254236792</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Parkta Kim Saklanıyor (Ciltli)</t>
+          <t>Aklını Kullanan Çocuklar</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786254234835</t>
+          <t>9786254236761</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Safaride Kim Saklanıyor (Ciltli)</t>
+          <t>Büyük Tavşan Yarışı</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>349.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786254236235</t>
+          <t>9786254236778</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Atkuyruğu Çiftliği 3 - Fedakar Philippe</t>
+          <t>Müthiş Yetenek Gösterisi</t>
         </is>
       </c>
       <c r="C788" s="1">
         <v>168</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786254236228</t>
+          <t>9786254232879</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Atkuyruğu Çiftliği 2 - Akıllı Angus</t>
+          <t>Garip Ama Gerçek 5</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>168</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254235986</t>
+          <t>9786052422908</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Kadar Seviyorum Seni (Ciltli)</t>
+          <t>Tarih Öncesi - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9780000724830</t>
+          <t>9786254360237</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Roman Serisi 4 Kitap</t>
+          <t>Bilim Ansiklopedisi - National Geographic Kids (Ciltli)</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>1598</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9780000724823</t>
+          <t>9786052422939</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Disney Fantastik Maceralar Serisi 4 Kitap</t>
+          <t>Disney Yıldızlararası - En Güzel Maceralar Serisi</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>1598</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9780000722584</t>
+          <t>9786052424278</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Sanat + Mitoloji + Antik Mısır Seti 3 Kitap</t>
+          <t>Piramitler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>1198.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254235795</t>
+          <t>9786254235535</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Renk Değiştiren Hayvanlar</t>
+          <t>Süper Patates Nerede? Ara-Bul Kitabı</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>174.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254235788</t>
+          <t>9780000725349</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Parıl Parıl!</t>
+          <t>National Geographic Kids Kültür Kitapları Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>174.5</v>
+        <v>798</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786254235771</t>
+          <t>9780000725301</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Kleopatra</t>
+          <t>National Geographic Kids Bilim Seti 8 Kitap</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>174.5</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786254235733</t>
+          <t>9780000725288</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Gece Göğü</t>
+          <t>National Geographic Kids Okuma Kitapları Seviye 1 Tatlı Hayvanlar Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>174.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786254235757</t>
+          <t>9786254236211</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Efsanevi Canavarlar</t>
+          <t>Atkuyruğu Çiftliği 1 - Muhteşem Maksimus</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>174.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786254235726</t>
+          <t>9786254235672</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çölde</t>
+          <t>True- Seni Seçtim Boyama Kitabı</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>174.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786254235740</t>
+          <t>9786254235665</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Arkeolog Kimdir?</t>
+          <t>True- Bir Dilek Tut Boyama Kitabı</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>174.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786254235764</t>
+          <t>9786254235658</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Albert Einstein</t>
+          <t>Kukuli- Ne güzel Dünya Boyama Kitabı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>174.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786254235931</t>
+          <t>9786254235641</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Antik Mısır</t>
+          <t>Kukuli- Haydi Zıpla Boyama Kitabı</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>399.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786254235924</t>
+          <t>9786254235634</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Yarış</t>
+          <t>Kukuli- Diyecek Yok Keyfine Boyama Kitabı</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>399.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786254235887</t>
+          <t>9786254235856</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Müzik</t>
+          <t>Disney En Güzel Maceralar Sevgi</t>
         </is>
       </c>
       <c r="C804" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254235870</t>
+          <t>9786254235849</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Yaratıklar</t>
+          <t>Disney En Güzel Maceralar Canavarlar</t>
         </is>
       </c>
       <c r="C805" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254235863</t>
+          <t>9786254235832</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Vahşi Batı</t>
+          <t>Disney En Güzel Maceralar Sanat</t>
         </is>
       </c>
       <c r="C806" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786254234620</t>
+          <t>9786254235825</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Çok Gürültücü Tilkiler</t>
+          <t>Disney En Güzel Maceralar Süper Kahramanlar</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254234521</t>
+          <t>9786254235818</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce Sarılırım Herkese!</t>
+          <t>Disney En Güzel Maceralar Serisi Mitoloji</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786254234613</t>
+          <t>9786254235801</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Disney En Güzel Maceralar Dedektif</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786254234644</t>
+          <t>9786254234866</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar Reçelli Ekmeğe Bayılır</t>
+          <t>Çiftlikte Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254234545</t>
+          <t>9786254234859</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Ulu Şapırtı</t>
+          <t>Ormanda Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254234590</t>
+          <t>9786254234842</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yıllar Sana - Kişiselleştirilebilir Bir Kitap</t>
+          <t>Parkta Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254234606</t>
+          <t>9786254234835</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lama</t>
+          <t>Safaride Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254234354</t>
+          <t>9786254236235</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Kapkek (Ciltli)</t>
+          <t>Atkuyruğu Çiftliği 3 - Fedakar Philippe</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>299.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786254234330</t>
+          <t>9786254236228</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Penguencik (Ciltli)</t>
+          <t>Atkuyruğu Çiftliği 2 - Akıllı Angus</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>299.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786254234323</t>
+          <t>9786254235986</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Tavşancık (Ciltli)</t>
+          <t>Dünyalar Kadar Seviyorum Seni (Ciltli)</t>
         </is>
       </c>
       <c r="C816" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786254234316</t>
+          <t>9780000724830</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Unicorn (Ciltli)</t>
+          <t>Disney Çizgi Roman Serisi 4 Kitap</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>299.5</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786254234309</t>
+          <t>9780000724823</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Dinocuk (Ciltli)</t>
+          <t>Disney Fantastik Maceralar Serisi 4 Kitap</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>299.5</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786254233395</t>
+          <t>9780000722584</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Hoşlanmayan Ejderha</t>
+          <t>Disney En Güzel Maceralar Sanat + Mitoloji + Antik Mısır Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>249.5</v>
+        <v>1198.5</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786254233388</t>
+          <t>9786254235795</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Suyu Sevmeyen Timsah</t>
+          <t>National Geographic Kids - Renk Değiştiren Hayvanlar</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786254233371</t>
+          <t>9786254235788</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>İneğin Ağaçta Ne İşi Var?</t>
+          <t>National Geographic Kids - Parıl Parıl!</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786254233425</t>
+          <t>9786254235771</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Aceleci Tavşan KoşKoş</t>
+          <t>National Geographic Kids - Kleopatra</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786254233418</t>
+          <t>9786254235733</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Bir Koyun Kuşlara Yuva Olursa</t>
+          <t>National Geographic Kids - Gece Göğü</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786254233401</t>
+          <t>9786254235757</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Şansını Arayan Ördek</t>
+          <t>National Geographic Kids - Efsanevi Canavarlar</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786254235306</t>
+          <t>9786254235726</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk</t>
+          <t>National Geographic Kids - Çölde</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786254235313</t>
+          <t>9786254235740</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk Eve Dönüş Yolculuğu</t>
+          <t>National Geographic Kids - Arkeolog Kimdir?</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786254234491</t>
+          <t>9786254235764</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Benim</t>
+          <t>National Geographic Kids - Albert Einstein</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>68</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9780000520975</t>
+          <t>9786254235931</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>NG Kids Ansiklopedi Seti 4 Kitap (Ciltli)</t>
+          <t>Disney En Güzel Maceralar Antik Mısır</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>5396</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254234583</t>
+          <t>9786254235924</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Seni Ne Kadar Seviyorum Biliyor musun?</t>
+          <t>Disney En Güzel Maceralar Yarış</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786254234484</t>
+          <t>9786254235887</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Pisicik Büyük Şehirde</t>
+          <t>Disney En Güzel Maceralar Müzik</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786254234569</t>
+          <t>9786254235870</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Pek Bir Şahane Süslümingo</t>
+          <t>Disney En Güzel Maceralar Yaratıklar</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254234460</t>
+          <t>9786254235863</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Taş Çocuk ve Küçük Kız</t>
+          <t>Disney En Güzel Maceralar Vahşi Batı</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786254234446</t>
+          <t>9786254234620</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’nin Gemisi</t>
+          <t>Çok Gürültücü Tilkiler</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786254234422</t>
+          <t>9786254234521</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Tinky’nin Fotoğraf Makinesi</t>
+          <t>Uykudan Önce Sarılırım Herkese!</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786254234392</t>
+          <t>9786254234613</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Tinky’nin Çiçeği</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786254234439</t>
+          <t>9786254234644</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Minky’nin Konseri</t>
+          <t>Ejderhalar Reçelli Ekmeğe Bayılır</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786254234408</t>
+          <t>9786254234545</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’nin Şapkası</t>
+          <t>Ulu Şapırtı</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786254234415</t>
+          <t>9786254234590</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’nin Robotu</t>
+          <t>Mutlu Yıllar Sana - Kişiselleştirilebilir Bir Kitap</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786254233920</t>
+          <t>9786254234606</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Kavanozda</t>
+          <t>Küçük Lama</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>278</v>
+        <v>68</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786254233906</t>
+          <t>9786254234354</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek</t>
+          <t>Fırıldak Gözler - Merhaba Kapkek (Ciltli)</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786254233913</t>
+          <t>9786254234330</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Benim Camimde</t>
+          <t>Fırıldak Gözler - Merhaba Penguencik (Ciltli)</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786254233807</t>
+          <t>9786254234323</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Aquaman - Anafor</t>
+          <t>Fırıldak Gözler - Merhaba Tavşancık (Ciltli)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>179.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786254234248</t>
+          <t>9786254234316</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Aslancık - Etkinlikler ve Boyamalar</t>
+          <t>Fırıldak Gözler - Merhaba Unicorn (Ciltli)</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>39.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786254234262</t>
+          <t>9786254234309</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Koala - Etkinlikler ve Boyamalar</t>
+          <t>Fırıldak Gözler - Merhaba Dinocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>39.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786254233449</t>
+          <t>9786254233395</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Disney Baykuş Evi - Kaynar Adalar’dan Sihir-teşem Maceralar</t>
+          <t>Ateşten Hoşlanmayan Ejderha</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>149.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786254233210</t>
+          <t>9786254233388</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori Renkleri Öğrenelim</t>
+          <t>Suyu Sevmeyen Timsah</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786254233203</t>
+          <t>9786254233371</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori ABC’yi Öğrenelim Nokta Birleştirme</t>
+          <t>İneğin Ağaçta Ne İşi Var?</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786254233197</t>
+          <t>9786254233425</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori Sayıları ve Saymayı Öğrenelim</t>
+          <t>Aceleci Tavşan KoşKoş</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786254233180</t>
+          <t>9786254233418</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori Sesleri Öğrenelim</t>
+          <t>Bir Koyun Kuşlara Yuva Olursa</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786254233746</t>
+          <t>9786254233401</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Minnie Çıkartmalı Mantık Bulmacaları</t>
+          <t>Şansını Arayan Ördek</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786254233739</t>
+          <t>9786254235306</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Karlar Ülkesi Çıkartmalı Mantık Bulmacaları</t>
+          <t>Tombul Tavuk</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786254233722</t>
+          <t>9786254235313</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Arabalar Çıkartmalı Mantık Bulmacaları</t>
+          <t>Tombul Tavuk Eve Dönüş Yolculuğu</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786254233715</t>
+          <t>9786254234491</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Arabalar Çıkartmalı Alıştırma Kitabım Toplama ve Çıkarma</t>
+          <t>Bebeğim Benim</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786254233708</t>
+          <t>9780000520975</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Prenses Elena Alıştırma Kitabım Noktalar</t>
+          <t>NG Kids Ansiklopedi Seti 4 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>119.5</v>
+        <v>5396</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786254233692</t>
+          <t>9786254234583</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Noktalar</t>
+          <t>Seni Ne Kadar Seviyorum Biliyor musun?</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786254233609</t>
+          <t>9786254234484</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Çıkartmalı Alıştırma Kitabım Sayılar</t>
+          <t>Pisicik Büyük Şehirde</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786254233685</t>
+          <t>9786254234569</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Bingo ve Roli’nin Maceraları Sayılar ve Sayma</t>
+          <t>Pek Bir Şahane Süslümingo</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786254233678</t>
+          <t>9786254234460</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Renkler ve Şekiller</t>
+          <t>Taş Çocuk ve Küçük Kız</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786254233661</t>
+          <t>9786254234446</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Winnie the Pooh El Becerisi Etkinlikleri Yazıya Hazırlık</t>
+          <t>Kukuli’nin Gemisi</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786254233630</t>
+          <t>9786254234422</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Simba El Becerisi Etkinlikleri Yazıya Hazırlık</t>
+          <t>Kukuli Tinky’nin Fotoğraf Makinesi</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786254233623</t>
+          <t>9786254234392</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Karlar Ülkesi El Becerisi Etkinlikleri Yazıya Hazırlık</t>
+          <t>Kukuli Tinky’nin Çiçeği</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786254233616</t>
+          <t>9786254234439</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Çıkartmalı Mickey Alıştırma Kitabım Sayılar</t>
+          <t>Kukuli Minky’nin Konseri</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786254233784</t>
+          <t>9786254234408</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Okul Öncesi Sesleri Öğreniyorum</t>
+          <t>Kukuli’nin Şapkası</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786254233654</t>
+          <t>9786254234415</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Okul Öncesi Sayıları Öğreniyorum</t>
+          <t>Kukuli’nin Robotu</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786254233647</t>
+          <t>9786254233920</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Okul Öncesi Şekilleri ve Renkleri Öğreniyorum</t>
+          <t>Kavanozda</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786254232398</t>
+          <t>9786254233906</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>Bir Dilek</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786254233548</t>
+          <t>9786254233913</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Mouse: En Harika Kitap</t>
+          <t>Benim Camimde</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786254233531</t>
+          <t>9786254233807</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Mouse Dev Hayaller Çizgi Roman</t>
+          <t>Aquaman - Anafor</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>119.5</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786254233524</t>
+          <t>9786254234248</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Disney Nöbetçi Fareler Su Altında</t>
+          <t>Aslancık - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>199.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786254233494</t>
+          <t>9786254234262</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Disney Nöbetçi Fareler</t>
+          <t>Koala - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>199.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786254233456</t>
+          <t>9786254233449</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 3 Yaş</t>
+          <t>Disney Baykuş Evi - Kaynar Adalar’dan Sihir-teşem Maceralar</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>168</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786254233487</t>
+          <t>9786254233210</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 6 Yaş</t>
+          <t>Disney Eğitsel Dori Renkleri Öğrenelim</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786254233470</t>
+          <t>9786254233203</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 5 Yaş</t>
+          <t>Disney Eğitsel Dori ABC’yi Öğrenelim Nokta Birleştirme</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786254233463</t>
+          <t>9786254233197</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 4 Yaş</t>
+          <t>Disney Eğitsel Dori Sayıları ve Saymayı Öğrenelim</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254233326</t>
+          <t>9786254233180</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Batman!</t>
+          <t>Disney Eğitsel Dori Sesleri Öğrenelim</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254233364</t>
+          <t>9786254233746</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Büyük Kahramanlar</t>
+          <t>Disney Eğitsel Minnie Çıkartmalı Mantık Bulmacaları</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786254233357</t>
+          <t>9786254233739</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Süperman!</t>
+          <t>Disney Eğitsel Karlar Ülkesi Çıkartmalı Mantık Bulmacaları</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786254233333</t>
+          <t>9786254233722</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Çiçek Gücü</t>
+          <t>Disney Eğitsel Arabalar Çıkartmalı Mantık Bulmacaları</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786254233340</t>
+          <t>9786254233715</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Süper Evcil Hayvanlar</t>
+          <t>Disney Eğitsel Arabalar Çıkartmalı Alıştırma Kitabım Toplama ve Çıkarma</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786254233227</t>
+          <t>9786254233708</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>DC Comics Süper Kahramanlar 100 Süper Boyama</t>
+          <t>Disney Eğitsel Prenses Elena Alıştırma Kitabım Noktalar</t>
         </is>
       </c>
       <c r="C880" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786254233265</t>
+          <t>9786254233692</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Harika Maceralarla Süperman - Sihirli Canavarlar</t>
+          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Noktalar</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786254233272</t>
+          <t>9786254233609</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Harika Maceralarla Superman - Supergirl'ün Evcil Hayvan Sorunu</t>
+          <t>Disney Eğitsel Çıkartmalı Alıştırma Kitabım Sayılar</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786254233241</t>
+          <t>9786254233685</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Harika Maceralarla Superman - Baloncuk Mücadelesi</t>
+          <t>Disney Eğitsel Bingo ve Roli’nin Maceraları Sayılar ve Sayma</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786254233302</t>
+          <t>9786254233678</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Sinestro Korku Halkası</t>
+          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786254233296</t>
+          <t>9786254233661</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Cheetah Kusursuz Suç</t>
+          <t>Disney Eğitsel Winnie the Pooh El Becerisi Etkinlikleri Yazıya Hazırlık</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786254233319</t>
+          <t>9786254233630</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Captain Cold Tipi Altında Savaş</t>
+          <t>Disney Eğitsel Simba El Becerisi Etkinlikleri Yazıya Hazırlık</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786254233289</t>
+          <t>9786254233623</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Joker Açık Denizlerde</t>
+          <t>Disney Eğitsel Karlar Ülkesi El Becerisi Etkinlikleri Yazıya Hazırlık</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786254233159</t>
+          <t>9786254233616</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Büsküvi Yarışması</t>
+          <t>Disney Eğitsel Çıkartmalı Mickey Alıştırma Kitabım Sayılar</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786254233142</t>
+          <t>9786254233784</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Pastanesine Hoş Geldiniz</t>
+          <t>Disney Eğitsel Okul Öncesi Sesleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786254231834</t>
+          <t>9786254233654</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Gecedeki Işık</t>
+          <t>Disney Eğitsel Okul Öncesi Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>249.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786254231674</t>
+          <t>9786254233647</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Kuaför Babam</t>
+          <t>Disney Eğitsel Okul Öncesi Şekilleri ve Renkleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>249.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786254231896</t>
+          <t>9786254232398</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Mamutunu Nasıl Yıkarsın ?</t>
+          <t>Sayılar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C892" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786254231872</t>
+          <t>9786254233548</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Mavi ve Bertie</t>
+          <t>Disney Minnie Mouse: En Harika Kitap</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>249.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786254231810</t>
+          <t>9786254233531</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Nesi Var Adası - Kitap Köpekbalığına Karşı</t>
+          <t>Disney Minnie Mouse Dev Hayaller Çizgi Roman</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>249.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786254231827</t>
+          <t>9786254233524</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Nesi Var Adası</t>
+          <t>Disney Nöbetçi Fareler Su Altında</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786254231803</t>
+          <t>9786254233494</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Ori’nin Yıldızları</t>
+          <t>Disney Nöbetçi Fareler</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786254231865</t>
+          <t>9786254233456</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Parmak Balık Gıdıgıdı</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 3 Yaş</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>249.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786254232893</t>
+          <t>9786254233487</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 1</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 6 Yaş</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>48</v>
+        <v>168</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786254232978</t>
+          <t>9786254233470</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 4</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 5 Yaş</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>48</v>
+        <v>168</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786254232961</t>
+          <t>9786254233463</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 3</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 4 Yaş</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>48</v>
+        <v>168</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786254232930</t>
+          <t>9786254233326</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 2</t>
+          <t>DC Süper Friends - Batman!</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>48</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786254231933</t>
+          <t>9786254233364</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Köstebek'in Gözlüğü (Ciltli)</t>
+          <t>DC Süper Friends - Büyük Kahramanlar</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>549</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786254231926</t>
+          <t>9786254233357</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Porsuk'un Orkestrası (Ciltli)</t>
+          <t>DC Süper Friends - Süperman!</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>549</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786254232145</t>
+          <t>9786254233333</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Bekle Beni Ay</t>
+          <t>DC Süper Friends - Çiçek Gücü</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786254232275</t>
+          <t>9786254233340</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>DC Süper Friends - Süper Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786254232251</t>
+          <t>9786254233227</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>DC Comics Süper Kahramanlar 100 Süper Boyama</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>68</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786254232220</t>
+          <t>9786254233265</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Çamur Zıpzıpı Metecan</t>
+          <t>Harika Maceralarla Süperman - Sihirli Canavarlar</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786254232213</t>
+          <t>9786254233272</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin</t>
+          <t>Harika Maceralarla Superman - Supergirl'ün Evcil Hayvan Sorunu</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786254232183</t>
+          <t>9786254233241</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Boyama Kitabı</t>
+          <t>Harika Maceralarla Superman - Baloncuk Mücadelesi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>129.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9780000718075</t>
+          <t>9786254233302</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenleri Seti 4 Kitap</t>
+          <t>Super DC VILLAINS Sinestro Korku Halkası</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>358</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9780000705440</t>
+          <t>9786254233296</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Gizem Kulübü Seti 5 Kitap</t>
+          <t>Super DC VILLAINS Cheetah Kusursuz Suç</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>447.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786254364488</t>
+          <t>9786254233319</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Bir Canavar Yarışını Nasıl Kazanırsın?</t>
+          <t>Super DC VILLAINS Captain Cold Tipi Altında Savaş</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786254364471</t>
+          <t>9786254233289</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Bir Süper Kahramanı Nasıl Kurtarırsın?</t>
+          <t>Super DC VILLAINS Joker Açık Denizlerde</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>228</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786254364501</t>
+          <t>9786254233159</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Barlas Antik Roma'da</t>
+          <t>En Güzel Büsküvi Yarışması</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>228</v>
+        <v>168</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786254364440</t>
+          <t>9786254233142</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Korsan Havuzunda Nasıl Dalarsın?</t>
+          <t>Hayvanlar Pastanesine Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>228</v>
+        <v>168</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786254360367</t>
+          <t>9786254231834</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Dağınık!</t>
+          <t>Gecedeki Işık</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786254362217</t>
+          <t>9786254231674</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Zaman Gezgini</t>
+          <t>Kuaför Babam</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786254362187</t>
+          <t>9786254231896</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Turist Kapanı</t>
+          <t>Mamutunu Nasıl Yıkarsın ?</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786254362200</t>
+          <t>9786254231872</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Kafa Avcıları</t>
+          <t>Mavi ve Bertie</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786254362170</t>
+          <t>9786254231810</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çoklu Dipper</t>
+          <t>Nesi Var Adası - Kitap Köpekbalığına Karşı</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786254362194</t>
+          <t>9786254231827</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Hüpletici Canavar Efsanesi</t>
+          <t>Nesi Var Adası</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786254232039</t>
+          <t>9786254231803</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitostan Logosa</t>
+          <t>Ori’nin Yıldızları</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>99.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786254232053</t>
+          <t>9786254231865</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Felsefe Üzerine</t>
+          <t>Parmak Balık Gıdıgıdı</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>99.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786254232046</t>
+          <t>9786254232893</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitoloji Üzerine</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>99.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786254232060</t>
+          <t>9786254232978</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Düşünmek Üzerine</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>99.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786254360411</t>
+          <t>9786254232961</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Vecihi Hürküş</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>39.9</v>
+        <v>48</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786254360428</t>
+          <t>9786254232930</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Marie Curie</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>39.9</v>
+        <v>48</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786254361999</t>
+          <t>9786254231933</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı! Yavru Köpekler</t>
+          <t>Köstebek'in Gözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>39.9</v>
+        <v>549</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786254362019</t>
+          <t>9786254231926</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı Kurbağalar!</t>
+          <t>Porsuk'un Orkestrası (Ciltli)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>68</v>
+        <v>549</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786254231995</t>
+          <t>9786254232145</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Disney Jessie - Yeni Dadı</t>
+          <t>Kukuli Bekle Beni Ay</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>149.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786254232008</t>
+          <t>9786254232275</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Disney Jessie - Yaşasın Hayat</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>149.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786254231988</t>
+          <t>9786254232251</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Disney Jessie - Çılgın Aşık</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>149.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786254232022</t>
+          <t>9786254232220</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Disney Enkanto Sihirli Dünya</t>
+          <t>Çamur Zıpzıpı Metecan</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786254231629</t>
+          <t>9786254232213</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Baş Düşman Kadar Korkutucu (Ciltli)</t>
+          <t>Alaaddin</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>99.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786254231667</t>
+          <t>9786254232183</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Yavru Kuş Şarkısı (Ciltli)</t>
+          <t>Kukuli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>99.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786254231643</t>
+          <t>9780000718075</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Sıcak Çöp (Ciltli)</t>
+          <t>Filozof Dedemle Felsefe Serüvenleri Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>99.5</v>
+        <v>358</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786254231650</t>
+          <t>9780000705440</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Hamburger Dürüme Karşı (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Gizem Kulübü Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>99.5</v>
+        <v>447.5</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786254231636</t>
+          <t>9786254364488</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Cesaretin Varsa Oku! (Ciltli)</t>
+          <t>Bir Canavar Yarışını Nasıl Kazanırsın?</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>99.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786254231612</t>
+          <t>9786254364471</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Araba Yolculuğu (Ciltli)</t>
+          <t>Bir Süper Kahramanı Nasıl Kurtarırsın?</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>99.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786254231759</t>
+          <t>9786254364501</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sorumluluk Noktası - Doğru Seçimler Yapmak Üzerine Bir Hikaye</t>
+          <t>Barlas Antik Roma'da</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>139.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786254231711</t>
+          <t>9786254364440</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Küçük Saygılı Nokta - Nazik Olabilmek Üzerine Bir Hikaye</t>
+          <t>Korsan Havuzunda Nasıl Dalarsın?</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>139.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786254231742</t>
+          <t>9786254360367</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Küçük İyilik Noktası</t>
+          <t>Dağınık!</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>139.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786254231698</t>
+          <t>9786254362217</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Küçük Güvenlik Noktası</t>
+          <t>Disney Esrarengiz Kasaba Zaman Gezgini</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>139.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786254231681</t>
+          <t>9786254362187</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Küçük Düzenli Nokta - Sistemli Olabilmek Üzerine Bir Hikaye</t>
+          <t>Disney Esrarengiz Kasaba Turist Kapanı</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>139.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786254231735</t>
+          <t>9786254362200</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dürüst Nokta - Güven ve Saygınlık Üzerine Bir Hikaye</t>
+          <t>Disney Esrarengiz Kasaba Kafa Avcıları</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>139.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786254231728</t>
+          <t>9786254362170</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Noktanı Bulmak - Çeşitlilik Üzerine Bir Hikaye</t>
+          <t>Disney Esrarengiz Kasaba Çoklu Dipper</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>139.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786254366222</t>
+          <t>9786254362194</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Büyük Gökkuşağı Yarışı</t>
+          <t>Disney Esrarengiz Kasaba Hüpletici Canavar Efsanesi</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>58</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786254367106</t>
+          <t>9786254232039</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Artık Maymun Falan Yok!</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitostan Logosa</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786254367045</t>
+          <t>9786254232053</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Filiz’in Pantolonu</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Felsefe Üzerine</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786254362262</t>
+          <t>9786254232046</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Ördekler</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitoloji Üzerine</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786254362255</t>
+          <t>9786254232060</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Gerçek Ejderhalar!</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Düşünmek Üzerine</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>174.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786254362248</t>
+          <t>9786254360411</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çiftlik Hayvanları</t>
+          <t>National Geographic Kids - Vecihi Hürküş</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>174.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786254362231</t>
+          <t>9786254360428</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Böcekler!</t>
+          <t>National Geographic Kids - Marie Curie</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>174.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786254368288</t>
+          <t>9786254361999</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Evciller Takımı - Lulu'nun Gücü</t>
+          <t>National Geographic Kids - Çok Tatlı! Yavru Köpekler</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786254362361</t>
+          <t>9786254362019</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Ufo</t>
+          <t>National Geographic Kids - Çok Havalı Kurbağalar!</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>399.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786254362354</t>
+          <t>9786254231995</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Suç</t>
+          <t>Disney Jessie - Yeni Dadı</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>399.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786254361821</t>
+          <t>9786254232008</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Kumulları - Kaşifler Akademisi</t>
+          <t>Disney Jessie - Yaşasın Hayat</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>345</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786254361838</t>
+          <t>9786254231988</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Yuvası - Kaşifler Akademisi</t>
+          <t>Disney Jessie - Çılgın Aşık</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>345</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786254361814</t>
+          <t>9786254232022</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Unicorn ve Noktaları - Evcil Hayvan Kliniği Etkinlik Kitabı</t>
+          <t>Disney Enkanto Sihirli Dünya</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786254361807</t>
+          <t>9786254231629</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Haydi Durma, Unicorn’u Boya!</t>
+          <t>Dc Comics - Teen Titans Go! Baş Düşman Kadar Korkutucu (Ciltli)</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>149.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786254361791</t>
+          <t>9786254231667</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Haydi Durma, Dinozoru Boya!</t>
+          <t>Dc Comics - Teen Titans Go! Yavru Kuş Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>149.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786254361784</t>
+          <t>9786254231643</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Tütü Giymesine İzin Verme!</t>
+          <t>Dc Comics - Teen Titans Go! Sıcak Çöp (Ciltli)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>119.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786254361777</t>
+          <t>9786254231650</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Noktalarla Kaplanmasına İzin Verme!</t>
+          <t>Dc Comics - Teen Titans Go! Hamburger Dürüme Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>119.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786254360336</t>
+          <t>9786254231636</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamayı Keşfedelim</t>
+          <t>Dc Comics - Teen Titans Go! Cesaretin Varsa Oku! (Ciltli)</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>39.9</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786254360312</t>
+          <t>9786254231612</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamaya Başlayalım</t>
+          <t>Dc Comics - Teen Titans Go! Araba Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>39.9</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786254360329</t>
+          <t>9786254231759</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Yolları Ve Resimleri Bulalım</t>
+          <t>Küçük Sorumluluk Noktası - Doğru Seçimler Yapmak Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>39.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052429723</t>
+          <t>9786254231711</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - İnternet Fenomeni</t>
+          <t>Küçük Saygılı Nokta - Nazik Olabilmek Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>24.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786254360640</t>
+          <t>9786254231742</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı Leoparlar</t>
+          <t>Küçük İyilik Noktası</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>39.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786254360657</t>
+          <t>9786254231698</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı! Koalalar</t>
+          <t>Küçük Güvenlik Noktası</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>39.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786254360664</t>
+          <t>9786254231681</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı! Pandalar</t>
+          <t>Küçük Düzenli Nokta - Sistemli Olabilmek Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>39.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786254361098</t>
+          <t>9786254231735</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Renk Rehberi</t>
+          <t>Küçük Dürüst Nokta - Güven ve Saygınlık Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>89.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786254361104</t>
+          <t>9786254231728</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Moda Rehberi</t>
+          <t>Dünyadaki Noktanı Bulmak - Çeşitlilik Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>89.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786254361371</t>
+          <t>9786254366222</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>True Ve Gökkuşağı Krallığı Büyük Gökkuşağı Yarışı</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>99.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786254361364</t>
+          <t>9786254367106</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Cesur Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Artık Maymun Falan Yok!</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>99.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786254361357</t>
+          <t>9786254367045</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Özgür Canlıları - Çıkartmalı Aktivite Kitabı</t>
+          <t>Filiz’in Pantolonu</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>99.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786254361340</t>
+          <t>9786254362262</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Çalışkan Canlıları - Çıkartmalı Aktivite Kitabı</t>
+          <t>National Geographic Kids - Ördekler</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786254361333</t>
+          <t>9786254362255</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>National Geographic Kids - Gerçek Ejderhalar!</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786254361326</t>
+          <t>9786254362248</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Muhteşem Canlıları - Çıkartmalı Aktivite Kitabı</t>
+          <t>National Geographic Kids - Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786254361319</t>
+          <t>9786254362231</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>National Geographic Kids - Böcekler!</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786254361296</t>
+          <t>9786254368288</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Harika Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>DC Süper Evciller Takımı - Lulu'nun Gücü</t>
         </is>
       </c>
       <c r="C980" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052420317</t>
+          <t>9786254362361</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids: Kelebekler</t>
+          <t>Disney En Güzel Maceralar Ufo</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>174.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786254232909</t>
+          <t>9786254362354</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>Disney En Güzel Maceralar Suç</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>239.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052427491</t>
+          <t>9786254361821</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Klasikler - Frankenstein Başrolde: Donald</t>
+          <t>Yıldız Kumulları - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>119.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9787666000117</t>
+          <t>9786254361838</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygu Noktası Ekonomi Seti</t>
+          <t>Kaplan Yuvası - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>547.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786254367120</t>
+          <t>9786254361814</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Evcil Hayvanım</t>
+          <t>Unicorn ve Noktaları - Evcil Hayvan Kliniği Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>68</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786254362156</t>
+          <t>9786254361807</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yıldız, Parlak Yıldız</t>
+          <t>Haydi Durma, Unicorn’u Boya!</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>68</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786254361845</t>
+          <t>9786254361791</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Disney Fineas Ve Förb Mip'in Maceraları</t>
+          <t>Haydi Durma, Dinozoru Boya!</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>99.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786254361852</t>
+          <t>9786254361784</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Disney Fineas Ve Förb Baştan Ayağa Bela</t>
+          <t>Asla Bir Unicorn’un Tütü Giymesine İzin Verme!</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786254361746</t>
+          <t>9786254361777</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’u Bir Ren Geyiğiyle Bir Araya Getirme!</t>
+          <t>Asla Bir Unicorn’un Noktalarla Kaplanmasına İzin Verme!</t>
         </is>
       </c>
       <c r="C989" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786254361739</t>
+          <t>9786254360336</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Prensesin Unicorn’uyla Boyama Yapmasına İzin Verme</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamayı Keşfedelim</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>119.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786254362064</t>
+          <t>9786254360312</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Wonder Woman: Amazon Savaşçısı</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamaya Başlayalım</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786254362057</t>
+          <t>9786254360329</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Gizli Kahramanlar Derneği: Adalet Sınıfı</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Yolları Ve Resimleri Bulalım</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786254362040</t>
+          <t>9786052429723</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Gizli Kahramanlar Derneği: Yalnızlık Kalesi</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - İnternet Fenomeni</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>99.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786254361630</t>
+          <t>9786254360640</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Mercan Resifi</t>
+          <t>National Geographic Kids - Çok Havalı Leoparlar</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>149.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786254361623</t>
+          <t>9786254360657</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Gece Vakti</t>
+          <t>National Geographic Kids - Çok Tatlı! Koalalar</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>149.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786254361661</t>
+          <t>9786254360664</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Yavru Hayvanlar</t>
+          <t>National Geographic Kids - Çok Tatlı! Pandalar</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>149.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786254361647</t>
+          <t>9786254361098</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Aslanlar</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Renk Rehberi</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>149.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786254361616</t>
+          <t>9786254361104</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Dısney Esrarengiz Kasaba Gizemli Çıkartma Albümü</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Moda Rehberi</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>199.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052426371</t>
+          <t>9786254361371</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Midilliler (Ciltli)</t>
+          <t>Güçlü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>39.9</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786254361203</t>
+          <t>9786254361364</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 4</t>
+          <t>Cesur Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>49.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786254361111</t>
+          <t>9786254361357</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Çıkartma Rehberi</t>
+          <t>Ormanın Özgür Canlıları - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>89.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786254361128</t>
+          <t>9786254361340</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Dipper'ın Açıklanamayan Olaylar Rehberi</t>
+          <t>Ormanın Çalışkan Canlıları - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>89.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9780000999993</t>
+          <t>9786254361333</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çıkartmalı Hikaye Seti - 2 Kitap Takım</t>
+          <t>Olağanüstü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>89.8</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786254361470</t>
+          <t>9786254361326</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids İlk Bilim Kitabım</t>
+          <t>Ormanın Muhteşem Canlıları - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>649.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786254361449</t>
+          <t>9786254361319</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Ejderhayla Yaşayan Çocuk</t>
+          <t>Etkileyici Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786254361456</t>
+          <t>9786254361296</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Ejderhayla Uçan Çocuk</t>
+          <t>Harika Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786254361272</t>
+          <t>9786052420317</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Dısney Esrarengiz Kasaba Dünyası</t>
+          <t>National Geographic Kids: Kelebekler</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786254360930</t>
+          <t>9786254232909</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Karlar Ülkesi 2 – Gizemli Yolculuk</t>
+          <t>Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>58</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786254360947</t>
+          <t>9786052427491</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Kayıp Kolye</t>
+          <t>Disney Çizgi Klasikler - Frankenstein Başrolde: Donald</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>229.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786254360978</t>
+          <t>9787666000117</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Gölge Ve Altın Oda</t>
+          <t>Küçük Duygu Noktası Ekonomi Seti</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>229.5</v>
+        <v>547.5</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786254360985</t>
+          <t>9786254367120</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Bir Yılbaşı Gizemi</t>
+          <t>Bu Benim Evcil Hayvanım</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>229.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786254360893</t>
+          <t>9786254362156</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Aile Sırrı</t>
+          <t>Güzel Yıldız, Parlak Yıldız</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>229.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786254360701</t>
+          <t>9786254361845</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Kukuli İle Renkler - Renkleri Öğreniyoruz! (Ciltli)</t>
+          <t>Disney Fineas Ve Förb Mip'in Maceraları</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>89.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786254360077</t>
+          <t>9786254361852</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyoruz Bay Panda</t>
+          <t>Disney Fineas Ve Förb Baştan Ayağa Bela</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786254360060</t>
+          <t>9786254361746</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Bay Panda</t>
+          <t>Asla Bir Unicorn’u Bir Ren Geyiğiyle Bir Araya Getirme!</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>249.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>1980000579777</t>
+          <t>9786254361739</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Bilim Ansiklopedi Seti (Ciltli)</t>
+          <t>Asla Bir Prensesin Unicorn’uyla Boyama Yapmasına İzin Verme</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>4047</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786254360688</t>
+          <t>9786254362064</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Disney - Greenlerin Büyükşehir Maceraları Kanlı Ay</t>
+          <t>DC Comics - Wonder Woman: Amazon Savaşçısı</t>
         </is>
       </c>
       <c r="C1017" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786254360473</t>
+          <t>9786254362057</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Ayının Biri Oturmuş Sandalyeme</t>
+          <t>DC Comics - Gizli Kahramanlar Derneği: Adalet Sınıfı</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>228</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786052429457</t>
+          <t>9786254362040</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Sincap ile Kardan Adam - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
+          <t>DC Comics - Gizli Kahramanlar Derneği: Yalnızlık Kalesi</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>549</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786254360244</t>
+          <t>9786254361630</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Mercan’ın Yelkenlisi</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Mercan Resifi</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>69.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786254360190</t>
+          <t>9786254361623</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygusal Nokta</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Gece Vakti</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>139.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786254360183</t>
+          <t>9786254361661</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaygılı Nokta</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>139.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786254360275</t>
+          <t>9786254361647</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygusal Nokta Duygu Dedektifi</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Aslanlar</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>139.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786254360268</t>
+          <t>9786254361616</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cesur Nokta</t>
+          <t>Dısney Esrarengiz Kasaba Gizemli Çıkartma Albümü</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>139.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786254360251</t>
+          <t>9786052426371</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Küçük Azimli Nokta</t>
+          <t>National Geographic Kids Midilliler (Ciltli)</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>139.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786254360282</t>
+          <t>9786254361203</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Küçük Takım Çalışması Noktası</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 4</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>139.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786254360138</t>
+          <t>9786254361111</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sevgi Noktası</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Çıkartma Rehberi</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>139.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786254360107</t>
+          <t>9786254361128</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sakin Nokta</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Dipper'ın Açıklanamayan Olaylar Rehberi</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>139.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786254360145</t>
+          <t>9780000999993</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Küçük Özgüvenli Nokta</t>
+          <t>Disney Esrarengiz Kasaba Çıkartmalı Hikaye Seti - 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>139.5</v>
+        <v>89.8</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786254360152</t>
+          <t>9786254361470</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Küçük Öfkeli Nokta</t>
+          <t>National Geographic Kids İlk Bilim Kitabım</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>139.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786254360169</t>
+          <t>9786254361449</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutsuz Nokta</t>
+          <t>Ejderhayla Yaşayan Çocuk</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>139.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786254360176</t>
+          <t>9786254361456</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutlu Nokta</t>
+          <t>Ejderhayla Uçan Çocuk</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>139.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786254360299</t>
+          <t>9786254361272</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Disney- Esrarengiz Kasaba Gizemli ve Açıklanamaz Maceralar</t>
+          <t>Dısney Esrarengiz Kasaba Dünyası</t>
         </is>
       </c>
       <c r="C1033" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786254360220</t>
+          <t>9786254360930</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Disney - Star Kötü Güçlere Karşı Büyük Bela</t>
+          <t>Disney Tasarla Ve Oyna Karlar Ülkesi 2 – Gizemli Yolculuk</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>199.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786052429990</t>
+          <t>9786254360947</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Kim Haklı?</t>
+          <t>Timmi Tobbson Küçük Kaşifler Kayıp Kolye</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>44.9</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052429983</t>
+          <t>9786254360978</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Herkesin Merak Ettiği Cevap</t>
+          <t>Timmi Tobbson Küçük Kaşifler Gölge Ve Altın Oda</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>44.9</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052429976</t>
+          <t>9786254360985</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Genişleyen Evin Sırrı</t>
+          <t>Timmi Tobbson Küçük Kaşifler Bir Yılbaşı Gizemi</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>44.9</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052429952</t>
+          <t>9786254360893</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Büyük Görev: Yanından Ayrılma</t>
+          <t>Timmi Tobbson Küçük Kaşifler Aile Sırrı</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>44.9</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786052429969</t>
+          <t>9786254360701</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Ödev Peşinde: Nerede Bulurum?</t>
+          <t>Kukuli İle Renkler - Renkleri Öğreniyoruz! (Ciltli)</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>44.9</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786050526509</t>
+          <t>9786254360077</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanından Masallar İlk Kitaplarım Seti (4 Kitap Takım) (Ciltli)</t>
+          <t>Seni Seviyoruz Bay Panda</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>1198</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786052577851</t>
+          <t>9786254360060</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca'yla Zamansız Fıkralar Serisi (6 Kitap Takım)</t>
+          <t>Teşekkürler Bay Panda</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>269.4</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786052429327</t>
+          <t>1980000579777</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Sevincin Şarkısı</t>
+          <t>National Geographic Kids Bilim Ansiklopedi Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>249.5</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786052425466</t>
+          <t>9786254360688</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Disney - Greenlerin Büyükşehir Maceraları Kanlı Ay</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>349.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786052429228</t>
+          <t>9786254360473</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Ayının Biri Oturmuş Sandalyeme</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>349.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052429235</t>
+          <t>9786052429457</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Sincap ile Kardan Adam - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>349.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052425459</t>
+          <t>9786254360244</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Mercan’ın Yelkenlisi</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>349.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052429785</t>
+          <t>9786254360190</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar - Seviye 1</t>
+          <t>Küçük Duygusal Nokta</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052429754</t>
+          <t>9786254360183</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Parlayan Hayvanlar - Seviye 1</t>
+          <t>Küçük Kaygılı Nokta</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786052429761</t>
+          <t>9786254360275</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Gündüz ve Gece - Seviye 1</t>
+          <t>Küçük Duygusal Nokta Duygu Dedektifi</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786052429921</t>
+          <t>9786254360268</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Oyun Kitabı</t>
+          <t>Küçük Cesur Nokta</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>239.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052429839</t>
+          <t>9786254360251</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Ormanda - Seviye 1</t>
+          <t>Küçük Azimli Nokta</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052429822</t>
+          <t>9786254360282</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Walt Disney - Seviye 3</t>
+          <t>Küçük Takım Çalışması Noktası</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052429747</t>
+          <t>9786254360138</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Tilkiler - Seviye 2</t>
+          <t>Küçük Sevgi Noktası</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786052429778</t>
+          <t>9786254360107</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Garip Hayvanlar</t>
+          <t>Küçük Sakin Nokta</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052429846</t>
+          <t>9786254360145</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Bacaklılar</t>
+          <t>Küçük Özgüvenli Nokta</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786052429808</t>
+          <t>9786254360152</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Penguenler</t>
+          <t>Küçük Öfkeli Nokta</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786052429792</t>
+          <t>9786254360169</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Kediler</t>
+          <t>Küçük Mutsuz Nokta</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>174.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786052429945</t>
+          <t>9786254360176</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Boyama Kitabım Dipper - Esrarengiz Kasaba</t>
+          <t>Küçük Mutlu Nokta</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>149.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786052429938</t>
+          <t>9786254360299</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Boyama Kitabım Mabel - Esrarengiz Kasaba</t>
+          <t>Disney- Esrarengiz Kasaba Gizemli ve Açıklanamaz Maceralar</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>149.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786052429655</t>
+          <t>9786254360220</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Yaşıyor mu?</t>
+          <t>Disney - Star Kötü Güçlere Karşı Büyük Bela</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052429129</t>
+          <t>9786052429990</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Böö</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Kim Haklı?</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>249.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052429112</t>
+          <t>9786052429983</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Bir Tilki</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Herkesin Merak Ettiği Cevap</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>249.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052429501</t>
+          <t>9786052429976</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Şapkanın Gizemi - Öykü Kitabı</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Genişleyen Evin Sırrı</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>49.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786052428788</t>
+          <t>9786052429952</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Cyril ve Pat</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Büyük Görev: Yanından Ayrılma</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>249.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786052429310</t>
+          <t>9786052429969</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Yetiştiren Çocuk</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Ödev Peşinde: Nerede Bulurum?</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>249.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786052429280</t>
+          <t>9786050526509</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Go Go İgo: Bir Akıl Oyunu Hikayesi</t>
+          <t>Meşe Palamudu Ormanından Masallar İlk Kitaplarım Seti (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>99.5</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052429075</t>
+          <t>9786052577851</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 9</t>
+          <t>Nasreddin Hoca'yla Zamansız Fıkralar Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>49.5</v>
+        <v>269.4</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786052429099</t>
+          <t>9786052429327</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 7</t>
+          <t>Sevincin Şarkısı</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052429105</t>
+          <t>9786052425466</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 6</t>
+          <t>Renkler - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052429044</t>
+          <t>9786052429228</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 4</t>
+          <t>Arkadaşlar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052429051</t>
+          <t>9786052429235</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 3</t>
+          <t>Zıtlıklar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786052428870</t>
+          <t>9786052425459</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Çok Tatlı Pandalar - National Geographic Kids</t>
+          <t>Sayılar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>169.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786052428900</t>
+          <t>9786052429785</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Çok Havalı Leopar - National Geographic Kids</t>
+          <t>Fırtınalar - Seviye 1</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>169.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786052428887</t>
+          <t>9786052429754</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Çok Tatlı Koalalar - National Geographic Kids</t>
+          <t>Parlayan Hayvanlar - Seviye 1</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>169.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052427767</t>
+          <t>9786052429761</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Bu Güzel Gezegen</t>
+          <t>Gündüz ve Gece - Seviye 1</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786052428184</t>
+          <t>9786052429921</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Telefon Kitabım (Ciltli)</t>
+          <t>Disney - Esrarengiz Kasaba Oyun Kitabı</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>69.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052428191</t>
+          <t>9786052429839</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Nesneler - Telefon Kitabım (Ciltli)</t>
+          <t>Ormanda - Seviye 1</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>69.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9780000554970</t>
+          <t>9786052429822</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bebek - Kontrast Renkler Seti (4 Kitap Takım) (Ciltli)</t>
+          <t>Walt Disney - Seviye 3</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>798</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786254360602</t>
+          <t>9786052429747</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Acayip Ötesi Maceralar - Disney Esrarengiz Kasaba Kısa Kısa</t>
+          <t>Tilkiler - Seviye 2</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>3990052427491</t>
+          <t>9786052429778</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein Başrolde: Donald - Disney Çizgi Klasikler</t>
+          <t>Garip Hayvanlar</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>28.9</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786052427521</t>
+          <t>9786052429846</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Disney Ralph ve İnternet</t>
+          <t>Kafadan Bacaklılar</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>119.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786052427484</t>
+          <t>9786052429808</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Drakula Başrolde: Mickey - Disney Çizgi Klasikler</t>
+          <t>Penguenler</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>119.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052427545</t>
+          <t>9786052429792</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Paten Aşkına! - Disney Soy Luna  1</t>
+          <t>Kediler</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>119.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052427507</t>
+          <t>9786052429945</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick Başrolde: Donald - Disney Çizgi Klasikler</t>
+          <t>Maskeli Boyama Kitabım Dipper - Esrarengiz Kasaba</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>119.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786052427538</t>
+          <t>9786052429938</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Etkisi - Disney Soy Luna 2</t>
+          <t>Maskeli Boyama Kitabım Mabel - Esrarengiz Kasaba</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>119.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052427835</t>
+          <t>9786052429655</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Bıcı Bıcı Saati - Kontrast Renkler (Ciltli)</t>
+          <t>Dinozorlar Yaşıyor mu?</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786052427842</t>
+          <t>9786052429129</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Bebek Odam - Kontrast Renkler (Ciltli)</t>
+          <t>Böö</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786052427828</t>
+          <t>9786052429112</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Mama Saati - Kontrast Renkler (Ciltli)</t>
+          <t>Bir Tilki</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786052428313</t>
+          <t>9786052429501</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitabı - Deniz Kitabı</t>
+          <t>Şapkanın Gizemi - Öykü Kitabı</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>228</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786052428047</t>
+          <t>9786052428788</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Venüs - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Cyril ve Pat</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786052427941</t>
+          <t>9786052429310</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Dünya - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Ejderha Yetiştiren Çocuk</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786052427927</t>
+          <t>9786052429280</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Astronot - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Go Go İgo: Bir Akıl Oyunu Hikayesi</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786052428016</t>
+          <t>9786052429075</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Satürn - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Kukuli Aktivite Kitabı - 9</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>199.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786052428009</t>
+          <t>9786052429099</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Neptün - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Kukuli Aktivite Kitabı - 7</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>199.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052427996</t>
+          <t>9786052429105</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Merkür - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Kukuli Aktivite Kitabı - 6</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>199.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052427989</t>
+          <t>9786052429044</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Mars - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Kukuli Aktivite Kitabı - 4</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>199.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052427972</t>
+          <t>9786052429051</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Kukuli Aktivite Kitabı - 3</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>199.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052427965</t>
+          <t>9786052428870</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Güneş - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Çok Tatlı Pandalar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>199.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786052427958</t>
+          <t>9786052428900</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Galaksiler - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Çok Havalı Leopar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>199.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786052428030</t>
+          <t>9786052428887</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Uranüs - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Çok Tatlı Koalalar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>199.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786052427170</t>
+          <t>9786052427767</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynayan Domuz (Ciltli)</t>
+          <t>Bu Güzel Gezegen</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>549</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052428429</t>
+          <t>9786052428184</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>İlk Nasıllar Kitabım</t>
+          <t>Hayvanlar - Telefon Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>649.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786052427859</t>
+          <t>9786052428191</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Hareket Halindeki Hayvanlar - İlk Kitaplarım Serisi (Ciltli)</t>
+          <t>Nesneler - Telefon Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>149.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786052428078</t>
+          <t>9780000554970</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Zamanını Yöneten Çocuklar - National Geographic Kids</t>
+          <t>Akıllı Bebek - Kontrast Renkler Seti (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>239.5</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786052428023</t>
+          <t>9786254360602</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs Gibi Yap - National Geographic Kids</t>
+          <t>Acayip Ötesi Maceralar - Disney Esrarengiz Kasaba Kısa Kısa</t>
         </is>
       </c>
       <c r="C1105" s="1">
         <v>239.5</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786052427576</t>
+          <t>3990052427491</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Böcekler Hakkında 1000 Gerçek - National Geographic Kids</t>
+          <t>Frankenstein Başrolde: Donald - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>399.5</v>
+        <v>28.9</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786052427415</t>
+          <t>9786052427521</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Kükre - National Geographic Kids</t>
+          <t>Disney Ralph ve İnternet</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>174.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786052427422</t>
+          <t>9786052427484</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Dörtnala - National Geographic Kids</t>
+          <t>Drakula Başrolde: Mickey - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>174.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9780000526601</t>
+          <t>9786052427545</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids-Mavi Gezegen Seti-5 Kitap Takım</t>
+          <t>Paten Aşkına! - Disney Soy Luna  1</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>897.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786052426715</t>
+          <t>9786052427507</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Çifte Dipper - Esrarengiz Kasaba (Ciltli)</t>
+          <t>Moby Dick Başrolde: Donald - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>379.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786052426012</t>
+          <t>9786052427538</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Haklarını Bilen Çocuklar</t>
+          <t>Arkadaş Etkisi - Disney Soy Luna 2</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>239.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786052426531</t>
+          <t>9786052427835</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>İlk Böcekler Kitabım - National Geographic Kids</t>
+          <t>Bıcı Bıcı Saati - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>649.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786052426500</t>
+          <t>9786052427842</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba - Dipper ve Mabel - Zaman Korsanları Hazinesi'nin Laneti</t>
+          <t>Bebek Odam - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052426043</t>
+          <t>9786052427828</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Dipper ve Mabel'in Gizem Rehberi İle Aralıksız Eğlence</t>
+          <t>Mama Saati - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786254232886</t>
+          <t>9786052428313</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Türetici Çocuklar</t>
+          <t>Kara Kitabı - Deniz Kitabı</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>239.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786052425848</t>
+          <t>9786052428047</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Ay - Ay'ımızın Bilimi ve Hikayeleri (Ciltli)</t>
+          <t>Venüs - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1116" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786052426098</t>
+          <t>9786052427941</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Garip ama Gerçek! 5 - 350 Müthiş Gerçek</t>
+          <t>Dünya - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786052425770</t>
+          <t>9786052427927</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İnanılmaz Sürüngenler (Ciltli)</t>
+          <t>Astronot - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>1349</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052425787</t>
+          <t>9786052428016</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Perili Dükkan</t>
+          <t>Satürn - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052425794</t>
+          <t>9786052428009</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Yaz Cadılar Bayramı</t>
+          <t>Neptün - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9780000999870</t>
+          <t>9786052427996</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Kaşifler Akademisi Seti (3 Kitap)</t>
+          <t>Merkür - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>1035</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9780000999528</t>
+          <t>9786052427989</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Sevimli Hayvanlar Seti 6 Kitap</t>
+          <t>Mars - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>1047</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052425114</t>
+          <t>9786052427972</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Çok Dikkatli Aç</t>
+          <t>Jüpiter - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>228</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786052425152</t>
+          <t>9786052427965</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Vecihi Hürkuş - National Geographic Kids</t>
+          <t>Güneş - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1124" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052425145</t>
+          <t>9786052427958</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - National Geographic Kids</t>
+          <t>Galaksiler - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786052424933</t>
+          <t>9786052428030</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Robot Paket Oku Eğlen</t>
+          <t>Uranüs - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>169.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786052425237</t>
+          <t>9786052427170</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kalbi Kuş Gibi</t>
+          <t>Saklambaç Oynayan Domuz (Ciltli)</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>199.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786052425169</t>
+          <t>9786052428429</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kitabı - Güneş Kitabı</t>
+          <t>İlk Nasıllar Kitabım</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>228</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052425138</t>
+          <t>9786052427859</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Derya ile Mercan Hayvanlar Özgür Kalsın</t>
+          <t>Hareket Halindeki Hayvanlar - İlk Kitaplarım Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>199.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786052424759</t>
+          <t>9786052428078</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>İkili Sarmal - Kaşifler Akademisi</t>
+          <t>Zamanını Yöneten Çocuklar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>345</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786052424841</t>
+          <t>9786052428023</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz 2</t>
+          <t>Steve Jobs Gibi Yap - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>79.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786052424261</t>
+          <t>9786052427576</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Büyük Orman Yangınları - National Geographic Kids</t>
+          <t>Böcekler Hakkında 1000 Gerçek - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>174.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052424254</t>
+          <t>9786052427415</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Ayılar - National Geographic Kids</t>
+          <t>Kükre - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786052424247</t>
+          <t>9786052427422</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler - National Geographic Kids</t>
+          <t>Dörtnala - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786052424049</t>
+          <t>9780000526601</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Tasarıma İlham Veren Doğa - National Geographic Kids</t>
+          <t>National Geographic Kids-Mavi Gezegen Seti-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>239.5</v>
+        <v>897.5</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786052424032</t>
+          <t>9786052426715</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen Ahmed Çelebi - National Geographic Kids</t>
+          <t>Çifte Dipper - Esrarengiz Kasaba (Ciltli)</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>199.5</v>
+        <v>379.5</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786052423646</t>
+          <t>9786052426012</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimi Filiz</t>
+          <t>Haklarını Bilen Çocuklar</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>189.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786052423431</t>
+          <t>9786052426531</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kediler - Bilgi ve Oyun Kartları</t>
+          <t>İlk Böcekler Kitabım - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>149.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786052423448</t>
+          <t>9786052426500</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Köpekler - Bilgi ve Oyun Kartları</t>
+          <t>Disney - Esrarengiz Kasaba - Dipper ve Mabel - Zaman Korsanları Hazinesi'nin Laneti</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>149.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786052423677</t>
+          <t>9786052426043</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Ustası Emin</t>
+          <t>Disney - Esrarengiz Kasaba Dipper ve Mabel'in Gizem Rehberi İle Aralıksız Eğlence</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>189.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786052423653</t>
+          <t>9786254232886</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Cem</t>
+          <t>Türetici Çocuklar</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>189.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786052423660</t>
+          <t>9786052425848</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Hekim Eylül</t>
+          <t>Ay - Ay'ımızın Bilimi ve Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>189.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9780000507860</t>
+          <t>9786052426098</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Okuma Kitapları Stantı (180 Kitap)</t>
+          <t>Garip ama Gerçek! 5 - 350 Müthiş Gerçek</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>2916</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9780000508850</t>
+          <t>9786052425770</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Marvel Boyama - Aktivite Kitapları Stantı (117 Kitap)</t>
+          <t>National Geographic Kids - İnanılmaz Sürüngenler (Ciltli)</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>2078.5</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786052423738</t>
+          <t>9786052425787</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Su</t>
+          <t>Disney Esrarengiz Kasaba - Perili Dükkan</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>174.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786052423752</t>
+          <t>9786052425794</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Mimar Hayvanlar - National Geographic Kids</t>
+          <t>Disney Esrarengiz Kasaba - Yaz Cadılar Bayramı</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>174.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786052421628</t>
+          <t>9780000999870</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>13 Numaralı Sınıf'ın İnanılmaz ve Korkunç Şöhretleri</t>
+          <t>National Geographic Kids - Kaşifler Akademisi Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>29.5</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786052421611</t>
+          <t>9780000999528</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>13 Numaralı Sınıf'ın Felaket Getiren Sihirli Dilekleri</t>
+          <t>National Geographic Kids - Sevimli Hayvanlar Seti 6 Kitap</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>29.5</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786052423639</t>
+          <t>9786052425114</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Şahin Tüyü - Kaşifler Akademisi</t>
+          <t>Çok Dikkatli Aç</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>345</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786052423318</t>
+          <t>9786052425152</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan -  National Geographic Kids</t>
+          <t>Vecihi Hürkuş - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786052423325</t>
+          <t>9786052425145</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - National Geographic Kids</t>
+          <t>Nikola Tesla - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>239.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786052422793</t>
+          <t>9786052424933</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Türkan Saylan - İz Bırakanlar Dizisi</t>
+          <t>National Geographic Kids - Robot Paket Oku Eğlen</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>239.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786052422922</t>
+          <t>9786052425237</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kurgu - Disney En Güzel Maceralar</t>
+          <t>Annemin Kalbi Kuş Gibi</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786052422915</t>
+          <t>9786052425169</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Korku - Disney En Güzel Maceralar</t>
+          <t>Yağmur Kitabı - Güneş Kitabı</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>399.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786052422809</t>
+          <t>9786052425138</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Süt Dişim Nerede?</t>
+          <t>Derya ile Mercan Hayvanlar Özgür Kalsın</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786052422137</t>
+          <t>9786052424759</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Explorer Academy Kaşifler Akademisi - Nebula’nın Gizemi</t>
+          <t>İkili Sarmal - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C1156" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786052422120</t>
+          <t>9786052424841</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz 2</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>239.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786052422144</t>
+          <t>9786052424261</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Parasını Yöneten Çocuklar</t>
+          <t>Büyük Orman Yangınları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786052421581</t>
+          <t>9786052424254</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Paketiniz Var (Kapakçıklı Kitap)</t>
+          <t>Ayılar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786052422236</t>
+          <t>9786052424247</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Sarp ve Meyve Ağaçları</t>
+          <t>Bitkiler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1160" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786052421475</t>
+          <t>9786052424049</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Süper Can</t>
+          <t>Tasarıma İlham Veren Doğa - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>228</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786053339120</t>
+          <t>9786052424032</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Robotik Hakkında Her Şey</t>
+          <t>Hezarfen Ahmed Çelebi - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>374.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786052421185</t>
+          <t>9786052423646</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balıkları (Seviye 2)</t>
+          <t>Diş Hekimi Filiz</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>174.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786052421178</t>
+          <t>9786052423431</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Yılanlar (Seviye 2)</t>
+          <t>En Güzel Kediler - Bilgi ve Oyun Kartları</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>174.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786052421208</t>
+          <t>9786052423448</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Hayvanlar (Seviye 3)</t>
+          <t>En Güzel Köpekler - Bilgi ve Oyun Kartları</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>174.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786052420515</t>
+          <t>9786052423677</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Bay Panda</t>
+          <t>İnşaat Ustası Emin</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>249.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786052420423</t>
+          <t>9786052423653</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Pasta Yarışması</t>
+          <t>İtfaiyeci Cem</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>249.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786052420843</t>
+          <t>9786052423660</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Ay’ın Gittiği Gece</t>
+          <t>Veteriner Hekim Eylül</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>228</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9780008266691</t>
+          <t>9780000507860</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Manatees (Readers 3)</t>
+          <t>National Geographic Kids - Okuma Kitapları Stantı (180 Kitap)</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>80</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786052420461</t>
+          <t>9780000508850</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Keşfedin - Bir Ağaç Büyüyor</t>
+          <t>Marvel Boyama - Aktivite Kitapları Stantı (117 Kitap)</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>149.5</v>
+        <v>2078.5</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786053339625</t>
+          <t>9786052423738</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Suyun Hikayesi</t>
+          <t>National Geographic Kids - Su</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786053339632</t>
+          <t>9786052423752</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik</t>
+          <t>Mimar Hayvanlar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786053339618</t>
+          <t>9786052421628</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma</t>
+          <t>13 Numaralı Sınıf'ın İnanılmaz ve Korkunç Şöhretleri</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>239.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786053339601</t>
+          <t>9786052421611</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Koruma Altındaki Türler</t>
+          <t>13 Numaralı Sınıf'ın Felaket Getiren Sihirli Dilekleri</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>239.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786053339465</t>
+          <t>9786052423639</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>Şahin Tüyü - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>45</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786053339038</t>
+          <t>9786052423318</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Ripley’s İster İnan İster İnanma (Ciltli)</t>
+          <t>Mimar Sinan -  National Geographic Kids</t>
         </is>
       </c>
       <c r="C1176" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786053339687</t>
+          <t>9786052423325</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - İğrençlikler Kitabı</t>
+          <t>Marie Curie - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>22.9</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786053338703</t>
+          <t>9786052422793</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yırtcılar (Seviye 2)</t>
+          <t>Türkan Saylan - İz Bırakanlar Dizisi</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>174.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786053338390</t>
+          <t>9786052422922</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Don Sever</t>
+          <t>Bilim Kurgu - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786053338642</t>
+          <t>9786052422915</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Güneş'in Gittiği Gün</t>
+          <t>Korku - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>228</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786053336105</t>
+          <t>9786052422809</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>İlk Nedenler Kitabım (Ciltli)</t>
+          <t>Süt Dişim Nerede?</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>649.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786053336860</t>
+          <t>9786052422137</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Zihin Oyunları</t>
+          <t>Explorer Academy Kaşifler Akademisi - Nebula’nın Gizemi</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>299.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786053337669</t>
+          <t>9786052422120</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids İnanılmaz İnsan Vücudu (Ciltli)</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>1349</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786053337539</t>
+          <t>9786052422144</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Dişi Düşen Ejderha</t>
+          <t>Parasını Yöneten Çocuklar</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>3990000020002</t>
+          <t>9786052421581</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Paketiniz Var (Kapakçıklı Kitap)</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>36.02</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>3990000020001</t>
+          <t>9786052422236</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Sarp ve Meyve Ağaçları</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>36.02</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786053335408</t>
+          <t>9786052421475</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Disney Kitabı (Ciltli)</t>
+          <t>Süper Can</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>75</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786053335559</t>
+          <t>9786053339120</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Dinodon Sever</t>
+          <t>Robotik Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>249.5</v>
+        <v>374.5</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786053335443</t>
+          <t>9786052421185</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Hakkında Her Şey</t>
+          <t>Köpek Balıkları (Seviye 2)</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>374.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786053335498</t>
+          <t>9786052421178</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Çığır Açan 125 İcat - National Geographic Kids</t>
+          <t>Yılanlar (Seviye 2)</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786053333067</t>
+          <t>9786052421208</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi Memeliler Seviye 2</t>
+          <t>Ölümcül Hayvanlar (Seviye 3)</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786053332978</t>
+          <t>9786052420515</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayıları Seviye 1</t>
+          <t>Lütfen Bay Panda</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786053334866</t>
+          <t>9786052420423</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Ansiklopedisi (Ciltli)</t>
+          <t>Tavşancık Pasta Yarışması</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>1349</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786053333494</t>
+          <t>9786052420843</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Ay’ın Gittiği Gece</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>174.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786053332824</t>
+          <t>9780008266691</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Aslanlar Seviye 1</t>
+          <t>Manatees (Readers 3)</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>174.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786053333098</t>
+          <t>9786052420461</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Tohumdan Bitkiye</t>
+          <t>Dünyamızı Keşfedin - Bir Ağaç Büyüyor</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>174.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786053332954</t>
+          <t>9786053339625</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Koalalar - Seviye 1</t>
+          <t>Suyun Hikayesi</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>174.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786053333524</t>
+          <t>9786053339632</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Örümcekler</t>
+          <t>Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>174.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786053333036</t>
+          <t>9786053339618</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Renkli Balıklar</t>
+          <t>Küresel Isınma</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>174.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786053332893</t>
+          <t>9786053339601</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Garip Deniz Canlıları (Seviye 2)</t>
+          <t>Koruma Altındaki Türler</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>174.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786053333043</t>
+          <t>9786053339465</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Robotlar (Readers 3)</t>
+          <t>Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>174.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786053333531</t>
+          <t>9786053339038</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Köpekler</t>
+          <t>Ripley’s İster İnan İster İnanma (Ciltli)</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>174.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786053332985</t>
+          <t>9786053339687</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Kötü Durum Senaryoları - İğrençlikler Kitabı</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>174.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786053332947</t>
+          <t>9786053338703</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler</t>
+          <t>Ölümcül Yırtcılar (Seviye 2)</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786053333029</t>
+          <t>9786053338390</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Penguenler</t>
+          <t>Dinozorlar Don Sever</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>149.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786053332886</t>
+          <t>9786053338642</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar</t>
+          <t>Güneş'in Gittiği Gün</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>149.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786053336099</t>
+          <t>9786053336105</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Yunuslar - Seviye 2</t>
+          <t>İlk Nedenler Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>174.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786055415617</t>
+          <t>9786053336860</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Trenler Seviye 1</t>
+          <t>Zihin Oyunları</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>6.95</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786053333234</t>
+          <t>9786053337669</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Dinopedi (Ciltli)</t>
+          <t>National Geographic Kids İnanılmaz İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C1209" s="1">
         <v>1349</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786052427194</t>
+          <t>9786053337539</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Dünya Atlası</t>
+          <t>Dişi Düşen Ejderha</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>449.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786055415587</t>
+          <t>3990000020002</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>5</v>
+        <v>36.02</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786053332664</t>
+          <t>3990000020001</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>New York Gezi Rehberi</t>
+          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>249.5</v>
+        <v>36.02</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786053338895</t>
+          <t>9786053335408</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Mumyalar</t>
+          <t>Disney Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>174.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786053333517</t>
+          <t>9786053335559</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Midilliler</t>
+          <t>Uzaylılar Dinodon Sever</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>174.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786054716104</t>
+          <t>9786053335443</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>İlk Nedenler Kitabım (Ciltli)</t>
+          <t>Dinozorlar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>36.57</v>
+        <v>374.5</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786052421765</t>
+          <t>9786053335498</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>İlk Hayvanlar Kitabım</t>
+          <t>Çığır Açan 125 İcat - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>649.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786053333913</t>
+          <t>9786053333067</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Süper Sanat - Haydi Çiz (Ciltli)</t>
+          <t>Tarih Öncesi Memeliler Seviye 2</t>
         </is>
       </c>
       <c r="C1217" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786053333906</t>
+          <t>9786053332978</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Süper Sanat: Haydi Boya! (Ciltli)</t>
+          <t>Kutup Ayıları Seviye 1</t>
         </is>
       </c>
       <c r="C1218" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786053333920</t>
+          <t>9786053334866</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Süper Sanat (Ciltli)</t>
+          <t>Hayvanlar Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>249.5</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786053335528</t>
+          <t>9786053333494</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Uzay Ansiklopedisi (Ciltli)</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>1349</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786053335283</t>
+          <t>9786053332824</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Köpekleri Anlama Kılavuzu</t>
+          <t>Aslanlar Seviye 1</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786053338857</t>
+          <t>9786053333098</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Hava</t>
+          <t>Tohumdan Bitkiye</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786053338451</t>
+          <t>9786053332954</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Kertenkeleler</t>
+          <t>Koalalar - Seviye 1</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786053338475</t>
+          <t>9786053333524</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar</t>
+          <t>Örümcekler</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786053338468</t>
+          <t>9786053333036</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Tırtıldan Kelebeğe</t>
+          <t>Renkli Balıklar</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786054716302</t>
+          <t>9786053332893</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yırtıcılar</t>
+          <t>Garip Deniz Canlıları (Seviye 2)</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>6.95</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786053339281</t>
+          <t>9786053333043</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>İslam Uygarlığı'ndaki 1001 Buluş ve Olağanüstü Gerçekler</t>
+          <t>Robotlar (Readers 3)</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>649.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786053338864</t>
+          <t>9786053333531</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Pandalar</t>
+          <t>Kediler ve Köpekler</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786055415952</t>
+          <t>9786053332985</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Örümcekler - Seviye 1</t>
+          <t>Mars</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786053338901</t>
+          <t>9786053332947</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Karıncalar - Seviye 1</t>
+          <t>Kelebekler</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>174.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786053338482</t>
+          <t>9786053333029</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! 2 - 300 Müthiş Gerçek</t>
+          <t>Penguenler</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>399.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786055415761</t>
+          <t>9786053332886</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! 1</t>
+          <t>Bulutlar</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>19.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786053338888</t>
+          <t>9786053336099</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Büyük Göçler - Harika Hayvan Yolculukları</t>
+          <t>Yunuslar - Seviye 2</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>174.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786053336082</t>
+          <t>9786055415617</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Balinalar - Büyük Göçler Seviye 3</t>
+          <t>Trenler Seviye 1</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>174.5</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
+          <t>9786053333234</t>
+        </is>
+      </c>
+      <c r="B1235" s="1" t="inlineStr">
+        <is>
+          <t>Eşsiz Dinopedi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1235" s="1">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:3">
+      <c r="A1236" s="1" t="inlineStr">
+        <is>
+          <t>9786052427194</t>
+        </is>
+      </c>
+      <c r="B1236" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Atlası</t>
+        </is>
+      </c>
+      <c r="C1236" s="1">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:3">
+      <c r="A1237" s="1" t="inlineStr">
+        <is>
+          <t>9786055415587</t>
+        </is>
+      </c>
+      <c r="B1237" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C1237" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:3">
+      <c r="A1238" s="1" t="inlineStr">
+        <is>
+          <t>9786053332664</t>
+        </is>
+      </c>
+      <c r="B1238" s="1" t="inlineStr">
+        <is>
+          <t>New York Gezi Rehberi</t>
+        </is>
+      </c>
+      <c r="C1238" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:3">
+      <c r="A1239" s="1" t="inlineStr">
+        <is>
+          <t>9786053338895</t>
+        </is>
+      </c>
+      <c r="B1239" s="1" t="inlineStr">
+        <is>
+          <t>Mumyalar</t>
+        </is>
+      </c>
+      <c r="C1239" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:3">
+      <c r="A1240" s="1" t="inlineStr">
+        <is>
+          <t>9786053333517</t>
+        </is>
+      </c>
+      <c r="B1240" s="1" t="inlineStr">
+        <is>
+          <t>Midilliler</t>
+        </is>
+      </c>
+      <c r="C1240" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:3">
+      <c r="A1241" s="1" t="inlineStr">
+        <is>
+          <t>9786054716104</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>İlk Nedenler Kitabım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>36.57</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9786052421765</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>İlk Hayvanlar Kitabım</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>649.5</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9786053333913</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Süper Sanat - Haydi Çiz (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9786053333906</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Süper Sanat: Haydi Boya! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9786053333920</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Süper Sanat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9786053335528</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Uzay Ansiklopedisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9786053335283</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Köpekleri Anlama Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>349.5</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9786053338857</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Hava</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9786053338451</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Kertenkeleler</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9786053338475</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Kurtlar</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9786053338468</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Tırtıldan Kelebeğe</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9786054716302</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Yırtıcılar</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9786053339281</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>İslam Uygarlığı'ndaki 1001 Buluş ve Olağanüstü Gerçekler</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>649.5</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
+          <t>9786053338864</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>Pandalar</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9786055415952</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>Örümcekler - Seviye 1</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9786053338901</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>Karıncalar - Seviye 1</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9786053338482</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>Garip Ama Gerçek! 2 - 300 Müthiş Gerçek</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>399.5</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9786055415761</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>Garip Ama Gerçek! 1</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
+          <t>9786053338888</t>
+        </is>
+      </c>
+      <c r="B1259" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Göçler - Harika Hayvan Yolculukları</t>
+        </is>
+      </c>
+      <c r="C1259" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" s="1" t="inlineStr">
+        <is>
+          <t>9786053336082</t>
+        </is>
+      </c>
+      <c r="B1260" s="1" t="inlineStr">
+        <is>
+          <t>Balinalar - Büyük Göçler Seviye 3</t>
+        </is>
+      </c>
+      <c r="C1260" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" s="1" t="inlineStr">
+        <is>
           <t>9786054716174</t>
         </is>
       </c>
-      <c r="B1235" s="1" t="inlineStr">
+      <c r="B1261" s="1" t="inlineStr">
         <is>
           <t>Angry Birds Space - Uzaya Doğru Öfkeli Bir Uçuş</t>
         </is>
       </c>
-      <c r="C1235" s="1">
+      <c r="C1261" s="1">
         <v>19.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>