--- v2 (2026-02-06)
+++ v3 (2026-03-29)
@@ -85,18940 +85,19090 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254239878</t>
+          <t>9786254239779</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Disney Moana 2 - Resimli Öykü Kitabı</t>
+          <t>Disney Karlar Ülkesi II - Elsa'nın Yolculuğu</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254239861</t>
+          <t>9786254239816</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Disney Lilo ve Stiç ‘Ohana Aile Demektir - Hayatın Kalbinden Notlar</t>
+          <t>Disney Encanto - Mirabel'in Keşfi</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254239625</t>
+          <t>9786254239793</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kurbağalar</t>
+          <t>Disney Arabalar 3 - Kazanmak için Sür!</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254239632</t>
+          <t>9786254239786</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gelgit Havuzları</t>
+          <t>Disney Karlar Ülkesi - Merhaba Olaf!</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254239656</t>
+          <t>9786254239724</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Veterinerler</t>
+          <t>Disney Stiç - Bahar Coşkusu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254239663</t>
+          <t>9786254237454</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kutbu Hayvanları</t>
+          <t>Disney Arabalar - Mater'in Doğum Günü Sürprizi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254237447</t>
+          <t>9786254239755</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sürüngenler</t>
+          <t>Disney Karlar Ülkesi - İki Kız Kardeşin Hikayesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254239274</t>
+          <t>9786254239731</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>%100 Minecraft Pikselli Boyama - Canavarlar Özel</t>
+          <t>Disney Stiç - Stiç Okullu Oldu</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254239267</t>
+          <t>9970000000014</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>%100 Minecraft Pikselli Boyama - Daha Fazla Piksel</t>
+          <t>Küçük Duygu Noktası Kutu Seti 8 Kitap 3. Set</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>249.5</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254239281</t>
+          <t>9787666578777</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>%100 Minecraft Pikselli Boyama - Daha Fazla Canavar</t>
+          <t>Küçük Duygu Noktası Kutu Seti 8 Kitap 2. Set</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>249.5</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9780000725332</t>
+          <t>9786254239878</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Ölümcül Hayvanlar Seti 5 Kitap</t>
+          <t>Disney Moana 2 - Resimli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>597.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254235948</t>
+          <t>9786254239861</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Futbol</t>
+          <t>Disney Lilo ve Stiç ‘Ohana Aile Demektir - Hayatın Kalbinden Notlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053332923</t>
+          <t>9786254239625</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kar Leoparları</t>
+          <t>Kurbağalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254360015</t>
+          <t>9786254239632</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Senin Yerinde Olsaydım</t>
+          <t>Gelgit Havuzları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>44.9</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052427873</t>
+          <t>9786254239656</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Sözcükleri Keşfediyorum (Ciltli)</t>
+          <t>Veterinerler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254239137</t>
+          <t>9786254239663</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Teo'nun Muhteşem Makineleri</t>
+          <t>Kuzey Kutbu Hayvanları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254239083</t>
+          <t>9786254237447</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Kutup Ayısıyla Gezilir?</t>
+          <t>Sürüngenler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254239052</t>
+          <t>9786254239274</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mucit Gizmo</t>
+          <t>%100 Minecraft Pikselli Boyama - Canavarlar Özel</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254239076</t>
+          <t>9786254239267</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Roma Arabası Kullanılır?</t>
+          <t>%100 Minecraft Pikselli Boyama - Daha Fazla Piksel</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254239069</t>
+          <t>9786254239281</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Mısır Hazinesi Bulunur?</t>
+          <t>%100 Minecraft Pikselli Boyama - Daha Fazla Canavar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254239090</t>
+          <t>9780000725332</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Süper Kahraman Kurtarılır?</t>
+          <t>National Geographic Kids Ölümcül Hayvanlar Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>349.5</v>
+        <v>597.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254239045</t>
+          <t>9786254235948</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mucit Gizmo İcatlar Yarışması’nda</t>
+          <t>Disney En Güzel Maceralar Futbol</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254239113</t>
+          <t>9786053332923</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Ejderha Yakalanır?</t>
+          <t>Kar Leoparları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>349.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254239106</t>
+          <t>9786254360015</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Korsan Hazinesi Bulunur?</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Senin Yerinde Olsaydım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>349.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254239120</t>
+          <t>9786052427873</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Canavar Yarışı Kazanılır?</t>
+          <t>Hayvanlar - Sözcükleri Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>349.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254235283</t>
+          <t>9786254239137</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Zalim Yeşil Zaman Makinesi</t>
+          <t>Teo'nun Muhteşem Makineleri</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254239588</t>
+          <t>9786254239083</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Disney - Duygu Günlüğüm Ters Yüz Sinirlerine Hakim Ol</t>
+          <t>Nasıl Kutup Ayısıyla Gezilir?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254239564</t>
+          <t>9786254239052</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Disney - Duygu Günlüğüm Karlar Ülkesi Cesur Ol!</t>
+          <t>Mucit Gizmo</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254239557</t>
+          <t>9786254239076</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Disney- Duygu Günlüğüm, Dikkatli Ol, Donald!</t>
+          <t>Nasıl Roma Arabası Kullanılır?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254239595</t>
+          <t>9786254239069</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Disney - Duygu Günlüğüm Karmakarışık Denemekten Korkma!</t>
+          <t>Nasıl Mısır Hazinesi Bulunur?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254239571</t>
+          <t>9786254239090</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Disney - Duygu Günlüğüm Karlar Ülkesi Değişime Hazır Ol</t>
+          <t>Nasıl Süper Kahraman Kurtarılır?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254239601</t>
+          <t>9786254239045</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Disney Duygu Günlüğüm Stiç Kibar Ol, Stiç!</t>
+          <t>Mucit Gizmo İcatlar Yarışması’nda</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052425121</t>
+          <t>9786254239113</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Dansım</t>
+          <t>Nasıl Ejderha Yakalanır?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9780007726202</t>
+          <t>9786254239106</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Disney Ajan Stiç - Maceraları Seti</t>
+          <t>Nasıl Korsan Hazinesi Bulunur?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>948.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254239526</t>
+          <t>9786254239120</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Minnoşlar</t>
+          <t>Nasıl Canavar Yarışı Kazanılır?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254239519</t>
+          <t>9786254235283</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Hayvanlar</t>
+          <t>Süper Patates - Zalim Yeşil Zaman Makinesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254236495</t>
+          <t>9786254239588</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar</t>
+          <t>Disney - Duygu Günlüğüm Ters Yüz Sinirlerine Hakim Ol</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>149.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254360831</t>
+          <t>9786254239564</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler</t>
+          <t>Disney - Duygu Günlüğüm Karlar Ülkesi Cesur Ol!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>149.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254234736</t>
+          <t>9786254239557</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Uzay</t>
+          <t>Disney- Duygu Günlüğüm, Dikkatli Ol, Donald!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>149.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254239243</t>
+          <t>9786254239595</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Kavuşma Yolculuğu</t>
+          <t>Disney - Duygu Günlüğüm Karmakarışık Denemekten Korkma!</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>158</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254239199</t>
+          <t>9786254239571</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Sınırları Aşmak</t>
+          <t>Disney - Duygu Günlüğüm Karlar Ülkesi Değişime Hazır Ol</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>158</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254239212</t>
+          <t>9786254239601</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - İçimizdeki Kahraman</t>
+          <t>Disney Duygu Günlüğüm Stiç Kibar Ol, Stiç!</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>158</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254239205</t>
+          <t>9786052425121</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi - Gerçek Hazine</t>
+          <t>Bu Benim Dansım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>158</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254239236</t>
+          <t>9780007726202</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Disney Pıxar Arabalar 3</t>
+          <t>Disney Ajan Stiç - Maceraları Seti</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>158</v>
+        <v>948.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254239229</t>
+          <t>9786254239526</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Disney Pıxar Arabalar</t>
+          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Minnoşlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>158</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254239250</t>
+          <t>9786254239519</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Disney Moana</t>
+          <t>Disney Cozy Boyama, Sevimli ve Rahatlatıcı Boyama Kitabı - Hayvanlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>158</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254238741</t>
+          <t>9786254236495</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Yılbaşı</t>
+          <t>Hayvanlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>349.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254239144</t>
+          <t>9786254360831</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek - Spor</t>
+          <t>Bitkiler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>399.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254239151</t>
+          <t>9786254234736</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek - Hayvanlar</t>
+          <t>Uzay</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>399.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254238710</t>
+          <t>9786254239243</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı'ndan Masallar - Tavşan'ın Yeni Elbisesi (Ciltli)</t>
+          <t>Disney Karlar Ülkesi - Kavuşma Yolculuğu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>549</v>
+        <v>158</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254238642</t>
+          <t>9786254239199</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı'ndan Masallar - İyi Eğlenceler Kurbağa (Ciltli)</t>
+          <t>Disney Karlar Ülkesi - Sınırları Aşmak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>549</v>
+        <v>158</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254238635</t>
+          <t>9786254239212</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı'ndan Masallar - Geçmiş Olsun Fındık Faresi (Ciltli)</t>
+          <t>Disney Karlar Ülkesi - İçimizdeki Kahraman</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>549</v>
+        <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052429464</t>
+          <t>9786254239205</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kedi Ne Pişirdi? - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
+          <t>Disney Karlar Ülkesi - Gerçek Hazine</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>549</v>
+        <v>158</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254232817</t>
+          <t>9786254239236</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
+          <t>Disney Pıxar Arabalar 3</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>34.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254232800</t>
+          <t>9786254239229</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Böcekler Kitabı</t>
+          <t>Disney Pıxar Arabalar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>34.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254232770</t>
+          <t>9786254239250</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Hayvanlar Kitabım</t>
+          <t>Disney Moana</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>34.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254232794</t>
+          <t>9786254238741</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Dinozorlar Kitabım</t>
+          <t>Süper Patates - Süpermarkette Yılbaşı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>34.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9780000526502</t>
+          <t>9786254239144</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı’ndan Hikayeler Set (4 Kitap Takım) (Ciltli)</t>
+          <t>National Geographic Kids - Garip Ama Gerçek - Spor</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>2169</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9780000999573</t>
+          <t>9786254239151</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Kitaplarım Serisi (6 Kitap Takım)</t>
+          <t>National Geographic Kids - Garip Ama Gerçek - Hayvanlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>3897</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9780000521996</t>
+          <t>9786254238710</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı’ndan Hikayeler Seti (3 Kitap Takım) (Ciltli)</t>
+          <t>Meşe Palamudu Ormanı'ndan Masallar - Tavşan'ın Yeni Elbisesi (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1647</v>
+        <v>549</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254238482</t>
+          <t>9786254238642</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Orman'ından Masallar - Merhaba Arkadaşlar (Ciltli)</t>
+          <t>Meşe Palamudu Ormanı'ndan Masallar - İyi Eğlenceler Kurbağa (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>468</v>
+        <v>549</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254236402</t>
+          <t>9786254238635</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Keçeli İş Makineleri (Ciltli)</t>
+          <t>Meşe Palamudu Ormanı'ndan Masallar - Geçmiş Olsun Fındık Faresi (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>349.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254237171</t>
+          <t>9786052429464</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! - Minik Kedi (Ciltli)</t>
+          <t>Kedi Ne Pişirdi? - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>349.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254237140</t>
+          <t>9786254232817</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Balina (Ciltli)</t>
+          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>349.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254237126</t>
+          <t>9786254232800</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Unicorn (Ciltli)</t>
+          <t>National Geographic Kids - Böcekler Kitabı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>349.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254237102</t>
+          <t>9786254232770</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Dinozor (Ciltli)</t>
+          <t>National Geographic Kids - İlk Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>349.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254236747</t>
+          <t>9786254232794</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Kokuşuk Patates, Süper Bezelye’ye Karşı!</t>
+          <t>National Geographic Kids - İlk Dinozorlar Kitabım</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>349.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9780000726261</t>
+          <t>9780000526502</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzay Koleksiyonu</t>
+          <t>Meşe Palamudu Ormanı’ndan Hikayeler Set (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>997.5</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9780000726247</t>
+          <t>9780000999573</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - En Şirin Hayvanlar Koleksiyonu</t>
+          <t>National Geographic Kids - İlk Kitaplarım Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>997.5</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9780000726223</t>
+          <t>9780000521996</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Okyanus Hayvanları Koleksiyonu</t>
+          <t>Meşe Palamudu Ormanı’ndan Hikayeler Seti (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>997.5</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786254237416</t>
+          <t>9786254238482</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Deniz Zamanı Boyama Kitabı</t>
+          <t>Meşe Palamudu Orman'ından Masallar - Merhaba Arkadaşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>70.5</v>
+        <v>468</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786254237317</t>
+          <t>9786254236402</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Çiftlik</t>
+          <t>Keçeli İş Makineleri (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786254237294</t>
+          <t>9786254237171</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Dinozorlar</t>
+          <t>Macerayı Sen Seç! - Minik Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254237300</t>
+          <t>9786254237140</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Hayvanlar</t>
+          <t>Mıncırık Sukuşi Balina (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786254237287</t>
+          <t>9786254237126</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Albümüm - Prensesler</t>
+          <t>Mıncırık Sukuşi Unicorn (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786254232862</t>
+          <t>9786254237102</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 3</t>
+          <t>Mıncırık Sukuşi Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786254232848</t>
+          <t>9786254236747</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 2</t>
+          <t>Süper Patates Kokuşuk Patates, Süper Bezelye’ye Karşı!</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786254232855</t>
+          <t>9780000726261</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 4</t>
+          <t>National Geographic Kids - Uzay Koleksiyonu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>49.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786254232831</t>
+          <t>9780000726247</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 1</t>
+          <t>National Geographic Kids - En Şirin Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>49.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9780000725271</t>
+          <t>9780000726223</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Seti 5 Kitap</t>
+          <t>National Geographic Kids - Okyanus Hayvanları Koleksiyonu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>597.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254234705</t>
+          <t>9786254237416</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fare ile Kırmızı Duvar</t>
+          <t>Kukuli Deniz Zamanı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>228</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786254234712</t>
+          <t>9786254237317</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Zürafalar Dans Edemez</t>
+          <t>İlk Boyama Albümüm - Çiftlik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>228</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786254234347</t>
+          <t>9786254237294</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Köpekçik (Ciltli)</t>
+          <t>İlk Boyama Albümüm - Dinozorlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>299.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786254234286</t>
+          <t>9786254237300</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Kuzucuk (Ciltli)</t>
+          <t>İlk Boyama Albümüm - Hayvanlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>299.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786254234514</t>
+          <t>9786254237287</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Son Unicorn Tekboynuz</t>
+          <t>İlk Boyama Albümüm - Prensesler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786254234477</t>
+          <t>9786254232862</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar Küçücüğüm</t>
+          <t>Garip Ama Gerçek 3</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786254234552</t>
+          <t>9786254232848</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın İnek Möö Möö</t>
+          <t>Garip Ama Gerçek 2</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786254234576</t>
+          <t>9786254232855</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ayı’nın Küçük Sakinleşme Kitabı</t>
+          <t>Garip Ama Gerçek 4</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786254234538</t>
+          <t>9786254232831</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Anneciğinin Bir Tanesi</t>
+          <t>Garip Ama Gerçek 1</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786254234507</t>
+          <t>9780000725271</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kırmızı Traktör</t>
+          <t>National Geographic Kids Okuma Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>68</v>
+        <v>597.5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254234637</t>
+          <t>9786254234705</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Babacığının Bir Tanesi</t>
+          <t>Küçük Fare ile Kırmızı Duvar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786254234453</t>
+          <t>9786254234712</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dans Etmeyi Seven Ayı</t>
+          <t>Zürafalar Dans Edemez</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786254234651</t>
+          <t>9786254234347</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Fırıldak Gözler - Merhaba Köpekçik (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786254234279</t>
+          <t>9786254234286</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Köpekçik - Etkinlikler ve Boyamalar</t>
+          <t>Fırıldak Gözler - Merhaba Kuzucuk (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>39.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786254234255</t>
+          <t>9786254234514</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Baykuş - Etkinlikler ve Boyamalar</t>
+          <t>Son Unicorn Tekboynuz</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>39.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786254232404</t>
+          <t>9786254234477</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kedi ve Köpekler - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>Tatlı Rüyalar Küçücüğüm</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786254232374</t>
+          <t>9786254234552</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Uyku Zamanı - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>Şaşkın İnek Möö Möö</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786254231919</t>
+          <t>9786254234576</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mucit Gizmo İcatlar Kongresi’nde</t>
+          <t>Ayı’nın Küçük Sakinleşme Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>278</v>
+        <v>68</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786254231797</t>
+          <t>9786254234538</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimeler / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>Anneciğinin Bir Tanesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786254231773</t>
+          <t>9786254234507</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Banyo Zamanı 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>Büyük Kırmızı Traktör</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786254232152</t>
+          <t>9786254234637</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Kar Yağıyor</t>
+          <t>Babacığının Bir Tanesi</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254232176</t>
+          <t>9786254234453</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Noktaları Birleştir ve Boya!</t>
+          <t>Dans Etmeyi Seven Ayı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>129.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786254232206</t>
+          <t>9786254234651</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Noktaları Birleştir ve Boya!</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>129.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254232169</t>
+          <t>9786254234279</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Boyama Kitabı</t>
+          <t>Köpekçik - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>129.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786254232282</t>
+          <t>9786254234255</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Baykuş - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>68</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786254232268</t>
+          <t>9786254232404</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Yavru Kedi ve Köpekler - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786254232312</t>
+          <t>9786254232374</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yeri Geç Ayı</t>
+          <t>Uyku Zamanı - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786254232114</t>
+          <t>9786254231919</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Tuhaflıklar Kıyameti</t>
+          <t>Mucit Gizmo İcatlar Kongresi’nde</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>299.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786254232121</t>
+          <t>9786254231797</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Dipper'ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
+          <t>İlk Kelimeler / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786254364464</t>
+          <t>9786254231773</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutup Ayısıyla Nasıl Müze Gezersin?</t>
+          <t>Banyo Zamanı 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>228</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786254364426</t>
+          <t>9786254232152</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Yakalama Rehberi</t>
+          <t>Kukuli Kar Yağıyor</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>228</v>
+        <v>68</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786254362316</t>
+          <t>9786254232176</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Sebzecikler Lanetli Vadi’de</t>
+          <t>Kukuli Noktaları Birleştir ve Boya!</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>228</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786254366253</t>
+          <t>9786254232206</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Yaşayan Deniz</t>
+          <t>Kukuli Noktaları Birleştir ve Boya!</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>58</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786254366246</t>
+          <t>9786254232169</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Süper Yapışkan Kedi Topu</t>
+          <t>Kukuli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>58</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786254366239</t>
+          <t>9786254232282</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Sihirli Çiçek</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786254366260</t>
+          <t>9786254232268</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Boyama Ve Aktivite Kitabı Dev Eğlence</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>58</v>
+        <v>68</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786254367069</t>
+          <t>9786254232312</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Denizanası Yemek Çok İğrenç!</t>
+          <t>Yeri Geç Ayı</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786254362118</t>
+          <t>9786254232114</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Annemi Çok Seviyorum</t>
+          <t>Disney - Esrarengiz Kasaba Tuhaflıklar Kıyameti</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786254367052</t>
+          <t>9786254232121</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Altın Saçlı Kız Ve Üç Ayı</t>
+          <t>Disney - Esrarengiz Kasaba Dipper'ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254367137</t>
+          <t>9786254364464</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Bir Kutup Ayısıyla Nasıl Müze Gezersin?</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786254367236</t>
+          <t>9786254364426</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ne Melek Ama!</t>
+          <t>Ejderha Yakalama Rehberi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254367199</t>
+          <t>9786254362316</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kadife Tavşan</t>
+          <t>Süper Patates - Sebzecikler Lanetli Vadi’de</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>68</v>
+        <v>228</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786254362125</t>
+          <t>9786254366253</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Yanında Olan Ayı</t>
+          <t>True Ve Gökkuşağı Krallığı Yaşayan Deniz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>68</v>
+        <v>58</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786254367151</t>
+          <t>9786254366246</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Bir Gün</t>
+          <t>True Ve Gökkuşağı Krallığı Süper Yapışkan Kedi Topu</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>68</v>
+        <v>58</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786254362224</t>
+          <t>9786254366239</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Balinalar</t>
+          <t>True Ve Gökkuşağı Krallığı Sihirli Çiçek</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>149.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786254368264</t>
+          <t>9786254366260</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Evciller Takımı - Havalı Oyun ve Boyama Kitabı</t>
+          <t>True Ve Gökkuşağı Krallığı Boyama Ve Aktivite Kitabı Dev Eğlence</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>49.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786254361753</t>
+          <t>9786254367069</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Partiye Katılmasına İzin Verme!</t>
+          <t>Denizanası Yemek Çok İğrenç!</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786254361760</t>
+          <t>9786254362118</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Karalama Yapmasına İzin Verme!</t>
+          <t>Annemi Çok Seviyorum</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786254361722</t>
+          <t>9786254367052</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Dinozorun Karalama Yapmasına İzin Verme</t>
+          <t>Altın Saçlı Kız Ve Üç Ayı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052429679</t>
+          <t>9786254367137</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Robot Dostu</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>24.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052429693</t>
+          <t>9786254367236</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Nasreddin Hoca Tarım Yapıyor</t>
+          <t>Ne Melek Ama!</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>24.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052426364</t>
+          <t>9786254367199</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Köpek Balıkları</t>
+          <t>Kadife Tavşan</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>39.9</v>
+        <v>68</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254361197</t>
+          <t>9786254362125</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 3</t>
+          <t>Her Zaman Yanında Olan Ayı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786254361180</t>
+          <t>9786254367151</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 2</t>
+          <t>Hayvanlarla Bir Gün</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786254361173</t>
+          <t>9786254362224</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 1</t>
+          <t>National Geographic Kids - Balinalar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>49.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786254360527</t>
+          <t>9786254368264</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Kayıp Efsaneler - Yüzleşme!</t>
+          <t>DC Süper Evciller Takımı - Havalı Oyun ve Boyama Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>89.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786254361005</t>
+          <t>9786254361753</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Prenses – Lusifer Banyo Yapmalı</t>
+          <t>Asla Bir Unicorn’un Partiye Katılmasına İzin Verme!</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>58</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786254360879</t>
+          <t>9786254361760</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Pixar Arabalar 3 - Asla Pes Etme</t>
+          <t>Asla Bir Unicorn’un Karalama Yapmasına İzin Verme!</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>58</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254360954</t>
+          <t>9786254361722</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Moana - Cesur Bir Lider</t>
+          <t>Asla Bir Dinozorun Karalama Yapmasına İzin Verme</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>58</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254360916</t>
+          <t>9786052429679</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Karlar Ülkesi – Sevginin Gücü</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Robot Dostu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>58</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786254360909</t>
+          <t>9786052429693</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Bingo Ve Roli’nin Maceraları – Doğum Günü Hediyeleri</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Nasreddin Hoca Tarım Yapıyor</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>58</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786254360923</t>
+          <t>9786052426364</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Olaf'ın Doğum Günü Tasarla ve Oyna</t>
+          <t>National Geographic Kids Köpek Balıkları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>58</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786254360961</t>
+          <t>9786254361197</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Güzel ve Çirkin</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 3</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>58</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786254360992</t>
+          <t>9786254361180</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Disney Vampirina Sınıf Fotoğrafı Tasarla ve Oyna</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 2</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>58</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254360886</t>
+          <t>9786254361173</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar - Süper Mater Tasarla ve Oyna</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 1</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>58</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254360763</t>
+          <t>9786254360527</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Sayborg Devreler Yanınca</t>
+          <t>Disney Esrarengiz Kasaba Kayıp Efsaneler - Yüzleşme!</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>98</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786254360770</t>
+          <t>9786254361005</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Yıldızateşi Yıldızbombası</t>
+          <t>Disney Tasarla Ve Oyna Prenses – Lusifer Banyo Yapmalı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>98</v>
+        <v>58</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254361043</t>
+          <t>9786254360879</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (Rakuncuk)</t>
+          <t>Disney Tasarla Ve Oyna Pixar Arabalar 3 - Asla Pes Etme</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>59.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786254361036</t>
+          <t>9786254360954</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (Kedicik)</t>
+          <t>Disney Tasarla Ve Oyna Moana - Cesur Bir Lider</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>59.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786254361029</t>
+          <t>9786254360916</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (İncekcik)</t>
+          <t>Disney Tasarla Ve Oyna Karlar Ülkesi – Sevginin Gücü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>59.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786254360695</t>
+          <t>9786254360909</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bugün Nasılsın Kukuli? - Duyguları Öğreniyoruz! (Ciltli)</t>
+          <t>Disney Tasarla Ve Oyna Bingo Ve Roli’nin Maceraları – Doğum Günü Hediyeleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>89.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053339595</t>
+          <t>9786254360923</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşüm</t>
+          <t>Disney Karlar Ülkesi Olaf'ın Doğum Günü Tasarla ve Oyna</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>199.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053339663</t>
+          <t>9786254360961</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sivridiş Ailesi - Spor Bayramı Ara Öğün Saldırısı</t>
+          <t>Disney Prenses Güzel ve Çirkin</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>14.9</v>
+        <v>58</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053339656</t>
+          <t>9786254360992</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sivridiş Ailesi - Lunaparkta Korku</t>
+          <t>Disney Vampirina Sınıf Fotoğrafı Tasarla ve Oyna</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>14.9</v>
+        <v>58</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053339649</t>
+          <t>9786254360886</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sivridiş Ailesi - Kanlı Çörekler ve Korkuluklar</t>
+          <t>Disney Pixar Arabalar - Süper Mater Tasarla ve Oyna</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>14.9</v>
+        <v>58</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053332916</t>
+          <t>9786254360763</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kaplanlar Seviye 2</t>
+          <t>DC Comics: Teen Titans Go! Sayborg Devreler Yanınca</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>98</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053332909</t>
+          <t>9786254360770</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gezegenler Seviye 2</t>
+          <t>DC Comics: Teen Titans Go! Yıldızateşi Yıldızbombası</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>199.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052422519</t>
+          <t>9786254361043</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çam Fıstığı</t>
+          <t>Etkinlikler Ve Boyamalar (Rakuncuk)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>17.9</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053339700</t>
+          <t>9786254361036</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - Tuhaflıklar Kitabı</t>
+          <t>Etkinlikler Ve Boyamalar (Kedicik)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>22.9</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053339694</t>
+          <t>9786254361029</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - Okul Yılları</t>
+          <t>Etkinlikler Ve Boyamalar (İncekcik)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>22.9</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053339717</t>
+          <t>9786254360695</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - Artık Çocuk Değilim!</t>
+          <t>Bugün Nasılsın Kukuli? - Duyguları Öğreniyoruz! (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>22.9</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052421963</t>
+          <t>9786053339595</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Evini Arayan Ayıcık</t>
+          <t>Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>228</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053335894</t>
+          <t>9786053339663</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Balık Dori - Hakkında Her Şey (Ciltli)</t>
+          <t>Sivridiş Ailesi - Spor Bayramı Ara Öğün Saldırısı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>138</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053336396</t>
+          <t>9786053339656</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Tilki’nin Çorapları (Ciltli)</t>
+          <t>Sivridiş Ailesi - Lunaparkta Korku</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>549</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053336372</t>
+          <t>9786053339649</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Uykusu (Ciltli)</t>
+          <t>Sivridiş Ailesi - Kanlı Çörekler ve Korkuluklar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>549</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053336389</t>
+          <t>9786053332916</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Postacı Ayı (Ciltli)</t>
+          <t>Kaplanlar Seviye 2</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>549</v>
+        <v>98</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052420850</t>
+          <t>9786053332909</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap İğrenç Kokuyor!</t>
+          <t>Gezegenler Seviye 2</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>47.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053332800</t>
+          <t>9786052422519</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kurbağalar</t>
+          <t>Çam Fıstığı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>129.5</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053332961</t>
+          <t>9786053339700</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Koalalar - Dünyamızı Keşfedin</t>
+          <t>Kötü Durum Senaryoları - Tuhaflıklar Kitabı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>129.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053338932</t>
+          <t>9786053339694</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Maymunlar</t>
+          <t>Kötü Durum Senaryoları - Okul Yılları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>199.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053332992</t>
+          <t>9786053339717</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ağaçtaki Maymun</t>
+          <t>Kötü Durum Senaryoları - Artık Çocuk Değilim!</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>98</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052428207</t>
+          <t>9786052421963</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Telefon Kitabım (Ciltli)</t>
+          <t>Evini Arayan Ayıcık</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>69.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052429914</t>
+          <t>9786053335894</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Dipper (Ciltli)</t>
+          <t>Kayıp Balık Dori - Hakkında Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>149.5</v>
+        <v>138</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052429907</t>
+          <t>9786053336396</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Mabel (Ciltli)</t>
+          <t>Tilki’nin Çorapları (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>149.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052429082</t>
+          <t>9786053336372</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 8</t>
+          <t>Tavşan Uykusu (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>49.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052429068</t>
+          <t>9786053336389</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 2</t>
+          <t>Postacı Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>49.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052427804</t>
+          <t>9786052420850</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Rüyalar - Kontrast Renkler (Ciltli)</t>
+          <t>Bu Kitap İğrenç Kokuyor!</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>199.5</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052429433</t>
+          <t>9786053332800</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Safiye’nin Maceraları Gezegenlere Yolculuk</t>
+          <t>Kurbağalar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>49.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052429037</t>
+          <t>9786053332961</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 5</t>
+          <t>Koalalar - Dünyamızı Keşfedin</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>49.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052429495</t>
+          <t>9786053338932</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Zor Bulmaca - Kukuli Öykü Kitabı</t>
+          <t>Maymunlar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>49.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052429532</t>
+          <t>9786053332992</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Pasta Ustası - Kukuli Öykü Kitabı</t>
+          <t>Ağaçtaki Maymun</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>49.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9780000526090</t>
+          <t>9786052428207</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Macera Serisi (3 Kitap Takım)</t>
+          <t>Renkler - Telefon Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>1178.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052427910</t>
+          <t>9786052429914</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Sözcükleri Keşfediyoum (Ciltli)</t>
+          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Dipper (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>149.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052427903</t>
+          <t>9786052429907</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Sözcükleri Keşfediyorum (Ciltli)</t>
+          <t>Disney - Esrarengiz Kasaba Yaratıcı Çalışma Defterim Mabel (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>149.5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052429518</t>
+          <t>9786052429082</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Elma Ağacı - Kukuli Öykü Kitabı</t>
+          <t>Kukuli Aktivite Kitabı - 8</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>49.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052429365</t>
+          <t>9786052429068</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Disney Doktor Doti Oyuncak Hastanesi - Çizgi Diziden Öyküler</t>
+          <t>Kukuli Aktivite Kitabı - 2</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>99.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052429341</t>
+          <t>9786052427804</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Disney Aslan Koruyucular - Çizgi Diziden Öyküler</t>
+          <t>Tatlı Rüyalar - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052429402</t>
+          <t>9786052429433</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Disney Vampirina Doğaüstü - Çizgi Diziden Öyküler</t>
+          <t>Safiye’nin Maceraları Gezegenlere Yolculuk</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>99.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052429372</t>
+          <t>9786052429037</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Disney Muppet Bebekler - Çizgi Diziden Öyküler</t>
+          <t>Kukuli Aktivite Kitabı - 5</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>99.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052427477</t>
+          <t>9786052429495</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Define Adası Başrolde: Mickey - Disney Çizgi Klasikler</t>
+          <t>Zor Bulmaca - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052427453</t>
+          <t>9786052429532</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma Yolculuğu - Disney Karlar Ülkesi</t>
+          <t>Pasta Ustası - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052427446</t>
+          <t>9780000526090</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşmak - Disney Karlar Ülkesi</t>
+          <t>Disney Esrarengiz Kasaba Macera Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>119.5</v>
+        <v>1248.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054716074</t>
+          <t>9786052427910</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Maymun</t>
+          <t>Taşıtlar - Sözcükleri Keşfediyoum (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>149.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052425244</t>
+          <t>9786052427903</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Medyayı Sorgulayan Çocuklar</t>
+          <t>Çiftlik - Sözcükleri Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>199.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052421604</t>
+          <t>9786052429518</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>13 Numaralı Sınıf'ın Şanssız Piyango Talihlileri</t>
+          <t>Elma Ağacı - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>29.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9780000999856</t>
+          <t>9786052429365</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları (4 Kitap Takım)</t>
+          <t>Disney Doktor Doti Oyuncak Hastanesi - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>91.99</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786254239038</t>
+          <t>9786052429341</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Kaplumbağalar</t>
+          <t>Disney Aslan Koruyucular - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786254239021</t>
+          <t>9786052429402</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Titanik</t>
+          <t>Disney Vampirina Doğaüstü - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254239014</t>
+          <t>9786052429372</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Su Aygırları</t>
+          <t>Disney Muppet Bebekler - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786254239007</t>
+          <t>9786052427477</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çirkin Hayvanlar</t>
+          <t>Define Adası Başrolde: Mickey - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254238994</t>
+          <t>9786052427453</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Mercan Resifleri</t>
+          <t>Kavuşma Yolculuğu - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786254238963</t>
+          <t>9786052427446</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji - Disney En Güzel Maceralar</t>
+          <t>Sınırları Aşmak - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>399.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786254238970</t>
+          <t>9786054716074</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ - Disney En Güzel Maceralar</t>
+          <t>Kaçak Maymun</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>399.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254238987</t>
+          <t>9786052425244</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Spor Müsabakaları - Disney En Güzel Maceralar</t>
+          <t>National Geographic Kids - Medyayı Sorgulayan Çocuklar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053331889</t>
+          <t>9786052421604</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Disney Ajan Stiç - Galaksideki Tehdit</t>
+          <t>13 Numaralı Sınıf'ın Şanssız Piyango Talihlileri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>349.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254238956</t>
+          <t>9780000999856</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Disney Ajan Stiç - Uzaylangoz Dosyası</t>
+          <t>Kötü Durum Senaryoları (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>349.5</v>
+        <v>91.99</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254360824</t>
+          <t>9786254239038</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Disney Ajan Stiç - Testerediş Dosyası</t>
+          <t>National Geographic Kids - Kaplumbağalar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786254231704</t>
+          <t>9786254239021</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sabırlı Nokta - Hoşgörülü Olabilmek Üzerine Bir Hikaye</t>
+          <t>National Geographic Kids - Titanik</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>139.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9787666000056</t>
+          <t>9786254239014</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygu Noktası Kutu Seti</t>
+          <t>National Geographic Kids - Su Aygırları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>1075</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9780000526571</t>
+          <t>9786254239007</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okul Öncesi Serisi 6 Kitap</t>
+          <t>National Geographic Kids - Çirkin Hayvanlar</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>1197</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254238871</t>
+          <t>9786254238994</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek 7</t>
+          <t>National Geographic Kids - Mercan Resifleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254238864</t>
+          <t>9786254238963</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek 6</t>
+          <t>Ekoloji - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254238802</t>
+          <t>9786254238970</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar - Sıkı Dostlar</t>
+          <t>Orta Çağ - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786254238819</t>
+          <t>9786254238987</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar - Korsanlar</t>
+          <t>Spor Müsabakaları - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254238840</t>
+          <t>9786053331889</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Köpek Balıkları!</t>
+          <t>Disney Ajan Stiç - Galaksideki Tehdit</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786254238826</t>
+          <t>9786254238956</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Sevimli Hayvanlar</t>
+          <t>Disney Ajan Stiç - Uzaylangoz Dosyası</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786254238833</t>
+          <t>9786254360824</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Taşlar ve Mineraller</t>
+          <t>Disney Ajan Stiç - Testerediş Dosyası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254238796</t>
+          <t>9786254231704</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Araç Etkinlik Kitabı</t>
+          <t>Küçük Sabırlı Nokta - Hoşgörülü Olabilmek Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>168</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786254360817</t>
+          <t>9787666000056</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Köpekçiklerle Tanış Çıkartmalı Faaliyet Kitabı</t>
+          <t>Küçük Duygu Noktası Kutu Seti</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>249.5</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254238536</t>
+          <t>9780000526571</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Kahramanlar Geliyor Aktivite Kitabı</t>
+          <t>National Geographic Kids Okul Öncesi Serisi 6 Kitap</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>299.5</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254238550</t>
+          <t>9786254238871</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Çizim Maceraları</t>
+          <t>National Geographic Kids - Garip Ama Gerçek 7</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254235207</t>
+          <t>9786254238864</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Noktaları Birleştirme - Kayıp Balık Dori</t>
+          <t>National Geographic Kids - Garip Ama Gerçek 6</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>59</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786254235191</t>
+          <t>9786254238802</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar Ve Sayma - Bingo Ve Roli’nin Maceraları</t>
+          <t>Disney En Güzel Maceralar - Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>59</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254235184</t>
+          <t>9786254238819</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Noktalar - Prenses Elena</t>
+          <t>Disney En Güzel Maceralar - Korsanlar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>59</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254235177</t>
+          <t>9786254238840</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Toplama Ve Çıkarma - Pixar</t>
+          <t>National Geographic Kids - Köpek Balıkları!</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>59</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254235160</t>
+          <t>9786254238826</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Mantık Bulmacaları - Karlar Ülkesi</t>
+          <t>National Geographic Kids - Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>59</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254235153</t>
+          <t>9786254238833</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar - Mickey</t>
+          <t>National Geographic Kids - Taşlar ve Mineraller</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>59</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254360718</t>
+          <t>9786254238796</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba 2022 Dipper ve Mabel ile Bir Yıl - Gizemli Ajanda</t>
+          <t>PAW Patrol - Araç Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>119.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9780000999894</t>
+          <t>9786254360817</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Haydi Boya - Çiz Seti 2 Kitap (Ciltli)</t>
+          <t>PAW Patrol - Köpekçiklerle Tanış Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>339</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053339267</t>
+          <t>9786254238536</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İlk Dinozor Kitabım</t>
+          <t>PAW Patrol - Kahramanlar Geliyor Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>649.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052428894</t>
+          <t>9786254238550</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Çok Havalı Köpek Balığı - National Geographic Kids</t>
+          <t>PAW Patrol - Çizim Maceraları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>169.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254232138</t>
+          <t>9786254235207</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Arkandan Ağlar</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Noktaları Birleştirme - Kayıp Balık Dori</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>68</v>
+        <v>59</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254232190</t>
+          <t>9786254235191</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Paylaşmak Güzel</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar Ve Sayma - Bingo Ve Roli’nin Maceraları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>68</v>
+        <v>59</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052421192</t>
+          <t>9786254235184</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yanardağlar (Seviye 2)</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Noktalar - Prenses Elena</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>199.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052421451</t>
+          <t>9786254235177</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bizim Dünyamız</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Toplama Ve Çıkarma - Pixar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>349.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052425183</t>
+          <t>9786254235160</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Mantık Bulmacaları - Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>279.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786254238383</t>
+          <t>9786254235153</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Yavru Köpekçiklerle Köpteşem Maceralar Boyama Kitabı</t>
+          <t>Disney Eğitsel Oyunla Büyüyelim Sayılar - Mickey</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>109.5</v>
+        <v>59</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052429174</t>
+          <t>9786254360718</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Havrika Renk Şöleni Boyama Kitabı</t>
+          <t>Disney - Esrarengiz Kasaba 2022 Dipper ve Mabel ile Bir Yıl - Gizemli Ajanda</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>109.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786254238390</t>
+          <t>9780000999894</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Macera Kaşifleri Renkli Keşifler Boyama Kitabı</t>
+          <t>Haydi Boya - Çiz Seti 2 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>109.5</v>
+        <v>339</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786254238406</t>
+          <t>9786053339267</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Hav Hav Kurtarma Görevi Boyama Kitabı</t>
+          <t>İlk Dinozor Kitabım</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>109.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786254238420</t>
+          <t>9786052428894</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Brokoli Dansı</t>
+          <t>Çok Havalı Köpek Balığı - National Geographic Kids</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>349.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254238413</t>
+          <t>9786254232138</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Nasıl Kahraman Olunur?</t>
+          <t>Kukuli Arkandan Ağlar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>349.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254238369</t>
+          <t>9786254232190</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Süper Sebze ve Meyveler</t>
+          <t>Kukuli Paylaşmak Güzel</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>349.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254238352</t>
+          <t>9786052421192</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kitaplar Çöptür</t>
+          <t>Yanardağlar (Seviye 2)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786254238345</t>
+          <t>9786052421451</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Karnaval</t>
+          <t>Bizim Dünyamız</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254238338</t>
+          <t>9786052425183</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kaçak Bezelye Krallığı</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254238321</t>
+          <t>9786254238383</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Define Avı</t>
+          <t>Paw Patrol Yavru Köpekçiklerle Köpteşem Maceralar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>349.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254238314</t>
+          <t>9786052429174</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Gizemli Bir Gece</t>
+          <t>Paw Patrol Havrika Renk Şöleni Boyama Kitabı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>349.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254238307</t>
+          <t>9786254238390</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süper Köpüklü Bir Macera</t>
+          <t>Paw Patrol Macera Kaşifleri Renkli Keşifler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>349.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254238291</t>
+          <t>9786254238406</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates</t>
+          <t>Paw Patrol Hav Hav Kurtarma Görevi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>349.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052429167</t>
+          <t>9786254238420</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Süpermarkette Spor Zamanı</t>
+          <t>Süper Patates - Brokoli Dansı</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254238239</t>
+          <t>9786254238413</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>DK Dokun Hisset Serisi - Evcil Hayvanlar (Ciltli)</t>
+          <t>Süper Patates - Nasıl Kahraman Olunur?</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254238222</t>
+          <t>9786254238369</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun Hisset Serisi - İlk Sözcükler (Ciltli)</t>
+          <t>Süper Patates - Süpermarkette Süper Sebze ve Meyveler</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254238215</t>
+          <t>9786254238352</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun Hisset Serisi - Sayılar (Ciltli)</t>
+          <t>Süper Patates - Kitaplar Çöptür</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052428948</t>
+          <t>9786254238345</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Köpekler (Ciltli)</t>
+          <t>Süper Patates - Süpermarkette Karnaval</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254238277</t>
+          <t>9786254238338</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Kediler (Ciltli)</t>
+          <t>Süper Patates - Kaçak Bezelye Krallığı</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254238260</t>
+          <t>9786254238321</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Yemek Zamanı (Ciltli)</t>
+          <t>Süper Patates - Define Avı</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254238253</t>
+          <t>9786254238314</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Taşıtlar (Ciltli)</t>
+          <t>Süper Patates - Gizemli Bir Gece</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254238246</t>
+          <t>9786254238307</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>DK Bebek Dokun ve Hisset Serisi - Renkler ve Şekiller (Ciltli)</t>
+          <t>Süper Patates - Süper Köpüklü Bir Macera</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254238543</t>
+          <t>9786254238291</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Havrika Ekip Boyama Kitabı</t>
+          <t>Süper Patates</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>159.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254238529</t>
+          <t>9786052429167</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Benim Büyük Boyama Kitabım</t>
+          <t>Süper Patates - Süpermarkette Spor Zamanı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>168</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254238512</t>
+          <t>9786254238239</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Tuhaflıklar Kıyameti (Ciltli)</t>
+          <t>DK Dokun Hisset Serisi - Evcil Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>479.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254238628</t>
+          <t>9786254238222</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Zürafalar</t>
+          <t>DK Bebek Dokun Hisset Serisi - İlk Sözcükler (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254238611</t>
+          <t>9786254238215</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Yağmur Ormanları</t>
+          <t>DK Bebek Dokun Hisset Serisi - Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254238604</t>
+          <t>9786052428948</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Tarih Öncesi Deniz Canavarları</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Köpekler (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254238574</t>
+          <t>9786254238277</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hav!</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Yavru Kediler (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254238598</t>
+          <t>9786254238260</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kemirgenler</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Yemek Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254238581</t>
+          <t>9786254238253</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yılan, Tıss!</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254238567</t>
+          <t>9786254238246</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids/ Dinozorlar Hakkında 1000 Gerçek</t>
+          <t>DK Bebek Dokun ve Hisset Serisi - Renkler ve Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254238505</t>
+          <t>9786254238543</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Dipper’ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
+          <t>Paw Patrol Havrika Ekip Boyama Kitabı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>399.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254233951</t>
+          <t>9786254238529</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Küçük Can Sıkıntısı Noktası</t>
+          <t>Paw Patrol Benim Büyük Boyama Kitabım</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>139.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254233944</t>
+          <t>9786254238512</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Küçük Huzurlu Nokta</t>
+          <t>Disney Esrarengiz Kasaba - Tuhaflıklar Kıyameti (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>139.5</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254233937</t>
+          <t>9786254238628</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Küçük Esnek Düşünebilen Nokta</t>
+          <t>National Geographic Kids/ Zürafalar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>139.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254233999</t>
+          <t>9786254238611</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Küçük Endişe Noktası</t>
+          <t>National Geographic Kids/ Yağmur Ormanları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>139.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254233975</t>
+          <t>9786254238604</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Küçük Empati Noktası</t>
+          <t>National Geographic Kids/ Tarih Öncesi Deniz Canavarları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>139.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254233968</t>
+          <t>9786254238574</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çileden Çıkmış Nokta</t>
+          <t>Hav!</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>139.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254236532</t>
+          <t>9786254238598</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Vahşi Orman Çıkartmalı Faaliyet Kitabı</t>
+          <t>Kemirgenler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786254236525</t>
+          <t>9786254238581</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Börtü Böcek Çıkartmalı Faaliyet Kitabı</t>
+          <t>Yılan, Tıss!</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786254236518</t>
+          <t>9786254238567</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Yavru Hayvanlar Çıkartmalı Faaliyet Kitabı</t>
+          <t>National Geographic Kids/ Dinozorlar Hakkında 1000 Gerçek</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9780000725295</t>
+          <t>9786254238505</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Olağanüstü Hayvanlar Seti 5 Kitap</t>
+          <t>Disney Esrarengiz Kasaba - Dipper’ın Anlaşılmaz Tuhaflıklar Günlüğü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>490</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786254232381</t>
+          <t>9786254233951</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>Küçük Can Sıkıntısı Noktası</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>249.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254233258</t>
+          <t>9786254233944</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>DC Super Friends - Süper Boyama Kitabı</t>
+          <t>Küçük Huzurlu Nokta</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>49.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254233234</t>
+          <t>9786254233937</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>DC Friends Kahramanlarla Boya - Süper Havalı Boyama Kitabı</t>
+          <t>Küçük Esnek Düşünebilen Nokta</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>49.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9780000525581</t>
+          <t>9786254233999</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 Kitap)</t>
+          <t>Küçük Endişe Noktası</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>997.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254231766</t>
+          <t>9786254233975</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>Küçük Empati Noktası</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>249.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254232237</t>
+          <t>9786254233968</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı</t>
+          <t>Küçük Çileden Çıkmış Nokta</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>68</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9787870000019</t>
+          <t>9786254236532</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Barlas Serisi 8 Kitap Set</t>
+          <t>National Geographic Kids Vahşi Orman Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1264</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052428825</t>
+          <t>9786254236525</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar Arabalar - Buz Yarışı</t>
+          <t>National Geographic Kids Börtü Böcek Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>19.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052428832</t>
+          <t>9786254236518</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2 - Gizemli Nehir</t>
+          <t>National Geographic Kids Yavru Hayvanlar Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>19.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052426258</t>
+          <t>9780000725295</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Gezegenler Kitabı</t>
+          <t>National Geographic Kids Olağanüstü Hayvanlar Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>19.9</v>
+        <v>490</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052426296</t>
+          <t>9786254232381</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
+          <t>Hayvanlar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>19.9</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786254362729</t>
+          <t>9786254233258</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Uzay Kitabım</t>
+          <t>DC Super Friends - Süper Boyama Kitabı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>24.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052426289</t>
+          <t>9786254233234</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Böcekler Kitabım</t>
+          <t>DC Friends Kahramanlarla Boya - Süper Havalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>19.9</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052429860</t>
+          <t>9780000525581</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Küresel Isınma</t>
+          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>19.9</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052429853</t>
+          <t>9786254231766</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Geri Dönüşüm</t>
+          <t>Evcil Hayvanlar / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>24.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254360435</t>
+          <t>9786254232237</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Nikola Tesla</t>
+          <t>Küçük Deniz Kızı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>39.9</v>
+        <v>68</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254362026</t>
+          <t>9787870000019</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı! Dinozorlar</t>
+          <t>Barlas Serisi 8 Kitap Set</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>39.9</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052426272</t>
+          <t>9786052428825</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>National Geographic İlk Dinozor Kitabım</t>
+          <t>Disney Pixar Arabalar - Buz Yarışı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>24.5</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052426265</t>
+          <t>9786052428832</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>National Geographic İlk Hayvanlar Kitabım</t>
+          <t>Disney Karlar Ülkesi 2 - Gizemli Nehir</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>19.9</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786254362002</t>
+          <t>9786052426258</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı Penguenler!</t>
+          <t>National Geographic Kids - Gezegenler Kitabı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>39.9</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052426333</t>
+          <t>9786052426296</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı Pandalar!</t>
+          <t>National Geographic Kids - İlk Nedenler Kitabım</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>19.9</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052426241</t>
+          <t>9786254362729</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>NG Keşfedin Nasıl Çalışıyor</t>
+          <t>National Geographic Kids - İlk Uzay Kitabım</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>19.9</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254232015</t>
+          <t>9786052426289</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Disney Kırmızı - Çizgi Roman</t>
+          <t>National Geographic Kids - İlk Böcekler Kitabım</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>119.5</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254366277</t>
+          <t>9786052429860</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Doğum Günü Partisi</t>
+          <t>National Geographic Kids - Küresel Isınma</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>58</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254362149</t>
+          <t>9786052429853</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Dinozor</t>
+          <t>National Geographic Kids - Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>68</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254367113</t>
+          <t>9786254360435</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Dedem</t>
+          <t>National Geographic Kids - Nikola Tesla</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>68</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786254362132</t>
+          <t>9786254362026</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sonra Görüşürüz Dostum</t>
+          <t>National Geographic Kids - Çok Havalı! Dinozorlar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>68</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254367205</t>
+          <t>9786052426272</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Karışık Saç Perisi</t>
+          <t>National Geographic İlk Dinozor Kitabım</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>68</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786254367168</t>
+          <t>9786052426265</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi Yiyen Çocuk</t>
+          <t>National Geographic İlk Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>34.9</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786254367083</t>
+          <t>9786254362002</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Havuç Çorbası - Bir Tavşan Hikayesi</t>
+          <t>National Geographic Kids - Çok Tatlı Penguenler!</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>68</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254367076</t>
+          <t>9786052426333</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Gölgem</t>
+          <t>National Geographic Kids - Çok Tatlı Pandalar!</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>68</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9780000441270</t>
+          <t>9786052426241</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Seviye 3 Seti (14 Kitap)</t>
+          <t>NG Keşfedin Nasıl Çalışıyor</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>1064</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786254362071</t>
+          <t>9786254232015</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Superman: Yarının Adamı</t>
+          <t>Disney Kırmızı - Çizgi Roman</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>54.9</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786254362033</t>
+          <t>9786254366277</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Batman Gotham City’nin Muhafızı</t>
+          <t>True Ve Gökkuşağı Krallığı Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>54.9</v>
+        <v>58</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052429709</t>
+          <t>9786254362149</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Oyun Bitti</t>
+          <t>Bir Küçük Dinozor</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>24.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052429716</t>
+          <t>9786254367113</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - İz Peşinde</t>
+          <t>Arkadaşım Dedem</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>24.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052429686</t>
+          <t>9786254362132</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - Alışveriş Merkezinde</t>
+          <t>Sonra Görüşürüz Dostum</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>24.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786254361593</t>
+          <t>9786254367205</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Patron Mabel</t>
+          <t>Karışık Saç Perisi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>139.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786254361562</t>
+          <t>9786254367168</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Mabel’ın Hayranı</t>
+          <t>Her Şeyi Yiyen Çocuk</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>139.5</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786254361586</t>
+          <t>9786254367083</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Küçük Dipper</t>
+          <t>Havuç Çorbası - Bir Tavşan Hikayesi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>139.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786254361555</t>
+          <t>9786254367076</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Disney- Esrarengiz Kasaba Çizgi Diziden Öyküler Kafa Avcıları</t>
+          <t>Gölgem</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>139.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254361579</t>
+          <t>9780000441270</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Gizli Şeyler Hazinesi</t>
+          <t>National Geographic Kids Seviye 3 Seti (14 Kitap)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>139.5</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786050529777</t>
+          <t>9786254362071</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitaplarım Seti - Marvel Super Hero Adventures (6 Kitap Takım)</t>
+          <t>DC Comics - Superman: Yarının Adamı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>55</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052529027</t>
+          <t>9786254362033</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Marvel Süper Kahramanlar Koleksiyonu Seti - 12 Kitap Takım</t>
+          <t>DC Comics - Batman Gotham City’nin Muhafızı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>179.4</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786254360633</t>
+          <t>9786052429709</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı! Köpek Balıkları</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Oyun Bitti</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>39.9</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052428481</t>
+          <t>9786052429716</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Disney Prenses Mega Boyama Çantası</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - İz Peşinde</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>49.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052426395</t>
+          <t>9786052429686</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kutup Ayıları</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - Alışveriş Merkezinde</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>39.9</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052426388</t>
+          <t>9786254361593</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kaplanlar</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Patron Mabel</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>39.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052422625</t>
+          <t>9786254361562</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Secret Wars – Avengers Dağıldı</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Mabel’ın Hayranı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>14.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052422649</t>
+          <t>9786254361586</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ve Çılgın Yarışçılar – Büyük Yarış</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Küçük Dipper</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>14.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9787776566510</t>
+          <t>9786254361555</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Eğlence Seti (5 Kitap)</t>
+          <t>Disney- Esrarengiz Kasaba Çizgi Diziden Öyküler Kafa Avcıları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>1497.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786254580215</t>
+          <t>9786254361579</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans GO! Macera Seti (6 Kitap) (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Diziden Öyküler Gizli Şeyler Hazinesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>537</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052567173</t>
+          <t>9786050529777</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kasaba Ekonomik Çizgi Roman Seti (7 Kitap)</t>
+          <t>İlk Boyama Kitaplarım Seti - Marvel Super Hero Adventures (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>476</v>
+        <v>55</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052512142</t>
+          <t>9786052529027</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket Seti 4 Kitap Takım</t>
+          <t>Marvel Süper Kahramanlar Koleksiyonu Seti - 12 Kitap Takım</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>318</v>
+        <v>179.4</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052567043</t>
+          <t>9786254360633</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Öykü Seti - 6 Kitap Takım</t>
+          <t>National Geographic Kids - Çok Havalı! Köpek Balıkları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>297</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786254361531</t>
+          <t>9786052428481</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Hayal Kanunsuzu</t>
+          <t>Disney Prenses Mega Boyama Çantası</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>139.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786254361524</t>
+          <t>9786052426395</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Tarih Öncesi Yaratık</t>
+          <t>National Geographic Kids Kutup Ayıları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>139.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052420324</t>
+          <t>9786052426388</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kamyonlar - Seviye 1</t>
+          <t>National Geographic Kids Kaplanlar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>29.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9787666000018</t>
+          <t>9786052422625</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Koleksiyon Sandığı ve Poster</t>
+          <t>Marvel Avengers Secret Wars – Avengers Dağıldı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>416.4</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052428474</t>
+          <t>9786052422649</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Spiderman Mega Boyama Çantası</t>
+          <t>Disney Mickey ve Çılgın Yarışçılar – Büyük Yarış</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>49.99</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052428498</t>
+          <t>9787776566510</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kukuli - Mega Boyama Çantası</t>
+          <t>Disney Esrarengiz Kasaba Eğlence Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>68</v>
+        <v>1497.5</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786254360725</t>
+          <t>9786254580215</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Büyümek Kolay Değil!</t>
+          <t>DC Comics: Teen Titans GO! Macera Seti (6 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>98</v>
+        <v>537</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786254360732</t>
+          <t>9786052567173</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Canavar Çocuk Kankam Benim!</t>
+          <t>Esrarengiz Kasaba Ekonomik Çizgi Roman Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>98</v>
+        <v>476</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786254360749</t>
+          <t>9786052512142</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Harikasın Kuzgun!</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket Seti 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>98</v>
+        <v>318</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786254360756</t>
+          <t>9786052567043</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>DC Comics: Teen Titans Go! Oyun Zamanı!</t>
+          <t>Kukuli Öykü Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>98</v>
+        <v>297</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786254361012</t>
+          <t>9786254361531</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler Ve Boyamalar (Ayıcık)</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Hayal Kanunsuzu</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>59.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052421666</t>
+          <t>9786254361524</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Guinness World Records 2019 (Ciltli)</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler Tarih Öncesi Yaratık</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>89.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052421673</t>
+          <t>9786052420324</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Guinness World Records Gamer's Edition 2019</t>
+          <t>Kamyonlar - Seviye 1</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>49.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9780000503930</t>
+          <t>9787666000018</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Dünya Rekorlar Kitapları (2 Kitap Takım)</t>
+          <t>Disney Esrarengiz Kasaba - Koleksiyon Sandığı ve Poster</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>139</v>
+        <v>416.4</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052420508</t>
+          <t>9786052428474</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Zürafalar Dans Edemez (15. Yıl Özel Baskısı)</t>
+          <t>Spiderman Mega Boyama Çantası</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>78</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052420522</t>
+          <t>9786052428498</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ayını Asla Okula Götürme</t>
+          <t>Kukuli - Mega Boyama Çantası</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>84.9</v>
+        <v>68</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052420584</t>
+          <t>9786254360725</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Muzlar?</t>
+          <t>DC Comics: Teen Titans Go! Büyümek Kolay Değil!</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054716722</t>
+          <t>9786254360732</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Leoparlar (Ciltli)</t>
+          <t>DC Comics: Teen Titans Go! Canavar Çocuk Kankam Benim!</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>25</v>
+        <v>98</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054716715</t>
+          <t>9786254360749</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşlar (Ciltli)</t>
+          <t>DC Comics: Teen Titans Go! Harikasın Kuzgun!</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>25</v>
+        <v>98</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054716708</t>
+          <t>9786254360756</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Cesur Köpek (Ciltli)</t>
+          <t>DC Comics: Teen Titans Go! Oyun Zamanı!</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>22.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054716920</t>
+          <t>9786254361012</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Balina (Ciltli)</t>
+          <t>Etkinlikler Ve Boyamalar (Ayıcık)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>25</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9781426316845</t>
+          <t>9786052421666</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Funny Fill-In: My Medieval Adventure</t>
+          <t>Guinness World Records 2019 (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>16.67</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052421802</t>
+          <t>9786052421673</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spiderman Çizim Kitabı</t>
+          <t>Guinness World Records Gamer's Edition 2019</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>34.9</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053339021</t>
+          <t>9780000503930</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Prensesler Uslu Durmaz</t>
+          <t>Dünya Rekorlar Kitapları (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>35</v>
+        <v>139</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053339090</t>
+          <t>9786052420508</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Venom’la Mücadele!</t>
+          <t>Zürafalar Dans Edemez (15. Yıl Özel Baskısı)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>9.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053339106</t>
+          <t>9786052420522</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Taskmaster’la Mücadele!</t>
+          <t>Ayını Asla Okula Götürme</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>9.5</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053339083</t>
+          <t>9786052420584</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Iron Spider’ın Uçuşu!</t>
+          <t>Nerede Bu Muzlar?</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>9.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053339076</t>
+          <t>9786054716722</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Doom’la Mücadele!</t>
+          <t>Şanslı Leoparlar (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>9.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053339236</t>
+          <t>9786054716715</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man Çıkartma Sahneleri</t>
+          <t>En İyi Arkadaşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>12.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053339069</t>
+          <t>9786054716708</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Büyük Sorumluluk!</t>
+          <t>Cesur Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>9.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053339052</t>
+          <t>9786054716920</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider-Man Büyük Güç!</t>
+          <t>Arkadaşım Balina (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>9.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053338819</t>
+          <t>9781426316845</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Marvel Guardians Of The Galaxy Vol 2 - Filmin Hikayesi</t>
+          <t>Funny Fill-In: My Medieval Adventure</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>14.9</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053338833</t>
+          <t>9786052421802</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Marvel Guardians Of The Galaxy Vol 2</t>
+          <t>Marvel Spiderman Çizim Kitabı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>12.5</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053337836</t>
+          <t>9786053339021</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Star Wars (Ciltli)</t>
+          <t>Prensesler Uslu Durmaz</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>39.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053336686</t>
+          <t>9786053339090</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: Oku ve Boya</t>
+          <t>Marvel - Ultimate Spider-Man Venom’la Mücadele!</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>45</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053336693</t>
+          <t>9786053339106</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Oku ve Boya</t>
+          <t>Marvel - Ultimate Spider-Man Taskmaster’la Mücadele!</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>45</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9781426310782</t>
+          <t>9786053339083</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tiger in Trouble!</t>
+          <t>Marvel - Ultimate Spider-Man Iron Spider’ın Uçuşu!</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>16.67</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9781426314575</t>
+          <t>9786053339076</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Lucky Leopards!</t>
+          <t>Marvel - Ultimate Spider-Man Doom’la Mücadele!</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>16.67</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9781426313967</t>
+          <t>9786053339236</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Courageous Canine!</t>
+          <t>Marvel Ultimate Spider-Man Çıkartma Sahneleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>16.67</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9781426315206</t>
+          <t>9786053339069</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>The Whale Who Won Hearts!</t>
+          <t>Marvel - Ultimate Spider-Man Büyük Sorumluluk!</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>16.67</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053339311</t>
+          <t>9786053339052</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider Man : Poster Boyama Kitabım</t>
+          <t>Marvel - Ultimate Spider-Man Büyük Güç!</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>39.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053339328</t>
+          <t>9786053338819</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Ultimate Spider Man</t>
+          <t>Marvel Guardians Of The Galaxy Vol 2 - Filmin Hikayesi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>27.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053339335</t>
+          <t>9786053338833</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Marvel - Iron Man</t>
+          <t>Marvel Guardians Of The Galaxy Vol 2</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>27.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053339144</t>
+          <t>9786053337836</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk - Eve Dönüş Yolculuğu</t>
+          <t>Yeni Başlayanlar İçin Star Wars (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>89.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053339137</t>
+          <t>9786053336686</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk</t>
+          <t>Marvel Avengers Assemble: Oku ve Boya</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>89.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052421239</t>
+          <t>9786053336693</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Don Sever</t>
+          <t>Marvel Ultimate Spider-Man: Oku ve Boya</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>84.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052420652</t>
+          <t>9781426310782</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Hektor ile Sinek Kuşu</t>
+          <t>Tiger in Trouble!</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>139.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052421697</t>
+          <t>9781426314575</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Rekorları</t>
+          <t>Lucky Leopards!</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>37.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053338628</t>
+          <t>9781426313967</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İlk Nasıllar Kitabım (Ciltli)</t>
+          <t>Courageous Canine!</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>68</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053334668</t>
+          <t>9781426315206</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Dinozor Aktivite Kutusu (4 Kitap Takım) (Ciltli)</t>
+          <t>The Whale Who Won Hearts!</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>32.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053333104</t>
+          <t>9786053339311</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanları Kurtarmak Seviye 2</t>
+          <t>Marvel Ultimate Spider Man : Poster Boyama Kitabım</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>45</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053339403</t>
+          <t>9786053339328</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Uzay Denen Karanlık</t>
+          <t>Marvel - Ultimate Spider Man</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>42.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053338802</t>
+          <t>9786053339335</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Guinness Dünya Rekorlar Kitabı (Türkçe) 2018 (Ciltli)</t>
+          <t>Marvel - Iron Man</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>60.19</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053339182</t>
+          <t>9786053339144</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Guinness World Records Gamer’s Edition</t>
+          <t>Tombul Tavuk - Eve Dönüş Yolculuğu</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>36.57</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053338772</t>
+          <t>9786053339137</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Marvel - İyi Geceler, Groot</t>
+          <t>Tombul Tavuk</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>19.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052421420</t>
+          <t>9786052421239</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Tom’un Olağanüstü Makineleri</t>
+          <t>Canavarlar Don Sever</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>42.5</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052421079</t>
+          <t>9786052420652</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fare ile Kırmızı Duvar</t>
+          <t>Hektor ile Sinek Kuşu</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>84.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052420478</t>
+          <t>9786052421697</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Keşfedin - Bal Arısı</t>
+          <t>Dinozor Rekorları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>59.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053336365</t>
+          <t>9786053338628</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man 1000 Çıkartma</t>
+          <t>İlk Nasıllar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>25.46</v>
+        <v>68</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053338826</t>
+          <t>9786053334668</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Marvel -  Guardians of the Galaxy Vol: 2 Çapulcular’ın İntikamı</t>
+          <t>Muhteşem Dinozor Aktivite Kutusu (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>9.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786053336266</t>
+          <t>9786053333104</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Marvel The Amazing Spider-Man: Dövmeli Aktivite Kitabı</t>
+          <t>Yavru Hayvanları Kurtarmak Seviye 2</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>29.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053336495</t>
+          <t>9786053339403</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Marvel Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
+          <t>Uzay Denen Karanlık</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>350</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053336013</t>
+          <t>9786053338802</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Guinness Dünya Rekorlar Kitabı 2017 (Ciltli)</t>
+          <t>Guinness Dünya Rekorlar Kitabı (Türkçe) 2018 (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>53.7</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053335948</t>
+          <t>9786053339182</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Berk'in Binicileri</t>
+          <t>Guinness World Records Gamer’s Edition</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>28</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053335009</t>
+          <t>9786053338772</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Disney - Karlar Ülkesi (Ciltli)</t>
+          <t>Marvel - İyi Geceler, Groot</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>39.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053335627</t>
+          <t>9786052421420</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Kung Fu Panda 3 (Çıkartmalı Eğlence Kitabım)</t>
+          <t>Tom’un Olağanüstü Makineleri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>29.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053335634</t>
+          <t>9786052421079</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kung Fu Panda 3 - (3000 Muhteşem Çıkartma)</t>
+          <t>Küçük Fare ile Kırmızı Duvar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>35</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053334002</t>
+          <t>9786052420478</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi: Elsa'nın Hediyesi (Ciltli)</t>
+          <t>Dünyamızı Keşfedin - Bal Arısı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>34.72</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053336150</t>
+          <t>9786053336365</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Dreamworks Dragons: Riders Of Berk (Ciltli)</t>
+          <t>Marvel Spider-Man 1000 Çıkartma</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>49.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053336174</t>
+          <t>9786053338826</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds Space - Uzaya Doğru Öfkeli Bir Uçuş</t>
+          <t>Marvel -  Guardians of the Galaxy Vol: 2 Çapulcular’ın İntikamı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>20.83</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052421642</t>
+          <t>9786053336266</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek - İnsan Vücudu</t>
+          <t>Marvel The Amazing Spider-Man: Dövmeli Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>399.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052420591</t>
+          <t>9786053336495</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Umut - Star Wars</t>
+          <t>Marvel Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>19.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052420614</t>
+          <t>9786053336013</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Jedi’ın Dönüşü - Star Wars</t>
+          <t>Guinness Dünya Rekorlar Kitabı 2017 (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>19.5</v>
+        <v>53.7</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052420607</t>
+          <t>9786053335948</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İmparator’un Dönüşü - Star Wars</t>
+          <t>DreamWorks Dragons - Berk'in Binicileri</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>19.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053337928</t>
+          <t>9786053335009</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Marvel Süper Kahramanın Çizim Kitabı</t>
+          <t>Disney - Karlar Ülkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>34.9</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053337034</t>
+          <t>9786053335627</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Disney Moana: Hakkında Her Şey (Ciltli)</t>
+          <t>DreamWorks - Kung Fu Panda 3 (Çıkartmalı Eğlence Kitabım)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>138</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053335900</t>
+          <t>9786053335634</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Güç Uyanıyor: Görsel Ansiklopedi (Ciltli)</t>
+          <t>Kung Fu Panda 3 - (3000 Muhteşem Çıkartma)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>62.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052421529</t>
+          <t>9786053334002</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Sonsuzluk Savaşı - 100 Çıkartma</t>
+          <t>Disney Karlar Ülkesi: Elsa'nın Hediyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>15</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052421352</t>
+          <t>9786053336150</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Dreamworks Dragons: Riders Of Berk (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>25</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052421345</t>
+          <t>9786053336174</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed</t>
+          <t>Angry Birds Space - Uzaya Doğru Öfkeli Bir Uçuş</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>29.5</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052421512</t>
+          <t>9786052421642</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Sonsuzluk Savaşı - Boyama Kitabı</t>
+          <t>Garip Ama Gerçek - İnsan Vücudu</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>12.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053339229</t>
+          <t>9786052420591</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Sayılar ve Sayma Alıştırmaları</t>
+          <t>Yeni Bir Umut - Star Wars</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>15</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053339212</t>
+          <t>9786052420614</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Matematik Alıştırmaları</t>
+          <t>Jedi’ın Dönüşü - Star Wars</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>15</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053339205</t>
+          <t>9786052420607</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble - Çarpım Tablosu Alıştırmaları</t>
+          <t>İmparator’un Dönüşü - Star Wars</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>15</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053334040</t>
+          <t>9786053337928</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Disney Happy Tin: Prenses</t>
+          <t>Marvel Süper Kahramanın Çizim Kitabı</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>49.5</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053334026</t>
+          <t>9786053337034</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Disney Happy Tin: Karlar Ülkesi Kutlama</t>
+          <t>Disney Moana: Hakkında Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>45.83</v>
+        <v>138</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053334774</t>
+          <t>9786053335900</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Ejderhalar Uçuşta (Poster Kitap) (Ciltli)</t>
+          <t>Star Wars Güç Uyanıyor: Görsel Ansiklopedi (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>37.5</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053334705</t>
+          <t>9786052421529</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Süper Bulmaca</t>
+          <t>Marvel Avengers Sonsuzluk Savaşı - 100 Çıkartma</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>29.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053339397</t>
+          <t>9786052421352</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Marvel İron Man Düello</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053337454</t>
+          <t>9786052421345</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Timsah</t>
+          <t>Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>19.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053337447</t>
+          <t>9786052421512</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözü İnek</t>
+          <t>Marvel Avengers Sonsuzluk Savaşı - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>48</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053337430</t>
+          <t>9786053339229</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Fil</t>
+          <t>Marvel Spider-Man Sayılar ve Sayma Alıştırmaları</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053337423</t>
+          <t>9786053339212</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Balık</t>
+          <t>Marvel Spider-Man Matematik Alıştırmaları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053338222</t>
+          <t>9786053339205</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Marvel Iron Man: Başlangıç</t>
+          <t>Marvel Avengers Assemble - Çarpım Tablosu Alıştırmaları</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>12.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053338215</t>
+          <t>9786053334040</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Marvel Captain America: Başlangıç</t>
+          <t>Disney Happy Tin: Prenses</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>12.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786053336341</t>
+          <t>9786053334026</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Sen de Ferrari Kullan: Yol Macerası</t>
+          <t>Disney Happy Tin: Karlar Ülkesi Kutlama</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>34.9</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053336334</t>
+          <t>9786053334774</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Çıkartma Kitabı: Spor Arabalar</t>
+          <t>DreamWorks Dragons - Ejderhalar Uçuşta (Poster Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>27.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053336327</t>
+          <t>9786053334705</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Boyama Kitabı: Fabrika Ziyareti</t>
+          <t>DreamWorks Dragons - Süper Bulmaca</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>24.9</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053336303</t>
+          <t>9786053339397</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Aktivite Kitabı: Fabrika Ziyareti</t>
+          <t>Marvel İron Man Düello</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>24.9</v>
+        <v>35</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786053336310</t>
+          <t>9786053337454</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Boyama Kitabı: Yarış Zamanı</t>
+          <t>Pörtlek Gözlü Timsah</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>24.9</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053336297</t>
+          <t>9786053337447</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Aktivite Kitabı: Yarış Zamanı</t>
+          <t>Pörtlek Gözü İnek</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>24.9</v>
+        <v>48</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053338239</t>
+          <t>9786053337430</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man: Başlangıç</t>
+          <t>Pörtlek Gözlü Fil</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>12.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053338673</t>
+          <t>9786053337423</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Mars - Kızıl Gezegen</t>
+          <t>Pörtlek Gözlü Balık</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>17.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053335016</t>
+          <t>9786053338222</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi</t>
+          <t>Marvel Iron Man: Başlangıç</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>38</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053336563</t>
+          <t>9786053338215</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Yapıştır - Oyna</t>
+          <t>Marvel Captain America: Başlangıç</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>18.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053336556</t>
+          <t>9786053336341</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Yapıştır - Boya</t>
+          <t>Sen de Ferrari Kullan: Yol Macerası</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>12.5</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053336617</t>
+          <t>9786053336334</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Marvel Captain America: Civil War</t>
+          <t>Ferrari Çıkartma Kitabı: Spor Arabalar</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>15</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053336594</t>
+          <t>9786053336327</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Yapıştır - Boya</t>
+          <t>Ferrari Boyama Kitabı: Fabrika Ziyareti</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>12.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053336587</t>
+          <t>9786053336303</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: Çıkartma Sahneleri</t>
+          <t>Ferrari Aktivite Kitabı: Fabrika Ziyareti</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>12.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053336648</t>
+          <t>9786053336310</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Age Of Ultron: Filmin Kitabı</t>
+          <t>Ferrari Boyama Kitabı: Yarış Zamanı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>14.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053338116</t>
+          <t>9786053336297</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Renklendir ve Oyna</t>
+          <t>Ferrari Aktivite Kitabı: Yarış Zamanı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>12.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053338147</t>
+          <t>9786053338239</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Filmin Hikayesini Tasarla ve Boya</t>
+          <t>Marvel Spider-Man: Başlangıç</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053338130</t>
+          <t>9786053338673</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Iron Man: Renklendir ve Oyna</t>
+          <t>Mars - Kızıl Gezegen</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>12.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053332534</t>
+          <t>9786053335016</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Renkleri</t>
+          <t>Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>4.17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786053332541</t>
+          <t>9786053336563</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Sesleri (Ciltli)</t>
+          <t>Marvel Ultimate Spider-Man: Yapıştır - Oyna</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>4.17</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053332527</t>
+          <t>9786053336556</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Görüntüsü (Ciltli)</t>
+          <t>Marvel Ultimate Spider-Man: Yapıştır - Boya</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>4.17</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053332589</t>
+          <t>9786053336617</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar (Ciltli)</t>
+          <t>Marvel Captain America: Civil War</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>4.17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053336402</t>
+          <t>9786053336594</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Hikayeleri Koleksiyonum</t>
+          <t>Marvel Avengers: Yapıştır - Boya</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>35</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053336198</t>
+          <t>9786053336587</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha!</t>
+          <t>Marvel Avengers Assemble: Çıkartma Sahneleri</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>29.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053336211</t>
+          <t>9786053336648</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Temiz</t>
+          <t>Marvel Avengers Age Of Ultron: Filmin Kitabı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>65</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053333661</t>
+          <t>9786053338116</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Rachel ve Johnny ile Beze Elveda</t>
+          <t>Marvel Ultimate Spider-Man: Renklendir ve Oyna</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>20.83</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053333647</t>
+          <t>9786053338147</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Johnny ile Ay'a Ulaşmak!</t>
+          <t>Marvel Ultimate Spider-Man: Filmin Hikayesini Tasarla ve Boya</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>20.83</v>
+        <v>15</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053333654</t>
+          <t>9786053338130</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Rachel ve Johnny ile Ben de Yapabilirim!</t>
+          <t>Marvel Avengers Iron Man: Renklendir ve Oyna</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>22.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053332640</t>
+          <t>9786053332534</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Minik Hayvanlar (Ciltli)</t>
+          <t>Hayvan Renkleri</t>
         </is>
       </c>
       <c r="C460" s="1">
         <v>4.17</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053332596</t>
+          <t>9786053332541</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Su Hayvanları (Ciltli)</t>
+          <t>Hayvan Sesleri (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
         <v>4.17</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053332626</t>
+          <t>9786053332527</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar (Ciltli)</t>
+          <t>Hayvanların Görüntüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
         <v>4.17</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053332633</t>
+          <t>9786053332589</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları (Ciltli)</t>
+          <t>Kuşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>4.17</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786054716142</t>
+          <t>9786053336402</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Süper Star Hayvanlar</t>
+          <t>DreamWorks Hikayeleri Koleksiyonum</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>98</v>
+        <v>35</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786054716180</t>
+          <t>9786053336198</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Şirin Hayvanlar</t>
+          <t>Bir Daha!</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>23.15</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054716166</t>
+          <t>9786053336211</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Harika Hayvanlar (Çıkartma ve Aktivite Kitabı)</t>
+          <t>Temiz</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>23.15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053335757</t>
+          <t>9786053333661</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: Kepçeler</t>
+          <t>Rachel ve Johnny ile Beze Elveda</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>19</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053335764</t>
+          <t>9786053333647</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: Kepçe Boyama</t>
+          <t>Johnny ile Ay'a Ulaşmak!</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>12.96</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053335733</t>
+          <t>9786053333654</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: Kamyonlar</t>
+          <t>Rachel ve Johnny ile Ben de Yapabilirim!</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>19</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053335740</t>
+          <t>9786053332640</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İlk JBC'lerim: İş Makineleri</t>
+          <t>Minik Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>19</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053335399</t>
+          <t>9786053332596</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>3D Dinozorlar (Ciltli)</t>
+          <t>Su Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>95</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053333289</t>
+          <t>9786053332626</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>3D Hayvanlar (Ciltli)</t>
+          <t>Yavru Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>69.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053332237</t>
+          <t>9786053332633</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Yaz-Sil  / Zamanı Öğreniyorum</t>
+          <t>Çiftlik Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>39.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054716678</t>
+          <t>9786054716142</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds Playground Dinozorlar (Ciltli)</t>
+          <t>Süper Star Hayvanlar</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>36.57</v>
+        <v>98</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786054716685</t>
+          <t>9786054716180</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds Playground Hayvanlar (Ciltli)</t>
+          <t>Şirin Hayvanlar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>45</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053335450</t>
+          <t>9786054716166</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Droid Fabrikası</t>
+          <t>Harika Hayvanlar (Çıkartma ve Aktivite Kitabı)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>39.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053335467</t>
+          <t>9786053335757</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi: Olaf Yapsak Senle</t>
+          <t>İlk JBC'lerim: Kepçeler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>39.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053335429</t>
+          <t>9786053335764</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Star Wars: Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
+          <t>İlk JBC'lerim: Kepçe Boyama</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>82.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053337706</t>
+          <t>9786053335733</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Star Wars Rogue One Muhteşem Çıkartma Koleksiyonu</t>
+          <t>İlk JBC'lerim: Kamyonlar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>27.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053336204</t>
+          <t>9786053335740</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Rosie’nin Şapkası</t>
+          <t>İlk JBC'lerim: İş Makineleri</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>29.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053332381</t>
+          <t>9786053335399</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Hayvanat Bahçesi</t>
+          <t>3D Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>11.57</v>
+        <v>95</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053332398</t>
+          <t>9786053333289</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Boya - Uzay</t>
+          <t>3D Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>12</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053332374</t>
+          <t>9786053332237</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Bul ve Boya</t>
+          <t>Yaz-Sil  / Zamanı Öğreniyorum</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>12</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053336631</t>
+          <t>9786054716678</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Başlangıç</t>
+          <t>Angry Birds Playground Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>12.5</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053337768</t>
+          <t>9786054716685</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Hulk ile Süper Boyama</t>
+          <t>Angry Birds Playground Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>12.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053337782</t>
+          <t>9786053335450</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Iron Man ile Süper Boyama</t>
+          <t>Star Wars: Droid Fabrikası</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>13.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053337775</t>
+          <t>9786053335467</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers: Thor ile Süper Boyama</t>
+          <t>Disney Karlar Ülkesi: Olaf Yapsak Senle</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>12.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786053335405</t>
+          <t>9786053335429</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Disney Kitabı (Ciltli)</t>
+          <t>Star Wars: Hakkında Bilmeniz Gereken Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>199</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786053335580</t>
+          <t>9786053337706</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Karlar Ülkesi - Sihirli Hikayeler</t>
+          <t>Star Wars Rogue One Muhteşem Çıkartma Koleksiyonu</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>41.67</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786053335597</t>
+          <t>9786053336204</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Minnie Kutulu - 4 Kitap Takım</t>
+          <t>Rosie’nin Şapkası</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>49.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786053335603</t>
+          <t>9786053332381</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Mater'in Abartılı Hikayeler Koleksiyonu (4 Kitap Takım)</t>
+          <t>Bul ve Boya - Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>49.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053334910</t>
+          <t>9786053332398</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Hakkında Her Şey</t>
+          <t>Bul ve Boya - Uzay</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>29.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053334903</t>
+          <t>9786053332374</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Futbol Hakkında Her Şey</t>
+          <t>Dinozorlar - Bul ve Boya</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>99.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053333746</t>
+          <t>9786053336631</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Süper Çıkartma Aktivite Serisi - Dinozorlar</t>
+          <t>Marvel Avengers: Başlangıç</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>39.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053333753</t>
+          <t>9786053337768</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Süper Çıkartma Aktivite Serisi - Hayvanlar</t>
+          <t>Marvel Avengers: Hulk ile Süper Boyama</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>39.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053337683</t>
+          <t>9786053337782</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: Yaratıcı Çocuklar İçin Süper Albüm</t>
+          <t>Marvel Avengers: Iron Man ile Süper Boyama</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>29.5</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053337799</t>
+          <t>9786053337775</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Marvel - The Amazing Spider-Man vs Lizard</t>
+          <t>Marvel Avengers: Thor ile Süper Boyama</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>9.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053337805</t>
+          <t>9786053335405</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Marvel - The Amazing Spider-Man vs Green Goblin</t>
+          <t>Disney Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>9.5</v>
+        <v>199</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053337812</t>
+          <t>9786053335580</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Marvel - The Amazing Spider-Man vs Doctor Octopus</t>
+          <t>Karlar Ülkesi - Sihirli Hikayeler</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>9.5</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789756417812</t>
+          <t>9786053335597</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Depremler</t>
+          <t>Minnie Kutulu - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>6.02</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789756417782</t>
+          <t>9786053335603</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Balık!</t>
+          <t>Mater'in Abartılı Hikayeler Koleksiyonu (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>6.02</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786053335931</t>
+          <t>9786053334910</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - Berk'in Koruyucuları (Ciltli)</t>
+          <t>Köpekler Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>28</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053334958</t>
+          <t>9786053334903</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks Dragons - İki Ejderhanın Hikayesi</t>
+          <t>Futbol Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>37.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053335610</t>
+          <t>9786053333746</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>DreamWorks - Kung Fu Panda 3 (Filmin Kitabı) (Ciltli)</t>
+          <t>Süper Çıkartma Aktivite Serisi - Dinozorlar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>28</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786053334965</t>
+          <t>9786053333753</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Dinozor (Ciltli)</t>
+          <t>Süper Çıkartma Aktivite Serisi - Hayvanlar</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>29.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053334156</t>
+          <t>9786053337683</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari : Leoparlar (Ciltli)</t>
+          <t>Marvel Ultimate Spider-Man: Yaratıcı Çocuklar İçin Süper Albüm</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>22.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786053334149</t>
+          <t>9786053337799</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Gergedanlar (Ciltli)</t>
+          <t>Marvel - The Amazing Spider-Man vs Lizard</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>59.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053334132</t>
+          <t>9786053337805</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Filler (Ciltli)</t>
+          <t>Marvel - The Amazing Spider-Man vs Green Goblin</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>22.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053334125</t>
+          <t>9786053337812</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Çitalar (Ciltli)</t>
+          <t>Marvel - The Amazing Spider-Man vs Doctor Octopus</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>22.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786053334118</t>
+          <t>9789756417812</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Afrika'da Safari: Aslanlar (Ciltli)</t>
+          <t>Depremler</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>22.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786053334972</t>
+          <t>9789756417782</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Hakkında Her Şey (Ciltli)</t>
+          <t>Merhaba Balık!</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>29.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053333548</t>
+          <t>9786053335931</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Guinness Dünya Rekorlar Kitabı 2016</t>
+          <t>DreamWorks Dragons - Berk'in Koruyucuları (Ciltli)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>60.19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786053335542</t>
+          <t>9786053334958</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Don Sever</t>
+          <t>DreamWorks Dragons - İki Ejderhanın Hikayesi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>149.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786053335535</t>
+          <t>9786053335610</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Don Sever</t>
+          <t>DreamWorks - Kung Fu Panda 3 (Filmin Kitabı) (Ciltli)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053334019</t>
+          <t>9786053334965</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Disney Galaksinin Gemileri: Star Wars Güç Uyanıyor (Ciltli)</t>
+          <t>İyi Bir Dinozor (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>32</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786053334835</t>
+          <t>9786053334156</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Disney Star Wars - Güç Uyanıyor</t>
+          <t>Afrika'da Safari : Leoparlar (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>38</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786053333487</t>
+          <t>9786053334149</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Trenler 1</t>
+          <t>Afrika'da Safari: Gergedanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>9.03</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053333050</t>
+          <t>9786053334132</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Deniz Samurları</t>
+          <t>Afrika'da Safari: Filler (Ciltli)</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>14.95</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053332831</t>
+          <t>9786053334125</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Baykuşlar</t>
+          <t>Afrika'da Safari: Çitalar (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>14.95</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053333074</t>
+          <t>9786053334118</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Tembel Hayvan</t>
+          <t>Afrika'da Safari: Aslanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>54.9</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053333111</t>
+          <t>9786053334972</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Yavru Köpek</t>
+          <t>Disney Karlar Ülkesi Hakkında Her Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>54.9</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053332817</t>
+          <t>9786053333548</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Aslan Yavrusu</t>
+          <t>Guinness Dünya Rekorlar Kitabı 2016</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>98</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786053333135</t>
+          <t>9786053335542</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Zıplayan Tavşan</t>
+          <t>Korsanlar Don Sever</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>54.9</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053333159</t>
+          <t>9786053335535</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Denizayıları</t>
+          <t>Uzaylılar Don Sever</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>16.95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053333081</t>
+          <t>9786053334019</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Timsahlar</t>
+          <t>Disney Galaksinin Gemileri: Star Wars Güç Uyanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>98</v>
+        <v>32</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053332770</t>
+          <t>9786053334835</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem Araçlar Kutulu Set</t>
+          <t>Disney Star Wars - Güç Uyanıyor</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053332787</t>
+          <t>9786053333487</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem Hayvanlar Kutulu Set</t>
+          <t>Trenler 1</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>36.57</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052428757</t>
+          <t>9786053333050</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 4</t>
+          <t>Deniz Samurları</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>79.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052428764</t>
+          <t>9786053332831</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 3</t>
+          <t>Baykuşlar</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>79.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052428740</t>
+          <t>9786053333074</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 2</t>
+          <t>Tembel Hayvan</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>79.5</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052428771</t>
+          <t>9786053333111</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Süper Paket 1</t>
+          <t>Yavru Köpek</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>79.5</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052429020</t>
+          <t>9786053332817</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 1</t>
+          <t>Aslan Yavrusu</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>49.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052553510</t>
+          <t>9786053333135</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzayı Keşfediyorum Mini Set (6 Kitap Takım)</t>
+          <t>Zıplayan Tavşan</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>537</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052428559</t>
+          <t>9786053333159</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 2. Cilt</t>
+          <t>Denizayıları</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>48</v>
+        <v>16.95</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052428573</t>
+          <t>9786053333081</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 4. Cilt</t>
+          <t>Timsahlar</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>48</v>
+        <v>98</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052428542</t>
+          <t>9786053332770</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 1. Cilt</t>
+          <t>İlk Kütüphanem Araçlar Kutulu Set</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052428580</t>
+          <t>9786053332787</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 5. Cilt</t>
+          <t>İlk Kütüphanem Hayvanlar Kutulu Set</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>48</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052429525</t>
+          <t>9786052428757</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kardan Arkadaş - Öykü Kitabı</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 4</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>49.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052427897</t>
+          <t>9786052428764</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Sözcükleri Keşfediyorum (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 3</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>84.9</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052427880</t>
+          <t>9786052428740</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler - Sözcükleri Keşfediyorum (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 2</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>99.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052427866</t>
+          <t>9786052428771</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Süper Paket 1</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>149.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052427811</t>
+          <t>9786052429020</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Uzay Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
+          <t>Kukuli Aktivite Kitabı - 1</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>149.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052429815</t>
+          <t>9786052553510</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Vız Vız Arı</t>
+          <t>National Geographic Kids - Uzayı Keşfediyorum Mini Set (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>76</v>
+        <v>537</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786254360213</t>
+          <t>9786052428559</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Star ve Marco’nun Her Boyutta Uzmanlaşma Rehberi - Disney- Star Kötü Güçlere Karşı</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 2. Cilt</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>249.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052427637</t>
+          <t>9786052428573</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi 2</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 4. Cilt</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>44.9</v>
+        <v>48</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052427439</t>
+          <t>9786052428542</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hazine - Disney Karlar Ülkesi</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 1. Cilt</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>99.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052427408</t>
+          <t>9786052428580</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Kahraman - Disney Karlar Ülkesi</t>
+          <t>Disney Esrarengiz Kasaba - Çizgi Diziden Öyküler 5. Cilt</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>78</v>
+        <v>48</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052427569</t>
+          <t>9786052429525</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Disney Maona</t>
+          <t>Kardan Arkadaş - Öykü Kitabı</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>99.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052427613</t>
+          <t>9786052427897</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar - Arabalar 1</t>
+          <t>Renkler - Sözcükleri Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>44.9</v>
+        <v>84.9</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052427552</t>
+          <t>9786052427880</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar - Arabalar 3</t>
+          <t>Yiyecekler - Sözcükleri Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052427514</t>
+          <t>9786052427866</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Disney Pixar - Toy Story 4</t>
+          <t>Dinozorlar Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>99.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052529775</t>
+          <t>9786052427811</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzayı Keşfediyorum (12 Kitap Takım) (Ciltli)</t>
+          <t>Uzay Kitabım - İlk Kitaplarım Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>1434</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052425336</t>
+          <t>9786052429815</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Yavru Köpek</t>
+          <t>Vız Vız Arı</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>39.5</v>
+        <v>76</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052425343</t>
+          <t>9786254360213</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Yavru Kedi</t>
+          <t>Star ve Marco’nun Her Boyutta Uzmanlaşma Rehberi - Disney- Star Kötü Güçlere Karşı</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>39.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052427071</t>
+          <t>9786052427637</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Böcekler İş Başında - Marvel Super Hero Adventures</t>
+          <t>Disney Karlar Ülkesi 2</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>24.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052427088</t>
+          <t>9786052427439</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Hediyesi - Marvel Super Hero Adventures</t>
+          <t>Gerçek Hazine - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>24.9</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052427064</t>
+          <t>9786052427408</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Kum Tuzağı - Marvel Super Hero Adventures</t>
+          <t>İçimizdeki Kahraman - Disney Karlar Ülkesi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>24.9</v>
+        <v>78</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052427095</t>
+          <t>9786052427569</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>İnanılmaz Marvel Takımı - Marvel Super Hero Adventures</t>
+          <t>Disney Maona</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>24.9</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786055415693</t>
+          <t>9786052427613</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Yarış Günü</t>
+          <t>Disney Pixar - Arabalar 1</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>14.95</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053339250</t>
+          <t>9786052427552</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Yarasalar - Seviye 2</t>
+          <t>Disney Pixar - Arabalar 3</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>98</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786058883376</t>
+          <t>9786052427514</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanı Hayvanları (Ciltli)</t>
+          <t>Disney Pixar - Toy Story 4</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>42.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786055415747</t>
+          <t>9786052529775</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayvanlar Atlası (Ciltli)</t>
+          <t>National Geographic Kids - Uzayı Keşfediyorum (12 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>39.5</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053338956</t>
+          <t>9786052425336</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Uçaklar - Seviye 1</t>
+          <t>Pörtlek Gözlü Yavru Köpek</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>9.03</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786054716067</t>
+          <t>9786052425343</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Karşılaşmalar</t>
+          <t>Pörtlek Gözlü Yavru Kedi</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>19.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786054716043</t>
+          <t>9786052427071</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Tehlikedeki Kaplan</t>
+          <t>Böcekler İş Başında - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>29.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786058883345</t>
+          <t>9786052427088</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Safari Hayvanlar (Ciltli)</t>
+          <t>Yeni Yıl Hediyesi - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>36.57</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053338949</t>
+          <t>9786052427064</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Safari</t>
+          <t>Kum Tuzağı - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>54.9</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053332718</t>
+          <t>9786052427095</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Roma Gezi Rehberi</t>
+          <t>İnanılmaz Marvel Takımı - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>33.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053332701</t>
+          <t>9786055415693</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Paris Gezi Rehberi</t>
+          <t>Yarış Günü</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>249.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786055415853</t>
+          <t>9786053339250</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Hayvanlar</t>
+          <t>Yarasalar - Seviye 2</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>3.66</v>
+        <v>98</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786058883369</t>
+          <t>9786058883376</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Hayvanları (Ciltli)</t>
+          <t>Yağmur Ormanı Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>36.57</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786055415310</t>
+          <t>9786055415747</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balıkları Hakkında Herşey</t>
+          <t>Vahşi Hayvanlar Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>29.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786055415563</t>
+          <t>9786053338956</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Köpekler</t>
+          <t>Uçaklar - Seviye 1</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>4.63</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052421406</t>
+          <t>9786054716067</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yunusları Bulan Köpek</t>
+          <t>Tehlikeli Karşılaşmalar</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>29.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786055415594</t>
+          <t>9786054716043</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kamyonlar - Seviye 1</t>
+          <t>Tehlikedeki Kaplan</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>37.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786058883352</t>
+          <t>9786058883345</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi (Ciltli)</t>
+          <t>Safari Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>32.41</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786055415457</t>
+          <t>9786053338949</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Alfabesi (Ciltli)</t>
+          <t>Safari</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>13.89</v>
+        <v>54.9</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786055415464</t>
+          <t>9786053332718</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Harika Hayvanlar</t>
+          <t>Roma Gezi Rehberi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>18.06</v>
+        <v>33.5</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786054716029</t>
+          <t>9786053332701</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! - Beceriksiz Suçlular</t>
+          <t>Paris Gezi Rehberi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>18.06</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786055415105</t>
+          <t>9786055415853</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Büyük Eğlence Kitabı!</t>
+          <t>Ölümcül Hayvanlar</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>18.06</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786054716098</t>
+          <t>9786058883369</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Angry Birds - Tüylü ve Öfkeli Kuşlar Hakkında 50 Gerçek Hikaye</t>
+          <t>Okyanus Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>18.06</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786055415303</t>
+          <t>9786055415310</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kediler Hakkında Herşey</t>
+          <t>Köpek Balıkları Hakkında Herşey</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>79.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786055415662</t>
+          <t>9786055415563</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Büyük Göçler - Kelebekler</t>
+          <t>Kediler ve Köpekler</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>29.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786055415860</t>
+          <t>9786052421406</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kaplumbağaları</t>
+          <t>Kayıp Yunusları Bulan Köpek</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>3.66</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786055415846</t>
+          <t>9786055415594</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Çitalar</t>
+          <t>Kamyonlar - Seviye 1</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>3.66</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053336419</t>
+          <t>9786058883352</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Hayvanlar Alemi (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>65</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053336426</t>
+          <t>9786055415457</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Hayvan Alfabesi (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>65</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052424094</t>
+          <t>9786055415464</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Maskeli ve Çıkartmalı Boyama Kitabı</t>
+          <t>Harika Hayvanlar</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>18</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9787770555237</t>
+          <t>9786054716029</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çizgi Roman (4 Kitap)</t>
+          <t>Garip Ama Gerçek! - Beceriksiz Suçlular</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>308</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052429242</t>
+          <t>9786055415105</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Sihir Kitabı - Disney Star Kötü Güçlere Karşı (Ciltli)</t>
+          <t>Büyük Eğlence Kitabı!</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>449.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052427002</t>
+          <t>9786054716098</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Captain Marvel - Marvel Super Hero Adventures</t>
+          <t>Angry Birds - Tüylü ve Öfkeli Kuşlar Hakkında 50 Gerçek Hikaye</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>8.95</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052426982</t>
+          <t>9786055415303</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Spider-Man - Marvel Super Hero Adventures</t>
+          <t>Büyük Kediler Hakkında Herşey</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>8.95</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052427026</t>
+          <t>9786055415662</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Iron Man - Marvel Super Hero Adventures</t>
+          <t>Büyük Göçler - Kelebekler</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>8.95</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052427033</t>
+          <t>9786055415860</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Hulk - Marvel Super Hero Adventures</t>
+          <t>Deniz Kaplumbağaları</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>8.95</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052426999</t>
+          <t>9786055415846</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Ghost-Spider - Marvel Super Hero Adventures</t>
+          <t>Çitalar</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>8.95</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052427019</t>
+          <t>9786053336419</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım Black Widow - Marvel Super Hero Adventures</t>
+          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>8.95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052425565</t>
+          <t>9786053336426</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Yarının Ordusu - Captain America</t>
+          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>29.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052425558</t>
+          <t>9786052424094</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Zombi Savar - Ant-Man</t>
+          <t>Marvel Spider-Man Maskeli ve Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>29.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052426883</t>
+          <t>9787770555237</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Hulk - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Disney Esrarengiz Kasaba Çizgi Roman (4 Kitap)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>14.95</v>
+        <v>308</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052426852</t>
+          <t>9786052429242</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Dr. Strainge - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Tılsımlı Sihir Kitabı - Disney Star Kötü Güçlere Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>14.95</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052426791</t>
+          <t>9786052427002</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahramanlar - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Captain Marvel - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052426814</t>
+          <t>9786052426982</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Thor - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Spider-Man - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052426821</t>
+          <t>9786052427026</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Spider Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Iron Man - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052426869</t>
+          <t>9786052427033</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Captan Marvel - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Hulk - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052426845</t>
+          <t>9786052426999</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>İron Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Ghost-Spider - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052426890</t>
+          <t>9786052427019</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Captan America - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>İlk Boyama Kitabım Black Widow - Marvel Super Hero Adventures</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>14.95</v>
+        <v>8.95</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052426876</t>
+          <t>9786052425565</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Black Widow - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Yarının Ordusu - Captain America</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>14.95</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052426906</t>
+          <t>9786052425558</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Black Panter - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Zombi Savar - Ant-Man</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>14.95</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052426807</t>
+          <t>9786052426883</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Gamora - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Hulk - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C609" s="1">
         <v>14.95</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052426838</t>
+          <t>9786052426852</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Spider-Gwen - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
+          <t>Dr. Strainge - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C610" s="1">
         <v>14.95</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052425107</t>
+          <t>9786052426791</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sakın Kaplanı Uyandırma!</t>
+          <t>Süper Kahramanlar - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>158</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052423936</t>
+          <t>9786052426814</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Uzun Atkısı</t>
+          <t>Thor - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>59.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052423851</t>
+          <t>9786052426821</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Rengini Sevmeyen Karga</t>
+          <t>Spider Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>129.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052423813</t>
+          <t>9786052426869</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Big Elephant Small Mouse - Büyük Fil Küçük Fare</t>
+          <t>Captan Marvel - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>45</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9780000507419</t>
+          <t>9786052426845</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kediler Köpekler Kutu Seti - Bilgi ve Oyun Kartları</t>
+          <t>İron Man - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>450</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052425497</t>
+          <t>9786052426890</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>The Day The Sun Went Away</t>
+          <t>Captan America - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>349</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052424179</t>
+          <t>9786052426876</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Marvel Black Panther Maskeli ve Çıkartmalı Boyama Kitabı</t>
+          <t>Black Widow - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>18</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052424100</t>
+          <t>9786052426906</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Maskeli ve Çıkartmalı Boyama Kitabı</t>
+          <t>Black Panter - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>18</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052422748</t>
+          <t>9786052426807</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Mega Boyama Kitabı</t>
+          <t>Gamora - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>23</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052423899</t>
+          <t>9786052426838</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Uzay Hayaletlerinin İstilası - Iron Man</t>
+          <t>Spider-Gwen - Marvel Süper Kahramanlar Boyama Koleksiyonu</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>29.5</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052423912</t>
+          <t>9786052425107</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kara Büyünün Gizemi - Doctor Strange</t>
+          <t>Sakın Kaplanı Uyandırma!</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>29.5</v>
+        <v>158</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052423905</t>
+          <t>9786052423936</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Wakanda Savaşı - Black Panther</t>
+          <t>Dünyanın En Uzun Atkısı</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>29.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052423882</t>
+          <t>9786052423851</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kahramanların Saldırısı - Spider-Man</t>
+          <t>Rengini Sevmeyen Karga</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>29.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052424148</t>
+          <t>9786052423813</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Süper Paket Oku ve Eğlen</t>
+          <t>Big Elephant Small Mouse - Büyük Fil Küçük Fare</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>24.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052426036</t>
+          <t>9780000507419</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Kitabı - Gece Kitabı</t>
+          <t>En Güzel Kediler Köpekler Kutu Seti - Bilgi ve Oyun Kartları</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>129.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052426180</t>
+          <t>9786052425497</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Star - Lord Knowhere’dan Kaçış Yok</t>
+          <t>The Day The Sun Went Away</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>29.5</v>
+        <v>349</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052426173</t>
+          <t>9786052424179</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Falcon - Savaş Ya Da Sıvış</t>
+          <t>Marvel Black Panther Maskeli ve Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>29.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052424940</t>
+          <t>9786052424100</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Süper Uzay Paketi Oku Eğlen</t>
+          <t>Marvel Avengers Maskeli ve Çıkartmalı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>32.9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052424926</t>
+          <t>9786052422748</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Süper Dinozor Paketi Oku ve Eğlen</t>
+          <t>Marvel Spider-Man Mega Boyama Kitabı</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>39.5</v>
+        <v>23</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052422953</t>
+          <t>9786052423899</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz 1</t>
+          <t>Uzay Hayaletlerinin İstilası - Iron Man</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>79.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052422786</t>
+          <t>9786052423912</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>2.Abdülhamid - Osmanlı Dizisi</t>
+          <t>Kara Büyünün Gizemi - Doctor Strange</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>25</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052424155</t>
+          <t>9786052423905</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spider-Man Süper Paket Boya ve Eğlen</t>
+          <t>Wakanda Savaşı - Black Panther</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>24.9</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786254236716</t>
+          <t>9786052423882</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Pıt Pıt Burnuma Dokun Süslü Koala (Sesli Kitap) (Ciltli)</t>
+          <t>Kahramanların Saldırısı - Spider-Man</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>349.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786254236723</t>
+          <t>9786052424148</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Pıt Pıt Burnuma Dokun Mutlu Ayı (Sesli Kitap) (Ciltli)</t>
+          <t>Disney Karlar Ülkesi Süper Paket Oku ve Eğlen</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>349.5</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786254236730</t>
+          <t>9786052426036</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Pıt Pıt Burnuma Dokun Şakacı Köpek (Sesli Kitap) (Ciltli)</t>
+          <t>Gündüz Kitabı - Gece Kitabı</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>349.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786254236488</t>
+          <t>9786052426180</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Arama Kurtarma (Ciltli)</t>
+          <t>Star - Lord Knowhere’dan Kaçış Yok</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>349.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254234293</t>
+          <t>9786052426173</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Kedicik (Ciltli)</t>
+          <t>Falcon - Savaş Ya Da Sıvış</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>299.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786254231889</t>
+          <t>9786052424940</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Mucit Gizmo</t>
+          <t>National Geographic Kids - Süper Uzay Paketi Oku Eğlen</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>278</v>
+        <v>32.9</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254364549</t>
+          <t>9786052424926</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır'da Hazineler Nasıl Bulunur?</t>
+          <t>National Geographic Kids - Süper Dinozor Paketi Oku ve Eğlen</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>228</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786254362491</t>
+          <t>9786052422953</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Zombi Sebzecikler</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz 1</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>228</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254362323</t>
+          <t>9786052422786</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Belalı Balon</t>
+          <t>2.Abdülhamid - Osmanlı Dizisi</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>228</v>
+        <v>25</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786254362309</t>
+          <t>9786052424155</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kokuşuk Bezelye İş Başında!</t>
+          <t>Marvel Spider-Man Süper Paket Boya ve Eğlen</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>228</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254362293</t>
+          <t>9786254236716</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Koş Sebzecik Koş!</t>
+          <t>Pıt Pıt Burnuma Dokun Süslü Koala (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>228</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786254362286</t>
+          <t>9786254236723</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Sebzecikler Takımı</t>
+          <t>Pıt Pıt Burnuma Dokun Mutlu Ayı (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>228</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254362279</t>
+          <t>9786254236730</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates</t>
+          <t>Pıt Pıt Burnuma Dokun Şakacı Köpek (Sesli Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>228</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254362088</t>
+          <t>9786254236488</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Harley Quinn: Çılgın Kız</t>
+          <t>İlk Hareketli Kitabım Arama Kurtarma (Ciltli)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786254360497</t>
+          <t>9786254234293</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Jersey Şeytanı Ayrıntıda Gizlidir!</t>
+          <t>Fırıldak Gözler - Merhaba Kedicik (Ciltli)</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>89.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786254360510</t>
+          <t>9786254231889</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Çizgi Romanlar Gelsin!</t>
+          <t>Mucit Gizmo</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>89.5</v>
+        <v>278</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786254361302</t>
+          <t>9786254364549</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Antik Mısır'da Hazineler Nasıl Bulunur?</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>99.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052427934</t>
+          <t>9786254362491</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Ay - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Süper Patates - Zombi Sebzecikler</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>199.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052429389</t>
+          <t>9786254362323</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Disney Mickey ve Çılgın Yarışçılar - Çizgi Diziden Öyküler</t>
+          <t>Süper Patates - Belalı Balon</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>99.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052429358</t>
+          <t>9786254362309</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Disney Bingo ve Roli’nin Maceraları - Çizgi Diziden Öyküler</t>
+          <t>Süper Patates - Kokuşuk Bezelye İş Başında!</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>99.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052424735</t>
+          <t>9786254362293</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Bu Kitabı Boyamayın! Çünkü Lanetli!</t>
+          <t>Süper Patates - Koş Sebzecik Koş!</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>199.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786254238468</t>
+          <t>9786254362286</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Disney Arabalar Şimşek Mcqueen Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
+          <t>Süper Patates - Sebzecikler Takımı</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>479.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786254238475</t>
+          <t>9786254362279</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Disney Karlar Ülkesi Elsa Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
+          <t>Süper Patates</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>479.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786254360589</t>
+          <t>9786254362088</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Hayvanlar Faaliyet Kitabı</t>
+          <t>DC Comics - Harley Quinn: Çılgın Kız</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052428528</t>
+          <t>9786254360497</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Dinozorlar Faaliyet Kitabı</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Jersey Şeytanı Ayrıntıda Gizlidir!</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>199.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052426623</t>
+          <t>9786254360510</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Sevimli Evciller Faaliyet Kitabı</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Çizgi Romanlar Gelsin!</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>199.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052426616</t>
+          <t>9786254361302</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Cicibiciler Unicornlar Faaliyet Kitabı</t>
+          <t>Sevimli Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>1980000527235</t>
+          <t>9786052427934</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dev Ansiklopedi Seti 5 Kitap (Ciltli)</t>
+          <t>Ay - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>6745</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786254235412</t>
+          <t>9786052429389</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - İyi Ki Doğdun Süper Püre!</t>
+          <t>Disney Mickey ve Çılgın Yarışçılar - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>349.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786254238451</t>
+          <t>9786052429358</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Paspati Boyama Kitabı</t>
+          <t>Disney Bingo ve Roli’nin Maceraları - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>159.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786254238444</t>
+          <t>9786052424735</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Çizim Devriyesi Boyama Kitabı</t>
+          <t>Disney Esrarengiz Kasaba - Bu Kitabı Boyamayın! Çünkü Lanetli!</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786254238437</t>
+          <t>9786254238468</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>PAW Patrol - Sayılarla Boyayalım</t>
+          <t>Disney Arabalar Şimşek Mcqueen Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>129.5</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786254231780</t>
+          <t>9786254238475</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Şekiller / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
+          <t>Disney Karlar Ülkesi Elsa Nerede? Ara ve Bul Faaliyet Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>249.5</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786254232244</t>
+          <t>9786254360589</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yağmur Damlası</t>
+          <t>Cicibiciler Hayvanlar Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786254362330</t>
+          <t>9786052428528</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Karnavalda Kargaşa!</t>
+          <t>Cicibiciler Dinozorlar Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>228</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9780000520913</t>
+          <t>9786052426623</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikler ve Boyamalar + Yapıştırmalar Seti (Rakuncuk-Ayıcık-İnekçik-Kedicik )</t>
+          <t>Cicibiciler Sevimli Evciller Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>190</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786254362163</t>
+          <t>9786052426616</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Sayabilir Misin?</t>
+          <t>Cicibiciler Unicornlar Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786254368271</t>
+          <t>1980000527235</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Evciller Takımı - Eğlenceli Oyun ve Boyama Kitabı</t>
+          <t>National Geographic Kids Dev Ansiklopedi Seti 5 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>49.5</v>
+        <v>6745</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786254360503</t>
+          <t>9786254235412</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Boyuta Takılma!</t>
+          <t>Süper Patates - İyi Ki Doğdun Süper Püre!</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>89.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052429549</t>
+          <t>9786254238451</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Oyuncak - Kukuli Öykü Kitabı</t>
+          <t>PAW Patrol - Paspati Boyama Kitabı</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>49.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052429396</t>
+          <t>9786254238444</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Disney Vampirina Pijama Partisi - Çizgi Diziden Öyküler</t>
+          <t>PAW Patrol - Çizim Devriyesi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9780000526625</t>
+          <t>9786254238437</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>NG Kids Hayvanlar Ansiklopedi Seti 2 Kitap (Ciltli)</t>
+          <t>PAW Patrol - Sayılarla Boyayalım</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>2698</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254360848</t>
+          <t>9786254231780</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zeus: Altın Pireler'in Peşinde</t>
+          <t>Renkler ve Şekiller / 0-2 Yaş Bebek Dokun Hisset (Ciltli)</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052426630</t>
+          <t>9786254232244</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Zeus: Tehditkar Minotauros'un Labirenti</t>
+          <t>Küçük Yağmur Damlası</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786254238192</t>
+          <t>9786254362330</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Spider - Man Böcekler Dışarı!</t>
+          <t>Süper Patates - Karnavalda Kargaşa!</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>199.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052428672</t>
+          <t>9780000520913</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Oyna Pisicik!</t>
+          <t>Etkinlikler ve Boyamalar + Yapıştırmalar Seti (Rakuncuk-Ayıcık-İnekçik-Kedicik )</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>199.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052426647</t>
+          <t>9786254362163</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Uzay Hakkında 1000 Gerçek</t>
+          <t>Yıldızları Sayabilir Misin?</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>499.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786254238208</t>
+          <t>9786254368271</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids- Vahşi Doğanın Süper Kahramanları</t>
+          <t>DC Süper Evciller Takımı - Eğlenceli Oyun ve Boyama Kitabı</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>199.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786254237676</t>
+          <t>9786254360503</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Süper Çıkartma Gücü</t>
+          <t>Disney Esrarengiz Kasaba - Kayıp Efsaneler Boyuta Takılma!</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>349.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786254237645</t>
+          <t>9786052429549</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Jack ve Fasulye Sırığı</t>
+          <t>En Güzel Oyuncak - Kukuli Öykü Kitabı</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>349.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786254237669</t>
+          <t>9786052429396</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Çıkartma Kitabı</t>
+          <t>Disney Vampirina Pijama Partisi - Çizgi Diziden Öyküler</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>349.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786254237683</t>
+          <t>9780000526625</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Süper Sebzeler</t>
+          <t>NG Kids Hayvanlar Ansiklopedi Seti 2 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>399.5</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254364556</t>
+          <t>9786254360848</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Möö La La İnek Alışverişe Gidiyor</t>
+          <t>Muhteşem Zeus: Altın Pireler'in Peşinde</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254364433</t>
+          <t>9786052426630</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Nasıl Dinozor Yetiştirirsin?</t>
+          <t>Muhteşem Zeus: Tehditkar Minotauros'un Labirenti</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254362347</t>
+          <t>9786254238192</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates - Kaçak Yumurta</t>
+          <t>National Geographic Kids - Spider - Man Böcekler Dışarı!</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254360442</t>
+          <t>9786052428672</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Hezarfen Ahmet Çelebi</t>
+          <t>National Geographic Kids - Oyna Pisicik!</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>39.9</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254360459</t>
+          <t>9786052426647</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Albert Einstein</t>
+          <t>National Geographic Kids - Uzay Hakkında 1000 Gerçek</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>39.9</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786254360305</t>
+          <t>9786254238208</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Kodları Çözelim</t>
+          <t>National Geographic Kids- Vahşi Doğanın Süper Kahramanları</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>39.9</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254361654</t>
+          <t>9786254237676</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Kaplanlar</t>
+          <t>Süper Patates Süper Çıkartma Gücü</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>149.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>1980000528065</t>
+          <t>9786254237645</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Ansiklopedi Seti (Ciltli)</t>
+          <t>Süper Patates Jack ve Fasulye Sırığı</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>4047</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052427460</t>
+          <t>9786254237669</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot Başrolde: Goofy ve Mickey - Disney Çizgi Klasikler</t>
+          <t>Süper Patates Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>119.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9780000999887</t>
+          <t>9786254237683</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 kitap)</t>
+          <t>Süper Patates Süper Sebzeler</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>1997.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9780000511508</t>
+          <t>9786254364556</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek Seti (4 Kitap)</t>
+          <t>Möö La La İnek Alışverişe Gidiyor</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>1598</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254238024</t>
+          <t>9786254364433</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Chase Uzay Görevinde</t>
+          <t>Bahçede Nasıl Dinozor Yetiştirirsin?</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>79.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254238116</t>
+          <t>9786254362347</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Paticik Çıkartma Kitabı</t>
+          <t>Süper Patates - Kaçak Yumurta</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254238031</t>
+          <t>9786254360442</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Rubble Görevimiz Pati</t>
+          <t>National Geographic Kids - Hezarfen Ahmet Çelebi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>79.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254238109</t>
+          <t>9786254360459</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Havrika Çıkartma Kitabı</t>
+          <t>National Geographic Kids - Albert Einstein</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>199.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254238048</t>
+          <t>9786254360305</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Rubble Yardıma Koşuyor</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Kodları Çözelim</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>79.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254238055</t>
+          <t>9786254361654</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Yeni Arkadaşımız Tracker</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Kaplanlar</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>79.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254238093</t>
+          <t>1980000528065</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Saymaya Başlıyorum</t>
+          <t>Hayvanlar Ansiklopedi Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>159.5</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254238086</t>
+          <t>9786052427460</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol Aynı mı, Farklı mı?</t>
+          <t>Don Kişot Başrolde: Goofy ve Mickey - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>159.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254238079</t>
+          <t>9780000999887</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol İnanılmaz Labirentler</t>
+          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 kitap)</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>159.5</v>
+        <v>1997.5</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254238062</t>
+          <t>9780000511508</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol İlk Sayılarım Faaliyet Kitabı</t>
+          <t>National Geographic Kids - Garip Ama Gerçek Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>159.5</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786254238017</t>
+          <t>9786254238024</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Paw Patrol İlk Boyama Kitabım</t>
+          <t>Paw Patrol Chase Uzay Görevinde</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>199.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786053333357</t>
+          <t>9786254238116</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek</t>
+          <t>Paw Patrol Paticik Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786053335818</t>
+          <t>9786254238031</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! 4 - 350 Müthiş Gerçek</t>
+          <t>Paw Patrol Rubble Görevimiz Pati</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>399.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786053335115</t>
+          <t>9786254238109</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 3</t>
+          <t>Paw Patrol Havrika Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786053335290</t>
+          <t>9786254238048</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Kedileri Anlama Kılavuzu</t>
+          <t>Paw Patrol Rubble Yardıma Koşuyor</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>349.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786254237911</t>
+          <t>9786254238055</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids – Garip Ama Gerçek Dinozorlar</t>
+          <t>Paw Patrol Yeni Arkadaşımız Tracker</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>399.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786254237904</t>
+          <t>9786254238093</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids – Garip Ama Gerçek Köpek Balıkları</t>
+          <t>Paw Patrol Saymaya Başlıyorum</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>399.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786254237744</t>
+          <t>9786254238086</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Star Force Asiler Akademisi</t>
+          <t>Paw Patrol Aynı mı, Farklı mı?</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>299.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254237720</t>
+          <t>9786254238079</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Çılgın Bir Şovalyenin Günlükleri</t>
+          <t>Paw Patrol İnanılmaz Labirentler</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>299.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254237737</t>
+          <t>9786254238062</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Korku Kuşağı</t>
+          <t>Paw Patrol İlk Sayılarım Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>299.5</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052428931</t>
+          <t>9786254238017</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Disney Muhteşem Maceralar Minnie ve Daisy Casus Gücü</t>
+          <t>Paw Patrol İlk Boyama Kitabım</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254237782</t>
+          <t>9786053333357</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 3 - Patlama</t>
+          <t>Garip Ama Gerçek</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254237775</t>
+          <t>9786053335818</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 2 - Vikingler</t>
+          <t>Garip Ama Gerçek! 4 - 350 Müthiş Gerçek</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254237768</t>
+          <t>9786053335115</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 2 - Arılar</t>
+          <t>Garip Ama Gerçek 3</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254237751</t>
+          <t>9786053335290</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 1 - Kirpiler</t>
+          <t>Kedileri Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254236389</t>
+          <t>9786254237911</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Keçeli Dinozorlar (Ciltli)</t>
+          <t>National Geographic Kids – Garip Ama Gerçek Dinozorlar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786254236419</t>
+          <t>9786254237904</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Keçeli Hayvanlar (Ciltli)</t>
+          <t>National Geographic Kids – Garip Ama Gerçek Köpek Balıkları</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254236396</t>
+          <t>9786254237744</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Keçeli Unicorn'lar (Ciltli)</t>
+          <t>Disney Muhteşem Maceralar Star Force Asiler Akademisi</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254236464</t>
+          <t>9786254237720</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Çiftlik (Ciltli)</t>
+          <t>Disney Muhteşem Maceralar Çılgın Bir Şovalyenin Günlükleri</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254236471</t>
+          <t>9786254237737</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Deniz Altı (Ciltli)</t>
+          <t>Disney Muhteşem Maceralar Korku Kuşağı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786254236457</t>
+          <t>9786052428931</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Kitabım Şantiye (Ciltli)</t>
+          <t>Disney Muhteşem Maceralar Minnie ve Daisy Casus Gücü</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786254236556</t>
+          <t>9786254237782</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Süper Uzay Çıkartmalı Faaliyet Kitabı</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 3 - Patlama</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786254236587</t>
+          <t>9786254237775</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Midilliler ve Atlar Çıkartmalı Faaliyet Kitabı</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 2 - Vikingler</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786254236570</t>
+          <t>9786254237768</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kediler Çıkartmalı Faaliyet Kitabı</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 2 - Arılar</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786254236563</t>
+          <t>9786254237751</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Köpekler Çıkartmalı Faaliyet Kitabı</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 1 - Kirpiler</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786254236549</t>
+          <t>9786254236389</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dinozorlar Çıkartmalı Faaliyet Kitabı</t>
+          <t>Keçeli Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786254237195</t>
+          <t>9786254236419</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! - Minik Aslan (Ciltli)</t>
+          <t>Keçeli Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C732" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786254237188</t>
+          <t>9786254236396</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! - Minik İnek (Ciltli)</t>
+          <t>Keçeli Unicorn'lar (Ciltli)</t>
         </is>
       </c>
       <c r="C733" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052429150</t>
+          <t>9786254236464</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Sen Seç! Minik Köpek (Ciltli)</t>
+          <t>İlk Hareketli Kitabım Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C734" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786254237089</t>
+          <t>9786254236471</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Mıncırık Sukuşi Köpüş (Ciltli)</t>
+          <t>İlk Hareketli Kitabım Deniz Altı (Ciltli)</t>
         </is>
       </c>
       <c r="C735" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786254237614</t>
+          <t>9786254236457</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 7 (Ciltli)</t>
+          <t>İlk Hareketli Kitabım Şantiye (Ciltli)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786254237607</t>
+          <t>9786254236556</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 6 (Ciltli)</t>
+          <t>National Geographic Kids Süper Uzay Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786254237591</t>
+          <t>9786254236587</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 5 (Ciltli)</t>
+          <t>National Geographic Kids Midilliler ve Atlar Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786254237584</t>
+          <t>9786254236570</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 4 (Ciltli)</t>
+          <t>National Geographic Kids Kediler Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786254237577</t>
+          <t>9786254236563</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 3 (Ciltli)</t>
+          <t>National Geographic Kids Köpekler Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786254237560</t>
+          <t>9786254236549</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 2 (Ciltli)</t>
+          <t>National Geographic Kids Dinozorlar Çıkartmalı Faaliyet Kitabı</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786254237553</t>
+          <t>9786254237195</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 1 (Ciltli)</t>
+          <t>Macerayı Sen Seç! - Minik Aslan (Ciltli)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786053333265</t>
+          <t>9786254237188</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>İlk Uzay Kitabım - National Geographic Kids</t>
+          <t>Macerayı Sen Seç! - Minik İnek (Ciltli)</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>649.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9780000726063</t>
+          <t>9786052429150</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Doğa Koleksiyonu</t>
+          <t>Macerayı Sen Seç! Minik Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>997.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9780000726049</t>
+          <t>9786254237089</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Ölümcül Hayvanlar Koleksiyonu</t>
+          <t>Mıncırık Sukuşi Köpüş (Ciltli)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>997.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9780000725943</t>
+          <t>9786254237614</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Özel Hayvanlar Koleksiyonu</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>997.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9780000725929</t>
+          <t>9786254237607</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Sıradışı Hayvanlar Koleksiyonu</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>997.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9780000725356</t>
+          <t>9786254237591</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Mitoloji Koleksiyonu</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>997.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052426722</t>
+          <t>9786254237584</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Yolculuk - Esrarengiz Kasaba (Ciltli)</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>379.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786053333005</t>
+          <t>9786254237577</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Meteorlar</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>199.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052423745</t>
+          <t>9786254237560</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Gökdelenler - National Geographic Kids</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>199.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052423721</t>
+          <t>9786254237553</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısır - National Geographic Kids</t>
+          <t>Disney - Esrarengiz Kasaba Çizgi Diziden Öyküler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>199.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786254237423</t>
+          <t>9786053333265</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Eğlence Burada! Boyama Kitabı</t>
+          <t>İlk Uzay Kitabım - National Geographic Kids</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>70.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786254237430</t>
+          <t>9780000726063</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Yaz Geldi Boyama Kitabı</t>
+          <t>National Geographic Kids - Doğa Koleksiyonu</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>69.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254237409</t>
+          <t>9780000726049</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Uzay Yolculuğu Boyama Kitabı</t>
+          <t>National Geographic Kids - Ölümcül Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>69.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786254237461</t>
+          <t>9780000725943</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>%100 Minecraft Pikselli Boyamalar - Özel Biyomlar</t>
+          <t>National Geographic Kids - Özel Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>249.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786254237478</t>
+          <t>9780000725929</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Pikselli Boyama</t>
+          <t>National Geographic Kids - Sıradışı Hayvanlar Koleksiyonu</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>249.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786254237270</t>
+          <t>9780000725356</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Zıp Zıp Eğlence Resim Kitabım</t>
+          <t>National Geographic Kids - Mitoloji Koleksiyonu</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>99.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254237218</t>
+          <t>9786052426722</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Uğur Böcekli Resim Kitabım</t>
+          <t>Zamanda Yolculuk - Esrarengiz Kasaba (Ciltli)</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>99.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786254237201</t>
+          <t>9786053333005</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Elmalı Resim Kitabım</t>
+          <t>Meteorlar</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786254237232</t>
+          <t>9786052423745</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Arabalı Resim Kitabım</t>
+          <t>Gökdelenler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786254237263</t>
+          <t>9786052423721</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Çiftlikte Yaşam Resim Kitabım</t>
+          <t>Antik Mısır - National Geographic Kids</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786254237225</t>
+          <t>9786254237423</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Çok Kolay Boyama - Ayıcıklı Resim Kitabım</t>
+          <t>Kukuli Eğlence Burada! Boyama Kitabı</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>99.5</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786254237249</t>
+          <t>9786254237430</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Doğum Günü Resim Kitabım</t>
+          <t>Kukuli Yaz Geldi Boyama Kitabı</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>99.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254237256</t>
+          <t>9786254237409</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kolay Boyama - Deniz Oyuncakları Resim Kitabım</t>
+          <t>Kukuli Uzay Yolculuğu Boyama Kitabı</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>99.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786254236266</t>
+          <t>9786254237461</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Tonton Eşek</t>
+          <t>%100 Minecraft Pikselli Boyamalar - Özel Biyomlar</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786254236242</t>
+          <t>9786254237478</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Paytak Eşek</t>
+          <t>Minecraft Pikselli Boyama</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254236259</t>
+          <t>9786254237270</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Minnoş Eşek</t>
+          <t>Kolay Boyama - Zıp Zıp Eğlence Resim Kitabım</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786254236877</t>
+          <t>9786254237218</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Disney Bibbidi Bobbidi Akademisi - Mai ve Zor Dönüşüm</t>
+          <t>Çok Kolay Boyama - Uğur Böcekli Resim Kitabım</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786254236969</t>
+          <t>9786254237201</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 1 - Yeni Bir Savaşçı</t>
+          <t>Çok Kolay Boyama - Elmalı Resim Kitabım</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>195.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254236976</t>
+          <t>9786254237232</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 2 - Nether'da Bir Gezinti</t>
+          <t>Çok Kolay Boyama - Arabalı Resim Kitabım</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>195.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254236983</t>
+          <t>9786254237263</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 3 - Çöl Macerası</t>
+          <t>Kolay Boyama - Çiftlikte Yaşam Resim Kitabım</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>195.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786254236990</t>
+          <t>9786254237225</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Macerası 4 - Son'a Hoş Geldin</t>
+          <t>Çok Kolay Boyama - Ayıcıklı Resim Kitabım</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>195.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254236860</t>
+          <t>9786254237249</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Bibbidi Bobbidi Akademisi Rory ve Sihirli Karışıklar</t>
+          <t>Kolay Boyama - Doğum Günü Resim Kitabım</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254236884</t>
+          <t>9786254237256</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Bibbidi Bobbidi Akademisi Ophelia ve Peri Gezisi</t>
+          <t>Kolay Boyama - Deniz Oyuncakları Resim Kitabım</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254236853</t>
+          <t>9786254236266</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Gizemleri Çözmek ve Tarihi Baştan Yazmak</t>
+          <t>Tonton Eşek</t>
         </is>
       </c>
       <c r="C776" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786254237133</t>
+          <t>9786254236242</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Alexander Graham Bell - National Geographic Kids</t>
+          <t>Paytak Eşek</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786254237041</t>
+          <t>9786254236259</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Zırhlı Hayvanlar - National Geographic Kids</t>
+          <t>Minnoş Eşek</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786254237096</t>
+          <t>9786254236877</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Okyanus Hayvanları - National Geographic Kids</t>
+          <t>Disney Bibbidi Bobbidi Akademisi - Mai ve Zor Dönüşüm</t>
         </is>
       </c>
       <c r="C779" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786254237119</t>
+          <t>9786254236969</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Thomas Edison - National Geographic Kids</t>
+          <t>Minecraft Macerası 1 - Yeni Bir Savaşçı</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>199.5</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786254237034</t>
+          <t>9786254236976</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>T.Rex - National Geographic Kids</t>
+          <t>Minecraft Macerası 2 - Nether'da Bir Gezinti</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>199.5</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254237058</t>
+          <t>9786254236983</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Kutup Porsukları - National Geographic Kids</t>
+          <t>Minecraft Macerası 3 - Çöl Macerası</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>199.5</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254237065</t>
+          <t>9786254236990</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Filler - National Geographic Kids</t>
+          <t>Minecraft Macerası 4 - Son'a Hoş Geldin</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>199.5</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254237072</t>
+          <t>9786254236860</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Amazon Hayvanları - National Geographic Kids</t>
+          <t>Bibbidi Bobbidi Akademisi Rory ve Sihirli Karışıklar</t>
         </is>
       </c>
       <c r="C784" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254236808</t>
+          <t>9786254236884</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çiftçinin El Kitabı</t>
+          <t>Bibbidi Bobbidi Akademisi Ophelia ve Peri Gezisi</t>
         </is>
       </c>
       <c r="C785" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254236792</t>
+          <t>9786254236853</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Aklını Kullanan Çocuklar</t>
+          <t>Gizemleri Çözmek ve Tarihi Baştan Yazmak</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786254236761</t>
+          <t>9786254237133</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tavşan Yarışı</t>
+          <t>Alexander Graham Bell - National Geographic Kids</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>168</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786254236778</t>
+          <t>9786254237041</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Yetenek Gösterisi</t>
+          <t>Zırhlı Hayvanlar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>168</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786254232879</t>
+          <t>9786254237096</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek 5</t>
+          <t>Uzaylı Okyanus Hayvanları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>49.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052422908</t>
+          <t>9786254237119</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi - Disney En Güzel Maceralar</t>
+          <t>Thomas Edison - National Geographic Kids</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254360237</t>
+          <t>9786254237034</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ansiklopedisi - National Geographic Kids (Ciltli)</t>
+          <t>T.Rex - National Geographic Kids</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>1349</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052422939</t>
+          <t>9786254237058</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Disney Yıldızlararası - En Güzel Maceralar Serisi</t>
+          <t>Kutup Porsukları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052424278</t>
+          <t>9786254237065</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Piramitler - National Geographic Kids</t>
+          <t>Filler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254235535</t>
+          <t>9786254237072</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Süper Patates Nerede? Ara-Bul Kitabı</t>
+          <t>Amazon Hayvanları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9780000725349</t>
+          <t>9786254236808</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Kültür Kitapları Seti 4 Kitap</t>
+          <t>Küçük Çiftçinin El Kitabı</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>798</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9780000725301</t>
+          <t>9786254236792</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Bilim Seti 8 Kitap</t>
+          <t>Aklını Kullanan Çocuklar</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>1596</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9780000725288</t>
+          <t>9786254236761</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Kitapları Seviye 1 Tatlı Hayvanlar Seti 5 Kitap</t>
+          <t>Büyük Tavşan Yarışı</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>997.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786254236211</t>
+          <t>9786254236778</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Atkuyruğu Çiftliği 1 - Muhteşem Maksimus</t>
+          <t>Müthiş Yetenek Gösterisi</t>
         </is>
       </c>
       <c r="C798" s="1">
         <v>168</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786254235672</t>
+          <t>9786254232879</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>True- Seni Seçtim Boyama Kitabı</t>
+          <t>Garip Ama Gerçek 5</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>69.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786254235665</t>
+          <t>9786052422908</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>True- Bir Dilek Tut Boyama Kitabı</t>
+          <t>Tarih Öncesi - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>69.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786254235658</t>
+          <t>9786254360237</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kukuli- Ne güzel Dünya Boyama Kitabı</t>
+          <t>Bilim Ansiklopedisi - National Geographic Kids (Ciltli)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>69.5</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786254235641</t>
+          <t>9786052422939</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kukuli- Haydi Zıpla Boyama Kitabı</t>
+          <t>Disney Yıldızlararası - En Güzel Maceralar Serisi</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786254235634</t>
+          <t>9786052424278</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Kukuli- Diyecek Yok Keyfine Boyama Kitabı</t>
+          <t>Piramitler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>68</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786254235856</t>
+          <t>9786254235535</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Sevgi</t>
+          <t>Süper Patates Nerede? Ara-Bul Kitabı</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254235849</t>
+          <t>9780000725349</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Canavarlar</t>
+          <t>National Geographic Kids Kültür Kitapları Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>399.5</v>
+        <v>798</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254235832</t>
+          <t>9780000725301</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Sanat</t>
+          <t>National Geographic Kids Bilim Seti 8 Kitap</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>399.5</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786254235825</t>
+          <t>9780000725288</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Süper Kahramanlar</t>
+          <t>National Geographic Kids Okuma Kitapları Seviye 1 Tatlı Hayvanlar Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>399.5</v>
+        <v>997.5</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254235818</t>
+          <t>9786254236211</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Serisi Mitoloji</t>
+          <t>Atkuyruğu Çiftliği 1 - Muhteşem Maksimus</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>399.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786254235801</t>
+          <t>9786254235672</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Dedektif</t>
+          <t>True- Seni Seçtim Boyama Kitabı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>399.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786254234866</t>
+          <t>9786254235665</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Kim Saklanıyor (Ciltli)</t>
+          <t>True- Bir Dilek Tut Boyama Kitabı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>349.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254234859</t>
+          <t>9786254235658</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Kim Saklanıyor (Ciltli)</t>
+          <t>Kukuli- Ne güzel Dünya Boyama Kitabı</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>349.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254234842</t>
+          <t>9786254235641</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Parkta Kim Saklanıyor (Ciltli)</t>
+          <t>Kukuli- Haydi Zıpla Boyama Kitabı</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>349.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254234835</t>
+          <t>9786254235634</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Safaride Kim Saklanıyor (Ciltli)</t>
+          <t>Kukuli- Diyecek Yok Keyfine Boyama Kitabı</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>349.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254236235</t>
+          <t>9786254235856</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Atkuyruğu Çiftliği 3 - Fedakar Philippe</t>
+          <t>Disney En Güzel Maceralar Sevgi</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>168</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786254236228</t>
+          <t>9786254235849</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Atkuyruğu Çiftliği 2 - Akıllı Angus</t>
+          <t>Disney En Güzel Maceralar Canavarlar</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>168</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786254235986</t>
+          <t>9786254235832</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Kadar Seviyorum Seni (Ciltli)</t>
+          <t>Disney En Güzel Maceralar Sanat</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9780000724830</t>
+          <t>9786254235825</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Roman Serisi 4 Kitap</t>
+          <t>Disney En Güzel Maceralar Süper Kahramanlar</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>1598</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9780000724823</t>
+          <t>9786254235818</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Disney Fantastik Maceralar Serisi 4 Kitap</t>
+          <t>Disney En Güzel Maceralar Serisi Mitoloji</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>1598</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9780000722584</t>
+          <t>9786254235801</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Sanat + Mitoloji + Antik Mısır Seti 3 Kitap</t>
+          <t>Disney En Güzel Maceralar Dedektif</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>1198.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786254235795</t>
+          <t>9786254234866</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Renk Değiştiren Hayvanlar</t>
+          <t>Çiftlikte Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786254235788</t>
+          <t>9786254234859</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Parıl Parıl!</t>
+          <t>Ormanda Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786254235771</t>
+          <t>9786254234842</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Kleopatra</t>
+          <t>Parkta Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786254235733</t>
+          <t>9786254234835</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Gece Göğü</t>
+          <t>Safaride Kim Saklanıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786254235757</t>
+          <t>9786254236235</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Efsanevi Canavarlar</t>
+          <t>Atkuyruğu Çiftliği 3 - Fedakar Philippe</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>199.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786254235726</t>
+          <t>9786254236228</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çölde</t>
+          <t>Atkuyruğu Çiftliği 2 - Akıllı Angus</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>199.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786254235740</t>
+          <t>9786254235986</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Arkeolog Kimdir?</t>
+          <t>Dünyalar Kadar Seviyorum Seni (Ciltli)</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786254235764</t>
+          <t>9780000724830</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Albert Einstein</t>
+          <t>Disney Çizgi Roman Serisi 4 Kitap</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>199.5</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786254235931</t>
+          <t>9780000724823</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Antik Mısır</t>
+          <t>Disney Fantastik Maceralar Serisi 4 Kitap</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>399.5</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254235924</t>
+          <t>9780000722584</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Yarış</t>
+          <t>Disney En Güzel Maceralar Sanat + Mitoloji + Antik Mısır Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>399.5</v>
+        <v>1198.5</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786254235887</t>
+          <t>9786254235795</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Müzik</t>
+          <t>National Geographic Kids - Renk Değiştiren Hayvanlar</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786254235870</t>
+          <t>9786254235788</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Yaratıklar</t>
+          <t>National Geographic Kids - Parıl Parıl!</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254235863</t>
+          <t>9786254235771</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Vahşi Batı</t>
+          <t>National Geographic Kids - Kleopatra</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786254234620</t>
+          <t>9786254235733</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Çok Gürültücü Tilkiler</t>
+          <t>National Geographic Kids - Gece Göğü</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>68</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786254234521</t>
+          <t>9786254235757</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce Sarılırım Herkese!</t>
+          <t>National Geographic Kids - Efsanevi Canavarlar</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>68</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786254234613</t>
+          <t>9786254235726</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>National Geographic Kids - Çölde</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>68</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786254234644</t>
+          <t>9786254235740</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar Reçelli Ekmeğe Bayılır</t>
+          <t>National Geographic Kids - Arkeolog Kimdir?</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>68</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786254234545</t>
+          <t>9786254235764</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Ulu Şapırtı</t>
+          <t>National Geographic Kids - Albert Einstein</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>68</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786254234590</t>
+          <t>9786254235931</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yıllar Sana - Kişiselleştirilebilir Bir Kitap</t>
+          <t>Disney En Güzel Maceralar Antik Mısır</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786254234606</t>
+          <t>9786254235924</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Küçük Lama</t>
+          <t>Disney En Güzel Maceralar Yarış</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>68</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786254234354</t>
+          <t>9786254235887</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Kapkek (Ciltli)</t>
+          <t>Disney En Güzel Maceralar Müzik</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786254234330</t>
+          <t>9786254235870</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Penguencik (Ciltli)</t>
+          <t>Disney En Güzel Maceralar Yaratıklar</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786254234323</t>
+          <t>9786254235863</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Tavşancık (Ciltli)</t>
+          <t>Disney En Güzel Maceralar Vahşi Batı</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786254234316</t>
+          <t>9786254234620</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Unicorn (Ciltli)</t>
+          <t>Çok Gürültücü Tilkiler</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786254234309</t>
+          <t>9786254234521</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Fırıldak Gözler - Merhaba Dinocuk (Ciltli)</t>
+          <t>Uykudan Önce Sarılırım Herkese!</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786254233395</t>
+          <t>9786254234613</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Hoşlanmayan Ejderha</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786254233388</t>
+          <t>9786254234644</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Suyu Sevmeyen Timsah</t>
+          <t>Ejderhalar Reçelli Ekmeğe Bayılır</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786254233371</t>
+          <t>9786254234545</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>İneğin Ağaçta Ne İşi Var?</t>
+          <t>Ulu Şapırtı</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786254233425</t>
+          <t>9786254234590</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Aceleci Tavşan KoşKoş</t>
+          <t>Mutlu Yıllar Sana - Kişiselleştirilebilir Bir Kitap</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786254233418</t>
+          <t>9786254234606</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Bir Koyun Kuşlara Yuva Olursa</t>
+          <t>Küçük Lama</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786254233401</t>
+          <t>9786254234354</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Şansını Arayan Ördek</t>
+          <t>Fırıldak Gözler - Merhaba Kapkek (Ciltli)</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786254235306</t>
+          <t>9786254234330</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk</t>
+          <t>Fırıldak Gözler - Merhaba Penguencik (Ciltli)</t>
         </is>
       </c>
       <c r="C851" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786254235313</t>
+          <t>9786254234323</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Tombul Tavuk Eve Dönüş Yolculuğu</t>
+          <t>Fırıldak Gözler - Merhaba Tavşancık (Ciltli)</t>
         </is>
       </c>
       <c r="C852" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786254234491</t>
+          <t>9786254234316</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Bebeğim Benim</t>
+          <t>Fırıldak Gözler - Merhaba Unicorn (Ciltli)</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9780000520975</t>
+          <t>9786254234309</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>NG Kids Ansiklopedi Seti 4 Kitap (Ciltli)</t>
+          <t>Fırıldak Gözler - Merhaba Dinocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>5396</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786254234583</t>
+          <t>9786254233395</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Seni Ne Kadar Seviyorum Biliyor musun?</t>
+          <t>Ateşten Hoşlanmayan Ejderha</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786254234484</t>
+          <t>9786254233388</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Pisicik Büyük Şehirde</t>
+          <t>Suyu Sevmeyen Timsah</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786254234569</t>
+          <t>9786254233371</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Pek Bir Şahane Süslümingo</t>
+          <t>İneğin Ağaçta Ne İşi Var?</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786254234460</t>
+          <t>9786254233425</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Taş Çocuk ve Küçük Kız</t>
+          <t>Aceleci Tavşan KoşKoş</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786254234446</t>
+          <t>9786254233418</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’nin Gemisi</t>
+          <t>Bir Koyun Kuşlara Yuva Olursa</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786254234422</t>
+          <t>9786254233401</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Tinky’nin Fotoğraf Makinesi</t>
+          <t>Şansını Arayan Ördek</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786254234392</t>
+          <t>9786254235306</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Tinky’nin Çiçeği</t>
+          <t>Tombul Tavuk</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786254234439</t>
+          <t>9786254235313</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Minky’nin Konseri</t>
+          <t>Tombul Tavuk Eve Dönüş Yolculuğu</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786254234408</t>
+          <t>9786254234491</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’nin Şapkası</t>
+          <t>Bebeğim Benim</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786254234415</t>
+          <t>9780000520975</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’nin Robotu</t>
+          <t>NG Kids Ansiklopedi Seti 4 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>49.5</v>
+        <v>5396</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786254233920</t>
+          <t>9786254234583</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Kavanozda</t>
+          <t>Seni Ne Kadar Seviyorum Biliyor musun?</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786254233906</t>
+          <t>9786254234484</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek</t>
+          <t>Pisicik Büyük Şehirde</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786254233913</t>
+          <t>9786254234569</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Benim Camimde</t>
+          <t>Pek Bir Şahane Süslümingo</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786254233807</t>
+          <t>9786254234460</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Aquaman - Anafor</t>
+          <t>Taş Çocuk ve Küçük Kız</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>179.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786254234248</t>
+          <t>9786254234446</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Aslancık - Etkinlikler ve Boyamalar</t>
+          <t>Kukuli’nin Gemisi</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>39.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786254234262</t>
+          <t>9786254234422</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Koala - Etkinlikler ve Boyamalar</t>
+          <t>Kukuli Tinky’nin Fotoğraf Makinesi</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>39.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786254233449</t>
+          <t>9786254234392</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Disney Baykuş Evi - Kaynar Adalar’dan Sihir-teşem Maceralar</t>
+          <t>Kukuli Tinky’nin Çiçeği</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>149.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786254233210</t>
+          <t>9786254234439</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori Renkleri Öğrenelim</t>
+          <t>Kukuli Minky’nin Konseri</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786254233203</t>
+          <t>9786254234408</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori ABC’yi Öğrenelim Nokta Birleştirme</t>
+          <t>Kukuli’nin Şapkası</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786254233197</t>
+          <t>9786254234415</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori Sayıları ve Saymayı Öğrenelim</t>
+          <t>Kukuli’nin Robotu</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254233180</t>
+          <t>9786254233920</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Dori Sesleri Öğrenelim</t>
+          <t>Kavanozda</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254233746</t>
+          <t>9786254233906</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Minnie Çıkartmalı Mantık Bulmacaları</t>
+          <t>Bir Dilek</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786254233739</t>
+          <t>9786254233913</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Karlar Ülkesi Çıkartmalı Mantık Bulmacaları</t>
+          <t>Benim Camimde</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786254233722</t>
+          <t>9786254233807</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Arabalar Çıkartmalı Mantık Bulmacaları</t>
+          <t>Aquaman - Anafor</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>119.5</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786254233715</t>
+          <t>9786254234248</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Arabalar Çıkartmalı Alıştırma Kitabım Toplama ve Çıkarma</t>
+          <t>Aslancık - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>119.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786254233708</t>
+          <t>9786254234262</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Prenses Elena Alıştırma Kitabım Noktalar</t>
+          <t>Koala - Etkinlikler ve Boyamalar</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>119.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786254233692</t>
+          <t>9786254233449</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Noktalar</t>
+          <t>Disney Baykuş Evi - Kaynar Adalar’dan Sihir-teşem Maceralar</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>119.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786254233609</t>
+          <t>9786254233210</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Çıkartmalı Alıştırma Kitabım Sayılar</t>
+          <t>Disney Eğitsel Dori Renkleri Öğrenelim</t>
         </is>
       </c>
       <c r="C882" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786254233685</t>
+          <t>9786254233203</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Bingo ve Roli’nin Maceraları Sayılar ve Sayma</t>
+          <t>Disney Eğitsel Dori ABC’yi Öğrenelim Nokta Birleştirme</t>
         </is>
       </c>
       <c r="C883" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786254233678</t>
+          <t>9786254233197</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Renkler ve Şekiller</t>
+          <t>Disney Eğitsel Dori Sayıları ve Saymayı Öğrenelim</t>
         </is>
       </c>
       <c r="C884" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786254233661</t>
+          <t>9786254233180</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Winnie the Pooh El Becerisi Etkinlikleri Yazıya Hazırlık</t>
+          <t>Disney Eğitsel Dori Sesleri Öğrenelim</t>
         </is>
       </c>
       <c r="C885" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786254233630</t>
+          <t>9786254233746</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Simba El Becerisi Etkinlikleri Yazıya Hazırlık</t>
+          <t>Disney Eğitsel Minnie Çıkartmalı Mantık Bulmacaları</t>
         </is>
       </c>
       <c r="C886" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786254233623</t>
+          <t>9786254233739</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Karlar Ülkesi El Becerisi Etkinlikleri Yazıya Hazırlık</t>
+          <t>Disney Eğitsel Karlar Ülkesi Çıkartmalı Mantık Bulmacaları</t>
         </is>
       </c>
       <c r="C887" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786254233616</t>
+          <t>9786254233722</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Çıkartmalı Mickey Alıştırma Kitabım Sayılar</t>
+          <t>Disney Eğitsel Arabalar Çıkartmalı Mantık Bulmacaları</t>
         </is>
       </c>
       <c r="C888" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786254233784</t>
+          <t>9786254233715</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Okul Öncesi Sesleri Öğreniyorum</t>
+          <t>Disney Eğitsel Arabalar Çıkartmalı Alıştırma Kitabım Toplama ve Çıkarma</t>
         </is>
       </c>
       <c r="C889" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786254233654</t>
+          <t>9786254233708</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Okul Öncesi Sayıları Öğreniyorum</t>
+          <t>Disney Eğitsel Prenses Elena Alıştırma Kitabım Noktalar</t>
         </is>
       </c>
       <c r="C890" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786254233647</t>
+          <t>9786254233692</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Disney Eğitsel Okul Öncesi Şekilleri ve Renkleri Öğreniyorum</t>
+          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Noktalar</t>
         </is>
       </c>
       <c r="C891" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786254232398</t>
+          <t>9786254233609</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
+          <t>Disney Eğitsel Çıkartmalı Alıştırma Kitabım Sayılar</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>249.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786254233548</t>
+          <t>9786254233685</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Mouse: En Harika Kitap</t>
+          <t>Disney Eğitsel Bingo ve Roli’nin Maceraları Sayılar ve Sayma</t>
         </is>
       </c>
       <c r="C893" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786254233531</t>
+          <t>9786254233678</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Disney Minnie Mouse Dev Hayaller Çizgi Roman</t>
+          <t>Disney Eğitsel Mickey ve Çılgın Yarışçılar Alıştırma Kitabım Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C894" s="1">
         <v>119.5</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786254233524</t>
+          <t>9786254233661</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Disney Nöbetçi Fareler Su Altında</t>
+          <t>Disney Eğitsel Winnie the Pooh El Becerisi Etkinlikleri Yazıya Hazırlık</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786254233494</t>
+          <t>9786254233630</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Disney Nöbetçi Fareler</t>
+          <t>Disney Eğitsel Simba El Becerisi Etkinlikleri Yazıya Hazırlık</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786254233456</t>
+          <t>9786254233623</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 3 Yaş</t>
+          <t>Disney Eğitsel Karlar Ülkesi El Becerisi Etkinlikleri Yazıya Hazırlık</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786254233487</t>
+          <t>9786254233616</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 6 Yaş</t>
+          <t>Disney Eğitsel Çıkartmalı Mickey Alıştırma Kitabım Sayılar</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786254233470</t>
+          <t>9786254233784</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 5 Yaş</t>
+          <t>Disney Eğitsel Okul Öncesi Sesleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786254233463</t>
+          <t>9786254233654</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Günde 10 Dakika Alıştırma Kitabı 4 Yaş</t>
+          <t>Disney Eğitsel Okul Öncesi Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>168</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786254233326</t>
+          <t>9786254233647</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Batman!</t>
+          <t>Disney Eğitsel Okul Öncesi Şekilleri ve Renkleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786254233364</t>
+          <t>9786254232398</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Büyük Kahramanlar</t>
+          <t>Sayılar - Bebek Dokun ve Hisset Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>99.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786254233357</t>
+          <t>9786254233548</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Süperman!</t>
+          <t>Disney Minnie Mouse: En Harika Kitap</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786254233333</t>
+          <t>9786254233531</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Çiçek Gücü</t>
+          <t>Disney Minnie Mouse Dev Hayaller Çizgi Roman</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786254233340</t>
+          <t>9786254233524</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Friends - Süper Evcil Hayvanlar</t>
+          <t>Disney Nöbetçi Fareler Su Altında</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786254233227</t>
+          <t>9786254233494</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>DC Comics Süper Kahramanlar 100 Süper Boyama</t>
+          <t>Disney Nöbetçi Fareler</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>119.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786254233265</t>
+          <t>9786254233456</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Harika Maceralarla Süperman - Sihirli Canavarlar</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 3 Yaş</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>99.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786254233272</t>
+          <t>9786254233487</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Harika Maceralarla Superman - Supergirl'ün Evcil Hayvan Sorunu</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 6 Yaş</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>99.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786254233241</t>
+          <t>9786254233470</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Harika Maceralarla Superman - Baloncuk Mücadelesi</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 5 Yaş</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>99.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786254233302</t>
+          <t>9786254233463</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Sinestro Korku Halkası</t>
+          <t>Günde 10 Dakika Alıştırma Kitabı 4 Yaş</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>99.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786254233296</t>
+          <t>9786254233326</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Cheetah Kusursuz Suç</t>
+          <t>DC Süper Friends - Batman!</t>
         </is>
       </c>
       <c r="C911" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786254233319</t>
+          <t>9786254233364</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Captain Cold Tipi Altında Savaş</t>
+          <t>DC Süper Friends - Büyük Kahramanlar</t>
         </is>
       </c>
       <c r="C912" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786254233289</t>
+          <t>9786254233357</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Super DC VILLAINS Joker Açık Denizlerde</t>
+          <t>DC Süper Friends - Süperman!</t>
         </is>
       </c>
       <c r="C913" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786254233159</t>
+          <t>9786254233333</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Büsküvi Yarışması</t>
+          <t>DC Süper Friends - Çiçek Gücü</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>168</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786254233142</t>
+          <t>9786254233340</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Pastanesine Hoş Geldiniz</t>
+          <t>DC Süper Friends - Süper Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>168</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786254231834</t>
+          <t>9786254233227</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Gecedeki Işık</t>
+          <t>DC Comics Süper Kahramanlar 100 Süper Boyama</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>299.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786254231674</t>
+          <t>9786254233265</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Kuaför Babam</t>
+          <t>Harika Maceralarla Süperman - Sihirli Canavarlar</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>299.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786254231896</t>
+          <t>9786254233272</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Mamutunu Nasıl Yıkarsın ?</t>
+          <t>Harika Maceralarla Superman - Supergirl'ün Evcil Hayvan Sorunu</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>299.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786254231872</t>
+          <t>9786254233241</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Mavi ve Bertie</t>
+          <t>Harika Maceralarla Superman - Baloncuk Mücadelesi</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>299.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786254231810</t>
+          <t>9786254233302</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Nesi Var Adası - Kitap Köpekbalığına Karşı</t>
+          <t>Super DC VILLAINS Sinestro Korku Halkası</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>299.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786254231827</t>
+          <t>9786254233296</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Nesi Var Adası</t>
+          <t>Super DC VILLAINS Cheetah Kusursuz Suç</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>299.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786254231803</t>
+          <t>9786254233319</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Ori’nin Yıldızları</t>
+          <t>Super DC VILLAINS Captain Cold Tipi Altında Savaş</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>299.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786254231865</t>
+          <t>9786254233289</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Parmak Balık Gıdıgıdı</t>
+          <t>Super DC VILLAINS Joker Açık Denizlerde</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>299.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786254232893</t>
+          <t>9786254233159</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 1</t>
+          <t>En Güzel Büsküvi Yarışması</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>48</v>
+        <v>168</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786254232978</t>
+          <t>9786254233142</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 4</t>
+          <t>Hayvanlar Pastanesine Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>48</v>
+        <v>168</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786254232961</t>
+          <t>9786254231834</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 3</t>
+          <t>Gecedeki Işık</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>48</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786254232930</t>
+          <t>9786254231674</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Z Takımı Etkinlik ve Boyama Kitabı 2</t>
+          <t>Kuaför Babam</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>48</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786254231933</t>
+          <t>9786254231896</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Köstebek'in Gözlüğü (Ciltli)</t>
+          <t>Mamutunu Nasıl Yıkarsın ?</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>549</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786254231926</t>
+          <t>9786254231872</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Porsuk'un Orkestrası (Ciltli)</t>
+          <t>Mavi ve Bertie</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>549</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786254232145</t>
+          <t>9786254231810</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Bekle Beni Ay</t>
+          <t>Nesi Var Adası - Kitap Köpekbalığına Karşı</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786254232275</t>
+          <t>9786254231827</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Nesi Var Adası</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786254232251</t>
+          <t>9786254231803</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Ori’nin Yıldızları</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786254232220</t>
+          <t>9786254231865</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Çamur Zıpzıpı Metecan</t>
+          <t>Parmak Balık Gıdıgıdı</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786254232213</t>
+          <t>9786254232893</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>68</v>
+        <v>48</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786254232183</t>
+          <t>9786254232978</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Boyama Kitabı</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 4</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>129.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9780000718075</t>
+          <t>9786254232961</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenleri Seti 4 Kitap</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>358</v>
+        <v>48</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9780000705440</t>
+          <t>9786254232930</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Gizem Kulübü Seti 5 Kitap</t>
+          <t>Z Takımı Etkinlik ve Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>447.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786254364488</t>
+          <t>9786254231933</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Bir Canavar Yarışını Nasıl Kazanırsın?</t>
+          <t>Köstebek'in Gözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>249.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786254364471</t>
+          <t>9786254231926</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Bir Süper Kahramanı Nasıl Kurtarırsın?</t>
+          <t>Porsuk'un Orkestrası (Ciltli)</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>228</v>
+        <v>549</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786254364501</t>
+          <t>9786254232145</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Barlas Antik Roma'da</t>
+          <t>Kukuli Bekle Beni Ay</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>228</v>
+        <v>68</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786254364440</t>
+          <t>9786254232275</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Korsan Havuzunda Nasıl Dalarsın?</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>228</v>
+        <v>68</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786254360367</t>
+          <t>9786254232251</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Dağınık!</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>299.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786254362217</t>
+          <t>9786254232220</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Zaman Gezgini</t>
+          <t>Çamur Zıpzıpı Metecan</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786254362187</t>
+          <t>9786254232213</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Turist Kapanı</t>
+          <t>Alaaddin</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>119.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786254362200</t>
+          <t>9786254232183</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Kafa Avcıları</t>
+          <t>Kukuli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>119.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786254362170</t>
+          <t>9780000718075</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çoklu Dipper</t>
+          <t>Filozof Dedemle Felsefe Serüvenleri Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>119.5</v>
+        <v>358</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786254362194</t>
+          <t>9780000705440</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Hüpletici Canavar Efsanesi</t>
+          <t>Disney Esrarengiz Kasaba Gizem Kulübü Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>119.5</v>
+        <v>447.5</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786254232039</t>
+          <t>9786254364488</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitostan Logosa</t>
+          <t>Bir Canavar Yarışını Nasıl Kazanırsın?</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>99.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786254232053</t>
+          <t>9786254364471</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Felsefe Üzerine</t>
+          <t>Bir Süper Kahramanı Nasıl Kurtarırsın?</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>99.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786254232046</t>
+          <t>9786254364501</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitoloji Üzerine</t>
+          <t>Barlas Antik Roma'da</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>99.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786254232060</t>
+          <t>9786254364440</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Filozof Dedemle Felsefe Serüvenlerim - Düşünmek Üzerine</t>
+          <t>Korsan Havuzunda Nasıl Dalarsın?</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>99.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786254360411</t>
+          <t>9786254360367</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Vecihi Hürküş</t>
+          <t>Dağınık!</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>39.9</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786254360428</t>
+          <t>9786254362217</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Marie Curie</t>
+          <t>Disney Esrarengiz Kasaba Zaman Gezgini</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>39.9</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786254361999</t>
+          <t>9786254362187</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı! Yavru Köpekler</t>
+          <t>Disney Esrarengiz Kasaba Turist Kapanı</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>39.9</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786254362019</t>
+          <t>9786254362200</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı Kurbağalar!</t>
+          <t>Disney Esrarengiz Kasaba Kafa Avcıları</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>68</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786254231995</t>
+          <t>9786254362170</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Disney Jessie - Yeni Dadı</t>
+          <t>Disney Esrarengiz Kasaba Çoklu Dipper</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>149.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786254232008</t>
+          <t>9786254362194</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Disney Jessie - Yaşasın Hayat</t>
+          <t>Disney Esrarengiz Kasaba Hüpletici Canavar Efsanesi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>149.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786254231988</t>
+          <t>9786254232039</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Disney Jessie - Çılgın Aşık</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitostan Logosa</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>149.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786254232022</t>
+          <t>9786254232053</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Disney Enkanto Sihirli Dünya</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Felsefe Üzerine</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>119.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786254231629</t>
+          <t>9786254232046</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Baş Düşman Kadar Korkutucu (Ciltli)</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Mitoloji Üzerine</t>
         </is>
       </c>
       <c r="C960" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786254231667</t>
+          <t>9786254232060</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Yavru Kuş Şarkısı (Ciltli)</t>
+          <t>Filozof Dedemle Felsefe Serüvenlerim - Düşünmek Üzerine</t>
         </is>
       </c>
       <c r="C961" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786254231643</t>
+          <t>9786254360411</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Sıcak Çöp (Ciltli)</t>
+          <t>National Geographic Kids - Vecihi Hürküş</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786254231650</t>
+          <t>9786254360428</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Hamburger Dürüme Karşı (Ciltli)</t>
+          <t>National Geographic Kids - Marie Curie</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786254231636</t>
+          <t>9786254361999</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Cesaretin Varsa Oku! (Ciltli)</t>
+          <t>National Geographic Kids - Çok Tatlı! Yavru Köpekler</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786254231612</t>
+          <t>9786254362019</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Dc Comics - Teen Titans Go! Araba Yolculuğu (Ciltli)</t>
+          <t>National Geographic Kids - Çok Havalı Kurbağalar!</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>99.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786254231759</t>
+          <t>9786254231995</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sorumluluk Noktası - Doğru Seçimler Yapmak Üzerine Bir Hikaye</t>
+          <t>Disney Jessie - Yeni Dadı</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>139.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786254231711</t>
+          <t>9786254232008</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Küçük Saygılı Nokta - Nazik Olabilmek Üzerine Bir Hikaye</t>
+          <t>Disney Jessie - Yaşasın Hayat</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>139.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786254231742</t>
+          <t>9786254231988</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Küçük İyilik Noktası</t>
+          <t>Disney Jessie - Çılgın Aşık</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>139.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786254231698</t>
+          <t>9786254232022</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Küçük Güvenlik Noktası</t>
+          <t>Disney Enkanto Sihirli Dünya</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>139.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786254231681</t>
+          <t>9786254231629</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Küçük Düzenli Nokta - Sistemli Olabilmek Üzerine Bir Hikaye</t>
+          <t>Dc Comics - Teen Titans Go! Baş Düşman Kadar Korkutucu (Ciltli)</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>139.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786254231735</t>
+          <t>9786254231667</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dürüst Nokta - Güven ve Saygınlık Üzerine Bir Hikaye</t>
+          <t>Dc Comics - Teen Titans Go! Yavru Kuş Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>139.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786254231728</t>
+          <t>9786254231643</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Noktanı Bulmak - Çeşitlilik Üzerine Bir Hikaye</t>
+          <t>Dc Comics - Teen Titans Go! Sıcak Çöp (Ciltli)</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>139.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786254366222</t>
+          <t>9786254231650</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>True Ve Gökkuşağı Krallığı Büyük Gökkuşağı Yarışı</t>
+          <t>Dc Comics - Teen Titans Go! Hamburger Dürüme Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>58</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786254367106</t>
+          <t>9786254231636</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Artık Maymun Falan Yok!</t>
+          <t>Dc Comics - Teen Titans Go! Cesaretin Varsa Oku! (Ciltli)</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786254367045</t>
+          <t>9786254231612</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Filiz’in Pantolonu</t>
+          <t>Dc Comics - Teen Titans Go! Araba Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786254362262</t>
+          <t>9786254231759</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Ördekler</t>
+          <t>Küçük Sorumluluk Noktası - Doğru Seçimler Yapmak Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>199.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786254362255</t>
+          <t>9786254231711</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Gerçek Ejderhalar!</t>
+          <t>Küçük Saygılı Nokta - Nazik Olabilmek Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>199.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786254362248</t>
+          <t>9786254231742</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çiftlik Hayvanları</t>
+          <t>Küçük İyilik Noktası</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>199.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786254362231</t>
+          <t>9786254231698</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Böcekler!</t>
+          <t>Küçük Güvenlik Noktası</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>199.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786254368288</t>
+          <t>9786254231681</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>DC Süper Evciller Takımı - Lulu'nun Gücü</t>
+          <t>Küçük Düzenli Nokta - Sistemli Olabilmek Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>99.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786254362361</t>
+          <t>9786254231735</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Ufo</t>
+          <t>Küçük Dürüst Nokta - Güven ve Saygınlık Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>399.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786254362354</t>
+          <t>9786254231728</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Suç</t>
+          <t>Dünyadaki Noktanı Bulmak - Çeşitlilik Üzerine Bir Hikaye</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>399.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786254361821</t>
+          <t>9786254366222</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Kumulları - Kaşifler Akademisi</t>
+          <t>True Ve Gökkuşağı Krallığı Büyük Gökkuşağı Yarışı</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>345</v>
+        <v>58</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786254361838</t>
+          <t>9786254367106</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Yuvası - Kaşifler Akademisi</t>
+          <t>Artık Maymun Falan Yok!</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>345</v>
+        <v>68</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786254361814</t>
+          <t>9786254367045</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Unicorn ve Noktaları - Evcil Hayvan Kliniği Etkinlik Kitabı</t>
+          <t>Filiz’in Pantolonu</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>199.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786254361807</t>
+          <t>9786254362262</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Haydi Durma, Unicorn’u Boya!</t>
+          <t>National Geographic Kids - Ördekler</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786254361791</t>
+          <t>9786254362255</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Haydi Durma, Dinozoru Boya!</t>
+          <t>National Geographic Kids - Gerçek Ejderhalar!</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786254361784</t>
+          <t>9786254362248</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Tütü Giymesine İzin Verme!</t>
+          <t>National Geographic Kids - Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>119.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786254361777</t>
+          <t>9786254362231</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’un Noktalarla Kaplanmasına İzin Verme!</t>
+          <t>National Geographic Kids - Böcekler!</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>119.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786254360336</t>
+          <t>9786254368288</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamayı Keşfedelim</t>
+          <t>DC Süper Evciller Takımı - Lulu'nun Gücü</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>39.9</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786254360312</t>
+          <t>9786254362361</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamaya Başlayalım</t>
+          <t>Disney En Güzel Maceralar Ufo</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>39.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786254360329</t>
+          <t>9786254362354</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Yolları Ve Resimleri Bulalım</t>
+          <t>Disney En Güzel Maceralar Suç</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>39.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786052429723</t>
+          <t>9786254361821</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Zaman Yolcusu - İnternet Fenomeni</t>
+          <t>Yıldız Kumulları - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>24.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786254360640</t>
+          <t>9786254361838</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Havalı Leoparlar</t>
+          <t>Kaplan Yuvası - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>39.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786254360657</t>
+          <t>9786254361814</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı! Koalalar</t>
+          <t>Unicorn ve Noktaları - Evcil Hayvan Kliniği Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>39.9</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786254360664</t>
+          <t>9786254361807</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Çok Tatlı! Pandalar</t>
+          <t>Haydi Durma, Unicorn’u Boya!</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>39.9</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786254361098</t>
+          <t>9786254361791</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Renk Rehberi</t>
+          <t>Haydi Durma, Dinozoru Boya!</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>89.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786254361104</t>
+          <t>9786254361784</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Moda Rehberi</t>
+          <t>Asla Bir Unicorn’un Tütü Giymesine İzin Verme!</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>89.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786254361371</t>
+          <t>9786254361777</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Asla Bir Unicorn’un Noktalarla Kaplanmasına İzin Verme!</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786254361364</t>
+          <t>9786254360336</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Cesur Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamayı Keşfedelim</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786254361357</t>
+          <t>9786254360312</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Özgür Canlıları - Çıkartmalı Aktivite Kitabı</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Kodlamaya Başlayalım</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786254361340</t>
+          <t>9786254360329</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Çalışkan Canlıları - Çıkartmalı Aktivite Kitabı</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz - Robot Kubi'yle Gizli Yolları Ve Resimleri Bulalım</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786254361333</t>
+          <t>9786052429723</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>Nasreddin Hoca Zaman Yolcusu - İnternet Fenomeni</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>99.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786254361326</t>
+          <t>9786254360640</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Muhteşem Canlıları - Çıkartmalı Aktivite Kitabı</t>
+          <t>National Geographic Kids - Çok Havalı Leoparlar</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786254361319</t>
+          <t>9786254360657</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>National Geographic Kids - Çok Tatlı! Koalalar</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786254361296</t>
+          <t>9786254360664</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Harika Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
+          <t>National Geographic Kids - Çok Tatlı! Pandalar</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>99.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786052420317</t>
+          <t>9786254361098</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids: Kelebekler</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Renk Rehberi</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>199.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786254232909</t>
+          <t>9786254361104</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Moda Rehberi</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>299.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786052427491</t>
+          <t>9786254361371</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Klasikler - Frankenstein Başrolde: Donald</t>
+          <t>Güçlü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>119.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9787666000117</t>
+          <t>9786254361364</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygu Noktası Ekonomi Seti</t>
+          <t>Cesur Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>547.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786254367120</t>
+          <t>9786254361357</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Evcil Hayvanım</t>
+          <t>Ormanın Özgür Canlıları - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786254362156</t>
+          <t>9786254361340</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yıldız, Parlak Yıldız</t>
+          <t>Ormanın Çalışkan Canlıları - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786254361845</t>
+          <t>9786254361333</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Disney Fineas Ve Förb Mip'in Maceraları</t>
+          <t>Olağanüstü Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1013" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786254361852</t>
+          <t>9786254361326</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Disney Fineas Ve Förb Baştan Ayağa Bela</t>
+          <t>Ormanın Muhteşem Canlıları - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1014" s="1">
         <v>99.5</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786254361746</t>
+          <t>9786254361319</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Unicorn’u Bir Ren Geyiğiyle Bir Araya Getirme!</t>
+          <t>Etkileyici Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>119.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786254361739</t>
+          <t>9786254361296</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Asla Bir Prensesin Unicorn’uyla Boyama Yapmasına İzin Verme</t>
+          <t>Harika Hayvanlar - Çıkartmalı Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>119.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786254362064</t>
+          <t>9786052420317</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Wonder Woman: Amazon Savaşçısı</t>
+          <t>National Geographic Kids: Kelebekler</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786254362057</t>
+          <t>9786254232909</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Gizli Kahramanlar Derneği: Adalet Sınıfı</t>
+          <t>Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>99.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786254362040</t>
+          <t>9786052427491</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>DC Comics - Gizli Kahramanlar Derneği: Yalnızlık Kalesi</t>
+          <t>Disney Çizgi Klasikler - Frankenstein Başrolde: Donald</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>99.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786254361630</t>
+          <t>9787666000117</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Mercan Resifi</t>
+          <t>Küçük Duygu Noktası Ekonomi Seti</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>149.5</v>
+        <v>547.5</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786254361623</t>
+          <t>9786254367120</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Gece Vakti</t>
+          <t>Bu Benim Evcil Hayvanım</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>149.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786254361661</t>
+          <t>9786254362156</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Yavru Hayvanlar</t>
+          <t>Güzel Yıldız, Parlak Yıldız</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>149.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786254361647</t>
+          <t>9786254361845</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Dünyamızı Keşfedin - Aslanlar</t>
+          <t>Disney Fineas Ve Förb Mip'in Maceraları</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>149.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786254361616</t>
+          <t>9786254361852</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Dısney Esrarengiz Kasaba Gizemli Çıkartma Albümü</t>
+          <t>Disney Fineas Ve Förb Baştan Ayağa Bela</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>199.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786052426371</t>
+          <t>9786254361746</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Midilliler (Ciltli)</t>
+          <t>Asla Bir Unicorn’u Bir Ren Geyiğiyle Bir Araya Getirme!</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>39.9</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786254361203</t>
+          <t>9786254361739</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Kukuli’yle Yaratıcı Etkinlikler 4</t>
+          <t>Asla Bir Prensesin Unicorn’uyla Boyama Yapmasına İzin Verme</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>49.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786254361111</t>
+          <t>9786254362064</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Çıkartma Rehberi</t>
+          <t>DC Comics - Wonder Woman: Amazon Savaşçısı</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>89.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786254361128</t>
+          <t>9786254362057</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Kısa Kısa Dipper'ın Açıklanamayan Olaylar Rehberi</t>
+          <t>DC Comics - Gizli Kahramanlar Derneği: Adalet Sınıfı</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>89.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9780000999993</t>
+          <t>9786254362040</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba Çıkartmalı Hikaye Seti - 2 Kitap Takım</t>
+          <t>DC Comics - Gizli Kahramanlar Derneği: Yalnızlık Kalesi</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>89.8</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786254361470</t>
+          <t>9786254361630</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids İlk Bilim Kitabım</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Mercan Resifi</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>649.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786254361449</t>
+          <t>9786254361623</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Ejderhayla Yaşayan Çocuk</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Gece Vakti</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>249.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786254361456</t>
+          <t>9786254361661</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Ejderhayla Uçan Çocuk</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>249.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786254361272</t>
+          <t>9786254361647</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Dısney Esrarengiz Kasaba Dünyası</t>
+          <t>National Geographic Kids Dünyamızı Keşfedin - Aslanlar</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>349.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786254360930</t>
+          <t>9786254361616</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Disney Tasarla Ve Oyna Karlar Ülkesi 2 – Gizemli Yolculuk</t>
+          <t>Dısney Esrarengiz Kasaba Gizemli Çıkartma Albümü</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>58</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786254360947</t>
+          <t>9786052426371</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Kayıp Kolye</t>
+          <t>National Geographic Kids Midilliler (Ciltli)</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>229.5</v>
+        <v>39.9</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786254360978</t>
+          <t>9786254361203</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Gölge Ve Altın Oda</t>
+          <t>Kukuli’yle Yaratıcı Etkinlikler 4</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>229.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786254360985</t>
+          <t>9786254361111</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Bir Yılbaşı Gizemi</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Mabel'in Çıkartma Rehberi</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>229.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786254360893</t>
+          <t>9786254361128</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Timmi Tobbson Küçük Kaşifler Aile Sırrı</t>
+          <t>Disney Esrarengiz Kasaba - Kısa Kısa Dipper'ın Açıklanamayan Olaylar Rehberi</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>229.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786254360701</t>
+          <t>9780000999993</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Kukuli İle Renkler - Renkleri Öğreniyoruz! (Ciltli)</t>
+          <t>Disney Esrarengiz Kasaba Çıkartmalı Hikaye Seti - 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>89.5</v>
+        <v>89.8</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786254360077</t>
+          <t>9786254361470</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyoruz Bay Panda</t>
+          <t>National Geographic Kids İlk Bilim Kitabım</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>299.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786254360060</t>
+          <t>9786254361449</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Bay Panda</t>
+          <t>Ejderhayla Yaşayan Çocuk</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>1980000579777</t>
+          <t>9786254361456</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Bilim Ansiklopedi Seti (Ciltli)</t>
+          <t>Ejderhayla Uçan Çocuk</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>4047</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786254360688</t>
+          <t>9786254361272</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Disney - Greenlerin Büyükşehir Maceraları Kanlı Ay</t>
+          <t>Dısney Esrarengiz Kasaba Dünyası</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>99.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786254360473</t>
+          <t>9786254360930</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Ayının Biri Oturmuş Sandalyeme</t>
+          <t>Disney Tasarla Ve Oyna Karlar Ülkesi 2 – Gizemli Yolculuk</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>228</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052429457</t>
+          <t>9786254360947</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Sincap ile Kardan Adam - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
+          <t>Timmi Tobbson Küçük Kaşifler Kayıp Kolye</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>549</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786254360244</t>
+          <t>9786254360978</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Mercan’ın Yelkenlisi</t>
+          <t>Timmi Tobbson Küçük Kaşifler Gölge Ve Altın Oda</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>69.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786254360190</t>
+          <t>9786254360985</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygusal Nokta</t>
+          <t>Timmi Tobbson Küçük Kaşifler Bir Yılbaşı Gizemi</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>139.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786254360183</t>
+          <t>9786254360893</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaygılı Nokta</t>
+          <t>Timmi Tobbson Küçük Kaşifler Aile Sırrı</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>139.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786254360275</t>
+          <t>9786254360701</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Küçük Duygusal Nokta Duygu Dedektifi</t>
+          <t>Kukuli İle Renkler - Renkleri Öğreniyoruz! (Ciltli)</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>139.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786254360268</t>
+          <t>9786254360077</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cesur Nokta</t>
+          <t>Seni Seviyoruz Bay Panda</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>139.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786254360251</t>
+          <t>9786254360060</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Küçük Azimli Nokta</t>
+          <t>Teşekkürler Bay Panda</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>139.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786254360282</t>
+          <t>1980000579777</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Küçük Takım Çalışması Noktası</t>
+          <t>National Geographic Kids Bilim Ansiklopedi Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>139.5</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786254360138</t>
+          <t>9786254360688</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sevgi Noktası</t>
+          <t>Disney - Greenlerin Büyükşehir Maceraları Kanlı Ay</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>139.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786254360107</t>
+          <t>9786254360473</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sakin Nokta</t>
+          <t>Ayının Biri Oturmuş Sandalyeme</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>139.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786254360145</t>
+          <t>9786052429457</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Küçük Özgüvenli Nokta</t>
+          <t>Sincap ile Kardan Adam - Meşe Palamudu Ormanı’ndan Masallar (Kapakçıklı Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>139.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786254360152</t>
+          <t>9786254360244</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Küçük Öfkeli Nokta</t>
+          <t>Mercan’ın Yelkenlisi</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>139.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786254360169</t>
+          <t>9786254360190</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutsuz Nokta</t>
+          <t>Küçük Duygusal Nokta</t>
         </is>
       </c>
       <c r="C1057" s="1">
         <v>139.5</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786254360176</t>
+          <t>9786254360183</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutlu Nokta</t>
+          <t>Küçük Kaygılı Nokta</t>
         </is>
       </c>
       <c r="C1058" s="1">
         <v>139.5</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786254360299</t>
+          <t>9786254360275</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Disney- Esrarengiz Kasaba Gizemli ve Açıklanamaz Maceralar</t>
+          <t>Küçük Duygusal Nokta Duygu Dedektifi</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>649.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786254360220</t>
+          <t>9786254360268</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Disney - Star Kötü Güçlere Karşı Büyük Bela</t>
+          <t>Küçük Cesur Nokta</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>199.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052429990</t>
+          <t>9786254360251</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Kim Haklı?</t>
+          <t>Küçük Azimli Nokta</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>44.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052429983</t>
+          <t>9786254360282</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Herkesin Merak Ettiği Cevap</t>
+          <t>Küçük Takım Çalışması Noktası</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>44.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052429976</t>
+          <t>9786254360138</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Genişleyen Evin Sırrı</t>
+          <t>Küçük Sevgi Noktası</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>44.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786052429952</t>
+          <t>9786254360107</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Büyük Görev: Yanından Ayrılma</t>
+          <t>Küçük Sakin Nokta</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>44.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786052429969</t>
+          <t>9786254360145</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Ödev Peşinde: Nerede Bulurum?</t>
+          <t>Küçük Özgüvenli Nokta</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>44.9</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786050526509</t>
+          <t>9786254360152</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanından Masallar İlk Kitaplarım Seti (4 Kitap Takım) (Ciltli)</t>
+          <t>Küçük Öfkeli Nokta</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>1198</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052577851</t>
+          <t>9786254360169</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca'yla Zamansız Fıkralar Serisi (6 Kitap Takım)</t>
+          <t>Küçük Mutsuz Nokta</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>269.4</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786052429327</t>
+          <t>9786254360176</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Sevincin Şarkısı</t>
+          <t>Küçük Mutlu Nokta</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>299.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052425466</t>
+          <t>9786254360299</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Disney- Esrarengiz Kasaba Gizemli ve Açıklanamaz Maceralar</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>349.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052429228</t>
+          <t>9786254360220</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Disney - Star Kötü Güçlere Karşı Büyük Bela</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052429235</t>
+          <t>9786052429990</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Kim Haklı?</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>349.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786052425459</t>
+          <t>9786052429983</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Herkesin Merak Ettiği Cevap</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>349.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786052429785</t>
+          <t>9786052429976</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalar - Seviye 1</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Genişleyen Evin Sırrı</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>199.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786052429754</t>
+          <t>9786052429952</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Parlayan Hayvanlar - Seviye 1</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Büyük Görev: Yanından Ayrılma</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>199.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052429761</t>
+          <t>9786052429969</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Gündüz ve Gece - Seviye 1</t>
+          <t>Nasreddin Hoca’yla Zamansız Fıkralar - Ödev Peşinde: Nerede Bulurum?</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>199.5</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786052429921</t>
+          <t>9786050526509</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Oyun Kitabı</t>
+          <t>Meşe Palamudu Ormanından Masallar İlk Kitaplarım Seti (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>239.5</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052429839</t>
+          <t>9786052577851</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Ormanda - Seviye 1</t>
+          <t>Nasreddin Hoca'yla Zamansız Fıkralar Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>199.5</v>
+        <v>269.4</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786052429822</t>
+          <t>9786052429327</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Walt Disney - Seviye 3</t>
+          <t>Sevincin Şarkısı</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786052429747</t>
+          <t>9786052425466</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Tilkiler - Seviye 2</t>
+          <t>Renkler - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786052429778</t>
+          <t>9786052429228</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Garip Hayvanlar</t>
+          <t>Arkadaşlar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786052429846</t>
+          <t>9786052429235</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Bacaklılar</t>
+          <t>Zıtlıklar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786052429808</t>
+          <t>9786052425459</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Penguenler</t>
+          <t>Sayılar - Meşe Palamudu Ormanı’ndan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052429792</t>
+          <t>9786052429785</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Kediler</t>
+          <t>Fırtınalar - Seviye 1</t>
         </is>
       </c>
       <c r="C1083" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052429945</t>
+          <t>9786052429754</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Boyama Kitabım Dipper - Esrarengiz Kasaba</t>
+          <t>Parlayan Hayvanlar - Seviye 1</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786052429938</t>
+          <t>9786052429761</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Boyama Kitabım Mabel - Esrarengiz Kasaba</t>
+          <t>Gündüz ve Gece - Seviye 1</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052429655</t>
+          <t>9786052429921</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Yaşıyor mu?</t>
+          <t>Disney - Esrarengiz Kasaba Oyun Kitabı</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>99.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786052429129</t>
+          <t>9786052429839</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Böö</t>
+          <t>Ormanda - Seviye 1</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786052429112</t>
+          <t>9786052429822</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Bir Tilki</t>
+          <t>Walt Disney - Seviye 3</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786052429501</t>
+          <t>9786052429747</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Şapkanın Gizemi - Öykü Kitabı</t>
+          <t>Tilkiler - Seviye 2</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>49.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786052428788</t>
+          <t>9786052429778</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Cyril ve Pat</t>
+          <t>Garip Hayvanlar</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786052429310</t>
+          <t>9786052429846</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Yetiştiren Çocuk</t>
+          <t>Kafadan Bacaklılar</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786052429280</t>
+          <t>9786052429808</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Go Go İgo: Bir Akıl Oyunu Hikayesi</t>
+          <t>Penguenler</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>99.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786052429075</t>
+          <t>9786052429792</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 9</t>
+          <t>Kediler</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>49.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786052429099</t>
+          <t>9786052429945</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 7</t>
+          <t>Maskeli Boyama Kitabım Dipper - Esrarengiz Kasaba</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>49.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052429105</t>
+          <t>9786052429938</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 6</t>
+          <t>Maskeli Boyama Kitabım Mabel - Esrarengiz Kasaba</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>49.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052429044</t>
+          <t>9786052429655</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 4</t>
+          <t>Dinozorlar Yaşıyor mu?</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>49.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052429051</t>
+          <t>9786052429129</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Kukuli Aktivite Kitabı - 3</t>
+          <t>Böö</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052428870</t>
+          <t>9786052429112</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Çok Tatlı Pandalar - National Geographic Kids</t>
+          <t>Bir Tilki</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>169.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786052428900</t>
+          <t>9786052429501</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Çok Havalı Leopar - National Geographic Kids</t>
+          <t>Şapkanın Gizemi - Öykü Kitabı</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>169.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786052428887</t>
+          <t>9786052428788</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Çok Tatlı Koalalar - National Geographic Kids</t>
+          <t>Cyril ve Pat</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>169.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786052427767</t>
+          <t>9786052429310</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Bu Güzel Gezegen</t>
+          <t>Ejderha Yetiştiren Çocuk</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052428184</t>
+          <t>9786052429280</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Telefon Kitabım (Ciltli)</t>
+          <t>Go Go İgo: Bir Akıl Oyunu Hikayesi</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>69.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786052428191</t>
+          <t>9786052429075</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Nesneler - Telefon Kitabım (Ciltli)</t>
+          <t>Kukuli Aktivite Kitabı - 9</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>69.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9780000554970</t>
+          <t>9786052429099</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bebek - Kontrast Renkler Seti (4 Kitap Takım) (Ciltli)</t>
+          <t>Kukuli Aktivite Kitabı - 7</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>798</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786254360602</t>
+          <t>9786052429105</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Acayip Ötesi Maceralar - Disney Esrarengiz Kasaba Kısa Kısa</t>
+          <t>Kukuli Aktivite Kitabı - 6</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>239.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>3990052427491</t>
+          <t>9786052429044</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein Başrolde: Donald - Disney Çizgi Klasikler</t>
+          <t>Kukuli Aktivite Kitabı - 4</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>28.9</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786052427521</t>
+          <t>9786052429051</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Disney Ralph ve İnternet</t>
+          <t>Kukuli Aktivite Kitabı - 3</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>119.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786052427484</t>
+          <t>9786052428870</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Drakula Başrolde: Mickey - Disney Çizgi Klasikler</t>
+          <t>Çok Tatlı Pandalar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>119.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786052427545</t>
+          <t>9786052428900</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Paten Aşkına! - Disney Soy Luna  1</t>
+          <t>Çok Havalı Leopar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>119.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786052427507</t>
+          <t>9786052428887</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick Başrolde: Donald - Disney Çizgi Klasikler</t>
+          <t>Çok Tatlı Koalalar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>119.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786052427538</t>
+          <t>9786052427767</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Etkisi - Disney Soy Luna 2</t>
+          <t>Bu Güzel Gezegen</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>119.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786052427835</t>
+          <t>9786052428184</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Bıcı Bıcı Saati - Kontrast Renkler (Ciltli)</t>
+          <t>Hayvanlar - Telefon Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>199.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786052427842</t>
+          <t>9786052428191</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Bebek Odam - Kontrast Renkler (Ciltli)</t>
+          <t>Nesneler - Telefon Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>199.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052427828</t>
+          <t>9780000554970</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Mama Saati - Kontrast Renkler (Ciltli)</t>
+          <t>Akıllı Bebek - Kontrast Renkler Seti (4 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>199.5</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786052428313</t>
+          <t>9786254360602</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitabı - Deniz Kitabı</t>
+          <t>Acayip Ötesi Maceralar - Disney Esrarengiz Kasaba Kısa Kısa</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>228</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786052428047</t>
+          <t>3990052427491</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Venüs - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Frankenstein Başrolde: Donald - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>199.5</v>
+        <v>28.9</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786052427941</t>
+          <t>9786052427521</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Dünya - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Disney Ralph ve İnternet</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786052427927</t>
+          <t>9786052427484</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Astronot - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Drakula Başrolde: Mickey - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052428016</t>
+          <t>9786052427545</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Satürn - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Paten Aşkına! - Disney Soy Luna  1</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052428009</t>
+          <t>9786052427507</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Neptün - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Moby Dick Başrolde: Donald - Disney Çizgi Klasikler</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786052427996</t>
+          <t>9786052427538</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Merkür - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Arkadaş Etkisi - Disney Soy Luna 2</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>199.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786052427989</t>
+          <t>9786052427835</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Mars - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Bıcı Bıcı Saati - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C1122" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052427972</t>
+          <t>9786052427842</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Bebek Odam - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C1123" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786052427965</t>
+          <t>9786052427828</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Güneş - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Mama Saati - Kontrast Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C1124" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052427958</t>
+          <t>9786052428313</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Galaksiler - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Kara Kitabı - Deniz Kitabı</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>199.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786052428030</t>
+          <t>9786052428047</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Uranüs - Uzayı Keşfediyorum (Ciltli)</t>
+          <t>Venüs - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1126" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786052427170</t>
+          <t>9786052427941</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynayan Domuz (Ciltli)</t>
+          <t>Dünya - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>549</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786052428429</t>
+          <t>9786052427927</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>İlk Nasıllar Kitabım</t>
+          <t>Astronot - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>649.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052427859</t>
+          <t>9786052428016</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Hareket Halindeki Hayvanlar - İlk Kitaplarım Serisi (Ciltli)</t>
+          <t>Satürn - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786052428078</t>
+          <t>9786052428009</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Zamanını Yöneten Çocuklar - National Geographic Kids</t>
+          <t>Neptün - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786052428023</t>
+          <t>9786052427996</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs Gibi Yap - National Geographic Kids</t>
+          <t>Merkür - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786052427576</t>
+          <t>9786052427989</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Böcekler Hakkında 1000 Gerçek - National Geographic Kids</t>
+          <t>Mars - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052427415</t>
+          <t>9786052427972</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Kükre - National Geographic Kids</t>
+          <t>Jüpiter - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1133" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786052427422</t>
+          <t>9786052427965</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Dörtnala - National Geographic Kids</t>
+          <t>Güneş - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1134" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9780000526601</t>
+          <t>9786052427958</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids-Mavi Gezegen Seti-5 Kitap Takım</t>
+          <t>Galaksiler - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>897.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786052426715</t>
+          <t>9786052428030</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Çifte Dipper - Esrarengiz Kasaba (Ciltli)</t>
+          <t>Uranüs - Uzayı Keşfediyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>379.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786052426012</t>
+          <t>9786052427170</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Haklarını Bilen Çocuklar</t>
+          <t>Saklambaç Oynayan Domuz (Ciltli)</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>299.5</v>
+        <v>549</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786052426531</t>
+          <t>9786052428429</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>İlk Böcekler Kitabım - National Geographic Kids</t>
+          <t>İlk Nasıllar Kitabım</t>
         </is>
       </c>
       <c r="C1138" s="1">
         <v>649.5</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786052426500</t>
+          <t>9786052427859</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba - Dipper ve Mabel - Zaman Korsanları Hazinesi'nin Laneti</t>
+          <t>Hareket Halindeki Hayvanlar - İlk Kitaplarım Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>399.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786052426043</t>
+          <t>9786052428078</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Dipper ve Mabel'in Gizem Rehberi İle Aralıksız Eğlence</t>
+          <t>Zamanını Yöneten Çocuklar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>449.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786254232886</t>
+          <t>9786052428023</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Türetici Çocuklar</t>
+          <t>Steve Jobs Gibi Yap - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786052425848</t>
+          <t>9786052427576</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Ay - Ay'ımızın Bilimi ve Hikayeleri (Ciltli)</t>
+          <t>Böcekler Hakkında 1000 Gerçek - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786052426098</t>
+          <t>9786052427415</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Garip ama Gerçek! 5 - 350 Müthiş Gerçek</t>
+          <t>Kükre - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786052425770</t>
+          <t>9786052427422</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İnanılmaz Sürüngenler (Ciltli)</t>
+          <t>Dörtnala - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>1349</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786052425787</t>
+          <t>9780000526601</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Perili Dükkan</t>
+          <t>National Geographic Kids-Mavi Gezegen Seti-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>149.5</v>
+        <v>897.5</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786052425794</t>
+          <t>9786052426715</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Disney Esrarengiz Kasaba - Yaz Cadılar Bayramı</t>
+          <t>Çifte Dipper - Esrarengiz Kasaba (Ciltli)</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>149.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9780000999870</t>
+          <t>9786052426012</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Kaşifler Akademisi Seti (3 Kitap)</t>
+          <t>Haklarını Bilen Çocuklar</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>1035</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9780000999528</t>
+          <t>9786052426531</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Sevimli Hayvanlar Seti 6 Kitap</t>
+          <t>İlk Böcekler Kitabım - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>1197</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786052425114</t>
+          <t>9786052426500</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Çok Dikkatli Aç</t>
+          <t>Disney - Esrarengiz Kasaba - Dipper ve Mabel - Zaman Korsanları Hazinesi'nin Laneti</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>228</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786052425152</t>
+          <t>9786052426043</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Vecihi Hürkuş - National Geographic Kids</t>
+          <t>Disney - Esrarengiz Kasaba Dipper ve Mabel'in Gizem Rehberi İle Aralıksız Eğlence</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>199.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786052425145</t>
+          <t>9786254232886</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - National Geographic Kids</t>
+          <t>Türetici Çocuklar</t>
         </is>
       </c>
       <c r="C1151" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786052424933</t>
+          <t>9786052425848</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Robot Paket Oku Eğlen</t>
+          <t>Ay - Ay'ımızın Bilimi ve Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>169.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786052425237</t>
+          <t>9786052426098</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kalbi Kuş Gibi</t>
+          <t>Garip ama Gerçek! 5 - 350 Müthiş Gerçek</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786052425169</t>
+          <t>9786052425770</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kitabı - Güneş Kitabı</t>
+          <t>National Geographic Kids - İnanılmaz Sürüngenler (Ciltli)</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>228</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786052425138</t>
+          <t>9786052425787</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Derya ile Mercan Hayvanlar Özgür Kalsın</t>
+          <t>Disney Esrarengiz Kasaba - Perili Dükkan</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>199.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786052424759</t>
+          <t>9786052425794</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>İkili Sarmal - Kaşifler Akademisi</t>
+          <t>Disney Esrarengiz Kasaba - Yaz Cadılar Bayramı</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>345</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786052424841</t>
+          <t>9780000999870</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Minik Minik Kodluyoruz 2</t>
+          <t>National Geographic Kids - Kaşifler Akademisi Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>79.5</v>
+        <v>1198.5</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786052424261</t>
+          <t>9780000999528</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Büyük Orman Yangınları - National Geographic Kids</t>
+          <t>National Geographic Kids - Sevimli Hayvanlar Seti 6 Kitap</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>199.5</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786052424254</t>
+          <t>9786052425114</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Ayılar - National Geographic Kids</t>
+          <t>Çok Dikkatli Aç</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>199.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786052424247</t>
+          <t>9786052425152</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler - National Geographic Kids</t>
+          <t>Vecihi Hürkuş - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1160" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786052424049</t>
+          <t>9786052425145</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Tasarıma İlham Veren Doğa - National Geographic Kids</t>
+          <t>Nikola Tesla - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1161" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786052424032</t>
+          <t>9786052424933</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen Ahmed Çelebi - National Geographic Kids</t>
+          <t>National Geographic Kids - Robot Paket Oku Eğlen</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>199.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786052423646</t>
+          <t>9786052425237</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimi Filiz</t>
+          <t>Annemin Kalbi Kuş Gibi</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>189.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786052423431</t>
+          <t>9786052425169</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Kediler - Bilgi ve Oyun Kartları</t>
+          <t>Yağmur Kitabı - Güneş Kitabı</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>149.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786052423448</t>
+          <t>9786052425138</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Köpekler - Bilgi ve Oyun Kartları</t>
+          <t>Derya ile Mercan Hayvanlar Özgür Kalsın</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786052423677</t>
+          <t>9786052424759</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Ustası Emin</t>
+          <t>İkili Sarmal - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>189.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786052423653</t>
+          <t>9786052424841</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Cem</t>
+          <t>Etkinliklerle Minik Minik Kodluyoruz 2</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>189.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786052423660</t>
+          <t>9786052424261</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Hekim Eylül</t>
+          <t>Büyük Orman Yangınları - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>189.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9780000507860</t>
+          <t>9786052424254</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Okuma Kitapları Stantı (180 Kitap)</t>
+          <t>Ayılar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>2916</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9780000508850</t>
+          <t>9786052424247</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Marvel Boyama - Aktivite Kitapları Stantı (117 Kitap)</t>
+          <t>Bitkiler - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>2078.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786052423738</t>
+          <t>9786052424049</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Su</t>
+          <t>Tasarıma İlham Veren Doğa - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786052423752</t>
+          <t>9786052424032</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Mimar Hayvanlar - National Geographic Kids</t>
+          <t>Hezarfen Ahmed Çelebi - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1172" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786052421628</t>
+          <t>9786052423646</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>13 Numaralı Sınıf'ın İnanılmaz ve Korkunç Şöhretleri</t>
+          <t>Diş Hekimi Filiz</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>29.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786052421611</t>
+          <t>9786052423431</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>13 Numaralı Sınıf'ın Felaket Getiren Sihirli Dilekleri</t>
+          <t>En Güzel Kediler - Bilgi ve Oyun Kartları</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>29.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786052423639</t>
+          <t>9786052423448</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Şahin Tüyü - Kaşifler Akademisi</t>
+          <t>En Güzel Köpekler - Bilgi ve Oyun Kartları</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>345</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786052423318</t>
+          <t>9786052423677</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan -  National Geographic Kids</t>
+          <t>İnşaat Ustası Emin</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>299.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786052423325</t>
+          <t>9786052423653</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - National Geographic Kids</t>
+          <t>İtfaiyeci Cem</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>299.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786052422793</t>
+          <t>9786052423660</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Türkan Saylan - İz Bırakanlar Dizisi</t>
+          <t>Veteriner Hekim Eylül</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>299.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786052422922</t>
+          <t>9780000507860</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kurgu - Disney En Güzel Maceralar</t>
+          <t>National Geographic Kids - Okuma Kitapları Stantı (180 Kitap)</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>399.5</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786052422915</t>
+          <t>9780000508850</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Korku - Disney En Güzel Maceralar</t>
+          <t>Marvel Boyama - Aktivite Kitapları Stantı (117 Kitap)</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>399.5</v>
+        <v>2078.5</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786052422809</t>
+          <t>9786052423738</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Süt Dişim Nerede?</t>
+          <t>National Geographic Kids - Su</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786052422137</t>
+          <t>9786052423752</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Explorer Academy Kaşifler Akademisi - Nebula’nın Gizemi</t>
+          <t>Mimar Hayvanlar - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>345</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786052422120</t>
+          <t>9786052421628</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>13 Numaralı Sınıf'ın İnanılmaz ve Korkunç Şöhretleri</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>299.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786052422144</t>
+          <t>9786052421611</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Parasını Yöneten Çocuklar</t>
+          <t>13 Numaralı Sınıf'ın Felaket Getiren Sihirli Dilekleri</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>299.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786052421581</t>
+          <t>9786052423639</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Paketiniz Var (Kapakçıklı Kitap)</t>
+          <t>Şahin Tüyü - Kaşifler Akademisi</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786052422236</t>
+          <t>9786052423318</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Sarp ve Meyve Ağaçları</t>
+          <t>Mimar Sinan -  National Geographic Kids</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786052421475</t>
+          <t>9786052423325</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Süper Can</t>
+          <t>Marie Curie - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>228</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786053339120</t>
+          <t>9786052422793</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Robotik Hakkında Her Şey</t>
+          <t>Türkan Saylan - İz Bırakanlar Dizisi</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>374.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786052421185</t>
+          <t>9786052422922</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balıkları (Seviye 2)</t>
+          <t>Bilim Kurgu - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786052421178</t>
+          <t>9786052422915</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Yılanlar (Seviye 2)</t>
+          <t>Korku - Disney En Güzel Maceralar</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786052421208</t>
+          <t>9786052422809</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Hayvanlar (Seviye 3)</t>
+          <t>Süt Dişim Nerede?</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786052420515</t>
+          <t>9786052422137</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Bay Panda</t>
+          <t>Explorer Academy Kaşifler Akademisi - Nebula’nın Gizemi</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786052420423</t>
+          <t>9786052422120</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Tavşancık Pasta Yarışması</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C1193" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786052420843</t>
+          <t>9786052422144</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Ay’ın Gittiği Gece</t>
+          <t>Parasını Yöneten Çocuklar</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>228</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9780008266691</t>
+          <t>9786052421581</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Manatees (Readers 3)</t>
+          <t>Paketiniz Var (Kapakçıklı Kitap)</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>80</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786052420461</t>
+          <t>9786052422236</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Keşfedin - Bir Ağaç Büyüyor</t>
+          <t>Sarp ve Meyve Ağaçları</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786053339625</t>
+          <t>9786052421475</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Suyun Hikayesi</t>
+          <t>Süper Can</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>239.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786053339632</t>
+          <t>9786053339120</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik</t>
+          <t>Robotik Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>239.5</v>
+        <v>374.5</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786053339618</t>
+          <t>9786052421185</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma</t>
+          <t>Köpek Balıkları (Seviye 2)</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786053339601</t>
+          <t>9786052421178</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Koruma Altındaki Türler</t>
+          <t>Yılanlar (Seviye 2)</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786053339465</t>
+          <t>9786052421208</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>Ölümcül Hayvanlar (Seviye 3)</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>45</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786053339038</t>
+          <t>9786052420515</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Ripley’s İster İnan İster İnanma (Ciltli)</t>
+          <t>Lütfen Bay Panda</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786053339687</t>
+          <t>9786052420423</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Kötü Durum Senaryoları - İğrençlikler Kitabı</t>
+          <t>Tavşancık Pasta Yarışması</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>22.9</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786053338703</t>
+          <t>9786052420843</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yırtcılar (Seviye 2)</t>
+          <t>Ay’ın Gittiği Gece</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>199.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786053338390</t>
+          <t>9780008266691</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Don Sever</t>
+          <t>Manatees (Readers 3)</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>299.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786053338642</t>
+          <t>9786052420461</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Güneş'in Gittiği Gün</t>
+          <t>Dünyamızı Keşfedin - Bir Ağaç Büyüyor</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>228</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786053336105</t>
+          <t>9786053339625</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>İlk Nedenler Kitabım (Ciltli)</t>
+          <t>Suyun Hikayesi</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>649.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786053336860</t>
+          <t>9786053339632</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Zihin Oyunları</t>
+          <t>Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786053337669</t>
+          <t>9786053339618</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids İnanılmaz İnsan Vücudu (Ciltli)</t>
+          <t>Küresel Isınma</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>1349</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786053337539</t>
+          <t>9786053339601</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Dişi Düşen Ejderha</t>
+          <t>Koruma Altındaki Türler</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>3990000020002</t>
+          <t>9786053339465</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>36.02</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>3990000020001</t>
+          <t>9786053339038</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
+          <t>Ripley’s İster İnan İster İnanma (Ciltli)</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>36.02</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786053335408</t>
+          <t>9786053339687</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Disney Kitabı (Ciltli)</t>
+          <t>Kötü Durum Senaryoları - İğrençlikler Kitabı</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>75</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786053335559</t>
+          <t>9786053338703</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Uzaylılar Dinodon Sever</t>
+          <t>Ölümcül Yırtcılar (Seviye 2)</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786053335443</t>
+          <t>9786053338390</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Hakkında Her Şey</t>
+          <t>Dinozorlar Don Sever</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>374.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786053335498</t>
+          <t>9786053338642</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Çığır Açan 125 İcat - National Geographic Kids</t>
+          <t>Güneş'in Gittiği Gün</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>299.5</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786053333067</t>
+          <t>9786053336105</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi Memeliler Seviye 2</t>
+          <t>İlk Nedenler Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>199.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786053332978</t>
+          <t>9786053336860</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayıları Seviye 1</t>
+          <t>Zihin Oyunları</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786053334866</t>
+          <t>9786053337669</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Ansiklopedisi (Ciltli)</t>
+          <t>National Geographic Kids İnanılmaz İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C1219" s="1">
         <v>1349</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786053333494</t>
+          <t>9786053337539</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Dişi Düşen Ejderha</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786053332824</t>
+          <t>3990000020002</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Aslanlar Seviye 1</t>
+          <t>Marvel Ultimate Spider-Man: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>199.5</v>
+        <v>36.02</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786053333098</t>
+          <t>3990000020001</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Tohumdan Bitkiye</t>
+          <t>Marvel Avengers Assemble: İlk Yapboz Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>199.5</v>
+        <v>36.02</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786053332954</t>
+          <t>9786053335408</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Koalalar - Seviye 1</t>
+          <t>Disney Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>199.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786053333524</t>
+          <t>9786053335559</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Örümcekler</t>
+          <t>Uzaylılar Dinodon Sever</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786053333036</t>
+          <t>9786053335443</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Renkli Balıklar</t>
+          <t>Dinozorlar Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>199.5</v>
+        <v>374.5</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786053332893</t>
+          <t>9786053335498</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Garip Deniz Canlıları (Seviye 2)</t>
+          <t>Çığır Açan 125 İcat - National Geographic Kids</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786053333043</t>
+          <t>9786053333067</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Robotlar (Readers 3)</t>
+          <t>Tarih Öncesi Memeliler Seviye 2</t>
         </is>
       </c>
       <c r="C1227" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786053333531</t>
+          <t>9786053332978</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Kediler ve Köpekler</t>
+          <t>Kutup Ayıları Seviye 1</t>
         </is>
       </c>
       <c r="C1228" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786053332985</t>
+          <t>9786053334866</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Mars</t>
+          <t>Hayvanlar Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>199.5</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786053332947</t>
+          <t>9786053333494</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786053333029</t>
+          <t>9786053332824</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Penguenler</t>
+          <t>Aslanlar Seviye 1</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786053332886</t>
+          <t>9786053333098</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar</t>
+          <t>Tohumdan Bitkiye</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786053336099</t>
+          <t>9786053332954</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Yunuslar - Seviye 2</t>
+          <t>Koalalar - Seviye 1</t>
         </is>
       </c>
       <c r="C1233" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786055415617</t>
+          <t>9786053333524</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Trenler Seviye 1</t>
+          <t>Örümcekler</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>6.95</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786053333234</t>
+          <t>9786053333036</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz Dinopedi (Ciltli)</t>
+          <t>Renkli Balıklar</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>1349</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786052427194</t>
+          <t>9786053332893</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Dünya Atlası</t>
+          <t>Garip Deniz Canlıları (Seviye 2)</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>675</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786055415587</t>
+          <t>9786053333043</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Robotlar (Readers 3)</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786053332664</t>
+          <t>9786053333531</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>New York Gezi Rehberi</t>
+          <t>Kediler ve Köpekler</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786053338895</t>
+          <t>9786053332985</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Mumyalar</t>
+          <t>Mars</t>
         </is>
       </c>
       <c r="C1239" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786053333517</t>
+          <t>9786053332947</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Midilliler</t>
+          <t>Kelebekler</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>199.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786054716104</t>
+          <t>9786053333029</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>İlk Nedenler Kitabım (Ciltli)</t>
+          <t>Penguenler</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>36.57</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786052421765</t>
+          <t>9786053332886</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>İlk Hayvanlar Kitabım</t>
+          <t>Bulutlar</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>649.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786053333913</t>
+          <t>9786053336099</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Süper Sanat - Haydi Çiz (Ciltli)</t>
+          <t>Yunuslar - Seviye 2</t>
         </is>
       </c>
       <c r="C1243" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786053333906</t>
+          <t>9786055415617</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Süper Sanat: Haydi Boya! (Ciltli)</t>
+          <t>Trenler Seviye 1</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>199.5</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786053333920</t>
+          <t>9786053333234</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Süper Sanat (Ciltli)</t>
+          <t>Eşsiz Dinopedi (Ciltli)</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>249.5</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786053335528</t>
+          <t>9786052427194</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Uzay Ansiklopedisi (Ciltli)</t>
+          <t>Dünya Atlası</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>1349</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786053335283</t>
+          <t>9786055415587</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Köpekleri Anlama Kılavuzu</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>349.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786053338857</t>
+          <t>9786053332664</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Hava</t>
+          <t>New York Gezi Rehberi</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786053338451</t>
+          <t>9786053338895</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Kertenkeleler</t>
+          <t>Mumyalar</t>
         </is>
       </c>
       <c r="C1249" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786053338475</t>
+          <t>9786053333517</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar</t>
+          <t>Midilliler</t>
         </is>
       </c>
       <c r="C1250" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786053338468</t>
+          <t>9786054716104</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Tırtıldan Kelebeğe</t>
+          <t>İlk Nedenler Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>199.5</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786054716302</t>
+          <t>9786052421765</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yırtıcılar</t>
+          <t>İlk Hayvanlar Kitabım</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>6.95</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786053339281</t>
+          <t>9786053333913</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>İslam Uygarlığı'ndaki 1001 Buluş ve Olağanüstü Gerçekler</t>
+          <t>Süper Sanat - Haydi Çiz (Ciltli)</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>649.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786053338864</t>
+          <t>9786053333906</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Pandalar</t>
+          <t>Süper Sanat: Haydi Boya! (Ciltli)</t>
         </is>
       </c>
       <c r="C1254" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786055415952</t>
+          <t>9786053333920</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Örümcekler - Seviye 1</t>
+          <t>Süper Sanat (Ciltli)</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786053338901</t>
+          <t>9786053335528</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Karıncalar - Seviye 1</t>
+          <t>Uzay Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>199.5</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786053338482</t>
+          <t>9786053335283</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! 2 - 300 Müthiş Gerçek</t>
+          <t>Köpekleri Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786055415761</t>
+          <t>9786053338857</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Garip Ama Gerçek! 1</t>
+          <t>Hava</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>19.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786053338888</t>
+          <t>9786053338451</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Büyük Göçler - Harika Hayvan Yolculukları</t>
+          <t>Kertenkeleler</t>
         </is>
       </c>
       <c r="C1259" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786053336082</t>
+          <t>9786053338475</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Balinalar - Büyük Göçler Seviye 3</t>
+          <t>Kurtlar</t>
         </is>
       </c>
       <c r="C1260" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
+          <t>9786053338468</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>Tırtıldan Kelebeğe</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
+          <t>9786054716302</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Yırtıcılar</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
+          <t>9786053339281</t>
+        </is>
+      </c>
+      <c r="B1263" s="1" t="inlineStr">
+        <is>
+          <t>İslam Uygarlığı'ndaki 1001 Buluş ve Olağanüstü Gerçekler</t>
+        </is>
+      </c>
+      <c r="C1263" s="1">
+        <v>649.5</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" s="1" t="inlineStr">
+        <is>
+          <t>9786053338864</t>
+        </is>
+      </c>
+      <c r="B1264" s="1" t="inlineStr">
+        <is>
+          <t>Pandalar</t>
+        </is>
+      </c>
+      <c r="C1264" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:3">
+      <c r="A1265" s="1" t="inlineStr">
+        <is>
+          <t>9786055415952</t>
+        </is>
+      </c>
+      <c r="B1265" s="1" t="inlineStr">
+        <is>
+          <t>Örümcekler - Seviye 1</t>
+        </is>
+      </c>
+      <c r="C1265" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:3">
+      <c r="A1266" s="1" t="inlineStr">
+        <is>
+          <t>9786053338901</t>
+        </is>
+      </c>
+      <c r="B1266" s="1" t="inlineStr">
+        <is>
+          <t>Karıncalar - Seviye 1</t>
+        </is>
+      </c>
+      <c r="C1266" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:3">
+      <c r="A1267" s="1" t="inlineStr">
+        <is>
+          <t>9786053338482</t>
+        </is>
+      </c>
+      <c r="B1267" s="1" t="inlineStr">
+        <is>
+          <t>Garip Ama Gerçek! 2 - 300 Müthiş Gerçek</t>
+        </is>
+      </c>
+      <c r="C1267" s="1">
+        <v>399.5</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:3">
+      <c r="A1268" s="1" t="inlineStr">
+        <is>
+          <t>9786055415761</t>
+        </is>
+      </c>
+      <c r="B1268" s="1" t="inlineStr">
+        <is>
+          <t>Garip Ama Gerçek! 1</t>
+        </is>
+      </c>
+      <c r="C1268" s="1">
+        <v>19.5</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:3">
+      <c r="A1269" s="1" t="inlineStr">
+        <is>
+          <t>9786053338888</t>
+        </is>
+      </c>
+      <c r="B1269" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Göçler - Harika Hayvan Yolculukları</t>
+        </is>
+      </c>
+      <c r="C1269" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:3">
+      <c r="A1270" s="1" t="inlineStr">
+        <is>
+          <t>9786053336082</t>
+        </is>
+      </c>
+      <c r="B1270" s="1" t="inlineStr">
+        <is>
+          <t>Balinalar - Büyük Göçler Seviye 3</t>
+        </is>
+      </c>
+      <c r="C1270" s="1">
+        <v>199.5</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:3">
+      <c r="A1271" s="1" t="inlineStr">
+        <is>
           <t>9786054716174</t>
         </is>
       </c>
-      <c r="B1261" s="1" t="inlineStr">
+      <c r="B1271" s="1" t="inlineStr">
         <is>
           <t>Angry Birds Space - Uzaya Doğru Öfkeli Bir Uçuş</t>
         </is>
       </c>
-      <c r="C1261" s="1">
+      <c r="C1271" s="1">
         <v>19.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>