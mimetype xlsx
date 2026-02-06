--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -85,27895 +85,28240 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052425800</t>
+          <t>9786254239854</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşünceler ve Yönetimler</t>
+          <t>Milletlerarası Usul Hukukunda Delillerin Temini</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>849.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254239175</t>
+          <t>9786254239762</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Felsefesi</t>
+          <t>Çanakkale: Tarihsel Süreç ve Kültürel Bellek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254239168</t>
+          <t>9786254239823</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Engelli İstihdamında Kamu Politikalarının Rolü: Türkiye Örneği</t>
+          <t>Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254360053</t>
+          <t>9786052422380</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim - Financial Management</t>
+          <t>Ticaret Hukuku Prensipleri Kıymetli Evrak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053331445</t>
+          <t>9786053770572</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Vergiden Kaçınmanın Önlenmesi</t>
+          <t>Türk Hukukunda Evlat Edinme</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>229.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9780000526502</t>
+          <t>9786053774907</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı’ndan Hikayeler Set (4 Kitap Takım) (Ciltli)</t>
+          <t>Strateji Oluşturma Modeli</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>2169</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053778974</t>
+          <t>9789752957053</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türkiye’de İş Sağlığı ve Güvenliği</t>
+          <t>Statik - Mukavemet Problemleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>149.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053334491</t>
+          <t>9786053776369</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Eşitsizlikler</t>
+          <t>Vergi Hukukunda Geriye Yürümezlik Esası</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>49.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9780000999573</t>
+          <t>9786052425633</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - İlk Kitaplarım Serisi (6 Kitap Takım)</t>
+          <t>Sayısal Karar Verme Yöntemleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>3897</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9780000999542</t>
+          <t>9786056419966</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Tarih Öncesi Mitoloji Seti 5 Kitap</t>
+          <t>Uluslararası İlişkiler Teorisinde Yeni Düşünce</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>597.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9780000521996</t>
+          <t>9786053334361</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Meşe Palamudu Ormanı’ndan Hikayeler Seti (3 Kitap Takım) (Ciltli)</t>
+          <t>Lider Yöneticinin Benliğine Yolculuk</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1647</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9780000526649</t>
+          <t>9786052420430</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids-İnanılmaz İnsan Vücudu Seti-2 Kitap Takım</t>
+          <t>Finansal Yönetim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>999</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052420126</t>
+          <t>9786053338789</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Giriş ve İlkeleri</t>
+          <t>Sosyal Sermaye</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>749.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052425022</t>
+          <t>9789752958715</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ekonomisi</t>
+          <t>Mobil Telefon Abonelik Sözleşmesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>699.5</v>
+        <v>87</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052420195</t>
+          <t>9786053771913</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Yönetimi</t>
+          <t>Kolluk Hukuku</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>299.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254361074</t>
+          <t>9786053773542</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Faaliyetlerden Doğan Sınıraşan Zarardan Kaynaklanan Sorumluluğun Paylaştırılmasına İlişkin Milletlerarası Hukuk</t>
+          <t>Yasal Düzenlemeler ve Lojistik Yönetimi Perspektifinden Karayolu Taşımacılığı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>199.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254238949</t>
+          <t>9786053778592</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu Temmuz 2025</t>
+          <t>Yerelleşme ve Yerel İktidar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>195</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254238925</t>
+          <t>9786053778844</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu Temmuz 2025</t>
+          <t>Pazarlama Biliminde 29 İnsan 29 Kavram</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>165</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254238918</t>
+          <t>9786053339588</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Temmuz 2025</t>
+          <t>Anayasa Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>165</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254238932</t>
+          <t>9786053333555</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Temmuz 2025</t>
+          <t>AB Bölgesel Politikası Adalar ve Gökçeada</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>245</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254238901</t>
+          <t>9786053332169</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Temmuz 2025</t>
+          <t>Yönetişim Risk ve Uyum</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>295</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254238895</t>
+          <t>9786053779469</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Temmuz 2025</t>
+          <t>Hukuk Muhakemeleri Kanunu'nda Tahkim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>195</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254235344</t>
+          <t>9786053777557</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası - Temmuz 2025</t>
+          <t>Mühendislik Mekaniği Dinamik</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>95</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052428658</t>
+          <t>9786053778165</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi</t>
+          <t>Kurumsal Yönetimin Yönetim Kuruluna Yansımaları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>649.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254238888</t>
+          <t>9786053778158</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesi</t>
+          <t>Türk ve Fransız Ceza Muhakemesi Hukuku'nda Mağdurun Makam Olarak Yeri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>589.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052422687</t>
+          <t>9786052427132</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçilik ve Girişimcilik</t>
+          <t>Makroekonomi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>249.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053336488</t>
+          <t>9786053336143</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sümerlerden Türkiye Cumhuriyeti'ne Maliye Tarihi</t>
+          <t>Türkiye'de Kamu Kurum Kültürü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>299.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752956032</t>
+          <t>9786053333722</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yönetimi Akademik Yaklaşımlar</t>
+          <t>Örgütsel Adaletin Peşinde</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>89.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9780000999894</t>
+          <t>9786053330387</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Haydi Boya - Çiz Seti 2 Kitap (Ciltli)</t>
+          <t>Çalışanın İşvereni ve İş Arkadaşlarını İhbar Etmesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>339</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254238789</t>
+          <t>9786254239694</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Adalet Divanı Kararları (2008-2024)</t>
+          <t>Uygulamalı ve Eleştirel Toplu İş Hukuku Notları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>899.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254238734</t>
+          <t>9786052426203</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İşveren Temerrüdü</t>
+          <t>Ortaklıklar Hukuku</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>349.5</v>
+        <v>595</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254238727</t>
+          <t>9786052422762</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Yönden Grev ve Lokavt</t>
+          <t>İşletme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>299.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254235436</t>
+          <t>9786052425800</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu</t>
+          <t>Siyasal Düşünceler ve Yönetimler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>65</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254235450</t>
+          <t>9786254239175</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu - Eylül 2023</t>
+          <t>Pazarlama Felsefesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>129.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254235467</t>
+          <t>9786254239168</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu - Eylül 2023</t>
+          <t>Engelli İstihdamında Kamu Politikalarının Rolü: Türkiye Örneği</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>78</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254235429</t>
+          <t>9786254360053</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu - Eylül 2023</t>
+          <t>Finansal Yönetim - Financial Management</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>86</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254235405</t>
+          <t>9786053331445</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Çalışma Yaşamı Kanunları - Eylül 2023</t>
+          <t>Vergiden Kaçınmanın Önlenmesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>68</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254235399</t>
+          <t>9786053778974</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu - Eylül 2023</t>
+          <t>Avrupa Birliği ve Türkiye’de İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>56</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254235382</t>
+          <t>9786053334491</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu - Eylül 2023</t>
+          <t>Sağlıkta Eşitsizlikler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>78</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254235368</t>
+          <t>9780000999542</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu - Eylül 2023</t>
+          <t>National Geographic Kids - Tarih Öncesi Mitoloji Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>68</v>
+        <v>597.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254235351</t>
+          <t>9780000526649</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Eylül 2023</t>
+          <t>National Geographic Kids-İnanılmaz İnsan Vücudu Seti-2 Kitap Takım</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>99.5</v>
+        <v>999</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053770199</t>
+          <t>9786052420126</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Değerlendirme Merkezi</t>
+          <t>Bankacılık Giriş ve İlkeleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>199.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752952713</t>
+          <t>9786052425022</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mastercam CNC Programlama Cilt 2</t>
+          <t>Çalışma Ekonomisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>32.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754868500</t>
+          <t>9786052420195</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Perakendecilikte Mağaza Düzenlemesi</t>
+          <t>Lojistik Yönetimi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>6</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752951310</t>
+          <t>9786254361074</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Tehlikeli Faaliyetlerden Doğan Sınıraşan Zarardan Kaynaklanan Sorumluluğun Paylaştırılmasına İlişkin Milletlerarası Hukuk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>29</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254361692</t>
+          <t>9786254238949</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku Özel Hükümler</t>
+          <t>Hukuk Muhakemeleri Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1699.5</v>
+        <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789759540593</t>
+          <t>9786254238925</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Deprem Mühendisliğine Giriş ve Depreme Dayanıklı Yapı Tasarımı</t>
+          <t>İdari Yargılama Usulü Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>440</v>
+        <v>165</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789759540586</t>
+          <t>9786254238918</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Betonarme Taşıyıcı Sistemlerde Doğrusal Olmayan Davranış ve Çözümleme</t>
+          <t>Türk Borçlar Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786250006337</t>
+          <t>9786254238932</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Betonarme Yapılar</t>
+          <t>Türk Medeni Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>460</v>
+        <v>245</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053779575</t>
+          <t>9786254238901</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>Türk Ticaret Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>28</v>
+        <v>295</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052424643</t>
+          <t>9786254238895</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk</t>
+          <t>Türk Ceza Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>89.5</v>
+        <v>195</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052424599</t>
+          <t>9786254235344</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi</t>
+          <t>T.C. Anayasası - Temmuz 2025</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052422755</t>
+          <t>9786052428658</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku</t>
+          <t>Türk Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>29.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052423868</t>
+          <t>9786254238888</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kamu Bütçesi</t>
+          <t>Maliyet Muhasebesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>28</v>
+        <v>589.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052423820</t>
+          <t>9786052422687</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukuku</t>
+          <t>Yenilikçilik ve Girişimcilik</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>58</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052423509</t>
+          <t>9786053336488</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı - İçtihatlı 4857 Sayılı İş Kanunu</t>
+          <t>Sümerlerden Türkiye Cumhuriyeti'ne Maliye Tarihi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>42.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052423493</t>
+          <t>9789752956032</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku</t>
+          <t>Bilgi Yönetimi Akademik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>37.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052423462</t>
+          <t>9786254238789</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ortaklıklar Hukuku</t>
+          <t>Milletlerarası Adalet Divanı Kararları (2008-2024)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>52.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052423417</t>
+          <t>9786254238734</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
+          <t>İşveren Temerrüdü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>67.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052423387</t>
+          <t>9786254238727</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Hukuki Yönden Grev ve Lokavt</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052423134</t>
+          <t>9786254235436</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sanattır</t>
+          <t>Hukuk Muhakemeleri Kanunu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052422892</t>
+          <t>9786254235450</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Hukuku</t>
+          <t>Türk Ticaret Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>58</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052422861</t>
+          <t>9786254235467</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku</t>
+          <t>İcra ve İflas Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>105</v>
+        <v>78</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052422816</t>
+          <t>9786254235429</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Panel Veri Ekonometrisi - Stata Uygulamalı</t>
+          <t>Ceza Muhakemesi Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>45</v>
+        <v>86</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052422731</t>
+          <t>9786254235405</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>İş Kanunu ve Çalışma Yaşamı Kanunları - Eylül 2023</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>149.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052422700</t>
+          <t>9786254235399</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Stratejik Yönetim</t>
+          <t>Türk Borçlar Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>89.5</v>
+        <v>56</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052422588</t>
+          <t>9786254235382</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gelişim ve Psikoloji</t>
+          <t>Türk Medeni Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>179.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052422496</t>
+          <t>9786254235368</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Türk Ceza Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>55</v>
+        <v>68</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052422489</t>
+          <t>9786254235351</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Aile Hukuku 2. Cilt</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052422441</t>
+          <t>9786053770199</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Dersleri (Ciltli)</t>
+          <t>İnsan Kaynakları Yönetiminde Değerlendirme Merkezi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>129.17</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052422434</t>
+          <t>9789752952713</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletme Hukuku</t>
+          <t>Mastercam CNC Programlama Cilt 2</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>28.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052422410</t>
+          <t>9789754868500</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukun Esasları</t>
+          <t>Perakendecilikte Mağaza Düzenlemesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>49.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052422403</t>
+          <t>9789752951310</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku Cilt: 1</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>89.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052422397</t>
+          <t>9786254361692</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
+          <t>Türk Borçlar Hukuku Özel Hükümler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>33.33</v>
+        <v>1699.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052422366</t>
+          <t>9789759540593</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Deprem Mühendisliğine Giriş ve Depreme Dayanıklı Yapı Tasarımı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>118.52</v>
+        <v>440</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052422359</t>
+          <t>9789759540586</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Notlu Türk Ticaret Kanunu (Ciltli)</t>
+          <t>Betonarme Taşıyıcı Sistemlerde Doğrusal Olmayan Davranış ve Çözümleme</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>128</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052422304</t>
+          <t>9786250006337</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimine Giriş</t>
+          <t>Betonarme Yapılar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>48</v>
+        <v>460</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052422267</t>
+          <t>9786053779575</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>299.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052422243</t>
+          <t>9786052424643</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Economics For Lawyers</t>
+          <t>Medeni Hukuk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>35</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052422113</t>
+          <t>9786052424599</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku</t>
+          <t>Türk Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>23.15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052422090</t>
+          <t>9786052422755</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kriminoloji</t>
+          <t>Kıymetli Evrak Hukuku</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>26</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052422083</t>
+          <t>9786052423868</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku (Ciltli)</t>
+          <t>Kamu Bütçesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>139.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052422069</t>
+          <t>9786052423820</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Dersleri (Özel Hükümler)</t>
+          <t>Bireysel İş Hukuku</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>97.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052422045</t>
+          <t>9786052423509</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Doğru Akım Devreleri ve Problem Çözümleri</t>
+          <t>Açıklamalı - İçtihatlı 4857 Sayılı İş Kanunu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>65</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052422038</t>
+          <t>9786052423493</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dijital Elektronik</t>
+          <t>Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>69.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052421994</t>
+          <t>9786052423462</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi</t>
+          <t>Ortaklıklar Hukuku</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>54</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052421970</t>
+          <t>9786052423417</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Felsefe ve Metodoloji</t>
+          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>39.5</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052421864</t>
+          <t>9786052423387</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Konkordato</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>45</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052421260</t>
+          <t>9786052423134</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku</t>
+          <t>İletişim Sanattır</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>32.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052421116</t>
+          <t>9786052422892</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk</t>
+          <t>Yabancılar Hukuku</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>27.31</v>
+        <v>58</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052421109</t>
+          <t>9786052422861</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku</t>
+          <t>Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>23.15</v>
+        <v>105</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052421086</t>
+          <t>9786052422816</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
+          <t>Panel Veri Ekonometrisi - Stata Uygulamalı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>24.07</v>
+        <v>45</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052421055</t>
+          <t>9786052422731</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk 2: Pratik Çalışma Kitabı</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>79.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052421048</t>
+          <t>9786052422700</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk 1: Pratik Çalışma Kitabı</t>
+          <t>İşletmelerde Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>49.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052420973</t>
+          <t>9786052422588</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
+          <t>Gelişim ve Psikoloji</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>48.61</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052420959</t>
+          <t>9786052422496</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İleri Panel Veri Analizi: Stata Uygulamalı</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052420898</t>
+          <t>9786052422489</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Türk Medeni Hukuku Aile Hukuku 2. Cilt</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>32.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052420881</t>
+          <t>9786052422441</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İçtihatlı 4857 Sayılı İş Kanunu</t>
+          <t>İş Hukuku Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>34.72</v>
+        <v>129.17</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052420690</t>
+          <t>9786052422434</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka ve İletişim</t>
+          <t>Ticari İşletme Hukuku</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>23.15</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052420683</t>
+          <t>9786052422410</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Yöntembilim</t>
+          <t>Uluslararası Hukukun Esasları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>42.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052420669</t>
+          <t>9786052422403</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde İnsan Kaynakları Yönetimi</t>
+          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku Cilt: 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>39.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052420645</t>
+          <t>9786052422397</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
+          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>108</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052420621</t>
+          <t>9786052422366</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu (MK) - Türk Borçlar Kanunu (TBK) (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>53.24</v>
+        <v>118.52</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052420577</t>
+          <t>9786052422359</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Türk Vatandaşlık Hukuku</t>
+          <t>Notlu Türk Ticaret Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>39.35</v>
+        <v>128</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052420447</t>
+          <t>9786052422304</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği</t>
+          <t>İşletme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052420362</t>
+          <t>9786052422267</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sigortacılık</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>48</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052420348</t>
+          <t>9786052422243</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları İçin Genel Hukuk</t>
+          <t>Economics For Lawyers</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>37.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052420300</t>
+          <t>9786052422113</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Notlu Türk Ticaret Kanunu</t>
+          <t>Kıymetli Evrak Hukuku</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>60.19</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052420287</t>
+          <t>9786052422090</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Panel Zaman Serileri Analizi</t>
+          <t>Kriminoloji</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>49.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052420249</t>
+          <t>9786052422083</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk</t>
+          <t>İş Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>38</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052420232</t>
+          <t>9786052422069</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukunun Temel Metinleri</t>
+          <t>Borçlar Hukuku Dersleri (Özel Hükümler)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>50.93</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052420225</t>
+          <t>9786052422045</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Ceza Hukuku Yasaları</t>
+          <t>Doğru Akım Devreleri ve Problem Çözümleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>50.93</v>
+        <v>65</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052420188</t>
+          <t>9786052422038</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Sigortalar Hukuku</t>
+          <t>Dijital Elektronik</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>45.83</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052420171</t>
+          <t>9786052421994</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>Türk Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>39.35</v>
+        <v>54</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052420164</t>
+          <t>9786052421970</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Yönetimi</t>
+          <t>Bilim, Felsefe ve Metodoloji</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>58</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052420157</t>
+          <t>9786052421864</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletlerarası Özel Hukuk Mevzuatı (Ciltli)</t>
+          <t>Konkordato</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>78</v>
+        <v>45</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052420140</t>
+          <t>9786052421260</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşünceler ve Yönetimler</t>
+          <t>Ticaret Hukuku</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>849.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052420119</t>
+          <t>9786052421116</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri ve Yönetimi</t>
+          <t>Medeni Hukuk</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>98</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052420065</t>
+          <t>9786052421109</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomiye Giriş</t>
+          <t>Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>32.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254360343</t>
+          <t>9786052421086</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tam On Yıl Süren Hikayesi ile F.R.İ.E.N.D.S Sonsuza Kadar... (Ciltli)</t>
+          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>595</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9784254360787</t>
+          <t>9786052421055</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Küresel Girişimcilik: Güncel Gelişmeler</t>
+          <t>Milletlerarası Özel Hukuk 2: Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>58</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9780000508782</t>
+          <t>9786052421048</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Marvel Hikayeleri Seti (4 Kitap Takım)</t>
+          <t>Milletlerarası Özel Hukuk 1: Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>118</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052424520</t>
+          <t>9786052420973</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Eylül 2019</t>
+          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>12.5</v>
+        <v>48.61</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052424506</t>
+          <t>9786052420959</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Eylül 2019</t>
+          <t>İleri Panel Veri Analizi: Stata Uygulamalı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052424476</t>
+          <t>9786052420898</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Eylül 2019</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>22.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052424537</t>
+          <t>9786052420881</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu Eylül 2019</t>
+          <t>Açıklamalı İçtihatlı 4857 Sayılı İş Kanunu</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>9.9</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052424544</t>
+          <t>9786052420690</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu Eylül 2019</t>
+          <t>Duygusal Zeka ve İletişim</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>12.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052424490</t>
+          <t>9786052420683</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Eylül 2019</t>
+          <t>Hukukta Yöntembilim</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>12</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052424605</t>
+          <t>9786052420669</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kanunları Eylül 2019</t>
+          <t>Sağlık İşletmelerinde İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>19.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052424551</t>
+          <t>9786052420645</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Eylül 2019</t>
+          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>9.9</v>
+        <v>108</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052423226</t>
+          <t>9786052420621</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Ocak 2019</t>
+          <t>Türk Medeni Kanunu (MK) - Türk Borçlar Kanunu (TBK) (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>13.89</v>
+        <v>53.24</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052424452</t>
+          <t>9786052420577</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu Eylül 2019</t>
+          <t>Türk Vatandaşlık Hukuku</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>8.5</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052424445</t>
+          <t>9786052420447</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu Eylül 2019</t>
+          <t>İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>18</v>
+        <v>38</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052423233</t>
+          <t>9786052420362</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Ocak 2019</t>
+          <t>Sigortacılık</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>19.91</v>
+        <v>48</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052423240</t>
+          <t>9786052420348</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Ocak 2019</t>
+          <t>Meslek Yüksekokulları İçin Genel Hukuk</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>15.74</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052424469</t>
+          <t>9786052420300</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Mevzuatı Eylül 2019</t>
+          <t>Notlu Türk Ticaret Kanunu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>22.5</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052423196</t>
+          <t>9786052420287</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Ocak 2019</t>
+          <t>Panel Zaman Serileri Analizi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>16.67</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052423165</t>
+          <t>9786052420249</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu Ocak 2019</t>
+          <t>Milletlerarası Hukuk</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>16.67</v>
+        <v>38</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052423219</t>
+          <t>9786052420232</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Ocak 2019</t>
+          <t>Anayasa Hukukunun Temel Metinleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>11.57</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052425862</t>
+          <t>9786052420225</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası TCK-CKM-CGTİK ve İlgili Mevzuat (Şubat 2020)</t>
+          <t>Karşılaştırmalı Ceza Hukuku Yasaları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>22.5</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052425893</t>
+          <t>9786052420188</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu (Şubat 2020)</t>
+          <t>Türk Sosyal Sigortalar Hukuku</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>15</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052425824</t>
+          <t>9786052420171</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu (Şubat 2020)</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>12.5</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052420904</t>
+          <t>9786052420164</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Eşitlik Modellemesi Metodolojisi</t>
+          <t>Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>199.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052420492</t>
+          <t>9786052420157</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlık Kavram ve Terimleri Sözlüğü</t>
+          <t>Türk Milletlerarası Özel Hukuk Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>299.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052422663</t>
+          <t>9786052420140</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kiraya Veren - Kiracı İlişkileri</t>
+          <t>Siyasal Düşünceler ve Yönetimler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>149.5</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052423561</t>
+          <t>9786052420119</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası (Ocak 2019)</t>
+          <t>Pazarlama İlkeleri ve Yönetimi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053770756</t>
+          <t>9786052420065</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kan Lekesi Model Analizi (Ciltli)</t>
+          <t>Mikroekonomiye Giriş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>32.41</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053776550</t>
+          <t>9786254360343</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale Kanunu</t>
+          <t>Tam On Yıl Süren Hikayesi ile F.R.İ.E.N.D.S Sonsuza Kadar... (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>10.19</v>
+        <v>595</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752956889</t>
+          <t>9784254360787</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinde Def’iler</t>
+          <t>Küresel Girişimcilik: Güncel Gelişmeler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>24.07</v>
+        <v>58</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752956353</t>
+          <t>9780000508782</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Kaçakçılıkla Mücadele Kanunu Şerhi 2007</t>
+          <t>Müthiş Marvel Hikayeleri Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>15.74</v>
+        <v>118</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752951662</t>
+          <t>9786052424520</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Java Kullanım Kılavuzu</t>
+          <t>Türk Ceza Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>37.04</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053775386</t>
+          <t>9786052424506</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İtalyancadan Türkçeye Çevrilen Eserler Bibliyografyası 1839-2011</t>
+          <t>Türk Medeni Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>49.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053772743</t>
+          <t>9786052424476</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İşyerinin Devri ve İş Sözleşmesini Fesih Hakkı</t>
+          <t>Türk Ticaret Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>28</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053773986</t>
+          <t>9786052424537</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Şiddet</t>
+          <t>Hukuk Muhakemeleri Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>79.5</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053775621</t>
+          <t>9786052424544</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Psikolojik Taciz (Mobbing)</t>
+          <t>İcra ve İflas Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>58</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752956445</t>
+          <t>9786052424490</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Manevi Taciz</t>
+          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Eylül 2019</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>16.67</v>
+        <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752953536</t>
+          <t>9786052424605</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İşyeri Sendika Temsilciliği ve Güvencesi</t>
+          <t>Sosyal Güvenlik Kanunları Eylül 2019</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>25.93</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752959774</t>
+          <t>9786052424551</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İşyeri Devrinin İş Sözleşmelerine Etkisi ve İşverenlerin Hukuki Sorumluluğu</t>
+          <t>Türk Borçlar Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>38</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053773092</t>
+          <t>9786052423226</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İşverenin İş Kazası ve Meslek Hastalığından Doğan Hukuki Sorumluluğu ile Maddi Zararın Hesabına İlişkin Esaslar</t>
+          <t>Türk Medeni Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>25.93</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053770855</t>
+          <t>9786052424452</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerin Sosyal Sorumlulukları ve Paydaş Grupları ile İlişkilerinin Yönetimi</t>
+          <t>İdari Yargılama Usulü Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>12.04</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752956704</t>
+          <t>9786052424445</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerin Sosyal Sorumluluğu</t>
+          <t>Ceza Muhakemesi Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>16.67</v>
+        <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052422076</t>
+          <t>9786052423233</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Yönetim ve Organizasyon</t>
+          <t>Türk Ticaret Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>399.5</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752958920</t>
+          <t>9786052423240</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Yenilik ve Yaratıcılık Yönetimi</t>
+          <t>Türk Ceza Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752953758</t>
+          <t>9786052424469</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Stratejik Liderlik</t>
+          <t>Milletlerarası Özel Hukuk Mevzuatı Eylül 2019</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>14.81</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053774440</t>
+          <t>9786052423196</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Hile Riski Yönetimi</t>
+          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Ocak 2019</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>179.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752958685</t>
+          <t>9786052423165</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Değer Yönetimi</t>
+          <t>Hukuk Muhakemeleri Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>99.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053774884</t>
+          <t>9786052423219</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İşletmecilik ve Pazarlama Yazıları</t>
+          <t>Türk Borçlar Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>24.07</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752959538</t>
+          <t>9786052425862</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetimi Öğretim ve Eğitiminde Örnek Olaylar İle Yazınsal Kurguları</t>
+          <t>T.C. Anayasası TCK-CKM-CGTİK ve İlgili Mevzuat (Şubat 2020)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>58</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053339977</t>
+          <t>9786052425893</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetimi</t>
+          <t>Türk Medeni Kanunu (Şubat 2020)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053774501</t>
+          <t>9786052425824</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İşletme Etiği</t>
+          <t>Türk Ceza Kanunu (Şubat 2020)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>18.52</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053772804</t>
+          <t>9786052420904</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bütçeleri</t>
+          <t>Yapısal Eşitlik Modellemesi Metodolojisi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>19.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053339908</t>
+          <t>9786052420492</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İşletme Biliminin Temel İlkeleri</t>
+          <t>İç Mimarlık Kavram ve Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752955622</t>
+          <t>9786052422663</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İşlem Muhasebesi</t>
+          <t>Kiraya Veren - Kiracı İlişkileri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>16.2</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053777304</t>
+          <t>9786052423561</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İşgücünün Temsili ve İşyerinde Sosyal Diyalog</t>
+          <t>T.C. Anayasası (Ocak 2019)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>299.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752957701</t>
+          <t>9786053770756</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İşgücündeki Farklılıkların Yönetimi</t>
+          <t>Kan Lekesi Model Analizi (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>14.81</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752956063</t>
+          <t>9786053776550</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İşçi Buluşları</t>
+          <t>Kamu İhale Kanunu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>229.5</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752953703</t>
+          <t>9789752956889</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında Duygular ve Kişilerarası İlişkiler</t>
+          <t>Kambiyo Senetlerinde Def’iler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>13.89</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053774808</t>
+          <t>9789752956353</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İş Yasaları (Ciltli)</t>
+          <t>Kaçakçılıkla Mücadele Kanunu Şerhi 2007</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>21.76</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053774617</t>
+          <t>9789752951662</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin İşçiden Kaynaklanan Nedenlerle Bildirimli Feshi</t>
+          <t>Java Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>35</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752956070</t>
+          <t>9786053775386</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin Değişen Şartlara Uyarlanması</t>
+          <t>İtalyancadan Türkçeye Çevrilen Eserler Bibliyografyası 1839-2011</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>23.15</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752956476</t>
+          <t>9786053772743</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Profesyonel Futbolcu</t>
+          <t>İşyerinin Devri ve İş Sözleşmesini Fesih Hakkı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>37.04</v>
+        <v>28</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053773412</t>
+          <t>9786053773986</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda İşverenin Çalışanlara Bilgi Verme ve Danışma Yükümlülüğü</t>
+          <t>İşyerinde Şiddet</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>162</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053776925</t>
+          <t>9786053775621</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İş Güvenliği Kültürü</t>
+          <t>İşyerinde Psikolojik Taciz (Mobbing)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>249.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053774747</t>
+          <t>9789752956445</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Başarı Faktörleri</t>
+          <t>İşyerinde Manevi Taciz</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>249.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053775850</t>
+          <t>9789752953536</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunları Sosyal Güvenlik Kanunları</t>
+          <t>İşyeri Sendika Temsilciliği ve Güvencesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>23.15</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053775263</t>
+          <t>9789752959774</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İşletme</t>
+          <t>İşyeri Devrinin İş Sözleşmelerine Etkisi ve İşverenlerin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>23.15</v>
+        <v>38</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752955295</t>
+          <t>9786053773092</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İsviçre-Türk Hukukunda Mimari Proje Düzenleme Sözleşmesinin Hukuki Niteliği</t>
+          <t>İşverenin İş Kazası ve Meslek Hastalığından Doğan Hukuki Sorumluluğu ile Maddi Zararın Hesabına İlişkin Esaslar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>23.15</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752959736</t>
+          <t>9786053770855</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İstatistik Metodları ve Uygulamaları (Ciltli)</t>
+          <t>İşletmelerin Sosyal Sorumlulukları ve Paydaş Grupları ile İlişkilerinin Yönetimi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>49.5</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752955646</t>
+          <t>9789752956704</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İstatistiğe Giriş 2</t>
+          <t>İşletmelerin Sosyal Sorumluluğu</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>199.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752958531</t>
+          <t>9786052422076</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İpotekli Sermaye Piyasası Araçları</t>
+          <t>İşletmelerde Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>99.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>3990000006561</t>
+          <t>9789752958920</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İnternet ve Ceza Hukuku</t>
+          <t>İşletmelerde Yenilik ve Yaratıcılık Yönetimi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053770664</t>
+          <t>9789752953758</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İnternet Çağı Dinamikleri</t>
+          <t>İşletmelerde Stratejik Liderlik</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>62</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053774075</t>
+          <t>9786053774440</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Örgütte Değişen Rolü</t>
+          <t>İşletmelerde Hile Riski Yönetimi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>35</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053775164</t>
+          <t>9789752958685</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>İşletmelerde Değer Yönetimi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>23.15</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052425039</t>
+          <t>9786053774884</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>İşletmecilik ve Pazarlama Yazıları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>329.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053772378</t>
+          <t>9789752959538</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İMKB’de İşlem Gören Enerji Şirketlerinin Mali Performanslarının TOPSIS Yöntemi ile Analizi</t>
+          <t>İşletme Yönetimi Öğretim ve Eğitiminde Örnek Olaylar İle Yazınsal Kurguları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>18.52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752958265</t>
+          <t>9786053339977</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İMKB-100 Endeksinin Gün İçi Getirisinde İstatiksel Testler ile Anomali Tespiti</t>
+          <t>İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>16.67</v>
+        <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053775591</t>
+          <t>9786053774501</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İlkeler Işığı Altında Medeni Yargılama Hukuku</t>
+          <t>İşletme Etiği</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>35</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053772040</t>
+          <t>9786053772804</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İletişim Temelli Marka Yönetimi</t>
+          <t>İşletme Bütçeleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>25.93</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053771975</t>
+          <t>9786053339908</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İletişim Olarak Reklamcılık</t>
+          <t>İşletme Biliminin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>59.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754867435</t>
+          <t>9789752955622</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş (Mikro Analiz)</t>
+          <t>İşlem Muhasebesi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053772798</t>
+          <t>9786053777304</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İhtiyati Haciz</t>
+          <t>İşgücünün Temsili ve İşyerinde Sosyal Diyalog</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>32</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053776413</t>
+          <t>9789752957701</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İflasın Ertelenmesi, Borca Batıklık ve İyileştirme Projeleri</t>
+          <t>İşgücündeki Farklılıkların Yönetimi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>38</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053334545</t>
+          <t>9789752956063</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunun Temel Yasaları</t>
+          <t>İşçi Buluşları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>48</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053331674</t>
+          <t>9789752953703</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İflasın Ertelenmesi</t>
+          <t>İş Yaşamında Duygular ve Kişilerarası İlişkiler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>38</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053770060</t>
+          <t>9786053774808</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İflas</t>
+          <t>İş Yasaları (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>299.5</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053770848</t>
+          <t>9786053774617</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku</t>
+          <t>İş Sözleşmesinin İşçiden Kaynaklanan Nedenlerle Bildirimli Feshi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>25.93</v>
+        <v>35</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053339557</t>
+          <t>9789752956070</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İçtihatlı İnşaat Hukuku ve Kat Karşılığı İnşaat Sözleşmeleri (Ciltli)</t>
+          <t>İş Sözleşmesinin Değişen Şartlara Uyarlanması</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>235</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752956018</t>
+          <t>9789752956476</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İç Kontrol Sistemi</t>
+          <t>İş Hukukunda Profesyonel Futbolcu</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>72.5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053778042</t>
+          <t>9786053773412</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukuku</t>
+          <t>İş Hukukunda İşverenin Çalışanlara Bilgi Verme ve Danışma Yükümlülüğü</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>25.93</v>
+        <v>162</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752959316</t>
+          <t>9786053776925</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Istanbul Conference on International Dispute Resolution A Global Perspective</t>
+          <t>İş Güvenliği Kültürü</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>23.15</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053771302</t>
+          <t>9786053774747</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>ICSID Hakem Kararlarının Tanınması Tenfizi ve İcrası</t>
+          <t>İş Dünyasında Başarı Faktörleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>16.67</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053772101</t>
+          <t>9786053775850</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Gerekçe (Ciltli)</t>
+          <t>İş Kanunları Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>115.74</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789752955608</t>
+          <t>9786053775263</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hukuki ve Teknik Boyutları ile Arazi ve Arsa Düzenlemesi</t>
+          <t>İşletme</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053774204</t>
+          <t>9789752955295</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Hollywood A.Ş. Sunar: Ürün Yerleştirme</t>
+          <t>İsviçre-Türk Hukukunda Mimari Proje Düzenleme Sözleşmesinin Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>12.96</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752955899</t>
+          <t>9789752959736</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması</t>
+          <t>İstatistik Metodları ve Uygulamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>79.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752959361</t>
+          <t>9789752955646</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hemşehri Kimliği</t>
+          <t>İstatistiğe Giriş 2</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>12.96</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053770206</t>
+          <t>9789752958531</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hedge Fonları</t>
+          <t>İpotekli Sermaye Piyasası Araçları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053773023</t>
+          <t>3990000006561</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Yönetiminde Güncel Konular</t>
+          <t>İnternet ve Ceza Hukuku</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>49.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752952454</t>
+          <t>9786053770664</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Reklamcılık</t>
+          <t>İnternet Çağı Dinamikleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>18.52</v>
+        <v>62</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053775751</t>
+          <t>9786053774075</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabetten ve Aldatıcı Reklamlardan Doğan Uyuşmazlıklarda Uygulanacak Hukuk</t>
+          <t>İnsanın Örgütte Değişen Rolü</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>299.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052423295</t>
+          <t>9786053775164</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Güzel Konuşma Bir Markadır</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>99.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752958678</t>
+          <t>9786052425039</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Güncel İthalat İhracat ve Kambiyo İşlemleri</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>22.22</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752955165</t>
+          <t>9786053772378</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim ve Grafik Tasarımı</t>
+          <t>İMKB’de İşlem Gören Enerji Şirketlerinin Mali Performanslarının TOPSIS Yöntemi ile Analizi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752955097</t>
+          <t>9789752958265</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>İMKB-100 Endeksinin Gün İçi Getirisinde İstatiksel Testler ile Anomali Tespiti</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789754865868</t>
+          <t>9786053775591</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Gezi Sözleşmesi</t>
+          <t>İlkeler Işığı Altında Medeni Yargılama Hukuku</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>18.52</v>
+        <v>35</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789752590946</t>
+          <t>9786053772040</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe Uygulamaları Tekdüzen Muhasebe Sistemi ve Standartlara Uygun Örnekler</t>
+          <t>İletişim Temelli Marka Yönetimi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>25.46</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052422328</t>
+          <t>9786053771975</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>İletişim Olarak Reklamcılık</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>58</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053336877</t>
+          <t>9789754867435</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>İktisada Giriş (Mikro Analiz)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>29.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752955769</t>
+          <t>9786053772798</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Laboratuvar Kitabı</t>
+          <t>İhtiyati Haciz</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>8.8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752953628</t>
+          <t>9786053776413</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Gemi Kaynaklı Deniz Kirlenmesinin Önlenmesi, Azaltılması ve Kontrol Altına Alınmasında Devletin Yetkisi</t>
+          <t>İflasın Ertelenmesi, Borca Batıklık ve İyileştirme Projeleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>189.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789752956513</t>
+          <t>9786053334545</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gazeteciliğin Kuramsal Temelleri</t>
+          <t>İş Hukukunun Temel Yasaları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>17.13</v>
+        <v>48</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053777021</t>
+          <t>9786053331674</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırımlarının Yönetimi</t>
+          <t>İflasın Ertelenmesi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>69.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053771722</t>
+          <t>9786053770060</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklıkları (GYO)</t>
+          <t>İflas</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>45</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053770336</t>
+          <t>9786053770848</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklıkları</t>
+          <t>İdare Hukuku</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>45</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053772460</t>
+          <t>9786053339557</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Futbol ile İlgili Mevzuat (Ciltli)</t>
+          <t>İçtihatlı İnşaat Hukuku ve Kat Karşılığı İnşaat Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>169.5</v>
+        <v>235</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752953574</t>
+          <t>9789752956018</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Fortran 90 &amp; 95 &amp; 2000</t>
+          <t>İç Kontrol Sistemi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>37.04</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053771586</t>
+          <t>9786053778042</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Firma Değerlemesi</t>
+          <t>İcra Hukuku</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>16.67</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053771890</t>
+          <t>9789752959316</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Istanbul Conference on International Dispute Resolution A Global Perspective</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>22.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752959613</t>
+          <t>9786053771302</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kiralama (Leasing)</t>
+          <t>ICSID Hakem Kararlarının Tanınması Tenfizi ve İcrası</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>47.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789754787955</t>
+          <t>9786053772101</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Finansal Hizmetler Ekonomisi</t>
+          <t>Hukukta Gerekçe (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>29.63</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752957077</t>
+          <t>9789752955608</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Financial Accounting</t>
+          <t>Hukuki ve Teknik Boyutları ile Arazi ve Arsa Düzenlemesi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>74.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789752953895</t>
+          <t>9786053774204</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Fikri ve Sınai Hukuk Mevzuatı (Ciltli)</t>
+          <t>Hollywood A.Ş. Sunar: Ürün Yerleştirme</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>41.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752952324</t>
+          <t>9789752955899</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Fikri Hukukta Türk Mahkemelerinin Milletlerarası Yetkisi</t>
+          <t>Hizmet Pazarlaması</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>37.04</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752952585</t>
+          <t>9789752959361</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Hukukunda İşlenme Eserler</t>
+          <t>Hemşehri Kimliği</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>20.37</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752954472</t>
+          <t>9786053770206</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Fikir Mülkiyeti Hukuku Kavramlar (Ciltli)</t>
+          <t>Hedge Fonları</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>30.09</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752956285</t>
+          <t>9786053773023</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Farklı Kültürlerde İş Görüşmeleri</t>
+          <t>Halkla İlişkiler Yönetiminde Güncel Konular</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>16.67</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053331469</t>
+          <t>9789752952454</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim İlkeleri (Ciltli)</t>
+          <t>Halkla İlişkiler ve Reklamcılık</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789752959620</t>
+          <t>9786053775751</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Factoring</t>
+          <t>Haksız Rekabetten ve Aldatıcı Reklamlardan Doğan Uyuşmazlıklarda Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>35</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053772675</t>
+          <t>9786052423295</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Facebook’tayız</t>
+          <t>Güzel Konuşma Bir Markadır</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>68</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752957879</t>
+          <t>9789752958678</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Etik Değerlendirmeler</t>
+          <t>Güncel İthalat İhracat ve Kambiyo İşlemleri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053770480</t>
+          <t>9789752955165</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku (Ciltli)</t>
+          <t>Görsel İletişim ve Grafik Tasarımı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>60.19</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789758400188</t>
+          <t>9789752955097</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Erdoğan Teziç’e Armağan</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>115.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789754863765</t>
+          <t>9789754865868</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Faile Yardım Suçu ve Müdafiin Bu Suçtan Sorumluluğu</t>
+          <t>Gezi Sözleşmesi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>32.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053772415</t>
+          <t>9789752590946</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Envanter Değerleme Uygulamaları</t>
+          <t>Genel Muhasebe Uygulamaları Tekdüzen Muhasebe Sistemi ve Standartlara Uygun Örnekler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>16.67</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053777151</t>
+          <t>9786052422328</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Entegre Katı Atık Yönetiminde Politika Araçları</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>65</v>
+        <v>58</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789752956773</t>
+          <t>9786053336877</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Klinik Psikoloji ve İnsan Kaynakları Yönetimi</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>18.52</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053770909</t>
+          <t>9789752955769</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Kültür ve Manipülasyon Teorisi</t>
+          <t>Genel Kimya Laboratuvar Kitabı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>62</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752956148</t>
+          <t>9789752953628</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Posta ile Pazarlama</t>
+          <t>Gemi Kaynaklı Deniz Kirlenmesinin Önlenmesi, Azaltılması ve Kontrol Altına Alınmasında Devletin Yetkisi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>16.67</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053774259</t>
+          <t>9789752956513</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Bankacılık ve Riskler</t>
+          <t>Gazeteciliğin Kuramsal Temelleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>25.46</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789754867985</t>
+          <t>9786053777021</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Elektronik</t>
+          <t>Gayrimenkul Yatırımlarının Yönetimi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>16.2</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9759754868664</t>
+          <t>9786053771722</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Elastisite Teorisi ve Uzay Çubuk, Membran, Plak Kabuk, Solid Sistemlerin Yapı Statiği</t>
+          <t>Gayrimenkul Yatırım Ortaklıkları (GYO)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>18.52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789752959125</t>
+          <t>9786053770336</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Katma Değer (EVA) Yaklaşımı</t>
+          <t>Gayrimenkul Yatırım Ortaklıkları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>35.19</v>
+        <v>45</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789752952638</t>
+          <t>9786053772460</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Entegrasyon</t>
+          <t>Futbol ile İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>11.11</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789752952416</t>
+          <t>9789752953574</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü</t>
+          <t>Fortran 90 &amp; 95 &amp; 2000</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>9.26</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789754865202</t>
+          <t>9786053771586</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi / Okul Yönetimi / Sınıf Yönetimi</t>
+          <t>Firma Değerlemesi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752958326</t>
+          <t>9786053771890</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de Deniz Taşımacılığına Sağlanan Vergi Teşvikleri</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>16.67</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752959811</t>
+          <t>9789752959613</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarım Ürünleri Ticareti ve Gelişmekte Olan Ülkeler</t>
+          <t>Finansal Kiralama (Leasing)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>87</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752957411</t>
+          <t>9789754787955</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Emek Davranışlarının Çalışanların İş Sonuçlarına Etkisi</t>
+          <t>Finansal Hizmetler Ekonomisi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>39.5</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752954281</t>
+          <t>9789752957077</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Donanım Mimarisi</t>
+          <t>Financial Accounting</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>39.5</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789752954649</t>
+          <t>9789752953895</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Yabancı Sermaye Yatırımları ve Türkiye (1923-2003)</t>
+          <t>Fikri ve Sınai Hukuk Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>35</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053337119</t>
+          <t>9789752952324</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret İşlemleri Yönetimi</t>
+          <t>Fikri Hukukta Türk Mahkemelerinin Milletlerarası Yetkisi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>349.5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789752952065</t>
+          <t>9789752952585</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Haksız Zilyedlikte İade</t>
+          <t>Fikir ve Sanat Eserleri Hukukunda İşlenme Eserler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>34.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053772071</t>
+          <t>9789752954472</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Deniz Ticari Taşımacılığı ve Türkiye Ekonomisindeki Yeri</t>
+          <t>Fikir Mülkiyeti Hukuku Kavramlar (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>249.5</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053771791</t>
+          <t>9789752956285</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Barış Konferansları ve Osmanlı Devleti</t>
+          <t>Farklı Kültürlerde İş Görüşmeleri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>35</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053776635</t>
+          <t>9786053331469</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Yatırım Fonlarının Karşılaştırmalı Risk Analizi</t>
+          <t>Finansal Yönetim İlkeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>299.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053779797</t>
+          <t>9789752959620</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Hukukta İş Güvenliği Uzmanlığı</t>
+          <t>Factoring</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053774174</t>
+          <t>9786053772675</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Önde Gelen Sivil Toplum Kuruluşlarının Yönetsel ve Örgütsel Analizi</t>
+          <t>Facebook’tayız</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>7.41</v>
+        <v>68</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789752958708</t>
+          <t>9789752957879</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Endüstri-İçi Dış Ticaretinin Analizi</t>
+          <t>Etik Değerlendirmeler</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789752957312</t>
+          <t>9786053770480</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Yönetsel Değerler ve Yönetici Profili Üzerine Bir Araştırma</t>
+          <t>Eşya Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>74.5</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053772750</t>
+          <t>9789758400188</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Güvenlik Sisteminin Antropolojik İncelemesi ve Emeklilik Sorunları Üzerine Bir Alan Araştırması</t>
+          <t>Erdoğan Teziç’e Armağan</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>32.41</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789752953963</t>
+          <t>9789754863765</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sermaye Piyasası Araçları ve Halka Açık Anonim Şirketler</t>
+          <t>Faile Yardım Suçu ve Müdafiin Bu Suçtan Sorumluluğu</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>27.78</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789752954397</t>
+          <t>9786053772415</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Reel ve Mali Sektör Genel Durum, Sorunlar ve Öneriler</t>
+          <t>Envanter Değerleme Uygulamaları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>41.67</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752956728</t>
+          <t>9786053777151</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Mortgage Uygulaması</t>
+          <t>Entegre Katı Atık Yönetiminde Politika Araçları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>27.78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789752956261</t>
+          <t>9789752956773</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Medya Siyaset İlişkisi</t>
+          <t>Endüstriyel Klinik Psikoloji ve İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789752954670</t>
+          <t>9786053770909</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İnsan Hakları 1. Kitap</t>
+          <t>Emeğin Kültür ve Manipülasyon Teorisi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>187</v>
+        <v>62</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053774273</t>
+          <t>9789752956148</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Bireysel Emeklilik Sistemi ve Bireysel Emeklilik Şirketlerinin Etkinliği</t>
+          <t>Elektronik Posta ile Pazarlama</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>49.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053771838</t>
+          <t>9786053774259</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de 1980 Sonrası Bürokratik Dönüşüm</t>
+          <t>Elektronik Bankacılık ve Riskler</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>35</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752955073</t>
+          <t>9789754867985</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Avrupa Birliği İlişkileri Üzerine Ekonomi-Politik Tezler</t>
+          <t>Elektronik</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>25.93</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789752955738</t>
+          <t>9759754868664</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Muhasebe Standartları Uygulamaları</t>
+          <t>Elastisite Teorisi ve Uzay Çubuk, Membran, Plak Kabuk, Solid Sistemlerin Yapı Statiği</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053770091</t>
+          <t>9789752959125</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Türk-İsviçre Hukukunda Culpa in Contrahendo Sorumluluğu</t>
+          <t>Ekonomik Katma Değer (EVA) Yaklaşımı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>24.07</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053772354</t>
+          <t>9789752952638</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Türk, İsviçre ve Avrupa Birliği Hukukunda Kredi Kartını Kullanan Tüketicinin Hukuki Durumu</t>
+          <t>Ekonomik Entegrasyon</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>65</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053776512</t>
+          <t>9789752952416</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Avrupa Birliği Hukukunda Yabancı Unsurlu Sigorta Sözleşmelerine Uygulanacak Hukuk</t>
+          <t>Ekonomi Sözlüğü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>249.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053771531</t>
+          <t>9789754865202</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Alman Hukukunda İş Sözleşmesinin Sağlık Nedeniyle Sona Ermesi</t>
+          <t>Eğitim Yönetimi / Okul Yönetimi / Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>30</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752953871</t>
+          <t>9789752958326</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Türk ve AB Hukukunda Fikri Mülkiyet Haklarının Tükenmesi (Ciltli)</t>
+          <t>Dünyada ve Türkiye’de Deniz Taşımacılığına Sağlanan Vergi Teşvikleri</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>32.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052424872</t>
+          <t>9789752959811</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Türk Vatandaşlık Hukuku</t>
+          <t>Dünya Tarım Ürünleri Ticareti ve Gelişmekte Olan Ülkeler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>499.5</v>
+        <v>87</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053770640</t>
+          <t>9789752957411</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Tasarısına Göre Ticaret Şirketlerinin Birleşmesi</t>
+          <t>Duygusal Emek Davranışlarının Çalışanların İş Sonuçlarına Etkisi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>139.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053337348</t>
+          <t>9789752954281</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu (Eylül 2018)</t>
+          <t>Donanım Mimarisi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>16.2</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053774464</t>
+          <t>9789752954649</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Türk Sermaye Piyasası Hukukunda Manipülasyon Suçu</t>
+          <t>Doğrudan Yabancı Sermaye Yatırımları ve Türkiye (1923-2003)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>299.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052426517</t>
+          <t>9786053337119</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletlerarası Özel Hukuk Mevzuatı (Ciltli)</t>
+          <t>Dış Ticaret İşlemleri Yönetimi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>949.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752955196</t>
+          <t>9789752952065</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletlerarası Özek Hukukunda Boşanma</t>
+          <t>Haksız Zilyedlikte İade</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>23.15</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752957480</t>
+          <t>9786053772071</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanununda Edinilmiş (Kazanılmış) Mallara Katılma Rejimi</t>
+          <t>Uluslararası Deniz Ticari Taşımacılığı ve Türkiye Ekonomisindeki Yeri</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>97.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052422823</t>
+          <t>9786053771791</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu</t>
+          <t>Uluslararası Barış Konferansları ve Osmanlı Devleti</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>199.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752956575</t>
+          <t>9786053776635</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Sözlüğü</t>
+          <t>Ulusal ve Uluslararası Yatırım Fonlarının Karşılaştırmalı Risk Analizi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>9.26</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053776031</t>
+          <t>9786053779797</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Borçlar Kanunu ve Diğer Mevzuat</t>
+          <t>Ulusal ve Uluslararası Hukukta İş Güvenliği Uzmanlığı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>78.7</v>
+        <v>45</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789752958456</t>
+          <t>9786053774174</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda İş Sağlığı ve Güvenliği Denetimi</t>
+          <t>Türkiye’nin Önde Gelen Sivil Toplum Kuruluşlarının Yönetsel ve Örgütsel Analizi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>109.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752955585</t>
+          <t>9789752958708</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Coğrafi İşaret Kavramı ve Korunması</t>
+          <t>Türkiye’nin Endüstri-İçi Dış Ticaretinin Analizi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>24.07</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053777168</t>
+          <t>9789752957312</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Türk Reklam Mevzuatı</t>
+          <t>Türkiyede Yönetsel Değerler ve Yönetici Profili Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>399.5</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752957114</t>
+          <t>9786053772750</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili 1</t>
+          <t>Türkiye’de Sosyal Güvenlik Sisteminin Antropolojik İncelemesi ve Emeklilik Sorunları Üzerine Bir Alan Araştırması</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>18.52</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789752956827</t>
+          <t>9789752953963</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Şerhi (Ciltli)</t>
+          <t>Türkiye’de Sermaye Piyasası Araçları ve Halka Açık Anonim Şirketler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>52.78</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052422595</t>
+          <t>9789752954397</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat</t>
+          <t>Türkiye’de Reel ve Mali Sektör Genel Durum, Sorunlar ve Öneriler</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>59.5</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053339823</t>
+          <t>9789752956728</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukuna Giriş (Ciltli)</t>
+          <t>Türkiye’de Mortgage Uygulaması</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>89.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053774211</t>
+          <t>9789752956261</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (TBK) ve Türk Borçlar Kanununun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (TBKYUK)</t>
+          <t>Türkiye’de Medya Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>15.28</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053777942</t>
+          <t>9789752954670</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu</t>
+          <t>Türkiye’de İnsan Hakları 1. Kitap</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>16.2</v>
+        <v>187</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053774419</t>
+          <t>9786053774273</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (Ciltli)</t>
+          <t>Türkiye’de Bireysel Emeklilik Sistemi ve Bireysel Emeklilik Şirketlerinin Etkinliği</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>90.74</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053770862</t>
+          <t>9786053771838</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Türkiye’de 1980 Sonrası Bürokratik Dönüşüm</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>62.96</v>
+        <v>35</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053771203</t>
+          <t>9789752955073</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Türev Piyasalar</t>
+          <t>Türkiye-Avrupa Birliği İlişkileri Üzerine Ekonomi-Politik Tezler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>69.5</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>3990000067802</t>
+          <t>9789752955738</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tüm Piyasaya Karşı Anatrend Yazıları Bölüm 1</t>
+          <t>Türkiye Muhasebe Standartları Uygulamaları</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>24.07</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789752957305</t>
+          <t>9786053770091</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Tüketicinin Korunması</t>
+          <t>Türk-İsviçre Hukukunda Culpa in Contrahendo Sorumluluğu</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>72.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053776130</t>
+          <t>9786053772354</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Teorisinin Matematiksel Açıklamaları</t>
+          <t>Türk, İsviçre ve Avrupa Birliği Hukukunda Kredi Kartını Kullanan Tüketicinin Hukuki Durumu</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>79.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053772316</t>
+          <t>9786053776512</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Ağızdan Ağıza Pazarlama</t>
+          <t>Türk ve Avrupa Birliği Hukukunda Yabancı Unsurlu Sigorta Sözleşmelerine Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052420096</t>
+          <t>9786053771531</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışları</t>
+          <t>Türk ve Alman Hukukunda İş Sözleşmesinin Sağlık Nedeniyle Sona Ermesi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>349.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752959798</t>
+          <t>9789752953871</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Turkish Criminal Procedure Code - Ceza Muhakemesi Kanunu</t>
+          <t>Türk ve AB Hukukunda Fikri Mülkiyet Haklarının Tükenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>29.63</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053774785</t>
+          <t>9786052424872</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kriz Yönetimi</t>
+          <t>Türk Vatandaşlık Hukuku</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>14.81</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752959996</t>
+          <t>9786053770640</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetimi Bağlamında Sürekli İyileştirme Anlayışı</t>
+          <t>Türk Ticaret Kanunu Tasarısına Göre Ticaret Şirketlerinin Birleşmesi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>44.91</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052426135</t>
+          <t>9786053337348</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetimi</t>
+          <t>Türk Ticaret Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>249.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052428351</t>
+          <t>9786053774464</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletme Hukuku Ders Notları</t>
+          <t>Türk Sermaye Piyasası Hukukunda Manipülasyon Suçu</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053774945</t>
+          <t>9786052426517</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Kanunu - Çek Kanunu İcra ve İflas Kanunu ve Ceza Kanunu Kapsamında Çek</t>
+          <t>Türk Milletlerarası Özel Hukuk Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>99.5</v>
+        <v>949.5</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053335573</t>
+          <t>9789752955196</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukukunun Genel İlkeleri</t>
+          <t>Türk Milletlerarası Özek Hukukunda Boşanma</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>22.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053773696</t>
+          <t>9789752957480</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Thomas Calculus 2</t>
+          <t>Türk Medeni Kanununda Edinilmiş (Kazanılmış) Mallara Katılma Rejimi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>58</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789752958722</t>
+          <t>9786052422823</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>The ABC’s of Cost Accounting</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>68</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053772552</t>
+          <t>9789752956575</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Terör Ekonomisi</t>
+          <t>Türk Medeni Kanunu Sözlüğü</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>249.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053773504</t>
+          <t>9786053776031</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Kamu Ekonomisi</t>
+          <t>Türk Medeni Kanunu Borçlar Kanunu ve Diğer Mevzuat</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>25.93</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053774891</t>
+          <t>9789752958456</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Temsil Yetkisinin Verilmesi ve Kapsamının Belirlenmesi</t>
+          <t>Türk İş Hukukunda İş Sağlığı ve Güvenliği Denetimi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>279.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789752955783</t>
+          <t>9789752955585</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Temel Pazarlama Kavramları</t>
+          <t>Türk Hukukunda Coğrafi İşaret Kavramı ve Korunması</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>23.15</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053770657</t>
+          <t>9786053777168</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Temel Pazarlama Bilgisi</t>
+          <t>Türk Reklam Mevzuatı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>18.06</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789752954052</t>
+          <t>9789752957114</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Temel Bilgi Teknolojileri</t>
+          <t>Türk Dili 1</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>29.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053773122</t>
+          <t>9789752956827</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Temel Analitik Kimya</t>
+          <t>Türk Ceza Kanunu Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>89.5</v>
+        <v>52.78</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789752957350</t>
+          <t>9786052422595</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Reklam Filmi Yapımı</t>
+          <t>Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>25</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053774433</t>
+          <t>9786053339823</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Tek ve Bağımsız Hukuk</t>
+          <t>Türk Ceza Hukukuna Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>187</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053774112</t>
+          <t>9786053774211</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Tek Düzen Muhasebe Uygulamaları</t>
+          <t>Türk Borçlar Kanunu (TBK) ve Türk Borçlar Kanununun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (TBKYUK)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>79.5</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053773528</t>
+          <t>9786053777942</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Madde Lojistiği ve İş Güvenliği</t>
+          <t>Türk Borçlar Kanunu</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>129.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052428443</t>
+          <t>9786053774419</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Temel Ekonomi İçin Alıştırmalar</t>
+          <t>Türk Borçlar Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>249.5</v>
+        <v>90.74</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052425046</t>
+          <t>9786053770862</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Yönetimi</t>
+          <t>Türk Borçlar Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>249.5</v>
+        <v>62.96</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789752958241</t>
+          <t>9786053771203</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Taşınmaz Mal Zilyetliğine Yapılan Tecavüzün Önlenmesi Hakkında Mevzuatın Açıklanması</t>
+          <t>Türev Piyasalar</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>169.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052424896</t>
+          <t>3990000067802</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Muhasebesi</t>
+          <t>Tüm Piyasaya Karşı Anatrend Yazıları Bölüm 1</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>249.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053778288</t>
+          <t>9789752957305</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Havzalarından Küresel Trendlere Şehir ve Toplum</t>
+          <t>Tüketicinin Korunması</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>249.5</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053773818</t>
+          <t>9786053776130</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Sunumlarda Görsel Destek Kullanımı: Etkili Powerpoint Tasarımı ve Teknik Özellikleri</t>
+          <t>Tüketici Teorisinin Matematiksel Açıklamaları</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>99.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789752953178</t>
+          <t>9786053772316</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Suçla Mücadele Bağlamında Türkiye’de Aile İçi Şiddet</t>
+          <t>Ağızdan Ağıza Pazarlama</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>27.78</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053779933</t>
+          <t>9786052420096</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Su Kaynakları Mühendisliği</t>
+          <t>Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053777250</t>
+          <t>9789752959798</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim ve Liderlik</t>
+          <t>Turkish Criminal Procedure Code - Ceza Muhakemesi Kanunu</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>249.5</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053337898</t>
+          <t>9786053774785</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Marka Yönetimi</t>
+          <t>Toplam Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>23.15</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053774969</t>
+          <t>9789752959996</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Liderlik ve Örgütsel Uyumlanma</t>
+          <t>Toplam Kalite Yönetimi Bağlamında Sürekli İyileştirme Anlayışı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>149.5</v>
+        <v>44.91</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053333197</t>
+          <t>9786052426135</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Alman Ceza Kanunu - Strafgesetzbuch (StGB)</t>
+          <t>Toplam Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>57.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789752956872</t>
+          <t>9786052428351</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Statik Mukavemet</t>
+          <t>Ticari İşletme Hukuku Ders Notları</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>169.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053776376</t>
+          <t>9786053774945</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Sporda Şiddet ve Düzensizliğin Önlenmesi ve Şike ve Teşvik Primi (Ciltli)</t>
+          <t>Ticaret Kanunu - Çek Kanunu İcra ve İflas Kanunu ve Ceza Kanunu Kapsamında Çek</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>32.41</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053773924</t>
+          <t>9786053335573</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetimi</t>
+          <t>Ticaret Hukukunun Genel İlkeleri</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>27.31</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053770015</t>
+          <t>9786053773696</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>SPK Sermaye Piyasasında Bağımsız Denetim</t>
+          <t>Thomas Calculus 2</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>41.67</v>
+        <v>58</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053770121</t>
+          <t>9789752958722</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>SPK İnşaat ve Gayrimenkul Muhasebesi</t>
+          <t>The ABC’s of Cost Accounting</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>12.96</v>
+        <v>68</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053770084</t>
+          <t>9786053772552</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>SPK İleri Düzey</t>
+          <t>Terör Ekonomisi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>41.67</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053770282</t>
+          <t>9786053773504</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>SPK Gayrimenkul Değerleme Uzmanlığı - Temel Finans Matematiği</t>
+          <t>Teori ve Uygulamada Kamu Ekonomisi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>14.81</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053772774</t>
+          <t>9786053774891</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>SPK Gayrimenkul - Konut Değerleme Uzmanlığı</t>
+          <t>Temsil Yetkisinin Verilmesi ve Kapsamının Belirlenmesi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>53.7</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789752957992</t>
+          <t>9789752955783</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Soybağının Belirlenmesi ve Ceza Hukukunda Çocuğun Soybağını Değiştirme Suçu</t>
+          <t>Temel Pazarlama Kavramları</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>149.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053777496</t>
+          <t>9786053770657</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>Temel Pazarlama Bilgisi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>44.44</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053779384</t>
+          <t>9789752954052</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermaye ve Örgütsel Boyutu</t>
+          <t>Temel Bilgi Teknolojileri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>199.5</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053776697</t>
+          <t>9786053773122</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya - Akademi</t>
+          <t>Temel Analitik Kimya</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>349.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053774471</t>
+          <t>9789752957350</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Haklar</t>
+          <t>Televizyon Reklam Filmi Yapımı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>249.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053772668</t>
+          <t>9786053774433</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Mevzuatı (Ciltli)</t>
+          <t>Tek ve Bağımsız Hukuk</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>78.7</v>
+        <v>187</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052426067</t>
+          <t>9786053774112</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku</t>
+          <t>Tek Düzen Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>699.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053772255</t>
+          <t>9786053773528</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Girişimcilik</t>
+          <t>Tehlikeli Madde Lojistiği ve İş Güvenliği</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>16.67</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053772149</t>
+          <t>9786052428443</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Solving Micro Economic Problems</t>
+          <t>Temel Ekonomi İçin Alıştırmalar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>23.15</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789752958807</t>
+          <t>9786052425046</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Solidworks &amp; Photoworks</t>
+          <t>Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>41.67</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789754789935</t>
+          <t>9789752958241</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Partilerin Kapatılması ve Yüce Divan Kararlarını Yeniden Tartışmak</t>
+          <t>Taşınmaz Mal Zilyetliğine Yapılan Tecavüzün Önlenmesi Hakkında Mevzuatın Açıklanması</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>7.41</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053772873</t>
+          <t>9786052424896</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Partiler Kanunu Şerhi Cilt 1 (md. 1- 35)</t>
+          <t>Şirketler Muhasebesi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>62</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053774143</t>
+          <t>9786053778288</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Medeniyet Havzalarından Küresel Trendlere Şehir ve Toplum</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>17.13</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053776321</t>
+          <t>9786053773818</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Akımlar</t>
+          <t>Sunumlarda Görsel Destek Kullanımı: Etkili Powerpoint Tasarımı ve Teknik Özellikleri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>24</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053776260</t>
+          <t>9789752953178</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Televizyon Görüntüsünün Temel Ögeleri</t>
+          <t>Suçla Mücadele Bağlamında Türkiye’de Aile İçi Şiddet</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>27.31</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752953642</t>
+          <t>9786053779933</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Turbo Pascal Programlama Sanatı</t>
+          <t>Su Kaynakları Mühendisliği</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>20.37</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789752955134</t>
+          <t>9786053777250</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sınıraşan Sular</t>
+          <t>Stratejik Yönetim ve Liderlik</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>31.48</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789752955479</t>
+          <t>9786053337898</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukunda Kamuyu Aydınlatma İlkesi</t>
+          <t>Stratejik Marka Yönetimi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>27.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789752954748</t>
+          <t>9786053774969</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukuku Cilt: 2 (Ciltli)</t>
+          <t>Stratejik Liderlik ve Örgütsel Uyumlanma</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>46.3</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053338369</t>
+          <t>9786053333197</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigortalar Uygulaması</t>
+          <t>Alman Ceza Kanunu - Strafgesetzbuch (StGB)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>48</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786053334309</t>
+          <t>9789752956872</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları için Temel İşletmeciliğe Giriş</t>
+          <t>Statik Mukavemet</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>12.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789752955943</t>
+          <t>9786053776376</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Temel İstatistik</t>
+          <t>Sporda Şiddet ve Düzensizliğin Önlenmesi ve Şike ve Teşvik Primi (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>10</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789752954083</t>
+          <t>9786053773924</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Türk Banka Hukukunda Mevduat Sigortası</t>
+          <t>Spor Yönetimi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>30.09</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752953949</t>
+          <t>9786053770015</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukuku Cilt: 1 (Ciltli)</t>
+          <t>SPK Sermaye Piyasasında Bağımsız Denetim</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>50.93</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752951938</t>
+          <t>9786053770121</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sendika Özgürlüğü ve Uluslararası Çalışma Örgütü ile T.C. Hükümetleri İlişkileri</t>
+          <t>SPK İnşaat ve Gayrimenkul Muhasebesi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053774709</t>
+          <t>9786053770084</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Sektörün Penceresinden Reklam Süreci</t>
+          <t>SPK İleri Düzey</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>19.5</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752953314</t>
+          <t>9786053770282</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Scientific English</t>
+          <t>SPK Gayrimenkul Değerleme Uzmanlığı - Temel Finans Matematiği</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053773948</t>
+          <t>9786053772774</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Yöntemlerde Problem Çözümleri ve Bilgisayar Destekli Uygulamalar</t>
+          <t>SPK Gayrimenkul - Konut Değerleme Uzmanlığı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>30.09</v>
+        <v>53.7</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052421413</t>
+          <t>9789752957992</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Satınalma ve Tedarik Zinciri Yönetimi</t>
+          <t>Soybağının Belirlenmesi ve Ceza Hukukunda Çocuğun Soybağını Değiştirme Suçu</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>58</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789752957886</t>
+          <t>9786053777496</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sanal Ortamda Halkla İlişkiler</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>149.5</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053776093</t>
+          <t>9786053779384</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Sanal Dünyalarda İktidar ve Özgürlük</t>
+          <t>Sosyal Sermaye ve Örgütsel Boyutu</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053776901</t>
+          <t>9786053776697</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kuruluşlarında İnsan Faktörü Mühendisliğinin Önemi ve Hasta Güvenliği Alanında Uygulama Örnekleri</t>
+          <t>Sosyal Medya - Akademi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>45</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052427668</t>
+          <t>9786053774471</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri Yönetimi</t>
+          <t>Sosyal Haklar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>99.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752953109</t>
+          <t>9786053772668</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Roma Konvansiyonu</t>
+          <t>Sosyal Güvenlik Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>15.74</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789754861150</t>
+          <t>9786052426067</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukuku Ders Notları</t>
+          <t>Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>23.15</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752957138</t>
+          <t>9786053772255</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Medya Planlaması</t>
+          <t>Sosyal Girişimcilik</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053774297</t>
+          <t>9786053772149</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Reklam Nasıl Çözümlenir?</t>
+          <t>Solving Micro Economic Problems</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789752957268</t>
+          <t>9789752958807</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukuku ile İlgili Makaleler (Ciltli)</t>
+          <t>Solidworks &amp; Photoworks</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>148</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789752958746</t>
+          <t>9789754789935</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukuku Açısından Oligopolistik Bağımlılık</t>
+          <t>Siyasi Partilerin Kapatılması ve Yüce Divan Kararlarını Yeniden Tartışmak</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789752955653</t>
+          <t>9786053772873</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Türk Rekabet Hukukunda Uyumlu Eylem ve Bu Eylemin Hukuki Sonuçları</t>
+          <t>Siyasi Partiler Kanunu Şerhi Cilt 1 (md. 1- 35)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>35.19</v>
+        <v>62</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053772484</t>
+          <t>9786053774143</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Regülasyon</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>199.5</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>3990000012335</t>
+          <t>9786053776321</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>QuickBASIC 4.5 QBASIC, Kütüphane Geliştirme Programlama Üzerine Temel Notlar</t>
+          <t>Sinemada Akımlar</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>18.52</v>
+        <v>24</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053776437</t>
+          <t>9786053776260</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Kontratın Örgütsel Sapma Üzerindeki Etkisi ve Kişilik Özelliklerinin Rolü: İlaç Sektöründe Bir Araştırma</t>
+          <t>Sinema ve Televizyon Görüntüsünün Temel Ögeleri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>249.5</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789755041070</t>
+          <t>9789752953642</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ömer Teoman’a 55. Yaş Günü Armağanı (2 Cilt Takım) (Ciltli)</t>
+          <t>Turbo Pascal Programlama Sanatı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>138.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789754869927</t>
+          <t>9789752955134</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Nuri Çelik’e Armağan 2 (Ciltli)</t>
+          <t>Sınıraşan Sular</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>83.33</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789754869842</t>
+          <t>9789752955479</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Nuri Çelik’e Armağan 1 (Ciltli)</t>
+          <t>Sermaye Piyasası Hukukunda Kamuyu Aydınlatma İlkesi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>83.33</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789754869866</t>
+          <t>9789752954748</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Erdoğan Moroğlu’na 65. Yaş Günü Armağanı (Ciltli)</t>
+          <t>Sermaye Piyasası Hukuku Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>115.74</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053772408</t>
+          <t>9786053338369</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ali Güzel’e Armağan 2 (Ciltli)</t>
+          <t>Sosyal Sigortalar Uygulaması</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>315</v>
+        <v>579.5</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053772392</t>
+          <t>9786053334309</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ali Güzel’e Armağan 1 (Ciltli)</t>
+          <t>Meslek Yüksekokulları için Temel İşletmeciliğe Giriş</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>315</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053772521</t>
+          <t>9789752955943</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yönetimi</t>
+          <t>Temel İstatistik</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>12.04</v>
+        <v>10</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789752958296</t>
+          <t>9789752954083</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Performanslı Takım Yapılandırma</t>
+          <t>Türk Banka Hukukunda Mevduat Sigortası</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>87</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789752956278</t>
+          <t>9789752953949</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel ve Örgütsel Açıdan İnsan Kaynakları</t>
+          <t>Sermaye Piyasası Hukuku Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>14.81</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789752959989</t>
+          <t>9789752951938</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Yaklaşımlarıyla Kurumsal Sürdürülebilirlik</t>
+          <t>Sendika Özgürlüğü ve Uluslararası Çalışma Örgütü ile T.C. Hükümetleri İlişkileri</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052423301</t>
+          <t>9786053774709</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon</t>
+          <t>Sektörün Penceresinden Reklam Süreci</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>599.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053771395</t>
+          <t>9789752953314</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Maliyet Muhasebesi (Ciltli)</t>
+          <t>Scientific English</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>39.35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752958562</t>
+          <t>9786053773948</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Felsefesi</t>
+          <t>Sayısal Yöntemlerde Problem Çözümleri ve Bilgisayar Destekli Uygulamalar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>18.52</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053335665</t>
+          <t>9786052421413</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi ve Çağdaş Yönetim Teknikleri</t>
+          <t>Satınalma ve Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>32.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789752956223</t>
+          <t>9789752957886</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Açısından Uygulamalı Denetim El Kitabı</t>
+          <t>Sanal Ortamda Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>12.96</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053774631</t>
+          <t>9786053776093</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Başarı Stratejileri</t>
+          <t>Sanal Dünyalarda İktidar ve Özgürlük</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053774372</t>
+          <t>9786053776901</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yığma Yapı Mühendisliğinin Gelişim Tarihi (Ciltli)</t>
+          <t>Sağlık Kuruluşlarında İnsan Faktörü Mühendisliğinin Önemi ve Hasta Güvenliği Alanında Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>449.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053774068</t>
+          <t>9786052427668</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Pazarlama</t>
+          <t>Sağlık Hizmetleri Yönetimi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>249.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053771142</t>
+          <t>9789752953109</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerin Güncel Sorunları</t>
+          <t>Roma Konvansiyonu</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>14.81</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789752958173</t>
+          <t>9789754861150</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yenilik Yönetimi ve Yenilikçi Örgüt Kültürü</t>
+          <t>Roma Hukuku Ders Notları</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>12.96</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053777205</t>
+          <t>9789752957138</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Ticaret Kanunu ve Türk Ticaret Kanunun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (Ciltli)</t>
+          <t>Reklam ve Medya Planlaması</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>32.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053774426</t>
+          <t>9786053774297</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sosyal Güvenlik Kanunları</t>
+          <t>Reklam Nasıl Çözümlenir?</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789752954786</t>
+          <t>9789752957268</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medeni Kanun Hükümleri Uyarınca Evlat Edinme</t>
+          <t>Rekabet Hukuku ile İlgili Makaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>11.11</v>
+        <v>148</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053774396</t>
+          <t>9789752958746</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ekonomide Müşteri İlişkileri ve Bilgi Teknolojileri</t>
+          <t>Rekabet Hukuku Açısından Oligopolistik Bağımlılık</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>199.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789752954656</t>
+          <t>9789752955653</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Yeni Binyılda Çevre</t>
+          <t>Türk Rekabet Hukukunda Uyumlu Eylem ve Bu Eylemin Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>12.96</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789754869026</t>
+          <t>9786053772484</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Pratik İnternet El Kitabı</t>
+          <t>Regülasyon</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>12.04</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053772538</t>
+          <t>3990000012335</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Yatırımlarda Stratejik Karar Verme Süreci</t>
+          <t>QuickBASIC 4.5 QBASIC, Kütüphane Geliştirme Programlama Üzerine Temel Notlar</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>25.93</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053771692</t>
+          <t>9786053776437</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Yargıtayın İş Hukukuna İlişkin Kararlarının Değerlendirilmesi 2007</t>
+          <t>Psikolojik Kontratın Örgütsel Sapma Üzerindeki Etkisi ve Kişilik Özelliklerinin Rolü: İlaç Sektöründe Bir Araştırma</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>149.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789752957800</t>
+          <t>9789755041070</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararlarının Işığında Kamu Yönetimine Karşı Suçlar</t>
+          <t>Prof. Dr. Ömer Teoman’a 55. Yaş Günü Armağanı (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>18.52</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789752959699</t>
+          <t>9789754869927</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Yargıcın Davranış İlkeleri</t>
+          <t>Prof. Dr. Nuri Çelik’e Armağan 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>449.5</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789754866131</t>
+          <t>9789754869842</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Yapı Statiği, Sonlu Elemanlar Metodu, Bilgisayar Destekli Sistem Analizi (Yapı Mekaniği 1)</t>
+          <t>Prof. Dr. Nuri Çelik’e Armağan 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>15.74</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053777328</t>
+          <t>9789754869866</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Yabancıların Türkiye’de Taşınmaz İktisabı</t>
+          <t>Prof. Dr. Erdoğan Moroğlu’na 65. Yaş Günü Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>499.5</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053777342</t>
+          <t>9786053772408</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar ve Mülteci Hukukuna İlişkin Danıştay 10. Daire Kararları</t>
+          <t>Prof. Dr. Ali Güzel’e Armağan 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>299.5</v>
+        <v>315</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053777830</t>
+          <t>9786053772392</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Hukukuna İlişkin Temel Konular</t>
+          <t>Prof. Dr. Ali Güzel’e Armağan 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>139.5</v>
+        <v>315</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789754868616</t>
+          <t>9786053772521</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Gemilerin İhtiyati Haczi</t>
+          <t>Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>89.5</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053776994</t>
+          <t>9789752958296</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bankalar ve Türkiye</t>
+          <t>Yüksek Performanslı Takım Yapılandırma</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>349.5</v>
+        <v>87</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789752953611</t>
+          <t>9789752956278</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>XML Teknolojisi</t>
+          <t>Yönetsel ve Örgütsel Açıdan İnsan Kaynakları</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>23.15</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789752957190</t>
+          <t>9789752959989</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku Pratik Çalışma El Kitabı</t>
+          <t>Yönetim Yaklaşımlarıyla Kurumsal Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053776086</t>
+          <t>9786052423301</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku Açısından Vakıf Üniversiteleri</t>
+          <t>Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>45</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789752958876</t>
+          <t>9786053771395</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Hukukumuzda Türkçe Olmayan Ad ve Soyadı Meselesi</t>
+          <t>Yönetim ve Maliyet Muhasebesi (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>12.96</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789752955684</t>
+          <t>9789752958562</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yükümlüsünün Hakları</t>
+          <t>Yönetim Felsefesi</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053772941</t>
+          <t>9786053335665</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık El Kitabı</t>
+          <t>Yönetim Bilimi ve Çağdaş Yönetim Teknikleri</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>44.44</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053771753</t>
+          <t>9789752956223</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Varlık Yönetim Şirketleri</t>
+          <t>Yönetim Açısından Uygulamalı Denetim El Kitabı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>24.07</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053777175</t>
+          <t>9786053774631</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Varantlar</t>
+          <t>Yöneticiler İçin Başarı Stratejileri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>35</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789752955400</t>
+          <t>9786053774372</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Vakıf Yönetim Organı Türk Medeni Kanununa Göre</t>
+          <t>Yığma Yapı Mühendisliğinin Gelişim Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>20.37</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053332008</t>
+          <t>9786053774068</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimi</t>
+          <t>Yeşil Pazarlama</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>56</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053771234</t>
+          <t>9786053771142</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimi</t>
+          <t>Yerel Yönetimlerin Güncel Sorunları</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>35.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053771807</t>
+          <t>9789752958173</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Muhasebesi</t>
+          <t>Yenilik Yönetimi ve Yenilikçi Örgüt Kültürü</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>68</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789752955929</t>
+          <t>9786053777205</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ücret Yönetimi</t>
+          <t>Yeni Türk Ticaret Kanunu ve Türk Ticaret Kanunun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (Ciltli)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>13.89</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789752951600</t>
+          <t>9786053774426</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Visual Basic 6.0 For Windows 98/me/2000/XP</t>
+          <t>Yeni Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>37.04</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789752956049</t>
+          <t>9789752954786</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Uyuşmazlık Mahkemesi Karar Özetleri (1988-2005) (Ciltli)</t>
+          <t>Yeni Medeni Kanun Hükümleri Uyarınca Evlat Edinme</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>239.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053771227</t>
+          <t>9786053774396</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Matematik</t>
+          <t>Yeni Ekonomide Müşteri İlişkileri ve Bilgi Teknolojileri</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>16.67</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789752958999</t>
+          <t>9789752954656</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Kat Mülkiyeti Kanunu</t>
+          <t>Yeni Binyılda Çevre</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789752955448</t>
+          <t>9789754869026</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İstatistik - I</t>
+          <t>Yeni Başlayanlar İçin Pratik İnternet El Kitabı</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>49.5</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789752957527</t>
+          <t>9786053772538</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Hukuku</t>
+          <t>Yatırımlarda Stratejik Karar Verme Süreci</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>27.78</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789754867800</t>
+          <t>9786053771692</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Bilgisayarlı Muhasebe</t>
+          <t>Yargıtayın İş Hukukuna İlişkin Kararlarının Değerlendirilmesi 2007</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>13.89</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789752959828</t>
+          <t>9789752957800</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Bayi ve Distribütör Satış Temsilcileri Eğitimi</t>
+          <t>Yargıtay Kararlarının Işığında Kamu Yönetimine Karşı Suçlar</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>19.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053336907</t>
+          <t>9789752959699</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Anayasa Hukuku</t>
+          <t>Yargıcın Davranış İlkeleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>39.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789752956636</t>
+          <t>9789754866131</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Tahliye Davaları ve Kiralayan-Kiracı İlişkileri</t>
+          <t>Yapı Statiği, Sonlu Elemanlar Metodu, Bilgisayar Destekli Sistem Analizi (Yapı Mekaniği 1)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>37.04</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053774402</t>
+          <t>9786053777328</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yönetim</t>
+          <t>Yabancıların Türkiye’de Taşınmaz İktisabı</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>17.13</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053771340</t>
+          <t>9786053777342</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım Hukukunda En Çok Gözetilen Ulus Muamelesi</t>
+          <t>Yabancılar ve Mülteci Hukukuna İlişkin Danıştay 10. Daire Kararları</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>45</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053772309</t>
+          <t>9786053777830</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Vergi Uyuşmazlıklarının Tahkim Yoluyla Çözümlenmesi</t>
+          <t>Yabancılar Hukukuna İlişkin Temel Konular</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>299.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053776642</t>
+          <t>9789754868616</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kanunları</t>
+          <t>Yabancı Gemilerin İhtiyati Haczi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>97.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789752958944</t>
+          <t>9786053776994</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticari Tahkimde Tahkim Anlaşmasının Üçüncü Kişilere Teşmili</t>
+          <t>Yabancı Bankalar ve Türkiye</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>212</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053776758</t>
+          <t>9789752953611</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret, Yatırım ve Mali Enstrüman Sahtekarlıkları</t>
+          <t>XML Teknolojisi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>349.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053777045</t>
+          <t>9789752957190</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret Hukukunda Vesaik Mukabili Ödeme</t>
+          <t>Vergi Hukuku Pratik Çalışma El Kitabı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>399.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789752954373</t>
+          <t>9786053776086</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Terörizm ve Terörist Eylemlere Karşı Kuvvet Kullanımı</t>
+          <t>Vergi Hukuku Açısından Vakıf Üniversiteleri</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>23.15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789752956315</t>
+          <t>9789752958876</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlara Giriş Stratejileri</t>
+          <t>Vatandaşlık Hukukumuzda Türkçe Olmayan Ad ve Soyadı Meselesi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>25</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053771685</t>
+          <t>9789752955684</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Otel ve Restoran Yönetiminde İnsan</t>
+          <t>Vergi Yükümlüsünün Hakları</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>129.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053339991</t>
+          <t>9786053772941</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşletmecilik</t>
+          <t>Vatandaşlık El Kitabı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>399.5</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053773269</t>
+          <t>9786053771753</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Havacılık Hukuku</t>
+          <t>Varlık Yönetim Şirketleri</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>128</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053778882</t>
+          <t>9786053777175</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ekonomi</t>
+          <t>Varantlar</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>54</v>
+        <v>35</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053770800</t>
+          <t>9789752955400</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk ve Türk Hukuk Sisteminde Engellilerin Eğitim Hakkı ve Devlet Yükümlülükleri</t>
+          <t>Vakıf Yönetim Organı Türk Medeni Kanununa Göre</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>45.83</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053336754</t>
+          <t>9786053332008</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Viktimoloji</t>
+          <t>Üretim Yönetimi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>39.5</v>
+        <v>56</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053331247</t>
+          <t>9786053771234</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ile Mavi</t>
+          <t>Üretim Yönetimi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>22.5</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053779803</t>
+          <t>9786053771807</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Üniversite Muhasebesi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>14.81</v>
+        <v>68</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052422250</t>
+          <t>9789752955929</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde SPSS'le Veri Analizi</t>
+          <t>Ücret Yönetimi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>38</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053337140</t>
+          <t>9789752951600</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler TCK m. 1-75 Ders Kitabı (Ciltli)</t>
+          <t>Visual Basic 6.0 For Windows 98/me/2000/XP</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>67.13</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053332244</t>
+          <t>9789752956049</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Güncelleştirilmiş Ceza Yargılaması Hukuku</t>
+          <t>Uyuşmazlık Mahkemesi Karar Özetleri (1988-2005) (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>65.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053331810</t>
+          <t>9786053771227</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Prof.Dr. Feridun Yenisey'e Armağan (2 Cilt Takım) (Ciltli)</t>
+          <t>Uygulamalı Matematik</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>220</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053336167</t>
+          <t>9789752958999</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Kentsel Dönüşüm</t>
+          <t>Uygulamalı Kat Mülkiyeti Kanunu</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>18.06</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786053330011</t>
+          <t>9789752955448</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimine Giriş</t>
+          <t>Uygulamalı İstatistik - I</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>68</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786053330097</t>
+          <t>9789752957527</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat</t>
+          <t>Uygulamalı Ceza Hukuku</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>32.41</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789752957206</t>
+          <t>9789754867800</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Uygulamalı Bilgisayarlı Muhasebe</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786053778554</t>
+          <t>9789752959828</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Cep Kanunları Serisi 12</t>
+          <t>Uygulamalı Bayi ve Distribütör Satış Temsilcileri Eğitimi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>10.19</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053775553</t>
+          <t>9786053336907</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu</t>
+          <t>Uygulamalı Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>35.19</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053330639</t>
+          <t>9789752956636</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bilinen ve Öğretilen İktisat Bilimi ve Türkiye'deki İktisat Bilinçsizliğine Ayaklanma</t>
+          <t>Uygulamada Tahliye Davaları ve Kiralayan-Kiracı İlişkileri</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>39.5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053331254</t>
+          <t>9786053774402</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Dünyada Uluslararası Kuruluşlar</t>
+          <t>Uluslararası Yönetim</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>42.5</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789756298084</t>
+          <t>9786053771340</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Turizm Sözlüğü</t>
+          <t>Uluslararası Yatırım Hukukunda En Çok Gözetilen Ulus Muamelesi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>11.11</v>
+        <v>45</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053330400</t>
+          <t>9786053772309</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sözlüğü (İngilizce-Türkçe Türkçe-İngilizce)</t>
+          <t>Uluslararası Vergi Uyuşmazlıklarının Tahkim Yoluyla Çözümlenmesi</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>32.41</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053332022</t>
+          <t>9786053776642</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku - Özel Hükümler</t>
+          <t>Vergi Kanunları</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>90.74</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786053776970</t>
+          <t>9789752958944</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Lights Thrown By The Turkish Experience Leading To Innovative Economic Analyses</t>
+          <t>Uluslararası Ticari Tahkimde Tahkim Anlaşmasının Üçüncü Kişilere Teşmili</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>9.26</v>
+        <v>212</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053334170</t>
+          <t>9786053776758</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Sobotta İnsan Anatomisi Atlası (3 Cilt Takım) (Ciltli)</t>
+          <t>Uluslararası Ticaret, Yatırım ve Mali Enstrüman Sahtekarlıkları</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>643.52</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053331131</t>
+          <t>9786053777045</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunun Emredici Yapısı (Ciltli)</t>
+          <t>Uluslararası Ticaret Hukukunda Vesaik Mukabili Ödeme</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>59.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786053779643</t>
+          <t>9789752954373</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri Ve İnkılap Tarihi 2013</t>
+          <t>Uluslararası Terörizm ve Terörist Eylemlere Karşı Kuvvet Kullanımı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786053778196</t>
+          <t>9789752956315</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunları</t>
+          <t>Uluslararası Pazarlara Giriş Stratejileri</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>18.06</v>
+        <v>25</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053330332</t>
+          <t>9786053771685</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt: 1</t>
+          <t>Uluslararası Otel ve Restoran Yönetiminde İnsan</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>39.35</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053330356</t>
+          <t>9786053339991</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt: 2</t>
+          <t>Uluslararası İşletmecilik</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>39.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786053330554</t>
+          <t>9786053773269</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri ve Lojistik Yönetimi</t>
+          <t>Uluslararası Havacılık Hukuku</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>22</v>
+        <v>128</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053336815</t>
+          <t>9786053778882</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu (Eylül 2018)</t>
+          <t>Uluslararası Ekonomi</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>11.57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786053337072</t>
+          <t>9786053770800</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu (Eylül 2018)</t>
+          <t>Uluslararası Hukuk ve Türk Hukuk Sisteminde Engellilerin Eğitim Hakkı ve Devlet Yükümlülükleri</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>67.5</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053336808</t>
+          <t>9786053336754</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (Eylül 2018)</t>
+          <t>Viktimoloji</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>8.8</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053336792</t>
+          <t>9786053331247</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası (Ocak 2017)</t>
+          <t>Kırmızı ile Mavi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>2.78</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786053777731</t>
+          <t>9786053779803</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kanunları - Eylül 2012</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786053776543</t>
+          <t>9786052422250</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kanunu</t>
+          <t>Sosyal Bilimlerde SPSS'le Veri Analizi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>8.8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053335306</t>
+          <t>9786053337140</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Tüm Vergi Kanunları (Ocak 2018)</t>
+          <t>Ceza Hukuku Genel Hükümler TCK m. 1-75 Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>120.37</v>
+        <v>67.13</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052423486</t>
+          <t>9786053332244</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası TCK - CMK - CGTİK - PVSK ve İlgili Mevzuat</t>
+          <t>Güncelleştirilmiş Ceza Yargılaması Hukuku</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>22.5</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786053335276</t>
+          <t>9786053331810</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyeti Kanunu</t>
+          <t>Prof.Dr. Feridun Yenisey'e Armağan (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>6.94</v>
+        <v>220</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052423783</t>
+          <t>9786053336167</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Karayolları Trafik Kanunu</t>
+          <t>A'dan Z'ye Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>12.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052423806</t>
+          <t>9786053330011</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Sosyal Güvenlik Kanunları Şubat 2019</t>
+          <t>Üretim Yönetimine Giriş</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>21.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052420263</t>
+          <t>9786053330097</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt 1: Eşya Hukuku</t>
+          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>98</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786053339434</t>
+          <t>9789752957206</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Toplum, Kültür ve Gelinlik Tasarımı</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>74.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053339427</t>
+          <t>9786053778554</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Modern Public Finance</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Cep Kanunları Serisi 12</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>35</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052420256</t>
+          <t>9786053775553</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt 1 : Miras Hukuku</t>
+          <t>Türk Ticaret Kanunu</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>89.5</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052420270</t>
+          <t>9786053330639</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt I: Medeni Hukuk</t>
+          <t>Bilinen ve Öğretilen İktisat Bilimi ve Türkiye'deki İktisat Bilinçsizliğine Ayaklanma</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>149.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052421246</t>
+          <t>9786053331254</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yüksekokullar İçin İşletmecilik Bilgileri</t>
+          <t>Küreselleşen Dünyada Uluslararası Kuruluşlar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>39.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052421819</t>
+          <t>9789756298084</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri</t>
+          <t>Turizm Sözlüğü</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>349</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052422335</t>
+          <t>9786053330400</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerin Yönetimi</t>
+          <t>Hukuk Sözlüğü (İngilizce-Türkçe Türkçe-İngilizce)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>199.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052421635</t>
+          <t>9786053332022</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Finansın Temel Teorileri</t>
+          <t>Türk Borçlar Hukuku - Özel Hükümler</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>38.5</v>
+        <v>90.74</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052421253</t>
+          <t>9786053776970</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Genel İşletmecilik Bilgileri</t>
+          <t>Lights Thrown By The Turkish Experience Leading To Innovative Economic Analyses</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>58</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053338444</t>
+          <t>9786053334170</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Afrika Politikası</t>
+          <t>Sobotta İnsan Anatomisi Atlası (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>58</v>
+        <v>643.52</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053338598</t>
+          <t>9786053331131</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Formül Sosunda</t>
+          <t>İş Hukukunun Emredici Yapısı (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>34.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052423172</t>
+          <t>9786053779643</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu Ocak 2019</t>
+          <t>Atatürk İlkeleri Ve İnkılap Tarihi 2013</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052422533</t>
+          <t>9786053778196</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmeleri Yönetiminde Temel Boyutlar Rehberi</t>
+          <t>İş Kanunları</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>399.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052422311</t>
+          <t>9786053330332</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hukuku Mevzuatı (Ciltli)</t>
+          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt: 1</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>128</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053339854</t>
+          <t>9786053330356</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı - Tablolu Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat (Ciltli)</t>
+          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt: 2</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>41.67</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>3990000065972</t>
+          <t>9786053330554</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu (Ocak 2017)</t>
+          <t>Tedarik Zinciri ve Lojistik Yönetimi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>7.41</v>
+        <v>22</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053338260</t>
+          <t>9786053336815</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Basın Kanunu</t>
+          <t>Türk Medeni Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>10</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789752953864</t>
+          <t>9786053337072</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Emeklilik Sistemi ve Altyapısı</t>
+          <t>Türk Ceza Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>13.89</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053338079</t>
+          <t>9786053336808</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Franchising</t>
+          <t>Türk Borçlar Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>98</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053337713</t>
+          <t>9786053336792</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Denizde Haberleşme</t>
+          <t>T.C. Anayasası (Ocak 2017)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>28</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053337317</t>
+          <t>9786053777731</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Finansal Raporlama Standartları Uygulamaları (Ciltli)</t>
+          <t>Sosyal Güvenlik Kanunları - Eylül 2012</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>85</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053338758</t>
+          <t>9786053776543</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Güncel Bir Satış Yaklaşımı Olarak Müşteri Odaklılık ve Satış Performansını Etkileyen Diğer Unsurlar</t>
+          <t>Sermaye Piyasası Kanunu</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>14.81</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052424834</t>
+          <t>9786053335306</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Gayrimenkul Hukuku</t>
+          <t>Tüm Vergi Kanunları (Ocak 2018)</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>315</v>
+        <v>120.37</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786053335801</t>
+          <t>9786052423486</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Pazarlama Biliminin Akademik Tarihi</t>
+          <t>T.C. Anayasası TCK - CMK - CGTİK - PVSK ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>35.19</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053334675</t>
+          <t>9786053335276</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Spor Tahkim Hukuku (Ciltli)</t>
+          <t>Kat Mülkiyeti Kanunu</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>52.5</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786053333562</t>
+          <t>9786052423783</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Propaganda</t>
+          <t>Karayolları Trafik Kanunu</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>162</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786053333340</t>
+          <t>9786052423806</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş ve Sonrası Doğu Akdenizde Küresel Hamleler - 1</t>
+          <t>İş Kanunu ve Sosyal Güvenlik Kanunları Şubat 2019</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>19.5</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786053333227</t>
+          <t>9786052420263</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Basketbol</t>
+          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt 1: Eşya Hukuku</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>25.46</v>
+        <v>98</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052423479</t>
+          <t>9786053339434</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu</t>
+          <t>Toplum, Kültür ve Gelinlik Tasarımı</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>21.5</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053330691</t>
+          <t>9786053339427</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Sosyal Güvenlik Kanunları</t>
+          <t>Modern Public Finance</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>12.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786053330714</t>
+          <t>9786052420256</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kanunları</t>
+          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt 1 : Miras Hukuku</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>8.8</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053331209</t>
+          <t>9786052420270</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>İtibar Yönetimi</t>
+          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt I: Medeni Hukuk</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>35</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786053337416</t>
+          <t>9786052421246</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Politik İktisat</t>
+          <t>Yüksekokullar İçin İşletmecilik Bilgileri</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>32.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786053776734</t>
+          <t>9786052421819</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Polisin Zor Kullanma Yetkisi ve İnsan Hakları</t>
+          <t>Pazarlama İlkeleri</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>249.5</v>
+        <v>349</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789752958975</t>
+          <t>9786052422335</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Polisin Yeni Yetkileri</t>
+          <t>Örgütlerin Yönetimi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>15.74</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789752959095</t>
+          <t>9786052421635</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>PLC Programlanabilir Lojik Denetleyiciler</t>
+          <t>Finansın Temel Teorileri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>27.31</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789752956322</t>
+          <t>9786052421253</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Plakaya Düzenlenen Trafik Para Cezalarının İptali Davaları</t>
+          <t>Genel İşletmecilik Bilgileri</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>12</v>
+        <v>58</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789752955509</t>
+          <t>9786053338444</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>PIC Mikrodenetleyiciler 16F84A &amp; 16F628A</t>
+          <t>Afrika Politikası</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>24.07</v>
+        <v>58</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789752956919</t>
+          <t>9786053338598</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>PIC 16F877A Proje Tasarımı</t>
+          <t>Formül Sosunda</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>24.07</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789754864403</t>
+          <t>9786052423172</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>PHP 4 ile Web Tasarımı</t>
+          <t>İcra ve İflas Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786053779254</t>
+          <t>9786052422533</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Performans Yönetimi Sistemi</t>
+          <t>Sağlık İşletmeleri Yönetiminde Temel Boyutlar Rehberi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>16.2</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786053775744</t>
+          <t>9786052422311</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Perakende Yönetimi</t>
+          <t>Tüketici Hukuku Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>137</v>
+        <v>128</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052426548</t>
+          <t>9786053339854</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Müşteri Odaklılık ve Balanced Scorecard</t>
+          <t>Karşılaştırmalı - Tablolu Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>249.5</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786053775140</t>
+          <t>3990000065972</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Yönetimi</t>
+          <t>İdari Yargılama Usulü Kanunu (Ocak 2017)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>23.15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052421017</t>
+          <t>9786053338260</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Stratejileri</t>
+          <t>Basın Kanunu</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>69.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053772613</t>
+          <t>9789752953864</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişiminde Şöhret Figürü</t>
+          <t>Bireysel Emeklilik Sistemi ve Altyapısı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>29.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052423394</t>
+          <t>9786053338079</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Araştırmaları</t>
+          <t>Franchising</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>279.5</v>
+        <v>98</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789752956131</t>
+          <t>9786053337713</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Özelleştirmenin Hukuki Rejimi</t>
+          <t>Denizde Haberleşme</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>58</v>
+        <v>28</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053772934</t>
+          <t>9786053337317</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Özel Hayatın ve Hayatın Gizli Alanının Ceza Hukukuyla Korunması</t>
+          <t>Türkiye Finansal Raporlama Standartları Uygulamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>149.5</v>
+        <v>85</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789752952218</t>
+          <t>9786053338758</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Profesyonel ASP. Net</t>
+          <t>Güncel Bir Satış Yaklaşımı Olarak Müşteri Odaklılık ve Satış Performansını Etkileyen Diğer Unsurlar</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>27.78</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789752957381</t>
+          <t>9786052424834</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kültürü</t>
+          <t>A'dan Z'ye Gayrimenkul Hukuku</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>31.5</v>
+        <v>315</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053773030</t>
+          <t>9786053335801</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kültürü</t>
+          <t>Türkiye'de Pazarlama Biliminin Akademik Tarihi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>229.5</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052428283</t>
+          <t>9786053334675</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kuramları</t>
+          <t>Spor Tahkim Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>549.5</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789754789225</t>
+          <t>9786053333562</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Önemli Bir Sorun: Karapara ve Karapara’nın Aklanması</t>
+          <t>Propaganda</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>18.52</v>
+        <v>162</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053775706</t>
+          <t>9786053333340</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Otomotiv Sektöründe Satış Süreci ve Yönetimi</t>
+          <t>Soğuk Savaş ve Sonrası Doğu Akdenizde Küresel Hamleler - 1</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>19.5</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053770398</t>
+          <t>9786053333227</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Ve Kafkasya</t>
+          <t>Her Yönüyle Basketbol</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>299.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789752958555</t>
+          <t>9786052423479</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Organizasyon Teorileri</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>14.81</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789752959149</t>
+          <t>9786053330691</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Optoelektronik Fiber Optik</t>
+          <t>İş Kanunu ve Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>58</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789752958319</t>
+          <t>9786053330714</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Zarar</t>
+          <t>Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>32.41</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053774389</t>
+          <t>9786053331209</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Nümerik Analiz</t>
+          <t>İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>49.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053777038</t>
+          <t>9786053337416</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Santral İşletenin Hukuki Sorumluluğu</t>
+          <t>Politik İktisat</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>199.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053334323</t>
+          <t>9786053776734</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Nedir Bu Reklam?</t>
+          <t>Polisin Zor Kullanma Yetkisi ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>47.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789752959958</t>
+          <t>9789752958975</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Mücevher Alırım? (Ciltli)</t>
+          <t>Polisin Yeni Yetkileri</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789752955486</t>
+          <t>9789752959095</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>MYS Mesleki Yeterlilik Sınavı Soru Bankası</t>
+          <t>PLC Programlanabilir Lojik Denetleyiciler</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>35.19</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786053773955</t>
+          <t>9789752956322</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Hizmeti</t>
+          <t>Plakaya Düzenlenen Trafik Para Cezalarının İptali Davaları</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>12.96</v>
+        <v>12</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786053771920</t>
+          <t>9789752955509</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Mültecilere ve Sığınmacılara İlişkin Mevzuat</t>
+          <t>PIC Mikrodenetleyiciler 16F84A &amp; 16F628A</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>187</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786053770466</t>
+          <t>9789752956919</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet Hakkı</t>
+          <t>PIC 16F877A Proje Tasarımı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>849.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786053772491</t>
+          <t>9789754864403</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Yolculuğunda Bir Eğitim Kurumu D.E.Ü. İMYO</t>
+          <t>PHP 4 ile Web Tasarımı</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789752959026</t>
+          <t>9786053779254</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe-Ekonomi İlişkisi</t>
+          <t>Performans Yönetimi Sistemi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>14.81</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789752953161</t>
+          <t>9786053775744</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Muhasebeci ve Mükellef Perspektifinden Muhasebe Mesleği</t>
+          <t>Perakende Yönetimi</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>5.56</v>
+        <v>137</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786053771814</t>
+          <t>9786052426548</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Muhakeme Hukuku Dalı Olarak Ceza Muhakemesi Hukuku - Birinci Kitap</t>
+          <t>Pazarlamada Müşteri Odaklılık ve Balanced Scorecard</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>35.19</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789752956544</t>
+          <t>9786053775140</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Mortgage Konut Finansmanı Kanunu Öncesi ve Sonrası</t>
+          <t>Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>49.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053774594</t>
+          <t>9786052421017</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Moderniteden Postmoderniteye Egemenlik ve Hukuk</t>
+          <t>Pazarlama Stratejileri</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>18.06</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789752953918</t>
+          <t>9786053772613</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin Vektör Mekaniği Statik</t>
+          <t>Pazarlama İletişiminde Şöhret Figürü</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>18.52</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052421857</t>
+          <t>9786052423394</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukuku (Ciltli)</t>
+          <t>Pazarlama Araştırmaları</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>169.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789752959323</t>
+          <t>9789752956131</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Uyuşmazlıkların Tahkim Yoluyla Çözümüne İlişkin İstanbul Konferansı</t>
+          <t>Özelleştirmenin Hukuki Rejimi</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>78</v>
+        <v>58</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789752957831</t>
+          <t>9786053772934</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticaret Hukuku İle İlgili Makaleler (Ciltli)</t>
+          <t>Özel Hayatın ve Hayatın Gizli Alanının Ceza Hukukuyla Korunması</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>178</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052428436</t>
+          <t>9789752952218</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticaret Hukuku (Ciltli)</t>
+          <t>Örneklerle Profesyonel ASP. Net</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>799.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053331295</t>
+          <t>9789752957381</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkime İlişkin Mevzuat ve Antlaşmalar Cilt: 2</t>
+          <t>Örgüt Kültürü</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>35.19</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789752952508</t>
+          <t>9786053773030</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkim Kanunu Kapsamında Cereyan Eden Tahkim Usulü</t>
+          <t>Örgüt Kültürü</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>14.81</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789752955554</t>
+          <t>9786052428283</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Yeni Açılımlarla Üstünlük Sağlama Business Success via New Visions on Marketing</t>
+          <t>Örgüt Kuramları</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>14.81</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053776628</t>
+          <t>9789754789225</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Medeni Olmayan Evliliklerin ve Adli Olmayan Boşanmaların Tanınması</t>
+          <t>Önemli Bir Sorun: Karapara ve Karapara’nın Aklanması</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053335146</t>
+          <t>9786053775706</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk ve Usul Hukuku Hakkında Kanun</t>
+          <t>Otomotiv Sektöründe Satış Süreci ve Yönetimi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>9.26</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789752954571</t>
+          <t>9786053770398</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Sözleşmeleri 2. Cilt (Ciltli)</t>
+          <t>Orta Asya Ve Kafkasya</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>55.56</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789752954564</t>
+          <t>9789752958555</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Sözleşmeleri 1. Cilt (Ciltli)</t>
+          <t>Organizasyon Teorileri</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>46.3</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786053337409</t>
+          <t>9789752959149</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Mevzuatı</t>
+          <t>Optoelektronik Fiber Optik</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>14.81</v>
+        <v>58</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052425992</t>
+          <t>9789752958319</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
+          <t>Olumsuz Zarar</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>1750</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053773931</t>
+          <t>9786053774389</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Mal Satımına İlişkin BM Antlaşmasında ve Avrupa Borçları Hukuku Prensiplerinde Tazminat Sorumluluğunun Sınırlandırılmasında Öngörülebilirlik İlkesi (Ciltli)</t>
+          <t>Nümerik Analiz</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>39.35</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789752956759</t>
+          <t>9786053777038</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuka Aykırı Eylemlerinden Dolayı Devletin Sorumluluğu</t>
+          <t>Nükleer Santral İşletenin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>16.67</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>3990000009184</t>
+          <t>9786053334323</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk ve Milletlerarası Özel Hukuk Bülteni - Yıl24 / Sayı 1-2 / 2004 (Ciltli)</t>
+          <t>Nedir Bu Reklam?</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>87.96</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>3990000009185</t>
+          <t>9789752959958</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk ve Milletlerarası Özel Hukuk Bülteni - Yıl 25-26 / Sayı 1-2 / 2005-2006 (Ciltli)</t>
+          <t>Nasıl Mücevher Alırım? (Ciltli)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>87.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789752954069</t>
+          <t>9789752955486</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk Açısından Türkiye’nin Bazı Dış Politika Sorunları</t>
+          <t>MYS Mesleki Yeterlilik Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>32.41</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789752954298</t>
+          <t>9786053773955</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Deniz Ticareti Alanında Incorporation Yoluyla Yapılan Tahkim Anlaşmaları</t>
+          <t>Müşteri Hizmeti</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789752959750</t>
+          <t>9786053771920</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Adalet Divanı Kararları</t>
+          <t>Mültecilere ve Sığınmacılara İlişkin Mevzuat</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>20</v>
+        <v>187</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789752953994</t>
+          <t>9786053770466</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Microsoft Visual J#.net (.net Ortamında Java) ile Yazılım Geliştirme</t>
+          <t>Mülkiyet Hakkı</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>27.78</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789752952164</t>
+          <t>9786053772491</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Microsoft Visual C# Net ile Yazılım Geliştirme</t>
+          <t>Mükemmellik Yolculuğunda Bir Eğitim Kurumu D.E.Ü. İMYO</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>37.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789754868081</t>
+          <t>9789752959026</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Mevzuat Işığında Dış Ticaret İşlemleri ve Piyasa Uygulamaları (Ciltli)</t>
+          <t>Muhasebe-Ekonomi İlişkisi</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>34.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052421222</t>
+          <t>9789752953161</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları İçin Makro İktisat Ders Kitabı</t>
+          <t>Muhasebeci ve Mükellef Perspektifinden Muhasebe Mesleği</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>17.5</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786053774051</t>
+          <t>9786053771814</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları için Finans ve Sigorta Matematiği</t>
+          <t>Muhakeme Hukuku Dalı Olarak Ceza Muhakemesi Hukuku - Birinci Kitap</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>9.26</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786053779834</t>
+          <t>9789752956544</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okulları İçin Yönetim Ve Organizasyon</t>
+          <t>Mortgage Konut Finansmanı Kanunu Öncesi ve Sonrası</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>249.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786053779537</t>
+          <t>9786053774594</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okulları İçin Genel İşletme</t>
+          <t>Moderniteden Postmoderniteye Egemenlik ve Hukuk</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>13.89</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789754002942</t>
+          <t>9789752953918</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Somer’e Armağan (Ciltli)</t>
+          <t>Mühendisler İçin Vektör Mekaniği Statik</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>115.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786053770534</t>
+          <t>9786052421857</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Medyada Tanıklık: Türkiye’de Askeri Darbeler</t>
+          <t>Milletlerarası Usul Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>32.41</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789752956247</t>
+          <t>9789752959323</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Medya Üzerine Çalışmalar</t>
+          <t>Milletlerarası Ticari Uyuşmazlıkların Tahkim Yoluyla Çözümüne İlişkin İstanbul Konferansı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>18.52</v>
+        <v>78</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789752957589</t>
+          <t>9789752957831</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuryazarlığına Giriş</t>
+          <t>Milletlerarası Ticaret Hukuku İle İlgili Makaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>11.11</v>
+        <v>178</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786053772712</t>
+          <t>9786052428436</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Medya İşletmelerinde Pazarlama Yönetimi</t>
+          <t>Milletlerarası Ticaret Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>79.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789752956001</t>
+          <t>9786053331295</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Medya Etiği</t>
+          <t>Milletlerarası Tahkime İlişkin Mevzuat ve Antlaşmalar Cilt: 2</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>25</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789752958463</t>
+          <t>9789752952508</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Medya Eleştirileri 2008 Küreselleştirme Makinesi: Medya</t>
+          <t>Milletlerarası Tahkim Kanunu Kapsamında Cereyan Eden Tahkim Usulü</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>15.74</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789752959897</t>
+          <t>9789752955554</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Yetki Sözleşmeleri</t>
+          <t>Pazarlamada Yeni Açılımlarla Üstünlük Sağlama Business Success via New Visions on Marketing</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>174.5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053771616</t>
+          <t>9786053776628</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Esasları</t>
+          <t>Milletlerarası Özel Hukukta Medeni Olmayan Evliliklerin ve Adli Olmayan Boşanmaların Tanınması</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>43.98</v>
+        <v>25</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053772569</t>
+          <t>9786053335146</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yakalılarda Finansal Okuryazarlık</t>
+          <t>Milletlerarası Özel Hukuk ve Usul Hukuku Hakkında Kanun</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>62</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789752954137</t>
+          <t>9789752954571</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Matlab ile Matematiksel Uygulamalar ve Mühendislik Uygulamaları</t>
+          <t>Milletlerarası Özel Hukuk Sözleşmeleri 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>41.67</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789752952706</t>
+          <t>9789752954564</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Mastercam CNC Programlama Cilt 1</t>
+          <t>Milletlerarası Özel Hukuk Sözleşmeleri 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>25.46</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789752957213</t>
+          <t>9786053337409</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Marka Patent Vekillik Sınavına Hazırlık ve Mevzuat Kitabı</t>
+          <t>Milletlerarası Özel Hukuk Mevzuatı</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>23.15</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786053773788</t>
+          <t>9786052425992</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Marka Olmak</t>
+          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>399.5</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789752954700</t>
+          <t>9786053773931</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Marka Olarak Tescil Edilebilecek İşaretler</t>
+          <t>Milletlerarası Mal Satımına İlişkin BM Antlaşmasında ve Avrupa Borçları Hukuku Prensiplerinde Tazminat Sorumluluğunun Sınırlandırılmasında Öngörülebilirlik İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>20.37</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789752958791</t>
+          <t>9789752956759</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Marka Olabilecek İşaretler ve Mutlak Tescil Engelleri</t>
+          <t>Milletlerarası Hukuka Aykırı Eylemlerinden Dolayı Devletin Sorumluluğu</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>89.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786053774921</t>
+          <t>3990000009184</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Açısından Sigorta Hizmetinin Fiyatlandırılması</t>
+          <t>Milletlerarası Hukuk ve Milletlerarası Özel Hukuk Bülteni - Yıl24 / Sayı 1-2 / 2004 (Ciltli)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>49.5</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052425961</t>
+          <t>3990000009185</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Makroekonomiye Giriş</t>
+          <t>Milletlerarası Hukuk ve Milletlerarası Özel Hukuk Bülteni - Yıl 25-26 / Sayı 1-2 / 2005-2006 (Ciltli)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>399.5</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789752957787</t>
+          <t>9789752954069</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2 (Ciltli)</t>
+          <t>Milletlerarası Hukuk Açısından Türkiye’nin Bazı Dış Politika Sorunları</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>35.19</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789752957770</t>
+          <t>9789752954298</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1 (Ciltli)</t>
+          <t>Milletlerarası Deniz Ticareti Alanında Incorporation Yoluyla Yapılan Tahkim Anlaşmaları</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>42</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786053777298</t>
+          <t>9789752959750</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Milletlerarası Adalet Divanı Kararları</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>55</v>
+        <v>20</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789754869446</t>
+          <t>9789752953994</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin Mekanik Dinamik</t>
+          <t>Microsoft Visual J#.net (.net Ortamında Java) ile Yazılım Geliştirme</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>20.37</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786053774587</t>
+          <t>9789752952164</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Mağazacılıkta Atmosfer</t>
+          <t>Microsoft Visual C# Net ile Yazılım Geliştirme</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>299.5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786053771135</t>
+          <t>9789754868081</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Maden Hukuku ile İlgili İdari Yargı Kararları ve Mevzuat (Ciltli)</t>
+          <t>Mevzuat Işığında Dış Ticaret İşlemleri ve Piyasa Uygulamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>499.5</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789754869125</t>
+          <t>9786052421222</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Lineer Cebir</t>
+          <t>Meslek Yüksekokulları İçin Makro İktisat Ders Kitabı</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>13.89</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789752958852</t>
+          <t>9786053774051</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Limits Of Relations With The West</t>
+          <t>Meslek Yüksekokulları için Finans ve Sigorta Matematiği</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786053773672</t>
+          <t>9786053779834</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Liman Mühendisliği</t>
+          <t>Meslek Yüksek Okulları İçin Yönetim Ve Organizasyon</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786053775355</t>
+          <t>9786053779537</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Örgütsel Sessizlik Arasındaki Etkileşim</t>
+          <t>Meslek Yüksek Okulları İçin Genel İşletme</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>79.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789752959743</t>
+          <t>9789754002942</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Adalet Divanı’nın Deniz Alanlarının Sınırlandırılmasına Dair Kararlarında Dikkate Aldığı İlkeler</t>
+          <t>Mehmet Somer’e Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>79.5</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786053773511</t>
+          <t>9786053770534</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Liberal Marxiste Faşist Nasyonal Sosyalist ve Sosyal Devlet</t>
+          <t>Medyada Tanıklık: Türkiye’de Askeri Darbeler</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>299.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789754868494</t>
+          <t>9789752956247</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Leasing İşlemleri ve Muhasebesi</t>
+          <t>Medya Üzerine Çalışmalar</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786053775089</t>
+          <t>9789752957589</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin İşletmelerin Yönetimi Üzerindeki Etkisi</t>
+          <t>Medya Okuryazarlığına Giriş</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>137</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786053772590</t>
+          <t>9786053772712</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Faaliyetlerinin Rolü ve Önemi</t>
+          <t>Medya İşletmelerinde Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>199.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789752959354</t>
+          <t>9789752956001</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Küresel Pazarlama Yönetimi</t>
+          <t>Medya Etiği</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>25.93</v>
+        <v>25</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786053774792</t>
+          <t>9789752958463</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Küresel Medya</t>
+          <t>Medya Eleştirileri 2008 Küreselleştirme Makinesi: Medya</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786053777007</t>
+          <t>9789752959897</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dönemde Vergileme</t>
+          <t>Medeni Usul Hukukunda Yetki Sözleşmeleri</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>299.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789752957817</t>
+          <t>9786053771616</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Malvarlığına Karşı Suçlar</t>
+          <t>Medeni Usul Hukuku Esasları</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>16.2</v>
+        <v>43.98</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789752956766</t>
+          <t>9786053772569</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk Kavramlarının Gelişimi</t>
+          <t>Mavi Yakalılarda Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>11.57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786053774341</t>
+          <t>9789752954137</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İtibar ve Paradigmalar</t>
+          <t>Matlab ile Matematiksel Uygulamalar ve Mühendislik Uygulamaları</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>42.5</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789752958050</t>
+          <t>9789752952706</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırma Kanunu (024) (Ciltli)</t>
+          <t>Mastercam CNC Programlama Cilt 1</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>4.17</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786053777281</t>
+          <t>9789752957213</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kuramsal İletişimde Metafor</t>
+          <t>Marka Patent Vekillik Sınavına Hazırlık ve Mevzuat Kitabı</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>169.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789752956186</t>
+          <t>9786053773788</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kurala Bağlı Maliye Politikaları ve Avrupa Birliği Uygulaması</t>
+          <t>Marka Olmak</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>13.89</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786053770947</t>
+          <t>9789752954700</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kredi Kartları</t>
+          <t>Marka Olarak Tescil Edilebilecek İşaretler</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>12.04</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786053338635</t>
+          <t>9789752958791</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Konteyner Deniz ve Liman İşletmeciliği</t>
+          <t>Marka Olabilecek İşaretler ve Mutlak Tescil Engelleri</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>58</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789754867060</t>
+          <t>9786053774921</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Konstrüksiyonda Mukavemet</t>
+          <t>Maliyet Açısından Sigorta Hizmetinin Fiyatlandırılması</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>16.67</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786053338192</t>
+          <t>9786052425961</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kobi Yönetimi ve Büyüme</t>
+          <t>Makroekonomiye Giriş</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786053770459</t>
+          <t>9789752957787</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişimi ve Toplumsalın Üretimi</t>
+          <t>Makaleler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>14.81</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786053337553</t>
+          <t>9789752957770</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Satış Teknikleri</t>
+          <t>Makaleler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>49.5</v>
+        <v>42</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789752955431</t>
+          <t>9786053777298</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Hakları ve Kişilik Haklarına Saldırıdan Kaynaklanan Hukuk Davaları</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>44.44</v>
+        <v>55</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052420089</t>
+          <t>9789754869446</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kişilere Karşı İşlenen Suçlar Cilt: 1 (Ciltli)</t>
+          <t>Mühendisler İçin Mekanik Dinamik</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>92.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789752959552</t>
+          <t>9786053774587</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kişi Birliklerinde Genel Kurul Kararlarının Geçersizliğine İlişkin Temel Esaslar</t>
+          <t>Mağazacılıkta Atmosfer</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>99.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789752956735</t>
+          <t>9786053771135</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kira Tahliye Davaları</t>
+          <t>Maden Hukuku ile İlgili İdari Yargı Kararları ve Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>79.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789752951655</t>
+          <t>9789754869125</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kimya Temel Kavramlar</t>
+          <t>Lineer Cebir</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786053773849</t>
+          <t>9789752958852</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Kalıplar 2: Kültürlerarası İletişim, Çokkültürlülük</t>
+          <t>Limits Of Relations With The West</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>149.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786053770329</t>
+          <t>9786053773672</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Konkordato</t>
+          <t>Liman Mühendisliği</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>25</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786053773832</t>
+          <t>9786053775355</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Kalıplar 1: Kitle İletişimi ve Kültürel Dönüşüm</t>
+          <t>Liderlik ve Örgütsel Sessizlik Arasındaki Etkileşim</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>24.07</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786053771432</t>
+          <t>9789752959743</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kent Yoksulluğu ve Gecekondu</t>
+          <t>Milletlerarası Adalet Divanı’nın Deniz Alanlarının Sınırlandırılmasına Dair Kararlarında Dikkate Aldığı İlkeler</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>16.67</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786053777182</t>
+          <t>9786053773511</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Katılım Bankalarında Kredi Derecelendirmesi ve Etkin Subjektif Kriterlerin Anket Yöntemi ile Ölçümü</t>
+          <t>Liberal Marxiste Faşist Nasyonal Sosyalist ve Sosyal Devlet</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789752956179</t>
+          <t>9789754868494</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kategori Yönetimi</t>
+          <t>Leasing İşlemleri ve Muhasebesi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>99.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789752956100</t>
+          <t>9786053775089</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kargo Taşımacılık Hizmetleri</t>
+          <t>Küreselleşmenin İşletmelerin Yönetimi Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>16.2</v>
+        <v>137</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786053771180</t>
+          <t>9786053772590</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kanunlar İhtilafı Kurallarına Milletlerarası Usul Hukukuna Vatandaşlık ve Yabancılar Hukukuna İlişkin Seçilmiş Mahkeme Kararları</t>
+          <t>Halkla İlişkiler Faaliyetlerinin Rolü ve Önemi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>28</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786053774914</t>
+          <t>9789752959354</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Bakış Açısından Örgüt Yapısı ve İş Tatmini</t>
+          <t>Küresel Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>89.5</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786053772972</t>
+          <t>9786053774792</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyeti Kanunu (Ciltli)</t>
+          <t>Küresel Medya</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786053337362</t>
+          <t>9786053777007</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu</t>
+          <t>Küresel Dönemde Vergileme</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>18.06</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786053776574</t>
+          <t>9789752957817</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Kanunu</t>
+          <t>Malvarlığına Karşı Suçlar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>7.41</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786053335252</t>
+          <t>9789752956766</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık Kanunu</t>
+          <t>Kurumsal Sosyal Sorumluluk Kavramlarının Gelişimi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>6.48</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786053776581</t>
+          <t>9786053774341</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Askerlik Kanunu ve TSK Mevzuatı</t>
+          <t>Kurumsal İtibar ve Paradigmalar</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>10.65</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786053779056</t>
+          <t>9789752958050</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi Dersleri</t>
+          <t>Kamulaştırma Kanunu (024) (Ciltli)</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>249.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786053778318</t>
+          <t>9786053777281</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Taraf (2007 - 2011)</t>
+          <t>Kuramsal İletişimde Metafor</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>25.93</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052421901</t>
+          <t>9789752956186</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuka İlişkin Temel Mevzuat</t>
+          <t>Kurala Bağlı Maliye Politikaları ve Avrupa Birliği Uygulaması</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>88</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786053777502</t>
+          <t>9786053770947</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>6335 Sayılı Kanun ile Yeni TTK'da Yapılan Değişiklikler ve İşletmeler/Şirketler İçin TTK'ya Uyum Takvimi</t>
+          <t>Kredi Kartları</t>
         </is>
       </c>
       <c r="C689" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786053778011</t>
+          <t>9786053338635</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Yatırım Tahkiminde Kamulaştırmadan Doğan Tanzimat ve Tazminatın Hesaplanmasında Kullanılan Yöntemler (Ciltli)</t>
+          <t>Konteyner Deniz ve Liman İşletmeciliği</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>39.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786053778103</t>
+          <t>9789754867060</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ekonomi</t>
+          <t>Konstrüksiyonda Mukavemet</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>18.06</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786053775539</t>
+          <t>9786053338192</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu</t>
+          <t>Kobi Yönetimi ve Büyüme</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>6.02</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786053775546</t>
+          <t>9786053770459</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu</t>
+          <t>Kitle İletişimi ve Toplumsalın Üretimi</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>20.37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786053337102</t>
+          <t>9786053337553</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Temel İş ve Sosyal Sigorta Yasaları 2016 (Ciltli)</t>
+          <t>Kişisel Satış Teknikleri</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>39.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786053778783</t>
+          <t>9789752955431</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Kişilik Hakları ve Kişilik Haklarına Saldırıdan Kaynaklanan Hukuk Davaları</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>12.96</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786053779452</t>
+          <t>9786052420089</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Türkiye İlişkileri: Bir Çıkmaz Sokak</t>
+          <t>Kişilere Karşı İşlenen Suçlar Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>129.5</v>
+        <v>92.5</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786053777854</t>
+          <t>9789752959552</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültür Tüketim Psikolojisi ve İmaj Yönetimi</t>
+          <t>Kişi Birliklerinde Genel Kurul Kararlarının Geçersizliğine İlişkin Temel Esaslar</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>18.06</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786053778585</t>
+          <t>9789752956735</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eğitimi Üzerine</t>
+          <t>Kira Tahliye Davaları</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>20.83</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789752950856</t>
+          <t>9789752951655</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>İnternette Pazarlama</t>
+          <t>Kimya Temel Kavramlar</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789754869279</t>
+          <t>9786053773849</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Kısa Türk Devrim Tarihi (Kurtuluş ve Kuruluş)</t>
+          <t>Kırılan Kalıplar 2: Kültürlerarası İletişim, Çokkültürlülük</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>13.89</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786053335993</t>
+          <t>9786053770329</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku 2</t>
+          <t>Konkordato</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>59.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786053338055</t>
+          <t>9786053773832</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Günümüz İşletmelerinin Yönetimi</t>
+          <t>Kırılan Kalıplar 1: Kitle İletişimi ve Kültürel Dönüşüm</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>39.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052421543</t>
+          <t>9786053771432</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
+          <t>Kent Yoksulluğu ve Gecekondu</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786053775577</t>
+          <t>9786053777182</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Bunları Okuduktan Sonra Türkiye Ekonomisine Dair Yazılanları Nasıl Bulursunuz?</t>
+          <t>Katılım Bankalarında Kredi Derecelendirmesi ve Etkin Subjektif Kriterlerin Anket Yöntemi ile Ölçümü</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>9.26</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786053779063</t>
+          <t>9789752956179</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Küresel Siyaset</t>
+          <t>Kategori Yönetimi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>24.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786053775560</t>
+          <t>9789752956100</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Türkiye Nereye Gidiyor</t>
+          <t>Kargo Taşımacılık Hizmetleri</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>3990000067801</t>
+          <t>9786053771180</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği 1</t>
+          <t>Kanunlar İhtilafı Kurallarına Milletlerarası Usul Hukukuna Vatandaşlık ve Yabancılar Hukukuna İlişkin Seçilmiş Mahkeme Kararları</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>27.78</v>
+        <v>28</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786053777915</t>
+          <t>9786053774914</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kanunları</t>
+          <t>Kişilik Bakış Açısından Örgüt Yapısı ve İş Tatmini</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>18.06</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786053773061</t>
+          <t>9786053772972</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Kanunu</t>
+          <t>Kat Mülkiyeti Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>7.41</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786053778516</t>
+          <t>9786053337362</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Sosyal Güvenlik Kanunları</t>
+          <t>Ceza Muhakemesi Kanunu</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>8.8</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786053335207</t>
+          <t>9786053776574</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu Ve Çalışma Yaşamı Kanunları</t>
+          <t>Bankacılık Kanunu</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>8.8</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786053334828</t>
+          <t>9786053335252</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu (Eylül 2018)</t>
+          <t>Avukatlık Kanunu</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>12.5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786053337331</t>
+          <t>9786053776581</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu (Eylül 2018)</t>
+          <t>Askerlik Kanunu ve TSK Mevzuatı</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>22.5</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786053337065</t>
+          <t>9786053779056</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu (Eylül 2018)</t>
+          <t>Hukuk Felsefesi Dersleri</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>12.96</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786053778462</t>
+          <t>9786053778318</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Kanunu</t>
+          <t>Taraf (2007 - 2011)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>8.33</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786053333890</t>
+          <t>9786052421901</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Vergi Uyuşmazlıklarının Çözümü : Barışçıl Mekanizmalar</t>
+          <t>Milletlerarası Özel Hukuka İlişkin Temel Mevzuat</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>129.5</v>
+        <v>88</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786053338918</t>
+          <t>9786053777502</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası (Eylül 2018)</t>
+          <t>6335 Sayılı Kanun ile Yeni TTK'da Yapılan Değişiklikler ve İşletmeler/Şirketler İçin TTK'ya Uyum Takvimi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>4.17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052421833</t>
+          <t>9786053778011</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Hukuku (Ciltli)</t>
+          <t>Milletlerarası Yatırım Tahkiminde Kamulaştırmadan Doğan Tanzimat ve Tazminatın Hesaplanmasında Kullanılan Yöntemler (Ciltli)</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>125</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786053336440</t>
+          <t>9786053778103</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması</t>
+          <t>Yeni Ekonomi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>32.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786053336433</t>
+          <t>9786053775539</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politikada Suriye Krizi</t>
+          <t>Türk Borçlar Kanunu</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>49.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786053336129</t>
+          <t>9786053775546</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Özal’lı Yıllar</t>
+          <t>Hukuk Muhakemeleri Kanunu</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>39.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786053336655</t>
+          <t>9786053337102</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık Pazarlama Tarifleri</t>
+          <t>Temel İş ve Sosyal Sigorta Yasaları 2016 (Ciltli)</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>25</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786053335979</t>
+          <t>9786053778783</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Turizm İşletmelerinde İnsan Kaynakları Yönetimi ve Uygulamaları</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>37.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786053334897</t>
+          <t>9786053779452</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu ve Türk Ticaret Kanununun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (Ciltli)</t>
+          <t>Avrupa Birliği Türkiye İlişkileri: Bir Çıkmaz Sokak</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>399.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786053338376</t>
+          <t>9786053777854</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Algıla</t>
+          <t>Popüler Kültür Tüketim Psikolojisi ve İmaj Yönetimi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>42.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786053334200</t>
+          <t>9786053778585</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>İKMEP Projesi Müfredatına Uyumlu Dış Ticaret İşlemleri Muhasebesi</t>
+          <t>Sanat Eğitimi Üzerine</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>22.5</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052421215</t>
+          <t>9789752950856</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sözlüğü</t>
+          <t>İnternette Pazarlama</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>58</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786053334293</t>
+          <t>9789754869279</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Temel İşletmeciliğe Giriş</t>
+          <t>Kısa Türk Devrim Tarihi (Kurtuluş ve Kuruluş)</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>21.76</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786053333982</t>
+          <t>9786053335993</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okulları için Dış Ticaret İşlemleri Yönetimi</t>
+          <t>İş Hukuku 2</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>18.06</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786053339724</t>
+          <t>9786053338055</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Apartman - Site - Toplu Yapı Yönetimi</t>
+          <t>Günümüz İşletmelerinin Yönetimi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>37.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786053333432</t>
+          <t>9786052421543</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Sayılmayanlar</t>
+          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>29.5</v>
+        <v>74</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052428597</t>
+          <t>9786053775577</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Bunları Okuduktan Sonra Türkiye Ekonomisine Dair Yazılanları Nasıl Bulursunuz?</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>199.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786053332077</t>
+          <t>9786053779063</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>1915 Olaylarını Anlamak: Türkler ve Ermeniler</t>
+          <t>Küresel Siyaset</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>19.5</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786053332299</t>
+          <t>9786053775560</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Hava Aracı Sistemleri Dünü Bugünü Yarını</t>
+          <t>Şimdi Türkiye Nereye Gidiyor</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>34.72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786053332305</t>
+          <t>3990000067801</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Toplum Araştırma</t>
+          <t>Akışkanlar Mekaniği 1</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>30.09</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786053333579</t>
+          <t>9786053777915</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>29.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786053775119</t>
+          <t>9786053773061</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>T.C Anayasası (Eylül 2011)</t>
+          <t>İş ve Sosyal Güvenlik Kanunu</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>2.31</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786053331322</t>
+          <t>9786053778516</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Danıştay ve Avrupa İnsan Hakları Mahkemesi Kararları Işığında Kişisel Verilerin Korunması</t>
+          <t>İş Kanunu ve Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>27.31</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786053331308</t>
+          <t>9786053335207</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Analizi</t>
+          <t>İş Kanunu Ve Çalışma Yaşamı Kanunları</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>45</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786053779223</t>
+          <t>9786053334828</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Lüks ve Markalama Tüketici Davranışlarında Lüsk İmgesi</t>
+          <t>İdari Yargılama Usulü Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>189.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786053335139</t>
+          <t>9786053337331</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Şerhi (Ciltli)</t>
+          <t>İcra ve İflas Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>59.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789754869910</t>
+          <t>9786053337065</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukukunda Zaruri Mecra İrtifakı</t>
+          <t>Hukuk Muhakemeleri Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>3990000001918</t>
+          <t>9786053778462</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Leasing İşlemleri ve Muhasebesi</t>
+          <t>Fikir ve Sanat Eserleri Kanunu</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786053778219</t>
+          <t>9786053333890</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi ve Yumuşak Güç</t>
+          <t>Vergi Uyuşmazlıklarının Çözümü : Barışçıl Mekanizmalar</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>26.39</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789754869149</t>
+          <t>9786053338918</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Birleştirilmiş Sınıfların Yönetimi ve Öğretim</t>
+          <t>T.C. Anayasası (Eylül 2018)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>13.89</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786053776116</t>
+          <t>9786052421833</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Sarper Süzek'e Armağan (3 Cilt Takım) (Ciltli)</t>
+          <t>Kişisel Verilerin Korunması Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786053779414</t>
+          <t>9786053336440</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Ceza Muhakemesi Kanunu (BAU-CMK) Cilt: 1 (Ciltli)</t>
+          <t>Hizmet Pazarlaması</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>175</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786053337935</t>
+          <t>9786053336433</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sistemleri</t>
+          <t>Uluslararası Politikada Suriye Krizi</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>35</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786053775409</t>
+          <t>9786053336129</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Surfaces Created By Abrasive Waterjet</t>
+          <t>Özal’lı Yıllar</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>85</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786053778080</t>
+          <t>9786053336655</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar ve Uluslararası Koruma Kanunu (Tasarısı)</t>
+          <t>Ortaya Karışık Pazarlama Tarifleri</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>38</v>
+        <v>25</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786053779445</t>
+          <t>9786053335979</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İktisat Bilimi Eğitimi Tünelinde İki Öncü: Prof.Dr. Zeyyat Hatiboğlu ve Prof.Dr.Mükerrem Hiç</t>
+          <t>Turizm İşletmelerinde İnsan Kaynakları Yönetimi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>13.89</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786053778264</t>
+          <t>9786053334897</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Satış Teknikleri</t>
+          <t>Türk Ticaret Kanunu ve Türk Ticaret Kanununun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (Ciltli)</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>14.81</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786053770626</t>
+          <t>9786053338376</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>New York Konvansiyonuna Göre İptal Edilmiş Hakem Kararlarının Tenfizi</t>
+          <t>Gerçeği Algıla</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>16.67</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786053779148</t>
+          <t>9786053334200</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>İKMEP Projesi Müfredatına Uyumlu Dış Ticaret İşlemleri Muhasebesi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>41.67</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786053335351</t>
+          <t>9786052421215</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Filmin Sonuna Yolculuk</t>
+          <t>Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>24.07</v>
+        <v>58</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786053333364</t>
+          <t>9786053334293</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Spor ve Politika Meseleleri ve Analizi</t>
+          <t>Temel İşletmeciliğe Giriş</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>25</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786053332459</t>
+          <t>9786053333982</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Kira Sözleşmeleri ve Tahliye Davaları</t>
+          <t>Meslek Yüksek Okulları için Dış Ticaret İşlemleri Yönetimi</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>129.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786053336471</t>
+          <t>9786053339724</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilern Korunması</t>
+          <t>Apartman - Site - Toplu Yapı Yönetimi</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>39</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786053336280</t>
+          <t>9786053333432</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kaçakçılığı Suçları</t>
+          <t>Sayılmayanlar</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>75</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052423141</t>
+          <t>9786052428597</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomi</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>279.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786053332220</t>
+          <t>9786053332077</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Viyana Satım Antlaşmasını Uygulamak veya Uygulamamak</t>
+          <t>1915 Olaylarını Anlamak: Türkler ve Ermeniler</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>35</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786053332091</t>
+          <t>9786053332299</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Characterisation of Surface Topography for Abrasive Waterjet Technology and Its Control</t>
+          <t>İnsansız Hava Aracı Sistemleri Dünü Bugünü Yarını</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>27.78</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786053336075</t>
+          <t>9786053332305</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi</t>
+          <t>Sosyal Medya Toplum Araştırma</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>29.5</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786053331506</t>
+          <t>9786053333579</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Ünlülerin Marka Yönetimi</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>34.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786053779636</t>
+          <t>9786053775119</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Yeni Yönelimler</t>
+          <t>T.C Anayasası (Eylül 2011)</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>239.5</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786053334859</t>
+          <t>9786053331322</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Mevzuatı (Ciltli)</t>
+          <t>Danıştay ve Avrupa İnsan Hakları Mahkemesi Kararları Işığında Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>79.5</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786053332213</t>
+          <t>9786053331308</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesi</t>
+          <t>Ortadoğu Analizi</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>19.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786053330943</t>
+          <t>9786053779223</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Metraj ve Keşif İşlemi</t>
+          <t>Lüks ve Markalama Tüketici Davranışlarında Lüsk İmgesi</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>20</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786053335658</t>
+          <t>9786053335139</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Gücü</t>
+          <t>Türk Ticaret Kanunu Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>39.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786053334231</t>
+          <t>9789754869910</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü</t>
+          <t>Türk Medeni Hukukunda Zaruri Mecra İrtifakı</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>199.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786053333944</t>
+          <t>3990000001918</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Economics For Lawyers</t>
+          <t>Leasing İşlemleri ve Muhasebesi</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>23.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786053335368</t>
+          <t>9786053778219</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik</t>
+          <t>Kamu Diplomasisi ve Yumuşak Güç</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>46</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786053330219</t>
+          <t>9789754869149</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri</t>
+          <t>Birleştirilmiş Sınıfların Yönetimi ve Öğretim</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>39.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786053331728</t>
+          <t>9786053776116</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku : Genel Hükümler (Ciltli)</t>
+          <t>Prof. Dr. Sarper Süzek'e Armağan (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>44.44</v>
+        <v>175</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786053773337</t>
+          <t>9786053779414</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku</t>
+          <t>Açıklamalı Ceza Muhakemesi Kanunu (BAU-CMK) Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>48</v>
+        <v>175</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052424865</t>
+          <t>9786053337935</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Su Kaynakları Mühendisliği Uygulamaları</t>
+          <t>Sağlık Sistemleri</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>299.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786053779728</t>
+          <t>9786053775409</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
+          <t>Surfaces Created By Abrasive Waterjet</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>32.41</v>
+        <v>85</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786053779865</t>
+          <t>9786053778080</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Ticaret Kanunu (Karşılaştırmalı-Notlu) (Ciltli)</t>
+          <t>Yabancılar ve Uluslararası Koruma Kanunu (Tasarısı)</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>35.19</v>
+        <v>38</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9780007461035</t>
+          <t>9786053779445</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Collins Cobuild - İngilizce Öğrenenler İçin Sözlük</t>
+          <t>Türkiye'de İktisat Bilimi Eğitimi Tünelinde İki Öncü: Prof.Dr. Zeyyat Hatiboğlu ve Prof.Dr.Mükerrem Hiç</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789752957930</t>
+          <t>9786053778264</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Turgut Akıntürk'e Armağan (Ciltli)</t>
+          <t>Satış Teknikleri</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>115.74</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786053778127</t>
+          <t>9786053770626</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku</t>
+          <t>New York Konvansiyonuna Göre İptal Edilmiş Hakem Kararlarının Tenfizi</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>58</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786053772507</t>
+          <t>9786053779148</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Muhakeme Hukuku Dalı Olarak Ceza Muhakemesi Hukuku - İkinci Kitap</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>25.93</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786053330530</t>
+          <t>9786053335351</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Kapsamında Rezerv Yapı Alanı - Riskli Alan ve Riskli Yaplıar</t>
+          <t>Filmin Sonuna Yolculuk</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>39.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786053330288</t>
+          <t>9786053333364</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Banka Muhasebesi</t>
+          <t>Spor ve Politika Meseleleri ve Analizi</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052421000</t>
+          <t>9786053332459</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yöneticiliği</t>
+          <t>Kira Sözleşmeleri ve Tahliye Davaları</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>79.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786053334385</t>
+          <t>9786053336471</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk</t>
+          <t>Kişisel Verilern Korunması</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>53.24</v>
+        <v>39</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786053330790</t>
+          <t>9786053336280</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği</t>
+          <t>Vergi Kaçakçılığı Suçları</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786053337324</t>
+          <t>9786052423141</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunları 2016</t>
+          <t>Mikroekonomi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>24.07</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786053332763</t>
+          <t>9786053332220</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>A Step Toward Correcting What is Taught in Introductory and Intermediate Books in Economics</t>
+          <t>Viyana Satım Antlaşmasını Uygulamak veya Uygulamamak</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786053330967</t>
+          <t>9786053332091</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Gümrük ve Dış Ticaret Mevzuatı</t>
+          <t>Characterisation of Surface Topography for Abrasive Waterjet Technology and Its Control</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>65</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786053331186</t>
+          <t>9786053336075</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu - Türk Borçlar Kanunu ve Diğer Mevzuat</t>
+          <t>Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>110</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786053337843</t>
+          <t>9786053331506</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Bir Ders Konusu Olarak Devlet</t>
+          <t>Ünlülerin Marka Yönetimi</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>119.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789752953291</t>
+          <t>9786053779636</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüklerin Sınırlanmasında Demokratik Toplum Düzenin Gerekleri (Ciltli)</t>
+          <t>Türk Dış Politikasında Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>20.37</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786053333630</t>
+          <t>9786053334859</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türk Yönetim Uygulamaları</t>
+          <t>İş Sağlığı ve Güvenliği Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>29.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786053332121</t>
+          <t>9786053332213</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Türkler</t>
+          <t>Maliyet Muhasebesi</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>15</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786053333623</t>
+          <t>9786053330943</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Enerji Diplomasisi</t>
+          <t>İnşaat Metraj ve Keşif İşlemi</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786053772336</t>
+          <t>9786053335658</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşam ve Pazarlama</t>
+          <t>İletişimin Gücü</t>
         </is>
       </c>
       <c r="C797" s="1">
         <v>39.5</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786053330936</t>
+          <t>9786053334231</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklık Genel Kurul Toplantıları (Ciltli)</t>
+          <t>Ekonomi Sözlüğü</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>42.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052423189</t>
+          <t>9786053333944</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu Ocak 2019</t>
+          <t>Economics For Lawyers</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>11.57</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786053335269</t>
+          <t>9786053335368</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Devlet Memurları Kanunu</t>
+          <t>Uluslararası Güvenlik</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>39.35</v>
+        <v>46</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786053336822</t>
+          <t>9786053330219</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Ocak 2017</t>
+          <t>Pazarlama İlkeleri</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>23.15</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789752958234</t>
+          <t>9786053331728</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>4734 Sayılı Kamu İhale Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Türk Borçlar Hukuku : Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>78.7</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052427682</t>
+          <t>9786053773337</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku (Ciltli)</t>
+          <t>İdare Hukuku</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>949.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786254360404</t>
+          <t>9786052424865</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Dijital Pazarlama</t>
+          <t>Su Kaynakları Mühendisliği Uygulamaları</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789759540579</t>
+          <t>9786053779728</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Yapı Dinamiği</t>
+          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>310</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052424650</t>
+          <t>9786053779865</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku 1. Cilt</t>
+          <t>Yeni Türk Ticaret Kanunu (Karşılaştırmalı-Notlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>95</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786053773665</t>
+          <t>9780007461035</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısında Yorum Yöntemler</t>
+          <t>Collins Cobuild - İngilizce Öğrenenler İçin Sözlük</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>129.5</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789754862973</t>
+          <t>9789752957930</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Anayasa ve İdari Yargılama Hukukuna İlişkin Kanunlar</t>
+          <t>Prof. Dr. Turgut Akıntürk'e Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>32.41</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052428863</t>
+          <t>9786053778127</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Operalar</t>
+          <t>İş Hukuku</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>45</v>
+        <v>58</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9788790526580</t>
+          <t>9786053772507</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Geographic Kids Dünyamızı Keşfedin Seti 7 Kitap Takım</t>
+          <t>Muhakeme Hukuku Dalı Olarak Ceza Muhakemesi Hukuku - İkinci Kitap</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>416.5</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052427651</t>
+          <t>9786053330530</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sistemleri</t>
+          <t>Kentsel Dönüşüm Kapsamında Rezerv Yapı Alanı - Riskli Alan ve Riskli Yaplıar</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>179.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052427101</t>
+          <t>9786053330288</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamadan Perakendeye</t>
+          <t>Banka Muhasebesi</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>199.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052427262</t>
+          <t>9786052421000</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Cep Serisi Şubat 2022</t>
+          <t>İşletme Yöneticiliği</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>39.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786053330721</t>
+          <t>9786053334385</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (Eylül 2015)</t>
+          <t>Milletlerarası Hukuk</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>8</v>
+        <v>53.24</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786053777953</t>
+          <t>9786053330790</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Geçerli Fesih Nedeni Olarak Yetersiz (Kötü ve Eksik) İş Görme</t>
+          <t>Avrupa Birliği</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789752952935</t>
+          <t>9786053337324</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>GSM Terminolojisi Protokoleri Uygulamaları</t>
+          <t>İş Kanunları 2016</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>13.89</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052425831</t>
+          <t>9786053332763</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Mevzuatı Ağustos 2021</t>
+          <t>A Step Toward Correcting What is Taught in Introductory and Intermediate Books in Economics</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>39.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052427316</t>
+          <t>9786053330967</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu Cep Serisi Şubat 2022</t>
+          <t>Gümrük ve Dış Ticaret Mevzuatı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>48</v>
+        <v>65</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052427286</t>
+          <t>9786053331186</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası TCK-CMK-CGTİK-PVSK ve İlgili Mevzuat Cep Şubat 2022</t>
+          <t>Türk Medeni Kanunu - Türk Borçlar Kanunu ve Diğer Mevzuat</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>68</v>
+        <v>110</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786052427330</t>
+          <t>9786053337843</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu Cep Serisi Şubat 2022</t>
+          <t>Bir Ders Konusu Olarak Devlet</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>48</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786052427231</t>
+          <t>9789752953291</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Cep Serisi Şubat 2022</t>
+          <t>Özgürlüklerin Sınırlanmasında Demokratik Toplum Düzenin Gerekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>42.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786052427309</t>
+          <t>9786053333630</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu Ağustos 2021</t>
+          <t>Geçmişten Günümüze Türk Yönetim Uygulamaları</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>14.9</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052427293</t>
+          <t>9786053332121</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Şubat 2022</t>
+          <t>Aynadaki Türkler</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>49.9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786053335849</t>
+          <t>9786053333623</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Hukuku</t>
+          <t>Enerji Diplomasisi</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052427385</t>
+          <t>9786053772336</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Avantajı ve Strateji Yöneticinin El Kitabı</t>
+          <t>Sağlıklı Yaşam ve Pazarlama</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>199.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789752959675</t>
+          <t>9786053330936</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret Dünyası</t>
+          <t>Anonim Ortaklık Genel Kurul Toplantıları (Ciltli)</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>128</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786053776765</t>
+          <t>9786052423189</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Devletler Özel Hukukunda Çocuk Hukukundan Doğan Problemler</t>
+          <t>İdari Yargılama Usulü Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>22</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786053776567</t>
+          <t>9786053335269</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Dernekler ve Vakıflar Mevzuatı</t>
+          <t>Devlet Memurları Kanunu</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>7.87</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786053776154</t>
+          <t>9786053336822</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Deniz Tabanı Hidrodinamiği ve Kıyı Morfolojisi</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Ocak 2017</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>599.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786053773559</t>
+          <t>9789752958234</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Taşımacılığı</t>
+          <t>4734 Sayılı Kamu İhale Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>129.5</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789752952904</t>
+          <t>9786052427682</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri Terimleri</t>
+          <t>İş Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>50.93</v>
+        <v>949.5</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789752955561</t>
+          <t>9786254360404</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Danıştay Vergi Dava Daireleri Karar Özetleri (Ciltli)</t>
+          <t>Stratejik Dijital Pazarlama</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>87.96</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789752957862</t>
+          <t>9789759540579</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kurulu Kararlarının Hukuki Niteliği ve Yargısal Denetimi</t>
+          <t>Yapı Dinamiği</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>25.93</v>
+        <v>310</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789752955462</t>
+          <t>9786052424650</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Danıştay İdari Dava Daireleri Karar Özetleri (Ciltli)</t>
+          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku 1. Cilt</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>87.96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786053770596</t>
+          <t>9786053773665</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Taşımacılığı ve Lojistik Kongresi</t>
+          <t>Anayasa Yargısında Yorum Yöntemler</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>27.78</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789754868968</t>
+          <t>9789754862973</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü, Alıştırmalı Metrik ve Topoglojik Uzaylar</t>
+          <t>Anayasa ve İdari Yargılama Hukukuna İlişkin Kanunlar</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>20.37</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789754869538</t>
+          <t>9786052428863</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Dinamik Problemleri</t>
+          <t>Ünlü Operalar</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>13.89</v>
+        <v>45</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789752953581</t>
+          <t>9788790526580</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Genç İşçilerin Haklarının Korunması</t>
+          <t>Geographic Kids Dünyamızı Keşfedin Seti 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>32.41</v>
+        <v>416.5</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789752953710</t>
+          <t>9786052427651</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sorunlarına Çağdaş Yaklaşımlar</t>
+          <t>Sağlık Sistemleri</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>27.78</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786053777199</t>
+          <t>9786052427101</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Çeşitlendirme Stratejisi ve Örgütsel Performans İlişkisi</t>
+          <t>Pazarlamadan Perakendeye</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>29.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786053777106</t>
+          <t>9786052427262</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Gerekçeli ve Açıklamalı Çek Kanunu (Ciltli)</t>
+          <t>Türk Borçlar Kanunu Cep Serisi Şubat 2022</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>32.41</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786053772125</t>
+          <t>9786053330721</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamında Bireysel Gelişim</t>
+          <t>Türk Borçlar Kanunu (Eylül 2015)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>129.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789752959378</t>
+          <t>9786053777953</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Psikolojisi ve Hukuki Boyutlarıyla İşyerinde Psikolojik Taciz</t>
+          <t>Geçerli Fesih Nedeni Olarak Yetersiz (Kötü ve Eksik) İş Görme</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789752956438</t>
+          <t>9789752952935</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Hukuku Sözlüğü</t>
+          <t>GSM Terminolojisi Protokoleri Uygulamaları</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>79.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786053778332</t>
+          <t>9786052425831</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamından Örnek Olaylar</t>
+          <t>Milletlerarası Özel Hukuk Mevzuatı Ağustos 2021</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>65</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786053773283</t>
+          <t>9786052427316</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Stratejik Yönetim</t>
+          <t>İcra ve İflas Kanunu Cep Serisi Şubat 2022</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>26.85</v>
+        <v>48</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789752957640</t>
+          <t>9786052427286</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Savcısının ve Ceza Yargıcının Başvuru Kitabı</t>
+          <t>T.C. Anayasası TCK-CMK-CGTİK-PVSK ve İlgili Mevzuat Cep Şubat 2022</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>41.67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9780007457816</t>
+          <t>9786052427330</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Collins English-Turkish Dictionary / Türkçe-İngilizce Sözlük</t>
+          <t>Ceza Muhakemesi Kanunu Cep Serisi Şubat 2022</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>44.44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789752958692</t>
+          <t>9786052427231</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>CMK Şerhi (Ciltli)</t>
+          <t>Türk Ceza Kanunu Cep Serisi Şubat 2022</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>106.48</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786053771555</t>
+          <t>9786052427309</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti Problem Kitabı Cilt 2</t>
+          <t>İdari Yargılama Usulü Kanunu Ağustos 2021</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>349.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786053770046</t>
+          <t>9786052427293</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti Problem Kitabı Cilt 1</t>
+          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Şubat 2022</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>23.15</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786053771548</t>
+          <t>9786053335849</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti Cilt 2</t>
+          <t>Yabancılar Hukuku</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>59.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786053770039</t>
+          <t>9786052427385</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti Cilt 1</t>
+          <t>Rekabet Avantajı ve Strateji Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>27.78</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789752957565</t>
+          <t>9789752959675</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Cimatron E Cad - Cam - Mold</t>
+          <t>Dış Ticaret Dünyası</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>44.44</v>
+        <v>128</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789752955981</t>
+          <t>9786053776765</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılaması Hukuku</t>
+          <t>Devletler Özel Hukukunda Çocuk Hukukundan Doğan Problemler</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>46.3</v>
+        <v>22</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786053779162</t>
+          <t>9786053776567</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılama Hukuku Mevzuatı</t>
+          <t>Dernekler ve Vakıflar Mevzuatı</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>229.5</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786053777762</t>
+          <t>9786053776154</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılama Hukuku</t>
+          <t>Deniz Tabanı Hidrodinamiği ve Kıyı Morfolojisi</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>27.31</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789752952492</t>
+          <t>9786053773559</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret İşlemleri</t>
+          <t>Demiryolu Taşımacılığı</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>20.37</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786053770541</t>
+          <t>9789752952904</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu Şerhi (Ciltli)</t>
+          <t>Davranış Bilimleri Terimleri</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>69.44</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789752959842</t>
+          <t>9789752955561</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Koruma Tedbiri Olarak İletişimin Denetlenmesi</t>
+          <t>Danıştay Vergi Dava Daireleri Karar Özetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>39.5</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786053337393</t>
+          <t>9789752957862</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku El Kitabı (Ciltli)</t>
+          <t>Sermaye Piyasası Kurulu Kararlarının Hukuki Niteliği ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>65</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786053773320</t>
+          <t>9789752955462</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Muhakeme Hukuku Dalı Olarak - Ceza Muhakemesi Hukuku (Ciltli)</t>
+          <t>Danıştay İdari Dava Daireleri Karar Özetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>72.22</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789752958968</t>
+          <t>9786053770596</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Ceza Mahkemesinde Yargılanan Vergi Suçları (Ciltli)</t>
+          <t>Demiryolu Taşımacılığı ve Lojistik Kongresi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>35</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789752954731</t>
+          <t>9789754868968</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Catia V5 Temrin Kitabı</t>
+          <t>Çözümlü, Alıştırmalı Metrik ve Topoglojik Uzaylar</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>25.93</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789752952096</t>
+          <t>9789754869538</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Calculus 2 Problem Çözümleri</t>
+          <t>Çözümlü Dinamik Problemleri</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789752954960</t>
+          <t>9789752953581</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>C/C++ Problemler ve Çözümleri</t>
+          <t>Çocuk ve Genç İşçilerin Haklarının Korunması</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>25.46</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786053775898</t>
+          <t>9789752953710</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Güvenlik Analizi Afganistan</t>
+          <t>Çevre Sorunlarına Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789752959064</t>
+          <t>9786053777199</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Boşanmanın Hukiki Neticeleri</t>
+          <t>Çeşitlendirme Stratejisi ve Örgütsel Performans İlişkisi</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>35</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789752958524</t>
+          <t>9786053777106</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Sebebi Olarak Evlilik Birliğinin Temelinden Sarsılması Geçimsizlik</t>
+          <t>Gerekçeli ve Açıklamalı Çek Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>27.78</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786053774822</t>
+          <t>9786053772125</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Ceza Adalet Sistemi Mevzuatı</t>
+          <t>Çalışma Yaşamında Bireysel Gelişim</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>32.41</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789752959057</t>
+          <t>9789752959378</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Boşanma</t>
+          <t>Çalışma Psikolojisi ve Hukuki Boyutlarıyla İşyerinde Psikolojik Taciz</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789752951709</t>
+          <t>9789752956438</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Borland Delphi ile Veritabanı</t>
+          <t>Çalışma Hukuku Sözlüğü</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>25.46</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789752954939</t>
+          <t>9786053778332</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Borland Delphi ile Görsel Programlama Sanatı</t>
+          <t>Çalışma Yaşamından Örnek Olaylar</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>37.04</v>
+        <v>65</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789754768480</t>
+          <t>9786053773283</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Borçlar ve Ticaret Kanunu Bakımından Para Borçlarında Faiz Kavramı</t>
+          <t>Çağdaş Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>18.52</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786053775393</t>
+          <t>9789752957640</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Bireycilik Toplulukçuluk ve Güvenin İşyerinde Güçlendirmeye Olan Etkileri</t>
+          <t>Cumhuriyet Savcısının ve Ceza Yargıcının Başvuru Kitabı</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>58</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786053771623</t>
+          <t>9780007457816</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Bir Film Çekmek ve Masaüstü Filmciliğe Giriş</t>
+          <t>Collins English-Turkish Dictionary / Türkçe-İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>12.96</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789752959705</t>
+          <t>9789752958692</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Suçları</t>
+          <t>CMK Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>79.5</v>
+        <v>106.48</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789752959668</t>
+          <t>9786053771555</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Bilinen ve Bilinmeyen Türkiye İktisadı</t>
+          <t>Cisimlerin Mukavemeti Problem Kitabı Cilt 2</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>13.89</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789754869132</t>
+          <t>9786053770046</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Programlama Turbo Pascal</t>
+          <t>Cisimlerin Mukavemeti Problem Kitabı Cilt 1</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>8.33</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789752000049</t>
+          <t>9786053771548</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin'e Armağan Cilt: 3 (Ciltli)</t>
+          <t>Cisimlerin Mukavemeti Cilt 2</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>83.33</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789752952768</t>
+          <t>9786053770039</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin’e Armağan Cilt: 2 (Ciltli)</t>
+          <t>Cisimlerin Mukavemeti Cilt 1</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>83.33</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789752000048</t>
+          <t>9789752957565</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin’e Armağan Cilt: 1 (Ciltli)</t>
+          <t>Cimatron E Cad - Cam - Mold</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>83.33</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789752954861</t>
+          <t>9789752955981</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Çağında Türk Kamu Yönetiminin Yeniden Yapılandırılması-1</t>
+          <t>Ceza Yargılaması Hukuku</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>20.37</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789752956094</t>
+          <t>9786053779162</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Çağında Türk Kamu Yönetiminin Yeniden Yapılandırılması 2</t>
+          <t>Ceza Yargılama Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>20.37</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786053776895</t>
+          <t>9786053777762</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Bilgi - Belge Merkezlerinde Yönetim ve Organizasyon</t>
+          <t>Ceza Yargılama Hukuku</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>199.5</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789754865981</t>
+          <t>9789752952492</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Betonarme İnşaat Elemanları</t>
+          <t>Dış Ticaret İşlemleri</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>16.2</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786053771449</t>
+          <t>9786053770541</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlik Toplumu’nun Krizi</t>
+          <t>Ceza Muhakemesi Kanunu Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>249.5</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789752956988</t>
+          <t>9789752959842</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Belediye Meclisleri: İstanbul Örneği</t>
+          <t>Ceza Muhakemesi Hukukunda Koruma Tedbiri Olarak İletişimin Denetlenmesi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>11.11</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786053331490</t>
+          <t>9786053337393</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Belediye Başkanları İçin Rehber</t>
+          <t>Ceza Muhakemesi Hukuku El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>249.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786053775843</t>
+          <t>9786053773320</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Basra Körfezi’nin Değişen Dinamikleri</t>
+          <t>Muhakeme Hukuku Dalı Olarak - Ceza Muhakemesi Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>38</v>
+        <v>72.22</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789752958418</t>
+          <t>9789752958968</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Basın İşletmelerinin Finansal Yapısı</t>
+          <t>Ceza Mahkemesinde Yargılanan Vergi Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>69.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786053772477</t>
+          <t>9789752954731</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Basel 2 Kriterleri Kapsamında Operasyonel Risk</t>
+          <t>Catia V5 Temrin Kitabı</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>16.67</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789752957282</t>
+          <t>9789752952096</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Risklerinin Yönetiminde Basel - 2 Uzlaşısı</t>
+          <t>Calculus 2 Problem Çözümleri</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789752956568</t>
+          <t>9789752954960</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Kanunu Şerhi (Ciltli)</t>
+          <t>C/C++ Problemler ve Çözümleri</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>115.74</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789752953741</t>
+          <t>9786053775898</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Hukuku ve İşletmesi</t>
+          <t>Bölgesel Güvenlik Analizi Afganistan</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>50.93</v>
+        <v>30</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789752956117</t>
+          <t>9789752959064</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Ceza Hukuku (Ciltli)</t>
+          <t>Boşanmanın Hukiki Neticeleri</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>41.67</v>
+        <v>35</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786053772828</t>
+          <t>9789752958524</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Bankacılığımızda İç Kontrol</t>
+          <t>Boşanma Sebebi Olarak Evlilik Birliğinin Temelinden Sarsılması Geçimsizlik</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>249.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786053330363</t>
+          <t>9786053774822</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Banka ve Finans Matematiği</t>
+          <t>Ceza Adalet Sistemi Mevzuatı</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>249.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789754867596</t>
+          <t>9789752959057</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Banka Muhasebesi</t>
+          <t>Boşanma</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>13.89</v>
+        <v>48</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052420102</t>
+          <t>9789752951709</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Banka Kredileri ve Yönetimi</t>
+          <t>Borland Delphi ile Veritabanı</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>45</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786053335566</t>
+          <t>9789752954939</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Banka Kredileri Tüketici ve Konut Kredileri ile Kredi Kartlarından Doğan Uyuşmazlıklar- Akreditif (Ciltli)</t>
+          <t>Borland Delphi ile Görsel Programlama Sanatı</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>299.5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786053770527</t>
+          <t>9789754768480</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetim Sözleşmesi</t>
+          <t>Borçlar ve Ticaret Kanunu Bakımından Para Borçlarında Faiz Kavramı</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>119.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786053772064</t>
+          <t>9786053775393</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Abdolkhani ve Karimnia- Türkiye Davası</t>
+          <t>Bireycilik Toplulukçuluk ve Güvenin İşyerinde Güçlendirmeye Olan Etkileri</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>124.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789752951716</t>
+          <t>9786053771623</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinde Dolaysız Vergiler</t>
+          <t>Bir Film Çekmek ve Masaüstü Filmciliğe Giriş</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789752959477</t>
+          <t>9789752959705</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Rekabet Hukuku ve Politikası</t>
+          <t>Bilişim Suçları</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>68</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789752952898</t>
+          <t>9789752959668</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Ortak Politikalar ve Türkiye</t>
+          <t>Bilinen ve Bilinmeyen Türkiye İktisadı</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786053771708</t>
+          <t>9789754869132</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği İş Hukukunda İşverenin İş Sağlığı ve Güvenliği ile İlgili Temel Yükümlülükleri ve Türk Mevzuatının Uyumu</t>
+          <t>Bilgisayar Programlama Turbo Pascal</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>36.57</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789752958180</t>
+          <t>9789752000049</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Dış Politika Stratejisi ve Avrupa Birliği</t>
+          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin'e Armağan Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>87</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786053774938</t>
+          <t>9789752952768</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Asya Tiyatrosunda Maske</t>
+          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin’e Armağan Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>137</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789754864380</t>
+          <t>9789752000048</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Askerliğin Vatandaşlık Üzerindeki Etkisi ve Özellikle Çifte Vatandaşlığa Sahip Kişilerin Askerlik Yükümlülüğü</t>
+          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin’e Armağan Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>16.2</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789754865301</t>
+          <t>9789752954861</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Askeri Yüksek İdare Mahkemesi ve Görev Kriterleri</t>
+          <t>Bilgi Çağında Türk Kamu Yönetiminin Yeniden Yapılandırılması-1</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786053775867</t>
+          <t>9789752956094</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Arsa Payı Karşılığı İnşaat Sözleşmesinde Müteahhidin Temerrüdü ve Sonuçları</t>
+          <t>Bilgi Çağında Türk Kamu Yönetiminin Yeniden Yapılandırılması 2</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>25</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786053775997</t>
+          <t>9786053776895</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Ar-Ge Teşvikleri</t>
+          <t>Bilgi - Belge Merkezlerinde Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>58</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786053774556</t>
+          <t>9789754865981</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Aracı Kurumlarda Denetim Komitesi Uygulaması</t>
+          <t>Betonarme İnşaat Elemanları</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>349.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789752956230</t>
+          <t>9786053771449</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Barter Sistemi</t>
+          <t>Belirsizlik Toplumu’nun Krizi</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>16.67</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>3990000019055</t>
+          <t>9789752956988</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Muhasebe Terimleri Sözlüğü</t>
+          <t>Belediye Meclisleri: İstanbul Örneği</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>34.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786053776987</t>
+          <t>9786053331490</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirkette Zorunlu Organ Eksikliğine Dayanan Fesih Davası</t>
+          <t>Belediye Başkanları İçin Rehber</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786053772736</t>
+          <t>9786053775843</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Şartlı Sermaye</t>
+          <t>Basra Körfezi’nin Değişen Dinamikleri</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>349.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786053770602</t>
+          <t>9789752958418</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklarda Pay Sahibinin Ortaklıktan Ayrılma Hakkı</t>
+          <t>Basın İşletmelerinin Finansal Yapısı</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>399.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786053772989</t>
+          <t>9786053772477</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Şikayeti</t>
+          <t>Basel 2 Kriterleri Kapsamında Operasyonel Risk</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>249.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789752958470</t>
+          <t>9789752957282</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukunda Kişisel Verilerin Korunması</t>
+          <t>Bankacılık Risklerinin Yönetiminde Basel - 2 Uzlaşısı</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>27.31</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789752959262</t>
+          <t>9789752956568</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku El Kitabı</t>
+          <t>Bankacılık Kanunu Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>14</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789754864618</t>
+          <t>9789752953741</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku</t>
+          <t>Bankacılık Hukuku ve İşletmesi</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>12.96</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789754868036</t>
+          <t>9789752956117</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Alman ve Türk Vergi Bilançosu Hukuklarında Gayri Maddi İktisadi Kıymetleri Aktifleştirme Şartları</t>
+          <t>Bankacılık Ceza Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>15.74</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789752956971</t>
+          <t>9786053772828</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Alman Ceza Hukukuna Giriş - Ceza Hukukunun Sınırları</t>
+          <t>Bankacılığımızda İç Kontrol</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>18.52</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789752957749</t>
+          <t>9786053330363</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Aliye Zihinlerin Yeni Kadın İmgesi</t>
+          <t>Banka ve Finans Matematiği</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>11.11</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789752951983</t>
+          <t>9789754867596</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Alacak Hakkının Anonim Ortaklığa Sermaye Olarak Taahüdü</t>
+          <t>Banka Muhasebesi</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789752955639</t>
+          <t>9786052420102</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Akit Dışı Borç İlişkilerine Uygulanacak Hukuk Hakkındaki Avrupa Birliği Düzenlemesi</t>
+          <t>Banka Kredileri ve Yönetimi</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>199.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789752956612</t>
+          <t>9786053335566</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Aile Konutu ve Aile Mahkemeleri Yargılama Yöntemi</t>
+          <t>Banka Kredileri Tüketici ve Konut Kredileri ile Kredi Kartlarından Doğan Uyuşmazlıklar- Akreditif (Ciltli)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>41.67</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789752956599</t>
+          <t>9786053770527</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukukunda Velayet ve Nafaka Davaları</t>
+          <t>Bağımsız Denetim Sözleşmesi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>37.04</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789752956582</t>
+          <t>9786053772064</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukukunda Maddi ve Manevi Tazminat Davaları</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Abdolkhani ve Karimnia- Türkiye Davası</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>47.5</v>
+        <v>124.5</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789752956605</t>
+          <t>9789752951716</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukukunda Boşanma Davaları ve Yabancı Unsurlar</t>
+          <t>Avrupa Birliğinde Dolaysız Vergiler</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>43.98</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786053770619</t>
+          <t>9789752959477</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Aile Düzenine Karşı Suçlar</t>
+          <t>Avrupa Birliği Rekabet Hukuku ve Politikası</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>49.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789754862140</t>
+          <t>9789752952898</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Ahşap ve Çelik Yapı Elemanları</t>
+          <t>Avrupa Birliği Ortak Politikalar ve Türkiye</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>27.78</v>
+        <v>25</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789752952485</t>
+          <t>9786053771708</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Terimleri (Ansiklopedik Sözlük)</t>
+          <t>Avrupa Birliği İş Hukukunda İşverenin İş Sağlığı ve Güvenliği ile İlgili Temel Yükümlülükleri ve Türk Mevzuatının Uyumu</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>32.41</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789752958623</t>
+          <t>9789752958180</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Adobe Photoshop CS3</t>
+          <t>Atatürk’ün Dış Politika Stratejisi ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>32.41</v>
+        <v>87</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789752957657</t>
+          <t>9786053774938</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Adobe Flash CS3 (CD’li) Yeni Başlayanlar İçin</t>
+          <t>Asya Tiyatrosunda Maske</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>42.5</v>
+        <v>137</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789752955219</t>
+          <t>9789754864380</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Reklam Üretimi</t>
+          <t>Askerliğin Vatandaşlık Üzerindeki Etkisi ve Özellikle Çifte Vatandaşlığa Sahip Kişilerin Askerlik Yükümlülüğü</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>35</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789752951228</t>
+          <t>9789754865301</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı-İçtihatlı Tüketici Kredileri ve Tüketici Kredisi Sözleşmeleri İsviçre Hukuku-Fransız Hukuku ve Avrupa Birliği Konseyi Yönergeleri Işığında</t>
+          <t>Askeri Yüksek İdare Mahkemesi ve Görev Kriterleri</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>32.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786053770565</t>
+          <t>9786053775867</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Açıkhava Reklamcılığı</t>
+          <t>Arsa Payı Karşılığı İnşaat Sözleşmesinde Müteahhidin Temerrüdü ve Sonuçları</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>29.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789752955387</t>
+          <t>9786053775997</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Access 2003 ile Veri Tabanı Yönetimi</t>
+          <t>Ar-Ge Teşvikleri</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>32.41</v>
+        <v>58</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789754869255</t>
+          <t>9786053774556</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>AB Uyum Süreci Çerçevesinde Uygulamalı İthalat İşlemleri ve Örnekler</t>
+          <t>Aracı Kurumlarda Denetim Komitesi Uygulaması</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>25.46</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789754868784</t>
+          <t>9789752956230</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>80’ler Türkiyesi’nde Sinema</t>
+          <t>Barter Sistemi</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786053775812</t>
+          <t>3990000019055</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>6098 Sayılı Türk Borçlar Kanunu (TBK) (Ciltli)</t>
+          <t>Ansiklopedik Muhasebe Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>32.41</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789752955035</t>
+          <t>9786053776987</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>5411 Sayılı Bankacılık Kanunu ve 4389 Sayılı Bankalar Kanununun Yürürlükte Kalan Maddeleri</t>
+          <t>Anonim Şirkette Zorunlu Organ Eksikliğine Dayanan Fesih Davası</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>20.37</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789752958982</t>
+          <t>9786053772736</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanunu’nda İşkence Suçu</t>
+          <t>Anonim Şirketlerde Şartlı Sermaye</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>149.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786053772729</t>
+          <t>9786053770602</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanununa Tabi Alacaklarda Zamanaşımı</t>
+          <t>Anonim Ortaklıklarda Pay Sahibinin Ortaklıktan Ayrılma Hakkı</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786053778721</t>
+          <t>9786053772989</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>4721 Sayılı Türk Medeni Kanunu TMK (Ciltli)</t>
+          <t>Anayasa Şikayeti</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>36.57</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789752955103</t>
+          <t>9789752958470</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda İnsan Kaynakları Yönetimi</t>
+          <t>Anayasa Hukukunda Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>14.81</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789752957916</t>
+          <t>9789752959262</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>21 Yüzyıl Bilgi Yöneticisi</t>
+          <t>Anayasa Hukuku El Kitabı</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>14.81</v>
+        <v>14</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786053772583</t>
+          <t>9789754864618</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>1980’den Günümüze Türkiye Ekonomisi</t>
+          <t>Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789754863413</t>
+          <t>9789754868036</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Pazara Yönelik Kredi Yönetimi</t>
+          <t>Alman ve Türk Vergi Bilançosu Hukuklarında Gayri Maddi İktisadi Kıymetleri Aktifleştirme Şartları</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789752956414</t>
+          <t>9789752956971</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanununda</t>
+          <t>Alman Ceza Hukukuna Giriş - Ceza Hukukunun Sınırları</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>37.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789752952256</t>
+          <t>9789752957749</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı - İçtihatlı Bono ve Çek Sorunları</t>
+          <t>Aliye Zihinlerin Yeni Kadın İmgesi</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789752954717</t>
+          <t>9789752951983</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın Son Beş Yılında Türk Sineması</t>
+          <t>Alacak Hakkının Anonim Ortaklığa Sermaye Olarak Taahüdü</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>39.35</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789752959019</t>
+          <t>9789752955639</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>1979 İran İslam Devrimi Sonrası Türkiye - İran İlişkileri</t>
+          <t>Akit Dışı Borç İlişkilerine Uygulanacak Hukuk Hakkındaki Avrupa Birliği Düzenlemesi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>79.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789754866490</t>
+          <t>9789752956612</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>1962-1997 Anayasa Mahkemesi Kararlarında Ceza Hukuku / Ceza Özel Hukuku / Ceza Yargılaması Hukuku / Ceza İnfaz Hukuku</t>
+          <t>Aile Konutu ve Aile Mahkemeleri Yargılama Yöntemi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>34.26</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786053774860</t>
+          <t>9789752956599</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>17 Ağustos 1999 Depreminde İki Çimento Fabrikası</t>
+          <t>Aile Hukukunda Velayet ve Nafaka Davaları</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>169.5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052421307</t>
+          <t>9789752956582</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>112 Acil Sağlık Hizmetleri Yönetimi</t>
+          <t>Aile Hukukunda Maddi ve Manevi Tazminat Davaları</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>249.5</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052428665</t>
+          <t>9789752956605</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Tazmin Hukuku</t>
+          <t>Aile Hukukunda Boşanma Davaları ve Yabancı Unsurlar</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>349.5</v>
+        <v>43.98</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9787770000027</t>
+          <t>9786053770619</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Klasikleri Kız Çocuk Seti (8 Kitap Takım)</t>
+          <t>Aile Düzenine Karşı Suçlar</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>359.2</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9780000555175</t>
+          <t>9789754862140</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Klasikleri Seti (5 Kitap Takım)</t>
+          <t>Ahşap ve Çelik Yapı Elemanları</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>497.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9787770000010</t>
+          <t>9789752952485</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Klasikleri Erkek Çocuk Seti (5 Kitap Takım)</t>
+          <t>Ahlak Terimleri (Ansiklopedik Sözlük)</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>224.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9780000526717</t>
+          <t>9789752958623</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Mega Seti (4 Kitap Takım)</t>
+          <t>Adobe Photoshop CS3</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>1036.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9780000521880</t>
+          <t>9789752957657</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba En Favori Kitaplar (3 Kitap Takım) (Ciltli)</t>
+          <t>Adobe Flash CS3 (CD’li) Yeni Başlayanlar İçin</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>1007</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052427279</t>
+          <t>9789752955219</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Şubat 2022</t>
+          <t>Adım Adım Reklam Üretimi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>59.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052427255</t>
+          <t>9789752951228</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Cep Serisi Şubat 2022</t>
+          <t>Açıklamalı-İçtihatlı Tüketici Kredileri ve Tüketici Kredisi Sözleşmeleri İsviçre Hukuku-Fransız Hukuku ve Avrupa Birliği Konseyi Yönergeleri Işığında</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>68</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052427347</t>
+          <t>9786053770565</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Şubat 2022</t>
+          <t>Açıkhava Reklamcılığı</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>48</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052427323</t>
+          <t>9789752955387</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu Cep Serisi - Şubat 2022</t>
+          <t>Access 2003 ile Veri Tabanı Yönetimi</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>39.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9780000526588</t>
+          <t>9789754869255</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Marvel Hikayeleri Seti (4 Kitap Takım)</t>
+          <t>AB Uyum Süreci Çerçevesinde Uygulamalı İthalat İşlemleri ve Örnekler</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>118</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052425886</t>
+          <t>9789754868784</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (Şubat 2020)</t>
+          <t>80’ler Türkiyesi’nde Sinema</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>10.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052425879</t>
+          <t>9786053775812</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu (Şubat 2020)</t>
+          <t>6098 Sayılı Türk Borçlar Kanunu (TBK) (Ciltli)</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>12</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052425930</t>
+          <t>9789752955035</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası (Şubat 2020)</t>
+          <t>5411 Sayılı Bankacılık Kanunu ve 4389 Sayılı Bankalar Kanununun Yürürlükte Kalan Maddeleri</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9780000520920</t>
+          <t>9789752958982</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids-Okuma Serisi Seviye 2 Seti-17 Kitap Takım</t>
+          <t>5237 Sayılı Türk Ceza Kanunu’nda İşkence Suçu</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>1064</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9780000523600</t>
+          <t>9786053772729</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 1 Seti (13 Kitap Takım)</t>
+          <t>4857 Sayılı İş Kanununa Tabi Alacaklarda Zamanaşımı</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>988</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9780000522399</t>
+          <t>9786053778721</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids-Okul Öncesi Seti-7 Kitap Takım</t>
+          <t>4721 Sayılı Türk Medeni Kanunu TMK (Ciltli)</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>532</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9780000523037</t>
+          <t>9789752955103</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids-Dünyamızı Keşfedin Seti-8 Kitap Takım</t>
+          <t>21. Yüzyılda İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>297.5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9780000999931</t>
+          <t>9789752957916</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Seti (3 Kitap Takım)</t>
+          <t>21 Yüzyıl Bilgi Yöneticisi</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>937</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053333876</t>
+          <t>9786053772583</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış Kuramları</t>
+          <t>1980’den Günümüze Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>349.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052427248</t>
+          <t>9789754863413</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası Kasım 2021</t>
+          <t>Bankacılıkta Pazara Yönelik Kredi Yönetimi</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052424513</t>
+          <t>9789752956414</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası Eylül 2019</t>
+          <t>Türk Medeni Kanununda</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>14</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786052425923</t>
+          <t>9789752952256</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu Şubat 2020</t>
+          <t>Açıklamalı - İçtihatlı Bono ve Çek Sorunları</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>13.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052425855</t>
+          <t>9789752954717</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu Şubat 2020</t>
+          <t>20. Yüzyılın Son Beş Yılında Türk Sineması</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>18</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786052424438</t>
+          <t>9789752959019</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Eylül 2019</t>
+          <t>1979 İran İslam Devrimi Sonrası Türkiye - İran İlişkileri</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>22.9</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9780000999580</t>
+          <t>9789754866490</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Çizim Sanatı Serisi Seti (10 Kitap Takım)</t>
+          <t>1962-1997 Anayasa Mahkemesi Kararlarında Ceza Hukuku / Ceza Özel Hukuku / Ceza Yargılaması Hukuku / Ceza İnfaz Hukuku</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>2995</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9780000999559</t>
+          <t>9786053774860</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids- İz Bırakanlar Seti (6 Kitap)</t>
+          <t>17 Ağustos 1999 Depreminde İki Çimento Fabrikası</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>888</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786053777427</t>
+          <t>9786052421307</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>T.C Anayasası (Eylül 2015)</t>
+          <t>112 Acil Sağlık Hizmetleri Yönetimi</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>2.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9780000421616</t>
+          <t>9786052428665</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>En Çok Satan Kişisel Gelişim Kitapları Seti (4 Kitap)</t>
+          <t>Türk Sosyal Tazmin Hukuku</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>110.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9780000999849</t>
+          <t>9787770000027</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Marvel Romanlar Seti (4 Kitap)</t>
+          <t>Disney Çizgi Klasikleri Kız Çocuk Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>140</v>
+        <v>359.2</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9780000503473</t>
+          <t>9780000555175</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spiderman Hikaye Seti (6 Kitap)</t>
+          <t>Disney Çizgi Klasikleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>60</v>
+        <v>497.5</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9780000999863</t>
+          <t>9787770000010</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Starwars Çizgi Roman Seti (3 Kitap)</t>
+          <t>Disney Çizgi Klasikleri Erkek Çocuk Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>59.9</v>
+        <v>224.5</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786052425909</t>
+          <t>9780000526717</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu - Şubat 2020</t>
+          <t>Disney - Esrarengiz Kasaba Mega Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>23.5</v>
+        <v>1036.5</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786052425916</t>
+          <t>9780000521880</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu - Şubat 2020</t>
+          <t>Disney - Esrarengiz Kasaba En Favori Kitaplar (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>8.5</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789754866148</t>
+          <t>9786052427279</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Yapı Dinamiği</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Şubat 2022</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>15</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786052423530</t>
+          <t>9786052427255</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Temel Ekonomi</t>
+          <t>Türk Ticaret Kanunu Cep Serisi Şubat 2022</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>49.9</v>
+        <v>68</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786052420041</t>
+          <t>9786052427347</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku Dersleri Yeni Baskı</t>
+          <t>Türk Medeni Kanunu Şubat 2022</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>65</v>
+        <v>48</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052426555</t>
+          <t>9786052427323</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Tüm Havacılar İçin Ekip Kaynak Yönetimi (EKY)</t>
+          <t>Hukuk Muhakemeleri Kanunu Cep Serisi - Şubat 2022</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>249.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9780000504791</t>
+          <t>9780000526588</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Serisi (4 Kitap Takım)</t>
+          <t>Müthiş Marvel Hikayeleri Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>1198</v>
+        <v>118</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052424353</t>
+          <t>9786052425886</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimine Giriş</t>
+          <t>Türk Borçlar Kanunu (Şubat 2020)</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>199.5</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>3990000051550</t>
+          <t>9786052425879</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ömer Teoman'a 55. Yaş Günü Armağanı Cilt: 1 (Ciltli)</t>
+          <t>Hukuk Muhakemeleri Kanunu (Şubat 2020)</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>69.44</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9780000999610</t>
+          <t>9786052425930</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Süper Paket Boya Eğlen Seti 5 Çeşit</t>
+          <t>T.C. Anayasası (Şubat 2020)</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>124.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9780000999900</t>
+          <t>9780000520920</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Boyama Aktivite Seti 5 Kitap</t>
+          <t>National Geographic Kids-Okuma Serisi Seviye 2 Seti-17 Kitap Takım</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>110</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9780000999566</t>
+          <t>9780000523600</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Afrika'da Safari Serisi 5 Kitap (Ciltli)</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 1 Seti (13 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>99.9</v>
+        <v>988</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9780000999511</t>
+          <t>9780000522399</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Popüler Bilim Seti 5 Kitap</t>
+          <t>National Geographic Kids-Okul Öncesi Seti-7 Kitap Takım</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>380</v>
+        <v>532</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786052422021</t>
+          <t>9780000523037</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Varlık Yönetim Şirketleri</t>
+          <t>National Geographic Kids-Dünyamızı Keşfedin Seti-8 Kitap Takım</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>149.5</v>
+        <v>297.5</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9780000525260</t>
+          <t>9780000999931</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Kitaplar Seti-5 Kitap Takım</t>
+          <t>Disney - Esrarengiz Kasaba Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>197.5</v>
+        <v>937</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9780000999948</t>
+          <t>9786053333876</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Marvel Hikayeleri (6 Kitap Takım)</t>
+          <t>Örgütsel Davranış Kuramları</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>177</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786052424292</t>
+          <t>9786052427248</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>T.C. Anayasası Kasım 2021</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>899.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786053771784</t>
+          <t>9786052424513</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>4483 Sayılı Kanun ile Memurlar ve Diğer Kamu Görevlerinin Yargılanması Öncesi Aşamaya İlişkin Usul ve İşlemler (Ciltli)</t>
+          <t>T.C. Anayasası Eylül 2019</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>249.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786053778370</t>
+          <t>9786052425923</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Mekaniği Dinamik Çözümlü Problemler</t>
+          <t>İcra ve İflas Kanunu Şubat 2020</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>199</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786053774839</t>
+          <t>9786052425855</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Banka Teminat Mektuplarına İlişkin ICC Kuralları - Makaleler</t>
+          <t>Ceza Muhakemesi Kanunu Şubat 2020</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>174.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786052428689</t>
+          <t>9786052424438</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Bağımsız Denetimin Kamusal İşlevleri</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>349.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786053772699</t>
+          <t>9780000999580</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Bir Merakın Peşinde: Amaç’tan Başarı’ya</t>
+          <t>Çizim Sanatı Serisi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>129.5</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786053772811</t>
+          <t>9780000999559</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Eurobond Piyasaları ve Türkiye</t>
+          <t>National Geographic Kids- İz Bırakanlar Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>239.5</v>
+        <v>888</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789754862799</t>
+          <t>9786053777427</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Türk Kurtuluş Savaşı ve Devrimi Tarihi</t>
+          <t>T.C Anayasası (Eylül 2015)</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>69.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786053332657</t>
+          <t>9780000421616</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Finansal Muhasebe: Teoriden Uygulamaya Genel Muhasebe</t>
+          <t>En Çok Satan Kişisel Gelişim Kitapları Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>149</v>
+        <v>110.5</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786053776659</t>
+          <t>9780000999849</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Biliminde 49 İnsan 49 Teori</t>
+          <t>Marvel Romanlar Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>39.5</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786052426425</t>
+          <t>9780000503473</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri ve Yönetimi</t>
+          <t>Marvel Spiderman Hikaye Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>975</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786053772606</t>
+          <t>9780000999863</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Örgüt Açısından Kayırmacılık</t>
+          <t>Starwars Çizgi Roman Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>149.5</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786254238185</t>
+          <t>9786052425909</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku (Özel) Ders Notları (Ciltli)</t>
+          <t>Türk Ticaret Kanunu - Şubat 2020</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>1399.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052424612</t>
+          <t>9786052425916</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Polis Mevzuatı ve Temel Ceza Kanunları Eylül 2019</t>
+          <t>İdari Yargılama Usulü Kanunu - Şubat 2020</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>69.5</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786053776949</t>
+          <t>9789754866148</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>İşletme Hukuku Bilgisi</t>
+          <t>Yapı Dinamiği</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>179.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786053776727</t>
+          <t>9786052423530</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>İl Özel İdaresi</t>
+          <t>Temel Ekonomi</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>115.5</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786053776017</t>
+          <t>9786052420041</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İller Bazında İktisadi ve Demografik Farklılıkları</t>
+          <t>Sosyal Güvenlik Hukuku Dersleri Yeni Baskı</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>49.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786053772705</t>
+          <t>9786052426555</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Satış Geliştirme Faaliyetlerinin Müşteri Davranışları Üzerine Etkisi</t>
+          <t>Tüm Havacılar İçin Ekip Kaynak Yönetimi (EKY)</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>59.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786053770671</t>
+          <t>9780000504791</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Pazarlama</t>
+          <t>Disney En Güzel Maceralar Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>137</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786052425084</t>
+          <t>9786052424353</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Hukuku</t>
+          <t>İşletme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>899.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786053778677</t>
+          <t>3990000051550</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbol Teknik Adam Sözleşmesi ve Uygulama Sorunları</t>
+          <t>Prof. Dr. Ömer Teoman'a 55. Yaş Günü Armağanı Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>299.5</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786053333937</t>
+          <t>9780000999610</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ekonomistler Ansiklopedisi</t>
+          <t>Süper Paket Boya Eğlen Seti 5 Çeşit</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>35</v>
+        <v>124.5</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786053338048</t>
+          <t>9780000999900</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Değerli İnsana Değer’li Çalışmalar</t>
+          <t>Ferrari Boyama Aktivite Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>49.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786053338031</t>
+          <t>9780000999566</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Hayatında Hukuk Devletinin Kurumlarına ve Anayasal Sisteme Yönelik Girişimler</t>
+          <t>National Geographic Kids - Afrika'da Safari Serisi 5 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>39.5</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786053332183</t>
+          <t>9780000999511</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Early Beginnings of Environmental Protection in International Human Rights Law</t>
+          <t>National Geographic Kids Popüler Bilim Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>45</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9780000999603</t>
+          <t>9786052422021</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayvanlar Seti (6 Kitap Takım)</t>
+          <t>Varlık Yönetim Şirketleri</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>897</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786254360855</t>
+          <t>9780000525260</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku (Ciltli)</t>
+          <t>Pörtlek Gözlü Kitaplar Seti-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>1590</v>
+        <v>197.5</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786053774754</t>
+          <t>9780000999948</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Müzelerde Sergileme ve Sunum Tekniklerinin Planlanması</t>
+          <t>Müthiş Marvel Hikayeleri (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>399.5</v>
+        <v>177</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786053331742</t>
+          <t>9786052424292</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Müzakere Teknikleri</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>399.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052427163</t>
+          <t>9786053771784</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Neufert - Yapı Tasarımı (Ciltli)</t>
+          <t>4483 Sayılı Kanun ile Memurlar ve Diğer Kamu Görevlerinin Yargılanması Öncesi Aşamaya İlişkin Usul ve İşlemler (Ciltli)</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>1495</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052428504</t>
+          <t>9786053778370</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku</t>
+          <t>Mühendislik Mekaniği Dinamik Çözümlü Problemler</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>899.5</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786053339199</t>
+          <t>9786053774839</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Yönetimi</t>
+          <t>Banka Teminat Mektuplarına İlişkin ICC Kuralları - Makaleler</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>549.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9780000999887</t>
+          <t>9786052428689</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Garip Ama Gerçek Seti (5 kitap)</t>
+          <t>Türkiye’de Bağımsız Denetimin Kamusal İşlevleri</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>1997.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9787778000012</t>
+          <t>9786053772699</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kasaba Hikaye Seti (4 Kitap Takım)</t>
+          <t>Bir Merakın Peşinde: Amaç’tan Başarı’ya</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>1458</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786254235320</t>
+          <t>9786053772811</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon Muhasebesi</t>
+          <t>Eurobond Piyasaları ve Türkiye</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>349.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786053773887</t>
+          <t>9789754862799</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay, Danıştay ve AİHM Kararları Işığında Cemaat Vakıflarının Mülkiyet Sorunları</t>
+          <t>Türk Kurtuluş Savaşı ve Devrimi Tarihi</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>349.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786052424384</t>
+          <t>9786053332657</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>21. Yüzyılda Finansal Muhasebe: Teoriden Uygulamaya Genel Muhasebe</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>299.5</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052426159</t>
+          <t>9786053776659</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde İnsan Kaynakları Yönetimi</t>
+          <t>Yönetim Biliminde 49 İnsan 49 Teori</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>349.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052420416</t>
+          <t>9786052426425</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>ABD Nasıl Kalkındı?</t>
+          <t>Pazarlama İlkeleri ve Yönetimi</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>349.5</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786053338383</t>
+          <t>9786053772606</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>İş Zekası ve Stratejik Yönetim</t>
+          <t>Yönetim ve Örgüt Açısından Kayırmacılık</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>249.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052420997</t>
+          <t>9786254238185</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Finansın Temelleri</t>
+          <t>Vergi Hukuku (Özel) Ders Notları (Ciltli)</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>349.5</v>
+        <v>1399.5</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789752955615</t>
+          <t>9786052424612</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Reklamın Anlattıkları</t>
+          <t>Polis Mevzuatı ve Temel Ceza Kanunları Eylül 2019</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>49.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786052421123</t>
+          <t>9786053776949</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk Pratik Çalışmaları</t>
+          <t>İşletme Hukuku Bilgisi</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>399.5</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786053334682</t>
+          <t>9786053776727</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar için Pazarlama ve Lojistik</t>
+          <t>İl Özel İdaresi</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>28</v>
+        <v>115.5</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052428153</t>
+          <t>9786053776017</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Kriz ve Küresel Çevre Politikaları</t>
+          <t>Türkiye’nin İller Bazında İktisadi ve Demografik Farklılıkları</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>399</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052424063</t>
+          <t>9786053772705</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Yargı Etiği Açısından Tarihte Ünlü Davalar</t>
+          <t>Satış Geliştirme Faaliyetlerinin Müşteri Davranışları Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>349.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786052425473</t>
+          <t>9786053770671</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret Hukuku El Kitabı</t>
+          <t>Postmodern Pazarlama</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>349.5</v>
+        <v>137</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052427712</t>
+          <t>9786052425084</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İçtihatlı 4857 Sayılı İş Kanunu</t>
+          <t>Toplu İş Hukuku</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>799.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786053330257</t>
+          <t>9786053778677</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Stratejileri İle Askeri Stratejilerin Karşılıklı Analizi</t>
+          <t>Profesyonel Futbol Teknik Adam Sözleşmesi ve Uygulama Sorunları</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786053773979</t>
+          <t>9786053333937</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hukukunda Londra’da Tahkim</t>
+          <t>Ünlü Ekonomistler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>349.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786053775003</t>
+          <t>9786053338048</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi</t>
+          <t>Değerli İnsana Değer’li Çalışmalar</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>499.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786052424971</t>
+          <t>9786053338031</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Bankacılığa Giriş</t>
+          <t>Türk Siyasal Hayatında Hukuk Devletinin Kurumlarına ve Anayasal Sisteme Yönelik Girişimler</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>269.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053777229</t>
+          <t>9786053332183</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Hava Taşıma Hukuku Sempozyumu</t>
+          <t>Early Beginnings of Environmental Protection in International Human Rights Law</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>79.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786053335863</t>
+          <t>9780000999603</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk</t>
+          <t>Vahşi Hayvanlar Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>299.5</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052428122</t>
+          <t>9786254360855</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Sosyal Güvenlik Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>1499.5</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786254238123</t>
+          <t>9786053774754</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku (Ciltli)</t>
+          <t>Müzelerde Sergileme ve Sunum Tekniklerinin Planlanması</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>1895</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786052428238</t>
+          <t>9786053331742</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Doğru Akım Devreleri ve Problem Çözümleri</t>
+          <t>Müzakere Teknikleri</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>579.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786053779193</t>
+          <t>9786052427163</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>İflas Hukukunda Takas</t>
+          <t>Neufert - Yapı Tasarımı (Ciltli)</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>399.5</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786053338161</t>
+          <t>9786052428504</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Biliminde İleri Araştırma Yöntemleri ve Uygulamalar</t>
+          <t>İş Hukuku</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>429.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786053776277</t>
+          <t>9786053339199</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Kurumsallaşmanın Temelleri</t>
+          <t>Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>249.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786053333685</t>
+          <t>9787778000012</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları İçin Makro İktisat</t>
+          <t>Esrarengiz Kasaba Hikaye Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>279.5</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052420133</t>
+          <t>9786254235320</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>İşletme Matematiği</t>
+          <t>Enflasyon Muhasebesi</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052420003</t>
+          <t>9786053773887</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Maliyet ve Yönetim Muhasebesi</t>
+          <t>Yargıtay, Danıştay ve AİHM Kararları Işığında Cemaat Vakıflarının Mülkiyet Sorunları</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>699.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052420355</t>
+          <t>9786052424384</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesi ve Uygulamaları</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786254238000</t>
+          <t>9786052426159</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu - Ağustos 2024</t>
+          <t>Sağlık İşletmelerinde İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>239</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786254237980</t>
+          <t>9786052420416</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu - Ağustos 2024</t>
+          <t>ABD Nasıl Kalkındı?</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>210</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786254237966</t>
+          <t>9786053338383</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu - Ağustos 2024</t>
+          <t>İş Zekası ve Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>210</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052428344</t>
+          <t>9786052420997</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Sigortacılık</t>
+          <t>Kurumsal Finansın Temelleri</t>
         </is>
       </c>
       <c r="C1075" s="1">
         <v>599.5</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786254237959</t>
+          <t>9789752955615</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu - Ağustos 2024</t>
+          <t>Kurumsal Reklamın Anlattıkları</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>139</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786254237973</t>
+          <t>9786052421123</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu - Ağustos 2024</t>
+          <t>Milletlerarası Hukuk Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>110</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786254237997</t>
+          <t>9786053334682</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Çalışma Yaşamı Kanunları - Ağustos 2024</t>
+          <t>Yeni Başlayanlar için Pazarlama ve Lojistik</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>139</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786052428955</t>
+          <t>9786052428153</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu - Ağustos 2024</t>
+          <t>Ekolojik Kriz ve Küresel Çevre Politikaları</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>110</v>
+        <v>399</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786254235917</t>
+          <t>9786052424063</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu - Ağustos 2024</t>
+          <t>Yargı Etiği Açısından Tarihte Ünlü Davalar</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>139</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786254237935</t>
+          <t>9786052425473</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu - Ağustos 2024</t>
+          <t>Dış Ticaret Hukuku El Kitabı</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>139</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786254237942</t>
+          <t>9786052427712</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Ağustos 2024</t>
+          <t>Açıklamalı İçtihatlı 4857 Sayılı İş Kanunu</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>210</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052428252</t>
+          <t>9786053330257</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomiye Giriş</t>
+          <t>Yönetim Stratejileri İle Askeri Stratejilerin Karşılıklı Analizi</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>499.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052427606</t>
+          <t>9786053773979</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği ve Hidrolik</t>
+          <t>Deniz Hukukunda Londra’da Tahkim</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>1395</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786052428399</t>
+          <t>9786053775003</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Temel Ekonomi (Basından Örneklerle)</t>
+          <t>Proje Yönetimi</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>749.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786254237928</t>
+          <t>9786052424971</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Stratejiyi Performansa Dönüştür</t>
+          <t>Bankacılığa Giriş</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>239.5</v>
+        <v>269.5</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786052421499</t>
+          <t>9786053777229</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetimi</t>
+          <t>Hava Taşıma Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>349.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786052425480</t>
+          <t>9786053335863</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>İnsancıl Hukuka Giriş</t>
+          <t>Kurumsal Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C1088" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786053333128</t>
+          <t>9786052428122</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>İletişim Araştırmaları ve Kuramları</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>299.5</v>
+        <v>1499.5</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786052424797</t>
+          <t>9786254238123</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş</t>
+          <t>İş Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>249.5</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786052425978</t>
+          <t>9786052428238</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması</t>
+          <t>Doğru Akım Devreleri ve Problem Çözümleri</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>349.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786052422465</t>
+          <t>9786053779193</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunun Esasları 2022</t>
+          <t>İflas Hukukunda Takas</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>649.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786052427392</t>
+          <t>9786053338161</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Entegre Lojistik Yönetimi</t>
+          <t>Yönetim Biliminde İleri Araştırma Yöntemleri ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>449.5</v>
+        <v>429.5</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786053776963</t>
+          <t>9786053776277</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Pazarlama Rekabetsel Yaklaşım</t>
+          <t>Örgütlerde Kurumsallaşmanın Temelleri</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>549.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052427781</t>
+          <t>9786053333685</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Yöntembilim</t>
+          <t>Meslek Yüksekokulları İçin Makro İktisat</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>549.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052422717</t>
+          <t>9786052420133</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Hukuku</t>
+          <t>İşletme Matematiği</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>499.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052428382</t>
+          <t>9786052420003</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku Ders Notları</t>
+          <t>Maliyet ve Yönetim Muhasebesi</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>299.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052428269</t>
+          <t>9786052420355</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Kıyı Mühendisliği</t>
+          <t>Yönetim Muhasebesi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>899.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786052423585</t>
+          <t>9786254238000</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Kavram ve Kuramlarıyla Reklam</t>
+          <t>Türk Ticaret Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>399.5</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786053339847</t>
+          <t>9786254237980</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Devletler Hususi Hukuku</t>
+          <t>Ceza Muhakemesi Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>449.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786053773917</t>
+          <t>9786254237966</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Çalışma İlişkilerinin Evrimi</t>
+          <t>Hukuk Muhakemeleri Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>349.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052422472</t>
+          <t>9786052428344</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
+          <t>Sigortacılık</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>699.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786052420638</t>
+          <t>9786254237959</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Uygulamaları</t>
+          <t>İcra ve İflas Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>749.5</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786053774518</t>
+          <t>9786254237973</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Baraj Güvenliği</t>
+          <t>İdari Yargılama Usulü Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>329.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786053334521</t>
+          <t>9786254237997</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Banka Hukuku</t>
+          <t>İş Kanunu ve Çalışma Yaşamı Kanunları - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>249.5</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786052428160</t>
+          <t>9786052428955</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku</t>
+          <t>Türk Borçlar Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>749.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786053775096</t>
+          <t>9786254235917</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Baraj Planlama ve Tasarımı Cilt 2</t>
+          <t>Türk Ceza Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>399.5</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786254237706</t>
+          <t>9786254237935</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Hukukta Kültür Varlıklarına İlişkin Uyuşmazlıkların Çözüm Mekanizmaları</t>
+          <t>Türk Medeni Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>549.5</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786254237690</t>
+          <t>9786254237942</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zincirinde Süreç ve Performans Yönetimi</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>249.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789752956698</t>
+          <t>9786052428252</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Dava Açma ve Davaların Takip Usulü</t>
+          <t>Mikroekonomiye Giriş</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>899.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786254237638</t>
+          <t>9786052427606</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Araştırmalarında Temel Kavramlar ve Sık Sorulan Sorulara Cevaplar</t>
+          <t>Akışkanlar Mekaniği ve Hidrolik</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>249.5</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786052421925</t>
+          <t>9786052428399</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim ve İşletme Politikası</t>
+          <t>Temel Ekonomi (Basından Örneklerle)</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>849.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786052426432</t>
+          <t>9786254237928</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
+          <t>Stratejiyi Performansa Dönüştür</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>399.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786254237539</t>
+          <t>9786052421499</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Farklı Hukuk Disiplinleri Gözüyle Kültür ve Tabiat Varlıklarının Korunması</t>
+          <t>İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786254237362</t>
+          <t>9786052425480</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Export Administration Regulations</t>
+          <t>İnsancıl Hukuka Giriş</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>799.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786254237355</t>
+          <t>9786053333128</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Marina İşletmeciliği</t>
+          <t>İletişim Araştırmaları ve Kuramları</t>
         </is>
       </c>
       <c r="C1116" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786254237003</t>
+          <t>9786052424797</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku (Genel) Ders Notları</t>
+          <t>İktisada Giriş</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>699.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786254237010</t>
+          <t>9786052425978</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Verilerle Mükemmellik</t>
+          <t>Hizmet Pazarlaması</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052425077</t>
+          <t>9786052422465</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Mobil Pazarlama</t>
+          <t>İş Hukukunun Esasları 2022</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>279.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786053338734</t>
+          <t>9786052427392</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Sigorta ve Sigortacılık</t>
+          <t>Entegre Lojistik Yönetimi</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>599.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786052424803</t>
+          <t>9786053776963</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Dersleri (Özel Hükümler)</t>
+          <t>Endüstriyel Pazarlama Rekabetsel Yaklaşım</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>1295</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786053779988</t>
+          <t>9786052427781</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Akım Devreleri-Problem Çözümleri</t>
+          <t>Hukukta Yöntembilim</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>499.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052429143</t>
+          <t>9786052422717</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklığın Kendi Paylarını İktisabı</t>
+          <t>Kitle İletişim Hukuku</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>399.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786254236433</t>
+          <t>9786052428382</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yönetimi: Dijitalleşme ve Güncel Tartışmalar</t>
+          <t>Kıymetli Evrak Hukuku Ders Notları</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>379.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786254236600</t>
+          <t>9786052428269</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Pazarlama</t>
+          <t>Kıyı Mühendisliği</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>249.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786254236426</t>
+          <t>9786052423585</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği – Türkiye İlişkilerinde Normatif Dönüşüm</t>
+          <t>Kavram ve Kuramlarıyla Reklam</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786254235900</t>
+          <t>9786053339847</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Dünya’dan Örneklerle Kamu Diplomasisi</t>
+          <t>Devletler Hususi Hukuku</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>299.5</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786254236341</t>
+          <t>9786053773917</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Avukatların Görev Suçları, Yargılama Rejimi ve Disiplin Hukuku</t>
+          <t>Çalışma İlişkilerinin Evrimi</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786254235955</t>
+          <t>9786052422472</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Kovuşturmanın Mecburiliği İlkesi ve Kovuşturmaya Yer Olmadığı Kararları</t>
+          <t>Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>299.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786254235894</t>
+          <t>9786052420638</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Araştırmaları Metodolojik Yaklaşım</t>
+          <t>Ceza Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>699.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786254235979</t>
+          <t>9786053774518</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. F. Asuman Yalçın’a Armağan  Metaverse: Pazarlama ve Teknoloji</t>
+          <t>Baraj Güvenliği</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>349.5</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786254235528</t>
+          <t>9786053334521</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Ekonomisinden - Dönüşüm Ekonomisine</t>
+          <t>Banka Hukuku</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786053335085</t>
+          <t>9786052428160</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>LYS'ye Hazırlık - Türk Edebiyatında 26 Durak 254 Şair ve Yazar</t>
+          <t>Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>42.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786053339045</t>
+          <t>9786053775096</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>E-Tüketim Bakış Açısı İle Yaşam Tarzları</t>
+          <t>Baraj Planlama ve Tasarımı Cilt 2</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>35</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786053339342</t>
+          <t>9786254237706</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>İşyerlerinin Faaliyetten Men'i ve Para Cezaları (Ciltli)</t>
+          <t>Ulusal ve Uluslararası Hukukta Kültür Varlıklarına İlişkin Uyuşmazlıkların Çözüm Mekanizmaları</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>59.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786053339540</t>
+          <t>9786254237690</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Deneyim Kalitesi</t>
+          <t>Tedarik Zincirinde Süreç ve Performans Yönetimi</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>32.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786254235542</t>
+          <t>9789752956698</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişim ile Bütünleşti</t>
+          <t>İdari Yargıda Dava Açma ve Davaların Takip Usulü</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>239.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786254235443</t>
+          <t>9786254237638</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu</t>
+          <t>Yönetim Araştırmalarında Temel Kavramlar ve Sık Sorulan Sorulara Cevaplar</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>69.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786254235511</t>
+          <t>9786052421925</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Reklam Kampanyası Yönetimi</t>
+          <t>Stratejik Yönetim ve İşletme Politikası</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>349.5</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786254235337</t>
+          <t>9786052426432</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yatırım Araçları</t>
+          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>399.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786254234996</t>
+          <t>9786254237539</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalarım II (Ciltli)</t>
+          <t>Farklı Hukuk Disiplinleri Gözüyle Kültür ve Tabiat Varlıklarının Korunması</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>979.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786052423103</t>
+          <t>9786254237362</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş 2</t>
+          <t>Export Administration Regulations</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>349.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786053339243</t>
+          <t>9786254237355</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret İşlemleri ve Muhasebesi</t>
+          <t>Marina İşletmeciliği</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>279.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786254234675</t>
+          <t>9786254237003</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Gümrük Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Vergi Hukuku (Genel) Ders Notları</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>1699</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786254234668</t>
+          <t>9786254237010</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetimde Denetim Komitelerinin Önemi ve Etkisi</t>
+          <t>Verilerle Mükemmellik</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>499.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786254234378</t>
+          <t>9786052425077</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>İdari Mahkemelerin Yargılama Yetkisinin Kapsam ve Sınırı</t>
+          <t>A’dan Z’ye Mobil Pazarlama</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>299.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786254234231</t>
+          <t>9786053338734</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim’in Hayatı Öğretisindeki Bilgiler</t>
+          <t>Sigorta ve Sigortacılık</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>249.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786254233555</t>
+          <t>9786052424803</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimde Kavramlar ve Uygulamalar</t>
+          <t>Borçlar Hukuku Dersleri (Özel Hükümler)</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>249.5</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786254233135</t>
+          <t>9786053779988</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşletme Yönetimi Strateji, Davranış ve İnsan Kaynakları</t>
+          <t>Alternatif Akım Devreleri-Problem Çözümleri</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>399.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786254233012</t>
+          <t>9786052429143</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>ABD Savunma İhracat Kontrol Düzenlemeleri ITAR (Ciltli)</t>
+          <t>Anonim Ortaklığın Kendi Paylarını İktisabı</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>1249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786254232336</t>
+          <t>9786254236433</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu Görevlileri Sendikalarının Faaliyetleri ve Rol Model Ülkelerin Sendikaları ile Mukayesesi</t>
+          <t>İnsan Yönetimi: Dijitalleşme ve Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>329.5</v>
+        <v>379.5</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786254232824</t>
+          <t>9786254236600</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Organizasyon</t>
+          <t>Gerilla Pazarlama</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>229.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786052421758</t>
+          <t>9786254236426</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku Uygulamaları</t>
+          <t>Avrupa Birliği – Türkiye İlişkilerinde Normatif Dönüşüm</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786254232343</t>
+          <t>9786254235900</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku</t>
+          <t>Dünya’dan Örneklerle Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C1154" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786254232350</t>
+          <t>9786254236341</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletme Hukuku</t>
+          <t>Avukatların Görev Suçları, Yargılama Rejimi ve Disiplin Hukuku</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786052426654</t>
+          <t>9786254235955</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Finansal Tablolar Analizi</t>
+          <t>Kovuşturmanın Mecburiliği İlkesi ve Kovuşturmaya Yer Olmadığı Kararları</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>449.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786254232077</t>
+          <t>9786254235894</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Kamu Görevlileri Sendikaları Hukuku ve Sendikal Faaliyetler</t>
+          <t>Pazarlama Araştırmaları Metodolojik Yaklaşım</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>329.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786052426678</t>
+          <t>9786254235979</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyonda Örnek Olaylar 2</t>
+          <t>Prof. Dr. F. Asuman Yalçın’a Armağan  Metaverse: Pazarlama ve Teknoloji</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786254231964</t>
+          <t>9786254235528</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Hakkari'de Kadın</t>
+          <t>Deneyim Ekonomisinden - Dönüşüm Ekonomisine</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786254231902</t>
+          <t>9786053335085</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlamada Temel Stratejiler</t>
+          <t>LYS'ye Hazırlık - Türk Edebiyatında 26 Durak 254 Şair ve Yazar</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>229.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786254231971</t>
+          <t>9786053339045</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Ücrete Bağlı Çalışmaktan Kaçınma Hakkı</t>
+          <t>E-Tüketim Bakış Açısı İle Yaşam Tarzları</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>499.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786254231841</t>
+          <t>9786053339342</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Strateji ve Stratejik İnsan Kaynakları Yönetimi</t>
+          <t>İşyerlerinin Faaliyetten Men'i ve Para Cezaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>499.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786254231858</t>
+          <t>9786053339540</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Hukuku</t>
+          <t>Tüketici Deneyim Kalitesi</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>399.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786254361548</t>
+          <t>9786254235542</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Hukukunda Anonim Ortaklıkta Pay Sahibinin Bilgi Alma ve İnceleme Hakkı’nın Mahkeme Aracılığıyla Kullanılmasında Mahkemenin Kararının Kesinliği Sorunu</t>
+          <t>Pazarlama İletişim ile Bütünleşti</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>349.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786254365775</t>
+          <t>9786254235443</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 ve İşletme Yönetimi</t>
+          <t>İdari Yargılama Usulü Kanunu</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>399.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786254365751</t>
+          <t>9786254235511</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletmenin Devri</t>
+          <t>Reklam Kampanyası Yönetimi</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786254361289</t>
+          <t>9786254235337</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Uluslararası Andlaşmaların Bağlayıcılık Kazanması</t>
+          <t>Finansal Yatırım Araçları</t>
         </is>
       </c>
       <c r="C1167" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786254361463</t>
+          <t>9786254234996</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Yasadışı Dijital Medya</t>
+          <t>Hukuki Mütalaalarım II (Ciltli)</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>349.5</v>
+        <v>979.5</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786254361494</t>
+          <t>9786052423103</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Business Design Workshops</t>
+          <t>İktisada Giriş 2</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>279.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786053332336</t>
+          <t>9786053339243</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşam ve Pazarlama</t>
+          <t>Dış Ticaret İşlemleri ve Muhasebesi</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>49.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786254360381</t>
+          <t>9786254234675</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Borçlunun Temerrüdünde Aynen İfa</t>
+          <t>Gümrük Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>399.5</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786254360374</t>
+          <t>9786254234668</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukuku Açısından Kısmi Süreli İş Sözleşmeleri</t>
+          <t>Kurumsal Yönetimde Denetim Komitelerinin Önemi ve Etkisi</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>399.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786052427200</t>
+          <t>9786254234378</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Hukuku</t>
+          <t>İdari Mahkemelerin Yargılama Yetkisinin Kapsam ve Sınırı</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786052426463</t>
+          <t>9786254234231</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Hukukta İş Güvenliği Uzmanlığı</t>
+          <t>Hz. İbrahim’in Hayatı Öğretisindeki Bilgiler</t>
         </is>
       </c>
       <c r="C1174" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786052424742</t>
+          <t>9786254233555</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Sürdürülebilirlik: Sosyal Bilimlere Dayalı Perspektif</t>
+          <t>Dijital İletişimde Kavramlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1175" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786052420218</t>
+          <t>9786254233135</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>İlkeler Işığı Altında Medeni Yargılama Hukuku</t>
+          <t>Uluslararası İşletme Yönetimi Strateji, Davranış ve İnsan Kaynakları</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>35</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786052425381</t>
+          <t>9786254233012</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Dijital Elektronik</t>
+          <t>ABD Savunma İhracat Kontrol Düzenlemeleri ITAR (Ciltli)</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>899.5</v>
+        <v>1249.5</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786052424377</t>
+          <t>9786254232336</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve İletişim</t>
+          <t>Türk Kamu Görevlileri Sendikalarının Faaliyetleri ve Rol Model Ülkelerin Sendikaları ile Mukayesesi</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>349.5</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786052427675</t>
+          <t>9786254232824</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmeciliği (Ciltli)</t>
+          <t>Öğrenen Organizasyon</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>189.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786052424117</t>
+          <t>9786052421758</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticari Akitlerin Hazırlanması ve Uyuşmazlıkların Çözüm Yolları (Ciltli)</t>
+          <t>Kıymetli Evrak Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>899.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786053334255</t>
+          <t>9786254232343</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Konut Pazarlaması</t>
+          <t>Kıymetli Evrak Hukuku</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786052422557</t>
+          <t>9786254232350</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Temel Eğitimi</t>
+          <t>Ticari İşletme Hukuku</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>649.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789752951792</t>
+          <t>9786052426654</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Türk Film Eleştirisi (1950-2002)</t>
+          <t>Finansal Tablolar Analizi</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>349.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786053330929</t>
+          <t>9786254232077</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Kara Yolu Yük Taşımacılığı</t>
+          <t>Kamu Görevlileri Sendikaları Hukuku ve Sendikal Faaliyetler</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>179.5</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786052425404</t>
+          <t>9786052426678</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış</t>
+          <t>Yönetim ve Organizasyonda Örnek Olaylar 2</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>599.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786254360619</t>
+          <t>9786254231964</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Liderlik: Grup ve Takım Liderliği</t>
+          <t>Hakkari'de Kadın</t>
         </is>
       </c>
       <c r="C1186" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786052429006</t>
+          <t>9786254231902</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Etik Adalet Sosyal Umut</t>
+          <t>Uluslararası Pazarlamada Temel Stratejiler</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>239.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786053779476</t>
+          <t>9786254231971</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>İçel Ceza Hukuku Genel Hükümler 2</t>
+          <t>Ücrete Bağlı Çalışmaktan Kaçınma Hakkı</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786052427057</t>
+          <t>9786254231841</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Matematik 2</t>
+          <t>Örgütsel Strateji ve Stratejik İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786052421949</t>
+          <t>9786254231858</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Sosyolojisi Tarihi</t>
+          <t>Kitle İletişim Hukuku</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786254361678</t>
+          <t>9786254361548</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Sosyal Medya Pazarlaması</t>
+          <t>Türk Ticaret Hukukunda Anonim Ortaklıkta Pay Sahibinin Bilgi Alma ve İnceleme Hakkı’nın Mahkeme Aracılığıyla Kullanılmasında Mahkemenin Kararının Kesinliği Sorunu</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786254362101</t>
+          <t>9786254365775</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Mahkeme Kararlarıyla Milletlerarası Özel Hukuk El Kitabı</t>
+          <t>Endüstri 4.0 ve İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786254361487</t>
+          <t>9786254365751</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Mobil Pazarlama</t>
+          <t>Ticari İşletmenin Devri</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>199.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786254361517</t>
+          <t>9786254361289</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyonda Örnek Olaylar 1</t>
+          <t>Türk Hukukunda Uluslararası Andlaşmaların Bağlayıcılık Kazanması</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786254361609</t>
+          <t>9786254361463</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu’na Göre Vakıfların Kuruluşu, İşleyişi ve Sona Ermesi</t>
+          <t>Yasadışı Dijital Medya</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786254361685</t>
+          <t>9786254361494</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>İfade Özgürlüğü Bağlamında Halkı Kin ve Düşmanlığa Tahrik ve Halkın Bir Kesiminin Alenen Aşağılanması Suçları</t>
+          <t>Business Design Workshops</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>349.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786254361500</t>
+          <t>9786053332336</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin Hesaplamalı Hidrolik</t>
+          <t>Sağlıklı Yaşam ve Pazarlama</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786254361166</t>
+          <t>9786254360381</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Mekansal Ekonometri</t>
+          <t>Borçlunun Temerrüdünde Aynen İfa</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786254361081</t>
+          <t>9786254360374</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Halkla İlişkiler Yönetimi</t>
+          <t>Bireysel İş Hukuku Açısından Kısmi Süreli İş Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>259.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786254361067</t>
+          <t>9786052427200</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 5.0 - Dijital Toplum Pazarlama ve Teknoloji</t>
+          <t>Türk Sosyal Hukuku</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786254361050</t>
+          <t>9786052426463</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Siber Operasyonlar ve Jus Ad Bellum</t>
+          <t>Ulusal ve Uluslararası Hukukta İş Güvenliği Uzmanlığı</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786254360794</t>
+          <t>9786052424742</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Liderlik - Bütçe ve Planlama Yaklaşımıyla Eğitim Liderliği</t>
+          <t>21. Yüzyılda Sürdürülebilirlik: Sosyal Bilimlere Dayalı Perspektif</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>239.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786254360671</t>
+          <t>9786052420218</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Devlet Birey Hukuk İlişkisi (Ciltli)</t>
+          <t>İlkeler Işığı Altında Medeni Yargılama Hukuku</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>699.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786254360626</t>
+          <t>9786052425381</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>İş İlişkisinde İşçinin Özel Yaşamının Gizliliği</t>
+          <t>Dijital Elektronik</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>399.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786254360787</t>
+          <t>9786052424377</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Küresel Girişimcilik</t>
+          <t>Halkla İlişkiler ve İletişim</t>
         </is>
       </c>
       <c r="C1205" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786254360480</t>
+          <t>9786052427675</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Marka Nefreti</t>
+          <t>Sağlık İşletmeciliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>299.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786254360466</t>
+          <t>9786052424117</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Liderlik</t>
+          <t>Uluslararası Ticari Akitlerin Hazırlanması ve Uyuşmazlıkların Çözüm Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>239.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786254360398</t>
+          <t>9786053334255</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme Çağında Değişen İletişim Dinamikleri</t>
+          <t>Konut Pazarlaması</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>139.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786254360596</t>
+          <t>9786052422557</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Turkish Penal Procedure Code</t>
+          <t>İş Sağlığı ve Güvenliği Temel Eğitimi</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>449.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786053335504</t>
+          <t>9789752951792</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Kişilere Karşı İşlenen Suçlar Cilt 1</t>
+          <t>Örneklerle Türk Film Eleştirisi (1950-2002)</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>479.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786254360084</t>
+          <t>9786053330929</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Hukukunda Oyuncu</t>
+          <t>Kara Yolu Yük Taşımacılığı</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>399.5</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786254360091</t>
+          <t>9786052425404</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Franchise Sözleşmeleri</t>
+          <t>Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>349.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786254360039</t>
+          <t>9786254360619</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Liderlik: Grup ve Takım Liderliği</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786052429662</t>
+          <t>9786052429006</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Küresel Markalarda Marka Rezonansından Marka Aşkına</t>
+          <t>Etik Adalet Sosyal Umut</t>
         </is>
       </c>
       <c r="C1214" s="1">
         <v>239.5</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786052429730</t>
+          <t>9786053779476</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Polislik Kurumunun İnşası ve Polislerin Meslek Örgütlenmesi: Türkiye, İngiltere ve Fransa Örnekleri</t>
+          <t>İçel Ceza Hukuku Genel Hükümler 2</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786052429631</t>
+          <t>9786052427057</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’ye Sığınan Yabancıların Aile ve Şahsın Hukuku Davaları</t>
+          <t>Matematik 2</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786052429648</t>
+          <t>9786052421949</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Liderlikte Yeni Bir Yaklaşım: 360° Liderlik</t>
+          <t>Çocukluk Sosyolojisi Tarihi</t>
         </is>
       </c>
       <c r="C1217" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786052429617</t>
+          <t>9786254361678</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Odak Grup Görüşmeleri</t>
+          <t>Stratejik Sosyal Medya Pazarlaması</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>279.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786052429587</t>
+          <t>9786254362101</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Liderlik - Teori ve Uygulama</t>
+          <t>Mahkeme Kararlarıyla Milletlerarası Özel Hukuk El Kitabı</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786052429594</t>
+          <t>9786254361487</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Yönünden Asıl İşveren Alt İşveren İlişkisi</t>
+          <t>Stratejik Mobil Pazarlama</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>499.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786052429624</t>
+          <t>9786254361517</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yakalı Çiftçiler</t>
+          <t>Yönetim ve Organizasyonda Örnek Olaylar 1</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786052429563</t>
+          <t>9786254361609</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Psikolojisi</t>
+          <t>Türk Medeni Kanunu’na Göre Vakıfların Kuruluşu, İşleyişi ve Sona Ermesi</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786052429570</t>
+          <t>9786254361685</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Danıştay Kararları Işığında Kamu Görevlilerinde Özel Hayat</t>
+          <t>İfade Özgürlüğü Bağlamında Halkı Kin ve Düşmanlığa Tahrik ve Halkın Bir Kesiminin Alenen Aşağılanması Suçları</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786052429471</t>
+          <t>9786254361500</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Marka Yönetimi</t>
+          <t>Mühendisler İçin Hesaplamalı Hidrolik</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786052428511</t>
+          <t>9786254361166</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Örgüt İçi Davranışsal Psikoloji</t>
+          <t>Mekansal Ekonometri</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786052429556</t>
+          <t>9786254361081</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Çerçeveleme ve Tüketici Risk Algısı</t>
+          <t>Stratejik Halkla İlişkiler Yönetimi</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>279.5</v>
+        <v>259.5</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786052429488</t>
+          <t>9786254361067</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>İşçinin Yan Yükümlülükleri</t>
+          <t>Endüstri 5.0 - Dijital Toplum Pazarlama ve Teknoloji</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>549.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786052429440</t>
+          <t>9786254361050</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kobi Yönetimi</t>
+          <t>Siber Operasyonlar ve Jus Ad Bellum</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>249.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786052429419</t>
+          <t>9786254360794</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Bağımsız Denetimde Belgelendirme</t>
+          <t>Liderlik - Bütçe ve Planlama Yaklaşımıyla Eğitim Liderliği</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>249.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786052429334</t>
+          <t>9786254360671</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka</t>
+          <t>Devlet Birey Hukuk İlişkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>299.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786052429303</t>
+          <t>9786254360626</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Hakkaniyet Odaklı Yargılama Perspektifi (Özel Yükümlülüğü) (Ciltli)</t>
+          <t>İş İlişkisinde İşçinin Özel Yaşamının Gizliliği</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>649.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786052429297</t>
+          <t>9786254360787</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında Kadın</t>
+          <t>Küresel Girişimcilik</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786052429204</t>
+          <t>9786254360480</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri</t>
+          <t>Marka Nefreti</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786052429198</t>
+          <t>9786254360466</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Düşüncesi ve Popüler Kültür Altında Örgütsel Davranışlar</t>
+          <t>Liderlik</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786052429259</t>
+          <t>9786254360398</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon Hedeflemesi ve Ülke Deneyimleri</t>
+          <t>Dijitalleşme Çağında Değişen İletişim Dinamikleri</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>229.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786052429273</t>
+          <t>9786254360596</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>7242 Sayılı Kanunla Yapılan Değişikliklere İlişkin Değerlendirmeler</t>
+          <t>Turkish Penal Procedure Code</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>299.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786052429136</t>
+          <t>9786053335504</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Nöroliderlik</t>
+          <t>Kişilere Karşı İşlenen Suçlar Cilt 1</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>299.5</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786052429013</t>
+          <t>9786254360084</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>İdare Aleyhine Açılan Sağlık Hizmeti Sunumundan Kaynaklı Tam Yargı (Tazminat) Davaları (Ciltli)</t>
+          <t>İş ve Sosyal Güvenlik Hukukunda Oyuncu</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>449.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786052428993</t>
+          <t>9786254360091</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Sonrası Değişim ve Dijital İşletme</t>
+          <t>Milletlerarası Özel Hukukta Franchise Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1239" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786052428733</t>
+          <t>9786254360039</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Tasarrufa Dayalı Finans Sistemi ve Yapı Tasarruf Sandığı Sistemi</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>239.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786052428726</t>
+          <t>9786052429662</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Saving-Based Finance System and Building-Savings Fund System</t>
+          <t>Küresel Markalarda Marka Rezonansından Marka Aşkına</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>249.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786052428719</t>
+          <t>9786052429730</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Saving-Based Finance System</t>
+          <t>Polislik Kurumunun İnşası ve Polislerin Meslek Örgütlenmesi: Türkiye, İngiltere ve Fransa Örnekleri</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786052428979</t>
+          <t>9786052429631</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Spor Mağazacılığında Hizmet Kalitesi ve Marka Sadakati İlişkisi</t>
+          <t>Türkiye’ye Sığınan Yabancıların Aile ve Şahsın Hukuku Davaları</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>239.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786052424186</t>
+          <t>9786052429648</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Tasarrufa Dayalı Finans Sistemi</t>
+          <t>Liderlikte Yeni Bir Yaklaşım: 360° Liderlik</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786052428986</t>
+          <t>9786052429617</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Girişimci Kobilerde E-Pazarlama Odaklılık</t>
+          <t>Odak Grup Görüşmeleri</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>249.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9780000554970</t>
+          <t>9786052429587</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bebek - Kontrast Renkler Seti (4 Kitap Takım) (Ciltli)</t>
+          <t>Liderlik - Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>598</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786052428856</t>
+          <t>9786052429594</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletlerarası Usul Hukukunda Milletlerarası Derdestlik ve Bağlantılı Dava İtirazı</t>
+          <t>İş Sağlığı ve Güvenliği Yönünden Asıl İşveren Alt İşveren İlişkisi</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>399.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786052428801</t>
+          <t>9786052429624</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Dünya Mutfak Kültürleri</t>
+          <t>Beyaz Yakalı Çiftçiler</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786052428696</t>
+          <t>9786052429563</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Erk’ek Şiddeti ile Mücadele</t>
+          <t>Tüketici Psikolojisi</t>
         </is>
       </c>
       <c r="C1249" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786052428375</t>
+          <t>9786052429570</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamında Yetenek 4.0</t>
+          <t>Danıştay Kararları Işığında Kamu Görevlilerinde Özel Hayat</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786052428795</t>
+          <t>9786052429471</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Sürecinde Milletlerarası Özel Hukuk</t>
+          <t>Marka Yönetimi</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>349.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786052428702</t>
+          <t>9786052428511</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Başvuruda Özel Hayata ve Aile Hayatına Saygı Hakkı</t>
+          <t>Örgüt İçi Davranışsal Psikoloji</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786052428641</t>
+          <t>9786052429556</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>(Medeni) Hukukun Temel Kavramları</t>
+          <t>Çerçeveleme ve Tüketici Risk Algısı</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>499.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786052428450</t>
+          <t>9786052429488</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiye Notlar</t>
+          <t>İşçinin Yan Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>299.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786052428320</t>
+          <t>9786052429440</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Kutuplaşma ve Seçmen Davranışları Türkiye Örneği (Ocak 2012-Mart 2020)</t>
+          <t>Sorularla Kobi Yönetimi</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>189.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786052428337</t>
+          <t>9786052429419</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Ekonometri</t>
+          <t>Örneklerle Bağımsız Denetimde Belgelendirme</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786052428306</t>
+          <t>9786052429334</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Türü Aile Şirketlerinde Esas Sözleşme ve Aile Anayasası</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786052428245</t>
+          <t>9786052429303</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'nin Bireysel Başvuru Kararlarında Sendika Hakkı</t>
+          <t>Hakkaniyet Odaklı Yargılama Perspektifi (Özel Yükümlülüğü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>499.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786052428108</t>
+          <t>9786052429297</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuka İlişkin Temel Mevzuat (Ciltli)</t>
+          <t>İş Yaşamında Kadın</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786052428139</t>
+          <t>9786052429204</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı-Tablolu Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat</t>
+          <t>Pazarlama İlkeleri</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>879.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786052428085</t>
+          <t>9786052429198</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Finansal ve Reel Yaşama Yansımaları</t>
+          <t>Yönetim Düşüncesi ve Popüler Kültür Altında Örgütsel Davranışlar</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786052427736</t>
+          <t>9786052429259</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Kabahatler Hukukunun Genel Esasları</t>
+          <t>Enflasyon Hedeflemesi ve Ülke Deneyimleri</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>399.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786052427774</t>
+          <t>9786052429273</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Türk Havayolu Taşımacılığı Alanında Kurumsal Değişim</t>
+          <t>7242 Sayılı Kanunla Yapılan Değişikliklere İlişkin Değerlendirmeler</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786052427729</t>
+          <t>9786052429136</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukuna Giriş</t>
+          <t>Nöroliderlik</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>899.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786052427187</t>
+          <t>9786052429013</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Depremin Faydaları</t>
+          <t>İdare Aleyhine Açılan Sağlık Hizmeti Sunumundan Kaynaklı Tam Yargı (Tazminat) Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>499.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786052427149</t>
+          <t>9786052428993</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış</t>
+          <t>Covid-19 Sonrası Değişim ve Dijital İşletme</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>599.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786052427125</t>
+          <t>9786052428733</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk ve Usul Hukukunda Zamanaşımı (Ciltli)</t>
+          <t>Tasarrufa Dayalı Finans Sistemi ve Yapı Tasarruf Sandığı Sistemi</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>349.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786052427378</t>
+          <t>9786052428726</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Etik</t>
+          <t>Saving-Based Finance System and Building-Savings Fund System</t>
         </is>
       </c>
       <c r="C1268" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786052427217</t>
+          <t>9786052428719</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Yaklaşımları</t>
+          <t>Saving-Based Finance System</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>229.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786052427156</t>
+          <t>9786052428979</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigorta Primlerinde Zamanaşımı</t>
+          <t>Spor Mağazacılığında Hizmet Kalitesi ve Marka Sadakati İlişkisi</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>399.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786052427118</t>
+          <t>9786052424186</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Kereste Endüstrisinde Maliyet Hesaplamaları ve Stratejik Maliyet Yönetimi</t>
+          <t>Tasarrufa Dayalı Finans Sistemi</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786052426975</t>
+          <t>9786052428986</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Dijital Offroad</t>
+          <t>Uluslararası Girişimci Kobilerde E-Pazarlama Odaklılık</t>
         </is>
       </c>
       <c r="C1272" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786052426951</t>
+          <t>9786052428856</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'den Uygulama Örnekleriyle Bütünleşik Pazarlama İletişimi</t>
+          <t>Türk Milletlerarası Usul Hukukunda Milletlerarası Derdestlik ve Bağlantılı Dava İtirazı</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786052426937</t>
+          <t>9786052428801</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketler</t>
+          <t>Dünya Mutfak Kültürleri</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786052426920</t>
+          <t>9786052428696</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Vergi ve Temel Haklar İncelemeleri 1</t>
+          <t>Kadına Yönelik Erk’ek Şiddeti ile Mücadele</t>
         </is>
       </c>
       <c r="C1275" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786052426944</t>
+          <t>9786052428375</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kurumsal Tahkim</t>
+          <t>Çalışma Yaşamında Yetenek 4.0</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786052426777</t>
+          <t>9786052428795</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Haberleşmenin Gizliliğini İhlal Suçları</t>
+          <t>Covid-19 Sürecinde Milletlerarası Özel Hukuk</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786052427583</t>
+          <t>9786052428702</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukun Esasları</t>
+          <t>Bireysel Başvuruda Özel Hayata ve Aile Hayatına Saygı Hakkı</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>649.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786052428634</t>
+          <t>9786052428641</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk</t>
+          <t>(Medeni) Hukukun Temel Kavramları</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>449.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786052426470</t>
+          <t>9786052428450</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Finans Yazıları 4</t>
+          <t>Yöneticiye Notlar</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786052426692</t>
+          <t>9786052428320</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Hindistan</t>
+          <t>Kutuplaşma ve Seçmen Davranışları Türkiye Örneği (Ocak 2012-Mart 2020)</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>299.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786052426586</t>
+          <t>9786052428337</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesinde Yenilikçi Yaklaşımlar</t>
+          <t>Ekonometri</t>
         </is>
       </c>
       <c r="C1282" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786052426562</t>
+          <t>9786052428306</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Finansal Raporlama Standartları Uygulamaları</t>
+          <t>Anonim Şirket Türü Aile Şirketlerinde Esas Sözleşme ve Aile Anayasası</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>899.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786052426487</t>
+          <t>9786052428245</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Veri Madenciliği Uygulamaları</t>
+          <t>Anayasa Mahkemesi'nin Bireysel Başvuru Kararlarında Sendika Hakkı</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786052426524</t>
+          <t>9786052428108</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Demiryoluyla Uluslararası Eşya Taşıma (CIM 1999)</t>
+          <t>Milletlerarası Özel Hukuka İlişkin Temel Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>349.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786052426494</t>
+          <t>9786052428139</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Yöntem</t>
+          <t>Karşılaştırmalı-Tablolu Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>349.5</v>
+        <v>879.5</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786052423943</t>
+          <t>9786052428085</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi ve Maliyesi 1923-2023</t>
+          <t>Küreselleşmenin Finansal ve Reel Yaşama Yansımaları</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786052426081</t>
+          <t>9786052427736</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Envanter ve Finansal Tablolar</t>
+          <t>Kabahatler Hukukunun Genel Esasları</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>699.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786052426128</t>
+          <t>9786052427774</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku El Kitabı</t>
+          <t>Türk Havayolu Taşımacılığı Alanında Kurumsal Değişim</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786052425817</t>
+          <t>9786052427729</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yöneticiliği</t>
+          <t>Türk Ceza Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>1299.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786052425985</t>
+          <t>9786052427187</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Türkiyedeki Hava Aracı Bakım İşletmelerinde Olumlu Emniyet Kültürünü Destekleyen Bir Disiplin Sistemi Önerisi</t>
+          <t>Depremin Faydaları</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>239.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786052425763</t>
+          <t>9786052427149</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
+          <t>Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>699.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786052425954</t>
+          <t>9786052427125</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukukunun Genel İlkeleri</t>
+          <t>Milletlerarası Özel Hukuk ve Usul Hukukunda Zamanaşımı (Ciltli)</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786052425756</t>
+          <t>9786052427378</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesinin İdari Davalarla İlgili Yargılama Ayrıntıları</t>
+          <t>İnsan Kaynakları Yönetiminde Etik</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786052425596</t>
+          <t>9786052427217</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Airline Business and Economics Textbook</t>
+          <t>Tüketim Yaklaşımları</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>279.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786052425602</t>
+          <t>9786052427156</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Avro - Dünü Bugünü ve Yarını</t>
+          <t>Sosyal Sigorta Primlerinde Zamanaşımı</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786052425749</t>
+          <t>9786052427118</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Daimi Adalet Divanı</t>
+          <t>Kereste Endüstrisinde Maliyet Hesaplamaları ve Stratejik Maliyet Yönetimi</t>
         </is>
       </c>
       <c r="C1297" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786052425701</t>
+          <t>9786052426975</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Finans Yazıları 3</t>
+          <t>Dijital Offroad</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786052425657</t>
+          <t>9786052426951</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Ölçülülük İlkesi (Ciltli)</t>
+          <t>Türkiye'den Uygulama Örnekleriyle Bütünleşik Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>549.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786052425671</t>
+          <t>9786052426937</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetimine Güncel Bakış</t>
+          <t>Anonim Şirketler</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786052425688</t>
+          <t>9786052426920</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Performans Değerlendirmede Kurumsal Karne</t>
+          <t>Vergi ve Temel Haklar İncelemeleri 1</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9780000999870</t>
+          <t>9786052426944</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Kaşifler Akademisi Seti (3 Kitap)</t>
+          <t>Türkiye’de Kurumsal Tahkim</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>1035</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9780000999528</t>
+          <t>9786052426777</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Sevimli Hayvanlar Seti 6 Kitap</t>
+          <t>Ceza Hukukunda Haberleşmenin Gizliliğini İhlal Suçları</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>1047</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786052425589</t>
+          <t>9786052427583</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Marka Kişiliği</t>
+          <t>Uluslararası Hukukun Esasları</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>299.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786052425725</t>
+          <t>9786052428634</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbolcunun İş İlişkisinin Sona Ermesi ve Sonuçları</t>
+          <t>Medeni Hukuk</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786052425572</t>
+          <t>9786052426470</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Politikalar ve Endüstri İlişkilerinin Geleceği</t>
+          <t>İşletme ve Finans Yazıları 4</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786052425626</t>
+          <t>9786052426692</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Havayolu Yolcu Taşımacılığında Fiyatlama</t>
+          <t>Hindistan</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786052425640</t>
+          <t>9786052426586</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Finansal Piyasalar</t>
+          <t>Yönetim Muhasebesinde Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786052425619</t>
+          <t>9786052426562</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>İhracat Performansı</t>
+          <t>Türkiye Finansal Raporlama Standartları Uygulamaları</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>299.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786052425442</t>
+          <t>9786052426487</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Turizmde Yavaş Şehir: Seferihisar Örneği</t>
+          <t>Pazarlamada Veri Madenciliği Uygulamaları</t>
         </is>
       </c>
       <c r="C1310" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786052425435</t>
+          <t>9786052426524</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Bütünleştirici Bir Paradigma: Kurumsal Pazarlama</t>
+          <t>Demiryoluyla Uluslararası Eşya Taşıma (CIM 1999)</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>279.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786052425367</t>
+          <t>9786052426494</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm</t>
+          <t>Hukukta Yöntem</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786052425428</t>
+          <t>9786052423943</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi ve Örgüt İçi Etkileşim</t>
+          <t>Türkiye Ekonomisi ve Maliyesi 1923-2023</t>
         </is>
       </c>
       <c r="C1313" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786052425350</t>
+          <t>9786052426081</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Liderlikte Etik Toplumsal Sorumluluk Kültür</t>
+          <t>Envanter ve Finansal Tablolar</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>349.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786052425268</t>
+          <t>9786052426128</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Derlemeler - 1</t>
+          <t>Ceza Muhakemesi Hukuku El Kitabı</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>189.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786052425305</t>
+          <t>9786052425817</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasaları ve Finansal Kurumlar</t>
+          <t>İşletme Yöneticiliği</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>299.5</v>
+        <v>1399.5</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786052425275</t>
+          <t>9786052425985</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanununda Düzenlenen Kısmi Süreli İş Sözleşmeleri</t>
+          <t>Türkiyedeki Hava Aracı Bakım İşletmelerinde Olumlu Emniyet Kültürünü Destekleyen Bir Disiplin Sistemi Önerisi</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786052425329</t>
+          <t>9786052425763</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Çalışanların İş Sağlığı ve Güvenliği Yükümlülükleri</t>
+          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>249.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786052425312</t>
+          <t>9786052425954</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Temelinde Sigortacılık ve Tekafülü Anlamak</t>
+          <t>Ticaret Hukukunun Genel İlkeleri</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786052425060</t>
+          <t>9786052425756</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Göç</t>
+          <t>Avrupa İnsan Hakları Mahkemesinin İdari Davalarla İlgili Yargılama Ayrıntıları</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786052425220</t>
+          <t>9786052425596</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim</t>
+          <t>Airline Business and Economics Textbook</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>499.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786052425190</t>
+          <t>9786052425602</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Fitness Hizmetleri ve Pazarlaması</t>
+          <t>Avro - Dünü Bugünü ve Yarını</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>279.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786052424995</t>
+          <t>9786052425749</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Havacılık Sektöründe Bir Uygulama</t>
+          <t>Uluslararası Daimi Adalet Divanı</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>229.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786052424728</t>
+          <t>9786052425701</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Pazarlama</t>
+          <t>İşletme ve Finans Yazıları 3</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786052425015</t>
+          <t>9786052425657</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yeni İktisat Deneysel İktisat</t>
+          <t>İş Hukukunda Ölçülülük İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>149.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786052424827</t>
+          <t>9786052425671</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Mevzuatı Eylül 2019</t>
+          <t>Toplam Kalite Yönetimine Güncel Bakış</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>38</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786052424308</t>
+          <t>9786052425688</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Güç ve Politika</t>
+          <t>Stratejik Performans Değerlendirmede Kurumsal Karne</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>239.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786052424711</t>
+          <t>9786052425589</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler TCK m. 1-75</t>
+          <t>Marka Kişiliği</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>849.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786052427040</t>
+          <t>9786052425725</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
+          <t>Profesyonel Futbolcunun İş İlişkisinin Sona Ermesi ve Sonuçları</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>1299.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786053332282</t>
+          <t>9786052425572</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nde Bölgesel Kalkınma Ajansları</t>
+          <t>Ekonomik Politikalar ve Endüstri İlişkilerinin Geleceği</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786052424360</t>
+          <t>9786052425626</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Finans Yazıları 2</t>
+          <t>Uluslararası Havayolu Yolcu Taşımacılığında Fiyatlama</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786052424346</t>
+          <t>9786052425640</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olaylarla Örgütsel Davranış</t>
+          <t>Geçmişten Günümüze Finansal Piyasalar</t>
         </is>
       </c>
       <c r="C1332" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786053779001</t>
+          <t>9786052425619</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Matematik 1</t>
+          <t>İhracat Performansı</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786052424230</t>
+          <t>9786052425442</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 4 (Ciltli)</t>
+          <t>Uluslararası Turizmde Yavaş Şehir: Seferihisar Örneği</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>649.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786052424162</t>
+          <t>9786052425435</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Tasarrufa Dayalı Finans</t>
+          <t>Bütünleştirici Bir Paradigma: Kurumsal Pazarlama</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>199.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786052424124</t>
+          <t>9786052425367</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji İnovasyon ve Girişimcilik</t>
+          <t>Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786053331988</t>
+          <t>9786052425428</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politikada Ukrayna Krizi</t>
+          <t>İnsan Kaynakları Yönetimi ve Örgüt İçi Etkileşim</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786053335382</t>
+          <t>9786052425350</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Hukukuna İliştin Mevzuat ve Antlaşmalar</t>
+          <t>Liderlikte Etik Toplumsal Sorumluluk Kültür</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>174.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786053334880</t>
+          <t>9786052425268</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>İç Güvenlik İstihbaratı ve Kolluk</t>
+          <t>Derlemeler - 1</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>499.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786052424056</t>
+          <t>9786052425305</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>İşveren Markası</t>
+          <t>Sermaye Piyasaları ve Finansal Kurumlar</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786052424070</t>
+          <t>9786052425275</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukuna Giriş</t>
+          <t>4857 Sayılı İş Kanununda Düzenlenen Kısmi Süreli İş Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1341" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786052426609</t>
+          <t>9786052425329</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Deneyimi Yönetimi</t>
+          <t>Çalışanların İş Sağlığı ve Güvenliği Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786052423707</t>
+          <t>9786052425312</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku - Genel Hükümler El Kitabı</t>
+          <t>Hukuk Temelinde Sigortacılık ve Tekafülü Anlamak</t>
         </is>
       </c>
       <c r="C1343" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786053779285</t>
+          <t>9786052425060</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Tüketimin 1001 Hali</t>
+          <t>Uluslararası Göç</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786052428290</t>
+          <t>9786052425220</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Kamu Bütçesi</t>
+          <t>Finansal Yönetim</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786052423929</t>
+          <t>9786052425190</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Havalimanı Yatırımı Ekonomisi İşletmesi</t>
+          <t>Fitness Hizmetleri ve Pazarlaması</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>349.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786052423608</t>
+          <t>9786052424995</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yabancıların İkamet İzinleri</t>
+          <t>Havacılık Sektöründe Bir Uygulama</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>399.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786052423516</t>
+          <t>9786052424728</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Davranış</t>
+          <t>Sosyal Pazarlama</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786052423837</t>
+          <t>9786052425015</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Kira Sertifikalarıyla Sukuk Gayrimenkul Projelerinin Finansmanı</t>
+          <t>Yeniden Yeni İktisat Deneysel İktisat</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>299.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786052423714</t>
+          <t>9786052424827</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Teorisi</t>
+          <t>İnsan Hakları Mevzuatı Eylül 2019</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>349.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786052423691</t>
+          <t>9786052424308</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Emniyet Teşkilatı'nda İletişim Algısı ve Halkla İlişkiler Çalışmalarına Yansıması</t>
+          <t>Örgütlerde Güç ve Politika</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786052423684</t>
+          <t>9786052424711</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Terör ve Ekonomi</t>
+          <t>Ceza Hukuku Genel Hükümler TCK m. 1-75</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>112</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786052423769</t>
+          <t>9786052427040</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne Finansal Yükseliş</t>
+          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>299.5</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786052423592</t>
+          <t>9786053332282</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Finansal Piyasalar ve Kurumlar</t>
+          <t>Avrupa Birliği'nde Bölgesel Kalkınma Ajansları</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786052423622</t>
+          <t>9786052424360</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama ve Sosyoloji</t>
+          <t>İşletme ve Finans Yazıları 2</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786052423547</t>
+          <t>9786052424346</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Perakendecilikte Performans Ölçümü</t>
+          <t>Örnek Olaylarla Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786052423578</t>
+          <t>9786053779001</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigorta Prim Borçlarından Şahsi Sorumluluk</t>
+          <t>Matematik 1</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786052423370</t>
+          <t>9786052424230</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>E - Yönetişim</t>
+          <t>Makaleler 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>129.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786052423523</t>
+          <t>9786052424162</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Spor Turizminin Parametreleri</t>
+          <t>Tasarrufa Dayalı Finans</t>
         </is>
       </c>
       <c r="C1359" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786052423455</t>
+          <t>9786052424124</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Holdinglerde Piramit Yapılanma</t>
+          <t>Teknoloji İnovasyon ve Girişimcilik</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786052423424</t>
+          <t>9786053331988</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Grup Toplu İş Sözleşmeleri ve Çerçeve Sözleşmeler</t>
+          <t>Uluslararası Politikada Ukrayna Krizi</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786052423080</t>
+          <t>9786053335382</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Yabancılar Hukukuna İliştin Mevzuat ve Antlaşmalar</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>299.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786052423059</t>
+          <t>9786053334880</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Masamızda Marka Sohbetleri - 2</t>
+          <t>İç Güvenlik İstihbaratı ve Kolluk</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786052423127</t>
+          <t>9786052424056</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Sözlülük İlkesi</t>
+          <t>İşveren Markası</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786052423097</t>
+          <t>9786052424070</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Finans Yazıları 1</t>
+          <t>Sermaye Piyasası Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C1365" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786052423066</t>
+          <t>9786052426609</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Ekonomi Yazıları 1</t>
+          <t>Müşteri Deneyimi Yönetimi</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786052423042</t>
+          <t>9786052423707</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Sermaye Olarak Marka</t>
+          <t>Borçlar Hukuku - Genel Hükümler El Kitabı</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786052422977</t>
+          <t>9786053779285</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yönetim Sistemine Göre Türkiye'de Kamu Yönetimi</t>
+          <t>Tüketimin 1001 Hali</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>68</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786052422014</t>
+          <t>9786052428290</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Arduino - Gömülü Sistem Tasarımı (Embedded System Design)</t>
+          <t>Kamu Bütçesi</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786052422151</t>
+          <t>9786052423929</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Yeni Yaklaşımlar 2</t>
+          <t>Havalimanı Yatırımı Ekonomisi İşletmesi</t>
         </is>
       </c>
       <c r="C1370" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786052422205</t>
+          <t>9786052423608</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesi</t>
+          <t>Türk Hukukunda Yabancıların İkamet İzinleri</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786052426197</t>
+          <t>9786052423516</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Hukuku</t>
+          <t>Yönetim ve Davranış</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786052422878</t>
+          <t>9786052423837</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>İnternet Haberciliği: Kuram, Uygulama ve Eleştiri</t>
+          <t>Kira Sertifikalarıyla Sukuk Gayrimenkul Projelerinin Finansmanı</t>
         </is>
       </c>
       <c r="C1373" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786052422946</t>
+          <t>9786052423714</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>July 15 The Night At The End Of Days: The Nation Strikes</t>
+          <t>Pazarlama Teorisi</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>36</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786052422885</t>
+          <t>9786052423691</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk Dezavantajlı Gruplar Tüketici Tutumu</t>
+          <t>Emniyet Teşkilatı'nda İletişim Algısı ve Halkla İlişkiler Çalışmalarına Yansıması</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786052422847</t>
+          <t>9786052423684</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Portrelerle Anarşizm</t>
+          <t>Terör ve Ekonomi</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>349.5</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786052422854</t>
+          <t>9786052423769</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Siyasal, Ekonomik ve Entelektüel Boyutlarıyla İyi Yönetişim</t>
+          <t>Geçmişten Bugüne Finansal Yükseliş</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786052422694</t>
+          <t>9786052423592</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Araştırmalarında Yeni Açılım: Sinirbilim ve Nöropazarlama Perspektifi</t>
+          <t>Finansal Piyasalar ve Kurumlar</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786052423615</t>
+          <t>9786052423622</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Gelişim ve Psikoloji</t>
+          <t>Pazarlama ve Sosyoloji</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786052422670</t>
+          <t>9786052423547</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranışta ve İnsan Kaynakları Yönetimi Uygulamalarında Örgütsel Vatandaşlık Davranışı</t>
+          <t>Perakendecilikte Performans Ölçümü</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>65</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786052422526</t>
+          <t>9786052423578</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Temel İlk Yardım Uygulamaları Eğitim Kitabı</t>
+          <t>Sosyal Sigorta Prim Borçlarından Şahsi Sorumluluk</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786052421154</t>
+          <t>9786052423370</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Boşanmanın Çocuk Açısından Sonuçları</t>
+          <t>E - Yönetişim</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>299.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786052422502</t>
+          <t>9786052423523</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku</t>
+          <t>Spor Turizminin Parametreleri</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>499.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786052422274</t>
+          <t>9786052423455</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Temel İş Yasaları</t>
+          <t>Holdinglerde Piramit Yapılanma</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>69.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786052422458</t>
+          <t>9786052423424</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesi</t>
+          <t>Türk Hukukunda Grup Toplu İş Sözleşmeleri ve Çerçeve Sözleşmeler</t>
         </is>
       </c>
       <c r="C1385" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786052422229</t>
+          <t>9786052423080</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Gelişmekte Olan Ülkelerde Makroekonomik Değişkenlerin Hisse Senedi Piyasalarına Asimetrik Etkileri</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>69.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786052422342</t>
+          <t>9786052423059</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil İşletmelerde Güncel Eğilimler</t>
+          <t>Masamızda Marka Sohbetleri - 2</t>
         </is>
       </c>
       <c r="C1387" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786052422298</t>
+          <t>9786052423127</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>İkna Odaklı Halkla İlişkiler Yazarlığı</t>
+          <t>Sözlülük İlkesi</t>
         </is>
       </c>
       <c r="C1388" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786052422212</t>
+          <t>9786052423097</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetimde Harp Tarihi ve Askeri Harekat Tarihi İnceleme Esasları</t>
+          <t>İşletme ve Finans Yazıları 1</t>
         </is>
       </c>
       <c r="C1389" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786052422007</t>
+          <t>9786052423066</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku</t>
+          <t>İşletme ve Ekonomi Yazıları 1</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>749.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786052422175</t>
+          <t>9786052423042</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma Yöntemleri</t>
+          <t>Entelektüel Sermaye Olarak Marka</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786052421987</t>
+          <t>9786052422977</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesi</t>
+          <t>Yeni Yönetim Sistemine Göre Türkiye'de Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>549.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786052421956</t>
+          <t>9786052422014</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Ortaklıklarda Pay Sahiplerinin Ortaklıktan Ayrılma Hakkı</t>
+          <t>Arduino - Gömülü Sistem Tasarımı (Embedded System Design)</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>79.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786053337997</t>
+          <t>9786052422151</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Yönetimi</t>
+          <t>İş Hukukunda Yeni Yaklaşımlar 2</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>799.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786052421895</t>
+          <t>9786052422205</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Reklam Yönetimi</t>
+          <t>Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786052421826</t>
+          <t>9786052426197</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Sektörü Getirilerinin Belirleyicileri</t>
+          <t>Yabancılar Hukuku</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>49.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786052421888</t>
+          <t>9786052422878</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal ve Sosyal Bilim Araştırmacıları İçin Veri Toplama Platformu</t>
+          <t>İnternet Haberciliği: Kuram, Uygulama ve Eleştiri</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>149.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786052426456</t>
+          <t>9786052422946</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Konkordato</t>
+          <t>July 15 The Night At The End Of Days: The Nation Strikes</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>349.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786052421840</t>
+          <t>9786052422885</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Bilim Olarak Pazarlama</t>
+          <t>Kurumsal Sosyal Sorumluluk Dezavantajlı Gruplar Tüketici Tutumu</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>399.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786052421871</t>
+          <t>9786052422847</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kuruluşlarında Dış Kaynaklardan Yararlanmanın (Outsourcing) Hasta Memnuniyetine Etkisi</t>
+          <t>Portrelerle Anarşizm</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>35</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786053331698</t>
+          <t>9786052422854</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Çercevesinde Milletlerarası Mal Satımına İlişkin BM. Sözleşmesinin Uygulama Alanı</t>
+          <t>Siyasal, Ekonomik ve Entelektüel Boyutlarıyla İyi Yönetişim</t>
         </is>
       </c>
       <c r="C1401" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786052421796</t>
+          <t>9786052422694</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Şiddet ve Yönetimi</t>
+          <t>Tüketici Araştırmalarında Yeni Açılım: Sinirbilim ve Nöropazarlama Perspektifi</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>27.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786052421789</t>
+          <t>9786052423615</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Modellerine Ait Teorilerin Uygulanmasında Analitik Yaklaşımlar</t>
+          <t>Gelişim ve Psikoloji</t>
         </is>
       </c>
       <c r="C1403" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786052421741</t>
+          <t>9786052422670</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Finansal Analiz ve Uygulamalar</t>
+          <t>Örgütsel Davranışta ve İnsan Kaynakları Yönetimi Uygulamalarında Örgütsel Vatandaşlık Davranışı</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>249.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786052421703</t>
+          <t>9786052422526</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Kısmi Süreli (Part-Time) Çalışma</t>
+          <t>Temel İlk Yardım Uygulamaları Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>35</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786052421680</t>
+          <t>9786052421154</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yöneticilerinin Değişen Rolleri ve Yetkinlikleri</t>
+          <t>Boşanmanın Çocuk Açısından Sonuçları</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>58</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786052421598</t>
+          <t>9786052422502</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku Şema Kitap</t>
+          <t>İş Hukuku</t>
         </is>
       </c>
       <c r="C1407" s="1">
         <v>499.5</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786052421659</t>
+          <t>9786052422274</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Banka Birleşmeleri Üzerine Bir Araştırma</t>
+          <t>Temel İş Yasaları</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>49.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786053339151</t>
+          <t>9786052422458</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Büyük Veri Bilgi Yönetimi ve İş Zekası</t>
+          <t>Yönetim Muhasebesi</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786052421338</t>
+          <t>9786052422229</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hak ve Yükümlülüklere İlişkin Davalarda Süreç Adaleti (Ciltli)</t>
+          <t>Gelişmekte Olan Ülkelerde Makroekonomik Değişkenlerin Hisse Senedi Piyasalarına Asimetrik Etkileri</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>799.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786052421567</t>
+          <t>9786052422342</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Türk Yönetim Tarihi ve Düşüncesi</t>
+          <t>Yeni Nesil İşletmelerde Güncel Eğilimler</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>59.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786052421505</t>
+          <t>9786052422298</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığının Biyo-Psiko-Sosyal ve Hukuksal Analizi</t>
+          <t>İkna Odaklı Halkla İlişkiler Yazarlığı</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>27.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786052421482</t>
+          <t>9786052422212</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>İşletme Organizasyonu</t>
+          <t>Stratejik Yönetimde Harp Tarihi ve Askeri Harekat Tarihi İnceleme Esasları</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>39.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786052421550</t>
+          <t>9786052422007</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Kurumların Yeni İletişim Biçimleri</t>
+          <t>Eşya Hukuku</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>299.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786052421468</t>
+          <t>9786052422175</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Global Şirketlerde Kadrolama Stratejileri</t>
+          <t>Nitel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>129.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786052421437</t>
+          <t>9786052421987</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyanın İş Yaşamındaki Yeri</t>
+          <t>Maliyet Muhasebesi</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>48</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786052421369</t>
+          <t>9786052421956</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinin Sürdürülebilirliğinde Paradoks</t>
+          <t>Halka Açık Anonim Ortaklıklarda Pay Sahiplerinin Ortaklıktan Ayrılma Hakkı</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>29.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786052421444</t>
+          <t>9786053337997</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Adalet Peşinde</t>
+          <t>Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>349.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786052421321</t>
+          <t>9786052421895</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşletmecilik ve Yönetim</t>
+          <t>Reklam Yönetimi</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>87.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786052421062</t>
+          <t>9786052421826</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıkta Pay Sahibinin Oy Hakkının Donması</t>
+          <t>Sanayi Sektörü Getirilerinin Belirleyicileri</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786052421390</t>
+          <t>9786052421888</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Risk Yönetimi ve Karar Verme</t>
+          <t>Davranışsal ve Sosyal Bilim Araştırmacıları İçin Veri Toplama Platformu</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>249.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786052421376</t>
+          <t>9786052426456</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Hukukunda Birlikte İşverenlik</t>
+          <t>Konkordato</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>239.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786052421277</t>
+          <t>9786052421840</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Finans ve Ekonomi - Bilimsel Kare-Bulmaca</t>
+          <t>Bilim Olarak Pazarlama</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>299.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786052421093</t>
+          <t>9786052421871</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Vergilendirmede Matrah Aşındırma ve Kar Kaydırma (BEPS) / Base Erosion and Profit Shifting (BEPS) in Taxation</t>
+          <t>Sağlık Kuruluşlarında Dış Kaynaklardan Yararlanmanın (Outsourcing) Hasta Memnuniyetine Etkisi</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>399.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786053337867</t>
+          <t>9786053331698</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Bilgi Toplama ve Açıklamanın Sınırları / Limitations on Colleciton and Disclosure of Taxpayer Information in Tax Law</t>
+          <t>Milletlerarası Özel Hukuk Çercevesinde Milletlerarası Mal Satımına İlişkin BM. Sözleşmesinin Uygulama Alanı</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>229.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786052421284</t>
+          <t>9786052421796</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Sınıraşan Akifer Hukuku</t>
+          <t>Sağlık Kurumlarında Şiddet ve Yönetimi</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>22.9</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786052421291</t>
+          <t>9786052421789</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Küresel Girişimcilik ve E-Ticaret</t>
+          <t>Yatırım Modellerine Ait Teorilerin Uygulanmasında Analitik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1427" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786052421161</t>
+          <t>9786052421741</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Hasta Hakları ve Hasta Hakları İhlalinde Başvuru Yolları</t>
+          <t>İşletmelerde Finansal Analiz ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786052421147</t>
+          <t>9786052421703</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Siyasal Hayatı</t>
+          <t>İş Hayatında Kısmi Süreli (Part-Time) Çalışma</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786052421024</t>
+          <t>9786052421680</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Asimilasyon Çemberindeki Bulgaristan Müslümanları</t>
+          <t>İnsan Kaynakları Yöneticilerinin Değişen Rolleri ve Yetkinlikleri</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>49.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786052420966</t>
+          <t>9786052421598</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Yönüyle Dünyadaki Başkanlık Sistemi</t>
+          <t>Miras Hukuku Şema Kitap</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>25</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786052420980</t>
+          <t>9786052421659</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Yargı Denetiminde Adli Muhasebecilik ve Hile İncelemesi</t>
+          <t>Banka Birleşmeleri Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>149.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786052421031</t>
+          <t>9786053339151</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavram ve Uygulamaları ile Tesis Yönetimi</t>
+          <t>Büyük Veri Bilgi Yönetimi ve İş Zekası</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786052420911</t>
+          <t>9786052421338</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Vizyon Yönetimi</t>
+          <t>Medeni Hak ve Yükümlülüklere İlişkin Davalarda Süreç Adaleti (Ciltli)</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>38</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786052420867</t>
+          <t>9786052421567</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık Pazarlama Tarifleri 2</t>
+          <t>Türk Yönetim Tarihi ve Düşüncesi</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>28.9</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786052420829</t>
+          <t>9786052421505</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Jeopolitiği</t>
+          <t>Madde Bağımlılığının Biyo-Psiko-Sosyal ve Hukuksal Analizi</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>69.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786052420812</t>
+          <t>9786052421482</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Niyeti</t>
+          <t>İşletme Organizasyonu</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>28</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786052420836</t>
+          <t>9786052421550</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım Tahkiminde Şeffaflık Kavramı</t>
+          <t>Kurumların Yeni İletişim Biçimleri</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786052420805</t>
+          <t>9786052421468</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>"Rekabet Politikası" Faslı Neden Müzakereye Açılamıyor?</t>
+          <t>Global Şirketlerde Kadrolama Stratejileri</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>48</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786052420751</t>
+          <t>9786052421437</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Pazarlaması</t>
+          <t>Sosyal Medyanın İş Yaşamındaki Yeri</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>249.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786052420720</t>
+          <t>9786052421369</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Büyük ve Orto Boy İşletmeler için Finansal Raporlama Standardı Uygulamaları ( Bobi Frs )</t>
+          <t>Aile İşletmelerinin Sürdürülebilirliğinde Paradoks</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>49.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786052420737</t>
+          <t>9786052421444</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlama Karması ve Stratejileri</t>
+          <t>Adalet Peşinde</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>39.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786052420744</t>
+          <t>9786052421321</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Hükümlerine Göre Şirketlerin Bölünmesi</t>
+          <t>Uluslararası İşletmecilik ve Yönetim</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>349</v>
+        <v>87.5</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786052420713</t>
+          <t>9786052421062</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik İletişimi</t>
+          <t>Anonim Ortaklıkta Pay Sahibinin Oy Hakkının Donması</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786052424919</t>
+          <t>9786052421390</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka ve İletişim</t>
+          <t>İşletmelerde Risk Yönetimi ve Karar Verme</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786052420706</t>
+          <t>9786052421376</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Anımsayıp Geleceği Yönlendirme</t>
+          <t>İş ve Sosyal Güvenlik Hukukunda Birlikte İşverenlik</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786053338499</t>
+          <t>9786052421277</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>MYO İçin Dış Ticaret İşlemleri Yönetimi</t>
+          <t>Finans ve Ekonomi - Bilimsel Kare-Bulmaca</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786052420553</t>
+          <t>9786052421093</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Katılım Bankacılığı</t>
+          <t>Vergilendirmede Matrah Aşındırma ve Kar Kaydırma (BEPS) / Base Erosion and Profit Shifting (BEPS) in Taxation</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786053334507</t>
+          <t>9786053337867</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Tahkim Öncesi Uyuşmazlık Çözüm Usulleri ve Bu Usuller Tüketilmeden Tahkime Başvurulmasının Sonuçları</t>
+          <t>Vergi Hukukunda Bilgi Toplama ve Açıklamanın Sınırları / Limitations on Colleciton and Disclosure of Taxpayer Information in Tax Law</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>249.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786052420560</t>
+          <t>9786052421284</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Mahkeme Kararları Işığında Suçluların İltica Sistemi Dışında Bırakılması</t>
+          <t>Milletlerarası Sınıraşan Akifer Hukuku</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>299.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786052420409</t>
+          <t>9786052421291</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Aile ve Çocuk Hukukuna İlişkin Seçilmiş Makaleler (Ciltli)</t>
+          <t>Küresel Girişimcilik ve E-Ticaret</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>59.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786053339953</t>
+          <t>9786052421161</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Örgütsel Davranış</t>
+          <t>Hasta Hakları ve Hasta Hakları İhlalinde Başvuru Yolları</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>29.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786052420201</t>
+          <t>9786052421147</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İnsan Kaynakları Yönetimi</t>
+          <t>Türkiye'nin Siyasal Hayatı</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786052420546</t>
+          <t>9786052421024</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamında Sessizlik Olgusu</t>
+          <t>Asimilasyon Çemberindeki Bulgaristan Müslümanları</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>199.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786052425695</t>
+          <t>9786052420966</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği</t>
+          <t>Liderlik Yönüyle Dünyadaki Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>299.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786052420539</t>
+          <t>9786052420980</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde İnformalite - Buz Dağının Görünmeyen Yüzü</t>
+          <t>Yargı Denetiminde Adli Muhasebecilik ve Hile İncelemesi</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>299.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786052420485</t>
+          <t>9786052421031</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Lojistiğin Küresel Rekabetteki Yeri</t>
+          <t>Temel Kavram ve Uygulamaları ile Tesis Yönetimi</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786052420393</t>
+          <t>9786052420911</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Finansal Okuryazarlık</t>
+          <t>Liderlik ve Vizyon Yönetimi</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>279.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786052420386</t>
+          <t>9786052420867</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Kamu Sektöründe Mali Durum Analizi</t>
+          <t>Ortaya Karışık Pazarlama Tarifleri 2</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>32.5</v>
+        <v>28.9</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786052425664</t>
+          <t>9786052420829</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Toluner Milletlerarası Hukuk</t>
+          <t>Karadeniz Jeopolitiği</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>449.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786052427224</t>
+          <t>9786052420812</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Panel Zaman Serileri Analizi</t>
+          <t>Girişimcilik Niyeti</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>399.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786052420294</t>
+          <t>9786052420836</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Y ve Z Kuşaklarının Yönetimi</t>
+          <t>Uluslararası Yatırım Tahkiminde Şeffaflık Kavramı</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>149.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786053339533</t>
+          <t>9786052420805</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret İşlemleri Muhasebesi</t>
+          <t>"Rekabet Politikası" Faslı Neden Müzakereye Açılamıyor?</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>349.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786053339885</t>
+          <t>9786052420751</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Faizsiz Finans</t>
+          <t>Sosyal Medya Pazarlaması</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>29.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786052422601</t>
+          <t>9786052420720</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Büyük ve Orto Boy İşletmeler için Finansal Raporlama Standardı Uygulamaları ( Bobi Frs )</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>950</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786053339304</t>
+          <t>9786052420737</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret Web Sitelerinde Müşteri Memnuniyeti</t>
+          <t>Hizmet Pazarlama Karması ve Stratejileri</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>199.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786052422281</t>
+          <t>9786052420744</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunları</t>
+          <t>Türk Ticaret Kanunu Hükümlerine Göre Şirketlerin Bölünmesi</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>399.5</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786052427798</t>
+          <t>9786052420713</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş 1</t>
+          <t>Kurumsal Sürdürülebilirlik İletişimi</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786053339793</t>
+          <t>9786052424919</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Post Homo Servus</t>
+          <t>Duygusal Zeka ve İletişim</t>
         </is>
       </c>
       <c r="C1469" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786053339670</t>
+          <t>9786052420706</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Kompulsif Satın Alma Davranışı</t>
+          <t>Geçmişi Anımsayıp Geleceği Yönlendirme</t>
         </is>
       </c>
       <c r="C1470" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786053339496</t>
+          <t>9786053338499</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Duygular, Toplumsal Cinsiyet ve Stres</t>
+          <t>MYO İçin Dış Ticaret İşlemleri Yönetimi</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786053338987</t>
+          <t>9786052420553</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin Haksız Feshi</t>
+          <t>Katılım Bankacılığı</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786052428146</t>
+          <t>9786053334507</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Economics For Lawyers</t>
+          <t>Tahkim Öncesi Uyuşmazlık Çözüm Usulleri ve Bu Usuller Tüketilmeden Tahkime Başvurulmasının Sonuçları</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786053339359</t>
+          <t>9786052420560</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukukundaki Davalar</t>
+          <t>Mahkeme Kararları Işığında Suçluların İltica Sistemi Dışında Bırakılması</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786053339458</t>
+          <t>9786052420409</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Kurumsallaşma ve Kurumsal Yönetişim</t>
+          <t>Milletlerarası Aile ve Çocuk Hukukuna İlişkin Seçilmiş Makaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>249.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786053339175</t>
+          <t>9786053339953</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>İş Yerinde Yaşanan Sendromlar</t>
+          <t>21. Yüzyılda Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>249.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786053339168</t>
+          <t>9786052420201</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya'da Stratejik İletişim Yöntemi</t>
+          <t>Stratejik İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>249.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786053337959</t>
+          <t>9786052420546</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Yenilik (İnovasyon) Yönetimi ve Yenilikçi Örgüt Kültürü</t>
+          <t>Çalışma Yaşamında Sessizlik Olgusu</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786053337737</t>
+          <t>9786052425695</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>İş Ahlakı ve Sosyal Sorumluluk</t>
+          <t>İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786053337874</t>
+          <t>9786052420539</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>MCU Proje Tasarımı</t>
+          <t>Yönetimde İnformalite - Buz Dağının Görünmeyen Yüzü</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>45</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786053337492</t>
+          <t>9786052420485</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Yapı Eyleyen İkiliği ve Kurumsal Kuram</t>
+          <t>Lojistiğin Küresel Rekabetteki Yeri</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>74.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786053339113</t>
+          <t>9786052420393</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Işığında Polonya Cumhuriyeti</t>
+          <t>Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>48</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786053339014</t>
+          <t>9786052420386</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Şehir Coğrafyası 2</t>
+          <t>Kamu Sektöründe Mali Durum Analizi</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>39.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786052424339</t>
+          <t>9786052425664</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Şehir Coğrafyası 1</t>
+          <t>Toluner Milletlerarası Hukuk</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>299.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786053338994</t>
+          <t>9786052427224</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrakın Zayi Olması ve İptali</t>
+          <t>Panel Zaman Serileri Analizi</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>109.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786053338963</t>
+          <t>9786052420294</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Yeni Yaklaşımlar</t>
+          <t>Y ve Z Kuşaklarının Yönetimi</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>215</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786053338765</t>
+          <t>9786053339533</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yetişkinlerin Korunması Hukuku (Ciltli)</t>
+          <t>Dış Ticaret İşlemleri Muhasebesi</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786052428412</t>
+          <t>9786053339885</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sanattır</t>
+          <t>Faizsiz Finans</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>349.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786053338840</t>
+          <t>9786052422601</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Amerika Birleşik Devletleri'nin Siyasi Yapısı</t>
+          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>399.5</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786053338796</t>
+          <t>9786053339304</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>6098 Sayılı Türk Borçlar Kanununda Düzenlenen Hizmet Sözleşmesinin Sona Ermesinin Sonuçları ve 4857 Sayılı İş Kanununa Tabi İşçilere Etkisi</t>
+          <t>E-Ticaret Web Sitelerinde Müşteri Memnuniyeti</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786053338741</t>
+          <t>9786052422281</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Tasarımdan Süreç İyileştirmeye Tedarik Zinciri Yönetimi</t>
+          <t>İş Kanunları</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>69.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786053338710</t>
+          <t>9786052427798</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Menü Planlama</t>
+          <t>İktisada Giriş 1</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786053338727</t>
+          <t>9786053339793</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>İş Geliştirme Analitiği Uygulamaları</t>
+          <t>Post Homo Servus</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786052424810</t>
+          <t>9786053339670</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Kentsel Dönüşüm</t>
+          <t>Kompulsif Satın Alma Davranışı</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786053338420</t>
+          <t>9786053339496</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama'da İlkeler</t>
+          <t>Duygular, Toplumsal Cinsiyet ve Stres</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>38</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786053338543</t>
+          <t>9786053338987</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>İş Sözleşmesinin Haksız Feshi</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>65</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786053338567</t>
+          <t>9786052428146</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Performans Yönetimi Sistemi</t>
+          <t>Economics For Lawyers</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786053338581</t>
+          <t>9786053339359</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>İçerik Sağlayıcının ve Yer Sağlayıcının Hukuki Sorumluluğu ve Sarumluluk Muafiyeti</t>
+          <t>İcra ve İflas Hukukundaki Davalar</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786053338512</t>
+          <t>9786053339458</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Açıklayıcı Faktör Analizi</t>
+          <t>Kurumsallaşma ve Kurumsal Yönetişim</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786053338574</t>
+          <t>9786053339175</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Siber Güvenlik Politikası</t>
+          <t>İş Yerinde Yaşanan Sendromlar</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786053338529</t>
+          <t>9786053339168</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Çiftyönlülük</t>
+          <t>Yeni Medya'da Stratejik İletişim Yöntemi</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786053338536</t>
+          <t>9786053337959</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Sigortalar Hukukunda Yersiz Ödemelerin Geri Alınması</t>
+          <t>Yenilik (İnovasyon) Yönetimi ve Yenilikçi Örgüt Kültürü</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>229.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786052421383</t>
+          <t>9786053337737</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Çalışanlarının İletişimi</t>
+          <t>İş Ahlakı ve Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>35</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786053338321</t>
+          <t>9786053337874</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Çözümleriyle Finans Problemleri</t>
+          <t>MCU Proje Tasarımı</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>399.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786053338154</t>
+          <t>9786053337492</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Savunma Sanayii Hukuku (Ciltli)</t>
+          <t>Yapı Eyleyen İkiliği ve Kurumsal Kuram</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>58</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786052428535</t>
+          <t>9786053339113</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Güncel Yaklaşımlar</t>
+          <t>Sosyal Bilimler Işığında Polonya Cumhuriyeti</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>299.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786053337652</t>
+          <t>9786053339014</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Sürdürülebilirlik Dinamikleri</t>
+          <t>Şehir Coğrafyası 2</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>499.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786053338307</t>
+          <t>9786052424339</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Mizahi Tüketim</t>
+          <t>Şehir Coğrafyası 1</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>58</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786053338246</t>
+          <t>9786053338994</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Küresel Finansta Güncel Konular</t>
+          <t>Kıymetli Evrakın Zayi Olması ve İptali</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>249.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786053338253</t>
+          <t>9786053338963</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Banka Pazarlaması ve Yeni Nesil Bankacılık</t>
+          <t>İş Hukukunda Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>279.5</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786053338024</t>
+          <t>9786053338765</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerde Strateji Geliştirme Sürecinde Uygulamalı Durum Analizleri</t>
+          <t>Yeni Yetişkinlerin Korunması Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>25</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786053338109</t>
+          <t>9786052428412</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Açısından Ticaret Şirketlerinde Yapısal Değişiklikler</t>
+          <t>İletişim Sanattır</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786053338123</t>
+          <t>9786053338840</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yabancıların Çalışma İzinleri</t>
+          <t>Amerika Birleşik Devletleri'nin Siyasi Yapısı</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>229.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786053338093</t>
+          <t>9786053338796</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Rüçhan Hakkının Kısıtlanması</t>
+          <t>6098 Sayılı Türk Borçlar Kanununda Düzenlenen Hizmet Sözleşmesinin Sona Ermesinin Sonuçları ve 4857 Sayılı İş Kanununa Tabi İşçilere Etkisi</t>
         </is>
       </c>
       <c r="C1514" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786053338086</t>
+          <t>9786053338741</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Suistimalleri</t>
+          <t>Tasarımdan Süreç İyileştirmeye Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>49.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786053338062</t>
+          <t>9786053338710</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Muharebe Alanının Yeni Aktörleri: Askeri Yöneticiler</t>
+          <t>Menü Planlama</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786053338017</t>
+          <t>9786053338727</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tarih  (1870-1914)</t>
+          <t>İş Geliştirme Analitiği Uygulamaları</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786053337973</t>
+          <t>9786052424810</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Genel Hükümler Şerhi (Ciltli)</t>
+          <t>A’dan Z’ye Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>1249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786052422762</t>
+          <t>9786053338420</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimine Giriş</t>
+          <t>Pazarlama'da İlkeler</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>349.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786053337751</t>
+          <t>9786053338543</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesi Ehliyeti</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>299.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786053337676</t>
+          <t>9786053338567</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Denizciler için Meteoroloji ve Hava Tahmini</t>
+          <t>Performans Yönetimi Sistemi</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>369.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786053337690</t>
+          <t>9786053338581</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Dayanıklı İstatistiksel Yöntemler ve R Uygulamaları</t>
+          <t>İçerik Sağlayıcının ve Yer Sağlayıcının Hukuki Sorumluluğu ve Sarumluluk Muafiyeti</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786053337577</t>
+          <t>9786053338512</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Sigortalar Hukukunun Temel İlkeleri</t>
+          <t>Açıklayıcı Faktör Analizi</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786052424964</t>
+          <t>9786053338574</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliğinde Risk Yönetimi</t>
+          <t>Avrupa Birliği’nin Siber Güvenlik Politikası</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786053337300</t>
+          <t>9786053338529</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Kantitatif İktisat</t>
+          <t>Örgütsel Çiftyönlülük</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>29.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786053336839</t>
+          <t>9786053338536</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Muhasebenin Temel İlkeleri</t>
+          <t>Türk Sosyal Sigortalar Hukukunda Yersiz Ödemelerin Geri Alınması</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>29.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786058347304</t>
+          <t>9786052421383</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Sağlık Çalışanlarının İletişimi</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>329.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786052421574</t>
+          <t>9786053338321</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Katılım Bankacılığı</t>
+          <t>Çözümleriyle Finans Problemleri</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786052428221</t>
+          <t>9786053338154</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Eksiğimiz Tolerans (Hoşgörü Kitapçığı)</t>
+          <t>Savunma Sanayii Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>299.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786053337607</t>
+          <t>9786052428535</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Pazarlama</t>
+          <t>İnsan Kaynakları Yönetiminde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786053337638</t>
+          <t>9786053337652</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesi</t>
+          <t>İşletmelerde Sürdürülebilirlik Dinamikleri</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>449.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786052424575</t>
+          <t>9786053338307</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Temel İşletmecilik</t>
+          <t>Mizahi Tüketim</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>349.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786052422373</t>
+          <t>9786053338246</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Başlangıcı</t>
+          <t>Küresel Finansta Güncel Konular</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>499.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786052424568</t>
+          <t>9786053338253</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>İşletme</t>
+          <t>Banka Pazarlaması ve Yeni Nesil Bankacılık</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>699.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786053337270</t>
+          <t>9786053338024</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Tüketim Gönüllü Sadelik ve Maddi Değerler</t>
+          <t>Üniversitelerde Strateji Geliştirme Sürecinde Uygulamalı Durum Analizleri</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>249.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786053336600</t>
+          <t>9786053338109</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Sobotta Disseksiyon Atlası (Ciltli)</t>
+          <t>İş Hukuku Açısından Ticaret Şirketlerinde Yapısal Değişiklikler</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786052426142</t>
+          <t>9786053338123</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Endüstri Devrimi: Endüstri 4.0</t>
+          <t>Türk Hukukunda Yabancıların Çalışma İzinleri</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>299.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786053336730</t>
+          <t>9786053338093</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Milli Güvenlik Söylemi ve Dış Politika</t>
+          <t>Rüçhan Hakkının Kısıtlanması</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>39.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786053336785</t>
+          <t>9786053338086</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İnsan Kaynakları Yönetimi</t>
+          <t>Sigorta Suistimalleri</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>349</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786053336570</t>
+          <t>9786053338062</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Banka İşletmesinin Denetlenmesi ve Sorunlu Bankaların Çözümlenmesi</t>
+          <t>Muharebe Alanının Yeni Aktörleri: Askeri Yöneticiler</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>48</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786053336532</t>
+          <t>9786053338017</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Müzeleri</t>
+          <t>Siyasi Tarih  (1870-1914)</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786053336549</t>
+          <t>9786053337973</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Müzelerin Ekonomik Etkileri</t>
+          <t>Türk Ceza Kanunu Genel Hükümler Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>29.5</v>
+        <v>1249.5</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786053336525</t>
+          <t>4444444444304</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Kapsamında Rezerv Yapı Alanı - Riskli Alan ve Riskli Yapılar</t>
+          <t>İşletme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786053336518</t>
+          <t>9786053337751</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik ve Güvencesi İç Denetim</t>
+          <t>Toplu İş Sözleşmesi Ehliyeti</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786053336501</t>
+          <t>9786053337676</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukukunda Teşebbüsler ve Teşebbüslerin Hakim Durumunun Tespiti</t>
+          <t>Denizciler için Meteoroloji ve Hava Tahmini</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>349.5</v>
+        <v>369.5</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786053334804</t>
+          <t>9786053337690</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Karı-Kocanın Hakları</t>
+          <t>Dayanıklı İstatistiksel Yöntemler ve R Uygulamaları</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>45</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786053336457</t>
+          <t>9786053337577</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Hayat Boyu Öğrenme</t>
+          <t>Türk Sosyal Sigortalar Hukukunun Temel İlkeleri</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>35</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786053336464</t>
+          <t>9786052424964</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Güncel Konular</t>
+          <t>İş Sağlığı ve Güvenliğinde Risk Yönetimi</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>49.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786053336273</t>
+          <t>9786053337300</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik ve Fırsat Tanımlama</t>
+          <t>Kantitatif İktisat</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>48</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786053336358</t>
+          <t>9786053336839</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Radyo-Televizyon Mevzuatı ve Konu ile İlgili Yargı Kararları</t>
+          <t>Muhasebenin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>48</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786053336242</t>
+          <t>9786058347304</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyaset</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>299.5</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786053336181</t>
+          <t>9786052421574</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>İkiyüzlü Pazarlama</t>
+          <t>Katılım Bankacılığı</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>27.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786053336235</t>
+          <t>9786052428221</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Kriz İletişimi</t>
+          <t>Eksiğimiz Tolerans (Hoşgörü Kitapçığı)</t>
         </is>
       </c>
       <c r="C1553" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786053336136</t>
+          <t>9786053337607</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Reklam İkna ve Retorik</t>
+          <t>Yeşil Pazarlama</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>229.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786053336112</t>
+          <t>9786053337638</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Neo-Liberal Dönemde Sosyal Güvenlik</t>
+          <t>Maliyet Muhasebesi</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>399.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786053336020</t>
+          <t>9786052424575</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Doğal Hayatın Korunması</t>
+          <t>Temel İşletmecilik</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>58</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786053336044</t>
+          <t>9786052422373</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kamera</t>
+          <t>Hukuk Başlangıcı</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>199.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786053336051</t>
+          <t>9786052424568</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişim</t>
+          <t>İşletme</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>129.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786053335955</t>
+          <t>9786053337270</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Etkin Müşteri İletişimi Teknikleri</t>
+          <t>Sürdürülebilir Tüketim Gönüllü Sadelik ve Maddi Değerler</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786053335924</t>
+          <t>9786053336600</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Kadın Odaklı Pazarlama</t>
+          <t>Sobotta Disseksiyon Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>34</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786053335917</t>
+          <t>9786052426142</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Gücü: Retro Pazarlama</t>
+          <t>Dördüncü Endüstri Devrimi: Endüstri 4.0</t>
         </is>
       </c>
       <c r="C1561" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786053335788</t>
+          <t>9786053336730</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Organizasyon Tasarımı ve Yapılandırma</t>
+          <t>Türkiye'de Milli Güvenlik Söylemi ve Dış Politika</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>399.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786053335856</t>
+          <t>9786053336785</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasmanında Sürdürülebilir Üretim</t>
+          <t>Stratejik İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>49.5</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786053335986</t>
+          <t>9786053336570</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>İdari Yagılama Hukukunda Yargılamanın Yenilenmesi</t>
+          <t>Türk Hukukunda Banka İşletmesinin Denetlenmesi ve Sorunlu Bankaların Çözümlenmesi</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>179.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786053335962</t>
+          <t>9786053336532</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisinde Yeni Yaklaşımlar ve Örnekler</t>
+          <t>Avrupa Müzeleri</t>
         </is>
       </c>
       <c r="C1565" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786053335719</t>
+          <t>9786053336549</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Tekdüzen Hesap Sistemi ve Çözümlü Muhasebe Problemleri</t>
+          <t>Müzelerin Ekonomik Etkileri</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>32.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786053772835</t>
+          <t>9786053336525</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Teftişten İç Denetime Banka Müfettişliği</t>
+          <t>Kentsel Dönüşüm Kapsamında Rezerv Yapı Alanı - Riskli Alan ve Riskli Yapılar</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786053772842</t>
+          <t>9786053336518</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Teftiş Anıları</t>
+          <t>Kurumsal Sürdürülebilirlik ve Güvencesi İç Denetim</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>89.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786053335672</t>
+          <t>9786053336501</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilikte Güncel Konular ve Uygulamalar</t>
+          <t>Rekabet Hukukunda Teşebbüsler ve Teşebbüslerin Hakim Durumunun Tespiti</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>38</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786053335832</t>
+          <t>9786053334804</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Basın Hukuku</t>
+          <t>Karı-Kocanın Hakları</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>49.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786053331063</t>
+          <t>9786053336457</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Başlangıç</t>
+          <t>Hayat Boyu Öğrenme</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>349.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786053335238</t>
+          <t>9786053336464</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Multi Disipliner İletişim</t>
+          <t>Yönetimde Güncel Konular</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>44</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786053335122</t>
+          <t>9786053336273</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İnovasyon Yönetimi</t>
+          <t>Girişimcilik ve Fırsat Tanımlama</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>749.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786053334699</t>
+          <t>9786053336358</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukuku'nda İdarenin Hukuk Sınırları İçinde Hareket Serbestisi</t>
+          <t>Radyo-Televizyon Mevzuatı ve Konu ile İlgili Yargı Kararları</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>249.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786053335108</t>
+          <t>9786053336242</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Varlık Kapışması</t>
+          <t>Türkiye'de Siyaset</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>58</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786052426005</t>
+          <t>9786053336181</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Kriminoloji</t>
+          <t>İkiyüzlü Pazarlama</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>299.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786053335078</t>
+          <t>9786053336235</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Gölge Bankacılıktan Regüler Bankacılığa Giriş</t>
+          <t>Kriz İletişimi</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>36</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786053335023</t>
+          <t>9786053336136</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Ağdaki Şüphe - Bir Sosyal Medya Eleştirisi</t>
+          <t>Siyasal Reklam İkna ve Retorik</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>32.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786053334637</t>
+          <t>9786053336112</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması ve Stratejileri</t>
+          <t>Neo-Liberal Dönemde Sosyal Güvenlik</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>58</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786053334842</t>
+          <t>9786053336020</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Futbol Uyuşmazlıklarının Tahkim Yoluyla Çözümü</t>
+          <t>Uluslararası Hukukta Doğal Hayatın Korunması</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>349.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786053332503</t>
+          <t>9786053336044</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Haydi Boya (Ciltli)</t>
+          <t>Gizli Kamera</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>169.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786052428627</t>
+          <t>9786053336051</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Sigortalar Hukuku</t>
+          <t>Kurumsal İletişim</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>549.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786053334422</t>
+          <t>9786053335955</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Pazarlama</t>
+          <t>Etkin Müşteri İletişimi Teknikleri</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>249.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786053334934</t>
+          <t>9786053335924</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>G7 Ülkeleri ve Türkiye'de Gazetecilerin Finansal Yapısı</t>
+          <t>Kadın Odaklı Pazarlama</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>49.5</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786052422571</t>
+          <t>9786053335917</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Geçmişin Gücü: Retro Pazarlama</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>599.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786053334569</t>
+          <t>9786053335788</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesi</t>
+          <t>Organizasyon Tasarımı ve Yapılandırma</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786052425411</t>
+          <t>9786053335856</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Satış Yönetimi</t>
+          <t>Dünya Klasmanında Sürdürülebilir Üretim</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>299.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786053333692</t>
+          <t>9786053335986</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Vak’aları</t>
+          <t>İdari Yagılama Hukukunda Yargılamanın Yenilenmesi</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>48</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786053333852</t>
+          <t>9786053335962</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Turizm Pazarlamasında Güncel Yaklaşımlar</t>
+          <t>Kamu Diplomasisinde Yeni Yaklaşımlar ve Örnekler</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>49.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786052426401</t>
+          <t>9786053335719</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları için Genel Hukuk</t>
+          <t>Tekdüzen Hesap Sistemi ve Çözümlü Muhasebe Problemleri</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>349.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786052426210</t>
+          <t>9786053772835</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku Ders Kitabı</t>
+          <t>Teftişten İç Denetime Banka Müfettişliği</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786053333715</t>
+          <t>9786053772842</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel Pazarlamada Seçme Konular</t>
+          <t>Teftiş Anıları</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>25</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786053333463</t>
+          <t>9786053335672</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Öncü Sosyologların Kaleminden Sosyoloji</t>
+          <t>Girişimcilikte Güncel Konular ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>37.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786053333708</t>
+          <t>9786053335832</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Madenciliği</t>
+          <t>Basın Hukuku</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>249.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786053333586</t>
+          <t>9786053331063</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Stratejik Yönetim (SASYÖN)</t>
+          <t>Türk Medeni Hukuku Başlangıç</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>699.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786053333319</t>
+          <t>9786053335238</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Hukuku Cilt: 2</t>
+          <t>Multi Disipliner İletişim</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>499.5</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786053339786</t>
+          <t>9786053335122</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Hukuku Cilt: 1</t>
+          <t>Stratejik İnovasyon Yönetimi</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>949.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786052424667</t>
+          <t>9786053334699</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Pazarlama</t>
+          <t>Türk İdare Hukuku'nda İdarenin Hukuk Sınırları İçinde Hareket Serbestisi</t>
         </is>
       </c>
       <c r="C1598" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786053333166</t>
+          <t>9786053335108</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Sivil Hali...</t>
+          <t>Varlık Kapışması</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>65</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786053332848</t>
+          <t>9786052426005</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Masamızda Marka Sohbetleri</t>
+          <t>Kriminoloji</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>79.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786053333326</t>
+          <t>9786053335078</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Genel İş Koşulları</t>
+          <t>Gölge Bankacılıktan Regüler Bankacılığa Giriş</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>349.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786053333333</t>
+          <t>9786053335023</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Marka Kavram Haritaları</t>
+          <t>Ağdaki Şüphe - Bir Sosyal Medya Eleştirisi</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>99.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786052426708</t>
+          <t>9786053334637</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Alman Ceza Muhakemesi Kanunu StrafprozeBordnung (StPO-RiStBV)</t>
+          <t>Hizmet Pazarlaması ve Stratejileri</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>699.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786053332862</t>
+          <t>9786053334842</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Politika ve Etik Olmayan Davranış Bildirimi</t>
+          <t>Futbol Uyuşmazlıklarının Tahkim Yoluyla Çözümü</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786053333593</t>
+          <t>9786053332503</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Temel Denizcilik Bilgisi</t>
+          <t>Haydi Boya (Ciltli)</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>299.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786053333609</t>
+          <t>9786052428627</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Halkla İlişkiler Perspektifinden Kamu Diplomasisi</t>
+          <t>Türk Sosyal Sigortalar Hukuku</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>449.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786053333456</t>
+          <t>9786053334422</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>İşverenin Sosyal Sigorta Yükümlülükleri</t>
+          <t>Sosyal Medya Pazarlama</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786053333180</t>
+          <t>9786053334934</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Devletin Uluslararası İnsancıl Hukukun İhlalinden Doğan Sorumluluğu</t>
+          <t>G7 Ülkeleri ve Türkiye'de Gazetecilerin Finansal Yapısı</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786053333210</t>
+          <t>9786052422571</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Giriş(im)</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>35</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786053332879</t>
+          <t>9786053334569</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel İntikam</t>
+          <t>Yönetim Muhasebesi</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>79.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786053334316</t>
+          <t>9786052425411</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İnsan Kaynakları Uygulamaları</t>
+          <t>Satış Yönetimi</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786053332367</t>
+          <t>9786053333692</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Ağırlama Endüstrisinde Verimlilik Yönetimi</t>
+          <t>Stratejik Yönetim Vak’aları</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>249.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786053778943</t>
+          <t>9786053333852</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Meşruluk</t>
+          <t>Turizm Pazarlamasında Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786052426418</t>
+          <t>9786052426401</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Terimleri Sözlüğü</t>
+          <t>Meslek Yüksekokulları için Genel Hukuk</t>
         </is>
       </c>
       <c r="C1614" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786053332442</t>
+          <t>9786052426210</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>İdeal Ölüm</t>
+          <t>Ticaret Hukuku Ders Kitabı</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>42.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786053331858</t>
+          <t>9786053333715</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi</t>
+          <t>İlişkisel Pazarlamada Seçme Konular</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>199.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786053332107</t>
+          <t>9786053333463</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde ve Gelecekte Stratejik Halkla İlişkiler Yönetimi</t>
+          <t>Öncü Sosyologların Kaleminden Sosyoloji</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>35</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786052425053</t>
+          <t>9786053333708</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Sosyal Medya Madenciliği</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>499.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786053774242</t>
+          <t>9786053333586</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yönetim Yaklaşımları</t>
+          <t>Sağlıkta Stratejik Yönetim (SASYÖN)</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>499.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9789752957152</t>
+          <t>9786053333319</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Resminde Otoportreler</t>
+          <t>Uygulamalı Ceza Hukuku Cilt: 2</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786053776444</t>
+          <t>9786053339786</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Anayasaları 1921-1924-1961-1982</t>
+          <t>Uygulamalı Ceza Hukuku Cilt: 1</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>349.5</v>
+        <v>949.5</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786053774662</t>
+          <t>9786052424667</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Alt İşveren</t>
+          <t>Sağlık Hizmetlerinde Pazarlama</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>499.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786052421130</t>
+          <t>9786053333166</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Uygulaması</t>
+          <t>Eğitimin Sivil Hali...</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>499.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786052420454</t>
+          <t>9786053332848</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Mevzuatı</t>
+          <t>Masamızda Marka Sohbetleri</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>49.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786052428467</t>
+          <t>9786053333326</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Dersleri (Ciltli)</t>
+          <t>Genel İş Koşulları</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>1299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786052424704</t>
+          <t>9786053333333</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku</t>
+          <t>Marka Kavram Haritaları</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>399.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9789752959040</t>
+          <t>9786052426708</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’ne Evet mi Hayır mı?</t>
+          <t>Alman Ceza Muhakemesi Kanunu StrafprozeBordnung (StPO-RiStBV)</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>62</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9789752958654</t>
+          <t>9786053332862</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nde Türk Vatandaşlarının Serbest Dolaşımı</t>
+          <t>Örgütsel Politika ve Etik Olmayan Davranış Bildirimi</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>299.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786053337232</t>
+          <t>9786053333593</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku</t>
+          <t>Temel Denizcilik Bilgisi</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>849.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786053331971</t>
+          <t>9786053333609</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Etik ve Etik Liderlik</t>
+          <t>Uluslararası Halkla İlişkiler Perspektifinden Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>249.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786052421772</t>
+          <t>9786053333456</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Türk Genel Sağlık Sigortası</t>
+          <t>İşverenin Sosyal Sigorta Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>495</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786053332015</t>
+          <t>9786053333180</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Etik</t>
+          <t>Devletin Uluslararası İnsancıl Hukukun İhlalinden Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786053332152</t>
+          <t>9786053333210</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Finansmanı</t>
+          <t>Giriş(im)</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>249.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786053332350</t>
+          <t>9786053332879</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişimde Sosyal Medya Yönetimi</t>
+          <t>Örgütsel İntikam</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>299.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786052423400</t>
+          <t>9786053334316</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlama Yönetimi</t>
+          <t>Kültür ve İnsan Kaynakları Uygulamaları</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786053332466</t>
+          <t>9786053332367</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Güncel Yaklaşımlar Işığında Etik</t>
+          <t>Ağırlama Endüstrisinde Verimlilik Yönetimi</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>29.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786053332749</t>
+          <t>9786053778943</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk ve Sürdürülebilir Kalkınma</t>
+          <t>Hukuk ve Meşruluk</t>
         </is>
       </c>
       <c r="C1637" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786053332312</t>
+          <t>9786052426418</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Meslek Hastalığı Kavramı Üzerine</t>
+          <t>Hukuk Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>299.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786053331933</t>
+          <t>9786053332442</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Temel Metinler</t>
+          <t>İdeal Ölüm</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>599.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786053332732</t>
+          <t>9786053331858</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Zeka -CQ-</t>
+          <t>Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786053332725</t>
+          <t>9786053332107</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde İşadamı Kararı İlkesinin (Business Judgment Rule) Uygulanması</t>
+          <t>Günümüzde ve Gelecekte Stratejik Halkla İlişkiler Yönetimi</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>349.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786053774198</t>
+          <t>9786052425053</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>349.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786053775966</t>
+          <t>9786053774242</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigortalarda Prim Teşvikleri</t>
+          <t>Çağdaş Yönetim Yaklaşımları</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>299.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786053331995</t>
+          <t>9789752957152</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Küresel Pazarlama</t>
+          <t>Çağdaş Türk Resminde Otoportreler</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786052428405</t>
+          <t>9786053776444</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Cumhuriyet Anayasaları 1921-1924-1961-1982</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>799.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786053332268</t>
+          <t>9786053774662</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Kurumsallık Parantezinde Yönetim ve İletişim</t>
+          <t>İş Hukukunda Alt İşveren</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786053332251</t>
+          <t>9786052421130</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Yöneylem Araştırması</t>
+          <t>İş Hukuku Uygulaması</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>79.5</v>
+        <v>679.5</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786053779070</t>
+          <t>9786052420454</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Dijital Reklamcılık ve Gençlik</t>
+          <t>İş Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>299.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786053777267</t>
+          <t>9786052428467</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyunlarda Şiddet</t>
+          <t>İş Hukuku Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>349.5</v>
+        <v>1299.5</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786053331803</t>
+          <t>9786052424704</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çalışma Paradigmaları ve Tutum</t>
+          <t>İş Hukuku</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>99.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786052427705</t>
+          <t>9789752959040</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finansman</t>
+          <t>Avrupa Birliği’ne Evet mi Hayır mı?</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>349.5</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786052425718</t>
+          <t>9789752958654</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Deniz Hukuku</t>
+          <t>Avrupa Birliği’nde Türk Vatandaşlarının Serbest Dolaşımı</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>849.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786052425398</t>
+          <t>9786053337232</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Mülakat: Teori, Süreç ve İlkeler</t>
+          <t>İcra ve İflas Hukuku</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>299.5</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786053778424</t>
+          <t>9786053331971</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Vergi Denetimi ve Vergi Yargısı</t>
+          <t>İşletmelerde Etik ve Etik Liderlik</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786052427750</t>
+          <t>9786052421772</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk 2 - Pratik Çalışma Kitabı</t>
+          <t>Türk Genel Sağlık Sigortası</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>599.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786052428115</t>
+          <t>9786053332015</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk 1 - Pratik Çalışma Kitabı</t>
+          <t>Mesleki Etik</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>599.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786053778271</t>
+          <t>9786053332152</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi Açısından Yararcılık Teorisinin Eleştirisi</t>
+          <t>Siyasetin Finansmanı</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>139.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786052425374</t>
+          <t>9786053332350</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Hukuksal Etik (Legal Ethics) Dersleri</t>
+          <t>Kurumsal İletişimde Sosyal Medya Yönetimi</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786053779087</t>
+          <t>9786052423400</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Endüstrisi (Ciltli)</t>
+          <t>Uluslararası Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786053778608</t>
+          <t>9786053332466</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Teamül Hukuku</t>
+          <t>Güncel Yaklaşımlar Işığında Etik</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>369.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786053779179</t>
+          <t>9786053332749</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Kanıta Dayalı Kütüphane Yönetimi</t>
+          <t>Uluslararası Hukuk ve Sürdürülebilir Kalkınma</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786053777885</t>
+          <t>9786053332312</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Muhasebesi</t>
+          <t>Meslek Hastalığı Kavramı Üzerine</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786052427743</t>
+          <t>9786053331933</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Kamu Ekonomisi</t>
+          <t>Uluslararası Hukuk Temel Metinler</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>349.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786052422106</t>
+          <t>9786053332732</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar ve Uluslararası Koruma Hukuku</t>
+          <t>Kültürel Zeka -CQ-</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786053338437</t>
+          <t>9786053332725</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Ahlakı</t>
+          <t>Anonim Şirketlerde İşadamı Kararı İlkesinin (Business Judgment Rule) Uygulanması</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786053771678</t>
+          <t>9786053774198</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Para Piyasaları</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>129.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786052426913</t>
+          <t>9786053775966</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Panel Veri Ekonometrisi - Stata Uygulamalı</t>
+          <t>Sosyal Sigortalarda Prim Teşvikleri</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786053337744</t>
+          <t>9786053331995</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkim Hukuku Cilt: 1</t>
+          <t>Küresel Pazarlama</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786053776055</t>
+          <t>9786052428405</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Tüzel Kişilik Perdesinin Kaldırılması</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>299.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786053772118</t>
+          <t>9786053332268</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Kaçırılan veya Alıkonan Çocukların İadesi</t>
+          <t>Kurumsallık Parantezinde Yönetim ve İletişim</t>
         </is>
       </c>
       <c r="C1670" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786053773016</t>
+          <t>9786053332251</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Hisse Devirleri</t>
+          <t>Yöneylem Araştırması</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>139.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786053773801</t>
+          <t>9786053779070</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Radyo ve Televizyon</t>
+          <t>Dijital Reklamcılık ve Gençlik</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786052422427</t>
+          <t>9786053777267</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Ceza Hukuku Yasaları</t>
+          <t>Dijital Oyunlarda Şiddet</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786053776680</t>
+          <t>9786053331803</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Anayasa Yargısında Politik Sorun ve Yargısal Aktivizm Doktrini: Anayasal Yargı Denetimi Gerekli mi?</t>
+          <t>Yeni Çalışma Paradigmaları ve Tutum</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>119.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786053776000</t>
+          <t>9786052427705</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Kamu İktisadi Teşebbüsleri ve Özelleştirme</t>
+          <t>Uluslararası Finansman</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786052424773</t>
+          <t>9786052425718</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Kamu Ekonomisi Analizi</t>
+          <t>Uluslararası Deniz Hukuku</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>299.5</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786053777359</t>
+          <t>9786052425398</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi ve Uluslararası Halkla İlişkiler</t>
+          <t>Mülakat: Teori, Süreç ve İlkeler</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786052428214</t>
+          <t>9786053778424</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İş Sağlığı ve Güvenliği Hukuku</t>
+          <t>Nasıl Bir Vergi Denetimi ve Vergi Yargısı</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>399.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786052424988</t>
+          <t>9786052427750</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Banka İşlemleri</t>
+          <t>Milletlerarası Özel Hukuk 2 - Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>249.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786053772637</t>
+          <t>9786052428115</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Seçim Sistemleri ve Etnik Azınlıkların Parlamenter Temsili</t>
+          <t>Milletlerarası Özel Hukuk 1 - Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>35</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786053335344</t>
+          <t>9786053778271</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Yöntemler</t>
+          <t>Hukuk Felsefesi Açısından Yararcılık Teorisinin Eleştirisi</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>699.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786053331360</t>
+          <t>9786052425374</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigorta Yardımlarına Hak Kazanma Koşulları ve Eşitlik İlkesi</t>
+          <t>Hukuksal Etik (Legal Ethics) Dersleri</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>499.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786053331452</t>
+          <t>9786053779087</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>6458 Sayılı Yabancılar ve Uluslararası Koruma Kanunu'nda İdari Gözetim</t>
+          <t>Sosyal Medya Endüstrisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1683" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786053331568</t>
+          <t>9786053778608</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olaylarla Örgütsel Davranış</t>
+          <t>Uluslararası Teamül Hukuku</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>299.5</v>
+        <v>369.5</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786053779391</t>
+          <t>9786053779179</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukukunda Kanuni İdare İlkesi</t>
+          <t>Kanıta Dayalı Kütüphane Yönetimi</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9789752959071</t>
+          <t>9786053777885</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Mevzuatına Göre Kredi Ve Kredi Teminatları</t>
+          <t>Şirketler Muhasebesi</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9789752957121</t>
+          <t>9786052427743</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili 2</t>
+          <t>Kamu Ekonomisi</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786053777274</t>
+          <t>9786052422106</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanununda Aile Hukukundan Kaynaklanan Yükümlülüğün İhlali</t>
+          <t>Yabancılar ve Uluslararası Koruma Hukuku</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>161</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786052424889</t>
+          <t>9786053338437</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Araştırma Yöntemleri</t>
+          <t>Pazarlama Ahlakı</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786053772422</t>
+          <t>9786053771678</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Krizin Çalışanlar Üzerindeki Etkisi</t>
+          <t>Para Piyasaları</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>49.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9789752959408</t>
+          <t>9786052426913</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü (Ciltli)</t>
+          <t>Panel Veri Ekonometrisi - Stata Uygulamalı</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>199.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786053775249</t>
+          <t>9786053337744</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi El Sözlüğü</t>
+          <t>Milletlerarası Tahkim Hukuku Cilt: 1</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>79.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786053772156</t>
+          <t>9786053776055</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Bulmacaları</t>
+          <t>Milletlerarası Özel Hukukta Tüzel Kişilik Perdesinin Kaldırılması</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>129.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786053776246</t>
+          <t>9786053772118</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>E-Dış Ticaret İşlemleri Yönetimi</t>
+          <t>Milletlerarası Özel Hukukta Kaçırılan veya Alıkonan Çocukların İadesi</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>79.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786053778233</t>
+          <t>9786053773016</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin İşveren Tarafından Haklı Nedenle Feshi</t>
+          <t>Milletlerarası Özel Hukukta Hisse Devirleri</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>349.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786052422182</t>
+          <t>9786053773801</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukunun Temel Metinleri</t>
+          <t>Karşılaştırmalı Radyo ve Televizyon</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>799.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786052424315</t>
+          <t>9786052422427</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Finans ve Sigorta Matematiği</t>
+          <t>Karşılaştırmalı Ceza Hukuku Yasaları</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>249.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786052426968</t>
+          <t>9786053776680</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Stratejik Yönetim</t>
+          <t>Karşılaştırmalı Anayasa Yargısında Politik Sorun ve Yargısal Aktivizm Doktrini: Anayasal Yargı Denetimi Gerekli mi?</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>1299.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786052422960</t>
+          <t>9786053776000</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Nedir?</t>
+          <t>Kamu İktisadi Teşebbüsleri ve Özelleştirme</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>599.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786053330769</t>
+          <t>9786052424773</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Kamu Ekonomisi Analizi</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>449.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786052420676</t>
+          <t>9786053777359</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Kira Hukuku Şerhi (Ciltli)</t>
+          <t>Kamu Diplomasisi ve Uluslararası Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>949.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786053335375</t>
+          <t>9786052428214</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Genel Hukuk Bilgisi (Hukuka Giriş)</t>
+          <t>Sorularla İş Sağlığı ve Güvenliği Hukuku</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786053334064</t>
+          <t>9786052424988</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri</t>
+          <t>Banka İşlemleri</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>449.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786053778905</t>
+          <t>9786053772637</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret ve Finansmanı</t>
+          <t>Seçim Sistemleri ve Etnik Azınlıkların Parlamenter Temsili</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>349.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786053331650</t>
+          <t>9786053335344</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Kat Karşılığı İnşaat Sözleşmeleri</t>
+          <t>Sayısal Yöntemler</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>399.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786053331643</t>
+          <t>9786053331360</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Gelişmeler Işığında Bankalarda Örgütsel Yönetim</t>
+          <t>Sosyal Sigorta Yardımlarına Hak Kazanma Koşulları ve Eşitlik İlkesi</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786053774532</t>
+          <t>9786053331452</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirici Liderlik</t>
+          <t>6458 Sayılı Yabancılar ve Uluslararası Koruma Kanunu'nda İdari Gözetim</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>139.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786053774600</t>
+          <t>9786053331568</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Görsel Mağazacılıkta Vitrinlerin Önemi</t>
+          <t>Örnek Olaylarla Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>149.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786053771883</t>
+          <t>9786053779391</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Gönülçelen Şirketler</t>
+          <t>Türk İdare Hukukunda Kanuni İdare İlkesi</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>62</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786052428276</t>
+          <t>9789752959071</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Türk Hukuk Mevzuatına Göre Kredi Ve Kredi Teminatları</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786053338550</t>
+          <t>9789752957121</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yönetim Bilimi</t>
+          <t>Türk Dili 2</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>39.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786052426166</t>
+          <t>9786053777274</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Felsefe ve Metodoloji</t>
+          <t>Türk Ceza Kanununda Aile Hukukundan Kaynaklanan Yükümlülüğün İhlali</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>349.5</v>
+        <v>161</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786052422779</t>
+          <t>9786052424889</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında Sorularla 4857 Sayılı İş Yasası</t>
+          <t>Sosyal Bilimlerde Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>239.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786053330912</t>
+          <t>9786053772422</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Kargo Taşımacılığı İşletmelerinin Organizasyon Yapıları</t>
+          <t>Ekonomik Krizin Çalışanlar Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>89.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786053331513</t>
+          <t>9789752959408</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Vizyonunu Genişleten Yeniden Doğan Pazarlar</t>
+          <t>Ekonomi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786053779773</t>
+          <t>9786053775249</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Matematiği</t>
+          <t>Ekonomi El Sözlüğü</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>299.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786053331292</t>
+          <t>9786053772156</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>İktisat Bilimi ve Türkiye İktisadı'nın Sıradışı ve Yenilikçi Yorumları</t>
+          <t>Ekonomi Bulmacaları</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>61</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786053331025</t>
+          <t>9786053776246</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Temel Hak ve Özgürlüklerin Kısıtlanmasında Kamu Güvenliği Ölçütü</t>
+          <t>E-Dış Ticaret İşlemleri Yönetimi</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>299.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786053331049</t>
+          <t>9786053778233</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Kişilerin Huzur ve Sükununu Bozma ve Gürültüye Neden Olma Sonuçları</t>
+          <t>İş Sözleşmesinin İşveren Tarafından Haklı Nedenle Feshi</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786053331438</t>
+          <t>9786052422182</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Kalitesi ve Müşteri Değerleri</t>
+          <t>Anayasa Hukukunun Temel Metinleri</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>299.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786053331285</t>
+          <t>9786052424315</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkime İlişkin Mevzuat ve Antlaşmalar Cilt: 2</t>
+          <t>Finans ve Sigorta Matematiği</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>979.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786053331124</t>
+          <t>9786052426968</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Etik ve Özdenetim</t>
+          <t>İşletmelerde Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>299.5</v>
+        <v>1299.5</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786053331421</t>
+          <t>9786052422960</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Kabahatler Kanunu</t>
+          <t>Halkla İlişkiler Nedir?</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>199.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786053330301</t>
+          <t>9786053330769</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>İşletme İstatistiği</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>249.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786053331261</t>
+          <t>9786052420676</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesinin Geriye Etkisi</t>
+          <t>Kira Hukuku Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>349.5</v>
+        <v>949.5</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786052428368</t>
+          <t>9786053335375</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Şirket ve Popüler Kültür</t>
+          <t>Genel Hukuk Bilgisi (Hukuka Giriş)</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786053337027</t>
+          <t>9786053334064</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Dünya İktisat Tarihi</t>
+          <t>Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>399.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786052424322</t>
+          <t>9786053778905</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Para ve Psikoloji</t>
+          <t>Dış Ticaret ve Finansmanı</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>239.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786053331179</t>
+          <t>9786053331650</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Konut Finansmanı ve Değerlemesi</t>
+          <t>Kat Karşılığı İnşaat Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>139.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786053779421</t>
+          <t>9786053331643</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Ekonomisinde Yeni Yaklaşımlar: Bilgi Yönetişimi ve Üniversite Ekonomisi</t>
+          <t>Ekonomik Gelişmeler Işığında Bankalarda Örgütsel Yönetim</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>139.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786053778240</t>
+          <t>9786053774532</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Büyükşehir Belediyesi ile İlçe Belediyeleri Arasındaki İlişkiler</t>
+          <t>Güçlendirici Liderlik</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>149.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786053778998</t>
+          <t>9786053774600</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında Milletlerarası Miras Hukuku</t>
+          <t>Görsel Mağazacılıkta Vitrinlerin Önemi</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>239.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786053778202</t>
+          <t>9786053771883</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Lineer Cebir</t>
+          <t>Gönülçelen Şirketler</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>299.5</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786053778110</t>
+          <t>9786052428276</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Mahremiyet Olgusu</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>49.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786053776390</t>
+          <t>9786053338550</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Değişim, Yönetim ve Liderlik</t>
+          <t>Çağdaş Yönetim Bilimi</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>299.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786053775676</t>
+          <t>9786052426166</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi Faaliyetlerinde Ölçme ve Değerlendirme</t>
+          <t>Bilim, Felsefe ve Metodoloji</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786053778684</t>
+          <t>9786052422779</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>İstatistiksel Analiz</t>
+          <t>Yargıtay Kararları Işığında Sorularla 4857 Sayılı İş Yasası</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786053777144</t>
+          <t>9786053330912</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Merkezleri</t>
+          <t>Kargo Taşımacılığı İşletmelerinin Organizasyon Yapıları</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>249.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786053777670</t>
+          <t>9786053331513</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Sermayenin Girişimsel Oryantasyona Etkisi ve Firma Performansı ile İlişkisi</t>
+          <t>Pazarlama Vizyonunu Genişleten Yeniden Doğan Pazarlar</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>58</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786052427590</t>
+          <t>9786053779773</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>İleri Akışkanlar Mekaniği</t>
+          <t>Sigorta Matematiği</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>899.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786053777878</t>
+          <t>9786053331292</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Satışla Başlar</t>
+          <t>İktisat Bilimi ve Türkiye İktisadı'nın Sıradışı ve Yenilikçi Yorumları</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>279.5</v>
+        <v>61</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786053779216</t>
+          <t>9786053331025</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devletinin Hukuki Belirlilik İlkesi Üzerinden Değerlendirilmesi</t>
+          <t>Temel Hak ve Özgürlüklerin Kısıtlanmasında Kamu Güvenliği Ölçütü</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786053332176</t>
+          <t>9786053331049</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hakların Uluslararası Korunması ve Avrupa Sosyal Şartı Sistemi</t>
+          <t>Kişilerin Huzur ve Sükununu Bozma ve Gürültüye Neden Olma Sonuçları</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786053332435</t>
+          <t>9786053331438</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Yükümlülüklerinin Yerine Getirilmemesinin Hukuki, İdari ve Cezai Sonuçları</t>
+          <t>Hizmet Kalitesi ve Müşteri Değerleri</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786053332329</t>
+          <t>9786053331285</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kiralama (Leasing) ve Kira Alacaklarının Takip Yolları</t>
+          <t>Milletlerarası Tahkime İlişkin Mevzuat ve Antlaşmalar Cilt: 2</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>42.5</v>
+        <v>979.5</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786053331148</t>
+          <t>9786053331124</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 3 (Ciltli)</t>
+          <t>Türk Basınında Etik ve Özdenetim</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9786052423035</t>
+          <t>9786053331421</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu (MK.) Türk Borçlar Kanunu (TBK.) (Ciltli)</t>
+          <t>Kabahatler Kanunu</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>899.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9786052427699</t>
+          <t>9786053330301</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku 1. Cilt</t>
+          <t>İşletme İstatistiği</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>749.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786052426074</t>
+          <t>9786053331261</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Aile Hukuku 2. Cilt</t>
+          <t>Toplu İş Sözleşmesinin Geriye Etkisi</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>749.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786053774327</t>
+          <t>9786052428368</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Özel Yaşamın Korunması Hakkı</t>
+          <t>Şirket ve Popüler Kültür</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>329.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786053777137</t>
+          <t>9786053337027</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Özel Yaşamın Bir Parçası Olarak Telekomünikasyon Yoluyla Yapılan İletişimin Gizliliğine Önleyici Denetimle Müdahale</t>
+          <t>Dünya İktisat Tarihi</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786052428177</t>
+          <t>9786052424322</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış ve Yönetim Psikolojisi</t>
+          <t>Para ve Psikoloji</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>599.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786053335474</t>
+          <t>9786053331179</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Örgütlerde Güncel Davranışsal Konular</t>
+          <t>Konut Finansmanı ve Değerlemesi</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>35</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9786053331117</t>
+          <t>9786053779421</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi ve Yenililk</t>
+          <t>Bilgi Ekonomisinde Yeni Yaklaşımlar: Bilgi Yönetişimi ve Üniversite Ekonomisi</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>79.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786053331094</t>
+          <t>9786053778240</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Uyumsuz Muhalif: Bir Entelektüeli Yitirmek</t>
+          <t>Büyükşehir Belediyesi ile İlçe Belediyeleri Arasındaki İlişkiler</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>49.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9786053331414</t>
+          <t>9786053778998</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Veri Gizleme</t>
+          <t>Yargıtay Kararları Işığında Milletlerarası Miras Hukuku</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>249.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9786053330370</t>
+          <t>9786053778202</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Örgütsel Değişim ve İç Girişimcilik</t>
+          <t>Lineer Cebir</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9786053330318</t>
+          <t>9786053778110</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukukunda Organ ve Doku Nakline İlişkin Bazı Hukuki Sorunlar Üzerine Bir Deneme</t>
+          <t>İşyerinde Mahremiyet Olgusu</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>239.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9786053335771</t>
+          <t>9786053776390</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Avrupa Birliği Geri Kabul Antlaşması</t>
+          <t>21. Yüzyılda Değişim, Yönetim ve Liderlik</t>
         </is>
       </c>
       <c r="C1759" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9786052427644</t>
+          <t>9786053775676</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Mahkeme Kararlarının Tanınması ve Tenfizi</t>
+          <t>İnsan Kaynakları Yönetimi Faaliyetlerinde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>899.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9786053331346</t>
+          <t>9786053778684</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Unconventional and Innovative Economic Analyses Suggested By the Turkish Experience</t>
+          <t>İstatistiksel Analiz</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>81</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786053331339</t>
+          <t>9786053777144</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Sözleşmelerinde Hasılat Muhasebesi</t>
+          <t>Alışveriş Merkezleri</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>149.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9786053331377</t>
+          <t>9786053777670</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Avrupa Birliği İlişkilerine Siyasal Partilerin Bakışı</t>
+          <t>Entelektüel Sermayenin Girişimsel Oryantasyona Etkisi ve Firma Performansı ile İlişkisi</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>89.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9786053331407</t>
+          <t>9786052427590</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Kalite</t>
+          <t>İleri Akışkanlar Mekaniği</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>449.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9786052427354</t>
+          <t>9786053777878</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Elektrikle Çalışmalarda İş Sağlığı ve Güvenliği</t>
+          <t>Her Şey Satışla Başlar</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>249.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786053330158</t>
+          <t>9786053779216</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Tankerlerde Operasyonel Etkinlik</t>
+          <t>Hukuk Devletinin Hukuki Belirlilik İlkesi Üzerinden Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9786053779889</t>
+          <t>9786053332176</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Cari Açık</t>
+          <t>Sosyal Hakların Uluslararası Korunması ve Avrupa Sosyal Şartı Sistemi</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9786053330103</t>
+          <t>9786053332435</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Hileli Finansal Raporlama</t>
+          <t>İş Sağlığı ve Güvenliği Yükümlülüklerinin Yerine Getirilmemesinin Hukuki, İdari ve Cezai Sonuçları</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786053330240</t>
+          <t>9786053332329</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Performans Organizasyonu</t>
+          <t>Finansal Kiralama (Leasing) ve Kira Alacaklarının Takip Yolları</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>249.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786053330264</t>
+          <t>9786053331148</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Enerjiye Dayalı Büyüme</t>
+          <t>Makaleler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>79.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786052424407</t>
+          <t>9786052423035</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Türk Medeni Kanunu (MK.) Türk Borçlar Kanunu (TBK.) (Ciltli)</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>399.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786052425947</t>
+          <t>9786052427699</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>İleri Panel Veri Analizi: Stata Uygulamalı</t>
+          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku 1. Cilt</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>449.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786052424391</t>
+          <t>9786052426074</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşünce Tarihi</t>
+          <t>Türk Medeni Hukuku Aile Hukuku 2. Cilt</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>499.5</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786052428603</t>
+          <t>9786053774327</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
+          <t>Özel Yaşamın Korunması Hakkı</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>749.5</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786053775508</t>
+          <t>9786053777137</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Türev Ürünler ve Finansal Teknikler</t>
+          <t>Özel Yaşamın Bir Parçası Olarak Telekomünikasyon Yoluyla Yapılan İletişimin Gizliliğine Önleyici Denetimle Müdahale</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786052423110</t>
+          <t>9786052428177</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Modern İç Denetim</t>
+          <t>Örgütsel Davranış ve Yönetim Psikolojisi</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>449.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9786053330547</t>
+          <t>9786053335474</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Avrupa Birliği Hukukunda Dolaysız Vergilerde Ayrımcılık Yasağı</t>
+          <t>Postmodern Örgütlerde Güncel Davranışsal Konular</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>449.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9786053778776</t>
+          <t>9786053331117</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Teorik Tartışmalar</t>
+          <t>İnsan Kaynakları Yönetimi ve Yenililk</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>499.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9786053779209</t>
+          <t>9786053331094</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Medyadan Yansıyanlar</t>
+          <t>Sıradışı Uyumsuz Muhalif: Bir Entelektüeli Yitirmek</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>249.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9786052428092</t>
+          <t>9786053331414</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Notlu Türk Ticaret Kanunu (Ciltli)</t>
+          <t>Veri Gizleme</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>1299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9786053337171</t>
+          <t>9786053330370</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Devlet Doktrinleri</t>
+          <t>İşletmelerde Örgütsel Değişim ve İç Girişimcilik</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786053778752</t>
+          <t>9786053330318</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Finansal Krizler Erken Uyarı Sistemleri ve 2008 Krizi İçin TR-ABD Örneği</t>
+          <t>Türk Medeni Hukukunda Organ ve Doku Nakline İlişkin Bazı Hukuki Sorunlar Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>349.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786053779353</t>
+          <t>9786053335771</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Terimleri Sözlüğü (İtalyanca-Türkçe / Türkçe-İtalyanca)</t>
+          <t>Türkiye Avrupa Birliği Geri Kabul Antlaşması</t>
         </is>
       </c>
       <c r="C1783" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786053335061</t>
+          <t>9786052427644</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Çalışmaları</t>
+          <t>Yabancı Mahkeme Kararlarının Tanınması ve Tenfizi</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>29.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786053331032</t>
+          <t>9786053331346</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasalarında Halka Arz</t>
+          <t>Unconventional and Innovative Economic Analyses Suggested By the Turkish Experience</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>349.5</v>
+        <v>81</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786053774679</t>
+          <t>9786053331339</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hizmetlerinde Değişim Yönetimi</t>
+          <t>Hizmet Sözleşmelerinde Hasılat Muhasebesi</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>72.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786053337621</t>
+          <t>9786053331377</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik - Güncel Konular</t>
+          <t>Türkiye-Avrupa Birliği İlişkilerine Siyasal Partilerin Bakışı</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>399.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786052426449</t>
+          <t>9786053331407</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Marka Yönetimi</t>
+          <t>Sağlık İşletmelerinde Kalite</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>549.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786053330905</t>
+          <t>9786052427354</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Köprüüstü ve Makine Dairesi Kaynakları Yönetimi (Ciltli)</t>
+          <t>Elektrikle Çalışmalarda İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786052422199</t>
+          <t>9786053330158</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>İnternette Pazarlama</t>
+          <t>Kimyasal Tankerlerde Operasyonel Etkinlik</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9786053770190</t>
+          <t>9786053779889</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Değerlendirme Merkezi</t>
+          <t>Cari Açık</t>
         </is>
       </c>
       <c r="C1791" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9786052421314</t>
+          <t>9786053330103</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Hileli Finansal Raporlama</t>
         </is>
       </c>
       <c r="C1792" s="1">
-        <v>949.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9786052422168</t>
+          <t>9786053330240</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Yüksek Performans Organizasyonu</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9786053779360</t>
+          <t>9786053330264</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Avrupa Sözleşmesi ve Anayasa</t>
+          <t>Enerjiye Dayalı Büyüme</t>
         </is>
       </c>
       <c r="C1794" s="1">
-        <v>899.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9789752959606</t>
+          <t>9786052424407</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Avrupa Mahkemesi Kararlarında Adil Yargılanma Hakkı</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>299.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9786053773740</t>
+          <t>9786052425947</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Yaklaşımla İnsan Hakları</t>
+          <t>İleri Panel Veri Analizi: Stata Uygulamalı</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>299.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9786053775294</t>
+          <t>9786052424391</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Hastalık ve Analığın Hizmet Akdine Etkileri</t>
+          <t>İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9786053771609</t>
+          <t>9786052428603</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarının Eğitimi Geliştirilmesi</t>
+          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>189.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9786053775492</t>
+          <t>9786053775508</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Kapitalizmi</t>
+          <t>Türev Ürünler ve Finansal Teknikler</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>172.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9786053335054</t>
+          <t>9786052423110</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimine Giriş</t>
+          <t>Modern İç Denetim</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>39.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9786052425251</t>
+          <t>9786053330547</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Güncel Pazarlama Konuları (Örnek Olaylarla)</t>
+          <t>Türk ve Avrupa Birliği Hukukunda Dolaysız Vergilerde Ayrımcılık Yasağı</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>349.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9786052423554</t>
+          <t>9786053778776</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık ve Sigortacılıkta Pazarlama</t>
+          <t>Uluslararası İlişkilerde Teorik Tartışmalar</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9786053330851</t>
+          <t>9786053779209</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>6098 Sayılı Borçlar Kanunu Genel Hükümler (Kısa Şerh)</t>
+          <t>Medyadan Yansıyanlar</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9786053330493</t>
+          <t>9786052428092</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Ortamında Çekicilik ve Bağımlılık</t>
+          <t>Notlu Türk Ticaret Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>299.5</v>
+        <v>1299.5</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9786053330479</t>
+          <t>9786053337171</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Haksız Tahrik</t>
+          <t>Devlet Doktrinleri</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9786053330431</t>
+          <t>9786053778752</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Muhasebesi</t>
+          <t>Finansal Krizler Erken Uyarı Sistemleri ve 2008 Krizi İçin TR-ABD Örneği</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9786053330509</t>
+          <t>9786053779353</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>İlletyus</t>
+          <t>Hukuk Terimleri Sözlüğü (İtalyanca-Türkçe / Türkçe-İtalyanca)</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>25</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9786053330523</t>
+          <t>9786053335061</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Satım Hukukunda Kanunlar İhtilafı Meseleleri</t>
+          <t>Liderlik Çalışmaları</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>399.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9786053332145</t>
+          <t>9786053331032</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>ABD Hukukunda Özel Hayatın Gizliliği Hakkının Korunması</t>
+          <t>Sermaye Piyasalarında Halka Arz</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9786053330615</t>
+          <t>9786053774679</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza İnfaz Hukuku</t>
+          <t>Bilgi Hizmetlerinde Değişim Yönetimi</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>399.5</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9786053330561</t>
+          <t>9786053337621</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Güç Savaşında Denge Noktası Adalet</t>
+          <t>Girişimcilik - Güncel Konular</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9786052424780</t>
+          <t>9786052426449</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku Dersleri</t>
+          <t>Marka Yönetimi</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>899.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9786052427361</t>
+          <t>9786053330905</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Yönetimi (Stratejik Yaklaşım)</t>
+          <t>Köprüüstü ve Makine Dairesi Kaynakları Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>549.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9786053779568</t>
+          <t>9786052422199</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesinin Düzeyi ve Türleri</t>
+          <t>İnternette Pazarlama</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>149.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9786053776383</t>
+          <t>9786053770190</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Pusula Tipi 360 Liderlik Modeli</t>
+          <t>İnsan Kaynakları Yönetiminde Değerlendirme Merkezi</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9786053773757</t>
+          <t>9786052421314</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomi Teorisi için Alıştırmalar</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>22.9</v>
+        <v>949.5</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9786053337126</t>
+          <t>9786052422168</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomi Teorisi</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>599.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9786053330042</t>
+          <t>9786053779360</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İletişim Yönetimi</t>
+          <t>İnsan Hakları Avrupa Sözleşmesi ve Anayasa</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>249.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9786053776222</t>
+          <t>9789752959606</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>Statik Mukavemet</t>
+          <t>İnsan Hakları Avrupa Mahkemesi Kararlarında Adil Yargılanma Hakkı</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9789752955820</t>
+          <t>9786053773740</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İstatistik - II</t>
+          <t>Disiplinlerarası Yaklaşımla İnsan Hakları</t>
         </is>
       </c>
       <c r="C1820" s="1">
-        <v>69.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9786053770022</t>
+          <t>9786053775294</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Fen ve Doğa Bilimleri</t>
+          <t>Türk Hukukunda Hastalık ve Analığın Hizmet Akdine Etkileri</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>129.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9786052426050</t>
+          <t>9786053771609</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler (Ciltli)</t>
+          <t>İnsan Kaynaklarının Eğitimi Geliştirilmesi</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>979.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9786052425732</t>
+          <t>9786053775492</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku</t>
+          <t>21. Yüzyıl Kapitalizmi</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>399.5</v>
+        <v>172.5</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9786053770305</t>
+          <t>9786053335054</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Malvarlığının Terki Suretiyle Konkordato</t>
+          <t>İşletme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>35</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9786053777236</t>
+          <t>9786052425251</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Makalelerim 1 (Ciltli)</t>
+          <t>Güncel Pazarlama Konuları (Örnek Olaylarla)</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>599.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9786053775768</t>
+          <t>9786052423554</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Hile Denetimi Metodoloji ve Raporlama</t>
+          <t>Bankacılık ve Sigortacılıkta Pazarlama</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9786053773221</t>
+          <t>9786053330851</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Turizm Pazarlaması</t>
+          <t>6098 Sayılı Borçlar Kanunu Genel Hükümler (Kısa Şerh)</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9786053771661</t>
+          <t>9786053330493</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Trafikte Güvenli Sürüş Açısından Alkol</t>
+          <t>Sosyal Medya Ortamında Çekicilik ve Bağımlılık</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>65</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9786053773894</t>
+          <t>9786053330479</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>İdari İşlemlerin Yürürlükten Kaldırılması</t>
+          <t>Ceza Hukukunda Haksız Tahrik</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9786053770312</t>
+          <t>9786053330431</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukuku Kapsamında Uzlaşma Yoluyla Yeniden Yapılandırma</t>
+          <t>İnsan Kaynakları Muhasebesi</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>62</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9780000275660</t>
+          <t>9786053330509</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>Dama Stratejik Hizmet Yönetimi Modeli</t>
+          <t>İlletyus</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>59.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9786053775935</t>
+          <t>9786053330523</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Dalgakıran Tasarımı</t>
+          <t>Uluslararası Satım Hukukunda Kanunlar İhtilafı Meseleleri</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>599.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9789752956742</t>
+          <t>9786053332145</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Geçiş Ekonomileri Pilandan Piyasaya</t>
+          <t>ABD Hukukunda Özel Hayatın Gizliliği Hakkının Korunması</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>79.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9786053330578</t>
+          <t>9786053330615</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesinin Art Etkisi</t>
+          <t>Türk Ceza İnfaz Hukuku</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9786053330585</t>
+          <t>9786053330561</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Fransız Medeni Usul Hukuku'nda Yargılamanın Yenilenmesi</t>
+          <t>Güç Savaşında Denge Noktası Adalet</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>187</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9786053779810</t>
+          <t>9786052424780</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Denizcilik İşletmeleri Yönetimi</t>
+          <t>Sosyal Güvenlik Hukuku Dersleri</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>699.5</v>
+        <v>995</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9786053773009</t>
+          <t>9786052427361</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Vergisel Kabahatler</t>
+          <t>Pazarlama Yönetimi (Stratejik Yaklaşım)</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>499.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9786052420331</t>
+          <t>9786053779568</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler TCK m.1-75 Pratik Çalışma Araçları</t>
+          <t>Toplu İş Sözleşmesinin Düzeyi ve Türleri</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>429.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9786053775454</t>
+          <t>9786053776383</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Bir Çeviri Eserler Bibliyografyası Işığında Türkçede italyan Kültürü</t>
+          <t>Pusula Tipi 360 Liderlik Modeli</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>249.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9786053778578</t>
+          <t>9786053773757</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Medikal Karar Verme Yöntemleri</t>
+          <t>Mikroekonomi Teorisi için Alıştırmalar</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>299.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9786053776161</t>
+          <t>9786053337126</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Girdabında Tüketicinin Kafa Karışıklığı</t>
+          <t>Mikroekonomi Teorisi</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>49.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9786052426111</t>
+          <t>9786053330042</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Modern Pubic Finance</t>
+          <t>Stratejik İletişim Yönetimi</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9786053779551</t>
+          <t>9786053776222</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Görsel - İşitsel Politikasıyla Avrupa Birliği</t>
+          <t>Statik Mukavemet</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>349.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9786053334446</t>
+          <t>9789752955820</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yöneticisinin El Kitabı</t>
+          <t>Uygulamalı İstatistik - II</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>399.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9786053777922</t>
+          <t>9786053770022</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Ekonomisi</t>
+          <t>Uygulamalı Fen ve Doğa Bilimleri</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>249.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9786053778790</t>
+          <t>9786052426050</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Uçucu Ekip Yönetimi</t>
+          <t>Borçlar Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>299.5</v>
+        <v>979.5</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9786053778035</t>
+          <t>9786052425732</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>İdeolojik Arena Medya</t>
+          <t>Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>279.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9786053777786</t>
+          <t>9786053770305</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Özürlülerin Sosyal Güvenlik Hakları</t>
+          <t>Malvarlığının Terki Suretiyle Konkordato</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>299.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9786053775607</t>
+          <t>9786053777236</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukuku Analizleri</t>
+          <t>Makalelerim 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>99.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9786053778509</t>
+          <t>9786053775768</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmada Biyotenoloji (Ciltli)</t>
+          <t>Hile Denetimi Metodoloji ve Raporlama</t>
         </is>
       </c>
       <c r="C1850" s="1">
-        <v>149.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9786052422564</t>
+          <t>9786053773221</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Büyüme</t>
+          <t>Turizm Pazarlaması</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>279.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9786053778004</t>
+          <t>9786053771661</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Hileli Finansal Raporlama Önleme ve Tespit</t>
+          <t>Trafikte Güvenli Sürüş Açısından Alkol</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>299.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9786053339441</t>
+          <t>9786053773894</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Depo ve Envanter Yönetimi</t>
+          <t>İdari İşlemlerin Yürürlükten Kaldırılması</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>28.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9786052422052</t>
+          <t>9786053770312</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu ve İlgili Mevzuat</t>
+          <t>İcra Hukuku Kapsamında Uzlaşma Yoluyla Yeniden Yapılandırma</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>200</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9786053777755</t>
+          <t>9780000275660</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Özgürlüğü</t>
+          <t>Dama Stratejik Hizmet Yönetimi Modeli</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>349.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9786053779438</t>
+          <t>9786053775935</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>İş Değerleri ve Çalışma Hayatına Yansımaları</t>
+          <t>Dalgakıran Tasarımı</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>112</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9786053779230</t>
+          <t>9789752956742</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Marka Sloganları</t>
+          <t>Geçiş Ekonomileri Pilandan Piyasaya</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>249.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9786053778714</t>
+          <t>9786053330578</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısında İlk İnceleme</t>
+          <t>Toplu İş Sözleşmesinin Art Etkisi</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>175</v>
+        <v>349.5</v>
+      </c>
+    </row>
+    <row r="1859" spans="1:3">
+      <c r="A1859" s="1" t="inlineStr">
+        <is>
+          <t>9786053330585</t>
+        </is>
+      </c>
+      <c r="B1859" s="1" t="inlineStr">
+        <is>
+          <t>Türk ve Fransız Medeni Usul Hukuku'nda Yargılamanın Yenilenmesi</t>
+        </is>
+      </c>
+      <c r="C1859" s="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="1860" spans="1:3">
+      <c r="A1860" s="1" t="inlineStr">
+        <is>
+          <t>9786053779810</t>
+        </is>
+      </c>
+      <c r="B1860" s="1" t="inlineStr">
+        <is>
+          <t>Denizcilik İşletmeleri Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1860" s="1">
+        <v>699.5</v>
+      </c>
+    </row>
+    <row r="1861" spans="1:3">
+      <c r="A1861" s="1" t="inlineStr">
+        <is>
+          <t>9786053773009</t>
+        </is>
+      </c>
+      <c r="B1861" s="1" t="inlineStr">
+        <is>
+          <t>Vergisel Kabahatler</t>
+        </is>
+      </c>
+      <c r="C1861" s="1">
+        <v>499.5</v>
+      </c>
+    </row>
+    <row r="1862" spans="1:3">
+      <c r="A1862" s="1" t="inlineStr">
+        <is>
+          <t>9786052420331</t>
+        </is>
+      </c>
+      <c r="B1862" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Hukuku Genel Hükümler TCK m.1-75 Pratik Çalışma Araçları</t>
+        </is>
+      </c>
+      <c r="C1862" s="1">
+        <v>429.5</v>
+      </c>
+    </row>
+    <row r="1863" spans="1:3">
+      <c r="A1863" s="1" t="inlineStr">
+        <is>
+          <t>9786053775454</t>
+        </is>
+      </c>
+      <c r="B1863" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çeviri Eserler Bibliyografyası Işığında Türkçede italyan Kültürü</t>
+        </is>
+      </c>
+      <c r="C1863" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="1864" spans="1:3">
+      <c r="A1864" s="1" t="inlineStr">
+        <is>
+          <t>9786053778578</t>
+        </is>
+      </c>
+      <c r="B1864" s="1" t="inlineStr">
+        <is>
+          <t>Medikal Karar Verme Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1864" s="1">
+        <v>299.5</v>
+      </c>
+    </row>
+    <row r="1865" spans="1:3">
+      <c r="A1865" s="1" t="inlineStr">
+        <is>
+          <t>9786053776161</t>
+        </is>
+      </c>
+      <c r="B1865" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlama Girdabında Tüketicinin Kafa Karışıklığı</t>
+        </is>
+      </c>
+      <c r="C1865" s="1">
+        <v>49.5</v>
+      </c>
+    </row>
+    <row r="1866" spans="1:3">
+      <c r="A1866" s="1" t="inlineStr">
+        <is>
+          <t>9786052426111</t>
+        </is>
+      </c>
+      <c r="B1866" s="1" t="inlineStr">
+        <is>
+          <t>Modern Pubic Finance</t>
+        </is>
+      </c>
+      <c r="C1866" s="1">
+        <v>299.5</v>
+      </c>
+    </row>
+    <row r="1867" spans="1:3">
+      <c r="A1867" s="1" t="inlineStr">
+        <is>
+          <t>9786053779551</t>
+        </is>
+      </c>
+      <c r="B1867" s="1" t="inlineStr">
+        <is>
+          <t>Görsel - İşitsel Politikasıyla Avrupa Birliği</t>
+        </is>
+      </c>
+      <c r="C1867" s="1">
+        <v>349.5</v>
+      </c>
+    </row>
+    <row r="1868" spans="1:3">
+      <c r="A1868" s="1" t="inlineStr">
+        <is>
+          <t>9786053334446</t>
+        </is>
+      </c>
+      <c r="B1868" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Kaynakları Yöneticisinin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1868" s="1">
+        <v>449.5</v>
+      </c>
+    </row>
+    <row r="1869" spans="1:3">
+      <c r="A1869" s="1" t="inlineStr">
+        <is>
+          <t>9786053777922</t>
+        </is>
+      </c>
+      <c r="B1869" s="1" t="inlineStr">
+        <is>
+          <t>Mühendislik Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C1869" s="1">
+        <v>249.5</v>
+      </c>
+    </row>
+    <row r="1870" spans="1:3">
+      <c r="A1870" s="1" t="inlineStr">
+        <is>
+          <t>9786053778790</t>
+        </is>
+      </c>
+      <c r="B1870" s="1" t="inlineStr">
+        <is>
+          <t>Uçucu Ekip Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1870" s="1">
+        <v>299.5</v>
+      </c>
+    </row>
+    <row r="1871" spans="1:3">
+      <c r="A1871" s="1" t="inlineStr">
+        <is>
+          <t>9786053778035</t>
+        </is>
+      </c>
+      <c r="B1871" s="1" t="inlineStr">
+        <is>
+          <t>İdeolojik Arena Medya</t>
+        </is>
+      </c>
+      <c r="C1871" s="1">
+        <v>279.5</v>
+      </c>
+    </row>
+    <row r="1872" spans="1:3">
+      <c r="A1872" s="1" t="inlineStr">
+        <is>
+          <t>9786053777786</t>
+        </is>
+      </c>
+      <c r="B1872" s="1" t="inlineStr">
+        <is>
+          <t>Özürlülerin Sosyal Güvenlik Hakları</t>
+        </is>
+      </c>
+      <c r="C1872" s="1">
+        <v>299.5</v>
+      </c>
+    </row>
+    <row r="1873" spans="1:3">
+      <c r="A1873" s="1" t="inlineStr">
+        <is>
+          <t>9786053775607</t>
+        </is>
+      </c>
+      <c r="B1873" s="1" t="inlineStr">
+        <is>
+          <t>İcra Hukuku Analizleri</t>
+        </is>
+      </c>
+      <c r="C1873" s="1">
+        <v>99.5</v>
+      </c>
+    </row>
+    <row r="1874" spans="1:3">
+      <c r="A1874" s="1" t="inlineStr">
+        <is>
+          <t>9786053778509</t>
+        </is>
+      </c>
+      <c r="B1874" s="1" t="inlineStr">
+        <is>
+          <t>Kalkınmada Biyotenoloji (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1874" s="1">
+        <v>149.5</v>
+      </c>
+    </row>
+    <row r="1875" spans="1:3">
+      <c r="A1875" s="1" t="inlineStr">
+        <is>
+          <t>9786052422564</t>
+        </is>
+      </c>
+      <c r="B1875" s="1" t="inlineStr">
+        <is>
+          <t>İktisadi Büyüme</t>
+        </is>
+      </c>
+      <c r="C1875" s="1">
+        <v>279.5</v>
+      </c>
+    </row>
+    <row r="1876" spans="1:3">
+      <c r="A1876" s="1" t="inlineStr">
+        <is>
+          <t>9786053778004</t>
+        </is>
+      </c>
+      <c r="B1876" s="1" t="inlineStr">
+        <is>
+          <t>Hileli Finansal Raporlama Önleme ve Tespit</t>
+        </is>
+      </c>
+      <c r="C1876" s="1">
+        <v>299.5</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:3">
+      <c r="A1877" s="1" t="inlineStr">
+        <is>
+          <t>9786053339441</t>
+        </is>
+      </c>
+      <c r="B1877" s="1" t="inlineStr">
+        <is>
+          <t>Depo ve Envanter Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1877" s="1">
+        <v>28.5</v>
+      </c>
+    </row>
+    <row r="1878" spans="1:3">
+      <c r="A1878" s="1" t="inlineStr">
+        <is>
+          <t>9786052422052</t>
+        </is>
+      </c>
+      <c r="B1878" s="1" t="inlineStr">
+        <is>
+          <t>İcra ve İflas Kanunu ve İlgili Mevzuat</t>
+        </is>
+      </c>
+      <c r="C1878" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1879" spans="1:3">
+      <c r="A1879" s="1" t="inlineStr">
+        <is>
+          <t>9786053777755</t>
+        </is>
+      </c>
+      <c r="B1879" s="1" t="inlineStr">
+        <is>
+          <t>Kitle İletişim Özgürlüğü</t>
+        </is>
+      </c>
+      <c r="C1879" s="1">
+        <v>349.5</v>
+      </c>
+    </row>
+    <row r="1880" spans="1:3">
+      <c r="A1880" s="1" t="inlineStr">
+        <is>
+          <t>9786053779438</t>
+        </is>
+      </c>
+      <c r="B1880" s="1" t="inlineStr">
+        <is>
+          <t>İş Değerleri ve Çalışma Hayatına Yansımaları</t>
+        </is>
+      </c>
+      <c r="C1880" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="1881" spans="1:3">
+      <c r="A1881" s="1" t="inlineStr">
+        <is>
+          <t>9786053779230</t>
+        </is>
+      </c>
+      <c r="B1881" s="1" t="inlineStr">
+        <is>
+          <t>Marka Sloganları</t>
+        </is>
+      </c>
+      <c r="C1881" s="1">
+        <v>249.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>