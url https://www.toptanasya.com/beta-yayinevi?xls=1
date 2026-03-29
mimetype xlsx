--- v1 (2026-02-06)
+++ v2 (2026-03-29)
@@ -85,28240 +85,28270 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254239854</t>
+          <t>9786254239847</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukukunda Delillerin Temini</t>
+          <t>Çalışma Yaşamında Bireysel Farklılıkların Yönetimi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>449.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254239762</t>
+          <t>9786254239885</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale: Tarihsel Süreç ve Kültürel Bellek</t>
+          <t>Aile Hukuku - Mal Rejimleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>399.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254239823</t>
+          <t>9786254239854</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Finansal Okuryazarlık</t>
+          <t>Milletlerarası Usul Hukukunda Delillerin Temini</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>399.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052422380</t>
+          <t>9786254239762</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku Prensipleri Kıymetli Evrak</t>
+          <t>Çanakkale: Tarihsel Süreç ve Kültürel Bellek</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053770572</t>
+          <t>9786254239823</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Evlat Edinme</t>
+          <t>Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>174.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053774907</t>
+          <t>9786052422380</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Strateji Oluşturma Modeli</t>
+          <t>Ticaret Hukuku Prensipleri Kıymetli Evrak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>49.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752957053</t>
+          <t>9786053770572</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Statik - Mukavemet Problemleri</t>
+          <t>Türk Hukukunda Evlat Edinme</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>169.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053776369</t>
+          <t>9786053774907</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Geriye Yürümezlik Esası</t>
+          <t>Strateji Oluşturma Modeli</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>49.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052425633</t>
+          <t>9789752957053</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Karar Verme Yöntemleri</t>
+          <t>Statik - Mukavemet Problemleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>199.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056419966</t>
+          <t>9786053776369</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler Teorisinde Yeni Düşünce</t>
+          <t>Vergi Hukukunda Geriye Yürümezlik Esası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>38</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053334361</t>
+          <t>9786052425633</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Lider Yöneticinin Benliğine Yolculuk</t>
+          <t>Sayısal Karar Verme Yöntemleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>49.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052420430</t>
+          <t>9786056419966</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim</t>
+          <t>Uluslararası İlişkiler Teorisinde Yeni Düşünce</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>42.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053338789</t>
+          <t>9786053334361</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermaye</t>
+          <t>Lider Yöneticinin Benliğine Yolculuk</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>59.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752958715</t>
+          <t>9786052420430</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mobil Telefon Abonelik Sözleşmesi</t>
+          <t>Finansal Yönetim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>87</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053771913</t>
+          <t>9786053338789</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kolluk Hukuku</t>
+          <t>Sosyal Sermaye</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>899.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053773542</t>
+          <t>9789752958715</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yasal Düzenlemeler ve Lojistik Yönetimi Perspektifinden Karayolu Taşımacılığı</t>
+          <t>Mobil Telefon Abonelik Sözleşmesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>129.5</v>
+        <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053778592</t>
+          <t>9786053771913</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yerelleşme ve Yerel İktidar</t>
+          <t>Kolluk Hukuku</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>69.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053778844</t>
+          <t>9786053773542</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Biliminde 29 İnsan 29 Kavram</t>
+          <t>Yasal Düzenlemeler ve Lojistik Yönetimi Perspektifinden Karayolu Taşımacılığı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>29.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053339588</t>
+          <t>9786053778592</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukuna Giriş</t>
+          <t>Yerelleşme ve Yerel İktidar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>39.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786053333555</t>
+          <t>9786053778844</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>AB Bölgesel Politikası Adalar ve Gökçeada</t>
+          <t>Pazarlama Biliminde 29 İnsan 29 Kavram</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>72.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053332169</t>
+          <t>9786053339588</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yönetişim Risk ve Uyum</t>
+          <t>Anayasa Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>79.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053779469</t>
+          <t>9786053333555</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu'nda Tahkim</t>
+          <t>AB Bölgesel Politikası Adalar ve Gökçeada</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>349.5</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053777557</t>
+          <t>9786053332169</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Mekaniği Dinamik</t>
+          <t>Yönetişim Risk ve Uyum</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>199.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053778165</t>
+          <t>9786053779469</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetimin Yönetim Kuruluna Yansımaları</t>
+          <t>Hukuk Muhakemeleri Kanunu'nda Tahkim</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>189.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053778158</t>
+          <t>9786053777557</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Fransız Ceza Muhakemesi Hukuku'nda Mağdurun Makam Olarak Yeri</t>
+          <t>Mühendislik Mekaniği Dinamik</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052427132</t>
+          <t>9786053778165</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Makroekonomi</t>
+          <t>Kurumsal Yönetimin Yönetim Kuruluna Yansımaları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>549.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053336143</t>
+          <t>9786053778158</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kamu Kurum Kültürü</t>
+          <t>Türk ve Fransız Ceza Muhakemesi Hukuku'nda Mağdurun Makam Olarak Yeri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>32.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053333722</t>
+          <t>9786052427132</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Adaletin Peşinde</t>
+          <t>Makroekonomi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>29.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053330387</t>
+          <t>9786053336143</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çalışanın İşvereni ve İş Arkadaşlarını İhbar Etmesi</t>
+          <t>Türkiye'de Kamu Kurum Kültürü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>99.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254239694</t>
+          <t>9786053333722</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı ve Eleştirel Toplu İş Hukuku Notları</t>
+          <t>Örgütsel Adaletin Peşinde</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>299.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052426203</t>
+          <t>9786053330387</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ortaklıklar Hukuku</t>
+          <t>Çalışanın İşvereni ve İş Arkadaşlarını İhbar Etmesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>595</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052422762</t>
+          <t>9786254239694</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimine Giriş</t>
+          <t>Uygulamalı ve Eleştirel Toplu İş Hukuku Notları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>449.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052425800</t>
+          <t>9786052426203</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşünceler ve Yönetimler</t>
+          <t>Ortaklıklar Hukuku</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>899.5</v>
+        <v>595</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254239175</t>
+          <t>9786052422762</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Felsefesi</t>
+          <t>İşletme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>299.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254239168</t>
+          <t>9786052425800</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Engelli İstihdamında Kamu Politikalarının Rolü: Türkiye Örneği</t>
+          <t>Siyasal Düşünceler ve Yönetimler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>249.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254360053</t>
+          <t>9786254239175</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim - Financial Management</t>
+          <t>Pazarlama Felsefesi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053331445</t>
+          <t>9786254239168</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Vergiden Kaçınmanın Önlenmesi</t>
+          <t>Engelli İstihdamında Kamu Politikalarının Rolü: Türkiye Örneği</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>229.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053778974</t>
+          <t>9786254360053</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türkiye’de İş Sağlığı ve Güvenliği</t>
+          <t>Finansal Yönetim - Financial Management</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>149.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053334491</t>
+          <t>9786053331445</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Eşitsizlikler</t>
+          <t>Vergiden Kaçınmanın Önlenmesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>249.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9780000999542</t>
+          <t>9786053778974</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Tarih Öncesi Mitoloji Seti 5 Kitap</t>
+          <t>Avrupa Birliği ve Türkiye’de İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>597.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9780000526649</t>
+          <t>9786053334491</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids-İnanılmaz İnsan Vücudu Seti-2 Kitap Takım</t>
+          <t>Sağlıkta Eşitsizlikler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>999</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052420126</t>
+          <t>9780000999542</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Giriş ve İlkeleri</t>
+          <t>National Geographic Kids - Tarih Öncesi Mitoloji Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>749.5</v>
+        <v>597.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052425022</t>
+          <t>9780000526649</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Ekonomisi</t>
+          <t>National Geographic Kids-İnanılmaz İnsan Vücudu Seti-2 Kitap Takım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>699.5</v>
+        <v>999</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052420195</t>
+          <t>9786052420126</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Yönetimi</t>
+          <t>Bankacılık Giriş ve İlkeleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>299.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254361074</t>
+          <t>9786052425022</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Faaliyetlerden Doğan Sınıraşan Zarardan Kaynaklanan Sorumluluğun Paylaştırılmasına İlişkin Milletlerarası Hukuk</t>
+          <t>Çalışma Ekonomisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>199.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254238949</t>
+          <t>9786052420195</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu Temmuz 2025</t>
+          <t>Lojistik Yönetimi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>195</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254238925</t>
+          <t>9786254361074</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu Temmuz 2025</t>
+          <t>Tehlikeli Faaliyetlerden Doğan Sınıraşan Zarardan Kaynaklanan Sorumluluğun Paylaştırılmasına İlişkin Milletlerarası Hukuk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>165</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254238918</t>
+          <t>9786254238949</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Temmuz 2025</t>
+          <t>Hukuk Muhakemeleri Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254238932</t>
+          <t>9786254238925</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Temmuz 2025</t>
+          <t>İdari Yargılama Usulü Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254238901</t>
+          <t>9786254238918</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Temmuz 2025</t>
+          <t>Türk Borçlar Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254238895</t>
+          <t>9786254238932</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Temmuz 2025</t>
+          <t>Türk Medeni Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254235344</t>
+          <t>9786254238901</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası - Temmuz 2025</t>
+          <t>Türk Ticaret Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>95</v>
+        <v>295</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052428658</t>
+          <t>9786254238895</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi</t>
+          <t>Türk Ceza Kanunu Temmuz 2025</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>699.5</v>
+        <v>195</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254238888</t>
+          <t>9786254235344</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesi</t>
+          <t>T.C. Anayasası - Temmuz 2025</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>589.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052422687</t>
+          <t>9786052428658</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçilik ve Girişimcilik</t>
+          <t>Türk Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>249.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053336488</t>
+          <t>9786254238888</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sümerlerden Türkiye Cumhuriyeti'ne Maliye Tarihi</t>
+          <t>Maliyet Muhasebesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>299.5</v>
+        <v>589.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752956032</t>
+          <t>9786052422687</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yönetimi Akademik Yaklaşımlar</t>
+          <t>Yenilikçilik ve Girişimcilik</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>89.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254238789</t>
+          <t>9786053336488</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Adalet Divanı Kararları (2008-2024)</t>
+          <t>Sümerlerden Türkiye Cumhuriyeti'ne Maliye Tarihi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>899.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254238734</t>
+          <t>9789752956032</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İşveren Temerrüdü</t>
+          <t>Bilgi Yönetimi Akademik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>349.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254238727</t>
+          <t>9786254238789</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Yönden Grev ve Lokavt</t>
+          <t>Milletlerarası Adalet Divanı Kararları (2008-2024)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>299.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254235436</t>
+          <t>9786254238734</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu</t>
+          <t>İşveren Temerrüdü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>65</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254235450</t>
+          <t>9786254238727</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu - Eylül 2023</t>
+          <t>Hukuki Yönden Grev ve Lokavt</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>129.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254235467</t>
+          <t>9786254235436</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu - Eylül 2023</t>
+          <t>Hukuk Muhakemeleri Kanunu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786254235429</t>
+          <t>9786254235450</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu - Eylül 2023</t>
+          <t>Türk Ticaret Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>86</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786254235405</t>
+          <t>9786254235467</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Çalışma Yaşamı Kanunları - Eylül 2023</t>
+          <t>İcra ve İflas Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>68</v>
+        <v>78</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786254235399</t>
+          <t>9786254235429</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu - Eylül 2023</t>
+          <t>Ceza Muhakemesi Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>56</v>
+        <v>86</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786254235382</t>
+          <t>9786254235405</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu - Eylül 2023</t>
+          <t>İş Kanunu ve Çalışma Yaşamı Kanunları - Eylül 2023</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>78</v>
+        <v>68</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786254235368</t>
+          <t>9786254235399</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu - Eylül 2023</t>
+          <t>Türk Borçlar Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>68</v>
+        <v>56</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786254235351</t>
+          <t>9786254235382</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Eylül 2023</t>
+          <t>Türk Medeni Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>99.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053770199</t>
+          <t>9786254235368</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Değerlendirme Merkezi</t>
+          <t>Türk Ceza Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>199.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752952713</t>
+          <t>9786254235351</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mastercam CNC Programlama Cilt 2</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Eylül 2023</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>32.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754868500</t>
+          <t>9786053770199</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Perakendecilikte Mağaza Düzenlemesi</t>
+          <t>İnsan Kaynakları Yönetiminde Değerlendirme Merkezi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>6</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752951310</t>
+          <t>9789752952713</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Mastercam CNC Programlama Cilt 2</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>29</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786254361692</t>
+          <t>9789754868500</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku Özel Hükümler</t>
+          <t>Perakendecilikte Mağaza Düzenlemesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1699.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789759540593</t>
+          <t>9789752951310</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Deprem Mühendisliğine Giriş ve Depreme Dayanıklı Yapı Tasarımı</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>440</v>
+        <v>29</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789759540586</t>
+          <t>9786254361692</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Betonarme Taşıyıcı Sistemlerde Doğrusal Olmayan Davranış ve Çözümleme</t>
+          <t>Türk Borçlar Hukuku Özel Hükümler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>1699.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786250006337</t>
+          <t>9789759540593</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Betonarme Yapılar</t>
+          <t>Deprem Mühendisliğine Giriş ve Depreme Dayanıklı Yapı Tasarımı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>460</v>
+        <v>440</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053779575</t>
+          <t>9789759540586</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>Betonarme Taşıyıcı Sistemlerde Doğrusal Olmayan Davranış ve Çözümleme</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>28</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052424643</t>
+          <t>9786250006337</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk</t>
+          <t>Betonarme Yapılar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>89.5</v>
+        <v>460</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052424599</t>
+          <t>9786053779575</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>65</v>
+        <v>28</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052422755</t>
+          <t>9786052424643</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku</t>
+          <t>Medeni Hukuk</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>29.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052423868</t>
+          <t>9786052424599</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kamu Bütçesi</t>
+          <t>Türk Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>28</v>
+        <v>65</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052423820</t>
+          <t>9786052422755</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukuku</t>
+          <t>Kıymetli Evrak Hukuku</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>58</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052423509</t>
+          <t>9786052423868</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı - İçtihatlı 4857 Sayılı İş Kanunu</t>
+          <t>Kamu Bütçesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>42.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052423493</t>
+          <t>9786052423820</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku</t>
+          <t>Bireysel İş Hukuku</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>37.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052423462</t>
+          <t>9786052423509</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ortaklıklar Hukuku</t>
+          <t>Açıklamalı - İçtihatlı 4857 Sayılı İş Kanunu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>52.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052423417</t>
+          <t>9786052423493</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
+          <t>Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>67.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052423387</t>
+          <t>9786052423462</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Ortaklıklar Hukuku</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>49.5</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052423134</t>
+          <t>9786052423417</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sanattır</t>
+          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>35</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052422892</t>
+          <t>9786052423387</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Hukuku</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>58</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052422861</t>
+          <t>9786052423134</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku</t>
+          <t>İletişim Sanattır</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>105</v>
+        <v>35</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052422816</t>
+          <t>9786052422892</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Panel Veri Ekonometrisi - Stata Uygulamalı</t>
+          <t>Yabancılar Hukuku</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>45</v>
+        <v>58</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052422731</t>
+          <t>9786052422861</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>149.5</v>
+        <v>105</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052422700</t>
+          <t>9786052422816</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Stratejik Yönetim</t>
+          <t>Panel Veri Ekonometrisi - Stata Uygulamalı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>89.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052422588</t>
+          <t>9786052422731</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Gelişim ve Psikoloji</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>179.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052422496</t>
+          <t>9786052422700</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>İşletmelerde Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>55</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052422489</t>
+          <t>9786052422588</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Aile Hukuku 2. Cilt</t>
+          <t>Gelişim ve Psikoloji</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>68</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052422441</t>
+          <t>9786052422496</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Dersleri (Ciltli)</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>129.17</v>
+        <v>55</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052422434</t>
+          <t>9786052422489</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletme Hukuku</t>
+          <t>Türk Medeni Hukuku Aile Hukuku 2. Cilt</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>28.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052422410</t>
+          <t>9786052422441</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukun Esasları</t>
+          <t>İş Hukuku Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>49.5</v>
+        <v>129.17</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052422403</t>
+          <t>9786052422434</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku Cilt: 1</t>
+          <t>Ticari İşletme Hukuku</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>89.5</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052422397</t>
+          <t>9786052422410</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
+          <t>Uluslararası Hukukun Esasları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>33.33</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052422366</t>
+          <t>9786052422403</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku Cilt: 1</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>118.52</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052422359</t>
+          <t>9786052422397</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Notlu Türk Ticaret Kanunu (Ciltli)</t>
+          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>128</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052422304</t>
+          <t>9786052422366</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimine Giriş</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>48</v>
+        <v>118.52</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052422267</t>
+          <t>9786052422359</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Notlu Türk Ticaret Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>399.5</v>
+        <v>128</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052422243</t>
+          <t>9786052422304</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Economics For Lawyers</t>
+          <t>İşletme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>35</v>
+        <v>48</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052422113</t>
+          <t>9786052422267</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>23.15</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052422090</t>
+          <t>9786052422243</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kriminoloji</t>
+          <t>Economics For Lawyers</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052422083</t>
+          <t>9786052422113</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku (Ciltli)</t>
+          <t>Kıymetli Evrak Hukuku</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>139.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052422069</t>
+          <t>9786052422090</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Dersleri (Özel Hükümler)</t>
+          <t>Kriminoloji</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>97.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052422045</t>
+          <t>9786052422083</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Doğru Akım Devreleri ve Problem Çözümleri</t>
+          <t>İş Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>65</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052422038</t>
+          <t>9786052422069</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dijital Elektronik</t>
+          <t>Borçlar Hukuku Dersleri (Özel Hükümler)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>69.5</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052421994</t>
+          <t>9786052422045</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Tarihi</t>
+          <t>Doğru Akım Devreleri ve Problem Çözümleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>54</v>
+        <v>65</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052421970</t>
+          <t>9786052422038</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Felsefe ve Metodoloji</t>
+          <t>Dijital Elektronik</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>39.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052421864</t>
+          <t>9786052421994</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Konkordato</t>
+          <t>Türk Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>45</v>
+        <v>54</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052421260</t>
+          <t>9786052421970</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku</t>
+          <t>Bilim, Felsefe ve Metodoloji</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>32.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052421116</t>
+          <t>9786052421864</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk</t>
+          <t>Konkordato</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>27.31</v>
+        <v>45</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052421109</t>
+          <t>9786052421260</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku</t>
+          <t>Ticaret Hukuku</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>23.15</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052421086</t>
+          <t>9786052421116</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
+          <t>Medeni Hukuk</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>24.07</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052421055</t>
+          <t>9786052421109</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk 2: Pratik Çalışma Kitabı</t>
+          <t>Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>79.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052421048</t>
+          <t>9786052421086</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk 1: Pratik Çalışma Kitabı</t>
+          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>49.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052420973</t>
+          <t>9786052421055</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
+          <t>Milletlerarası Özel Hukuk 2: Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>48.61</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052420959</t>
+          <t>9786052421048</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İleri Panel Veri Analizi: Stata Uygulamalı</t>
+          <t>Milletlerarası Özel Hukuk 1: Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>35</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052420898</t>
+          <t>9786052420973</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>32.5</v>
+        <v>48.61</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052420881</t>
+          <t>9786052420959</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İçtihatlı 4857 Sayılı İş Kanunu</t>
+          <t>İleri Panel Veri Analizi: Stata Uygulamalı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>34.72</v>
+        <v>35</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052420690</t>
+          <t>9786052420898</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka ve İletişim</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>23.15</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052420683</t>
+          <t>9786052420881</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Yöntembilim</t>
+          <t>Açıklamalı İçtihatlı 4857 Sayılı İş Kanunu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>42.5</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052420669</t>
+          <t>9786052420690</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde İnsan Kaynakları Yönetimi</t>
+          <t>Duygusal Zeka ve İletişim</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>39.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052420645</t>
+          <t>9786052420683</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
+          <t>Hukukta Yöntembilim</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>108</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052420621</t>
+          <t>9786052420669</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu (MK) - Türk Borçlar Kanunu (TBK) (Ciltli)</t>
+          <t>Sağlık İşletmelerinde İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>53.24</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052420577</t>
+          <t>9786052420645</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türk Vatandaşlık Hukuku</t>
+          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>39.35</v>
+        <v>108</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052420447</t>
+          <t>9786052420621</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği</t>
+          <t>Türk Medeni Kanunu (MK) - Türk Borçlar Kanunu (TBK) (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>38</v>
+        <v>53.24</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052420362</t>
+          <t>9786052420577</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sigortacılık</t>
+          <t>Türk Vatandaşlık Hukuku</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>48</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052420348</t>
+          <t>9786052420447</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları İçin Genel Hukuk</t>
+          <t>İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>37.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052420300</t>
+          <t>9786052420362</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Notlu Türk Ticaret Kanunu</t>
+          <t>Sigortacılık</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>60.19</v>
+        <v>48</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052420287</t>
+          <t>9786052420348</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Panel Zaman Serileri Analizi</t>
+          <t>Meslek Yüksekokulları İçin Genel Hukuk</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>49.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052420249</t>
+          <t>9786052420300</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk</t>
+          <t>Notlu Türk Ticaret Kanunu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>38</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052420232</t>
+          <t>9786052420287</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukunun Temel Metinleri</t>
+          <t>Panel Zaman Serileri Analizi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>50.93</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052420225</t>
+          <t>9786052420249</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Ceza Hukuku Yasaları</t>
+          <t>Milletlerarası Hukuk</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>50.93</v>
+        <v>38</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052420188</t>
+          <t>9786052420232</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Sigortalar Hukuku</t>
+          <t>Anayasa Hukukunun Temel Metinleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>45.83</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052420171</t>
+          <t>9786052420225</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>Karşılaştırmalı Ceza Hukuku Yasaları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>39.35</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052420164</t>
+          <t>9786052420188</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Yönetimi</t>
+          <t>Türk Sosyal Sigortalar Hukuku</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>58</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052420157</t>
+          <t>9786052420171</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletlerarası Özel Hukuk Mevzuatı (Ciltli)</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>78</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052420140</t>
+          <t>9786052420164</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşünceler ve Yönetimler</t>
+          <t>Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>849.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052420119</t>
+          <t>9786052420157</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri ve Yönetimi</t>
+          <t>Türk Milletlerarası Özel Hukuk Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>98</v>
+        <v>78</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052420065</t>
+          <t>9786052420140</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomiye Giriş</t>
+          <t>Siyasal Düşünceler ve Yönetimler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>32.5</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786254360343</t>
+          <t>9786052420119</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tam On Yıl Süren Hikayesi ile F.R.İ.E.N.D.S Sonsuza Kadar... (Ciltli)</t>
+          <t>Pazarlama İlkeleri ve Yönetimi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>595</v>
+        <v>98</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9784254360787</t>
+          <t>9786052420065</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Küresel Girişimcilik: Güncel Gelişmeler</t>
+          <t>Mikroekonomiye Giriş</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>58</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9780000508782</t>
+          <t>9786254360343</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Marvel Hikayeleri Seti (4 Kitap Takım)</t>
+          <t>Tam On Yıl Süren Hikayesi ile F.R.İ.E.N.D.S Sonsuza Kadar... (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>118</v>
+        <v>595</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052424520</t>
+          <t>9784254360787</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Eylül 2019</t>
+          <t>Küresel Girişimcilik: Güncel Gelişmeler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>12.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052424506</t>
+          <t>9780000508782</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Eylül 2019</t>
+          <t>Müthiş Marvel Hikayeleri Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>15</v>
+        <v>118</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052424476</t>
+          <t>9786052424520</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Eylül 2019</t>
+          <t>Türk Ceza Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>22.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052424537</t>
+          <t>9786052424506</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu Eylül 2019</t>
+          <t>Türk Medeni Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>9.9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052424544</t>
+          <t>9786052424476</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu Eylül 2019</t>
+          <t>Türk Ticaret Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>12.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052424490</t>
+          <t>9786052424537</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Eylül 2019</t>
+          <t>Hukuk Muhakemeleri Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>12</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052424605</t>
+          <t>9786052424544</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kanunları Eylül 2019</t>
+          <t>İcra ve İflas Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>19.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052424551</t>
+          <t>9786052424490</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Eylül 2019</t>
+          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Eylül 2019</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>9.9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052423226</t>
+          <t>9786052424605</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Ocak 2019</t>
+          <t>Sosyal Güvenlik Kanunları Eylül 2019</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>13.89</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052424452</t>
+          <t>9786052424551</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu Eylül 2019</t>
+          <t>Türk Borçlar Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>8.5</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052424445</t>
+          <t>9786052423226</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu Eylül 2019</t>
+          <t>Türk Medeni Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>18</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052423233</t>
+          <t>9786052424452</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Ocak 2019</t>
+          <t>İdari Yargılama Usulü Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>19.91</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052423240</t>
+          <t>9786052424445</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Ocak 2019</t>
+          <t>Ceza Muhakemesi Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>15.74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052424469</t>
+          <t>9786052423233</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Mevzuatı Eylül 2019</t>
+          <t>Türk Ticaret Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>22.5</v>
+        <v>19.91</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052423196</t>
+          <t>9786052423240</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Ocak 2019</t>
+          <t>Türk Ceza Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052423165</t>
+          <t>9786052424469</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu Ocak 2019</t>
+          <t>Milletlerarası Özel Hukuk Mevzuatı Eylül 2019</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>16.67</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052423219</t>
+          <t>9786052423196</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Ocak 2019</t>
+          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Ocak 2019</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>11.57</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052425862</t>
+          <t>9786052423165</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası TCK-CKM-CGTİK ve İlgili Mevzuat (Şubat 2020)</t>
+          <t>Hukuk Muhakemeleri Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>22.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052425893</t>
+          <t>9786052423219</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu (Şubat 2020)</t>
+          <t>Türk Borçlar Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052425824</t>
+          <t>9786052425862</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu (Şubat 2020)</t>
+          <t>T.C. Anayasası TCK-CKM-CGTİK ve İlgili Mevzuat (Şubat 2020)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>12.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052420904</t>
+          <t>9786052425893</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Eşitlik Modellemesi Metodolojisi</t>
+          <t>Türk Medeni Kanunu (Şubat 2020)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>199.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052420492</t>
+          <t>9786052425824</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İç Mimarlık Kavram ve Terimleri Sözlüğü</t>
+          <t>Türk Ceza Kanunu (Şubat 2020)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>299.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052422663</t>
+          <t>9786052420904</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kiraya Veren - Kiracı İlişkileri</t>
+          <t>Yapısal Eşitlik Modellemesi Metodolojisi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>149.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052423561</t>
+          <t>9786052420492</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası (Ocak 2019)</t>
+          <t>İç Mimarlık Kavram ve Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053770756</t>
+          <t>9786052422663</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kan Lekesi Model Analizi (Ciltli)</t>
+          <t>Kiraya Veren - Kiracı İlişkileri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>32.41</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053776550</t>
+          <t>9786052423561</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale Kanunu</t>
+          <t>T.C. Anayasası (Ocak 2019)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>10.19</v>
+        <v>5</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752956889</t>
+          <t>9786053770756</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinde Def’iler</t>
+          <t>Kan Lekesi Model Analizi (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>24.07</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752956353</t>
+          <t>9786053776550</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kaçakçılıkla Mücadele Kanunu Şerhi 2007</t>
+          <t>Kamu İhale Kanunu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>15.74</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752951662</t>
+          <t>9789752956889</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Java Kullanım Kılavuzu</t>
+          <t>Kambiyo Senetlerinde Def’iler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>37.04</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053775386</t>
+          <t>9789752956353</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İtalyancadan Türkçeye Çevrilen Eserler Bibliyografyası 1839-2011</t>
+          <t>Kaçakçılıkla Mücadele Kanunu Şerhi 2007</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>49.5</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053772743</t>
+          <t>9789752951662</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İşyerinin Devri ve İş Sözleşmesini Fesih Hakkı</t>
+          <t>Java Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>28</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053773986</t>
+          <t>9786053775386</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Şiddet</t>
+          <t>İtalyancadan Türkçeye Çevrilen Eserler Bibliyografyası 1839-2011</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>79.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053775621</t>
+          <t>9786053772743</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Psikolojik Taciz (Mobbing)</t>
+          <t>İşyerinin Devri ve İş Sözleşmesini Fesih Hakkı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>58</v>
+        <v>28</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752956445</t>
+          <t>9786053773986</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Manevi Taciz</t>
+          <t>İşyerinde Şiddet</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>16.67</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752953536</t>
+          <t>9786053775621</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İşyeri Sendika Temsilciliği ve Güvencesi</t>
+          <t>İşyerinde Psikolojik Taciz (Mobbing)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>25.93</v>
+        <v>58</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752959774</t>
+          <t>9789752956445</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İşyeri Devrinin İş Sözleşmelerine Etkisi ve İşverenlerin Hukuki Sorumluluğu</t>
+          <t>İşyerinde Manevi Taciz</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>38</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053773092</t>
+          <t>9789752953536</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İşverenin İş Kazası ve Meslek Hastalığından Doğan Hukuki Sorumluluğu ile Maddi Zararın Hesabına İlişkin Esaslar</t>
+          <t>İşyeri Sendika Temsilciliği ve Güvencesi</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>25.93</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053770855</t>
+          <t>9789752959774</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerin Sosyal Sorumlulukları ve Paydaş Grupları ile İlişkilerinin Yönetimi</t>
+          <t>İşyeri Devrinin İş Sözleşmelerine Etkisi ve İşverenlerin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>12.04</v>
+        <v>38</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752956704</t>
+          <t>9786053773092</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerin Sosyal Sorumluluğu</t>
+          <t>İşverenin İş Kazası ve Meslek Hastalığından Doğan Hukuki Sorumluluğu ile Maddi Zararın Hesabına İlişkin Esaslar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>16.67</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052422076</t>
+          <t>9786053770855</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Yönetim ve Organizasyon</t>
+          <t>İşletmelerin Sosyal Sorumlulukları ve Paydaş Grupları ile İlişkilerinin Yönetimi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>399.5</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752958920</t>
+          <t>9789752956704</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Yenilik ve Yaratıcılık Yönetimi</t>
+          <t>İşletmelerin Sosyal Sorumluluğu</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752953758</t>
+          <t>9786052422076</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Stratejik Liderlik</t>
+          <t>İşletmelerde Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>14.81</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053774440</t>
+          <t>9789752958920</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Hile Riski Yönetimi</t>
+          <t>İşletmelerde Yenilik ve Yaratıcılık Yönetimi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>179.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752958685</t>
+          <t>9789752953758</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Değer Yönetimi</t>
+          <t>İşletmelerde Stratejik Liderlik</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>99.5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053774884</t>
+          <t>9786053774440</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İşletmecilik ve Pazarlama Yazıları</t>
+          <t>İşletmelerde Hile Riski Yönetimi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>24.07</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752959538</t>
+          <t>9789752958685</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetimi Öğretim ve Eğitiminde Örnek Olaylar İle Yazınsal Kurguları</t>
+          <t>İşletmelerde Değer Yönetimi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>58</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053339977</t>
+          <t>9786053774884</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetimi</t>
+          <t>İşletmecilik ve Pazarlama Yazıları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>18</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053774501</t>
+          <t>9789752959538</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İşletme Etiği</t>
+          <t>İşletme Yönetimi Öğretim ve Eğitiminde Örnek Olaylar İle Yazınsal Kurguları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>18.52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053772804</t>
+          <t>9786053339977</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bütçeleri</t>
+          <t>İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>19.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053339908</t>
+          <t>9786053774501</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İşletme Biliminin Temel İlkeleri</t>
+          <t>İşletme Etiği</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>399.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752955622</t>
+          <t>9786053772804</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İşlem Muhasebesi</t>
+          <t>İşletme Bütçeleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>16.2</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053777304</t>
+          <t>9786053339908</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İşgücünün Temsili ve İşyerinde Sosyal Diyalog</t>
+          <t>İşletme Biliminin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752957701</t>
+          <t>9789752955622</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İşgücündeki Farklılıkların Yönetimi</t>
+          <t>İşlem Muhasebesi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>14.81</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752956063</t>
+          <t>9786053777304</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İşçi Buluşları</t>
+          <t>İşgücünün Temsili ve İşyerinde Sosyal Diyalog</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>229.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752953703</t>
+          <t>9789752957701</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında Duygular ve Kişilerarası İlişkiler</t>
+          <t>İşgücündeki Farklılıkların Yönetimi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053774808</t>
+          <t>9789752956063</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İş Yasaları (Ciltli)</t>
+          <t>İşçi Buluşları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>21.76</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053774617</t>
+          <t>9789752953703</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin İşçiden Kaynaklanan Nedenlerle Bildirimli Feshi</t>
+          <t>İş Yaşamında Duygular ve Kişilerarası İlişkiler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752956070</t>
+          <t>9786053774808</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin Değişen Şartlara Uyarlanması</t>
+          <t>İş Yasaları (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>23.15</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752956476</t>
+          <t>9786053774617</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Profesyonel Futbolcu</t>
+          <t>İş Sözleşmesinin İşçiden Kaynaklanan Nedenlerle Bildirimli Feshi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>37.04</v>
+        <v>35</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053773412</t>
+          <t>9789752956070</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda İşverenin Çalışanlara Bilgi Verme ve Danışma Yükümlülüğü</t>
+          <t>İş Sözleşmesinin Değişen Şartlara Uyarlanması</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>162</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053776925</t>
+          <t>9789752956476</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İş Güvenliği Kültürü</t>
+          <t>İş Hukukunda Profesyonel Futbolcu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>249.5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053774747</t>
+          <t>9786053773412</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Başarı Faktörleri</t>
+          <t>İş Hukukunda İşverenin Çalışanlara Bilgi Verme ve Danışma Yükümlülüğü</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>249.5</v>
+        <v>162</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053775850</t>
+          <t>9786053776925</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunları Sosyal Güvenlik Kanunları</t>
+          <t>İş Güvenliği Kültürü</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>23.15</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053775263</t>
+          <t>9786053774747</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İşletme</t>
+          <t>İş Dünyasında Başarı Faktörleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>23.15</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752955295</t>
+          <t>9786053775850</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İsviçre-Türk Hukukunda Mimari Proje Düzenleme Sözleşmesinin Hukuki Niteliği</t>
+          <t>İş Kanunları Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752959736</t>
+          <t>9786053775263</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İstatistik Metodları ve Uygulamaları (Ciltli)</t>
+          <t>İşletme</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>49.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752955646</t>
+          <t>9789752955295</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İstatistiğe Giriş 2</t>
+          <t>İsviçre-Türk Hukukunda Mimari Proje Düzenleme Sözleşmesinin Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>199.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789752958531</t>
+          <t>9789752959736</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İpotekli Sermaye Piyasası Araçları</t>
+          <t>İstatistik Metodları ve Uygulamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>99.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>3990000006561</t>
+          <t>9789752955646</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>İnternet ve Ceza Hukuku</t>
+          <t>İstatistiğe Giriş 2</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>18.52</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053770664</t>
+          <t>9789752958531</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İnternet Çağı Dinamikleri</t>
+          <t>İpotekli Sermaye Piyasası Araçları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>62</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053774075</t>
+          <t>3990000006561</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Örgütte Değişen Rolü</t>
+          <t>İnternet ve Ceza Hukuku</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>35</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053775164</t>
+          <t>9786053770664</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>İnternet Çağı Dinamikleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>23.15</v>
+        <v>62</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052425039</t>
+          <t>9786053774075</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>İnsanın Örgütte Değişen Rolü</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>329.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053772378</t>
+          <t>9786053775164</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İMKB’de İşlem Gören Enerji Şirketlerinin Mali Performanslarının TOPSIS Yöntemi ile Analizi</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752958265</t>
+          <t>9786052425039</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İMKB-100 Endeksinin Gün İçi Getirisinde İstatiksel Testler ile Anomali Tespiti</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>16.67</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053775591</t>
+          <t>9786053772378</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İlkeler Işığı Altında Medeni Yargılama Hukuku</t>
+          <t>İMKB’de İşlem Gören Enerji Şirketlerinin Mali Performanslarının TOPSIS Yöntemi ile Analizi</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>35</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053772040</t>
+          <t>9789752958265</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İletişim Temelli Marka Yönetimi</t>
+          <t>İMKB-100 Endeksinin Gün İçi Getirisinde İstatiksel Testler ile Anomali Tespiti</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>25.93</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053771975</t>
+          <t>9786053775591</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İletişim Olarak Reklamcılık</t>
+          <t>İlkeler Işığı Altında Medeni Yargılama Hukuku</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>59.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754867435</t>
+          <t>9786053772040</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş (Mikro Analiz)</t>
+          <t>İletişim Temelli Marka Yönetimi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>13.89</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053772798</t>
+          <t>9786053771975</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İhtiyati Haciz</t>
+          <t>İletişim Olarak Reklamcılık</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>32</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053776413</t>
+          <t>9789754867435</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İflasın Ertelenmesi, Borca Batıklık ve İyileştirme Projeleri</t>
+          <t>İktisada Giriş (Mikro Analiz)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>38</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053334545</t>
+          <t>9786053772798</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunun Temel Yasaları</t>
+          <t>İhtiyati Haciz</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>48</v>
+        <v>32</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053331674</t>
+          <t>9786053776413</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İflasın Ertelenmesi</t>
+          <t>İflasın Ertelenmesi, Borca Batıklık ve İyileştirme Projeleri</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053770060</t>
+          <t>9786053334545</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İflas</t>
+          <t>İş Hukukunun Temel Yasaları</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>299.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053770848</t>
+          <t>9786053331674</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku</t>
+          <t>İflasın Ertelenmesi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>25.93</v>
+        <v>38</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053339557</t>
+          <t>9786053770060</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İçtihatlı İnşaat Hukuku ve Kat Karşılığı İnşaat Sözleşmeleri (Ciltli)</t>
+          <t>İflas</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>235</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752956018</t>
+          <t>9786053770848</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İç Kontrol Sistemi</t>
+          <t>İdare Hukuku</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>72.5</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053778042</t>
+          <t>9786053339557</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukuku</t>
+          <t>İçtihatlı İnşaat Hukuku ve Kat Karşılığı İnşaat Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>25.93</v>
+        <v>235</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752959316</t>
+          <t>9789752956018</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Istanbul Conference on International Dispute Resolution A Global Perspective</t>
+          <t>İç Kontrol Sistemi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>23.15</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053771302</t>
+          <t>9786053778042</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>ICSID Hakem Kararlarının Tanınması Tenfizi ve İcrası</t>
+          <t>İcra Hukuku</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>16.67</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053772101</t>
+          <t>9789752959316</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Gerekçe (Ciltli)</t>
+          <t>Istanbul Conference on International Dispute Resolution A Global Perspective</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>115.74</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789752955608</t>
+          <t>9786053771302</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hukuki ve Teknik Boyutları ile Arazi ve Arsa Düzenlemesi</t>
+          <t>ICSID Hakem Kararlarının Tanınması Tenfizi ve İcrası</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053774204</t>
+          <t>9786053772101</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Hollywood A.Ş. Sunar: Ürün Yerleştirme</t>
+          <t>Hukukta Gerekçe (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>12.96</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789752955899</t>
+          <t>9789752955608</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması</t>
+          <t>Hukuki ve Teknik Boyutları ile Arazi ve Arsa Düzenlemesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>79.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752959361</t>
+          <t>9786053774204</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hemşehri Kimliği</t>
+          <t>Hollywood A.Ş. Sunar: Ürün Yerleştirme</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053770206</t>
+          <t>9789752955899</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hedge Fonları</t>
+          <t>Hizmet Pazarlaması</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>249.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053773023</t>
+          <t>9789752959361</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Yönetiminde Güncel Konular</t>
+          <t>Hemşehri Kimliği</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>49.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789752952454</t>
+          <t>9786053770206</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Reklamcılık</t>
+          <t>Hedge Fonları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>18.52</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053775751</t>
+          <t>9786053773023</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabetten ve Aldatıcı Reklamlardan Doğan Uyuşmazlıklarda Uygulanacak Hukuk</t>
+          <t>Halkla İlişkiler Yönetiminde Güncel Konular</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>299.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052423295</t>
+          <t>9789752952454</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Güzel Konuşma Bir Markadır</t>
+          <t>Halkla İlişkiler ve Reklamcılık</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>99.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752958678</t>
+          <t>9786053775751</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Güncel İthalat İhracat ve Kambiyo İşlemleri</t>
+          <t>Haksız Rekabetten ve Aldatıcı Reklamlardan Doğan Uyuşmazlıklarda Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>22.22</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789752955165</t>
+          <t>9786052423295</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Görsel İletişim ve Grafik Tasarımı</t>
+          <t>Güzel Konuşma Bir Markadır</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>27.78</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789752955097</t>
+          <t>9789752958678</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Güncel İthalat İhracat ve Kambiyo İşlemleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789754865868</t>
+          <t>9789752955165</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Gezi Sözleşmesi</t>
+          <t>Görsel İletişim ve Grafik Tasarımı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789752590946</t>
+          <t>9789752955097</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe Uygulamaları Tekdüzen Muhasebe Sistemi ve Standartlara Uygun Örnekler</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>25.46</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052422328</t>
+          <t>9789754865868</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Gezi Sözleşmesi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>58</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053336877</t>
+          <t>9789752590946</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Genel Muhasebe Uygulamaları Tekdüzen Muhasebe Sistemi ve Standartlara Uygun Örnekler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>29.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752955769</t>
+          <t>9786052422328</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Laboratuvar Kitabı</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>8.8</v>
+        <v>58</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752953628</t>
+          <t>9786053336877</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Gemi Kaynaklı Deniz Kirlenmesinin Önlenmesi, Azaltılması ve Kontrol Altına Alınmasında Devletin Yetkisi</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>189.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789752956513</t>
+          <t>9789752955769</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Gazeteciliğin Kuramsal Temelleri</t>
+          <t>Genel Kimya Laboratuvar Kitabı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>17.13</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053777021</t>
+          <t>9789752953628</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırımlarının Yönetimi</t>
+          <t>Gemi Kaynaklı Deniz Kirlenmesinin Önlenmesi, Azaltılması ve Kontrol Altına Alınmasında Devletin Yetkisi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>69.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053771722</t>
+          <t>9789752956513</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklıkları (GYO)</t>
+          <t>Gazeteciliğin Kuramsal Temelleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>45</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053770336</t>
+          <t>9786053777021</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklıkları</t>
+          <t>Gayrimenkul Yatırımlarının Yönetimi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>45</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053772460</t>
+          <t>9786053771722</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Futbol ile İlgili Mevzuat (Ciltli)</t>
+          <t>Gayrimenkul Yatırım Ortaklıkları (GYO)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>169.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789752953574</t>
+          <t>9786053770336</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Fortran 90 &amp; 95 &amp; 2000</t>
+          <t>Gayrimenkul Yatırım Ortaklıkları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>37.04</v>
+        <v>45</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053771586</t>
+          <t>9786053772460</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Firma Değerlemesi</t>
+          <t>Futbol ile İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>16.67</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053771890</t>
+          <t>9789752953574</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Fortran 90 &amp; 95 &amp; 2000</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>22.5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752959613</t>
+          <t>9786053771586</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kiralama (Leasing)</t>
+          <t>Firma Değerlemesi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>47.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789754787955</t>
+          <t>9786053771890</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Finansal Hizmetler Ekonomisi</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>29.63</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752957077</t>
+          <t>9789752959613</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Financial Accounting</t>
+          <t>Finansal Kiralama (Leasing)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>74.5</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789752953895</t>
+          <t>9789754787955</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Fikri ve Sınai Hukuk Mevzuatı (Ciltli)</t>
+          <t>Finansal Hizmetler Ekonomisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>41.67</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789752952324</t>
+          <t>9789752957077</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Fikri Hukukta Türk Mahkemelerinin Milletlerarası Yetkisi</t>
+          <t>Financial Accounting</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>37.04</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789752952585</t>
+          <t>9789752953895</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Hukukunda İşlenme Eserler</t>
+          <t>Fikri ve Sınai Hukuk Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>20.37</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752954472</t>
+          <t>9789752952324</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Fikir Mülkiyeti Hukuku Kavramlar (Ciltli)</t>
+          <t>Fikri Hukukta Türk Mahkemelerinin Milletlerarası Yetkisi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>30.09</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789752956285</t>
+          <t>9789752952585</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Farklı Kültürlerde İş Görüşmeleri</t>
+          <t>Fikir ve Sanat Eserleri Hukukunda İşlenme Eserler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053331469</t>
+          <t>9789752954472</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim İlkeleri (Ciltli)</t>
+          <t>Fikir Mülkiyeti Hukuku Kavramlar (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>78</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752959620</t>
+          <t>9789752956285</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Factoring</t>
+          <t>Farklı Kültürlerde İş Görüşmeleri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>35</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053772675</t>
+          <t>9786053331469</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Facebook’tayız</t>
+          <t>Finansal Yönetim İlkeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>68</v>
+        <v>78</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789752957879</t>
+          <t>9789752959620</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Etik Değerlendirmeler</t>
+          <t>Factoring</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>18.52</v>
+        <v>35</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053770480</t>
+          <t>9786053772675</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku (Ciltli)</t>
+          <t>Facebook’tayız</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>60.19</v>
+        <v>68</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789758400188</t>
+          <t>9789752957879</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Erdoğan Teziç’e Armağan</t>
+          <t>Etik Değerlendirmeler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>115.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789754863765</t>
+          <t>9786053770480</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Faile Yardım Suçu ve Müdafiin Bu Suçtan Sorumluluğu</t>
+          <t>Eşya Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>32.41</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053772415</t>
+          <t>9789758400188</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Envanter Değerleme Uygulamaları</t>
+          <t>Erdoğan Teziç’e Armağan</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>16.67</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053777151</t>
+          <t>9789754863765</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Entegre Katı Atık Yönetiminde Politika Araçları</t>
+          <t>Faile Yardım Suçu ve Müdafiin Bu Suçtan Sorumluluğu</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>65</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789752956773</t>
+          <t>9786053772415</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Klinik Psikoloji ve İnsan Kaynakları Yönetimi</t>
+          <t>Envanter Değerleme Uygulamaları</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053770909</t>
+          <t>9786053777151</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Kültür ve Manipülasyon Teorisi</t>
+          <t>Entegre Katı Atık Yönetiminde Politika Araçları</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789752956148</t>
+          <t>9789752956773</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Posta ile Pazarlama</t>
+          <t>Endüstriyel Klinik Psikoloji ve İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053774259</t>
+          <t>9786053770909</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Bankacılık ve Riskler</t>
+          <t>Emeğin Kültür ve Manipülasyon Teorisi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>25.46</v>
+        <v>62</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789754867985</t>
+          <t>9789752956148</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Elektronik</t>
+          <t>Elektronik Posta ile Pazarlama</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>16.2</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9759754868664</t>
+          <t>9786053774259</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Elastisite Teorisi ve Uzay Çubuk, Membran, Plak Kabuk, Solid Sistemlerin Yapı Statiği</t>
+          <t>Elektronik Bankacılık ve Riskler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>18.52</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789752959125</t>
+          <t>9789754867985</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Katma Değer (EVA) Yaklaşımı</t>
+          <t>Elektronik</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>35.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789752952638</t>
+          <t>9759754868664</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Entegrasyon</t>
+          <t>Elastisite Teorisi ve Uzay Çubuk, Membran, Plak Kabuk, Solid Sistemlerin Yapı Statiği</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752952416</t>
+          <t>9789752959125</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü</t>
+          <t>Ekonomik Katma Değer (EVA) Yaklaşımı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>9.26</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789754865202</t>
+          <t>9789752952638</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetimi / Okul Yönetimi / Sınıf Yönetimi</t>
+          <t>Ekonomik Entegrasyon</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752958326</t>
+          <t>9789752952416</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de Deniz Taşımacılığına Sağlanan Vergi Teşvikleri</t>
+          <t>Ekonomi Sözlüğü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789752959811</t>
+          <t>9789754865202</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarım Ürünleri Ticareti ve Gelişmekte Olan Ülkeler</t>
+          <t>Eğitim Yönetimi / Okul Yönetimi / Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>87</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789752957411</t>
+          <t>9789752958326</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Emek Davranışlarının Çalışanların İş Sonuçlarına Etkisi</t>
+          <t>Dünyada ve Türkiye’de Deniz Taşımacılığına Sağlanan Vergi Teşvikleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>39.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789752954281</t>
+          <t>9789752959811</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Donanım Mimarisi</t>
+          <t>Dünya Tarım Ürünleri Ticareti ve Gelişmekte Olan Ülkeler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>39.5</v>
+        <v>87</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752954649</t>
+          <t>9789752957411</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Yabancı Sermaye Yatırımları ve Türkiye (1923-2003)</t>
+          <t>Duygusal Emek Davranışlarının Çalışanların İş Sonuçlarına Etkisi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>35</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053337119</t>
+          <t>9789752954281</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret İşlemleri Yönetimi</t>
+          <t>Donanım Mimarisi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>349.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752952065</t>
+          <t>9789752954649</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Haksız Zilyedlikte İade</t>
+          <t>Doğrudan Yabancı Sermaye Yatırımları ve Türkiye (1923-2003)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>34.26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053772071</t>
+          <t>9786053337119</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Deniz Ticari Taşımacılığı ve Türkiye Ekonomisindeki Yeri</t>
+          <t>Dış Ticaret İşlemleri Yönetimi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053771791</t>
+          <t>9789752952065</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Barış Konferansları ve Osmanlı Devleti</t>
+          <t>Haksız Zilyedlikte İade</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>35</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053776635</t>
+          <t>9786053772071</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Yatırım Fonlarının Karşılaştırmalı Risk Analizi</t>
+          <t>Uluslararası Deniz Ticari Taşımacılığı ve Türkiye Ekonomisindeki Yeri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053779797</t>
+          <t>9786053771791</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Hukukta İş Güvenliği Uzmanlığı</t>
+          <t>Uluslararası Barış Konferansları ve Osmanlı Devleti</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053774174</t>
+          <t>9786053776635</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Önde Gelen Sivil Toplum Kuruluşlarının Yönetsel ve Örgütsel Analizi</t>
+          <t>Ulusal ve Uluslararası Yatırım Fonlarının Karşılaştırmalı Risk Analizi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>7.41</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752958708</t>
+          <t>9786053779797</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Endüstri-İçi Dış Ticaretinin Analizi</t>
+          <t>Ulusal ve Uluslararası Hukukta İş Güvenliği Uzmanlığı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>23.15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752957312</t>
+          <t>9786053774174</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Türkiyede Yönetsel Değerler ve Yönetici Profili Üzerine Bir Araştırma</t>
+          <t>Türkiye’nin Önde Gelen Sivil Toplum Kuruluşlarının Yönetsel ve Örgütsel Analizi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>74.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053772750</t>
+          <t>9789752958708</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Güvenlik Sisteminin Antropolojik İncelemesi ve Emeklilik Sorunları Üzerine Bir Alan Araştırması</t>
+          <t>Türkiye’nin Endüstri-İçi Dış Ticaretinin Analizi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>32.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789752953963</t>
+          <t>9789752957312</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sermaye Piyasası Araçları ve Halka Açık Anonim Şirketler</t>
+          <t>Türkiyede Yönetsel Değerler ve Yönetici Profili Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>27.78</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789752954397</t>
+          <t>9786053772750</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Reel ve Mali Sektör Genel Durum, Sorunlar ve Öneriler</t>
+          <t>Türkiye’de Sosyal Güvenlik Sisteminin Antropolojik İncelemesi ve Emeklilik Sorunları Üzerine Bir Alan Araştırması</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>41.67</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789752956728</t>
+          <t>9789752953963</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Mortgage Uygulaması</t>
+          <t>Türkiye’de Sermaye Piyasası Araçları ve Halka Açık Anonim Şirketler</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>27.78</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789752956261</t>
+          <t>9789752954397</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Medya Siyaset İlişkisi</t>
+          <t>Türkiye’de Reel ve Mali Sektör Genel Durum, Sorunlar ve Öneriler</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>18.52</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789752954670</t>
+          <t>9789752956728</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İnsan Hakları 1. Kitap</t>
+          <t>Türkiye’de Mortgage Uygulaması</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>187</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053774273</t>
+          <t>9789752956261</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Bireysel Emeklilik Sistemi ve Bireysel Emeklilik Şirketlerinin Etkinliği</t>
+          <t>Türkiye’de Medya Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>49.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053771838</t>
+          <t>9789752954670</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de 1980 Sonrası Bürokratik Dönüşüm</t>
+          <t>Türkiye’de İnsan Hakları 1. Kitap</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>35</v>
+        <v>187</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752955073</t>
+          <t>9786053774273</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Avrupa Birliği İlişkileri Üzerine Ekonomi-Politik Tezler</t>
+          <t>Türkiye’de Bireysel Emeklilik Sistemi ve Bireysel Emeklilik Şirketlerinin Etkinliği</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>25.93</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752955738</t>
+          <t>9786053771838</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Muhasebe Standartları Uygulamaları</t>
+          <t>Türkiye’de 1980 Sonrası Bürokratik Dönüşüm</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>27.78</v>
+        <v>35</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053770091</t>
+          <t>9789752955073</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Türk-İsviçre Hukukunda Culpa in Contrahendo Sorumluluğu</t>
+          <t>Türkiye-Avrupa Birliği İlişkileri Üzerine Ekonomi-Politik Tezler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>24.07</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053772354</t>
+          <t>9789752955738</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Türk, İsviçre ve Avrupa Birliği Hukukunda Kredi Kartını Kullanan Tüketicinin Hukuki Durumu</t>
+          <t>Türkiye Muhasebe Standartları Uygulamaları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>65</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053776512</t>
+          <t>9786053770091</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Avrupa Birliği Hukukunda Yabancı Unsurlu Sigorta Sözleşmelerine Uygulanacak Hukuk</t>
+          <t>Türk-İsviçre Hukukunda Culpa in Contrahendo Sorumluluğu</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>249.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053771531</t>
+          <t>9786053772354</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Alman Hukukunda İş Sözleşmesinin Sağlık Nedeniyle Sona Ermesi</t>
+          <t>Türk, İsviçre ve Avrupa Birliği Hukukunda Kredi Kartını Kullanan Tüketicinin Hukuki Durumu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>30</v>
+        <v>65</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752953871</t>
+          <t>9786053776512</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Türk ve AB Hukukunda Fikri Mülkiyet Haklarının Tükenmesi (Ciltli)</t>
+          <t>Türk ve Avrupa Birliği Hukukunda Yabancı Unsurlu Sigorta Sözleşmelerine Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>32.41</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052424872</t>
+          <t>9786053771531</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Türk Vatandaşlık Hukuku</t>
+          <t>Türk ve Alman Hukukunda İş Sözleşmesinin Sağlık Nedeniyle Sona Ermesi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>499.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053770640</t>
+          <t>9789752953871</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Tasarısına Göre Ticaret Şirketlerinin Birleşmesi</t>
+          <t>Türk ve AB Hukukunda Fikri Mülkiyet Haklarının Tükenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>139.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053337348</t>
+          <t>9786052424872</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu (Eylül 2018)</t>
+          <t>Türk Vatandaşlık Hukuku</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>16.2</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053774464</t>
+          <t>9786053770640</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Türk Sermaye Piyasası Hukukunda Manipülasyon Suçu</t>
+          <t>Türk Ticaret Kanunu Tasarısına Göre Ticaret Şirketlerinin Birleşmesi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>299.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052426517</t>
+          <t>9786053337348</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletlerarası Özel Hukuk Mevzuatı (Ciltli)</t>
+          <t>Türk Ticaret Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>949.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789752955196</t>
+          <t>9786053774464</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletlerarası Özek Hukukunda Boşanma</t>
+          <t>Türk Sermaye Piyasası Hukukunda Manipülasyon Suçu</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>23.15</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789752957480</t>
+          <t>9786052426517</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanununda Edinilmiş (Kazanılmış) Mallara Katılma Rejimi</t>
+          <t>Türk Milletlerarası Özel Hukuk Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>97.5</v>
+        <v>949.5</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052422823</t>
+          <t>9789752955196</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu</t>
+          <t>Türk Milletlerarası Özek Hukukunda Boşanma</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>199.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752956575</t>
+          <t>9789752957480</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Sözlüğü</t>
+          <t>Türk Medeni Kanununda Edinilmiş (Kazanılmış) Mallara Katılma Rejimi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>9.26</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053776031</t>
+          <t>9786052422823</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Borçlar Kanunu ve Diğer Mevzuat</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>78.7</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789752958456</t>
+          <t>9789752956575</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda İş Sağlığı ve Güvenliği Denetimi</t>
+          <t>Türk Medeni Kanunu Sözlüğü</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>109.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789752955585</t>
+          <t>9786053776031</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Coğrafi İşaret Kavramı ve Korunması</t>
+          <t>Türk Medeni Kanunu Borçlar Kanunu ve Diğer Mevzuat</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>24.07</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053777168</t>
+          <t>9789752958456</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Türk Reklam Mevzuatı</t>
+          <t>Türk İş Hukukunda İş Sağlığı ve Güvenliği Denetimi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>399.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789752957114</t>
+          <t>9789752955585</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili 1</t>
+          <t>Türk Hukukunda Coğrafi İşaret Kavramı ve Korunması</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>18.52</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789752956827</t>
+          <t>9786053777168</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Şerhi (Ciltli)</t>
+          <t>Türk Reklam Mevzuatı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>52.78</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052422595</t>
+          <t>9789752957114</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat</t>
+          <t>Türk Dili 1</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>59.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053339823</t>
+          <t>9789752956827</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukuna Giriş (Ciltli)</t>
+          <t>Türk Ceza Kanunu Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>89.5</v>
+        <v>52.78</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053774211</t>
+          <t>9786052422595</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (TBK) ve Türk Borçlar Kanununun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (TBKYUK)</t>
+          <t>Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>15.28</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053777942</t>
+          <t>9786053339823</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu</t>
+          <t>Türk Ceza Hukukuna Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>16.2</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053774419</t>
+          <t>9786053774211</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (Ciltli)</t>
+          <t>Türk Borçlar Kanunu (TBK) ve Türk Borçlar Kanununun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (TBKYUK)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>90.74</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053770862</t>
+          <t>9786053777942</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku Özel Hükümler (Ciltli)</t>
+          <t>Türk Borçlar Kanunu</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>62.96</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053771203</t>
+          <t>9786053774419</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Türev Piyasalar</t>
+          <t>Türk Borçlar Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>69.5</v>
+        <v>90.74</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>3990000067802</t>
+          <t>9786053770862</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Tüm Piyasaya Karşı Anatrend Yazıları Bölüm 1</t>
+          <t>Türk Borçlar Hukuku Özel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>24.07</v>
+        <v>62.96</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789752957305</t>
+          <t>9786053771203</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Tüketicinin Korunması</t>
+          <t>Türev Piyasalar</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>72.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053776130</t>
+          <t>3990000067802</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Teorisinin Matematiksel Açıklamaları</t>
+          <t>Tüm Piyasaya Karşı Anatrend Yazıları Bölüm 1</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>79.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053772316</t>
+          <t>9789752957305</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ağızdan Ağıza Pazarlama</t>
+          <t>Tüketicinin Korunması</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>199.5</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052420096</t>
+          <t>9786053776130</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışları</t>
+          <t>Tüketici Teorisinin Matematiksel Açıklamaları</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>349.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789752959798</t>
+          <t>9786053772316</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Turkish Criminal Procedure Code - Ceza Muhakemesi Kanunu</t>
+          <t>Ağızdan Ağıza Pazarlama</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>29.63</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053774785</t>
+          <t>9786052420096</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kriz Yönetimi</t>
+          <t>Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>14.81</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789752959996</t>
+          <t>9789752959798</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetimi Bağlamında Sürekli İyileştirme Anlayışı</t>
+          <t>Turkish Criminal Procedure Code - Ceza Muhakemesi Kanunu</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>44.91</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052426135</t>
+          <t>9786053774785</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetimi</t>
+          <t>Toplam Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>249.5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052428351</t>
+          <t>9789752959996</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletme Hukuku Ders Notları</t>
+          <t>Toplam Kalite Yönetimi Bağlamında Sürekli İyileştirme Anlayışı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>349.5</v>
+        <v>44.91</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053774945</t>
+          <t>9786052426135</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Kanunu - Çek Kanunu İcra ve İflas Kanunu ve Ceza Kanunu Kapsamında Çek</t>
+          <t>Toplam Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>99.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053335573</t>
+          <t>9786052428351</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukukunun Genel İlkeleri</t>
+          <t>Ticari İşletme Hukuku Ders Notları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>22.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053773696</t>
+          <t>9786053774945</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Thomas Calculus 2</t>
+          <t>Ticaret Kanunu - Çek Kanunu İcra ve İflas Kanunu ve Ceza Kanunu Kapsamında Çek</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>58</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789752958722</t>
+          <t>9786053335573</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>The ABC’s of Cost Accounting</t>
+          <t>Ticaret Hukukunun Genel İlkeleri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>68</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053772552</t>
+          <t>9786053773696</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Terör Ekonomisi</t>
+          <t>Thomas Calculus 2</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>249.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053773504</t>
+          <t>9789752958722</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Kamu Ekonomisi</t>
+          <t>The ABC’s of Cost Accounting</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>25.93</v>
+        <v>68</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053774891</t>
+          <t>9786053772552</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Temsil Yetkisinin Verilmesi ve Kapsamının Belirlenmesi</t>
+          <t>Terör Ekonomisi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>279.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789752955783</t>
+          <t>9786053773504</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Temel Pazarlama Kavramları</t>
+          <t>Teori ve Uygulamada Kamu Ekonomisi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>23.15</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053770657</t>
+          <t>9786053774891</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Temel Pazarlama Bilgisi</t>
+          <t>Temsil Yetkisinin Verilmesi ve Kapsamının Belirlenmesi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>18.06</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789752954052</t>
+          <t>9789752955783</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Temel Bilgi Teknolojileri</t>
+          <t>Temel Pazarlama Kavramları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>29.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053773122</t>
+          <t>9786053770657</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Temel Analitik Kimya</t>
+          <t>Temel Pazarlama Bilgisi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>89.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789752957350</t>
+          <t>9789752954052</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Reklam Filmi Yapımı</t>
+          <t>Temel Bilgi Teknolojileri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>25</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053774433</t>
+          <t>9786053773122</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Tek ve Bağımsız Hukuk</t>
+          <t>Temel Analitik Kimya</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>187</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053774112</t>
+          <t>9789752957350</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Tek Düzen Muhasebe Uygulamaları</t>
+          <t>Televizyon Reklam Filmi Yapımı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>79.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053773528</t>
+          <t>9786053774433</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Madde Lojistiği ve İş Güvenliği</t>
+          <t>Tek ve Bağımsız Hukuk</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>129.5</v>
+        <v>187</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052428443</t>
+          <t>9786053774112</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Temel Ekonomi İçin Alıştırmalar</t>
+          <t>Tek Düzen Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>249.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052425046</t>
+          <t>9786053773528</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Yönetimi</t>
+          <t>Tehlikeli Madde Lojistiği ve İş Güvenliği</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>249.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789752958241</t>
+          <t>9786052428443</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Taşınmaz Mal Zilyetliğine Yapılan Tecavüzün Önlenmesi Hakkında Mevzuatın Açıklanması</t>
+          <t>Temel Ekonomi İçin Alıştırmalar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>169.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052424896</t>
+          <t>9786052425046</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Muhasebesi</t>
+          <t>Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053778288</t>
+          <t>9789752958241</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Havzalarından Küresel Trendlere Şehir ve Toplum</t>
+          <t>Taşınmaz Mal Zilyetliğine Yapılan Tecavüzün Önlenmesi Hakkında Mevzuatın Açıklanması</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>249.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053773818</t>
+          <t>9786052424896</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Sunumlarda Görsel Destek Kullanımı: Etkili Powerpoint Tasarımı ve Teknik Özellikleri</t>
+          <t>Şirketler Muhasebesi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>99.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789752953178</t>
+          <t>9786053778288</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Suçla Mücadele Bağlamında Türkiye’de Aile İçi Şiddet</t>
+          <t>Medeniyet Havzalarından Küresel Trendlere Şehir ve Toplum</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>27.78</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053779933</t>
+          <t>9786053773818</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Su Kaynakları Mühendisliği</t>
+          <t>Sunumlarda Görsel Destek Kullanımı: Etkili Powerpoint Tasarımı ve Teknik Özellikleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>349.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053777250</t>
+          <t>9789752953178</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim ve Liderlik</t>
+          <t>Suçla Mücadele Bağlamında Türkiye’de Aile İçi Şiddet</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>249.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053337898</t>
+          <t>9786053779933</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Marka Yönetimi</t>
+          <t>Su Kaynakları Mühendisliği</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>23.15</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053774969</t>
+          <t>9786053777250</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Liderlik ve Örgütsel Uyumlanma</t>
+          <t>Stratejik Yönetim ve Liderlik</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>149.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053333197</t>
+          <t>9786053337898</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Alman Ceza Kanunu - Strafgesetzbuch (StGB)</t>
+          <t>Stratejik Marka Yönetimi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>57.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789752956872</t>
+          <t>9786053774969</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Statik Mukavemet</t>
+          <t>Stratejik Liderlik ve Örgütsel Uyumlanma</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>169.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053776376</t>
+          <t>9786053333197</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sporda Şiddet ve Düzensizliğin Önlenmesi ve Şike ve Teşvik Primi (Ciltli)</t>
+          <t>Alman Ceza Kanunu - Strafgesetzbuch (StGB)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>32.41</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053773924</t>
+          <t>9789752956872</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetimi</t>
+          <t>Statik Mukavemet</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>27.31</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053770015</t>
+          <t>9786053776376</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>SPK Sermaye Piyasasında Bağımsız Denetim</t>
+          <t>Sporda Şiddet ve Düzensizliğin Önlenmesi ve Şike ve Teşvik Primi (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>41.67</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053770121</t>
+          <t>9786053773924</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>SPK İnşaat ve Gayrimenkul Muhasebesi</t>
+          <t>Spor Yönetimi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>12.96</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053770084</t>
+          <t>9786053770015</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>SPK İleri Düzey</t>
+          <t>SPK Sermaye Piyasasında Bağımsız Denetim</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>41.67</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053770282</t>
+          <t>9786053770121</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>SPK Gayrimenkul Değerleme Uzmanlığı - Temel Finans Matematiği</t>
+          <t>SPK İnşaat ve Gayrimenkul Muhasebesi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>14.81</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053772774</t>
+          <t>9786053770084</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>SPK Gayrimenkul - Konut Değerleme Uzmanlığı</t>
+          <t>SPK İleri Düzey</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>53.7</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789752957992</t>
+          <t>9786053770282</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Soybağının Belirlenmesi ve Ceza Hukukunda Çocuğun Soybağını Değiştirme Suçu</t>
+          <t>SPK Gayrimenkul Değerleme Uzmanlığı - Temel Finans Matematiği</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>149.5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053777496</t>
+          <t>9786053772774</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiye Giriş</t>
+          <t>SPK Gayrimenkul - Konut Değerleme Uzmanlığı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>44.44</v>
+        <v>53.7</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053779384</t>
+          <t>9789752957992</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermaye ve Örgütsel Boyutu</t>
+          <t>Soybağının Belirlenmesi ve Ceza Hukukunda Çocuğun Soybağını Değiştirme Suçu</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>199.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053776697</t>
+          <t>9786053777496</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya - Akademi</t>
+          <t>Sosyolojiye Giriş</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>349.5</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053774471</t>
+          <t>9786053779384</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Haklar</t>
+          <t>Sosyal Sermaye ve Örgütsel Boyutu</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786053772668</t>
+          <t>9786053776697</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Mevzuatı (Ciltli)</t>
+          <t>Sosyal Medya - Akademi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>78.7</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052426067</t>
+          <t>9786053774471</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku</t>
+          <t>Sosyal Haklar</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>699.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053772255</t>
+          <t>9786053772668</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Girişimcilik</t>
+          <t>Sosyal Güvenlik Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>16.67</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053772149</t>
+          <t>9786052426067</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Solving Micro Economic Problems</t>
+          <t>Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>23.15</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789752958807</t>
+          <t>9786053772255</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Solidworks &amp; Photoworks</t>
+          <t>Sosyal Girişimcilik</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>41.67</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789754789935</t>
+          <t>9786053772149</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Partilerin Kapatılması ve Yüce Divan Kararlarını Yeniden Tartışmak</t>
+          <t>Solving Micro Economic Problems</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>7.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053772873</t>
+          <t>9789752958807</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Partiler Kanunu Şerhi Cilt 1 (md. 1- 35)</t>
+          <t>Solidworks &amp; Photoworks</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>62</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053774143</t>
+          <t>9789754789935</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Siyasi Partilerin Kapatılması ve Yüce Divan Kararlarını Yeniden Tartışmak</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>17.13</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053776321</t>
+          <t>9786053772873</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Akımlar</t>
+          <t>Siyasi Partiler Kanunu Şerhi Cilt 1 (md. 1- 35)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>24</v>
+        <v>62</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053776260</t>
+          <t>9786053774143</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Televizyon Görüntüsünün Temel Ögeleri</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>27.31</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752953642</t>
+          <t>9786053776321</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Turbo Pascal Programlama Sanatı</t>
+          <t>Sinemada Akımlar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>20.37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789752955134</t>
+          <t>9786053776260</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sınıraşan Sular</t>
+          <t>Sinema ve Televizyon Görüntüsünün Temel Ögeleri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>31.48</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789752955479</t>
+          <t>9789752953642</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukunda Kamuyu Aydınlatma İlkesi</t>
+          <t>Turbo Pascal Programlama Sanatı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>27.78</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752954748</t>
+          <t>9789752955134</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukuku Cilt: 2 (Ciltli)</t>
+          <t>Sınıraşan Sular</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>46.3</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053338369</t>
+          <t>9789752955479</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigortalar Uygulaması</t>
+          <t>Sermaye Piyasası Hukukunda Kamuyu Aydınlatma İlkesi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>579.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053334309</t>
+          <t>9789752954748</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları için Temel İşletmeciliğe Giriş</t>
+          <t>Sermaye Piyasası Hukuku Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>12.5</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789752955943</t>
+          <t>9786053338369</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Temel İstatistik</t>
+          <t>Sosyal Sigortalar Uygulaması</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>10</v>
+        <v>579.5</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789752954083</t>
+          <t>9786053334309</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Türk Banka Hukukunda Mevduat Sigortası</t>
+          <t>Meslek Yüksekokulları için Temel İşletmeciliğe Giriş</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>30.09</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789752953949</t>
+          <t>9789752955943</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukuku Cilt: 1 (Ciltli)</t>
+          <t>Temel İstatistik</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>50.93</v>
+        <v>10</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789752951938</t>
+          <t>9789752954083</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sendika Özgürlüğü ve Uluslararası Çalışma Örgütü ile T.C. Hükümetleri İlişkileri</t>
+          <t>Türk Banka Hukukunda Mevduat Sigortası</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>13.89</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053774709</t>
+          <t>9789752953949</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sektörün Penceresinden Reklam Süreci</t>
+          <t>Sermaye Piyasası Hukuku Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>19.5</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789752953314</t>
+          <t>9789752951938</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Scientific English</t>
+          <t>Sendika Özgürlüğü ve Uluslararası Çalışma Örgütü ile T.C. Hükümetleri İlişkileri</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053773948</t>
+          <t>9786053774709</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Yöntemlerde Problem Çözümleri ve Bilgisayar Destekli Uygulamalar</t>
+          <t>Sektörün Penceresinden Reklam Süreci</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>30.09</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052421413</t>
+          <t>9789752953314</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Satınalma ve Tedarik Zinciri Yönetimi</t>
+          <t>Scientific English</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>58</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789752957886</t>
+          <t>9786053773948</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sanal Ortamda Halkla İlişkiler</t>
+          <t>Sayısal Yöntemlerde Problem Çözümleri ve Bilgisayar Destekli Uygulamalar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>149.5</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053776093</t>
+          <t>9786052421413</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Sanal Dünyalarda İktidar ve Özgürlük</t>
+          <t>Satınalma ve Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>299.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053776901</t>
+          <t>9789752957886</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kuruluşlarında İnsan Faktörü Mühendisliğinin Önemi ve Hasta Güvenliği Alanında Uygulama Örnekleri</t>
+          <t>Sanal Ortamda Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>45</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052427668</t>
+          <t>9786053776093</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri Yönetimi</t>
+          <t>Sanal Dünyalarda İktidar ve Özgürlük</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>99.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789752953109</t>
+          <t>9786053776901</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Roma Konvansiyonu</t>
+          <t>Sağlık Kuruluşlarında İnsan Faktörü Mühendisliğinin Önemi ve Hasta Güvenliği Alanında Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>15.74</v>
+        <v>45</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789754861150</t>
+          <t>9786052427668</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukuku Ders Notları</t>
+          <t>Sağlık Hizmetleri Yönetimi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>23.15</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789752957138</t>
+          <t>9789752953109</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Medya Planlaması</t>
+          <t>Roma Konvansiyonu</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053774297</t>
+          <t>9789754861150</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Reklam Nasıl Çözümlenir?</t>
+          <t>Roma Hukuku Ders Notları</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789752957268</t>
+          <t>9789752957138</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukuku ile İlgili Makaleler (Ciltli)</t>
+          <t>Reklam ve Medya Planlaması</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>148</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789752958746</t>
+          <t>9786053774297</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukuku Açısından Oligopolistik Bağımlılık</t>
+          <t>Reklam Nasıl Çözümlenir?</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789752955653</t>
+          <t>9789752957268</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Türk Rekabet Hukukunda Uyumlu Eylem ve Bu Eylemin Hukuki Sonuçları</t>
+          <t>Rekabet Hukuku ile İlgili Makaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>35.19</v>
+        <v>148</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786053772484</t>
+          <t>9789752958746</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Regülasyon</t>
+          <t>Rekabet Hukuku Açısından Oligopolistik Bağımlılık</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>199.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>3990000012335</t>
+          <t>9789752955653</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>QuickBASIC 4.5 QBASIC, Kütüphane Geliştirme Programlama Üzerine Temel Notlar</t>
+          <t>Türk Rekabet Hukukunda Uyumlu Eylem ve Bu Eylemin Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>18.52</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053776437</t>
+          <t>9786053772484</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Kontratın Örgütsel Sapma Üzerindeki Etkisi ve Kişilik Özelliklerinin Rolü: İlaç Sektöründe Bir Araştırma</t>
+          <t>Regülasyon</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789755041070</t>
+          <t>3990000012335</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ömer Teoman’a 55. Yaş Günü Armağanı (2 Cilt Takım) (Ciltli)</t>
+          <t>QuickBASIC 4.5 QBASIC, Kütüphane Geliştirme Programlama Üzerine Temel Notlar</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>138.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789754869927</t>
+          <t>9786053776437</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Nuri Çelik’e Armağan 2 (Ciltli)</t>
+          <t>Psikolojik Kontratın Örgütsel Sapma Üzerindeki Etkisi ve Kişilik Özelliklerinin Rolü: İlaç Sektöründe Bir Araştırma</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>83.33</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789754869842</t>
+          <t>9789755041070</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Nuri Çelik’e Armağan 1 (Ciltli)</t>
+          <t>Prof. Dr. Ömer Teoman’a 55. Yaş Günü Armağanı (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>83.33</v>
+        <v>138.89</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789754869866</t>
+          <t>9789754869927</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Erdoğan Moroğlu’na 65. Yaş Günü Armağanı (Ciltli)</t>
+          <t>Prof. Dr. Nuri Çelik’e Armağan 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>115.74</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053772408</t>
+          <t>9789754869842</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ali Güzel’e Armağan 2 (Ciltli)</t>
+          <t>Prof. Dr. Nuri Çelik’e Armağan 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>315</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053772392</t>
+          <t>9789754869866</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ali Güzel’e Armağan 1 (Ciltli)</t>
+          <t>Prof. Dr. Erdoğan Moroğlu’na 65. Yaş Günü Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>315</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053772521</t>
+          <t>9786053772408</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yönetimi</t>
+          <t>Prof. Dr. Ali Güzel’e Armağan 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>12.04</v>
+        <v>315</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789752958296</t>
+          <t>9786053772392</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Performanslı Takım Yapılandırma</t>
+          <t>Prof. Dr. Ali Güzel’e Armağan 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>87</v>
+        <v>315</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789752956278</t>
+          <t>9786053772521</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel ve Örgütsel Açıdan İnsan Kaynakları</t>
+          <t>Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>14.81</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789752959989</t>
+          <t>9789752958296</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Yaklaşımlarıyla Kurumsal Sürdürülebilirlik</t>
+          <t>Yüksek Performanslı Takım Yapılandırma</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>14.81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052423301</t>
+          <t>9789752956278</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon</t>
+          <t>Yönetsel ve Örgütsel Açıdan İnsan Kaynakları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>749.5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053771395</t>
+          <t>9789752959989</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Maliyet Muhasebesi (Ciltli)</t>
+          <t>Yönetim Yaklaşımlarıyla Kurumsal Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>39.35</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789752958562</t>
+          <t>9786052423301</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Felsefesi</t>
+          <t>Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>18.52</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053335665</t>
+          <t>9786053771395</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi ve Çağdaş Yönetim Teknikleri</t>
+          <t>Yönetim ve Maliyet Muhasebesi (Ciltli)</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>32.5</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789752956223</t>
+          <t>9789752958562</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Açısından Uygulamalı Denetim El Kitabı</t>
+          <t>Yönetim Felsefesi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053774631</t>
+          <t>9786053335665</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Başarı Stratejileri</t>
+          <t>Yönetim Bilimi ve Çağdaş Yönetim Teknikleri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>299.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786053774372</t>
+          <t>9789752956223</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Yığma Yapı Mühendisliğinin Gelişim Tarihi (Ciltli)</t>
+          <t>Yönetim Açısından Uygulamalı Denetim El Kitabı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>449.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053774068</t>
+          <t>9786053774631</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Pazarlama</t>
+          <t>Yöneticiler İçin Başarı Stratejileri</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053771142</t>
+          <t>9786053774372</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerin Güncel Sorunları</t>
+          <t>Yığma Yapı Mühendisliğinin Gelişim Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>14.81</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789752958173</t>
+          <t>9786053774068</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Yenilik Yönetimi ve Yenilikçi Örgüt Kültürü</t>
+          <t>Yeşil Pazarlama</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>12.96</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053777205</t>
+          <t>9786053771142</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Ticaret Kanunu ve Türk Ticaret Kanunun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (Ciltli)</t>
+          <t>Yerel Yönetimlerin Güncel Sorunları</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>32.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053774426</t>
+          <t>9789752958173</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sosyal Güvenlik Kanunları</t>
+          <t>Yenilik Yönetimi ve Yenilikçi Örgüt Kültürü</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789752954786</t>
+          <t>9786053777205</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medeni Kanun Hükümleri Uyarınca Evlat Edinme</t>
+          <t>Yeni Türk Ticaret Kanunu ve Türk Ticaret Kanunun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (Ciltli)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>11.11</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053774396</t>
+          <t>9786053774426</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ekonomide Müşteri İlişkileri ve Bilgi Teknolojileri</t>
+          <t>Yeni Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>199.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789752954656</t>
+          <t>9789752954786</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Yeni Binyılda Çevre</t>
+          <t>Yeni Medeni Kanun Hükümleri Uyarınca Evlat Edinme</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789754869026</t>
+          <t>9786053774396</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Pratik İnternet El Kitabı</t>
+          <t>Yeni Ekonomide Müşteri İlişkileri ve Bilgi Teknolojileri</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>12.04</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053772538</t>
+          <t>9789752954656</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yatırımlarda Stratejik Karar Verme Süreci</t>
+          <t>Yeni Binyılda Çevre</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>25.93</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053771692</t>
+          <t>9789754869026</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yargıtayın İş Hukukuna İlişkin Kararlarının Değerlendirilmesi 2007</t>
+          <t>Yeni Başlayanlar İçin Pratik İnternet El Kitabı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>149.5</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789752957800</t>
+          <t>9786053772538</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararlarının Işığında Kamu Yönetimine Karşı Suçlar</t>
+          <t>Yatırımlarda Stratejik Karar Verme Süreci</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>18.52</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789752959699</t>
+          <t>9786053771692</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Yargıcın Davranış İlkeleri</t>
+          <t>Yargıtayın İş Hukukuna İlişkin Kararlarının Değerlendirilmesi 2007</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>449.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789754866131</t>
+          <t>9789752957800</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Yapı Statiği, Sonlu Elemanlar Metodu, Bilgisayar Destekli Sistem Analizi (Yapı Mekaniği 1)</t>
+          <t>Yargıtay Kararlarının Işığında Kamu Yönetimine Karşı Suçlar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053777328</t>
+          <t>9789752959699</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Yabancıların Türkiye’de Taşınmaz İktisabı</t>
+          <t>Yargıcın Davranış İlkeleri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>499.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053777342</t>
+          <t>9789754866131</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar ve Mülteci Hukukuna İlişkin Danıştay 10. Daire Kararları</t>
+          <t>Yapı Statiği, Sonlu Elemanlar Metodu, Bilgisayar Destekli Sistem Analizi (Yapı Mekaniği 1)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>299.5</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053777830</t>
+          <t>9786053777328</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Hukukuna İlişkin Temel Konular</t>
+          <t>Yabancıların Türkiye’de Taşınmaz İktisabı</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>139.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789754868616</t>
+          <t>9786053777342</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Gemilerin İhtiyati Haczi</t>
+          <t>Yabancılar ve Mülteci Hukukuna İlişkin Danıştay 10. Daire Kararları</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>89.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053776994</t>
+          <t>9786053777830</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bankalar ve Türkiye</t>
+          <t>Yabancılar Hukukuna İlişkin Temel Konular</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>349.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789752953611</t>
+          <t>9789754868616</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>XML Teknolojisi</t>
+          <t>Yabancı Gemilerin İhtiyati Haczi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>23.15</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789752957190</t>
+          <t>9786053776994</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku Pratik Çalışma El Kitabı</t>
+          <t>Yabancı Bankalar ve Türkiye</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>12.96</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053776086</t>
+          <t>9789752953611</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku Açısından Vakıf Üniversiteleri</t>
+          <t>XML Teknolojisi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>45</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789752958876</t>
+          <t>9789752957190</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Hukukumuzda Türkçe Olmayan Ad ve Soyadı Meselesi</t>
+          <t>Vergi Hukuku Pratik Çalışma El Kitabı</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789752955684</t>
+          <t>9786053776086</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yükümlüsünün Hakları</t>
+          <t>Vergi Hukuku Açısından Vakıf Üniversiteleri</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>18.52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053772941</t>
+          <t>9789752958876</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık El Kitabı</t>
+          <t>Vatandaşlık Hukukumuzda Türkçe Olmayan Ad ve Soyadı Meselesi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>44.44</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053771753</t>
+          <t>9789752955684</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Varlık Yönetim Şirketleri</t>
+          <t>Vergi Yükümlüsünün Hakları</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>24.07</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053777175</t>
+          <t>9786053772941</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Varantlar</t>
+          <t>Vatandaşlık El Kitabı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>35</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789752955400</t>
+          <t>9786053771753</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Vakıf Yönetim Organı Türk Medeni Kanununa Göre</t>
+          <t>Varlık Yönetim Şirketleri</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>20.37</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053332008</t>
+          <t>9786053777175</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimi</t>
+          <t>Varantlar</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>56</v>
+        <v>35</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053771234</t>
+          <t>9789752955400</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimi</t>
+          <t>Vakıf Yönetim Organı Türk Medeni Kanununa Göre</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>35.19</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053771807</t>
+          <t>9786053332008</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Muhasebesi</t>
+          <t>Üretim Yönetimi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>68</v>
+        <v>56</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789752955929</t>
+          <t>9786053771234</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Ücret Yönetimi</t>
+          <t>Üretim Yönetimi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>13.89</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789752951600</t>
+          <t>9786053771807</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Visual Basic 6.0 For Windows 98/me/2000/XP</t>
+          <t>Üniversite Muhasebesi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>37.04</v>
+        <v>68</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789752956049</t>
+          <t>9789752955929</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Uyuşmazlık Mahkemesi Karar Özetleri (1988-2005) (Ciltli)</t>
+          <t>Ücret Yönetimi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>239.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053771227</t>
+          <t>9789752951600</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Matematik</t>
+          <t>Visual Basic 6.0 For Windows 98/me/2000/XP</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>16.67</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789752958999</t>
+          <t>9789752956049</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Kat Mülkiyeti Kanunu</t>
+          <t>Uyuşmazlık Mahkemesi Karar Özetleri (1988-2005) (Ciltli)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>16.67</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789752955448</t>
+          <t>9786053771227</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İstatistik - I</t>
+          <t>Uygulamalı Matematik</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>49.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789752957527</t>
+          <t>9789752958999</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Hukuku</t>
+          <t>Uygulamalı Kat Mülkiyeti Kanunu</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>27.78</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789754867800</t>
+          <t>9789752955448</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Bilgisayarlı Muhasebe</t>
+          <t>Uygulamalı İstatistik - I</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>13.89</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789752959828</t>
+          <t>9789752957527</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Bayi ve Distribütör Satış Temsilcileri Eğitimi</t>
+          <t>Uygulamalı Ceza Hukuku</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>19.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786053336907</t>
+          <t>9789754867800</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Anayasa Hukuku</t>
+          <t>Uygulamalı Bilgisayarlı Muhasebe</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>39.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789752956636</t>
+          <t>9789752959828</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Tahliye Davaları ve Kiralayan-Kiracı İlişkileri</t>
+          <t>Uygulamalı Bayi ve Distribütör Satış Temsilcileri Eğitimi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>37.04</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786053774402</t>
+          <t>9786053336907</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yönetim</t>
+          <t>Uygulamalı Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>17.13</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786053771340</t>
+          <t>9789752956636</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım Hukukunda En Çok Gözetilen Ulus Muamelesi</t>
+          <t>Uygulamada Tahliye Davaları ve Kiralayan-Kiracı İlişkileri</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>45</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786053772309</t>
+          <t>9786053774402</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Vergi Uyuşmazlıklarının Tahkim Yoluyla Çözümlenmesi</t>
+          <t>Uluslararası Yönetim</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>299.5</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786053776642</t>
+          <t>9786053771340</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kanunları</t>
+          <t>Uluslararası Yatırım Hukukunda En Çok Gözetilen Ulus Muamelesi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>97.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789752958944</t>
+          <t>9786053772309</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticari Tahkimde Tahkim Anlaşmasının Üçüncü Kişilere Teşmili</t>
+          <t>Uluslararası Vergi Uyuşmazlıklarının Tahkim Yoluyla Çözümlenmesi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>212</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786053776758</t>
+          <t>9786053776642</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret, Yatırım ve Mali Enstrüman Sahtekarlıkları</t>
+          <t>Vergi Kanunları</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>349.5</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053777045</t>
+          <t>9789752958944</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret Hukukunda Vesaik Mukabili Ödeme</t>
+          <t>Uluslararası Ticari Tahkimde Tahkim Anlaşmasının Üçüncü Kişilere Teşmili</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>399.5</v>
+        <v>212</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789752954373</t>
+          <t>9786053776758</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Terörizm ve Terörist Eylemlere Karşı Kuvvet Kullanımı</t>
+          <t>Uluslararası Ticaret, Yatırım ve Mali Enstrüman Sahtekarlıkları</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>23.15</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789752956315</t>
+          <t>9786053777045</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlara Giriş Stratejileri</t>
+          <t>Uluslararası Ticaret Hukukunda Vesaik Mukabili Ödeme</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>25</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053771685</t>
+          <t>9789752954373</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Otel ve Restoran Yönetiminde İnsan</t>
+          <t>Uluslararası Terörizm ve Terörist Eylemlere Karşı Kuvvet Kullanımı</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>129.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786053339991</t>
+          <t>9789752956315</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşletmecilik</t>
+          <t>Uluslararası Pazarlara Giriş Stratejileri</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>549.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786053773269</t>
+          <t>9786053771685</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Havacılık Hukuku</t>
+          <t>Uluslararası Otel ve Restoran Yönetiminde İnsan</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>128</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786053778882</t>
+          <t>9786053339991</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ekonomi</t>
+          <t>Uluslararası İşletmecilik</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>54</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786053770800</t>
+          <t>9786053773269</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk ve Türk Hukuk Sisteminde Engellilerin Eğitim Hakkı ve Devlet Yükümlülükleri</t>
+          <t>Uluslararası Havacılık Hukuku</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>45.83</v>
+        <v>128</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786053336754</t>
+          <t>9786053778882</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Viktimoloji</t>
+          <t>Uluslararası Ekonomi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>39.5</v>
+        <v>54</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786053331247</t>
+          <t>9786053770800</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ile Mavi</t>
+          <t>Uluslararası Hukuk ve Türk Hukuk Sisteminde Engellilerin Eğitim Hakkı ve Devlet Yükümlülükleri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>22.5</v>
+        <v>45.83</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786053779803</t>
+          <t>9786053336754</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Viktimoloji</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>14.81</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052422250</t>
+          <t>9786053331247</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde SPSS'le Veri Analizi</t>
+          <t>Kırmızı ile Mavi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>38</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053337140</t>
+          <t>9786053779803</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler TCK m. 1-75 Ders Kitabı (Ciltli)</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>67.13</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786053332244</t>
+          <t>9786052422250</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Güncelleştirilmiş Ceza Yargılaması Hukuku</t>
+          <t>Sosyal Bilimlerde SPSS'le Veri Analizi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>65.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786053331810</t>
+          <t>9786053337140</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Prof.Dr. Feridun Yenisey'e Armağan (2 Cilt Takım) (Ciltli)</t>
+          <t>Ceza Hukuku Genel Hükümler TCK m. 1-75 Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>220</v>
+        <v>67.13</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053336167</t>
+          <t>9786053332244</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Kentsel Dönüşüm</t>
+          <t>Güncelleştirilmiş Ceza Yargılaması Hukuku</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>18.06</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786053330011</t>
+          <t>9786053331810</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimine Giriş</t>
+          <t>Prof.Dr. Feridun Yenisey'e Armağan (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>68</v>
+        <v>220</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786053330097</t>
+          <t>9786053336167</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat</t>
+          <t>A'dan Z'ye Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>32.41</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789752957206</t>
+          <t>9786053330011</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Üretim Yönetimine Giriş</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>23.15</v>
+        <v>68</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786053778554</t>
+          <t>9786053330097</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Cep Kanunları Serisi 12</t>
+          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>10.19</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786053775553</t>
+          <t>9789752957206</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>35.19</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786053330639</t>
+          <t>9786053778554</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Bilinen ve Öğretilen İktisat Bilimi ve Türkiye'deki İktisat Bilinçsizliğine Ayaklanma</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Cep Kanunları Serisi 12</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>39.5</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786053331254</t>
+          <t>9786053775553</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Dünyada Uluslararası Kuruluşlar</t>
+          <t>Türk Ticaret Kanunu</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>42.5</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789756298084</t>
+          <t>9786053330639</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Turizm Sözlüğü</t>
+          <t>Bilinen ve Öğretilen İktisat Bilimi ve Türkiye'deki İktisat Bilinçsizliğine Ayaklanma</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>11.11</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786053330400</t>
+          <t>9786053331254</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sözlüğü (İngilizce-Türkçe Türkçe-İngilizce)</t>
+          <t>Küreselleşen Dünyada Uluslararası Kuruluşlar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>32.41</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786053332022</t>
+          <t>9789756298084</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku - Özel Hükümler</t>
+          <t>Turizm Sözlüğü</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>90.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053776970</t>
+          <t>9786053330400</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Lights Thrown By The Turkish Experience Leading To Innovative Economic Analyses</t>
+          <t>Hukuk Sözlüğü (İngilizce-Türkçe Türkçe-İngilizce)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>9.26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786053334170</t>
+          <t>9786053332022</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Sobotta İnsan Anatomisi Atlası (3 Cilt Takım) (Ciltli)</t>
+          <t>Türk Borçlar Hukuku - Özel Hükümler</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>643.52</v>
+        <v>90.74</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786053331131</t>
+          <t>9786053776970</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunun Emredici Yapısı (Ciltli)</t>
+          <t>Lights Thrown By The Turkish Experience Leading To Innovative Economic Analyses</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>59.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786053779643</t>
+          <t>9786053334170</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri Ve İnkılap Tarihi 2013</t>
+          <t>Sobotta İnsan Anatomisi Atlası (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>14.81</v>
+        <v>643.52</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786053778196</t>
+          <t>9786053331131</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunları</t>
+          <t>İş Hukukunun Emredici Yapısı (Ciltli)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>18.06</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786053330332</t>
+          <t>9786053779643</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt: 1</t>
+          <t>Atatürk İlkeleri Ve İnkılap Tarihi 2013</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>39.35</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786053330356</t>
+          <t>9786053778196</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt: 2</t>
+          <t>İş Kanunları</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>699.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786053330554</t>
+          <t>9786053330332</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri ve Lojistik Yönetimi</t>
+          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt: 1</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>22</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786053336815</t>
+          <t>9786053330356</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu (Eylül 2018)</t>
+          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt: 2</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>11.57</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786053337072</t>
+          <t>9786053330554</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu (Eylül 2018)</t>
+          <t>Tedarik Zinciri ve Lojistik Yönetimi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>67.5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053336808</t>
+          <t>9786053336815</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (Eylül 2018)</t>
+          <t>Türk Medeni Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>8.8</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053336792</t>
+          <t>9786053337072</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası (Ocak 2017)</t>
+          <t>Türk Ceza Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>2.78</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053777731</t>
+          <t>9786053336808</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kanunları - Eylül 2012</t>
+          <t>Türk Borçlar Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>7.41</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053776543</t>
+          <t>9786053336792</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kanunu</t>
+          <t>T.C. Anayasası (Ocak 2017)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>8.8</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786053335306</t>
+          <t>9786053777731</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Tüm Vergi Kanunları (Ocak 2018)</t>
+          <t>Sosyal Güvenlik Kanunları - Eylül 2012</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>120.37</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052423486</t>
+          <t>9786053776543</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası TCK - CMK - CGTİK - PVSK ve İlgili Mevzuat</t>
+          <t>Sermaye Piyasası Kanunu</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>22.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786053335276</t>
+          <t>9786053335306</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyeti Kanunu</t>
+          <t>Tüm Vergi Kanunları (Ocak 2018)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>6.94</v>
+        <v>120.37</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052423783</t>
+          <t>9786052423486</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Karayolları Trafik Kanunu</t>
+          <t>T.C. Anayasası TCK - CMK - CGTİK - PVSK ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>12.5</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052423806</t>
+          <t>9786053335276</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Sosyal Güvenlik Kanunları Şubat 2019</t>
+          <t>Kat Mülkiyeti Kanunu</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>21.5</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052420263</t>
+          <t>9786052423783</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt 1: Eşya Hukuku</t>
+          <t>Karayolları Trafik Kanunu</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>98</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786053339434</t>
+          <t>9786052423806</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Toplum, Kültür ve Gelinlik Tasarımı</t>
+          <t>İş Kanunu ve Sosyal Güvenlik Kanunları Şubat 2019</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>74.5</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786053339427</t>
+          <t>9786052420263</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Modern Public Finance</t>
+          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt 1: Eşya Hukuku</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052420256</t>
+          <t>9786053339434</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt 1 : Miras Hukuku</t>
+          <t>Toplum, Kültür ve Gelinlik Tasarımı</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>89.5</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052420270</t>
+          <t>9786053339427</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt I: Medeni Hukuk</t>
+          <t>Modern Public Finance</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>149.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052421246</t>
+          <t>9786052420256</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Yüksekokullar İçin İşletmecilik Bilgileri</t>
+          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt 1 : Miras Hukuku</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>39.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052421819</t>
+          <t>9786052420270</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri</t>
+          <t>Medeni Hukuk Pratik Çalışmaları ve Sınav Soruları Cilt I: Medeni Hukuk</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>349</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052422335</t>
+          <t>9786052421246</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerin Yönetimi</t>
+          <t>Yüksekokullar İçin İşletmecilik Bilgileri</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>199.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052421635</t>
+          <t>9786052421819</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Finansın Temel Teorileri</t>
+          <t>Pazarlama İlkeleri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>38.5</v>
+        <v>349</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052421253</t>
+          <t>9786052422335</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Genel İşletmecilik Bilgileri</t>
+          <t>Örgütlerin Yönetimi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>58</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053338444</t>
+          <t>9786052421635</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Afrika Politikası</t>
+          <t>Finansın Temel Teorileri</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>58</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786053338598</t>
+          <t>9786052421253</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Formül Sosunda</t>
+          <t>Genel İşletmecilik Bilgileri</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>34.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052423172</t>
+          <t>9786053338444</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu Ocak 2019</t>
+          <t>Afrika Politikası</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>13.89</v>
+        <v>58</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052422533</t>
+          <t>9786053338598</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmeleri Yönetiminde Temel Boyutlar Rehberi</t>
+          <t>Formül Sosunda</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>399.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052422311</t>
+          <t>9786052423172</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hukuku Mevzuatı (Ciltli)</t>
+          <t>İcra ve İflas Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>128</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786053339854</t>
+          <t>9786052422533</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı - Tablolu Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat (Ciltli)</t>
+          <t>Sağlık İşletmeleri Yönetiminde Temel Boyutlar Rehberi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>41.67</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>3990000065972</t>
+          <t>9786052422311</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu (Ocak 2017)</t>
+          <t>Tüketici Hukuku Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>7.41</v>
+        <v>128</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786053338260</t>
+          <t>9786053339854</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Basın Kanunu</t>
+          <t>Karşılaştırmalı - Tablolu Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>10</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789752953864</t>
+          <t>3990000065972</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Emeklilik Sistemi ve Altyapısı</t>
+          <t>İdari Yargılama Usulü Kanunu (Ocak 2017)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786053338079</t>
+          <t>9786053338260</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Franchising</t>
+          <t>Basın Kanunu</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>98</v>
+        <v>10</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786053337713</t>
+          <t>9789752953864</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Denizde Haberleşme</t>
+          <t>Bireysel Emeklilik Sistemi ve Altyapısı</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>28</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053337317</t>
+          <t>9786053338079</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Finansal Raporlama Standartları Uygulamaları (Ciltli)</t>
+          <t>Franchising</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>85</v>
+        <v>98</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786053338758</t>
+          <t>9786053337713</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Güncel Bir Satış Yaklaşımı Olarak Müşteri Odaklılık ve Satış Performansını Etkileyen Diğer Unsurlar</t>
+          <t>Denizde Haberleşme</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>14.81</v>
+        <v>28</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052424834</t>
+          <t>9786053337317</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Gayrimenkul Hukuku</t>
+          <t>Türkiye Finansal Raporlama Standartları Uygulamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>315</v>
+        <v>85</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053335801</t>
+          <t>9786053338758</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Pazarlama Biliminin Akademik Tarihi</t>
+          <t>Güncel Bir Satış Yaklaşımı Olarak Müşteri Odaklılık ve Satış Performansını Etkileyen Diğer Unsurlar</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>35.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053334675</t>
+          <t>9786052424834</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Spor Tahkim Hukuku (Ciltli)</t>
+          <t>A'dan Z'ye Gayrimenkul Hukuku</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>52.5</v>
+        <v>315</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053333562</t>
+          <t>9786053335801</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Propaganda</t>
+          <t>Türkiye'de Pazarlama Biliminin Akademik Tarihi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>162</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053333340</t>
+          <t>9786053334675</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş ve Sonrası Doğu Akdenizde Küresel Hamleler - 1</t>
+          <t>Spor Tahkim Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>19.5</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053333227</t>
+          <t>9786053333562</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Basketbol</t>
+          <t>Propaganda</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>25.46</v>
+        <v>162</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052423479</t>
+          <t>9786053333340</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu</t>
+          <t>Soğuk Savaş ve Sonrası Doğu Akdenizde Küresel Hamleler - 1</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>21.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786053330691</t>
+          <t>9786053333227</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Sosyal Güvenlik Kanunları</t>
+          <t>Her Yönüyle Basketbol</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>12.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786053330714</t>
+          <t>9786052423479</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kanunları</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>8.8</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786053331209</t>
+          <t>9786053330691</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>İtibar Yönetimi</t>
+          <t>İş Kanunu ve Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>35</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053337416</t>
+          <t>9786053330714</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Politik İktisat</t>
+          <t>Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>32.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786053776734</t>
+          <t>9786053331209</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Polisin Zor Kullanma Yetkisi ve İnsan Hakları</t>
+          <t>İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>249.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789752958975</t>
+          <t>9786053337416</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Polisin Yeni Yetkileri</t>
+          <t>Politik İktisat</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>15.74</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789752959095</t>
+          <t>9786053776734</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>PLC Programlanabilir Lojik Denetleyiciler</t>
+          <t>Polisin Zor Kullanma Yetkisi ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>27.31</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789752956322</t>
+          <t>9789752958975</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Plakaya Düzenlenen Trafik Para Cezalarının İptali Davaları</t>
+          <t>Polisin Yeni Yetkileri</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>12</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789752955509</t>
+          <t>9789752959095</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>PIC Mikrodenetleyiciler 16F84A &amp; 16F628A</t>
+          <t>PLC Programlanabilir Lojik Denetleyiciler</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>24.07</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789752956919</t>
+          <t>9789752956322</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>PIC 16F877A Proje Tasarımı</t>
+          <t>Plakaya Düzenlenen Trafik Para Cezalarının İptali Davaları</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>24.07</v>
+        <v>12</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789754864403</t>
+          <t>9789752955509</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>PHP 4 ile Web Tasarımı</t>
+          <t>PIC Mikrodenetleyiciler 16F84A &amp; 16F628A</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>25</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786053779254</t>
+          <t>9789752956919</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Performans Yönetimi Sistemi</t>
+          <t>PIC 16F877A Proje Tasarımı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>16.2</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786053775744</t>
+          <t>9789754864403</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Perakende Yönetimi</t>
+          <t>PHP 4 ile Web Tasarımı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>137</v>
+        <v>25</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052426548</t>
+          <t>9786053779254</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Müşteri Odaklılık ve Balanced Scorecard</t>
+          <t>Performans Yönetimi Sistemi</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>249.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786053775140</t>
+          <t>9786053775744</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Yönetimi</t>
+          <t>Perakende Yönetimi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>23.15</v>
+        <v>137</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052421017</t>
+          <t>9786052426548</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Stratejileri</t>
+          <t>Pazarlamada Müşteri Odaklılık ve Balanced Scorecard</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>69.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053772613</t>
+          <t>9786053775140</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişiminde Şöhret Figürü</t>
+          <t>Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>29.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052423394</t>
+          <t>9786052421017</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Araştırmaları</t>
+          <t>Pazarlama Stratejileri</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>279.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789752956131</t>
+          <t>9786053772613</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Özelleştirmenin Hukuki Rejimi</t>
+          <t>Pazarlama İletişiminde Şöhret Figürü</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>58</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053772934</t>
+          <t>9786052423394</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Özel Hayatın ve Hayatın Gizli Alanının Ceza Hukukuyla Korunması</t>
+          <t>Pazarlama Araştırmaları</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>149.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789752952218</t>
+          <t>9789752956131</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Profesyonel ASP. Net</t>
+          <t>Özelleştirmenin Hukuki Rejimi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>27.78</v>
+        <v>58</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789752957381</t>
+          <t>9786053772934</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kültürü</t>
+          <t>Özel Hayatın ve Hayatın Gizli Alanının Ceza Hukukuyla Korunması</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>31.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053773030</t>
+          <t>9789752952218</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kültürü</t>
+          <t>Örneklerle Profesyonel ASP. Net</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>229.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052428283</t>
+          <t>9789752957381</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kuramları</t>
+          <t>Örgüt Kültürü</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>549.5</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789754789225</t>
+          <t>9786053773030</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Önemli Bir Sorun: Karapara ve Karapara’nın Aklanması</t>
+          <t>Örgüt Kültürü</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>18.52</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786053775706</t>
+          <t>9786052428283</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Otomotiv Sektöründe Satış Süreci ve Yönetimi</t>
+          <t>Örgüt Kuramları</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>19.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786053770398</t>
+          <t>9789754789225</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Ve Kafkasya</t>
+          <t>Önemli Bir Sorun: Karapara ve Karapara’nın Aklanması</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>299.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789752958555</t>
+          <t>9786053775706</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Organizasyon Teorileri</t>
+          <t>Otomotiv Sektöründe Satış Süreci ve Yönetimi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>14.81</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789752959149</t>
+          <t>9786053770398</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Optoelektronik Fiber Optik</t>
+          <t>Orta Asya Ve Kafkasya</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>58</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789752958319</t>
+          <t>9789752958555</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Olumsuz Zarar</t>
+          <t>Organizasyon Teorileri</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>32.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053774389</t>
+          <t>9789752959149</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Nümerik Analiz</t>
+          <t>Optoelektronik Fiber Optik</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>49.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053777038</t>
+          <t>9789752958319</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Santral İşletenin Hukuki Sorumluluğu</t>
+          <t>Olumsuz Zarar</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>199.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786053334323</t>
+          <t>9786053774389</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Nedir Bu Reklam?</t>
+          <t>Nümerik Analiz</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>47.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789752959958</t>
+          <t>9786053777038</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Mücevher Alırım? (Ciltli)</t>
+          <t>Nükleer Santral İşletenin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>13.89</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789752955486</t>
+          <t>9786053334323</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>MYS Mesleki Yeterlilik Sınavı Soru Bankası</t>
+          <t>Nedir Bu Reklam?</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>35.19</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786053773955</t>
+          <t>9789752959958</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Hizmeti</t>
+          <t>Nasıl Mücevher Alırım? (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786053771920</t>
+          <t>9789752955486</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Mültecilere ve Sığınmacılara İlişkin Mevzuat</t>
+          <t>MYS Mesleki Yeterlilik Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>187</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786053770466</t>
+          <t>9786053773955</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet Hakkı</t>
+          <t>Müşteri Hizmeti</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>849.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786053772491</t>
+          <t>9786053771920</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Mükemmellik Yolculuğunda Bir Eğitim Kurumu D.E.Ü. İMYO</t>
+          <t>Mültecilere ve Sığınmacılara İlişkin Mevzuat</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>13.89</v>
+        <v>187</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789752959026</t>
+          <t>9786053770466</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe-Ekonomi İlişkisi</t>
+          <t>Mülkiyet Hakkı</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>14.81</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789752953161</t>
+          <t>9786053772491</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Muhasebeci ve Mükellef Perspektifinden Muhasebe Mesleği</t>
+          <t>Mükemmellik Yolculuğunda Bir Eğitim Kurumu D.E.Ü. İMYO</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786053771814</t>
+          <t>9789752959026</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Muhakeme Hukuku Dalı Olarak Ceza Muhakemesi Hukuku - Birinci Kitap</t>
+          <t>Muhasebe-Ekonomi İlişkisi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>35.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789752956544</t>
+          <t>9789752953161</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Mortgage Konut Finansmanı Kanunu Öncesi ve Sonrası</t>
+          <t>Muhasebeci ve Mükellef Perspektifinden Muhasebe Mesleği</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>49.5</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786053774594</t>
+          <t>9786053771814</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Moderniteden Postmoderniteye Egemenlik ve Hukuk</t>
+          <t>Muhakeme Hukuku Dalı Olarak Ceza Muhakemesi Hukuku - Birinci Kitap</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>18.06</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789752953918</t>
+          <t>9789752956544</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin Vektör Mekaniği Statik</t>
+          <t>Mortgage Konut Finansmanı Kanunu Öncesi ve Sonrası</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>18.52</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052421857</t>
+          <t>9786053774594</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukuku (Ciltli)</t>
+          <t>Moderniteden Postmoderniteye Egemenlik ve Hukuk</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>169.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789752959323</t>
+          <t>9789752953918</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Uyuşmazlıkların Tahkim Yoluyla Çözümüne İlişkin İstanbul Konferansı</t>
+          <t>Mühendisler İçin Vektör Mekaniği Statik</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789752957831</t>
+          <t>9786052421857</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticaret Hukuku İle İlgili Makaleler (Ciltli)</t>
+          <t>Milletlerarası Usul Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>178</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052428436</t>
+          <t>9789752959323</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticaret Hukuku (Ciltli)</t>
+          <t>Milletlerarası Ticari Uyuşmazlıkların Tahkim Yoluyla Çözümüne İlişkin İstanbul Konferansı</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>799.5</v>
+        <v>78</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786053331295</t>
+          <t>9789752957831</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkime İlişkin Mevzuat ve Antlaşmalar Cilt: 2</t>
+          <t>Milletlerarası Ticaret Hukuku İle İlgili Makaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>35.19</v>
+        <v>178</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789752952508</t>
+          <t>9786052428436</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkim Kanunu Kapsamında Cereyan Eden Tahkim Usulü</t>
+          <t>Milletlerarası Ticaret Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>14.81</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789752955554</t>
+          <t>9786053331295</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Yeni Açılımlarla Üstünlük Sağlama Business Success via New Visions on Marketing</t>
+          <t>Milletlerarası Tahkime İlişkin Mevzuat ve Antlaşmalar Cilt: 2</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>14.81</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786053776628</t>
+          <t>9789752952508</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Medeni Olmayan Evliliklerin ve Adli Olmayan Boşanmaların Tanınması</t>
+          <t>Milletlerarası Tahkim Kanunu Kapsamında Cereyan Eden Tahkim Usulü</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>25</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786053335146</t>
+          <t>9789752955554</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk ve Usul Hukuku Hakkında Kanun</t>
+          <t>Pazarlamada Yeni Açılımlarla Üstünlük Sağlama Business Success via New Visions on Marketing</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789752954571</t>
+          <t>9786053776628</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Sözleşmeleri 2. Cilt (Ciltli)</t>
+          <t>Milletlerarası Özel Hukukta Medeni Olmayan Evliliklerin ve Adli Olmayan Boşanmaların Tanınması</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>55.56</v>
+        <v>25</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789752954564</t>
+          <t>9786053335146</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Sözleşmeleri 1. Cilt (Ciltli)</t>
+          <t>Milletlerarası Özel Hukuk ve Usul Hukuku Hakkında Kanun</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>46.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786053337409</t>
+          <t>9789752954571</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Mevzuatı</t>
+          <t>Milletlerarası Özel Hukuk Sözleşmeleri 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>14.81</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052425992</t>
+          <t>9789752954564</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
+          <t>Milletlerarası Özel Hukuk Sözleşmeleri 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>1750</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786053773931</t>
+          <t>9786053337409</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Mal Satımına İlişkin BM Antlaşmasında ve Avrupa Borçları Hukuku Prensiplerinde Tazminat Sorumluluğunun Sınırlandırılmasında Öngörülebilirlik İlkesi (Ciltli)</t>
+          <t>Milletlerarası Özel Hukuk Mevzuatı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>39.35</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789752956759</t>
+          <t>9786052425992</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuka Aykırı Eylemlerinden Dolayı Devletin Sorumluluğu</t>
+          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>16.67</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>3990000009184</t>
+          <t>9786053773931</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk ve Milletlerarası Özel Hukuk Bülteni - Yıl24 / Sayı 1-2 / 2004 (Ciltli)</t>
+          <t>Milletlerarası Mal Satımına İlişkin BM Antlaşmasında ve Avrupa Borçları Hukuku Prensiplerinde Tazminat Sorumluluğunun Sınırlandırılmasında Öngörülebilirlik İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>87.96</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>3990000009185</t>
+          <t>9789752956759</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk ve Milletlerarası Özel Hukuk Bülteni - Yıl 25-26 / Sayı 1-2 / 2005-2006 (Ciltli)</t>
+          <t>Milletlerarası Hukuka Aykırı Eylemlerinden Dolayı Devletin Sorumluluğu</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>87.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789752954069</t>
+          <t>3990000009184</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk Açısından Türkiye’nin Bazı Dış Politika Sorunları</t>
+          <t>Milletlerarası Hukuk ve Milletlerarası Özel Hukuk Bülteni - Yıl24 / Sayı 1-2 / 2004 (Ciltli)</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>32.41</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789752954298</t>
+          <t>3990000009185</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Deniz Ticareti Alanında Incorporation Yoluyla Yapılan Tahkim Anlaşmaları</t>
+          <t>Milletlerarası Hukuk ve Milletlerarası Özel Hukuk Bülteni - Yıl 25-26 / Sayı 1-2 / 2005-2006 (Ciltli)</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>16.67</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789752959750</t>
+          <t>9789752954069</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Adalet Divanı Kararları</t>
+          <t>Milletlerarası Hukuk Açısından Türkiye’nin Bazı Dış Politika Sorunları</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>20</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789752953994</t>
+          <t>9789752954298</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Microsoft Visual J#.net (.net Ortamında Java) ile Yazılım Geliştirme</t>
+          <t>Milletlerarası Deniz Ticareti Alanında Incorporation Yoluyla Yapılan Tahkim Anlaşmaları</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>27.78</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789752952164</t>
+          <t>9789752959750</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Microsoft Visual C# Net ile Yazılım Geliştirme</t>
+          <t>Milletlerarası Adalet Divanı Kararları</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>37.04</v>
+        <v>20</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789754868081</t>
+          <t>9789752953994</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Mevzuat Işığında Dış Ticaret İşlemleri ve Piyasa Uygulamaları (Ciltli)</t>
+          <t>Microsoft Visual J#.net (.net Ortamında Java) ile Yazılım Geliştirme</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>34.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052421222</t>
+          <t>9789752952164</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları İçin Makro İktisat Ders Kitabı</t>
+          <t>Microsoft Visual C# Net ile Yazılım Geliştirme</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>17.5</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786053774051</t>
+          <t>9789754868081</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları için Finans ve Sigorta Matematiği</t>
+          <t>Mevzuat Işığında Dış Ticaret İşlemleri ve Piyasa Uygulamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>9.26</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786053779834</t>
+          <t>9786052421222</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okulları İçin Yönetim Ve Organizasyon</t>
+          <t>Meslek Yüksekokulları İçin Makro İktisat Ders Kitabı</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>249.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786053779537</t>
+          <t>9786053774051</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okulları İçin Genel İşletme</t>
+          <t>Meslek Yüksekokulları için Finans ve Sigorta Matematiği</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789754002942</t>
+          <t>9786053779834</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Somer’e Armağan (Ciltli)</t>
+          <t>Meslek Yüksek Okulları İçin Yönetim Ve Organizasyon</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>115.74</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786053770534</t>
+          <t>9786053779537</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Medyada Tanıklık: Türkiye’de Askeri Darbeler</t>
+          <t>Meslek Yüksek Okulları İçin Genel İşletme</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789752956247</t>
+          <t>9789754002942</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Medya Üzerine Çalışmalar</t>
+          <t>Mehmet Somer’e Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>18.52</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789752957589</t>
+          <t>9786053770534</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuryazarlığına Giriş</t>
+          <t>Medyada Tanıklık: Türkiye’de Askeri Darbeler</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>11.11</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786053772712</t>
+          <t>9789752956247</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Medya İşletmelerinde Pazarlama Yönetimi</t>
+          <t>Medya Üzerine Çalışmalar</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>79.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789752956001</t>
+          <t>9789752957589</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Medya Etiği</t>
+          <t>Medya Okuryazarlığına Giriş</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789752958463</t>
+          <t>9786053772712</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Medya Eleştirileri 2008 Küreselleştirme Makinesi: Medya</t>
+          <t>Medya İşletmelerinde Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>15.74</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789752959897</t>
+          <t>9789752956001</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Yetki Sözleşmeleri</t>
+          <t>Medya Etiği</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>174.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786053771616</t>
+          <t>9789752958463</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Esasları</t>
+          <t>Medya Eleştirileri 2008 Küreselleştirme Makinesi: Medya</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>43.98</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786053772569</t>
+          <t>9789752959897</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yakalılarda Finansal Okuryazarlık</t>
+          <t>Medeni Usul Hukukunda Yetki Sözleşmeleri</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>62</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789752954137</t>
+          <t>9786053771616</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Matlab ile Matematiksel Uygulamalar ve Mühendislik Uygulamaları</t>
+          <t>Medeni Usul Hukuku Esasları</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>41.67</v>
+        <v>43.98</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789752952706</t>
+          <t>9786053772569</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Mastercam CNC Programlama Cilt 1</t>
+          <t>Mavi Yakalılarda Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>25.46</v>
+        <v>62</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789752957213</t>
+          <t>9789752954137</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Marka Patent Vekillik Sınavına Hazırlık ve Mevzuat Kitabı</t>
+          <t>Matlab ile Matematiksel Uygulamalar ve Mühendislik Uygulamaları</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>23.15</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786053773788</t>
+          <t>9789752952706</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Marka Olmak</t>
+          <t>Mastercam CNC Programlama Cilt 1</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>399.5</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789752954700</t>
+          <t>9789752957213</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Marka Olarak Tescil Edilebilecek İşaretler</t>
+          <t>Marka Patent Vekillik Sınavına Hazırlık ve Mevzuat Kitabı</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>20.37</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789752958791</t>
+          <t>9786053773788</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Marka Olabilecek İşaretler ve Mutlak Tescil Engelleri</t>
+          <t>Marka Olmak</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>89.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786053774921</t>
+          <t>9789752954700</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Açısından Sigorta Hizmetinin Fiyatlandırılması</t>
+          <t>Marka Olarak Tescil Edilebilecek İşaretler</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>49.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052425961</t>
+          <t>9789752958791</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Makroekonomiye Giriş</t>
+          <t>Marka Olabilecek İşaretler ve Mutlak Tescil Engelleri</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>399.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789752957787</t>
+          <t>9786053774921</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2 (Ciltli)</t>
+          <t>Maliyet Açısından Sigorta Hizmetinin Fiyatlandırılması</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>35.19</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789752957770</t>
+          <t>9786052425961</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1 (Ciltli)</t>
+          <t>Makroekonomiye Giriş</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>42</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786053777298</t>
+          <t>9789752957787</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Makaleler</t>
+          <t>Makaleler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>55</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789754869446</t>
+          <t>9789752957770</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin Mekanik Dinamik</t>
+          <t>Makaleler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>20.37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786053774587</t>
+          <t>9786053777298</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Mağazacılıkta Atmosfer</t>
+          <t>Makaleler</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>299.5</v>
+        <v>55</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786053771135</t>
+          <t>9789754869446</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Maden Hukuku ile İlgili İdari Yargı Kararları ve Mevzuat (Ciltli)</t>
+          <t>Mühendisler İçin Mekanik Dinamik</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>499.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789754869125</t>
+          <t>9786053774587</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Lineer Cebir</t>
+          <t>Mağazacılıkta Atmosfer</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>13.89</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789752958852</t>
+          <t>9786053771135</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Limits Of Relations With The West</t>
+          <t>Maden Hukuku ile İlgili İdari Yargı Kararları ve Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>35</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786053773672</t>
+          <t>9789754869125</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Liman Mühendisliği</t>
+          <t>Lineer Cebir</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>349.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786053775355</t>
+          <t>9789752958852</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Örgütsel Sessizlik Arasındaki Etkileşim</t>
+          <t>Limits Of Relations With The West</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>79.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789752959743</t>
+          <t>9786053773672</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Adalet Divanı’nın Deniz Alanlarının Sınırlandırılmasına Dair Kararlarında Dikkate Aldığı İlkeler</t>
+          <t>Liman Mühendisliği</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>79.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786053773511</t>
+          <t>9786053775355</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Liberal Marxiste Faşist Nasyonal Sosyalist ve Sosyal Devlet</t>
+          <t>Liderlik ve Örgütsel Sessizlik Arasındaki Etkileşim</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>299.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789754868494</t>
+          <t>9789752959743</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Leasing İşlemleri ve Muhasebesi</t>
+          <t>Milletlerarası Adalet Divanı’nın Deniz Alanlarının Sınırlandırılmasına Dair Kararlarında Dikkate Aldığı İlkeler</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>23.15</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786053775089</t>
+          <t>9786053773511</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin İşletmelerin Yönetimi Üzerindeki Etkisi</t>
+          <t>Liberal Marxiste Faşist Nasyonal Sosyalist ve Sosyal Devlet</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>137</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786053772590</t>
+          <t>9789754868494</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Faaliyetlerinin Rolü ve Önemi</t>
+          <t>Leasing İşlemleri ve Muhasebesi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>199.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789752959354</t>
+          <t>9786053775089</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Küresel Pazarlama Yönetimi</t>
+          <t>Küreselleşmenin İşletmelerin Yönetimi Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>25.93</v>
+        <v>137</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786053774792</t>
+          <t>9786053772590</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Küresel Medya</t>
+          <t>Halkla İlişkiler Faaliyetlerinin Rolü ve Önemi</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>13.89</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786053777007</t>
+          <t>9789752959354</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dönemde Vergileme</t>
+          <t>Küresel Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>299.5</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789752957817</t>
+          <t>9786053774792</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Malvarlığına Karşı Suçlar</t>
+          <t>Küresel Medya</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>16.2</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789752956766</t>
+          <t>9786053777007</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk Kavramlarının Gelişimi</t>
+          <t>Küresel Dönemde Vergileme</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>11.57</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786053774341</t>
+          <t>9789752957817</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İtibar ve Paradigmalar</t>
+          <t>Malvarlığına Karşı Suçlar</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>42.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789752958050</t>
+          <t>9789752956766</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırma Kanunu (024) (Ciltli)</t>
+          <t>Kurumsal Sosyal Sorumluluk Kavramlarının Gelişimi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>4.17</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786053777281</t>
+          <t>9786053774341</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kuramsal İletişimde Metafor</t>
+          <t>Kurumsal İtibar ve Paradigmalar</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>169.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789752956186</t>
+          <t>9789752958050</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kurala Bağlı Maliye Politikaları ve Avrupa Birliği Uygulaması</t>
+          <t>Kamulaştırma Kanunu (024) (Ciltli)</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>13.89</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786053770947</t>
+          <t>9786053777281</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Kredi Kartları</t>
+          <t>Kuramsal İletişimde Metafor</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>12.04</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786053338635</t>
+          <t>9789752956186</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Konteyner Deniz ve Liman İşletmeciliği</t>
+          <t>Kurala Bağlı Maliye Politikaları ve Avrupa Birliği Uygulaması</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>58</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789754867060</t>
+          <t>9786053770947</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Konstrüksiyonda Mukavemet</t>
+          <t>Kredi Kartları</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>16.67</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786053338192</t>
+          <t>9786053338635</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kobi Yönetimi ve Büyüme</t>
+          <t>Konteyner Deniz ve Liman İşletmeciliği</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>299.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786053770459</t>
+          <t>9789754867060</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişimi ve Toplumsalın Üretimi</t>
+          <t>Konstrüksiyonda Mukavemet</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786053337553</t>
+          <t>9786053338192</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Satış Teknikleri</t>
+          <t>Kobi Yönetimi ve Büyüme</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789752955431</t>
+          <t>9786053770459</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Hakları ve Kişilik Haklarına Saldırıdan Kaynaklanan Hukuk Davaları</t>
+          <t>Kitle İletişimi ve Toplumsalın Üretimi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>44.44</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052420089</t>
+          <t>9786053337553</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kişilere Karşı İşlenen Suçlar Cilt: 1 (Ciltli)</t>
+          <t>Kişisel Satış Teknikleri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>92.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789752959552</t>
+          <t>9789752955431</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kişi Birliklerinde Genel Kurul Kararlarının Geçersizliğine İlişkin Temel Esaslar</t>
+          <t>Kişilik Hakları ve Kişilik Haklarına Saldırıdan Kaynaklanan Hukuk Davaları</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>99.5</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789752956735</t>
+          <t>9786052420089</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Kira Tahliye Davaları</t>
+          <t>Kişilere Karşı İşlenen Suçlar Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>79.5</v>
+        <v>92.5</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789752951655</t>
+          <t>9789752959552</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Kimya Temel Kavramlar</t>
+          <t>Kişi Birliklerinde Genel Kurul Kararlarının Geçersizliğine İlişkin Temel Esaslar</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>23.15</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786053773849</t>
+          <t>9789752956735</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Kalıplar 2: Kültürlerarası İletişim, Çokkültürlülük</t>
+          <t>Kira Tahliye Davaları</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>149.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786053770329</t>
+          <t>9789752951655</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Konkordato</t>
+          <t>Kimya Temel Kavramlar</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786053773832</t>
+          <t>9786053773849</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Kırılan Kalıplar 1: Kitle İletişimi ve Kültürel Dönüşüm</t>
+          <t>Kırılan Kalıplar 2: Kültürlerarası İletişim, Çokkültürlülük</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>24.07</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786053771432</t>
+          <t>9786053770329</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kent Yoksulluğu ve Gecekondu</t>
+          <t>Konkordato</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>16.67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786053777182</t>
+          <t>9786053773832</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Katılım Bankalarında Kredi Derecelendirmesi ve Etkin Subjektif Kriterlerin Anket Yöntemi ile Ölçümü</t>
+          <t>Kırılan Kalıplar 1: Kitle İletişimi ve Kültürel Dönüşüm</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>349.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789752956179</t>
+          <t>9786053771432</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kategori Yönetimi</t>
+          <t>Kent Yoksulluğu ve Gecekondu</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>99.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789752956100</t>
+          <t>9786053777182</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kargo Taşımacılık Hizmetleri</t>
+          <t>Katılım Bankalarında Kredi Derecelendirmesi ve Etkin Subjektif Kriterlerin Anket Yöntemi ile Ölçümü</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>16.2</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786053771180</t>
+          <t>9789752956179</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Kanunlar İhtilafı Kurallarına Milletlerarası Usul Hukukuna Vatandaşlık ve Yabancılar Hukukuna İlişkin Seçilmiş Mahkeme Kararları</t>
+          <t>Kategori Yönetimi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>28</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786053774914</t>
+          <t>9789752956100</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Bakış Açısından Örgüt Yapısı ve İş Tatmini</t>
+          <t>Kargo Taşımacılık Hizmetleri</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>89.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786053772972</t>
+          <t>9786053771180</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyeti Kanunu (Ciltli)</t>
+          <t>Kanunlar İhtilafı Kurallarına Milletlerarası Usul Hukukuna Vatandaşlık ve Yabancılar Hukukuna İlişkin Seçilmiş Mahkeme Kararları</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>32.41</v>
+        <v>28</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786053337362</t>
+          <t>9786053774914</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu</t>
+          <t>Kişilik Bakış Açısından Örgüt Yapısı ve İş Tatmini</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>18.06</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786053776574</t>
+          <t>9786053772972</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Kanunu</t>
+          <t>Kat Mülkiyeti Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>7.41</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786053335252</t>
+          <t>9786053337362</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık Kanunu</t>
+          <t>Ceza Muhakemesi Kanunu</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>6.48</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786053776581</t>
+          <t>9786053776574</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Askerlik Kanunu ve TSK Mevzuatı</t>
+          <t>Bankacılık Kanunu</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>10.65</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786053779056</t>
+          <t>9786053335252</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi Dersleri</t>
+          <t>Avukatlık Kanunu</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>249.5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786053778318</t>
+          <t>9786053776581</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Taraf (2007 - 2011)</t>
+          <t>Askerlik Kanunu ve TSK Mevzuatı</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>25.93</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052421901</t>
+          <t>9786053779056</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuka İlişkin Temel Mevzuat</t>
+          <t>Hukuk Felsefesi Dersleri</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>88</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786053777502</t>
+          <t>9786053778318</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>6335 Sayılı Kanun ile Yeni TTK'da Yapılan Değişiklikler ve İşletmeler/Şirketler İçin TTK'ya Uyum Takvimi</t>
+          <t>Taraf (2007 - 2011)</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>12.04</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786053778011</t>
+          <t>9786052421901</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Yatırım Tahkiminde Kamulaştırmadan Doğan Tanzimat ve Tazminatın Hesaplanmasında Kullanılan Yöntemler (Ciltli)</t>
+          <t>Milletlerarası Özel Hukuka İlişkin Temel Mevzuat</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>39.5</v>
+        <v>88</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786053778103</t>
+          <t>9786053777502</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ekonomi</t>
+          <t>6335 Sayılı Kanun ile Yeni TTK'da Yapılan Değişiklikler ve İşletmeler/Şirketler İçin TTK'ya Uyum Takvimi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>18.06</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786053775539</t>
+          <t>9786053778011</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu</t>
+          <t>Milletlerarası Yatırım Tahkiminde Kamulaştırmadan Doğan Tanzimat ve Tazminatın Hesaplanmasında Kullanılan Yöntemler (Ciltli)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>6.02</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786053775546</t>
+          <t>9786053778103</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu</t>
+          <t>Yeni Ekonomi</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>20.37</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786053337102</t>
+          <t>9786053775539</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Temel İş ve Sosyal Sigorta Yasaları 2016 (Ciltli)</t>
+          <t>Türk Borçlar Kanunu</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>39.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786053778783</t>
+          <t>9786053775546</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Hukuk Muhakemeleri Kanunu</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786053779452</t>
+          <t>9786053337102</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Türkiye İlişkileri: Bir Çıkmaz Sokak</t>
+          <t>Temel İş ve Sosyal Sigorta Yasaları 2016 (Ciltli)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>129.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786053777854</t>
+          <t>9786053778783</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültür Tüketim Psikolojisi ve İmaj Yönetimi</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>18.06</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786053778585</t>
+          <t>9786053779452</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eğitimi Üzerine</t>
+          <t>Avrupa Birliği Türkiye İlişkileri: Bir Çıkmaz Sokak</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>20.83</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789752950856</t>
+          <t>9786053777854</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>İnternette Pazarlama</t>
+          <t>Popüler Kültür Tüketim Psikolojisi ve İmaj Yönetimi</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>20.37</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789754869279</t>
+          <t>9786053778585</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Kısa Türk Devrim Tarihi (Kurtuluş ve Kuruluş)</t>
+          <t>Sanat Eğitimi Üzerine</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>13.89</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786053335993</t>
+          <t>9789752950856</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku 2</t>
+          <t>İnternette Pazarlama</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>59.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786053338055</t>
+          <t>9789754869279</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Günümüz İşletmelerinin Yönetimi</t>
+          <t>Kısa Türk Devrim Tarihi (Kurtuluş ve Kuruluş)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>39.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052421543</t>
+          <t>9786053335993</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
+          <t>İş Hukuku 2</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>74</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786053775577</t>
+          <t>9786053338055</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Bunları Okuduktan Sonra Türkiye Ekonomisine Dair Yazılanları Nasıl Bulursunuz?</t>
+          <t>Günümüz İşletmelerinin Yönetimi</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>9.26</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786053779063</t>
+          <t>9786052421543</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Küresel Siyaset</t>
+          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>24.5</v>
+        <v>74</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786053775560</t>
+          <t>9786053775577</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Türkiye Nereye Gidiyor</t>
+          <t>Bunları Okuduktan Sonra Türkiye Ekonomisine Dair Yazılanları Nasıl Bulursunuz?</t>
         </is>
       </c>
       <c r="C734" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>3990000067801</t>
+          <t>9786053779063</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği 1</t>
+          <t>Küresel Siyaset</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>27.78</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786053777915</t>
+          <t>9786053775560</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Kanunları</t>
+          <t>Şimdi Türkiye Nereye Gidiyor</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>18.06</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786053773061</t>
+          <t>3990000067801</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Kanunu</t>
+          <t>Akışkanlar Mekaniği 1</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>7.41</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786053778516</t>
+          <t>9786053777915</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Sosyal Güvenlik Kanunları</t>
+          <t>Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>8.8</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786053335207</t>
+          <t>9786053773061</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu Ve Çalışma Yaşamı Kanunları</t>
+          <t>İş ve Sosyal Güvenlik Kanunu</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>8.8</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786053334828</t>
+          <t>9786053778516</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu (Eylül 2018)</t>
+          <t>İş Kanunu ve Sosyal Güvenlik Kanunları</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>12.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786053337331</t>
+          <t>9786053335207</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu (Eylül 2018)</t>
+          <t>İş Kanunu Ve Çalışma Yaşamı Kanunları</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>22.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786053337065</t>
+          <t>9786053334828</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu (Eylül 2018)</t>
+          <t>İdari Yargılama Usulü Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>12.96</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786053778462</t>
+          <t>9786053337331</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Kanunu</t>
+          <t>İcra ve İflas Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>8.33</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786053333890</t>
+          <t>9786053337065</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Vergi Uyuşmazlıklarının Çözümü : Barışçıl Mekanizmalar</t>
+          <t>Hukuk Muhakemeleri Kanunu (Eylül 2018)</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>129.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786053338918</t>
+          <t>9786053778462</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası (Eylül 2018)</t>
+          <t>Fikir ve Sanat Eserleri Kanunu</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>4.17</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052421833</t>
+          <t>9786053333890</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Hukuku (Ciltli)</t>
+          <t>Vergi Uyuşmazlıklarının Çözümü : Barışçıl Mekanizmalar</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>125</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786053336440</t>
+          <t>9786053338918</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması</t>
+          <t>T.C. Anayasası (Eylül 2018)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>32.5</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786053336433</t>
+          <t>9786052421833</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politikada Suriye Krizi</t>
+          <t>Kişisel Verilerin Korunması Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>49.5</v>
+        <v>125</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786053336129</t>
+          <t>9786053336440</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Özal’lı Yıllar</t>
+          <t>Hizmet Pazarlaması</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>39.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786053336655</t>
+          <t>9786053336433</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık Pazarlama Tarifleri</t>
+          <t>Uluslararası Politikada Suriye Krizi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>25</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786053335979</t>
+          <t>9786053336129</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Turizm İşletmelerinde İnsan Kaynakları Yönetimi ve Uygulamaları</t>
+          <t>Özal’lı Yıllar</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>37.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786053334897</t>
+          <t>9786053336655</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu ve Türk Ticaret Kanununun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (Ciltli)</t>
+          <t>Ortaya Karışık Pazarlama Tarifleri</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>399.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786053338376</t>
+          <t>9786053335979</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Algıla</t>
+          <t>Turizm İşletmelerinde İnsan Kaynakları Yönetimi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>42.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786053334200</t>
+          <t>9786053334897</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>İKMEP Projesi Müfredatına Uyumlu Dış Ticaret İşlemleri Muhasebesi</t>
+          <t>Türk Ticaret Kanunu ve Türk Ticaret Kanununun Yürürlüğü ve Uygulama Şekli Hakkında Kanun (Ciltli)</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>22.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052421215</t>
+          <t>9786053338376</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sözlüğü</t>
+          <t>Gerçeği Algıla</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>58</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786053334293</t>
+          <t>9786053334200</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Temel İşletmeciliğe Giriş</t>
+          <t>İKMEP Projesi Müfredatına Uyumlu Dış Ticaret İşlemleri Muhasebesi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>21.76</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786053333982</t>
+          <t>9786052421215</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okulları için Dış Ticaret İşlemleri Yönetimi</t>
+          <t>Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>18.06</v>
+        <v>58</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786053339724</t>
+          <t>9786053334293</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Apartman - Site - Toplu Yapı Yönetimi</t>
+          <t>Temel İşletmeciliğe Giriş</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>37.5</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786053333432</t>
+          <t>9786053333982</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Sayılmayanlar</t>
+          <t>Meslek Yüksek Okulları için Dış Ticaret İşlemleri Yönetimi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>29.5</v>
+        <v>18.06</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052428597</t>
+          <t>9786053339724</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Apartman - Site - Toplu Yapı Yönetimi</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>199.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786053332077</t>
+          <t>9786053333432</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>1915 Olaylarını Anlamak: Türkler ve Ermeniler</t>
+          <t>Sayılmayanlar</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>19.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786053332299</t>
+          <t>9786052428597</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>İnsansız Hava Aracı Sistemleri Dünü Bugünü Yarını</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>34.72</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786053332305</t>
+          <t>9786053332077</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Toplum Araştırma</t>
+          <t>1915 Olaylarını Anlamak: Türkler ve Ermeniler</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>30.09</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786053333579</t>
+          <t>9786053332299</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>İnsansız Hava Aracı Sistemleri Dünü Bugünü Yarını</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>29.5</v>
+        <v>34.72</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786053775119</t>
+          <t>9786053332305</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>T.C Anayasası (Eylül 2011)</t>
+          <t>Sosyal Medya Toplum Araştırma</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>2.31</v>
+        <v>30.09</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786053331322</t>
+          <t>9786053333579</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Danıştay ve Avrupa İnsan Hakları Mahkemesi Kararları Işığında Kişisel Verilerin Korunması</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>27.31</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786053331308</t>
+          <t>9786053775119</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu Analizi</t>
+          <t>T.C Anayasası (Eylül 2011)</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>45</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786053779223</t>
+          <t>9786053331322</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Lüks ve Markalama Tüketici Davranışlarında Lüsk İmgesi</t>
+          <t>Danıştay ve Avrupa İnsan Hakları Mahkemesi Kararları Işığında Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>189.5</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786053335139</t>
+          <t>9786053331308</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Şerhi (Ciltli)</t>
+          <t>Ortadoğu Analizi</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>59.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789754869910</t>
+          <t>9786053779223</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukukunda Zaruri Mecra İrtifakı</t>
+          <t>Lüks ve Markalama Tüketici Davranışlarında Lüsk İmgesi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>18.52</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>3990000001918</t>
+          <t>9786053335139</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Leasing İşlemleri ve Muhasebesi</t>
+          <t>Türk Ticaret Kanunu Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>13.89</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786053778219</t>
+          <t>9789754869910</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi ve Yumuşak Güç</t>
+          <t>Türk Medeni Hukukunda Zaruri Mecra İrtifakı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>26.39</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789754869149</t>
+          <t>3990000001918</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Birleştirilmiş Sınıfların Yönetimi ve Öğretim</t>
+          <t>Leasing İşlemleri ve Muhasebesi</t>
         </is>
       </c>
       <c r="C773" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786053776116</t>
+          <t>9786053778219</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Sarper Süzek'e Armağan (3 Cilt Takım) (Ciltli)</t>
+          <t>Kamu Diplomasisi ve Yumuşak Güç</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>175</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786053779414</t>
+          <t>9789754869149</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Ceza Muhakemesi Kanunu (BAU-CMK) Cilt: 1 (Ciltli)</t>
+          <t>Birleştirilmiş Sınıfların Yönetimi ve Öğretim</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>175</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786053337935</t>
+          <t>9786053776116</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sistemleri</t>
+          <t>Prof. Dr. Sarper Süzek'e Armağan (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>35</v>
+        <v>175</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786053775409</t>
+          <t>9786053779414</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Surfaces Created By Abrasive Waterjet</t>
+          <t>Açıklamalı Ceza Muhakemesi Kanunu (BAU-CMK) Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>85</v>
+        <v>175</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786053778080</t>
+          <t>9786053337935</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar ve Uluslararası Koruma Kanunu (Tasarısı)</t>
+          <t>Sağlık Sistemleri</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786053779445</t>
+          <t>9786053775409</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de İktisat Bilimi Eğitimi Tünelinde İki Öncü: Prof.Dr. Zeyyat Hatiboğlu ve Prof.Dr.Mükerrem Hiç</t>
+          <t>Surfaces Created By Abrasive Waterjet</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>13.89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786053778264</t>
+          <t>9786053778080</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Satış Teknikleri</t>
+          <t>Yabancılar ve Uluslararası Koruma Kanunu (Tasarısı)</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>14.81</v>
+        <v>38</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786053770626</t>
+          <t>9786053779445</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>New York Konvansiyonuna Göre İptal Edilmiş Hakem Kararlarının Tenfizi</t>
+          <t>Türkiye'de İktisat Bilimi Eğitimi Tünelinde İki Öncü: Prof.Dr. Zeyyat Hatiboğlu ve Prof.Dr.Mükerrem Hiç</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786053779148</t>
+          <t>9786053778264</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>Satış Teknikleri</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>41.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786053335351</t>
+          <t>9786053770626</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Filmin Sonuna Yolculuk</t>
+          <t>New York Konvansiyonuna Göre İptal Edilmiş Hakem Kararlarının Tenfizi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>24.07</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786053333364</t>
+          <t>9786053779148</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Spor ve Politika Meseleleri ve Analizi</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>25</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786053332459</t>
+          <t>9786053335351</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kira Sözleşmeleri ve Tahliye Davaları</t>
+          <t>Filmin Sonuna Yolculuk</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>129.5</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786053336471</t>
+          <t>9786053333364</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilern Korunması</t>
+          <t>Spor ve Politika Meseleleri ve Analizi</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786053336280</t>
+          <t>9786053332459</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kaçakçılığı Suçları</t>
+          <t>Kira Sözleşmeleri ve Tahliye Davaları</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>75</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052423141</t>
+          <t>9786053336471</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomi</t>
+          <t>Kişisel Verilern Korunması</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>279.5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786053332220</t>
+          <t>9786053336280</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Viyana Satım Antlaşmasını Uygulamak veya Uygulamamak</t>
+          <t>Vergi Kaçakçılığı Suçları</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786053332091</t>
+          <t>9786052423141</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Characterisation of Surface Topography for Abrasive Waterjet Technology and Its Control</t>
+          <t>Mikroekonomi</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>27.78</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786053336075</t>
+          <t>9786053332220</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi</t>
+          <t>Viyana Satım Antlaşmasını Uygulamak veya Uygulamamak</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>29.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786053331506</t>
+          <t>9786053332091</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Ünlülerin Marka Yönetimi</t>
+          <t>Characterisation of Surface Topography for Abrasive Waterjet Technology and Its Control</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>34.5</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786053779636</t>
+          <t>9786053336075</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Yeni Yönelimler</t>
+          <t>Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>239.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786053334859</t>
+          <t>9786053331506</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Mevzuatı (Ciltli)</t>
+          <t>Ünlülerin Marka Yönetimi</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>79.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786053332213</t>
+          <t>9786053779636</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesi</t>
+          <t>Türk Dış Politikasında Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>19.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786053330943</t>
+          <t>9786053334859</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Metraj ve Keşif İşlemi</t>
+          <t>İş Sağlığı ve Güvenliği Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>20</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786053335658</t>
+          <t>9786053332213</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Gücü</t>
+          <t>Maliyet Muhasebesi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>39.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786053334231</t>
+          <t>9786053330943</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü</t>
+          <t>İnşaat Metraj ve Keşif İşlemi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>199.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786053333944</t>
+          <t>9786053335658</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Economics For Lawyers</t>
+          <t>İletişimin Gücü</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>23.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786053335368</t>
+          <t>9786053334231</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik</t>
+          <t>Ekonomi Sözlüğü</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>46</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786053330219</t>
+          <t>9786053333944</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri</t>
+          <t>Economics For Lawyers</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>39.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786053331728</t>
+          <t>9786053335368</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukuku : Genel Hükümler (Ciltli)</t>
+          <t>Uluslararası Güvenlik</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>44.44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786053773337</t>
+          <t>9786053330219</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku</t>
+          <t>Pazarlama İlkeleri</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>48</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052424865</t>
+          <t>9786053331728</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Su Kaynakları Mühendisliği Uygulamaları</t>
+          <t>Türk Borçlar Hukuku : Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>399.5</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786053779728</t>
+          <t>9786053773337</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
+          <t>İdare Hukuku</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>32.41</v>
+        <v>48</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786053779865</t>
+          <t>9786052424865</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Ticaret Kanunu (Karşılaştırmalı-Notlu) (Ciltli)</t>
+          <t>Su Kaynakları Mühendisliği Uygulamaları</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>35.19</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9780007461035</t>
+          <t>9786053779728</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Collins Cobuild - İngilizce Öğrenenler İçin Sözlük</t>
+          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>9.17</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789752957930</t>
+          <t>9786053779865</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Turgut Akıntürk'e Armağan (Ciltli)</t>
+          <t>Yeni Türk Ticaret Kanunu (Karşılaştırmalı-Notlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>115.74</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786053778127</t>
+          <t>9780007461035</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku</t>
+          <t>Collins Cobuild - İngilizce Öğrenenler İçin Sözlük</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>58</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786053772507</t>
+          <t>9789752957930</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Muhakeme Hukuku Dalı Olarak Ceza Muhakemesi Hukuku - İkinci Kitap</t>
+          <t>Prof. Dr. Turgut Akıntürk'e Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>25.93</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786053330530</t>
+          <t>9786053778127</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Kapsamında Rezerv Yapı Alanı - Riskli Alan ve Riskli Yaplıar</t>
+          <t>İş Hukuku</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>39.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786053330288</t>
+          <t>9786053772507</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Banka Muhasebesi</t>
+          <t>Muhakeme Hukuku Dalı Olarak Ceza Muhakemesi Hukuku - İkinci Kitap</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>35</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052421000</t>
+          <t>9786053330530</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yöneticiliği</t>
+          <t>Kentsel Dönüşüm Kapsamında Rezerv Yapı Alanı - Riskli Alan ve Riskli Yaplıar</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>79.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786053334385</t>
+          <t>9786053330288</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk</t>
+          <t>Banka Muhasebesi</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>53.24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786053330790</t>
+          <t>9786052421000</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği</t>
+          <t>İşletme Yöneticiliği</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>35</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786053337324</t>
+          <t>9786053334385</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunları 2016</t>
+          <t>Milletlerarası Hukuk</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>24.07</v>
+        <v>53.24</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786053332763</t>
+          <t>9786053330790</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>A Step Toward Correcting What is Taught in Introductory and Intermediate Books in Economics</t>
+          <t>Avrupa Birliği</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786053330967</t>
+          <t>9786053337324</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Gümrük ve Dış Ticaret Mevzuatı</t>
+          <t>İş Kanunları 2016</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>65</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786053331186</t>
+          <t>9786053332763</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu - Türk Borçlar Kanunu ve Diğer Mevzuat</t>
+          <t>A Step Toward Correcting What is Taught in Introductory and Intermediate Books in Economics</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>110</v>
+        <v>25</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786053337843</t>
+          <t>9786053330967</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Bir Ders Konusu Olarak Devlet</t>
+          <t>Gümrük ve Dış Ticaret Mevzuatı</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>119.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789752953291</t>
+          <t>9786053331186</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüklerin Sınırlanmasında Demokratik Toplum Düzenin Gerekleri (Ciltli)</t>
+          <t>Türk Medeni Kanunu - Türk Borçlar Kanunu ve Diğer Mevzuat</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>20.37</v>
+        <v>110</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786053333630</t>
+          <t>9786053337843</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türk Yönetim Uygulamaları</t>
+          <t>Bir Ders Konusu Olarak Devlet</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>29.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786053332121</t>
+          <t>9789752953291</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Türkler</t>
+          <t>Özgürlüklerin Sınırlanmasında Demokratik Toplum Düzenin Gerekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786053333623</t>
+          <t>9786053333630</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Enerji Diplomasisi</t>
+          <t>Geçmişten Günümüze Türk Yönetim Uygulamaları</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>48</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786053772336</t>
+          <t>9786053332121</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşam ve Pazarlama</t>
+          <t>Aynadaki Türkler</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>39.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786053330936</t>
+          <t>9786053333623</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklık Genel Kurul Toplantıları (Ciltli)</t>
+          <t>Enerji Diplomasisi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>42.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786052423189</t>
+          <t>9786053772336</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu Ocak 2019</t>
+          <t>Sağlıklı Yaşam ve Pazarlama</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>11.57</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786053335269</t>
+          <t>9786053330936</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Devlet Memurları Kanunu</t>
+          <t>Anonim Ortaklık Genel Kurul Toplantıları (Ciltli)</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>39.35</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786053336822</t>
+          <t>9786052423189</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Ocak 2017</t>
+          <t>İdari Yargılama Usulü Kanunu Ocak 2019</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>23.15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789752958234</t>
+          <t>9786053335269</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>4734 Sayılı Kamu İhale Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Devlet Memurları Kanunu</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>78.7</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786052427682</t>
+          <t>9786053336822</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku (Ciltli)</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Ocak 2017</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>949.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254360404</t>
+          <t>9789752958234</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Dijital Pazarlama</t>
+          <t>4734 Sayılı Kamu İhale Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>299.5</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789759540579</t>
+          <t>9786052427682</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Yapı Dinamiği</t>
+          <t>İş Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>310</v>
+        <v>949.5</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052424650</t>
+          <t>9786254360404</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku 1. Cilt</t>
+          <t>Stratejik Dijital Pazarlama</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>95</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786053773665</t>
+          <t>9789759540579</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısında Yorum Yöntemler</t>
+          <t>Yapı Dinamiği</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>129.5</v>
+        <v>310</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789754862973</t>
+          <t>9786052424650</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Anayasa ve İdari Yargılama Hukukuna İlişkin Kanunlar</t>
+          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku 1. Cilt</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>32.41</v>
+        <v>95</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786052428863</t>
+          <t>9786053773665</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Operalar</t>
+          <t>Anayasa Yargısında Yorum Yöntemler</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>45</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9788790526580</t>
+          <t>9789754862973</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Geographic Kids Dünyamızı Keşfedin Seti 7 Kitap Takım</t>
+          <t>Anayasa ve İdari Yargılama Hukukuna İlişkin Kanunlar</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>416.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786052427651</t>
+          <t>9786052428863</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sistemleri</t>
+          <t>Ünlü Operalar</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>179.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786052427101</t>
+          <t>9788790526580</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamadan Perakendeye</t>
+          <t>Geographic Kids Dünyamızı Keşfedin Seti 7 Kitap Takım</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>199.5</v>
+        <v>416.5</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052427262</t>
+          <t>9786052427651</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Cep Serisi Şubat 2022</t>
+          <t>Sağlık Sistemleri</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>39.5</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786053330721</t>
+          <t>9786052427101</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (Eylül 2015)</t>
+          <t>Pazarlamadan Perakendeye</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>8</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786053777953</t>
+          <t>9786052427262</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Geçerli Fesih Nedeni Olarak Yetersiz (Kötü ve Eksik) İş Görme</t>
+          <t>Türk Borçlar Kanunu Cep Serisi Şubat 2022</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>35</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789752952935</t>
+          <t>9786053330721</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>GSM Terminolojisi Protokoleri Uygulamaları</t>
+          <t>Türk Borçlar Kanunu (Eylül 2015)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786052425831</t>
+          <t>9786053777953</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Mevzuatı Ağustos 2021</t>
+          <t>Geçerli Fesih Nedeni Olarak Yetersiz (Kötü ve Eksik) İş Görme</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>39.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786052427316</t>
+          <t>9789752952935</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu Cep Serisi Şubat 2022</t>
+          <t>GSM Terminolojisi Protokoleri Uygulamaları</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786052427286</t>
+          <t>9786052425831</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası TCK-CMK-CGTİK-PVSK ve İlgili Mevzuat Cep Şubat 2022</t>
+          <t>Milletlerarası Özel Hukuk Mevzuatı Ağustos 2021</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>68</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786052427330</t>
+          <t>9786052427316</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu Cep Serisi Şubat 2022</t>
+          <t>İcra ve İflas Kanunu Cep Serisi Şubat 2022</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>48</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052427231</t>
+          <t>9786052427286</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Cep Serisi Şubat 2022</t>
+          <t>T.C. Anayasası TCK-CMK-CGTİK-PVSK ve İlgili Mevzuat Cep Şubat 2022</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>42.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052427309</t>
+          <t>9786052427330</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu Ağustos 2021</t>
+          <t>Ceza Muhakemesi Kanunu Cep Serisi Şubat 2022</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>14.9</v>
+        <v>48</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786052427293</t>
+          <t>9786052427231</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Şubat 2022</t>
+          <t>Türk Ceza Kanunu Cep Serisi Şubat 2022</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>49.9</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786053335849</t>
+          <t>9786052427309</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Hukuku</t>
+          <t>İdari Yargılama Usulü Kanunu Ağustos 2021</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>38</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052427385</t>
+          <t>9786052427293</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Avantajı ve Strateji Yöneticinin El Kitabı</t>
+          <t>İş Kanunu ve Çalışma Yaşamı Kanunları Şubat 2022</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>199.5</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789752959675</t>
+          <t>9786053335849</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret Dünyası</t>
+          <t>Yabancılar Hukuku</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>128</v>
+        <v>38</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786053776765</t>
+          <t>9786052427385</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Devletler Özel Hukukunda Çocuk Hukukundan Doğan Problemler</t>
+          <t>Rekabet Avantajı ve Strateji Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>22</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786053776567</t>
+          <t>9789752959675</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Dernekler ve Vakıflar Mevzuatı</t>
+          <t>Dış Ticaret Dünyası</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>7.87</v>
+        <v>128</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786053776154</t>
+          <t>9786053776765</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Deniz Tabanı Hidrodinamiği ve Kıyı Morfolojisi</t>
+          <t>Devletler Özel Hukukunda Çocuk Hukukundan Doğan Problemler</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>599.5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786053773559</t>
+          <t>9786053776567</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Taşımacılığı</t>
+          <t>Dernekler ve Vakıflar Mevzuatı</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>129.5</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789752952904</t>
+          <t>9786053776154</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri Terimleri</t>
+          <t>Deniz Tabanı Hidrodinamiği ve Kıyı Morfolojisi</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>50.93</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789752955561</t>
+          <t>9786053773559</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Danıştay Vergi Dava Daireleri Karar Özetleri (Ciltli)</t>
+          <t>Demiryolu Taşımacılığı</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>87.96</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789752957862</t>
+          <t>9789752952904</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kurulu Kararlarının Hukuki Niteliği ve Yargısal Denetimi</t>
+          <t>Davranış Bilimleri Terimleri</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>25.93</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789752955462</t>
+          <t>9789752955561</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Danıştay İdari Dava Daireleri Karar Özetleri (Ciltli)</t>
+          <t>Danıştay Vergi Dava Daireleri Karar Özetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>87.96</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786053770596</t>
+          <t>9789752957862</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Taşımacılığı ve Lojistik Kongresi</t>
+          <t>Sermaye Piyasası Kurulu Kararlarının Hukuki Niteliği ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>27.78</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789754868968</t>
+          <t>9789752955462</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü, Alıştırmalı Metrik ve Topoglojik Uzaylar</t>
+          <t>Danıştay İdari Dava Daireleri Karar Özetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>20.37</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789754869538</t>
+          <t>9786053770596</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Dinamik Problemleri</t>
+          <t>Demiryolu Taşımacılığı ve Lojistik Kongresi</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789752953581</t>
+          <t>9789754868968</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Genç İşçilerin Haklarının Korunması</t>
+          <t>Çözümlü, Alıştırmalı Metrik ve Topoglojik Uzaylar</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>32.41</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789752953710</t>
+          <t>9789754869538</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sorunlarına Çağdaş Yaklaşımlar</t>
+          <t>Çözümlü Dinamik Problemleri</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786053777199</t>
+          <t>9789752953581</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Çeşitlendirme Stratejisi ve Örgütsel Performans İlişkisi</t>
+          <t>Çocuk ve Genç İşçilerin Haklarının Korunması</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>29.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786053777106</t>
+          <t>9789752953710</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Gerekçeli ve Açıklamalı Çek Kanunu (Ciltli)</t>
+          <t>Çevre Sorunlarına Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>32.41</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786053772125</t>
+          <t>9786053777199</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamında Bireysel Gelişim</t>
+          <t>Çeşitlendirme Stratejisi ve Örgütsel Performans İlişkisi</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>129.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789752959378</t>
+          <t>9786053777106</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Psikolojisi ve Hukuki Boyutlarıyla İşyerinde Psikolojik Taciz</t>
+          <t>Gerekçeli ve Açıklamalı Çek Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>25</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789752956438</t>
+          <t>9786053772125</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Hukuku Sözlüğü</t>
+          <t>Çalışma Yaşamında Bireysel Gelişim</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>79.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786053778332</t>
+          <t>9789752959378</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamından Örnek Olaylar</t>
+          <t>Çalışma Psikolojisi ve Hukuki Boyutlarıyla İşyerinde Psikolojik Taciz</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>65</v>
+        <v>25</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786053773283</t>
+          <t>9789752956438</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Stratejik Yönetim</t>
+          <t>Çalışma Hukuku Sözlüğü</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>26.85</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789752957640</t>
+          <t>9786053778332</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Savcısının ve Ceza Yargıcının Başvuru Kitabı</t>
+          <t>Çalışma Yaşamından Örnek Olaylar</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>41.67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9780007457816</t>
+          <t>9786053773283</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Collins English-Turkish Dictionary / Türkçe-İngilizce Sözlük</t>
+          <t>Çağdaş Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>44.44</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789752958692</t>
+          <t>9789752957640</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>CMK Şerhi (Ciltli)</t>
+          <t>Cumhuriyet Savcısının ve Ceza Yargıcının Başvuru Kitabı</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>106.48</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786053771555</t>
+          <t>9780007457816</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti Problem Kitabı Cilt 2</t>
+          <t>Collins English-Turkish Dictionary / Türkçe-İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>349.5</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786053770046</t>
+          <t>9789752958692</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti Problem Kitabı Cilt 1</t>
+          <t>CMK Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>23.15</v>
+        <v>106.48</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786053771548</t>
+          <t>9786053771555</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti Cilt 2</t>
+          <t>Cisimlerin Mukavemeti Problem Kitabı Cilt 2</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>59.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786053770039</t>
+          <t>9786053770046</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Cisimlerin Mukavemeti Cilt 1</t>
+          <t>Cisimlerin Mukavemeti Problem Kitabı Cilt 1</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>27.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789752957565</t>
+          <t>9786053771548</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Cimatron E Cad - Cam - Mold</t>
+          <t>Cisimlerin Mukavemeti Cilt 2</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>44.44</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789752955981</t>
+          <t>9786053770039</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılaması Hukuku</t>
+          <t>Cisimlerin Mukavemeti Cilt 1</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>46.3</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786053779162</t>
+          <t>9789752957565</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılama Hukuku Mevzuatı</t>
+          <t>Cimatron E Cad - Cam - Mold</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>229.5</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786053777762</t>
+          <t>9789752955981</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Ceza Yargılama Hukuku</t>
+          <t>Ceza Yargılaması Hukuku</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>27.31</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789752952492</t>
+          <t>9786053779162</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret İşlemleri</t>
+          <t>Ceza Yargılama Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>20.37</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786053770541</t>
+          <t>9786053777762</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu Şerhi (Ciltli)</t>
+          <t>Ceza Yargılama Hukuku</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>69.44</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789752959842</t>
+          <t>9789752952492</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Koruma Tedbiri Olarak İletişimin Denetlenmesi</t>
+          <t>Dış Ticaret İşlemleri</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>39.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786053337393</t>
+          <t>9786053770541</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku El Kitabı (Ciltli)</t>
+          <t>Ceza Muhakemesi Kanunu Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>65</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786053773320</t>
+          <t>9789752959842</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Muhakeme Hukuku Dalı Olarak - Ceza Muhakemesi Hukuku (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Koruma Tedbiri Olarak İletişimin Denetlenmesi</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>72.22</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789752958968</t>
+          <t>9786053337393</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Ceza Mahkemesinde Yargılanan Vergi Suçları (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukuku El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789752954731</t>
+          <t>9786053773320</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Catia V5 Temrin Kitabı</t>
+          <t>Muhakeme Hukuku Dalı Olarak - Ceza Muhakemesi Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>25.93</v>
+        <v>72.22</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789752952096</t>
+          <t>9789752958968</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Calculus 2 Problem Çözümleri</t>
+          <t>Ceza Mahkemesinde Yargılanan Vergi Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>27.78</v>
+        <v>35</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789752954960</t>
+          <t>9789752954731</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>C/C++ Problemler ve Çözümleri</t>
+          <t>Catia V5 Temrin Kitabı</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>25.46</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786053775898</t>
+          <t>9789752952096</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Güvenlik Analizi Afganistan</t>
+          <t>Calculus 2 Problem Çözümleri</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789752959064</t>
+          <t>9789752954960</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Boşanmanın Hukiki Neticeleri</t>
+          <t>C/C++ Problemler ve Çözümleri</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>35</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789752958524</t>
+          <t>9786053775898</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Sebebi Olarak Evlilik Birliğinin Temelinden Sarsılması Geçimsizlik</t>
+          <t>Bölgesel Güvenlik Analizi Afganistan</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>27.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786053774822</t>
+          <t>9789752959064</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Ceza Adalet Sistemi Mevzuatı</t>
+          <t>Boşanmanın Hukiki Neticeleri</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>32.41</v>
+        <v>35</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789752959057</t>
+          <t>9789752958524</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Boşanma</t>
+          <t>Boşanma Sebebi Olarak Evlilik Birliğinin Temelinden Sarsılması Geçimsizlik</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>48</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789752951709</t>
+          <t>9786053774822</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Borland Delphi ile Veritabanı</t>
+          <t>Ceza Adalet Sistemi Mevzuatı</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>25.46</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789752954939</t>
+          <t>9789752959057</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Borland Delphi ile Görsel Programlama Sanatı</t>
+          <t>Boşanma</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>37.04</v>
+        <v>48</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789754768480</t>
+          <t>9789752951709</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Borçlar ve Ticaret Kanunu Bakımından Para Borçlarında Faiz Kavramı</t>
+          <t>Borland Delphi ile Veritabanı</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>18.52</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786053775393</t>
+          <t>9789752954939</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Bireycilik Toplulukçuluk ve Güvenin İşyerinde Güçlendirmeye Olan Etkileri</t>
+          <t>Borland Delphi ile Görsel Programlama Sanatı</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>58</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786053771623</t>
+          <t>9789754768480</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Bir Film Çekmek ve Masaüstü Filmciliğe Giriş</t>
+          <t>Borçlar ve Ticaret Kanunu Bakımından Para Borçlarında Faiz Kavramı</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789752959705</t>
+          <t>9786053775393</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Suçları</t>
+          <t>Bireycilik Toplulukçuluk ve Güvenin İşyerinde Güçlendirmeye Olan Etkileri</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>79.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789752959668</t>
+          <t>9786053771623</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Bilinen ve Bilinmeyen Türkiye İktisadı</t>
+          <t>Bir Film Çekmek ve Masaüstü Filmciliğe Giriş</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789754869132</t>
+          <t>9789752959705</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Programlama Turbo Pascal</t>
+          <t>Bilişim Suçları</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>8.33</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789752000049</t>
+          <t>9789752959668</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin'e Armağan Cilt: 3 (Ciltli)</t>
+          <t>Bilinen ve Bilinmeyen Türkiye İktisadı</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>83.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789752952768</t>
+          <t>9789754869132</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin’e Armağan Cilt: 2 (Ciltli)</t>
+          <t>Bilgisayar Programlama Turbo Pascal</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>83.33</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789752000048</t>
+          <t>9789752000049</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin’e Armağan Cilt: 1 (Ciltli)</t>
+          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin'e Armağan Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C910" s="1">
         <v>83.33</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789752954861</t>
+          <t>9789752952768</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Çağında Türk Kamu Yönetiminin Yeniden Yapılandırılması-1</t>
+          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin’e Armağan Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>20.37</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789752956094</t>
+          <t>9789752000048</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Çağında Türk Kamu Yönetiminin Yeniden Yapılandırılması 2</t>
+          <t>Bilgi Toplumunda Hukuk - Ünal Alptekin’e Armağan Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>20.37</v>
+        <v>83.33</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786053776895</t>
+          <t>9789752954861</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Bilgi - Belge Merkezlerinde Yönetim ve Organizasyon</t>
+          <t>Bilgi Çağında Türk Kamu Yönetiminin Yeniden Yapılandırılması-1</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>199.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789754865981</t>
+          <t>9789752956094</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Betonarme İnşaat Elemanları</t>
+          <t>Bilgi Çağında Türk Kamu Yönetiminin Yeniden Yapılandırılması 2</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>16.2</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786053771449</t>
+          <t>9786053776895</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlik Toplumu’nun Krizi</t>
+          <t>Bilgi - Belge Merkezlerinde Yönetim ve Organizasyon</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789752956988</t>
+          <t>9789754865981</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Belediye Meclisleri: İstanbul Örneği</t>
+          <t>Betonarme İnşaat Elemanları</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>11.11</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786053331490</t>
+          <t>9786053771449</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Belediye Başkanları İçin Rehber</t>
+          <t>Belirsizlik Toplumu’nun Krizi</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786053775843</t>
+          <t>9789752956988</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Basra Körfezi’nin Değişen Dinamikleri</t>
+          <t>Belediye Meclisleri: İstanbul Örneği</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>38</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789752958418</t>
+          <t>9786053331490</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Basın İşletmelerinin Finansal Yapısı</t>
+          <t>Belediye Başkanları İçin Rehber</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>69.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786053772477</t>
+          <t>9786053775843</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Basel 2 Kriterleri Kapsamında Operasyonel Risk</t>
+          <t>Basra Körfezi’nin Değişen Dinamikleri</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>16.67</v>
+        <v>38</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789752957282</t>
+          <t>9789752958418</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Risklerinin Yönetiminde Basel - 2 Uzlaşısı</t>
+          <t>Basın İşletmelerinin Finansal Yapısı</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>18.52</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789752956568</t>
+          <t>9786053772477</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Kanunu Şerhi (Ciltli)</t>
+          <t>Basel 2 Kriterleri Kapsamında Operasyonel Risk</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>115.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789752953741</t>
+          <t>9789752957282</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Hukuku ve İşletmesi</t>
+          <t>Bankacılık Risklerinin Yönetiminde Basel - 2 Uzlaşısı</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>50.93</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789752956117</t>
+          <t>9789752956568</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Ceza Hukuku (Ciltli)</t>
+          <t>Bankacılık Kanunu Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>41.67</v>
+        <v>115.74</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786053772828</t>
+          <t>9789752953741</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Bankacılığımızda İç Kontrol</t>
+          <t>Bankacılık Hukuku ve İşletmesi</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>249.5</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786053330363</t>
+          <t>9789752956117</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Banka ve Finans Matematiği</t>
+          <t>Bankacılık Ceza Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>249.5</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789754867596</t>
+          <t>9786053772828</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Banka Muhasebesi</t>
+          <t>Bankacılığımızda İç Kontrol</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>13.89</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052420102</t>
+          <t>9786053330363</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Banka Kredileri ve Yönetimi</t>
+          <t>Banka ve Finans Matematiği</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>45</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786053335566</t>
+          <t>9789754867596</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Banka Kredileri Tüketici ve Konut Kredileri ile Kredi Kartlarından Doğan Uyuşmazlıklar- Akreditif (Ciltli)</t>
+          <t>Banka Muhasebesi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>299.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786053770527</t>
+          <t>9786052420102</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetim Sözleşmesi</t>
+          <t>Banka Kredileri ve Yönetimi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>119.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786053772064</t>
+          <t>9786053335566</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Abdolkhani ve Karimnia- Türkiye Davası</t>
+          <t>Banka Kredileri Tüketici ve Konut Kredileri ile Kredi Kartlarından Doğan Uyuşmazlıklar- Akreditif (Ciltli)</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>124.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789752951716</t>
+          <t>9786053770527</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğinde Dolaysız Vergiler</t>
+          <t>Bağımsız Denetim Sözleşmesi</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>16.67</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789752959477</t>
+          <t>9786053772064</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Rekabet Hukuku ve Politikası</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Abdolkhani ve Karimnia- Türkiye Davası</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>68</v>
+        <v>124.5</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789752952898</t>
+          <t>9789752951716</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Ortak Politikalar ve Türkiye</t>
+          <t>Avrupa Birliğinde Dolaysız Vergiler</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786053771708</t>
+          <t>9789752959477</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği İş Hukukunda İşverenin İş Sağlığı ve Güvenliği ile İlgili Temel Yükümlülükleri ve Türk Mevzuatının Uyumu</t>
+          <t>Avrupa Birliği Rekabet Hukuku ve Politikası</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>36.57</v>
+        <v>68</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789752958180</t>
+          <t>9789752952898</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Dış Politika Stratejisi ve Avrupa Birliği</t>
+          <t>Avrupa Birliği Ortak Politikalar ve Türkiye</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>87</v>
+        <v>25</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786053774938</t>
+          <t>9786053771708</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Asya Tiyatrosunda Maske</t>
+          <t>Avrupa Birliği İş Hukukunda İşverenin İş Sağlığı ve Güvenliği ile İlgili Temel Yükümlülükleri ve Türk Mevzuatının Uyumu</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>137</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789754864380</t>
+          <t>9789752958180</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Askerliğin Vatandaşlık Üzerindeki Etkisi ve Özellikle Çifte Vatandaşlığa Sahip Kişilerin Askerlik Yükümlülüğü</t>
+          <t>Atatürk’ün Dış Politika Stratejisi ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>16.2</v>
+        <v>87</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789754865301</t>
+          <t>9786053774938</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Askeri Yüksek İdare Mahkemesi ve Görev Kriterleri</t>
+          <t>Asya Tiyatrosunda Maske</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>18.52</v>
+        <v>137</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786053775867</t>
+          <t>9789754864380</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Arsa Payı Karşılığı İnşaat Sözleşmesinde Müteahhidin Temerrüdü ve Sonuçları</t>
+          <t>Askerliğin Vatandaşlık Üzerindeki Etkisi ve Özellikle Çifte Vatandaşlığa Sahip Kişilerin Askerlik Yükümlülüğü</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>25</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786053775997</t>
+          <t>9789754865301</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Ar-Ge Teşvikleri</t>
+          <t>Askeri Yüksek İdare Mahkemesi ve Görev Kriterleri</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>58</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786053774556</t>
+          <t>9786053775867</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Aracı Kurumlarda Denetim Komitesi Uygulaması</t>
+          <t>Arsa Payı Karşılığı İnşaat Sözleşmesinde Müteahhidin Temerrüdü ve Sonuçları</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>349.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789752956230</t>
+          <t>9786053775997</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Barter Sistemi</t>
+          <t>Ar-Ge Teşvikleri</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>16.67</v>
+        <v>58</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>3990000019055</t>
+          <t>9786053774556</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Muhasebe Terimleri Sözlüğü</t>
+          <t>Aracı Kurumlarda Denetim Komitesi Uygulaması</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>34.26</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786053776987</t>
+          <t>9789752956230</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirkette Zorunlu Organ Eksikliğine Dayanan Fesih Davası</t>
+          <t>Barter Sistemi</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>249.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786053772736</t>
+          <t>3990000019055</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Şartlı Sermaye</t>
+          <t>Ansiklopedik Muhasebe Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>349.5</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786053770602</t>
+          <t>9786053776987</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklarda Pay Sahibinin Ortaklıktan Ayrılma Hakkı</t>
+          <t>Anonim Şirkette Zorunlu Organ Eksikliğine Dayanan Fesih Davası</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786053772989</t>
+          <t>9786053772736</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Şikayeti</t>
+          <t>Anonim Şirketlerde Şartlı Sermaye</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789752958470</t>
+          <t>9786053770602</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukunda Kişisel Verilerin Korunması</t>
+          <t>Anonim Ortaklıklarda Pay Sahibinin Ortaklıktan Ayrılma Hakkı</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>27.31</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789752959262</t>
+          <t>9786053772989</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku El Kitabı</t>
+          <t>Anayasa Şikayeti</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>14</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789754864618</t>
+          <t>9789752958470</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku</t>
+          <t>Anayasa Hukukunda Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>12.96</v>
+        <v>27.31</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789754868036</t>
+          <t>9789752959262</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Alman ve Türk Vergi Bilançosu Hukuklarında Gayri Maddi İktisadi Kıymetleri Aktifleştirme Şartları</t>
+          <t>Anayasa Hukuku El Kitabı</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>15.74</v>
+        <v>14</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789752956971</t>
+          <t>9789754864618</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Alman Ceza Hukukuna Giriş - Ceza Hukukunun Sınırları</t>
+          <t>Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789752957749</t>
+          <t>9789754868036</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Aliye Zihinlerin Yeni Kadın İmgesi</t>
+          <t>Alman ve Türk Vergi Bilançosu Hukuklarında Gayri Maddi İktisadi Kıymetleri Aktifleştirme Şartları</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789752951983</t>
+          <t>9789752956971</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Alacak Hakkının Anonim Ortaklığa Sermaye Olarak Taahüdü</t>
+          <t>Alman Ceza Hukukuna Giriş - Ceza Hukukunun Sınırları</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789752955639</t>
+          <t>9789752957749</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Akit Dışı Borç İlişkilerine Uygulanacak Hukuk Hakkındaki Avrupa Birliği Düzenlemesi</t>
+          <t>Aliye Zihinlerin Yeni Kadın İmgesi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>199.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789752956612</t>
+          <t>9789752951983</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Aile Konutu ve Aile Mahkemeleri Yargılama Yöntemi</t>
+          <t>Alacak Hakkının Anonim Ortaklığa Sermaye Olarak Taahüdü</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>41.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789752956599</t>
+          <t>9789752955639</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukukunda Velayet ve Nafaka Davaları</t>
+          <t>Akit Dışı Borç İlişkilerine Uygulanacak Hukuk Hakkındaki Avrupa Birliği Düzenlemesi</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>37.04</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789752956582</t>
+          <t>9789752956612</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukukunda Maddi ve Manevi Tazminat Davaları</t>
+          <t>Aile Konutu ve Aile Mahkemeleri Yargılama Yöntemi</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>47.5</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789752956605</t>
+          <t>9789752956599</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukukunda Boşanma Davaları ve Yabancı Unsurlar</t>
+          <t>Aile Hukukunda Velayet ve Nafaka Davaları</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>43.98</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786053770619</t>
+          <t>9789752956582</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Aile Düzenine Karşı Suçlar</t>
+          <t>Aile Hukukunda Maddi ve Manevi Tazminat Davaları</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>49.5</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789754862140</t>
+          <t>9789752956605</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Ahşap ve Çelik Yapı Elemanları</t>
+          <t>Aile Hukukunda Boşanma Davaları ve Yabancı Unsurlar</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>27.78</v>
+        <v>43.98</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789752952485</t>
+          <t>9786053770619</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Terimleri (Ansiklopedik Sözlük)</t>
+          <t>Aile Düzenine Karşı Suçlar</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>32.41</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789752958623</t>
+          <t>9789754862140</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Adobe Photoshop CS3</t>
+          <t>Ahşap ve Çelik Yapı Elemanları</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>32.41</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789752957657</t>
+          <t>9789752952485</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Adobe Flash CS3 (CD’li) Yeni Başlayanlar İçin</t>
+          <t>Ahlak Terimleri (Ansiklopedik Sözlük)</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>42.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789752955219</t>
+          <t>9789752958623</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Reklam Üretimi</t>
+          <t>Adobe Photoshop CS3</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>35</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789752951228</t>
+          <t>9789752957657</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı-İçtihatlı Tüketici Kredileri ve Tüketici Kredisi Sözleşmeleri İsviçre Hukuku-Fransız Hukuku ve Avrupa Birliği Konseyi Yönergeleri Işığında</t>
+          <t>Adobe Flash CS3 (CD’li) Yeni Başlayanlar İçin</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>32.41</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786053770565</t>
+          <t>9789752955219</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Açıkhava Reklamcılığı</t>
+          <t>Adım Adım Reklam Üretimi</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>29.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789752955387</t>
+          <t>9789752951228</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Access 2003 ile Veri Tabanı Yönetimi</t>
+          <t>Açıklamalı-İçtihatlı Tüketici Kredileri ve Tüketici Kredisi Sözleşmeleri İsviçre Hukuku-Fransız Hukuku ve Avrupa Birliği Konseyi Yönergeleri Işığında</t>
         </is>
       </c>
       <c r="C969" s="1">
         <v>32.41</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789754869255</t>
+          <t>9786053770565</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>AB Uyum Süreci Çerçevesinde Uygulamalı İthalat İşlemleri ve Örnekler</t>
+          <t>Açıkhava Reklamcılığı</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>25.46</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789754868784</t>
+          <t>9789752955387</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>80’ler Türkiyesi’nde Sinema</t>
+          <t>Access 2003 ile Veri Tabanı Yönetimi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>13.89</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786053775812</t>
+          <t>9789754869255</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>6098 Sayılı Türk Borçlar Kanunu (TBK) (Ciltli)</t>
+          <t>AB Uyum Süreci Çerçevesinde Uygulamalı İthalat İşlemleri ve Örnekler</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>32.41</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789752955035</t>
+          <t>9789754868784</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>5411 Sayılı Bankacılık Kanunu ve 4389 Sayılı Bankalar Kanununun Yürürlükte Kalan Maddeleri</t>
+          <t>80’ler Türkiyesi’nde Sinema</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789752958982</t>
+          <t>9786053775812</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanunu’nda İşkence Suçu</t>
+          <t>6098 Sayılı Türk Borçlar Kanunu (TBK) (Ciltli)</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>149.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786053772729</t>
+          <t>9789752955035</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanununa Tabi Alacaklarda Zamanaşımı</t>
+          <t>5411 Sayılı Bankacılık Kanunu ve 4389 Sayılı Bankalar Kanununun Yürürlükte Kalan Maddeleri</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>299.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786053778721</t>
+          <t>9789752958982</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>4721 Sayılı Türk Medeni Kanunu TMK (Ciltli)</t>
+          <t>5237 Sayılı Türk Ceza Kanunu’nda İşkence Suçu</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>36.57</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789752955103</t>
+          <t>9786053772729</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda İnsan Kaynakları Yönetimi</t>
+          <t>4857 Sayılı İş Kanununa Tabi Alacaklarda Zamanaşımı</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>14.81</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789752957916</t>
+          <t>9786053778721</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>21 Yüzyıl Bilgi Yöneticisi</t>
+          <t>4721 Sayılı Türk Medeni Kanunu TMK (Ciltli)</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>14.81</v>
+        <v>36.57</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786053772583</t>
+          <t>9789752955103</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>1980’den Günümüze Türkiye Ekonomisi</t>
+          <t>21. Yüzyılda İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789754863413</t>
+          <t>9789752957916</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Pazara Yönelik Kredi Yönetimi</t>
+          <t>21 Yüzyıl Bilgi Yöneticisi</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789752956414</t>
+          <t>9786053772583</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanununda</t>
+          <t>1980’den Günümüze Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>37.04</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789752952256</t>
+          <t>9789754863413</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı - İçtihatlı Bono ve Çek Sorunları</t>
+          <t>Bankacılıkta Pazara Yönelik Kredi Yönetimi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789752954717</t>
+          <t>9789752956414</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın Son Beş Yılında Türk Sineması</t>
+          <t>Türk Medeni Kanununda</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>39.35</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789752959019</t>
+          <t>9789752952256</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>1979 İran İslam Devrimi Sonrası Türkiye - İran İlişkileri</t>
+          <t>Açıklamalı - İçtihatlı Bono ve Çek Sorunları</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>79.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789754866490</t>
+          <t>9789752954717</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>1962-1997 Anayasa Mahkemesi Kararlarında Ceza Hukuku / Ceza Özel Hukuku / Ceza Yargılaması Hukuku / Ceza İnfaz Hukuku</t>
+          <t>20. Yüzyılın Son Beş Yılında Türk Sineması</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>34.26</v>
+        <v>39.35</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786053774860</t>
+          <t>9789752959019</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>17 Ağustos 1999 Depreminde İki Çimento Fabrikası</t>
+          <t>1979 İran İslam Devrimi Sonrası Türkiye - İran İlişkileri</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>169.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786052421307</t>
+          <t>9789754866490</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>112 Acil Sağlık Hizmetleri Yönetimi</t>
+          <t>1962-1997 Anayasa Mahkemesi Kararlarında Ceza Hukuku / Ceza Özel Hukuku / Ceza Yargılaması Hukuku / Ceza İnfaz Hukuku</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>249.5</v>
+        <v>34.26</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786052428665</t>
+          <t>9786053774860</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Tazmin Hukuku</t>
+          <t>17 Ağustos 1999 Depreminde İki Çimento Fabrikası</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>349.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9787770000027</t>
+          <t>9786052421307</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Klasikleri Kız Çocuk Seti (8 Kitap Takım)</t>
+          <t>112 Acil Sağlık Hizmetleri Yönetimi</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>359.2</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9780000555175</t>
+          <t>9786052428665</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Klasikleri Seti (5 Kitap Takım)</t>
+          <t>Türk Sosyal Tazmin Hukuku</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>497.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9787770000010</t>
+          <t>9787770000027</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Disney Çizgi Klasikleri Erkek Çocuk Seti (5 Kitap Takım)</t>
+          <t>Disney Çizgi Klasikleri Kız Çocuk Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>224.5</v>
+        <v>359.2</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9780000526717</t>
+          <t>9780000555175</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Mega Seti (4 Kitap Takım)</t>
+          <t>Disney Çizgi Klasikleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>1036.5</v>
+        <v>497.5</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9780000521880</t>
+          <t>9787770000010</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba En Favori Kitaplar (3 Kitap Takım) (Ciltli)</t>
+          <t>Disney Çizgi Klasikleri Erkek Çocuk Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>1007</v>
+        <v>224.5</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786052427279</t>
+          <t>9780000526717</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Şubat 2022</t>
+          <t>Disney - Esrarengiz Kasaba Mega Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>59.5</v>
+        <v>1036.5</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786052427255</t>
+          <t>9780000521880</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Cep Serisi Şubat 2022</t>
+          <t>Disney - Esrarengiz Kasaba En Favori Kitaplar (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>68</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786052427347</t>
+          <t>9786052427279</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Şubat 2022</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Şubat 2022</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>48</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052427323</t>
+          <t>9786052427255</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu Cep Serisi - Şubat 2022</t>
+          <t>Türk Ticaret Kanunu Cep Serisi Şubat 2022</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>39.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9780000526588</t>
+          <t>9786052427347</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Marvel Hikayeleri Seti (4 Kitap Takım)</t>
+          <t>Türk Medeni Kanunu Şubat 2022</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>118</v>
+        <v>48</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052425886</t>
+          <t>9786052427323</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu (Şubat 2020)</t>
+          <t>Hukuk Muhakemeleri Kanunu Cep Serisi - Şubat 2022</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>10.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786052425879</t>
+          <t>9780000526588</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu (Şubat 2020)</t>
+          <t>Müthiş Marvel Hikayeleri Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>12</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786052425930</t>
+          <t>9786052425886</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası (Şubat 2020)</t>
+          <t>Türk Borçlar Kanunu (Şubat 2020)</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>5</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9780000520920</t>
+          <t>9786052425879</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids-Okuma Serisi Seviye 2 Seti-17 Kitap Takım</t>
+          <t>Hukuk Muhakemeleri Kanunu (Şubat 2020)</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>1064</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9780000523600</t>
+          <t>9786052425930</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Okuma Serisi Seviye 1 Seti (13 Kitap Takım)</t>
+          <t>T.C. Anayasası (Şubat 2020)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>988</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9780000522399</t>
+          <t>9780000520920</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids-Okul Öncesi Seti-7 Kitap Takım</t>
+          <t>National Geographic Kids-Okuma Serisi Seviye 2 Seti-17 Kitap Takım</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>532</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9780000523037</t>
+          <t>9780000523600</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids-Dünyamızı Keşfedin Seti-8 Kitap Takım</t>
+          <t>National Geographic Kids Okuma Serisi Seviye 1 Seti (13 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>297.5</v>
+        <v>988</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9780000999931</t>
+          <t>9780000522399</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Disney - Esrarengiz Kasaba Seti (3 Kitap Takım)</t>
+          <t>National Geographic Kids-Okul Öncesi Seti-7 Kitap Takım</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>937</v>
+        <v>532</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786053333876</t>
+          <t>9780000523037</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış Kuramları</t>
+          <t>National Geographic Kids-Dünyamızı Keşfedin Seti-8 Kitap Takım</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>349.5</v>
+        <v>297.5</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786052427248</t>
+          <t>9780000999931</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası Kasım 2021</t>
+          <t>Disney - Esrarengiz Kasaba Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>28</v>
+        <v>937</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786052424513</t>
+          <t>9786053333876</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>T.C. Anayasası Eylül 2019</t>
+          <t>Örgütsel Davranış Kuramları</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>14</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786052425923</t>
+          <t>9786052427248</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu Şubat 2020</t>
+          <t>T.C. Anayasası Kasım 2021</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>13.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786052425855</t>
+          <t>9786052424513</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu Şubat 2020</t>
+          <t>T.C. Anayasası Eylül 2019</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786052424438</t>
+          <t>9786052425923</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Eylül 2019</t>
+          <t>İcra ve İflas Kanunu Şubat 2020</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>22.9</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9780000999580</t>
+          <t>9786052425855</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Çizim Sanatı Serisi Seti (10 Kitap Takım)</t>
+          <t>Ceza Muhakemesi Kanunu Şubat 2020</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>2995</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9780000999559</t>
+          <t>9786052424438</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids- İz Bırakanlar Seti (6 Kitap)</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu Eylül 2019</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>888</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786053777427</t>
+          <t>9780000999580</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>T.C Anayasası (Eylül 2015)</t>
+          <t>Çizim Sanatı Serisi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>2.5</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9780000421616</t>
+          <t>9780000999559</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>En Çok Satan Kişisel Gelişim Kitapları Seti (4 Kitap)</t>
+          <t>National Geographic Kids- İz Bırakanlar Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>110.5</v>
+        <v>888</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9780000999849</t>
+          <t>9786053777427</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Marvel Romanlar Seti (4 Kitap)</t>
+          <t>T.C Anayasası (Eylül 2015)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>140</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9780000503473</t>
+          <t>9780000421616</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Marvel Spiderman Hikaye Seti (6 Kitap)</t>
+          <t>En Çok Satan Kişisel Gelişim Kitapları Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>60</v>
+        <v>110.5</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9780000999863</t>
+          <t>9780000999849</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Starwars Çizgi Roman Seti (3 Kitap)</t>
+          <t>Marvel Romanlar Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>59.9</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786052425909</t>
+          <t>9780000503473</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu - Şubat 2020</t>
+          <t>Marvel Spiderman Hikaye Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>23.5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052425916</t>
+          <t>9780000999863</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu - Şubat 2020</t>
+          <t>Starwars Çizgi Roman Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>8.5</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789754866148</t>
+          <t>9786052425909</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Yapı Dinamiği</t>
+          <t>Türk Ticaret Kanunu - Şubat 2020</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>15</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786052423530</t>
+          <t>9786052425916</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Temel Ekonomi</t>
+          <t>İdari Yargılama Usulü Kanunu - Şubat 2020</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>49.9</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052420041</t>
+          <t>9789754866148</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku Dersleri Yeni Baskı</t>
+          <t>Yapı Dinamiği</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786052426555</t>
+          <t>9786052423530</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Tüm Havacılar İçin Ekip Kaynak Yönetimi (EKY)</t>
+          <t>Temel Ekonomi</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>299.5</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9780000504791</t>
+          <t>9786052420041</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Disney En Güzel Maceralar Serisi (4 Kitap Takım)</t>
+          <t>Sosyal Güvenlik Hukuku Dersleri Yeni Baskı</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>1198</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786052424353</t>
+          <t>9786052426555</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimine Giriş</t>
+          <t>Tüm Havacılar İçin Ekip Kaynak Yönetimi (EKY)</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>3990000051550</t>
+          <t>9780000504791</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ömer Teoman'a 55. Yaş Günü Armağanı Cilt: 1 (Ciltli)</t>
+          <t>Disney En Güzel Maceralar Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>69.44</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9780000999610</t>
+          <t>9786052424353</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Süper Paket Boya Eğlen Seti 5 Çeşit</t>
+          <t>İşletme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>124.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9780000999900</t>
+          <t>3990000051550</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Ferrari Boyama Aktivite Seti 5 Kitap</t>
+          <t>Prof. Dr. Ömer Teoman'a 55. Yaş Günü Armağanı Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>110</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9780000999566</t>
+          <t>9780000999610</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids - Afrika'da Safari Serisi 5 Kitap (Ciltli)</t>
+          <t>Süper Paket Boya Eğlen Seti 5 Çeşit</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>99.9</v>
+        <v>124.5</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9780000999511</t>
+          <t>9780000999900</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>National Geographic Kids Popüler Bilim Seti 5 Kitap</t>
+          <t>Ferrari Boyama Aktivite Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786052422021</t>
+          <t>9780000999566</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Varlık Yönetim Şirketleri</t>
+          <t>National Geographic Kids - Afrika'da Safari Serisi 5 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>149.5</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9780000525260</t>
+          <t>9780000999511</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Pörtlek Gözlü Kitaplar Seti-5 Kitap Takım</t>
+          <t>National Geographic Kids Popüler Bilim Seti 5 Kitap</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>197.5</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9780000999948</t>
+          <t>9786052422021</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Müthiş Marvel Hikayeleri (6 Kitap Takım)</t>
+          <t>Varlık Yönetim Şirketleri</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>177</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052424292</t>
+          <t>9780000525260</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Pörtlek Gözlü Kitaplar Seti-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>899.5</v>
+        <v>197.5</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786053771784</t>
+          <t>9780000999948</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>4483 Sayılı Kanun ile Memurlar ve Diğer Kamu Görevlerinin Yargılanması Öncesi Aşamaya İlişkin Usul ve İşlemler (Ciltli)</t>
+          <t>Müthiş Marvel Hikayeleri (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>249.5</v>
+        <v>177</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786053778370</t>
+          <t>9786052424292</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Mekaniği Dinamik Çözümlü Problemler</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>199</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786053774839</t>
+          <t>9786053771784</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Banka Teminat Mektuplarına İlişkin ICC Kuralları - Makaleler</t>
+          <t>4483 Sayılı Kanun ile Memurlar ve Diğer Kamu Görevlerinin Yargılanması Öncesi Aşamaya İlişkin Usul ve İşlemler (Ciltli)</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786052428689</t>
+          <t>9786053778370</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Bağımsız Denetimin Kamusal İşlevleri</t>
+          <t>Mühendislik Mekaniği Dinamik Çözümlü Problemler</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>349.5</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786053772699</t>
+          <t>9786053774839</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Bir Merakın Peşinde: Amaç’tan Başarı’ya</t>
+          <t>Banka Teminat Mektuplarına İlişkin ICC Kuralları - Makaleler</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>129.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786053772811</t>
+          <t>9786052428689</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Eurobond Piyasaları ve Türkiye</t>
+          <t>Türkiye’de Bağımsız Denetimin Kamusal İşlevleri</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>239.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789754862799</t>
+          <t>9786053772699</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Türk Kurtuluş Savaşı ve Devrimi Tarihi</t>
+          <t>Bir Merakın Peşinde: Amaç’tan Başarı’ya</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>69.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786053332657</t>
+          <t>9786053772811</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Finansal Muhasebe: Teoriden Uygulamaya Genel Muhasebe</t>
+          <t>Eurobond Piyasaları ve Türkiye</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>149</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786053776659</t>
+          <t>9789754862799</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Biliminde 49 İnsan 49 Teori</t>
+          <t>Türk Kurtuluş Savaşı ve Devrimi Tarihi</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>39.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052426425</t>
+          <t>9786053332657</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri ve Yönetimi</t>
+          <t>21. Yüzyılda Finansal Muhasebe: Teoriden Uygulamaya Genel Muhasebe</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>975</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786053772606</t>
+          <t>9786053776659</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Örgüt Açısından Kayırmacılık</t>
+          <t>Yönetim Biliminde 49 İnsan 49 Teori</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>149.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786254238185</t>
+          <t>9786052426425</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku (Özel) Ders Notları (Ciltli)</t>
+          <t>Pazarlama İlkeleri ve Yönetimi</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>1399.5</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786052424612</t>
+          <t>9786053772606</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Polis Mevzuatı ve Temel Ceza Kanunları Eylül 2019</t>
+          <t>Yönetim ve Örgüt Açısından Kayırmacılık</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>69.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786053776949</t>
+          <t>9786254238185</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>İşletme Hukuku Bilgisi</t>
+          <t>Vergi Hukuku (Özel) Ders Notları (Ciltli)</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>179.5</v>
+        <v>1399.5</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786053776727</t>
+          <t>9786052424612</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>İl Özel İdaresi</t>
+          <t>Polis Mevzuatı ve Temel Ceza Kanunları Eylül 2019</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>115.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786053776017</t>
+          <t>9786053776949</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İller Bazında İktisadi ve Demografik Farklılıkları</t>
+          <t>İşletme Hukuku Bilgisi</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>49.5</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786053772705</t>
+          <t>9786053776727</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Satış Geliştirme Faaliyetlerinin Müşteri Davranışları Üzerine Etkisi</t>
+          <t>İl Özel İdaresi</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>59.5</v>
+        <v>115.5</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786053770671</t>
+          <t>9786053776017</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Pazarlama</t>
+          <t>Türkiye’nin İller Bazında İktisadi ve Demografik Farklılıkları</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>137</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052425084</t>
+          <t>9786053772705</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Hukuku</t>
+          <t>Satış Geliştirme Faaliyetlerinin Müşteri Davranışları Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>899.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786053778677</t>
+          <t>9786053770671</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbol Teknik Adam Sözleşmesi ve Uygulama Sorunları</t>
+          <t>Postmodern Pazarlama</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>299.5</v>
+        <v>137</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786053333937</t>
+          <t>9786052425084</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Ekonomistler Ansiklopedisi</t>
+          <t>Toplu İş Hukuku</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>35</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786053338048</t>
+          <t>9786053778677</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Değerli İnsana Değer’li Çalışmalar</t>
+          <t>Profesyonel Futbol Teknik Adam Sözleşmesi ve Uygulama Sorunları</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786053338031</t>
+          <t>9786053333937</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Hayatında Hukuk Devletinin Kurumlarına ve Anayasal Sisteme Yönelik Girişimler</t>
+          <t>Ünlü Ekonomistler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>39.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786053332183</t>
+          <t>9786053338048</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Early Beginnings of Environmental Protection in International Human Rights Law</t>
+          <t>Değerli İnsana Değer’li Çalışmalar</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>45</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9780000999603</t>
+          <t>9786053338031</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayvanlar Seti (6 Kitap Takım)</t>
+          <t>Türk Siyasal Hayatında Hukuk Devletinin Kurumlarına ve Anayasal Sisteme Yönelik Girişimler</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>897</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786254360855</t>
+          <t>9786053332183</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku (Ciltli)</t>
+          <t>Early Beginnings of Environmental Protection in International Human Rights Law</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>1750</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786053774754</t>
+          <t>9780000999603</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Müzelerde Sergileme ve Sunum Tekniklerinin Planlanması</t>
+          <t>Vahşi Hayvanlar Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>399.5</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786053331742</t>
+          <t>9786254360855</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Müzakere Teknikleri</t>
+          <t>Sosyal Güvenlik Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>449.5</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786052427163</t>
+          <t>9786053774754</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Neufert - Yapı Tasarımı (Ciltli)</t>
+          <t>Müzelerde Sergileme ve Sunum Tekniklerinin Planlanması</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>1695</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786052428504</t>
+          <t>9786053331742</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku</t>
+          <t>Müzakere Teknikleri</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>899.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786053339199</t>
+          <t>9786052427163</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Yönetimi</t>
+          <t>Neufert - Yapı Tasarımı (Ciltli)</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>549.5</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9787778000012</t>
+          <t>9786052428504</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kasaba Hikaye Seti (4 Kitap Takım)</t>
+          <t>İş Hukuku</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>1608</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786254235320</t>
+          <t>9786053339199</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon Muhasebesi</t>
+          <t>Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>349.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786053773887</t>
+          <t>9787778000012</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay, Danıştay ve AİHM Kararları Işığında Cemaat Vakıflarının Mülkiyet Sorunları</t>
+          <t>Esrarengiz Kasaba Hikaye Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>349.5</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052424384</t>
+          <t>9786254235320</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Enflasyon Muhasebesi</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786052426159</t>
+          <t>9786053773887</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde İnsan Kaynakları Yönetimi</t>
+          <t>Yargıtay, Danıştay ve AİHM Kararları Işığında Cemaat Vakıflarının Mülkiyet Sorunları</t>
         </is>
       </c>
       <c r="C1072" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786052420416</t>
+          <t>9786052424384</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>ABD Nasıl Kalkındı?</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786053338383</t>
+          <t>9786052426159</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>İş Zekası ve Stratejik Yönetim</t>
+          <t>Sağlık İşletmelerinde İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052420997</t>
+          <t>9786052420416</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Finansın Temelleri</t>
+          <t>ABD Nasıl Kalkındı?</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>599.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789752955615</t>
+          <t>9786053338383</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Reklamın Anlattıkları</t>
+          <t>İş Zekası ve Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052421123</t>
+          <t>9786052420997</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk Pratik Çalışmaları</t>
+          <t>Kurumsal Finansın Temelleri</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>399.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786053334682</t>
+          <t>9789752955615</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar için Pazarlama ve Lojistik</t>
+          <t>Kurumsal Reklamın Anlattıkları</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>249.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786052428153</t>
+          <t>9786052421123</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Kriz ve Küresel Çevre Politikaları</t>
+          <t>Milletlerarası Hukuk Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>399</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786052424063</t>
+          <t>9786053334682</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Yargı Etiği Açısından Tarihte Ünlü Davalar</t>
+          <t>Yeni Başlayanlar için Pazarlama ve Lojistik</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>449.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786052425473</t>
+          <t>9786052428153</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret Hukuku El Kitabı</t>
+          <t>Ekolojik Kriz ve Küresel Çevre Politikaları</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>349.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786052427712</t>
+          <t>9786052424063</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İçtihatlı 4857 Sayılı İş Kanunu</t>
+          <t>Yargı Etiği Açısından Tarihte Ünlü Davalar</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>799.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786053330257</t>
+          <t>9786052425473</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Stratejileri İle Askeri Stratejilerin Karşılıklı Analizi</t>
+          <t>Dış Ticaret Hukuku El Kitabı</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786053773979</t>
+          <t>9786052427712</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hukukunda Londra’da Tahkim</t>
+          <t>Açıklamalı İçtihatlı 4857 Sayılı İş Kanunu</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>349.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786053775003</t>
+          <t>9786053330257</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi</t>
+          <t>Yönetim Stratejileri İle Askeri Stratejilerin Karşılıklı Analizi</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>499.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052424971</t>
+          <t>9786053773979</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Bankacılığa Giriş</t>
+          <t>Deniz Hukukunda Londra’da Tahkim</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>269.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786053777229</t>
+          <t>9786053775003</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Hava Taşıma Hukuku Sempozyumu</t>
+          <t>Proje Yönetimi</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>79.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786053335863</t>
+          <t>9786052424971</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk</t>
+          <t>Bankacılığa Giriş</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>299.5</v>
+        <v>269.5</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786052428122</t>
+          <t>9786053777229</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku</t>
+          <t>Hava Taşıma Hukuku Sempozyumu</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>1499.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786254238123</t>
+          <t>9786053335863</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku (Ciltli)</t>
+          <t>Kurumsal Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>1895</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786052428238</t>
+          <t>9786052428122</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Doğru Akım Devreleri ve Problem Çözümleri</t>
+          <t>Ceza Muhakemesi Hukuku</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>699.5</v>
+        <v>1499.5</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786053779193</t>
+          <t>9786254238123</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>İflas Hukukunda Takas</t>
+          <t>İş Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>399.5</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786053338161</t>
+          <t>9786052428238</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Biliminde İleri Araştırma Yöntemleri ve Uygulamalar</t>
+          <t>Doğru Akım Devreleri ve Problem Çözümleri</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>429.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786053776277</t>
+          <t>9786053779193</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Kurumsallaşmanın Temelleri</t>
+          <t>İflas Hukukunda Takas</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786053333685</t>
+          <t>9786053338161</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları İçin Makro İktisat</t>
+          <t>Yönetim Biliminde İleri Araştırma Yöntemleri ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>279.5</v>
+        <v>429.5</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052420133</t>
+          <t>9786053776277</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>İşletme Matematiği</t>
+          <t>Örgütlerde Kurumsallaşmanın Temelleri</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052420003</t>
+          <t>9786053333685</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Maliyet ve Yönetim Muhasebesi</t>
+          <t>Meslek Yüksekokulları İçin Makro İktisat</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>699.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052420355</t>
+          <t>9786052420133</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesi ve Uygulamaları</t>
+          <t>İşletme Matematiği</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>349.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786254238000</t>
+          <t>9786052420003</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu - Ağustos 2024</t>
+          <t>Maliyet ve Yönetim Muhasebesi</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>239</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786254237980</t>
+          <t>9786052420355</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Kanunu - Ağustos 2024</t>
+          <t>Yönetim Muhasebesi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>210</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786254237966</t>
+          <t>9786254238000</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu - Ağustos 2024</t>
+          <t>Türk Ticaret Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>210</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052428344</t>
+          <t>9786254237980</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Sigortacılık</t>
+          <t>Ceza Muhakemesi Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>599.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786254237959</t>
+          <t>9786254237966</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu - Ağustos 2024</t>
+          <t>Hukuk Muhakemeleri Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>139</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786254237973</t>
+          <t>9786052428344</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu - Ağustos 2024</t>
+          <t>Sigortacılık</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>110</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786254237997</t>
+          <t>9786254237959</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunu ve Çalışma Yaşamı Kanunları - Ağustos 2024</t>
+          <t>İcra ve İflas Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1105" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786052428955</t>
+          <t>9786254237973</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu - Ağustos 2024</t>
+          <t>İdari Yargılama Usulü Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1106" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786254235917</t>
+          <t>9786254237997</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu - Ağustos 2024</t>
+          <t>İş Kanunu ve Çalışma Yaşamı Kanunları - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1107" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786254237935</t>
+          <t>9786052428955</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu - Ağustos 2024</t>
+          <t>Türk Borçlar Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>139</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786254237942</t>
+          <t>9786254235917</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Ağustos 2024</t>
+          <t>Türk Ceza Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>210</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786052428252</t>
+          <t>9786254237935</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomiye Giriş</t>
+          <t>Türk Medeni Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>599.5</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786052427606</t>
+          <t>9786254237942</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği ve Hidrolik</t>
+          <t>Türk Medeni Kanunu ve Türk Borçlar Kanunu - Ağustos 2024</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>1395</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786052428399</t>
+          <t>9786052428252</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Temel Ekonomi (Basından Örneklerle)</t>
+          <t>Mikroekonomiye Giriş</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>749.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786254237928</t>
+          <t>9786052427606</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Stratejiyi Performansa Dönüştür</t>
+          <t>Akışkanlar Mekaniği ve Hidrolik</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>239.5</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052421499</t>
+          <t>9786052428399</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetimi</t>
+          <t>Temel Ekonomi (Basından Örneklerle)</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>349.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786052425480</t>
+          <t>9786254237928</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>İnsancıl Hukuka Giriş</t>
+          <t>Stratejiyi Performansa Dönüştür</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786053333128</t>
+          <t>9786052421499</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>İletişim Araştırmaları ve Kuramları</t>
+          <t>İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786052424797</t>
+          <t>9786052425480</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş</t>
+          <t>İnsancıl Hukuka Giriş</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786052425978</t>
+          <t>9786053333128</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması</t>
+          <t>İletişim Araştırmaları ve Kuramları</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052422465</t>
+          <t>9786052424797</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunun Esasları 2022</t>
+          <t>İktisada Giriş</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>649.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052427392</t>
+          <t>9786052425978</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Entegre Lojistik Yönetimi</t>
+          <t>Hizmet Pazarlaması</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>449.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786053776963</t>
+          <t>9786052422465</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel Pazarlama Rekabetsel Yaklaşım</t>
+          <t>İş Hukukunun Esasları 2022</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>549.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786052427781</t>
+          <t>9786052427392</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Yöntembilim</t>
+          <t>Entegre Lojistik Yönetimi</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>549.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052422717</t>
+          <t>9786053776963</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Hukuku</t>
+          <t>Endüstriyel Pazarlama Rekabetsel Yaklaşım</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>499.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786052428382</t>
+          <t>9786052427781</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku Ders Notları</t>
+          <t>Hukukta Yöntembilim</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>299.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052428269</t>
+          <t>9786052422717</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Kıyı Mühendisliği</t>
+          <t>Kitle İletişim Hukuku</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>899.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786052423585</t>
+          <t>9786052428382</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Kavram ve Kuramlarıyla Reklam</t>
+          <t>Kıymetli Evrak Hukuku Ders Notları</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786053339847</t>
+          <t>9786052428269</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Devletler Hususi Hukuku</t>
+          <t>Kıyı Mühendisliği</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>1295</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786053773917</t>
+          <t>9786052423585</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Çalışma İlişkilerinin Evrimi</t>
+          <t>Kavram ve Kuramlarıyla Reklam</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052422472</t>
+          <t>9786053339847</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
+          <t>Devletler Hususi Hukuku</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>699.5</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786052420638</t>
+          <t>9786053773917</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Uygulamaları</t>
+          <t>Çalışma İlişkilerinin Evrimi</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>749.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786053774518</t>
+          <t>9786052422472</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Baraj Güvenliği</t>
+          <t>Ceza Muhakemesi Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>329.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786053334521</t>
+          <t>9786052420638</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Banka Hukuku</t>
+          <t>Ceza Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>249.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052428160</t>
+          <t>9786053774518</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku</t>
+          <t>Baraj Güvenliği</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>749.5</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786053775096</t>
+          <t>9786053334521</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Baraj Planlama ve Tasarımı Cilt 2</t>
+          <t>Banka Hukuku</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786254237706</t>
+          <t>9786052428160</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Hukukta Kültür Varlıklarına İlişkin Uyuşmazlıkların Çözüm Mekanizmaları</t>
+          <t>Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>549.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786254237690</t>
+          <t>9786053775096</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zincirinde Süreç ve Performans Yönetimi</t>
+          <t>Baraj Planlama ve Tasarımı Cilt 2</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789752956698</t>
+          <t>9786254237706</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Dava Açma ve Davaların Takip Usulü</t>
+          <t>Ulusal ve Uluslararası Hukukta Kültür Varlıklarına İlişkin Uyuşmazlıkların Çözüm Mekanizmaları</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>899.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786254237638</t>
+          <t>9786254237690</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Araştırmalarında Temel Kavramlar ve Sık Sorulan Sorulara Cevaplar</t>
+          <t>Tedarik Zincirinde Süreç ve Performans Yönetimi</t>
         </is>
       </c>
       <c r="C1138" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786052421925</t>
+          <t>9789752956698</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim ve İşletme Politikası</t>
+          <t>İdari Yargıda Dava Açma ve Davaların Takip Usulü</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>849.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786052426432</t>
+          <t>9786254237638</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
+          <t>Yönetim Araştırmalarında Temel Kavramlar ve Sık Sorulan Sorulara Cevaplar</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>499.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786254237539</t>
+          <t>9786052421925</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Farklı Hukuk Disiplinleri Gözüyle Kültür ve Tabiat Varlıklarının Korunması</t>
+          <t>Stratejik Yönetim ve İşletme Politikası</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>299.5</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786254237362</t>
+          <t>9786052426432</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Export Administration Regulations</t>
+          <t>İş Hukuku ve Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>799.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786254237355</t>
+          <t>9786254237539</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Marina İşletmeciliği</t>
+          <t>Farklı Hukuk Disiplinleri Gözüyle Kültür ve Tabiat Varlıklarının Korunması</t>
         </is>
       </c>
       <c r="C1143" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786254237003</t>
+          <t>9786254237362</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku (Genel) Ders Notları</t>
+          <t>Export Administration Regulations</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>699.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786254237010</t>
+          <t>9786254237355</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Verilerle Mükemmellik</t>
+          <t>Marina İşletmeciliği</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786052425077</t>
+          <t>9786254237003</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Mobil Pazarlama</t>
+          <t>Vergi Hukuku (Genel) Ders Notları</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>279.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786053338734</t>
+          <t>9786254237010</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Sigorta ve Sigortacılık</t>
+          <t>Verilerle Mükemmellik</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>599.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786052424803</t>
+          <t>9786052425077</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Dersleri (Özel Hükümler)</t>
+          <t>A’dan Z’ye Mobil Pazarlama</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>1295</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786053779988</t>
+          <t>9786053338734</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Akım Devreleri-Problem Çözümleri</t>
+          <t>Sigorta ve Sigortacılık</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>499.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786052429143</t>
+          <t>9786052424803</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklığın Kendi Paylarını İktisabı</t>
+          <t>Borçlar Hukuku Dersleri (Özel Hükümler)</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>399.5</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786254236433</t>
+          <t>9786053779988</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yönetimi: Dijitalleşme ve Güncel Tartışmalar</t>
+          <t>Alternatif Akım Devreleri-Problem Çözümleri</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>379.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786254236600</t>
+          <t>9786052429143</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Pazarlama</t>
+          <t>Anonim Ortaklığın Kendi Paylarını İktisabı</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786254236426</t>
+          <t>9786254236433</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği – Türkiye İlişkilerinde Normatif Dönüşüm</t>
+          <t>İnsan Yönetimi: Dijitalleşme ve Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>299.5</v>
+        <v>379.5</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786254235900</t>
+          <t>9786254236600</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Dünya’dan Örneklerle Kamu Diplomasisi</t>
+          <t>Gerilla Pazarlama</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786254236341</t>
+          <t>9786254236426</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Avukatların Görev Suçları, Yargılama Rejimi ve Disiplin Hukuku</t>
+          <t>Avrupa Birliği – Türkiye İlişkilerinde Normatif Dönüşüm</t>
         </is>
       </c>
       <c r="C1155" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786254235955</t>
+          <t>9786254235900</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Kovuşturmanın Mecburiliği İlkesi ve Kovuşturmaya Yer Olmadığı Kararları</t>
+          <t>Dünya’dan Örneklerle Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786254235894</t>
+          <t>9786254236341</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Araştırmaları Metodolojik Yaklaşım</t>
+          <t>Avukatların Görev Suçları, Yargılama Rejimi ve Disiplin Hukuku</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>699.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786254235979</t>
+          <t>9786254235955</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. F. Asuman Yalçın’a Armağan  Metaverse: Pazarlama ve Teknoloji</t>
+          <t>Kovuşturmanın Mecburiliği İlkesi ve Kovuşturmaya Yer Olmadığı Kararları</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786254235528</t>
+          <t>9786254235894</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Ekonomisinden - Dönüşüm Ekonomisine</t>
+          <t>Pazarlama Araştırmaları Metodolojik Yaklaşım</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>399.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786053335085</t>
+          <t>9786254235979</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>LYS'ye Hazırlık - Türk Edebiyatında 26 Durak 254 Şair ve Yazar</t>
+          <t>Prof. Dr. F. Asuman Yalçın’a Armağan  Metaverse: Pazarlama ve Teknoloji</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>42.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786053339045</t>
+          <t>9786254235528</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>E-Tüketim Bakış Açısı İle Yaşam Tarzları</t>
+          <t>Deneyim Ekonomisinden - Dönüşüm Ekonomisine</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>35</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786053339342</t>
+          <t>9786053335085</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>İşyerlerinin Faaliyetten Men'i ve Para Cezaları (Ciltli)</t>
+          <t>LYS'ye Hazırlık - Türk Edebiyatında 26 Durak 254 Şair ve Yazar</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>59.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786053339540</t>
+          <t>9786053339045</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Deneyim Kalitesi</t>
+          <t>E-Tüketim Bakış Açısı İle Yaşam Tarzları</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>32.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786254235542</t>
+          <t>9786053339342</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İletişim ile Bütünleşti</t>
+          <t>İşyerlerinin Faaliyetten Men'i ve Para Cezaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>239.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786254235443</t>
+          <t>9786053339540</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Usulü Kanunu</t>
+          <t>Tüketici Deneyim Kalitesi</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>69.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786254235511</t>
+          <t>9786254235542</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Reklam Kampanyası Yönetimi</t>
+          <t>Pazarlama İletişim ile Bütünleşti</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>349.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786254235337</t>
+          <t>9786254235443</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yatırım Araçları</t>
+          <t>İdari Yargılama Usulü Kanunu</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>399.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786254234996</t>
+          <t>9786254235511</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalarım II (Ciltli)</t>
+          <t>Reklam Kampanyası Yönetimi</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>979.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786052423103</t>
+          <t>9786254235337</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş 2</t>
+          <t>Finansal Yatırım Araçları</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786053339243</t>
+          <t>9786254234996</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret İşlemleri ve Muhasebesi</t>
+          <t>Hukuki Mütalaalarım II (Ciltli)</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>279.5</v>
+        <v>979.5</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786254234675</t>
+          <t>9786052423103</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Gümrük Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>İktisada Giriş 2</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>1699</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786254234668</t>
+          <t>9786053339243</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetimde Denetim Komitelerinin Önemi ve Etkisi</t>
+          <t>Dış Ticaret İşlemleri ve Muhasebesi</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>499.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786254234378</t>
+          <t>9786254234675</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>İdari Mahkemelerin Yargılama Yetkisinin Kapsam ve Sınırı</t>
+          <t>Gümrük Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>299.5</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786254234231</t>
+          <t>9786254234668</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim’in Hayatı Öğretisindeki Bilgiler</t>
+          <t>Kurumsal Yönetimde Denetim Komitelerinin Önemi ve Etkisi</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786254233555</t>
+          <t>9786254234378</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimde Kavramlar ve Uygulamalar</t>
+          <t>İdari Mahkemelerin Yargılama Yetkisinin Kapsam ve Sınırı</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786254233135</t>
+          <t>9786254234231</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşletme Yönetimi Strateji, Davranış ve İnsan Kaynakları</t>
+          <t>Hz. İbrahim’in Hayatı Öğretisindeki Bilgiler</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786254233012</t>
+          <t>9786254233555</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>ABD Savunma İhracat Kontrol Düzenlemeleri ITAR (Ciltli)</t>
+          <t>Dijital İletişimde Kavramlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>1249.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786254232336</t>
+          <t>9786254233135</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu Görevlileri Sendikalarının Faaliyetleri ve Rol Model Ülkelerin Sendikaları ile Mukayesesi</t>
+          <t>Uluslararası İşletme Yönetimi Strateji, Davranış ve İnsan Kaynakları</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>329.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786254232824</t>
+          <t>9786254233012</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Öğrenen Organizasyon</t>
+          <t>ABD Savunma İhracat Kontrol Düzenlemeleri ITAR (Ciltli)</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>229.5</v>
+        <v>1249.5</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786052421758</t>
+          <t>9786254232336</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku Uygulamaları</t>
+          <t>Türk Kamu Görevlileri Sendikalarının Faaliyetleri ve Rol Model Ülkelerin Sendikaları ile Mukayesesi</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>349.5</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786254232343</t>
+          <t>9786254232824</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku</t>
+          <t>Öğrenen Organizasyon</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>299.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786254232350</t>
+          <t>9786052421758</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletme Hukuku</t>
+          <t>Kıymetli Evrak Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786052426654</t>
+          <t>9786254232343</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Finansal Tablolar Analizi</t>
+          <t>Kıymetli Evrak Hukuku</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>449.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786254232077</t>
+          <t>9786254232350</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Kamu Görevlileri Sendikaları Hukuku ve Sendikal Faaliyetler</t>
+          <t>Ticari İşletme Hukuku</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>329.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786052426678</t>
+          <t>9786052426654</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyonda Örnek Olaylar 2</t>
+          <t>Finansal Tablolar Analizi</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>399.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786254231964</t>
+          <t>9786254232077</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Hakkari'de Kadın</t>
+          <t>Kamu Görevlileri Sendikaları Hukuku ve Sendikal Faaliyetler</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>299.5</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786254231902</t>
+          <t>9786052426678</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlamada Temel Stratejiler</t>
+          <t>Yönetim ve Organizasyonda Örnek Olaylar 2</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>229.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786254231971</t>
+          <t>9786254231964</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Ücrete Bağlı Çalışmaktan Kaçınma Hakkı</t>
+          <t>Hakkari'de Kadın</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786254231841</t>
+          <t>9786254231902</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Strateji ve Stratejik İnsan Kaynakları Yönetimi</t>
+          <t>Uluslararası Pazarlamada Temel Stratejiler</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>499.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786254231858</t>
+          <t>9786254231971</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Hukuku</t>
+          <t>Ücrete Bağlı Çalışmaktan Kaçınma Hakkı</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>399.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786254361548</t>
+          <t>9786254231841</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Hukukunda Anonim Ortaklıkta Pay Sahibinin Bilgi Alma ve İnceleme Hakkı’nın Mahkeme Aracılığıyla Kullanılmasında Mahkemenin Kararının Kesinliği Sorunu</t>
+          <t>Örgütsel Strateji ve Stratejik İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>349.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786254365775</t>
+          <t>9786254231858</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 ve İşletme Yönetimi</t>
+          <t>Kitle İletişim Hukuku</t>
         </is>
       </c>
       <c r="C1192" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786254365751</t>
+          <t>9786254361548</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletmenin Devri</t>
+          <t>Türk Ticaret Hukukunda Anonim Ortaklıkta Pay Sahibinin Bilgi Alma ve İnceleme Hakkı’nın Mahkeme Aracılığıyla Kullanılmasında Mahkemenin Kararının Kesinliği Sorunu</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786254361289</t>
+          <t>9786254365775</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Uluslararası Andlaşmaların Bağlayıcılık Kazanması</t>
+          <t>Endüstri 4.0 ve İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C1194" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786254361463</t>
+          <t>9786254365751</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Yasadışı Dijital Medya</t>
+          <t>Ticari İşletmenin Devri</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>349.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786254361494</t>
+          <t>9786254361289</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Business Design Workshops</t>
+          <t>Türk Hukukunda Uluslararası Andlaşmaların Bağlayıcılık Kazanması</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>279.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786053332336</t>
+          <t>9786254361463</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşam ve Pazarlama</t>
+          <t>Yasadışı Dijital Medya</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786254360381</t>
+          <t>9786254361494</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Borçlunun Temerrüdünde Aynen İfa</t>
+          <t>Business Design Workshops</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>399.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786254360374</t>
+          <t>9786053332336</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukuku Açısından Kısmi Süreli İş Sözleşmeleri</t>
+          <t>Sağlıklı Yaşam ve Pazarlama</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786052427200</t>
+          <t>9786254360381</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Hukuku</t>
+          <t>Borçlunun Temerrüdünde Aynen İfa</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786052426463</t>
+          <t>9786254360374</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Hukukta İş Güvenliği Uzmanlığı</t>
+          <t>Bireysel İş Hukuku Açısından Kısmi Süreli İş Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786052424742</t>
+          <t>9786052427200</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Sürdürülebilirlik: Sosyal Bilimlere Dayalı Perspektif</t>
+          <t>Türk Sosyal Hukuku</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786052420218</t>
+          <t>9786052426463</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>İlkeler Işığı Altında Medeni Yargılama Hukuku</t>
+          <t>Ulusal ve Uluslararası Hukukta İş Güvenliği Uzmanlığı</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>35</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786052425381</t>
+          <t>9786052424742</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Dijital Elektronik</t>
+          <t>21. Yüzyılda Sürdürülebilirlik: Sosyal Bilimlere Dayalı Perspektif</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>899.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786052424377</t>
+          <t>9786052420218</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve İletişim</t>
+          <t>İlkeler Işığı Altında Medeni Yargılama Hukuku</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>349.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786052427675</t>
+          <t>9786052425381</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmeciliği (Ciltli)</t>
+          <t>Dijital Elektronik</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>189.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786052424117</t>
+          <t>9786052424377</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticari Akitlerin Hazırlanması ve Uyuşmazlıkların Çözüm Yolları (Ciltli)</t>
+          <t>Halkla İlişkiler ve İletişim</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>899.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786053334255</t>
+          <t>9786052427675</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Konut Pazarlaması</t>
+          <t>Sağlık İşletmeciliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>49.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786052422557</t>
+          <t>9786052424117</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Temel Eğitimi</t>
+          <t>Uluslararası Ticari Akitlerin Hazırlanması ve Uyuşmazlıkların Çözüm Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>649.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9789752951792</t>
+          <t>9786053334255</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Türk Film Eleştirisi (1950-2002)</t>
+          <t>Konut Pazarlaması</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>349.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786053330929</t>
+          <t>9786052422557</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Kara Yolu Yük Taşımacılığı</t>
+          <t>İş Sağlığı ve Güvenliği Temel Eğitimi</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>179.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786052425404</t>
+          <t>9789752951792</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış</t>
+          <t>Örneklerle Türk Film Eleştirisi (1950-2002)</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>599.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786254360619</t>
+          <t>9786053330929</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Liderlik: Grup ve Takım Liderliği</t>
+          <t>Kara Yolu Yük Taşımacılığı</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>299.5</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786052429006</t>
+          <t>9786052425404</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Etik Adalet Sosyal Umut</t>
+          <t>Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>239.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786053779476</t>
+          <t>9786254360619</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>İçel Ceza Hukuku Genel Hükümler 2</t>
+          <t>Liderlik: Grup ve Takım Liderliği</t>
         </is>
       </c>
       <c r="C1215" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786052427057</t>
+          <t>9786052429006</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Matematik 2</t>
+          <t>Etik Adalet Sosyal Umut</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>299.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786052421949</t>
+          <t>9786053779476</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Sosyolojisi Tarihi</t>
+          <t>İçel Ceza Hukuku Genel Hükümler 2</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786254361678</t>
+          <t>9786052427057</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Sosyal Medya Pazarlaması</t>
+          <t>Matematik 2</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786254362101</t>
+          <t>9786052421949</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Mahkeme Kararlarıyla Milletlerarası Özel Hukuk El Kitabı</t>
+          <t>Çocukluk Sosyolojisi Tarihi</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786254361487</t>
+          <t>9786254361678</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Mobil Pazarlama</t>
+          <t>Stratejik Sosyal Medya Pazarlaması</t>
         </is>
       </c>
       <c r="C1220" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786254361517</t>
+          <t>9786254362101</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyonda Örnek Olaylar 1</t>
+          <t>Mahkeme Kararlarıyla Milletlerarası Özel Hukuk El Kitabı</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786254361609</t>
+          <t>9786254361487</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu’na Göre Vakıfların Kuruluşu, İşleyişi ve Sona Ermesi</t>
+          <t>Stratejik Mobil Pazarlama</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786254361685</t>
+          <t>9786254361517</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>İfade Özgürlüğü Bağlamında Halkı Kin ve Düşmanlığa Tahrik ve Halkın Bir Kesiminin Alenen Aşağılanması Suçları</t>
+          <t>Yönetim ve Organizasyonda Örnek Olaylar 1</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786254361500</t>
+          <t>9786254361609</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin Hesaplamalı Hidrolik</t>
+          <t>Türk Medeni Kanunu’na Göre Vakıfların Kuruluşu, İşleyişi ve Sona Ermesi</t>
         </is>
       </c>
       <c r="C1224" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786254361166</t>
+          <t>9786254361685</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Mekansal Ekonometri</t>
+          <t>İfade Özgürlüğü Bağlamında Halkı Kin ve Düşmanlığa Tahrik ve Halkın Bir Kesiminin Alenen Aşağılanması Suçları</t>
         </is>
       </c>
       <c r="C1225" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786254361081</t>
+          <t>9786254361500</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Halkla İlişkiler Yönetimi</t>
+          <t>Mühendisler İçin Hesaplamalı Hidrolik</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>259.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786254361067</t>
+          <t>9786254361166</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 5.0 - Dijital Toplum Pazarlama ve Teknoloji</t>
+          <t>Mekansal Ekonometri</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786254361050</t>
+          <t>9786254361081</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Siber Operasyonlar ve Jus Ad Bellum</t>
+          <t>Stratejik Halkla İlişkiler Yönetimi</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>68</v>
+        <v>259.5</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786254360794</t>
+          <t>9786254361067</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Liderlik - Bütçe ve Planlama Yaklaşımıyla Eğitim Liderliği</t>
+          <t>Endüstri 5.0 - Dijital Toplum Pazarlama ve Teknoloji</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>239.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786254360671</t>
+          <t>9786254361050</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Devlet Birey Hukuk İlişkisi (Ciltli)</t>
+          <t>Siber Operasyonlar ve Jus Ad Bellum</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>699.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786254360626</t>
+          <t>9786254360794</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>İş İlişkisinde İşçinin Özel Yaşamının Gizliliği</t>
+          <t>Liderlik - Bütçe ve Planlama Yaklaşımıyla Eğitim Liderliği</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>399.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786254360787</t>
+          <t>9786254360671</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Küresel Girişimcilik</t>
+          <t>Devlet Birey Hukuk İlişkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>349.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786254360480</t>
+          <t>9786254360626</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Marka Nefreti</t>
+          <t>İş İlişkisinde İşçinin Özel Yaşamının Gizliliği</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786254360466</t>
+          <t>9786254360787</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Liderlik</t>
+          <t>Küresel Girişimcilik</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>239.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786254360398</t>
+          <t>9786254360480</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme Çağında Değişen İletişim Dinamikleri</t>
+          <t>Marka Nefreti</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>139.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786254360596</t>
+          <t>9786254360466</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Turkish Penal Procedure Code</t>
+          <t>Liderlik</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>449.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786053335504</t>
+          <t>9786254360398</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Kişilere Karşı İşlenen Suçlar Cilt 1</t>
+          <t>Dijitalleşme Çağında Değişen İletişim Dinamikleri</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>479.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786254360084</t>
+          <t>9786254360596</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Hukukunda Oyuncu</t>
+          <t>Turkish Penal Procedure Code</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>399.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786254360091</t>
+          <t>9786053335504</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Franchise Sözleşmeleri</t>
+          <t>Kişilere Karşı İşlenen Suçlar Cilt 1</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>349.5</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786254360039</t>
+          <t>9786254360084</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>İş ve Sosyal Güvenlik Hukukunda Oyuncu</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786052429662</t>
+          <t>9786254360091</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Küresel Markalarda Marka Rezonansından Marka Aşkına</t>
+          <t>Milletlerarası Özel Hukukta Franchise Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>239.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786052429730</t>
+          <t>9786254360039</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Polislik Kurumunun İnşası ve Polislerin Meslek Örgütlenmesi: Türkiye, İngiltere ve Fransa Örnekleri</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786052429631</t>
+          <t>9786052429662</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’ye Sığınan Yabancıların Aile ve Şahsın Hukuku Davaları</t>
+          <t>Küresel Markalarda Marka Rezonansından Marka Aşkına</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>399.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786052429648</t>
+          <t>9786052429730</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Liderlikte Yeni Bir Yaklaşım: 360° Liderlik</t>
+          <t>Polislik Kurumunun İnşası ve Polislerin Meslek Örgütlenmesi: Türkiye, İngiltere ve Fransa Örnekleri</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786052429617</t>
+          <t>9786052429631</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Odak Grup Görüşmeleri</t>
+          <t>Türkiye’ye Sığınan Yabancıların Aile ve Şahsın Hukuku Davaları</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>279.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786052429587</t>
+          <t>9786052429648</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Liderlik - Teori ve Uygulama</t>
+          <t>Liderlikte Yeni Bir Yaklaşım: 360° Liderlik</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786052429594</t>
+          <t>9786052429617</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Yönünden Asıl İşveren Alt İşveren İlişkisi</t>
+          <t>Odak Grup Görüşmeleri</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>499.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786052429624</t>
+          <t>9786052429587</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yakalı Çiftçiler</t>
+          <t>Liderlik - Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786052429563</t>
+          <t>9786052429594</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Psikolojisi</t>
+          <t>İş Sağlığı ve Güvenliği Yönünden Asıl İşveren Alt İşveren İlişkisi</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>349.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786052429570</t>
+          <t>9786052429624</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Danıştay Kararları Işığında Kamu Görevlilerinde Özel Hayat</t>
+          <t>Beyaz Yakalı Çiftçiler</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786052429471</t>
+          <t>9786052429563</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Marka Yönetimi</t>
+          <t>Tüketici Psikolojisi</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>499.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786052428511</t>
+          <t>9786052429570</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Örgüt İçi Davranışsal Psikoloji</t>
+          <t>Danıştay Kararları Işığında Kamu Görevlilerinde Özel Hayat</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786052429556</t>
+          <t>9786052429471</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Çerçeveleme ve Tüketici Risk Algısı</t>
+          <t>Marka Yönetimi</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>279.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786052429488</t>
+          <t>9786052428511</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>İşçinin Yan Yükümlülükleri</t>
+          <t>Örgüt İçi Davranışsal Psikoloji</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>549.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786052429440</t>
+          <t>9786052429556</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kobi Yönetimi</t>
+          <t>Çerçeveleme ve Tüketici Risk Algısı</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>249.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786052429419</t>
+          <t>9786052429488</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Bağımsız Denetimde Belgelendirme</t>
+          <t>İşçinin Yan Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>249.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786052429334</t>
+          <t>9786052429440</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka</t>
+          <t>Sorularla Kobi Yönetimi</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786052429303</t>
+          <t>9786052429419</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Hakkaniyet Odaklı Yargılama Perspektifi (Özel Yükümlülüğü) (Ciltli)</t>
+          <t>Örneklerle Bağımsız Denetimde Belgelendirme</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>649.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786052429297</t>
+          <t>9786052429334</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında Kadın</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C1259" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786052429204</t>
+          <t>9786052429303</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama İlkeleri</t>
+          <t>Hakkaniyet Odaklı Yargılama Perspektifi (Özel Yükümlülüğü) (Ciltli)</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>399.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786052429198</t>
+          <t>9786052429297</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Düşüncesi ve Popüler Kültür Altında Örgütsel Davranışlar</t>
+          <t>İş Yaşamında Kadın</t>
         </is>
       </c>
       <c r="C1261" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786052429259</t>
+          <t>9786052429204</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Enflasyon Hedeflemesi ve Ülke Deneyimleri</t>
+          <t>Pazarlama İlkeleri</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>229.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786052429273</t>
+          <t>9786052429198</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>7242 Sayılı Kanunla Yapılan Değişikliklere İlişkin Değerlendirmeler</t>
+          <t>Yönetim Düşüncesi ve Popüler Kültür Altında Örgütsel Davranışlar</t>
         </is>
       </c>
       <c r="C1263" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786052429136</t>
+          <t>9786052429259</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Nöroliderlik</t>
+          <t>Enflasyon Hedeflemesi ve Ülke Deneyimleri</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>299.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786052429013</t>
+          <t>9786052429273</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>İdare Aleyhine Açılan Sağlık Hizmeti Sunumundan Kaynaklı Tam Yargı (Tazminat) Davaları (Ciltli)</t>
+          <t>7242 Sayılı Kanunla Yapılan Değişikliklere İlişkin Değerlendirmeler</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>449.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786052428993</t>
+          <t>9786052429136</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Sonrası Değişim ve Dijital İşletme</t>
+          <t>Nöroliderlik</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786052428733</t>
+          <t>9786052429013</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Tasarrufa Dayalı Finans Sistemi ve Yapı Tasarruf Sandığı Sistemi</t>
+          <t>İdare Aleyhine Açılan Sağlık Hizmeti Sunumundan Kaynaklı Tam Yargı (Tazminat) Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>239.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786052428726</t>
+          <t>9786052428993</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Saving-Based Finance System and Building-Savings Fund System</t>
+          <t>Covid-19 Sonrası Değişim ve Dijital İşletme</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786052428719</t>
+          <t>9786052428733</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Saving-Based Finance System</t>
+          <t>Tasarrufa Dayalı Finans Sistemi ve Yapı Tasarruf Sandığı Sistemi</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>199.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786052428979</t>
+          <t>9786052428726</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Spor Mağazacılığında Hizmet Kalitesi ve Marka Sadakati İlişkisi</t>
+          <t>Saving-Based Finance System and Building-Savings Fund System</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>239.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786052424186</t>
+          <t>9786052428719</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Tasarrufa Dayalı Finans Sistemi</t>
+          <t>Saving-Based Finance System</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>239.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786052428986</t>
+          <t>9786052428979</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Girişimci Kobilerde E-Pazarlama Odaklılık</t>
+          <t>Spor Mağazacılığında Hizmet Kalitesi ve Marka Sadakati İlişkisi</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>249.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786052428856</t>
+          <t>9786052424186</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletlerarası Usul Hukukunda Milletlerarası Derdestlik ve Bağlantılı Dava İtirazı</t>
+          <t>Tasarrufa Dayalı Finans Sistemi</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>399.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786052428801</t>
+          <t>9786052428986</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Dünya Mutfak Kültürleri</t>
+          <t>Uluslararası Girişimci Kobilerde E-Pazarlama Odaklılık</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786052428696</t>
+          <t>9786052428856</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Erk’ek Şiddeti ile Mücadele</t>
+          <t>Türk Milletlerarası Usul Hukukunda Milletlerarası Derdestlik ve Bağlantılı Dava İtirazı</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786052428375</t>
+          <t>9786052428801</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamında Yetenek 4.0</t>
+          <t>Dünya Mutfak Kültürleri</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786052428795</t>
+          <t>9786052428696</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Sürecinde Milletlerarası Özel Hukuk</t>
+          <t>Kadına Yönelik Erk’ek Şiddeti ile Mücadele</t>
         </is>
       </c>
       <c r="C1277" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786052428702</t>
+          <t>9786052428375</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Başvuruda Özel Hayata ve Aile Hayatına Saygı Hakkı</t>
+          <t>Çalışma Yaşamında Yetenek 4.0</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786052428641</t>
+          <t>9786052428795</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>(Medeni) Hukukun Temel Kavramları</t>
+          <t>Covid-19 Sürecinde Milletlerarası Özel Hukuk</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786052428450</t>
+          <t>9786052428702</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiye Notlar</t>
+          <t>Bireysel Başvuruda Özel Hayata ve Aile Hayatına Saygı Hakkı</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786052428320</t>
+          <t>9786052428641</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Kutuplaşma ve Seçmen Davranışları Türkiye Örneği (Ocak 2012-Mart 2020)</t>
+          <t>(Medeni) Hukukun Temel Kavramları</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>189.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786052428337</t>
+          <t>9786052428450</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Ekonometri</t>
+          <t>Yöneticiye Notlar</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786052428306</t>
+          <t>9786052428320</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Türü Aile Şirketlerinde Esas Sözleşme ve Aile Anayasası</t>
+          <t>Kutuplaşma ve Seçmen Davranışları Türkiye Örneği (Ocak 2012-Mart 2020)</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>399.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786052428245</t>
+          <t>9786052428337</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'nin Bireysel Başvuru Kararlarında Sendika Hakkı</t>
+          <t>Ekonometri</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786052428108</t>
+          <t>9786052428306</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuka İlişkin Temel Mevzuat (Ciltli)</t>
+          <t>Anonim Şirket Türü Aile Şirketlerinde Esas Sözleşme ve Aile Anayasası</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786052428139</t>
+          <t>9786052428245</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı-Tablolu Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat</t>
+          <t>Anayasa Mahkemesi'nin Bireysel Başvuru Kararlarında Sendika Hakkı</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>879.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786052428085</t>
+          <t>9786052428108</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Finansal ve Reel Yaşama Yansımaları</t>
+          <t>Milletlerarası Özel Hukuka İlişkin Temel Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>349.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786052427736</t>
+          <t>9786052428139</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Kabahatler Hukukunun Genel Esasları</t>
+          <t>Karşılaştırmalı-Tablolu Türk Ceza Kanunu Ceza Muhakemesi Kanunu Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanun ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>399.5</v>
+        <v>879.5</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786052427774</t>
+          <t>9786052428085</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Türk Havayolu Taşımacılığı Alanında Kurumsal Değişim</t>
+          <t>Küreselleşmenin Finansal ve Reel Yaşama Yansımaları</t>
         </is>
       </c>
       <c r="C1289" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786052427729</t>
+          <t>9786052427736</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukuna Giriş</t>
+          <t>Kabahatler Hukukunun Genel Esasları</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>899.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786052427187</t>
+          <t>9786052427774</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Depremin Faydaları</t>
+          <t>Türk Havayolu Taşımacılığı Alanında Kurumsal Değişim</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786052427149</t>
+          <t>9786052427729</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış</t>
+          <t>Türk Ceza Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>599.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786052427125</t>
+          <t>9786052427187</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk ve Usul Hukukunda Zamanaşımı (Ciltli)</t>
+          <t>Depremin Faydaları</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>349.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786052427378</t>
+          <t>9786052427149</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Etik</t>
+          <t>Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>249.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786052427217</t>
+          <t>9786052427125</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Tüketim Yaklaşımları</t>
+          <t>Milletlerarası Özel Hukuk ve Usul Hukukunda Zamanaşımı (Ciltli)</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>229.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786052427156</t>
+          <t>9786052427378</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigorta Primlerinde Zamanaşımı</t>
+          <t>İnsan Kaynakları Yönetiminde Etik</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786052427118</t>
+          <t>9786052427217</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Kereste Endüstrisinde Maliyet Hesaplamaları ve Stratejik Maliyet Yönetimi</t>
+          <t>Tüketim Yaklaşımları</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>299.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786052426975</t>
+          <t>9786052427156</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Dijital Offroad</t>
+          <t>Sosyal Sigorta Primlerinde Zamanaşımı</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786052426951</t>
+          <t>9786052427118</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'den Uygulama Örnekleriyle Bütünleşik Pazarlama İletişimi</t>
+          <t>Kereste Endüstrisinde Maliyet Hesaplamaları ve Stratejik Maliyet Yönetimi</t>
         </is>
       </c>
       <c r="C1299" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786052426937</t>
+          <t>9786052426975</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketler</t>
+          <t>Dijital Offroad</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786052426920</t>
+          <t>9786052426951</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Vergi ve Temel Haklar İncelemeleri 1</t>
+          <t>Türkiye'den Uygulama Örnekleriyle Bütünleşik Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786052426944</t>
+          <t>9786052426937</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kurumsal Tahkim</t>
+          <t>Anonim Şirketler</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786052426777</t>
+          <t>9786052426920</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Haberleşmenin Gizliliğini İhlal Suçları</t>
+          <t>Vergi ve Temel Haklar İncelemeleri 1</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786052427583</t>
+          <t>9786052426944</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukun Esasları</t>
+          <t>Türkiye’de Kurumsal Tahkim</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>649.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786052428634</t>
+          <t>9786052426777</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk</t>
+          <t>Ceza Hukukunda Haberleşmenin Gizliliğini İhlal Suçları</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786052426470</t>
+          <t>9786052427583</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Finans Yazıları 4</t>
+          <t>Uluslararası Hukukun Esasları</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>349.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786052426692</t>
+          <t>9786052428634</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Hindistan</t>
+          <t>Medeni Hukuk</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>299.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786052426586</t>
+          <t>9786052426470</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesinde Yenilikçi Yaklaşımlar</t>
+          <t>İşletme ve Finans Yazıları 4</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786052426562</t>
+          <t>9786052426692</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Finansal Raporlama Standartları Uygulamaları</t>
+          <t>Hindistan</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>899.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786052426487</t>
+          <t>9786052426586</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Veri Madenciliği Uygulamaları</t>
+          <t>Yönetim Muhasebesinde Yenilikçi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786052426524</t>
+          <t>9786052426562</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Demiryoluyla Uluslararası Eşya Taşıma (CIM 1999)</t>
+          <t>Türkiye Finansal Raporlama Standartları Uygulamaları</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>349.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786052426494</t>
+          <t>9786052426487</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Yöntem</t>
+          <t>Pazarlamada Veri Madenciliği Uygulamaları</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786052423943</t>
+          <t>9786052426524</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi ve Maliyesi 1923-2023</t>
+          <t>Demiryoluyla Uluslararası Eşya Taşıma (CIM 1999)</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786052426081</t>
+          <t>9786052426494</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Envanter ve Finansal Tablolar</t>
+          <t>Hukukta Yöntem</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>699.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786052426128</t>
+          <t>9786052423943</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku El Kitabı</t>
+          <t>Türkiye Ekonomisi ve Maliyesi 1923-2023</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786052425817</t>
+          <t>9786052426081</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yöneticiliği</t>
+          <t>Envanter ve Finansal Tablolar</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>1399.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786052425985</t>
+          <t>9786052426128</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Türkiyedeki Hava Aracı Bakım İşletmelerinde Olumlu Emniyet Kültürünü Destekleyen Bir Disiplin Sistemi Önerisi</t>
+          <t>Ceza Muhakemesi Hukuku El Kitabı</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>239.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786052425763</t>
+          <t>9786052425817</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
+          <t>İşletme Yöneticiliği</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>699.5</v>
+        <v>1399.5</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786052425954</t>
+          <t>9786052425985</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukukunun Genel İlkeleri</t>
+          <t>Türkiyedeki Hava Aracı Bakım İşletmelerinde Olumlu Emniyet Kültürünü Destekleyen Bir Disiplin Sistemi Önerisi</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>249.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786052425756</t>
+          <t>9786052425763</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesinin İdari Davalarla İlgili Yargılama Ayrıntıları</t>
+          <t>Milletlerarası Özel Hukuk Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>349.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786052425596</t>
+          <t>9786052425954</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Airline Business and Economics Textbook</t>
+          <t>Ticaret Hukukunun Genel İlkeleri</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>279.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786052425602</t>
+          <t>9786052425756</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Avro - Dünü Bugünü ve Yarını</t>
+          <t>Avrupa İnsan Hakları Mahkemesinin İdari Davalarla İlgili Yargılama Ayrıntıları</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786052425749</t>
+          <t>9786052425596</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Daimi Adalet Divanı</t>
+          <t>Airline Business and Economics Textbook</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>299.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786052425701</t>
+          <t>9786052425602</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Finans Yazıları 3</t>
+          <t>Avro - Dünü Bugünü ve Yarını</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786052425657</t>
+          <t>9786052425749</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Ölçülülük İlkesi (Ciltli)</t>
+          <t>Uluslararası Daimi Adalet Divanı</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>549.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786052425671</t>
+          <t>9786052425701</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Toplam Kalite Yönetimine Güncel Bakış</t>
+          <t>İşletme ve Finans Yazıları 3</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786052425688</t>
+          <t>9786052425657</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Performans Değerlendirmede Kurumsal Karne</t>
+          <t>İş Hukukunda Ölçülülük İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>249.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786052425589</t>
+          <t>9786052425671</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Marka Kişiliği</t>
+          <t>Toplam Kalite Yönetimine Güncel Bakış</t>
         </is>
       </c>
       <c r="C1328" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786052425725</t>
+          <t>9786052425688</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbolcunun İş İlişkisinin Sona Ermesi ve Sonuçları</t>
+          <t>Stratejik Performans Değerlendirmede Kurumsal Karne</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786052425572</t>
+          <t>9786052425589</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Politikalar ve Endüstri İlişkilerinin Geleceği</t>
+          <t>Marka Kişiliği</t>
         </is>
       </c>
       <c r="C1330" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786052425626</t>
+          <t>9786052425725</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Havayolu Yolcu Taşımacılığında Fiyatlama</t>
+          <t>Profesyonel Futbolcunun İş İlişkisinin Sona Ermesi ve Sonuçları</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786052425640</t>
+          <t>9786052425572</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Finansal Piyasalar</t>
+          <t>Ekonomik Politikalar ve Endüstri İlişkilerinin Geleceği</t>
         </is>
       </c>
       <c r="C1332" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786052425619</t>
+          <t>9786052425626</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>İhracat Performansı</t>
+          <t>Uluslararası Havayolu Yolcu Taşımacılığında Fiyatlama</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786052425442</t>
+          <t>9786052425640</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Turizmde Yavaş Şehir: Seferihisar Örneği</t>
+          <t>Geçmişten Günümüze Finansal Piyasalar</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786052425435</t>
+          <t>9786052425619</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Bütünleştirici Bir Paradigma: Kurumsal Pazarlama</t>
+          <t>İhracat Performansı</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>279.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786052425367</t>
+          <t>9786052425442</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm</t>
+          <t>Uluslararası Turizmde Yavaş Şehir: Seferihisar Örneği</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786052425428</t>
+          <t>9786052425435</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi ve Örgüt İçi Etkileşim</t>
+          <t>Bütünleştirici Bir Paradigma: Kurumsal Pazarlama</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>299.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786052425350</t>
+          <t>9786052425367</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Liderlikte Etik Toplumsal Sorumluluk Kültür</t>
+          <t>Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786052425268</t>
+          <t>9786052425428</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Derlemeler - 1</t>
+          <t>İnsan Kaynakları Yönetimi ve Örgüt İçi Etkileşim</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>189.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786052425305</t>
+          <t>9786052425350</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasaları ve Finansal Kurumlar</t>
+          <t>Liderlikte Etik Toplumsal Sorumluluk Kültür</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786052425275</t>
+          <t>9786052425268</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanununda Düzenlenen Kısmi Süreli İş Sözleşmeleri</t>
+          <t>Derlemeler - 1</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>299.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786052425329</t>
+          <t>9786052425305</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Çalışanların İş Sağlığı ve Güvenliği Yükümlülükleri</t>
+          <t>Sermaye Piyasaları ve Finansal Kurumlar</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786052425312</t>
+          <t>9786052425275</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Temelinde Sigortacılık ve Tekafülü Anlamak</t>
+          <t>4857 Sayılı İş Kanununda Düzenlenen Kısmi Süreli İş Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786052425060</t>
+          <t>9786052425329</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Göç</t>
+          <t>Çalışanların İş Sağlığı ve Güvenliği Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786052425220</t>
+          <t>9786052425312</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim</t>
+          <t>Hukuk Temelinde Sigortacılık ve Tekafülü Anlamak</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>499.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786052425190</t>
+          <t>9786052425060</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Fitness Hizmetleri ve Pazarlaması</t>
+          <t>Uluslararası Göç</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>279.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786052424995</t>
+          <t>9786052425220</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Havacılık Sektöründe Bir Uygulama</t>
+          <t>Finansal Yönetim</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>229.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786052424728</t>
+          <t>9786052425190</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Pazarlama</t>
+          <t>Fitness Hizmetleri ve Pazarlaması</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>249.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786052425015</t>
+          <t>9786052424995</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yeni İktisat Deneysel İktisat</t>
+          <t>Havacılık Sektöründe Bir Uygulama</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>149.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786052424827</t>
+          <t>9786052424728</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Mevzuatı Eylül 2019</t>
+          <t>Sosyal Pazarlama</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>38</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786052424308</t>
+          <t>9786052425015</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Güç ve Politika</t>
+          <t>Yeniden Yeni İktisat Deneysel İktisat</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>239.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786052424711</t>
+          <t>9786052424827</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler TCK m. 1-75</t>
+          <t>İnsan Hakları Mevzuatı Eylül 2019</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>849.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786052427040</t>
+          <t>9786052424308</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
+          <t>Örgütlerde Güç ve Politika</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>1950</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786053332282</t>
+          <t>9786052424711</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nde Bölgesel Kalkınma Ajansları</t>
+          <t>Ceza Hukuku Genel Hükümler TCK m. 1-75</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>399.5</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786052424360</t>
+          <t>9786052427040</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Finans Yazıları 2</t>
+          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>349.5</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786052424346</t>
+          <t>9786053332282</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olaylarla Örgütsel Davranış</t>
+          <t>Avrupa Birliği'nde Bölgesel Kalkınma Ajansları</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786053779001</t>
+          <t>9786052424360</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Matematik 1</t>
+          <t>İşletme ve Finans Yazıları 2</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786052424230</t>
+          <t>9786052424346</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 4 (Ciltli)</t>
+          <t>Örnek Olaylarla Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>649.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786052424162</t>
+          <t>9786053779001</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Tasarrufa Dayalı Finans</t>
+          <t>Matematik 1</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786052424124</t>
+          <t>9786052424230</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji İnovasyon ve Girişimcilik</t>
+          <t>Makaleler 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>249.5</v>
+        <v>649.5</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786053331988</t>
+          <t>9786052424162</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Politikada Ukrayna Krizi</t>
+          <t>Tasarrufa Dayalı Finans</t>
         </is>
       </c>
       <c r="C1361" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786053335382</t>
+          <t>9786052424124</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Hukukuna İliştin Mevzuat ve Antlaşmalar</t>
+          <t>Teknoloji İnovasyon ve Girişimcilik</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>174.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786053334880</t>
+          <t>9786053331988</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>İç Güvenlik İstihbaratı ve Kolluk</t>
+          <t>Uluslararası Politikada Ukrayna Krizi</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>499.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786052424056</t>
+          <t>9786053335382</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>İşveren Markası</t>
+          <t>Yabancılar Hukukuna İliştin Mevzuat ve Antlaşmalar</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>199.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786052424070</t>
+          <t>9786053334880</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukuna Giriş</t>
+          <t>İç Güvenlik İstihbaratı ve Kolluk</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786052426609</t>
+          <t>9786052424056</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Deneyimi Yönetimi</t>
+          <t>İşveren Markası</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786052423707</t>
+          <t>9786052424070</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku - Genel Hükümler El Kitabı</t>
+          <t>Sermaye Piyasası Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786053779285</t>
+          <t>9786052426609</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Tüketimin 1001 Hali</t>
+          <t>Müşteri Deneyimi Yönetimi</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786052428290</t>
+          <t>9786052423707</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Kamu Bütçesi</t>
+          <t>Borçlar Hukuku - Genel Hükümler El Kitabı</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786052423929</t>
+          <t>9786053779285</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Havalimanı Yatırımı Ekonomisi İşletmesi</t>
+          <t>Tüketimin 1001 Hali</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786052423608</t>
+          <t>9786052428290</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yabancıların İkamet İzinleri</t>
+          <t>Kamu Bütçesi</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786052423516</t>
+          <t>9786052423929</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Davranış</t>
+          <t>Havalimanı Yatırımı Ekonomisi İşletmesi</t>
         </is>
       </c>
       <c r="C1372" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786052423837</t>
+          <t>9786052423608</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Kira Sertifikalarıyla Sukuk Gayrimenkul Projelerinin Finansmanı</t>
+          <t>Türk Hukukunda Yabancıların İkamet İzinleri</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786052423714</t>
+          <t>9786052423516</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Teorisi</t>
+          <t>Yönetim ve Davranış</t>
         </is>
       </c>
       <c r="C1374" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786052423691</t>
+          <t>9786052423837</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Emniyet Teşkilatı'nda İletişim Algısı ve Halkla İlişkiler Çalışmalarına Yansıması</t>
+          <t>Kira Sertifikalarıyla Sukuk Gayrimenkul Projelerinin Finansmanı</t>
         </is>
       </c>
       <c r="C1375" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786052423684</t>
+          <t>9786052423714</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Terör ve Ekonomi</t>
+          <t>Pazarlama Teorisi</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>112</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786052423769</t>
+          <t>9786052423691</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne Finansal Yükseliş</t>
+          <t>Emniyet Teşkilatı'nda İletişim Algısı ve Halkla İlişkiler Çalışmalarına Yansıması</t>
         </is>
       </c>
       <c r="C1377" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786052423592</t>
+          <t>9786052423684</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Finansal Piyasalar ve Kurumlar</t>
+          <t>Terör ve Ekonomi</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>299.5</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786052423622</t>
+          <t>9786052423769</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama ve Sosyoloji</t>
+          <t>Geçmişten Bugüne Finansal Yükseliş</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786052423547</t>
+          <t>9786052423592</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Perakendecilikte Performans Ölçümü</t>
+          <t>Finansal Piyasalar ve Kurumlar</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786052423578</t>
+          <t>9786052423622</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigorta Prim Borçlarından Şahsi Sorumluluk</t>
+          <t>Pazarlama ve Sosyoloji</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786052423370</t>
+          <t>9786052423547</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>E - Yönetişim</t>
+          <t>Perakendecilikte Performans Ölçümü</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>129.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786052423523</t>
+          <t>9786052423578</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Spor Turizminin Parametreleri</t>
+          <t>Sosyal Sigorta Prim Borçlarından Şahsi Sorumluluk</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786052423455</t>
+          <t>9786052423370</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Holdinglerde Piramit Yapılanma</t>
+          <t>E - Yönetişim</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>299.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786052423424</t>
+          <t>9786052423523</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Grup Toplu İş Sözleşmeleri ve Çerçeve Sözleşmeler</t>
+          <t>Spor Turizminin Parametreleri</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786052423080</t>
+          <t>9786052423455</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Holdinglerde Piramit Yapılanma</t>
         </is>
       </c>
       <c r="C1386" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786052423059</t>
+          <t>9786052423424</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Masamızda Marka Sohbetleri - 2</t>
+          <t>Türk Hukukunda Grup Toplu İş Sözleşmeleri ve Çerçeve Sözleşmeler</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786052423127</t>
+          <t>9786052423080</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Sözlülük İlkesi</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C1388" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786052423097</t>
+          <t>9786052423059</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Finans Yazıları 1</t>
+          <t>Masamızda Marka Sohbetleri - 2</t>
         </is>
       </c>
       <c r="C1389" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786052423066</t>
+          <t>9786052423127</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>İşletme ve Ekonomi Yazıları 1</t>
+          <t>Sözlülük İlkesi</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786052423042</t>
+          <t>9786052423097</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Sermaye Olarak Marka</t>
+          <t>İşletme ve Finans Yazıları 1</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786052422977</t>
+          <t>9786052423066</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yönetim Sistemine Göre Türkiye'de Kamu Yönetimi</t>
+          <t>İşletme ve Ekonomi Yazıları 1</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>68</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786052422014</t>
+          <t>9786052423042</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Arduino - Gömülü Sistem Tasarımı (Embedded System Design)</t>
+          <t>Entelektüel Sermaye Olarak Marka</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786052422151</t>
+          <t>9786052422977</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Yeni Yaklaşımlar 2</t>
+          <t>Yeni Yönetim Sistemine Göre Türkiye'de Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>349.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786052422205</t>
+          <t>9786052422014</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesi</t>
+          <t>Arduino - Gömülü Sistem Tasarımı (Embedded System Design)</t>
         </is>
       </c>
       <c r="C1395" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786052426197</t>
+          <t>9786052422151</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar Hukuku</t>
+          <t>İş Hukukunda Yeni Yaklaşımlar 2</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>599.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786052422878</t>
+          <t>9786052422205</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>İnternet Haberciliği: Kuram, Uygulama ve Eleştiri</t>
+          <t>Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786052422946</t>
+          <t>9786052426197</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>July 15 The Night At The End Of Days: The Nation Strikes</t>
+          <t>Yabancılar Hukuku</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>36</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786052422885</t>
+          <t>9786052422878</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk Dezavantajlı Gruplar Tüketici Tutumu</t>
+          <t>İnternet Haberciliği: Kuram, Uygulama ve Eleştiri</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>68</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786052422847</t>
+          <t>9786052422946</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Portrelerle Anarşizm</t>
+          <t>July 15 The Night At The End Of Days: The Nation Strikes</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>349.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786052422854</t>
+          <t>9786052422885</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Siyasal, Ekonomik ve Entelektüel Boyutlarıyla İyi Yönetişim</t>
+          <t>Kurumsal Sosyal Sorumluluk Dezavantajlı Gruplar Tüketici Tutumu</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>349.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786052422694</t>
+          <t>9786052422847</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Araştırmalarında Yeni Açılım: Sinirbilim ve Nöropazarlama Perspektifi</t>
+          <t>Portrelerle Anarşizm</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786052423615</t>
+          <t>9786052422854</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Gelişim ve Psikoloji</t>
+          <t>Siyasal, Ekonomik ve Entelektüel Boyutlarıyla İyi Yönetişim</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786052422670</t>
+          <t>9786052422694</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranışta ve İnsan Kaynakları Yönetimi Uygulamalarında Örgütsel Vatandaşlık Davranışı</t>
+          <t>Tüketici Araştırmalarında Yeni Açılım: Sinirbilim ve Nöropazarlama Perspektifi</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>65</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786052422526</t>
+          <t>9786052423615</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Temel İlk Yardım Uygulamaları Eğitim Kitabı</t>
+          <t>Gelişim ve Psikoloji</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786052421154</t>
+          <t>9786052422670</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Boşanmanın Çocuk Açısından Sonuçları</t>
+          <t>Örgütsel Davranışta ve İnsan Kaynakları Yönetimi Uygulamalarında Örgütsel Vatandaşlık Davranışı</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>299.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786052422502</t>
+          <t>9786052422526</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku</t>
+          <t>Temel İlk Yardım Uygulamaları Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>499.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786052422274</t>
+          <t>9786052421154</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Temel İş Yasaları</t>
+          <t>Boşanmanın Çocuk Açısından Sonuçları</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>69.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786052422458</t>
+          <t>9786052422502</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesi</t>
+          <t>İş Hukuku</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>399.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786052422229</t>
+          <t>9786052422274</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Gelişmekte Olan Ülkelerde Makroekonomik Değişkenlerin Hisse Senedi Piyasalarına Asimetrik Etkileri</t>
+          <t>Temel İş Yasaları</t>
         </is>
       </c>
       <c r="C1410" s="1">
         <v>69.5</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786052422342</t>
+          <t>9786052422458</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil İşletmelerde Güncel Eğilimler</t>
+          <t>Yönetim Muhasebesi</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786052422298</t>
+          <t>9786052422229</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>İkna Odaklı Halkla İlişkiler Yazarlığı</t>
+          <t>Gelişmekte Olan Ülkelerde Makroekonomik Değişkenlerin Hisse Senedi Piyasalarına Asimetrik Etkileri</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>299.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786052422212</t>
+          <t>9786052422342</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetimde Harp Tarihi ve Askeri Harekat Tarihi İnceleme Esasları</t>
+          <t>Yeni Nesil İşletmelerde Güncel Eğilimler</t>
         </is>
       </c>
       <c r="C1413" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786052422007</t>
+          <t>9786052422298</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku</t>
+          <t>İkna Odaklı Halkla İlişkiler Yazarlığı</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>749.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786052422175</t>
+          <t>9786052422212</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Nitel Araştırma Yöntemleri</t>
+          <t>Stratejik Yönetimde Harp Tarihi ve Askeri Harekat Tarihi İnceleme Esasları</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786052421987</t>
+          <t>9786052422007</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesi</t>
+          <t>Eşya Hukuku</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>549.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786052421956</t>
+          <t>9786052422175</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Ortaklıklarda Pay Sahiplerinin Ortaklıktan Ayrılma Hakkı</t>
+          <t>Nitel Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>79.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786053337997</t>
+          <t>9786052421987</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Yönetimi</t>
+          <t>Maliyet Muhasebesi</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>799.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786052421895</t>
+          <t>9786052421956</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Reklam Yönetimi</t>
+          <t>Halka Açık Anonim Ortaklıklarda Pay Sahiplerinin Ortaklıktan Ayrılma Hakkı</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>499.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786052421826</t>
+          <t>9786053337997</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Sektörü Getirilerinin Belirleyicileri</t>
+          <t>Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>49.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786052421888</t>
+          <t>9786052421895</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal ve Sosyal Bilim Araştırmacıları İçin Veri Toplama Platformu</t>
+          <t>Reklam Yönetimi</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>149.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786052426456</t>
+          <t>9786052421826</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Konkordato</t>
+          <t>Sanayi Sektörü Getirilerinin Belirleyicileri</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>349.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786052421840</t>
+          <t>9786052421888</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Bilim Olarak Pazarlama</t>
+          <t>Davranışsal ve Sosyal Bilim Araştırmacıları İçin Veri Toplama Platformu</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>449.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786052421871</t>
+          <t>9786052426456</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kuruluşlarında Dış Kaynaklardan Yararlanmanın (Outsourcing) Hasta Memnuniyetine Etkisi</t>
+          <t>Konkordato</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>35</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786053331698</t>
+          <t>9786052421840</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Çercevesinde Milletlerarası Mal Satımına İlişkin BM. Sözleşmesinin Uygulama Alanı</t>
+          <t>Bilim Olarak Pazarlama</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>349.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786052421796</t>
+          <t>9786052421871</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Şiddet ve Yönetimi</t>
+          <t>Sağlık Kuruluşlarında Dış Kaynaklardan Yararlanmanın (Outsourcing) Hasta Memnuniyetine Etkisi</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>27.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786052421789</t>
+          <t>9786053331698</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Modellerine Ait Teorilerin Uygulanmasında Analitik Yaklaşımlar</t>
+          <t>Milletlerarası Özel Hukuk Çercevesinde Milletlerarası Mal Satımına İlişkin BM. Sözleşmesinin Uygulama Alanı</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786052421741</t>
+          <t>9786052421796</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Finansal Analiz ve Uygulamalar</t>
+          <t>Sağlık Kurumlarında Şiddet ve Yönetimi</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>249.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786052421703</t>
+          <t>9786052421789</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Kısmi Süreli (Part-Time) Çalışma</t>
+          <t>Yatırım Modellerine Ait Teorilerin Uygulanmasında Analitik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>35</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786052421680</t>
+          <t>9786052421741</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yöneticilerinin Değişen Rolleri ve Yetkinlikleri</t>
+          <t>İşletmelerde Finansal Analiz ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>58</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786052421598</t>
+          <t>9786052421703</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku Şema Kitap</t>
+          <t>İş Hayatında Kısmi Süreli (Part-Time) Çalışma</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>499.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786052421659</t>
+          <t>9786052421680</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Banka Birleşmeleri Üzerine Bir Araştırma</t>
+          <t>İnsan Kaynakları Yöneticilerinin Değişen Rolleri ve Yetkinlikleri</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>49.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786053339151</t>
+          <t>9786052421598</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Büyük Veri Bilgi Yönetimi ve İş Zekası</t>
+          <t>Miras Hukuku Şema Kitap</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786052421338</t>
+          <t>9786052421659</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hak ve Yükümlülüklere İlişkin Davalarda Süreç Adaleti (Ciltli)</t>
+          <t>Banka Birleşmeleri Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>799.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786052421567</t>
+          <t>9786053339151</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Türk Yönetim Tarihi ve Düşüncesi</t>
+          <t>Büyük Veri Bilgi Yönetimi ve İş Zekası</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>59.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786052421505</t>
+          <t>9786052421338</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığının Biyo-Psiko-Sosyal ve Hukuksal Analizi</t>
+          <t>Medeni Hak ve Yükümlülüklere İlişkin Davalarda Süreç Adaleti (Ciltli)</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>27.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786052421482</t>
+          <t>9786052421567</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>İşletme Organizasyonu</t>
+          <t>Türk Yönetim Tarihi ve Düşüncesi</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>39.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786052421550</t>
+          <t>9786052421505</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Kurumların Yeni İletişim Biçimleri</t>
+          <t>Madde Bağımlılığının Biyo-Psiko-Sosyal ve Hukuksal Analizi</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>299.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786052421468</t>
+          <t>9786052421482</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Global Şirketlerde Kadrolama Stratejileri</t>
+          <t>İşletme Organizasyonu</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>129.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786052421437</t>
+          <t>9786052421550</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyanın İş Yaşamındaki Yeri</t>
+          <t>Kurumların Yeni İletişim Biçimleri</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>48</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786052421369</t>
+          <t>9786052421468</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinin Sürdürülebilirliğinde Paradoks</t>
+          <t>Global Şirketlerde Kadrolama Stratejileri</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>29.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786052421444</t>
+          <t>9786052421437</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Adalet Peşinde</t>
+          <t>Sosyal Medyanın İş Yaşamındaki Yeri</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>349.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786052421321</t>
+          <t>9786052421369</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşletmecilik ve Yönetim</t>
+          <t>Aile İşletmelerinin Sürdürülebilirliğinde Paradoks</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>87.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786052421062</t>
+          <t>9786052421444</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıkta Pay Sahibinin Oy Hakkının Donması</t>
+          <t>Adalet Peşinde</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786052421390</t>
+          <t>9786052421321</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Risk Yönetimi ve Karar Verme</t>
+          <t>Uluslararası İşletmecilik ve Yönetim</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>249.5</v>
+        <v>87.5</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786052421376</t>
+          <t>9786052421062</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Hukukunda Birlikte İşverenlik</t>
+          <t>Anonim Ortaklıkta Pay Sahibinin Oy Hakkının Donması</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>239.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786052421277</t>
+          <t>9786052421390</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Finans ve Ekonomi - Bilimsel Kare-Bulmaca</t>
+          <t>İşletmelerde Risk Yönetimi ve Karar Verme</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786052421093</t>
+          <t>9786052421376</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Vergilendirmede Matrah Aşındırma ve Kar Kaydırma (BEPS) / Base Erosion and Profit Shifting (BEPS) in Taxation</t>
+          <t>İş ve Sosyal Güvenlik Hukukunda Birlikte İşverenlik</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>399.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786053337867</t>
+          <t>9786052421277</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Bilgi Toplama ve Açıklamanın Sınırları / Limitations on Colleciton and Disclosure of Taxpayer Information in Tax Law</t>
+          <t>Finans ve Ekonomi - Bilimsel Kare-Bulmaca</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>229.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786052421284</t>
+          <t>9786052421093</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Sınıraşan Akifer Hukuku</t>
+          <t>Vergilendirmede Matrah Aşındırma ve Kar Kaydırma (BEPS) / Base Erosion and Profit Shifting (BEPS) in Taxation</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>22.9</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786052421291</t>
+          <t>9786053337867</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Küresel Girişimcilik ve E-Ticaret</t>
+          <t>Vergi Hukukunda Bilgi Toplama ve Açıklamanın Sınırları / Limitations on Colleciton and Disclosure of Taxpayer Information in Tax Law</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>249.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786052421161</t>
+          <t>9786052421284</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Hasta Hakları ve Hasta Hakları İhlalinde Başvuru Yolları</t>
+          <t>Milletlerarası Sınıraşan Akifer Hukuku</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>399.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786052421147</t>
+          <t>9786052421291</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Siyasal Hayatı</t>
+          <t>Küresel Girişimcilik ve E-Ticaret</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>48</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786052421024</t>
+          <t>9786052421161</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Asimilasyon Çemberindeki Bulgaristan Müslümanları</t>
+          <t>Hasta Hakları ve Hasta Hakları İhlalinde Başvuru Yolları</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>49.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786052420966</t>
+          <t>9786052421147</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Yönüyle Dünyadaki Başkanlık Sistemi</t>
+          <t>Türkiye'nin Siyasal Hayatı</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>25</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786052420980</t>
+          <t>9786052421024</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Yargı Denetiminde Adli Muhasebecilik ve Hile İncelemesi</t>
+          <t>Asimilasyon Çemberindeki Bulgaristan Müslümanları</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>149.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786052421031</t>
+          <t>9786052420966</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavram ve Uygulamaları ile Tesis Yönetimi</t>
+          <t>Liderlik Yönüyle Dünyadaki Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>299.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786052420911</t>
+          <t>9786052420980</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Vizyon Yönetimi</t>
+          <t>Yargı Denetiminde Adli Muhasebecilik ve Hile İncelemesi</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>38</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786052420867</t>
+          <t>9786052421031</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Karışık Pazarlama Tarifleri 2</t>
+          <t>Temel Kavram ve Uygulamaları ile Tesis Yönetimi</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>28.9</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786052420829</t>
+          <t>9786052420911</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Jeopolitiği</t>
+          <t>Liderlik ve Vizyon Yönetimi</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>69.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786052420812</t>
+          <t>9786052420867</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Niyeti</t>
+          <t>Ortaya Karışık Pazarlama Tarifleri 2</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>28</v>
+        <v>28.9</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786052420836</t>
+          <t>9786052420829</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım Tahkiminde Şeffaflık Kavramı</t>
+          <t>Karadeniz Jeopolitiği</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>49.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786052420805</t>
+          <t>9786052420812</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>"Rekabet Politikası" Faslı Neden Müzakereye Açılamıyor?</t>
+          <t>Girişimcilik Niyeti</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>48</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786052420751</t>
+          <t>9786052420836</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Pazarlaması</t>
+          <t>Uluslararası Yatırım Tahkiminde Şeffaflık Kavramı</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>249.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786052420720</t>
+          <t>9786052420805</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Büyük ve Orto Boy İşletmeler için Finansal Raporlama Standardı Uygulamaları ( Bobi Frs )</t>
+          <t>"Rekabet Politikası" Faslı Neden Müzakereye Açılamıyor?</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>49.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786052420737</t>
+          <t>9786052420751</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlama Karması ve Stratejileri</t>
+          <t>Sosyal Medya Pazarlaması</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>39.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786052420744</t>
+          <t>9786052420720</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Hükümlerine Göre Şirketlerin Bölünmesi</t>
+          <t>Büyük ve Orto Boy İşletmeler için Finansal Raporlama Standardı Uygulamaları ( Bobi Frs )</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>349</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786052420713</t>
+          <t>9786052420737</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik İletişimi</t>
+          <t>Hizmet Pazarlama Karması ve Stratejileri</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>249.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786052424919</t>
+          <t>9786052420744</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka ve İletişim</t>
+          <t>Türk Ticaret Kanunu Hükümlerine Göre Şirketlerin Bölünmesi</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>299.5</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786052420706</t>
+          <t>9786052420713</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Anımsayıp Geleceği Yönlendirme</t>
+          <t>Kurumsal Sürdürülebilirlik İletişimi</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786053338499</t>
+          <t>9786052424919</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>MYO İçin Dış Ticaret İşlemleri Yönetimi</t>
+          <t>Duygusal Zeka ve İletişim</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786052420553</t>
+          <t>9786052420706</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Katılım Bankacılığı</t>
+          <t>Geçmişi Anımsayıp Geleceği Yönlendirme</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786053334507</t>
+          <t>9786053338499</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Tahkim Öncesi Uyuşmazlık Çözüm Usulleri ve Bu Usuller Tüketilmeden Tahkime Başvurulmasının Sonuçları</t>
+          <t>MYO İçin Dış Ticaret İşlemleri Yönetimi</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786052420560</t>
+          <t>9786052420553</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Mahkeme Kararları Işığında Suçluların İltica Sistemi Dışında Bırakılması</t>
+          <t>Katılım Bankacılığı</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786052420409</t>
+          <t>9786053334507</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Aile ve Çocuk Hukukuna İlişkin Seçilmiş Makaleler (Ciltli)</t>
+          <t>Tahkim Öncesi Uyuşmazlık Çözüm Usulleri ve Bu Usuller Tüketilmeden Tahkime Başvurulmasının Sonuçları</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>59.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786053339953</t>
+          <t>9786052420560</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Örgütsel Davranış</t>
+          <t>Mahkeme Kararları Işığında Suçluların İltica Sistemi Dışında Bırakılması</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>29.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786052420201</t>
+          <t>9786052420409</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İnsan Kaynakları Yönetimi</t>
+          <t>Milletlerarası Aile ve Çocuk Hukukuna İlişkin Seçilmiş Makaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>35</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786052420546</t>
+          <t>9786053339953</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamında Sessizlik Olgusu</t>
+          <t>21. Yüzyılda Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>199.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786052425695</t>
+          <t>9786052420201</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği</t>
+          <t>Stratejik İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>299.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786052420539</t>
+          <t>9786052420546</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde İnformalite - Buz Dağının Görünmeyen Yüzü</t>
+          <t>Çalışma Yaşamında Sessizlik Olgusu</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>299.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786052420485</t>
+          <t>9786052425695</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Lojistiğin Küresel Rekabetteki Yeri</t>
+          <t>İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786052420393</t>
+          <t>9786052420539</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Finansal Okuryazarlık</t>
+          <t>Yönetimde İnformalite - Buz Dağının Görünmeyen Yüzü</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>279.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786052420386</t>
+          <t>9786052420485</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Kamu Sektöründe Mali Durum Analizi</t>
+          <t>Lojistiğin Küresel Rekabetteki Yeri</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>32.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786052425664</t>
+          <t>9786052420393</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Toluner Milletlerarası Hukuk</t>
+          <t>Finansal Okuryazarlık</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>449.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786052427224</t>
+          <t>9786052420386</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Panel Zaman Serileri Analizi</t>
+          <t>Kamu Sektöründe Mali Durum Analizi</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>499.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786052420294</t>
+          <t>9786052425664</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Y ve Z Kuşaklarının Yönetimi</t>
+          <t>Toluner Milletlerarası Hukuk</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>149.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786053339533</t>
+          <t>9786052427224</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret İşlemleri Muhasebesi</t>
+          <t>Panel Zaman Serileri Analizi</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>349.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786053339885</t>
+          <t>9786052420294</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Faizsiz Finans</t>
+          <t>Y ve Z Kuşaklarının Yönetimi</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>29.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786052422601</t>
+          <t>9786053339533</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Dış Ticaret İşlemleri Muhasebesi</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>1150</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786053339304</t>
+          <t>9786053339885</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret Web Sitelerinde Müşteri Memnuniyeti</t>
+          <t>Faizsiz Finans</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>199.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786052422281</t>
+          <t>9786052422601</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>İş Kanunları</t>
+          <t>Ceza Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>399.5</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786052427798</t>
+          <t>9786053339304</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş 1</t>
+          <t>E-Ticaret Web Sitelerinde Müşteri Memnuniyeti</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786053339793</t>
+          <t>9786052422281</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Post Homo Servus</t>
+          <t>İş Kanunları</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786053339670</t>
+          <t>9786052427798</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Kompulsif Satın Alma Davranışı</t>
+          <t>İktisada Giriş 1</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786053339496</t>
+          <t>9786053339793</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Duygular, Toplumsal Cinsiyet ve Stres</t>
+          <t>Post Homo Servus</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786053338987</t>
+          <t>9786053339670</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin Haksız Feshi</t>
+          <t>Kompulsif Satın Alma Davranışı</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786052428146</t>
+          <t>9786053339496</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Economics For Lawyers</t>
+          <t>Duygular, Toplumsal Cinsiyet ve Stres</t>
         </is>
       </c>
       <c r="C1497" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786053339359</t>
+          <t>9786053338987</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukukundaki Davalar</t>
+          <t>İş Sözleşmesinin Haksız Feshi</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786053339458</t>
+          <t>9786052428146</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Kurumsallaşma ve Kurumsal Yönetişim</t>
+          <t>Economics For Lawyers</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786053339175</t>
+          <t>9786053339359</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>İş Yerinde Yaşanan Sendromlar</t>
+          <t>İcra ve İflas Hukukundaki Davalar</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786053339168</t>
+          <t>9786053339458</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya'da Stratejik İletişim Yöntemi</t>
+          <t>Kurumsallaşma ve Kurumsal Yönetişim</t>
         </is>
       </c>
       <c r="C1501" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786053337959</t>
+          <t>9786053339175</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Yenilik (İnovasyon) Yönetimi ve Yenilikçi Örgüt Kültürü</t>
+          <t>İş Yerinde Yaşanan Sendromlar</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786053337737</t>
+          <t>9786053339168</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>İş Ahlakı ve Sosyal Sorumluluk</t>
+          <t>Yeni Medya'da Stratejik İletişim Yöntemi</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786053337874</t>
+          <t>9786053337959</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>MCU Proje Tasarımı</t>
+          <t>Yenilik (İnovasyon) Yönetimi ve Yenilikçi Örgüt Kültürü</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>45</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786053337492</t>
+          <t>9786053337737</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Yapı Eyleyen İkiliği ve Kurumsal Kuram</t>
+          <t>İş Ahlakı ve Sosyal Sorumluluk</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>74.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786053339113</t>
+          <t>9786053337874</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Işığında Polonya Cumhuriyeti</t>
+          <t>MCU Proje Tasarımı</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786053339014</t>
+          <t>9786053337492</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Şehir Coğrafyası 2</t>
+          <t>Yapı Eyleyen İkiliği ve Kurumsal Kuram</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>39.5</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786052424339</t>
+          <t>9786053339113</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Şehir Coğrafyası 1</t>
+          <t>Sosyal Bilimler Işığında Polonya Cumhuriyeti</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>299.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786053338994</t>
+          <t>9786053339014</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrakın Zayi Olması ve İptali</t>
+          <t>Şehir Coğrafyası 2</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>109.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786053338963</t>
+          <t>9786052424339</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Yeni Yaklaşımlar</t>
+          <t>Şehir Coğrafyası 1</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>215</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786053338765</t>
+          <t>9786053338994</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yetişkinlerin Korunması Hukuku (Ciltli)</t>
+          <t>Kıymetli Evrakın Zayi Olması ve İptali</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>49.5</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786052428412</t>
+          <t>9786053338963</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sanattır</t>
+          <t>İş Hukukunda Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>349.5</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786053338840</t>
+          <t>9786053338765</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Amerika Birleşik Devletleri'nin Siyasi Yapısı</t>
+          <t>Yeni Yetişkinlerin Korunması Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786053338796</t>
+          <t>9786052428412</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>6098 Sayılı Türk Borçlar Kanununda Düzenlenen Hizmet Sözleşmesinin Sona Ermesinin Sonuçları ve 4857 Sayılı İş Kanununa Tabi İşçilere Etkisi</t>
+          <t>İletişim Sanattır</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786053338741</t>
+          <t>9786053338840</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Tasarımdan Süreç İyileştirmeye Tedarik Zinciri Yönetimi</t>
+          <t>Amerika Birleşik Devletleri'nin Siyasi Yapısı</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>69.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786053338710</t>
+          <t>9786053338796</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Menü Planlama</t>
+          <t>6098 Sayılı Türk Borçlar Kanununda Düzenlenen Hizmet Sözleşmesinin Sona Ermesinin Sonuçları ve 4857 Sayılı İş Kanununa Tabi İşçilere Etkisi</t>
         </is>
       </c>
       <c r="C1516" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786053338727</t>
+          <t>9786053338741</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>İş Geliştirme Analitiği Uygulamaları</t>
+          <t>Tasarımdan Süreç İyileştirmeye Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>199.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786052424810</t>
+          <t>9786053338710</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Kentsel Dönüşüm</t>
+          <t>Menü Planlama</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786053338420</t>
+          <t>9786053338727</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama'da İlkeler</t>
+          <t>İş Geliştirme Analitiği Uygulamaları</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>38</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786053338543</t>
+          <t>9786052424810</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>A’dan Z’ye Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>65</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786053338567</t>
+          <t>9786053338420</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Performans Yönetimi Sistemi</t>
+          <t>Pazarlama'da İlkeler</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>299.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786053338581</t>
+          <t>9786053338543</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>İçerik Sağlayıcının ve Yer Sağlayıcının Hukuki Sorumluluğu ve Sarumluluk Muafiyeti</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>349.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786053338512</t>
+          <t>9786053338567</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Açıklayıcı Faktör Analizi</t>
+          <t>Performans Yönetimi Sistemi</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786053338574</t>
+          <t>9786053338581</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Siber Güvenlik Politikası</t>
+          <t>İçerik Sağlayıcının ve Yer Sağlayıcının Hukuki Sorumluluğu ve Sarumluluk Muafiyeti</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786053338529</t>
+          <t>9786053338512</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Çiftyönlülük</t>
+          <t>Açıklayıcı Faktör Analizi</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>49.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786053338536</t>
+          <t>9786053338574</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Sigortalar Hukukunda Yersiz Ödemelerin Geri Alınması</t>
+          <t>Avrupa Birliği’nin Siber Güvenlik Politikası</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>229.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786052421383</t>
+          <t>9786053338529</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Çalışanlarının İletişimi</t>
+          <t>Örgütsel Çiftyönlülük</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>35</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786053338321</t>
+          <t>9786053338536</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Çözümleriyle Finans Problemleri</t>
+          <t>Türk Sosyal Sigortalar Hukukunda Yersiz Ödemelerin Geri Alınması</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>399.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786053338154</t>
+          <t>9786052421383</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Savunma Sanayii Hukuku (Ciltli)</t>
+          <t>Sağlık Çalışanlarının İletişimi</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>58</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786052428535</t>
+          <t>9786053338321</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Güncel Yaklaşımlar</t>
+          <t>Çözümleriyle Finans Problemleri</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786053337652</t>
+          <t>9786053338154</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Sürdürülebilirlik Dinamikleri</t>
+          <t>Savunma Sanayii Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>499.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786053338307</t>
+          <t>9786052428535</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Mizahi Tüketim</t>
+          <t>İnsan Kaynakları Yönetiminde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>58</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786053338246</t>
+          <t>9786053337652</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Küresel Finansta Güncel Konular</t>
+          <t>İşletmelerde Sürdürülebilirlik Dinamikleri</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786053338253</t>
+          <t>9786053338307</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Banka Pazarlaması ve Yeni Nesil Bankacılık</t>
+          <t>Mizahi Tüketim</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>279.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786053338024</t>
+          <t>9786053338246</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerde Strateji Geliştirme Sürecinde Uygulamalı Durum Analizleri</t>
+          <t>Küresel Finansta Güncel Konular</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>25</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786053338109</t>
+          <t>9786053338253</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Açısından Ticaret Şirketlerinde Yapısal Değişiklikler</t>
+          <t>Banka Pazarlaması ve Yeni Nesil Bankacılık</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>399.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786053338123</t>
+          <t>9786053338024</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yabancıların Çalışma İzinleri</t>
+          <t>Üniversitelerde Strateji Geliştirme Sürecinde Uygulamalı Durum Analizleri</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>229.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786053338093</t>
+          <t>9786053338109</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Rüçhan Hakkının Kısıtlanması</t>
+          <t>İş Hukuku Açısından Ticaret Şirketlerinde Yapısal Değişiklikler</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786053338086</t>
+          <t>9786053338123</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Suistimalleri</t>
+          <t>Türk Hukukunda Yabancıların Çalışma İzinleri</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>49.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786053338062</t>
+          <t>9786053338093</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Muharebe Alanının Yeni Aktörleri: Askeri Yöneticiler</t>
+          <t>Rüçhan Hakkının Kısıtlanması</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786053338017</t>
+          <t>9786053338086</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Tarih  (1870-1914)</t>
+          <t>Sigorta Suistimalleri</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>249.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786053337973</t>
+          <t>9786053338062</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Genel Hükümler Şerhi (Ciltli)</t>
+          <t>Muharebe Alanının Yeni Aktörleri: Askeri Yöneticiler</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>1249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>4444444444304</t>
+          <t>9786053338017</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimine Giriş</t>
+          <t>Siyasi Tarih  (1870-1914)</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786053337751</t>
+          <t>9786053337973</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesi Ehliyeti</t>
+          <t>Türk Ceza Kanunu Genel Hükümler Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>299.5</v>
+        <v>1249.5</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786053337676</t>
+          <t>4444444444304</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Denizciler için Meteoroloji ve Hava Tahmini</t>
+          <t>İşletme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>369.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786053337690</t>
+          <t>9786053337751</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Dayanıklı İstatistiksel Yöntemler ve R Uygulamaları</t>
+          <t>Toplu İş Sözleşmesi Ehliyeti</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786053337577</t>
+          <t>9786053337676</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Sigortalar Hukukunun Temel İlkeleri</t>
+          <t>Denizciler için Meteoroloji ve Hava Tahmini</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>299.5</v>
+        <v>369.5</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786052424964</t>
+          <t>9786053337690</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliğinde Risk Yönetimi</t>
+          <t>Dayanıklı İstatistiksel Yöntemler ve R Uygulamaları</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786053337300</t>
+          <t>9786053337577</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Kantitatif İktisat</t>
+          <t>Türk Sosyal Sigortalar Hukukunun Temel İlkeleri</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>29.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786053336839</t>
+          <t>9786052424964</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Muhasebenin Temel İlkeleri</t>
+          <t>İş Sağlığı ve Güvenliğinde Risk Yönetimi</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>29.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786058347304</t>
+          <t>9786053337300</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Kantitatif İktisat</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>329.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786052421574</t>
+          <t>9786053336839</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Katılım Bankacılığı</t>
+          <t>Muhasebenin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>349.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786052428221</t>
+          <t>9786058347304</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Eksiğimiz Tolerans (Hoşgörü Kitapçığı)</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>299.5</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786053337607</t>
+          <t>9786052421574</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Pazarlama</t>
+          <t>Katılım Bankacılığı</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>199.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786053337638</t>
+          <t>9786052428221</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesi</t>
+          <t>Eksiğimiz Tolerans (Hoşgörü Kitapçığı)</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>449.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786052424575</t>
+          <t>9786053337607</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Temel İşletmecilik</t>
+          <t>Yeşil Pazarlama</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786052422373</t>
+          <t>9786053337638</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Başlangıcı</t>
+          <t>Maliyet Muhasebesi</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>499.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786052424568</t>
+          <t>9786052424575</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>İşletme</t>
+          <t>Temel İşletmecilik</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>699.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786053337270</t>
+          <t>9786052422373</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Tüketim Gönüllü Sadelik ve Maddi Değerler</t>
+          <t>Hukuk Başlangıcı</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786053336600</t>
+          <t>9786052424568</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Sobotta Disseksiyon Atlası (Ciltli)</t>
+          <t>İşletme</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>299.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786052426142</t>
+          <t>9786053337270</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Endüstri Devrimi: Endüstri 4.0</t>
+          <t>Sürdürülebilir Tüketim Gönüllü Sadelik ve Maddi Değerler</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786053336730</t>
+          <t>9786053336600</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Milli Güvenlik Söylemi ve Dış Politika</t>
+          <t>Sobotta Disseksiyon Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>39.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786053336785</t>
+          <t>9786052426142</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İnsan Kaynakları Yönetimi</t>
+          <t>Dördüncü Endüstri Devrimi: Endüstri 4.0</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>349</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786053336570</t>
+          <t>9786053336730</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Banka İşletmesinin Denetlenmesi ve Sorunlu Bankaların Çözümlenmesi</t>
+          <t>Türkiye'de Milli Güvenlik Söylemi ve Dış Politika</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>48</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786053336532</t>
+          <t>9786053336785</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Müzeleri</t>
+          <t>Stratejik İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>199.5</v>
+        <v>349</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786053336549</t>
+          <t>9786053336570</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Müzelerin Ekonomik Etkileri</t>
+          <t>Türk Hukukunda Banka İşletmesinin Denetlenmesi ve Sorunlu Bankaların Çözümlenmesi</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>29.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786053336525</t>
+          <t>9786053336532</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Kapsamında Rezerv Yapı Alanı - Riskli Alan ve Riskli Yapılar</t>
+          <t>Avrupa Müzeleri</t>
         </is>
       </c>
       <c r="C1567" s="1">
         <v>199.5</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786053336518</t>
+          <t>9786053336549</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik ve Güvencesi İç Denetim</t>
+          <t>Müzelerin Ekonomik Etkileri</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>349.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786053336501</t>
+          <t>9786053336525</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukukunda Teşebbüsler ve Teşebbüslerin Hakim Durumunun Tespiti</t>
+          <t>Kentsel Dönüşüm Kapsamında Rezerv Yapı Alanı - Riskli Alan ve Riskli Yapılar</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786053334804</t>
+          <t>9786053336518</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Karı-Kocanın Hakları</t>
+          <t>Kurumsal Sürdürülebilirlik ve Güvencesi İç Denetim</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>45</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786053336457</t>
+          <t>9786053336501</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Hayat Boyu Öğrenme</t>
+          <t>Rekabet Hukukunda Teşebbüsler ve Teşebbüslerin Hakim Durumunun Tespiti</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>35</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786053336464</t>
+          <t>9786053334804</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Güncel Konular</t>
+          <t>Karı-Kocanın Hakları</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>49.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786053336273</t>
+          <t>9786053336457</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik ve Fırsat Tanımlama</t>
+          <t>Hayat Boyu Öğrenme</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786053336358</t>
+          <t>9786053336464</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Radyo-Televizyon Mevzuatı ve Konu ile İlgili Yargı Kararları</t>
+          <t>Yönetimde Güncel Konular</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>48</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786053336242</t>
+          <t>9786053336273</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyaset</t>
+          <t>Girişimcilik ve Fırsat Tanımlama</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>299.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786053336181</t>
+          <t>9786053336358</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>İkiyüzlü Pazarlama</t>
+          <t>Radyo-Televizyon Mevzuatı ve Konu ile İlgili Yargı Kararları</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>27.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786053336235</t>
+          <t>9786053336242</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Kriz İletişimi</t>
+          <t>Türkiye'de Siyaset</t>
         </is>
       </c>
       <c r="C1577" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786053336136</t>
+          <t>9786053336181</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Reklam İkna ve Retorik</t>
+          <t>İkiyüzlü Pazarlama</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>229.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786053336112</t>
+          <t>9786053336235</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Neo-Liberal Dönemde Sosyal Güvenlik</t>
+          <t>Kriz İletişimi</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786053336020</t>
+          <t>9786053336136</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Doğal Hayatın Korunması</t>
+          <t>Siyasal Reklam İkna ve Retorik</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>58</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786053336044</t>
+          <t>9786053336112</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kamera</t>
+          <t>Neo-Liberal Dönemde Sosyal Güvenlik</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786053336051</t>
+          <t>9786053336020</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişim</t>
+          <t>Uluslararası Hukukta Doğal Hayatın Korunması</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>129.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786053335955</t>
+          <t>9786053336044</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Etkin Müşteri İletişimi Teknikleri</t>
+          <t>Gizli Kamera</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>49.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786053335924</t>
+          <t>9786053336051</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Kadın Odaklı Pazarlama</t>
+          <t>Kurumsal İletişim</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>34</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786053335917</t>
+          <t>9786053335955</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Gücü: Retro Pazarlama</t>
+          <t>Etkin Müşteri İletişimi Teknikleri</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>299.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786053335788</t>
+          <t>9786053335924</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Organizasyon Tasarımı ve Yapılandırma</t>
+          <t>Kadın Odaklı Pazarlama</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>399.5</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786053335856</t>
+          <t>9786053335917</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasmanında Sürdürülebilir Üretim</t>
+          <t>Geçmişin Gücü: Retro Pazarlama</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786053335986</t>
+          <t>9786053335788</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>İdari Yagılama Hukukunda Yargılamanın Yenilenmesi</t>
+          <t>Organizasyon Tasarımı ve Yapılandırma</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>179.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786053335962</t>
+          <t>9786053335856</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisinde Yeni Yaklaşımlar ve Örnekler</t>
+          <t>Dünya Klasmanında Sürdürülebilir Üretim</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>199.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786053335719</t>
+          <t>9786053335986</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Tekdüzen Hesap Sistemi ve Çözümlü Muhasebe Problemleri</t>
+          <t>İdari Yagılama Hukukunda Yargılamanın Yenilenmesi</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>32.5</v>
+        <v>179.5</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786053772835</t>
+          <t>9786053335962</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Teftişten İç Denetime Banka Müfettişliği</t>
+          <t>Kamu Diplomasisinde Yeni Yaklaşımlar ve Örnekler</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786053772842</t>
+          <t>9786053335719</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Teftiş Anıları</t>
+          <t>Tekdüzen Hesap Sistemi ve Çözümlü Muhasebe Problemleri</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>89.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786053335672</t>
+          <t>9786053772835</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilikte Güncel Konular ve Uygulamalar</t>
+          <t>Teftişten İç Denetime Banka Müfettişliği</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>38</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786053335832</t>
+          <t>9786053772842</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Basın Hukuku</t>
+          <t>Teftiş Anıları</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>49.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786053331063</t>
+          <t>9786053335672</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Başlangıç</t>
+          <t>Girişimcilikte Güncel Konular ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>349.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786053335238</t>
+          <t>9786053335832</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Multi Disipliner İletişim</t>
+          <t>Basın Hukuku</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>44</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786053335122</t>
+          <t>9786053331063</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İnovasyon Yönetimi</t>
+          <t>Türk Medeni Hukuku Başlangıç</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>749.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786053334699</t>
+          <t>9786053335238</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukuku'nda İdarenin Hukuk Sınırları İçinde Hareket Serbestisi</t>
+          <t>Multi Disipliner İletişim</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>249.5</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786053335108</t>
+          <t>9786053335122</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Varlık Kapışması</t>
+          <t>Stratejik İnovasyon Yönetimi</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>58</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786052426005</t>
+          <t>9786053334699</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Kriminoloji</t>
+          <t>Türk İdare Hukuku'nda İdarenin Hukuk Sınırları İçinde Hareket Serbestisi</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786053335078</t>
+          <t>9786053335108</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Gölge Bankacılıktan Regüler Bankacılığa Giriş</t>
+          <t>Varlık Kapışması</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>36</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786053335023</t>
+          <t>9786052426005</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Ağdaki Şüphe - Bir Sosyal Medya Eleştirisi</t>
+          <t>Kriminoloji</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>32.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786053334637</t>
+          <t>9786053335078</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması ve Stratejileri</t>
+          <t>Gölge Bankacılıktan Regüler Bankacılığa Giriş</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>58</v>
+        <v>36</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786053334842</t>
+          <t>9786053335023</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Futbol Uyuşmazlıklarının Tahkim Yoluyla Çözümü</t>
+          <t>Ağdaki Şüphe - Bir Sosyal Medya Eleştirisi</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>349.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786053332503</t>
+          <t>9786053334637</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Haydi Boya (Ciltli)</t>
+          <t>Hizmet Pazarlaması ve Stratejileri</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>169.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786052428627</t>
+          <t>9786053334842</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Sigortalar Hukuku</t>
+          <t>Futbol Uyuşmazlıklarının Tahkim Yoluyla Çözümü</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>549.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786053334422</t>
+          <t>9786053332503</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Pazarlama</t>
+          <t>Haydi Boya (Ciltli)</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>249.5</v>
+        <v>169.5</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786053334934</t>
+          <t>9786052428627</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>G7 Ülkeleri ve Türkiye'de Gazetecilerin Finansal Yapısı</t>
+          <t>Türk Sosyal Sigortalar Hukuku</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>49.5</v>
+        <v>895</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786052422571</t>
+          <t>9786053334422</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Sosyal Medya Pazarlama</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>599.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786053334569</t>
+          <t>9786053334934</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesi</t>
+          <t>G7 Ülkeleri ve Türkiye'de Gazetecilerin Finansal Yapısı</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>349.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786052425411</t>
+          <t>9786052422571</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Satış Yönetimi</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>299.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786053333692</t>
+          <t>9786053334569</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Vak’aları</t>
+          <t>Yönetim Muhasebesi</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>48</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786053333852</t>
+          <t>9786052425411</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Turizm Pazarlamasında Güncel Yaklaşımlar</t>
+          <t>Satış Yönetimi</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786052426401</t>
+          <t>9786053333692</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksekokulları için Genel Hukuk</t>
+          <t>Stratejik Yönetim Vak’aları</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>349.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786052426210</t>
+          <t>9786053333852</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku Ders Kitabı</t>
+          <t>Turizm Pazarlamasında Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>449.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786053333715</t>
+          <t>9786052426401</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel Pazarlamada Seçme Konular</t>
+          <t>Meslek Yüksekokulları için Genel Hukuk</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>25</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786053333463</t>
+          <t>9786052426210</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Öncü Sosyologların Kaleminden Sosyoloji</t>
+          <t>Ticaret Hukuku Ders Kitabı</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>37.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786053333708</t>
+          <t>9786053333715</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Madenciliği</t>
+          <t>İlişkisel Pazarlamada Seçme Konular</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>249.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786053333586</t>
+          <t>9786053333463</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Stratejik Yönetim (SASYÖN)</t>
+          <t>Öncü Sosyologların Kaleminden Sosyoloji</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>699.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786053333319</t>
+          <t>9786053333708</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Hukuku Cilt: 2</t>
+          <t>Sosyal Medya Madenciliği</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>499.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786053339786</t>
+          <t>9786053333586</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Ceza Hukuku Cilt: 1</t>
+          <t>Sağlıkta Stratejik Yönetim (SASYÖN)</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>949.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786052424667</t>
+          <t>9786053333319</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Pazarlama</t>
+          <t>Uygulamalı Ceza Hukuku Cilt: 2</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786053333166</t>
+          <t>9786053339786</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Sivil Hali...</t>
+          <t>Uygulamalı Ceza Hukuku Cilt: 1</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>65</v>
+        <v>949.5</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786053332848</t>
+          <t>9786052424667</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Masamızda Marka Sohbetleri</t>
+          <t>Sağlık Hizmetlerinde Pazarlama</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>79.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786053333326</t>
+          <t>9786053333166</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Genel İş Koşulları</t>
+          <t>Eğitimin Sivil Hali...</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>349.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786053333333</t>
+          <t>9786053332848</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Marka Kavram Haritaları</t>
+          <t>Masamızda Marka Sohbetleri</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>99.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786052426708</t>
+          <t>9786053333326</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Alman Ceza Muhakemesi Kanunu StrafprozeBordnung (StPO-RiStBV)</t>
+          <t>Genel İş Koşulları</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>699.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786053332862</t>
+          <t>9786053333333</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Politika ve Etik Olmayan Davranış Bildirimi</t>
+          <t>Marka Kavram Haritaları</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>49.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786053333593</t>
+          <t>9786052426708</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Temel Denizcilik Bilgisi</t>
+          <t>Alman Ceza Muhakemesi Kanunu StrafprozeBordnung (StPO-RiStBV)</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>299.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786053333609</t>
+          <t>9786053332862</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Halkla İlişkiler Perspektifinden Kamu Diplomasisi</t>
+          <t>Örgütsel Politika ve Etik Olmayan Davranış Bildirimi</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>449.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786053333456</t>
+          <t>9786053333593</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>İşverenin Sosyal Sigorta Yükümlülükleri</t>
+          <t>Temel Denizcilik Bilgisi</t>
         </is>
       </c>
       <c r="C1631" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786053333180</t>
+          <t>9786053333609</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Devletin Uluslararası İnsancıl Hukukun İhlalinden Doğan Sorumluluğu</t>
+          <t>Uluslararası Halkla İlişkiler Perspektifinden Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>399.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786053333210</t>
+          <t>9786053333456</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Giriş(im)</t>
+          <t>İşverenin Sosyal Sigorta Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>35</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786053332879</t>
+          <t>9786053333180</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel İntikam</t>
+          <t>Devletin Uluslararası İnsancıl Hukukun İhlalinden Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>79.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786053334316</t>
+          <t>9786053333210</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve İnsan Kaynakları Uygulamaları</t>
+          <t>Giriş(im)</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>199.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786053332367</t>
+          <t>9786053332879</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Ağırlama Endüstrisinde Verimlilik Yönetimi</t>
+          <t>Örgütsel İntikam</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>249.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786053778943</t>
+          <t>9786053334316</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Meşruluk</t>
+          <t>Kültür ve İnsan Kaynakları Uygulamaları</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786052426418</t>
+          <t>9786053332367</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Terimleri Sözlüğü</t>
+          <t>Ağırlama Endüstrisinde Verimlilik Yönetimi</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>449.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786053332442</t>
+          <t>9786053778943</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>İdeal Ölüm</t>
+          <t>Hukuk ve Meşruluk</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>42.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786053331858</t>
+          <t>9786052426418</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ekonomisi</t>
+          <t>Hukuk Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>199.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786053332107</t>
+          <t>9786053332442</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde ve Gelecekte Stratejik Halkla İlişkiler Yönetimi</t>
+          <t>İdeal Ölüm</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>35</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786052425053</t>
+          <t>9786053331858</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>499.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786053774242</t>
+          <t>9786053332107</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yönetim Yaklaşımları</t>
+          <t>Günümüzde ve Gelecekte Stratejik Halkla İlişkiler Yönetimi</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>699.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9789752957152</t>
+          <t>9786052425053</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Resminde Otoportreler</t>
+          <t>Genel Muhasebe</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786053776444</t>
+          <t>9786053774242</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Anayasaları 1921-1924-1961-1982</t>
+          <t>Çağdaş Yönetim Yaklaşımları</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>349.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786053774662</t>
+          <t>9789752957152</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Alt İşveren</t>
+          <t>Çağdaş Türk Resminde Otoportreler</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>499.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786052421130</t>
+          <t>9786053776444</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Uygulaması</t>
+          <t>Cumhuriyet Anayasaları 1921-1924-1961-1982</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>679.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786052420454</t>
+          <t>9786053774662</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Mevzuatı</t>
+          <t>İş Hukukunda Alt İşveren</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>49.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786052428467</t>
+          <t>9786052421130</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Dersleri (Ciltli)</t>
+          <t>İş Hukuku Uygulaması</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>1299.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786052424704</t>
+          <t>9786052420454</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku</t>
+          <t>İş Hukuku Mevzuatı</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>499.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9789752959040</t>
+          <t>9786052428467</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’ne Evet mi Hayır mı?</t>
+          <t>İş Hukuku Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>62</v>
+        <v>1299.5</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9789752958654</t>
+          <t>9786052424704</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nde Türk Vatandaşlarının Serbest Dolaşımı</t>
+          <t>İş Hukuku</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786053337232</t>
+          <t>9789752959040</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku</t>
+          <t>Avrupa Birliği’ne Evet mi Hayır mı?</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>849.5</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786053331971</t>
+          <t>9789752958654</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Etik ve Etik Liderlik</t>
+          <t>Avrupa Birliği’nde Türk Vatandaşlarının Serbest Dolaşımı</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786052421772</t>
+          <t>9786053337232</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Türk Genel Sağlık Sigortası</t>
+          <t>İcra ve İflas Hukuku</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>495</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786053332015</t>
+          <t>9786053331971</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Mesleki Etik</t>
+          <t>İşletmelerde Etik ve Etik Liderlik</t>
         </is>
       </c>
       <c r="C1656" s="1">
         <v>249.5</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786053332152</t>
+          <t>9786052421772</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Finansmanı</t>
+          <t>Türk Genel Sağlık Sigortası</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>249.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786053332350</t>
+          <t>9786053332015</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İletişimde Sosyal Medya Yönetimi</t>
+          <t>Mesleki Etik</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786052423400</t>
+          <t>9786053332152</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlama Yönetimi</t>
+          <t>Siyasetin Finansmanı</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786053332466</t>
+          <t>9786053332350</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Güncel Yaklaşımlar Işığında Etik</t>
+          <t>Kurumsal İletişimde Sosyal Medya Yönetimi</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>29.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786053332749</t>
+          <t>9786052423400</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk ve Sürdürülebilir Kalkınma</t>
+          <t>Uluslararası Pazarlama Yönetimi</t>
         </is>
       </c>
       <c r="C1661" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786053332312</t>
+          <t>9786053332466</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Meslek Hastalığı Kavramı Üzerine</t>
+          <t>Güncel Yaklaşımlar Işığında Etik</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>299.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786053331933</t>
+          <t>9786053332749</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Temel Metinler</t>
+          <t>Uluslararası Hukuk ve Sürdürülebilir Kalkınma</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>599.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786053332732</t>
+          <t>9786053332312</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Zeka -CQ-</t>
+          <t>Meslek Hastalığı Kavramı Üzerine</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786053332725</t>
+          <t>9786053331933</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde İşadamı Kararı İlkesinin (Business Judgment Rule) Uygulanması</t>
+          <t>Uluslararası Hukuk Temel Metinler</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>349.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786053774198</t>
+          <t>9786053332732</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Kültürel Zeka -CQ-</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786053775966</t>
+          <t>9786053332725</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigortalarda Prim Teşvikleri</t>
+          <t>Anonim Şirketlerde İşadamı Kararı İlkesinin (Business Judgment Rule) Uygulanması</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786053331995</t>
+          <t>9786053774198</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Küresel Pazarlama</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C1668" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786052428405</t>
+          <t>9786053775966</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku</t>
+          <t>Sosyal Sigortalarda Prim Teşvikleri</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>799.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786053332268</t>
+          <t>9786053331995</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Kurumsallık Parantezinde Yönetim ve İletişim</t>
+          <t>Küresel Pazarlama</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786053332251</t>
+          <t>9786052428405</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Yöneylem Araştırması</t>
+          <t>Vergi Hukuku</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>79.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786053779070</t>
+          <t>9786053332268</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Dijital Reklamcılık ve Gençlik</t>
+          <t>Kurumsallık Parantezinde Yönetim ve İletişim</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786053777267</t>
+          <t>9786053332251</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyunlarda Şiddet</t>
+          <t>Yöneylem Araştırması</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>349.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786053331803</t>
+          <t>9786053779070</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çalışma Paradigmaları ve Tutum</t>
+          <t>Dijital Reklamcılık ve Gençlik</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>99.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786052427705</t>
+          <t>9786053777267</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finansman</t>
+          <t>Dijital Oyunlarda Şiddet</t>
         </is>
       </c>
       <c r="C1675" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786052425718</t>
+          <t>9786053331803</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Deniz Hukuku</t>
+          <t>Yeni Çalışma Paradigmaları ve Tutum</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>849.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786052425398</t>
+          <t>9786052427705</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Mülakat: Teori, Süreç ve İlkeler</t>
+          <t>Uluslararası Finansman</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786053778424</t>
+          <t>9786052425718</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Vergi Denetimi ve Vergi Yargısı</t>
+          <t>Uluslararası Deniz Hukuku</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>174.5</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786052427750</t>
+          <t>9786052425398</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk 2 - Pratik Çalışma Kitabı</t>
+          <t>Mülakat: Teori, Süreç ve İlkeler</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>599.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786052428115</t>
+          <t>9786053778424</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk 1 - Pratik Çalışma Kitabı</t>
+          <t>Nasıl Bir Vergi Denetimi ve Vergi Yargısı</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>599.5</v>
+        <v>174.5</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786053778271</t>
+          <t>9786052427750</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi Açısından Yararcılık Teorisinin Eleştirisi</t>
+          <t>Milletlerarası Özel Hukuk 2 - Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>139.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786052425374</t>
+          <t>9786052428115</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Hukuksal Etik (Legal Ethics) Dersleri</t>
+          <t>Milletlerarası Özel Hukuk 1 - Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>449.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786053779087</t>
+          <t>9786053778271</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Endüstrisi (Ciltli)</t>
+          <t>Hukuk Felsefesi Açısından Yararcılık Teorisinin Eleştirisi</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>299.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786053778608</t>
+          <t>9786052425374</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Teamül Hukuku</t>
+          <t>Hukuksal Etik (Legal Ethics) Dersleri</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>369.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786053779179</t>
+          <t>9786053779087</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Kanıta Dayalı Kütüphane Yönetimi</t>
+          <t>Sosyal Medya Endüstrisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>199.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786053777885</t>
+          <t>9786053778608</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Muhasebesi</t>
+          <t>Uluslararası Teamül Hukuku</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>349.5</v>
+        <v>369.5</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786052427743</t>
+          <t>9786053779179</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Kamu Ekonomisi</t>
+          <t>Kanıta Dayalı Kütüphane Yönetimi</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786052422106</t>
+          <t>9786053777885</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar ve Uluslararası Koruma Hukuku</t>
+          <t>Şirketler Muhasebesi</t>
         </is>
       </c>
       <c r="C1688" s="1">
         <v>349.5</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786053338437</t>
+          <t>9786052427743</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Ahlakı</t>
+          <t>Kamu Ekonomisi</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>49.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786053771678</t>
+          <t>9786052422106</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Para Piyasaları</t>
+          <t>Yabancılar ve Uluslararası Koruma Hukuku</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>129.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786052426913</t>
+          <t>9786053338437</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Panel Veri Ekonometrisi - Stata Uygulamalı</t>
+          <t>Pazarlama Ahlakı</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>599.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786053337744</t>
+          <t>9786053771678</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkim Hukuku Cilt: 1</t>
+          <t>Para Piyasaları</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>299.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786053776055</t>
+          <t>9786052426913</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Tüzel Kişilik Perdesinin Kaldırılması</t>
+          <t>Panel Veri Ekonometrisi - Stata Uygulamalı</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>299.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786053772118</t>
+          <t>9786053337744</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Kaçırılan veya Alıkonan Çocukların İadesi</t>
+          <t>Milletlerarası Tahkim Hukuku Cilt: 1</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786053773016</t>
+          <t>9786053776055</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Hisse Devirleri</t>
+          <t>Milletlerarası Özel Hukukta Tüzel Kişilik Perdesinin Kaldırılması</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>139.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786053773801</t>
+          <t>9786053772118</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Radyo ve Televizyon</t>
+          <t>Milletlerarası Özel Hukukta Kaçırılan veya Alıkonan Çocukların İadesi</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786052422427</t>
+          <t>9786053773016</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Ceza Hukuku Yasaları</t>
+          <t>Milletlerarası Özel Hukukta Hisse Devirleri</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>799.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786053776680</t>
+          <t>9786053773801</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Anayasa Yargısında Politik Sorun ve Yargısal Aktivizm Doktrini: Anayasal Yargı Denetimi Gerekli mi?</t>
+          <t>Karşılaştırmalı Radyo ve Televizyon</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>119.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786053776000</t>
+          <t>9786052422427</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Kamu İktisadi Teşebbüsleri ve Özelleştirme</t>
+          <t>Karşılaştırmalı Ceza Hukuku Yasaları</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>49.5</v>
+        <v>995</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786052424773</t>
+          <t>9786053776680</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Kamu Ekonomisi Analizi</t>
+          <t>Karşılaştırmalı Anayasa Yargısında Politik Sorun ve Yargısal Aktivizm Doktrini: Anayasal Yargı Denetimi Gerekli mi?</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>299.5</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786053777359</t>
+          <t>9786053776000</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi ve Uluslararası Halkla İlişkiler</t>
+          <t>Kamu İktisadi Teşebbüsleri ve Özelleştirme</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>349.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786052428214</t>
+          <t>9786052424773</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İş Sağlığı ve Güvenliği Hukuku</t>
+          <t>Kamu Ekonomisi Analizi</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786052424988</t>
+          <t>9786053777359</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Banka İşlemleri</t>
+          <t>Kamu Diplomasisi ve Uluslararası Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786053772637</t>
+          <t>9786052428214</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Seçim Sistemleri ve Etnik Azınlıkların Parlamenter Temsili</t>
+          <t>Sorularla İş Sağlığı ve Güvenliği Hukuku</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>35</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786053335344</t>
+          <t>9786052424988</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Yöntemler</t>
+          <t>Banka İşlemleri</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>699.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786053331360</t>
+          <t>9786053772637</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sigorta Yardımlarına Hak Kazanma Koşulları ve Eşitlik İlkesi</t>
+          <t>Seçim Sistemleri ve Etnik Azınlıkların Parlamenter Temsili</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>499.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786053331452</t>
+          <t>9786053335344</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>6458 Sayılı Yabancılar ve Uluslararası Koruma Kanunu'nda İdari Gözetim</t>
+          <t>Sayısal Yöntemler</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>299.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786053331568</t>
+          <t>9786053331360</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olaylarla Örgütsel Davranış</t>
+          <t>Sosyal Sigorta Yardımlarına Hak Kazanma Koşulları ve Eşitlik İlkesi</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786053779391</t>
+          <t>9786053331452</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukukunda Kanuni İdare İlkesi</t>
+          <t>6458 Sayılı Yabancılar ve Uluslararası Koruma Kanunu'nda İdari Gözetim</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9789752959071</t>
+          <t>9786053331568</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuk Mevzuatına Göre Kredi Ve Kredi Teminatları</t>
+          <t>Örnek Olaylarla Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>49.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9789752957121</t>
+          <t>9786053779391</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili 2</t>
+          <t>Türk İdare Hukukunda Kanuni İdare İlkesi</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>49.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786053777274</t>
+          <t>9789752959071</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanununda Aile Hukukundan Kaynaklanan Yükümlülüğün İhlali</t>
+          <t>Türk Hukuk Mevzuatına Göre Kredi Ve Kredi Teminatları</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>161</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786052424889</t>
+          <t>9789752957121</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Araştırma Yöntemleri</t>
+          <t>Türk Dili 2</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786053772422</t>
+          <t>9786053777274</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Krizin Çalışanlar Üzerindeki Etkisi</t>
+          <t>Türk Ceza Kanununda Aile Hukukundan Kaynaklanan Yükümlülüğün İhlali</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>49.5</v>
+        <v>161</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9789752959408</t>
+          <t>9786052424889</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü (Ciltli)</t>
+          <t>Sosyal Bilimlerde Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>199.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786053775249</t>
+          <t>9786053772422</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi El Sözlüğü</t>
+          <t>Ekonomik Krizin Çalışanlar Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>79.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786053772156</t>
+          <t>9789752959408</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Bulmacaları</t>
+          <t>Ekonomi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>129.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786053776246</t>
+          <t>9786053775249</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>E-Dış Ticaret İşlemleri Yönetimi</t>
+          <t>Ekonomi El Sözlüğü</t>
         </is>
       </c>
       <c r="C1718" s="1">
         <v>79.5</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786053778233</t>
+          <t>9786053772156</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin İşveren Tarafından Haklı Nedenle Feshi</t>
+          <t>Ekonomi Bulmacaları</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>349.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786052422182</t>
+          <t>9786053776246</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukunun Temel Metinleri</t>
+          <t>E-Dış Ticaret İşlemleri Yönetimi</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>799.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786052424315</t>
+          <t>9786053778233</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Finans ve Sigorta Matematiği</t>
+          <t>İş Sözleşmesinin İşveren Tarafından Haklı Nedenle Feshi</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786052426968</t>
+          <t>9786052422182</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Stratejik Yönetim</t>
+          <t>Anayasa Hukukunun Temel Metinleri</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>1299.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786052422960</t>
+          <t>9786052424315</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Nedir?</t>
+          <t>Finans ve Sigorta Matematiği</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>599.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786053330769</t>
+          <t>9786052426968</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>İşletmelerde Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>449.5</v>
+        <v>1599.5</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786052420676</t>
+          <t>9786052422960</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Kira Hukuku Şerhi (Ciltli)</t>
+          <t>Halkla İlişkiler Nedir?</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>949.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786053335375</t>
+          <t>9786053330769</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Genel Hukuk Bilgisi (Hukuka Giriş)</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>249.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786053334064</t>
+          <t>9786052420676</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri</t>
+          <t>Kira Hukuku Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>599.5</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786053778905</t>
+          <t>9786053335375</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret ve Finansmanı</t>
+          <t>Genel Hukuk Bilgisi (Hukuka Giriş)</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>349.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786053331650</t>
+          <t>9786053334064</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Kat Karşılığı İnşaat Sözleşmeleri</t>
+          <t>Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>399.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786053331643</t>
+          <t>9786053778905</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Gelişmeler Işığında Bankalarda Örgütsel Yönetim</t>
+          <t>Dış Ticaret ve Finansmanı</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>299.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786053774532</t>
+          <t>9786053331650</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirici Liderlik</t>
+          <t>Kat Karşılığı İnşaat Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>139.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786053774600</t>
+          <t>9786053331643</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Görsel Mağazacılıkta Vitrinlerin Önemi</t>
+          <t>Ekonomik Gelişmeler Işığında Bankalarda Örgütsel Yönetim</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>149.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786053771883</t>
+          <t>9786053774532</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Gönülçelen Şirketler</t>
+          <t>Güçlendirici Liderlik</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>62</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786052428276</t>
+          <t>9786053774600</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Görsel Mağazacılıkta Vitrinlerin Önemi</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>399.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786053338550</t>
+          <t>9786053771883</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yönetim Bilimi</t>
+          <t>Gönülçelen Şirketler</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>39.5</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786052426166</t>
+          <t>9786052428276</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Felsefe ve Metodoloji</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>349.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786052422779</t>
+          <t>9786053338550</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında Sorularla 4857 Sayılı İş Yasası</t>
+          <t>Çağdaş Yönetim Bilimi</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>239.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786053330912</t>
+          <t>9786052426166</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Kargo Taşımacılığı İşletmelerinin Organizasyon Yapıları</t>
+          <t>Bilim, Felsefe ve Metodoloji</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>89.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786053331513</t>
+          <t>9786052422779</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Vizyonunu Genişleten Yeniden Doğan Pazarlar</t>
+          <t>Yargıtay Kararları Işığında Sorularla 4857 Sayılı İş Yasası</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>249.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786053779773</t>
+          <t>9786053330912</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Matematiği</t>
+          <t>Kargo Taşımacılığı İşletmelerinin Organizasyon Yapıları</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>299.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786053331292</t>
+          <t>9786053331513</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>İktisat Bilimi ve Türkiye İktisadı'nın Sıradışı ve Yenilikçi Yorumları</t>
+          <t>Pazarlama Vizyonunu Genişleten Yeniden Doğan Pazarlar</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>61</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786053331025</t>
+          <t>9786053779773</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Temel Hak ve Özgürlüklerin Kısıtlanmasında Kamu Güvenliği Ölçütü</t>
+          <t>Sigorta Matematiği</t>
         </is>
       </c>
       <c r="C1742" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786053331049</t>
+          <t>9786053331292</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Kişilerin Huzur ve Sükununu Bozma ve Gürültüye Neden Olma Sonuçları</t>
+          <t>İktisat Bilimi ve Türkiye İktisadı'nın Sıradışı ve Yenilikçi Yorumları</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>249.5</v>
+        <v>61</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786053331438</t>
+          <t>9786053331025</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Kalitesi ve Müşteri Değerleri</t>
+          <t>Temel Hak ve Özgürlüklerin Kısıtlanmasında Kamu Güvenliği Ölçütü</t>
         </is>
       </c>
       <c r="C1744" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786053331285</t>
+          <t>9786053331049</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkime İlişkin Mevzuat ve Antlaşmalar Cilt: 2</t>
+          <t>Kişilerin Huzur ve Sükununu Bozma ve Gürültüye Neden Olma Sonuçları</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>979.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786053331124</t>
+          <t>9786053331438</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Etik ve Özdenetim</t>
+          <t>Hizmet Kalitesi ve Müşteri Değerleri</t>
         </is>
       </c>
       <c r="C1746" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9786053331421</t>
+          <t>9786053331285</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Kabahatler Kanunu</t>
+          <t>Milletlerarası Tahkime İlişkin Mevzuat ve Antlaşmalar Cilt: 2</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>199.5</v>
+        <v>979.5</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9786053330301</t>
+          <t>9786053331124</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>İşletme İstatistiği</t>
+          <t>Türk Basınında Etik ve Özdenetim</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786053331261</t>
+          <t>9786053331421</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesinin Geriye Etkisi</t>
+          <t>Kabahatler Kanunu</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786052428368</t>
+          <t>9786053330301</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Şirket ve Popüler Kültür</t>
+          <t>İşletme İstatistiği</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786053337027</t>
+          <t>9786053331261</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Dünya İktisat Tarihi</t>
+          <t>Toplu İş Sözleşmesinin Geriye Etkisi</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786052424322</t>
+          <t>9786052428368</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Para ve Psikoloji</t>
+          <t>Şirket ve Popüler Kültür</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>239.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786053331179</t>
+          <t>9786053337027</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Konut Finansmanı ve Değerlemesi</t>
+          <t>Dünya İktisat Tarihi</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>139.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9786053779421</t>
+          <t>9786052424322</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Ekonomisinde Yeni Yaklaşımlar: Bilgi Yönetişimi ve Üniversite Ekonomisi</t>
+          <t>Para ve Psikoloji</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>139.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786053778240</t>
+          <t>9786053331179</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Büyükşehir Belediyesi ile İlçe Belediyeleri Arasındaki İlişkiler</t>
+          <t>Konut Finansmanı ve Değerlemesi</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>149.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9786053778998</t>
+          <t>9786053779421</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında Milletlerarası Miras Hukuku</t>
+          <t>Bilgi Ekonomisinde Yeni Yaklaşımlar: Bilgi Yönetişimi ve Üniversite Ekonomisi</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>239.5</v>
+        <v>139.5</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9786053778202</t>
+          <t>9786053778240</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Lineer Cebir</t>
+          <t>Büyükşehir Belediyesi ile İlçe Belediyeleri Arasındaki İlişkiler</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>299.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9786053778110</t>
+          <t>9786053778998</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Mahremiyet Olgusu</t>
+          <t>Yargıtay Kararları Işığında Milletlerarası Miras Hukuku</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>49.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9786053776390</t>
+          <t>9786053778202</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Değişim, Yönetim ve Liderlik</t>
+          <t>Lineer Cebir</t>
         </is>
       </c>
       <c r="C1759" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9786053775676</t>
+          <t>9786053778110</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi Faaliyetlerinde Ölçme ve Değerlendirme</t>
+          <t>İşyerinde Mahremiyet Olgusu</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>399.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9786053778684</t>
+          <t>9786053776390</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>İstatistiksel Analiz</t>
+          <t>21. Yüzyılda Değişim, Yönetim ve Liderlik</t>
         </is>
       </c>
       <c r="C1761" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786053777144</t>
+          <t>9786053775676</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Merkezleri</t>
+          <t>İnsan Kaynakları Yönetimi Faaliyetlerinde Ölçme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>249.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9786053777670</t>
+          <t>9786053778684</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Sermayenin Girişimsel Oryantasyona Etkisi ve Firma Performansı ile İlişkisi</t>
+          <t>İstatistiksel Analiz</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>58</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9786052427590</t>
+          <t>9786053777144</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>İleri Akışkanlar Mekaniği</t>
+          <t>Alışveriş Merkezleri</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>899.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9786053777878</t>
+          <t>9786053777670</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Satışla Başlar</t>
+          <t>Entelektüel Sermayenin Girişimsel Oryantasyona Etkisi ve Firma Performansı ile İlişkisi</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>279.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786053779216</t>
+          <t>9786052427590</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devletinin Hukuki Belirlilik İlkesi Üzerinden Değerlendirilmesi</t>
+          <t>İleri Akışkanlar Mekaniği</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>199.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9786053332176</t>
+          <t>9786053777878</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hakların Uluslararası Korunması ve Avrupa Sosyal Şartı Sistemi</t>
+          <t>Her Şey Satışla Başlar</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>299.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9786053332435</t>
+          <t>9786053779216</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Yükümlülüklerinin Yerine Getirilmemesinin Hukuki, İdari ve Cezai Sonuçları</t>
+          <t>Hukuk Devletinin Hukuki Belirlilik İlkesi Üzerinden Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>399.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786053332329</t>
+          <t>9786053332176</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kiralama (Leasing) ve Kira Alacaklarının Takip Yolları</t>
+          <t>Sosyal Hakların Uluslararası Korunması ve Avrupa Sosyal Şartı Sistemi</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>42.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786053331148</t>
+          <t>9786053332435</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 3 (Ciltli)</t>
+          <t>İş Sağlığı ve Güvenliği Yükümlülüklerinin Yerine Getirilmemesinin Hukuki, İdari ve Cezai Sonuçları</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>499.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786052423035</t>
+          <t>9786053332329</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu (MK.) Türk Borçlar Kanunu (TBK.) (Ciltli)</t>
+          <t>Finansal Kiralama (Leasing) ve Kira Alacaklarının Takip Yolları</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>899.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786052427699</t>
+          <t>9786053331148</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku 1. Cilt</t>
+          <t>Makaleler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>749.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786052426074</t>
+          <t>9786052423035</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukuku Aile Hukuku 2. Cilt</t>
+          <t>Türk Medeni Kanunu (MK.) Türk Borçlar Kanunu (TBK.) (Ciltli)</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>849.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786053774327</t>
+          <t>9786052427699</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Özel Yaşamın Korunması Hakkı</t>
+          <t>Türk Medeni Hukuku Başlangıç Hükümleri Kişiler Hukuku 1. Cilt</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>329.5</v>
+        <v>749.5</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786053777137</t>
+          <t>9786052426074</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Özel Yaşamın Bir Parçası Olarak Telekomünikasyon Yoluyla Yapılan İletişimin Gizliliğine Önleyici Denetimle Müdahale</t>
+          <t>Türk Medeni Hukuku Aile Hukuku 2. Cilt</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>299.5</v>
+        <v>849.5</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786052428177</t>
+          <t>9786053774327</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış ve Yönetim Psikolojisi</t>
+          <t>Özel Yaşamın Korunması Hakkı</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>599.5</v>
+        <v>329.5</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9786053335474</t>
+          <t>9786053777137</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Örgütlerde Güncel Davranışsal Konular</t>
+          <t>Özel Yaşamın Bir Parçası Olarak Telekomünikasyon Yoluyla Yapılan İletişimin Gizliliğine Önleyici Denetimle Müdahale</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>35</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9786053331117</t>
+          <t>9786052428177</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi ve Yenililk</t>
+          <t>Örgütsel Davranış ve Yönetim Psikolojisi</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>79.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9786053331094</t>
+          <t>9786053335474</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Uyumsuz Muhalif: Bir Entelektüeli Yitirmek</t>
+          <t>Postmodern Örgütlerde Güncel Davranışsal Konular</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>49.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9786053331414</t>
+          <t>9786053331117</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Veri Gizleme</t>
+          <t>İnsan Kaynakları Yönetimi ve Yenililk</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>249.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9786053330370</t>
+          <t>9786053331094</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Örgütsel Değişim ve İç Girişimcilik</t>
+          <t>Sıradışı Uyumsuz Muhalif: Bir Entelektüeli Yitirmek</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>249.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786053330318</t>
+          <t>9786053331414</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukukunda Organ ve Doku Nakline İlişkin Bazı Hukuki Sorunlar Üzerine Bir Deneme</t>
+          <t>Veri Gizleme</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>239.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786053335771</t>
+          <t>9786053330370</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Avrupa Birliği Geri Kabul Antlaşması</t>
+          <t>İşletmelerde Örgütsel Değişim ve İç Girişimcilik</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786052427644</t>
+          <t>9786053330318</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Mahkeme Kararlarının Tanınması ve Tenfizi</t>
+          <t>Türk Medeni Hukukunda Organ ve Doku Nakline İlişkin Bazı Hukuki Sorunlar Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>899.5</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786053331346</t>
+          <t>9786053335771</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Unconventional and Innovative Economic Analyses Suggested By the Turkish Experience</t>
+          <t>Türkiye Avrupa Birliği Geri Kabul Antlaşması</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>81</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786053331339</t>
+          <t>9786052427644</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Sözleşmelerinde Hasılat Muhasebesi</t>
+          <t>Yabancı Mahkeme Kararlarının Tanınması ve Tenfizi</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>149.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786053331377</t>
+          <t>9786053331346</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Avrupa Birliği İlişkilerine Siyasal Partilerin Bakışı</t>
+          <t>Unconventional and Innovative Economic Analyses Suggested By the Turkish Experience</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>89.5</v>
+        <v>81</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786053331407</t>
+          <t>9786053331339</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Kalite</t>
+          <t>Hizmet Sözleşmelerinde Hasılat Muhasebesi</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>449.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786052427354</t>
+          <t>9786053331377</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Elektrikle Çalışmalarda İş Sağlığı ve Güvenliği</t>
+          <t>Türkiye-Avrupa Birliği İlişkilerine Siyasal Partilerin Bakışı</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>249.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786053330158</t>
+          <t>9786053331407</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Tankerlerde Operasyonel Etkinlik</t>
+          <t>Sağlık İşletmelerinde Kalite</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>299.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9786053779889</t>
+          <t>9786052427354</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Cari Açık</t>
+          <t>Elektrikle Çalışmalarda İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C1791" s="1">
-        <v>199.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9786053330103</t>
+          <t>9786053330158</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Hileli Finansal Raporlama</t>
+          <t>Kimyasal Tankerlerde Operasyonel Etkinlik</t>
         </is>
       </c>
       <c r="C1792" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9786053330240</t>
+          <t>9786053779889</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Performans Organizasyonu</t>
+          <t>Cari Açık</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>249.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9786053330264</t>
+          <t>9786053330103</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Enerjiye Dayalı Büyüme</t>
+          <t>Hileli Finansal Raporlama</t>
         </is>
       </c>
       <c r="C1794" s="1">
-        <v>79.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9786052424407</t>
+          <t>9786053330240</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Yüksek Performans Organizasyonu</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>699.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9786052425947</t>
+          <t>9786053330264</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>İleri Panel Veri Analizi: Stata Uygulamalı</t>
+          <t>Enerjiye Dayalı Büyüme</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>449.5</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9786052424391</t>
+          <t>9786052424407</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşünce Tarihi</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>499.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9786052428603</t>
+          <t>9786052425947</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
+          <t>İleri Panel Veri Analizi: Stata Uygulamalı</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>799.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9786053775508</t>
+          <t>9786052424391</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Türev Ürünler ve Finansal Teknikler</t>
+          <t>İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9786052423110</t>
+          <t>9786052428603</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>Modern İç Denetim</t>
+          <t>1982 Anayasasına Göre Türk Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>449.5</v>
+        <v>799.5</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9786053330547</t>
+          <t>9786053775508</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Avrupa Birliği Hukukunda Dolaysız Vergilerde Ayrımcılık Yasağı</t>
+          <t>Türev Ürünler ve Finansal Teknikler</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>449.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9786053778776</t>
+          <t>9786052423110</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Teorik Tartışmalar</t>
+          <t>Modern İç Denetim</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>499.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9786053779209</t>
+          <t>9786053330547</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>Medyadan Yansıyanlar</t>
+          <t>Türk ve Avrupa Birliği Hukukunda Dolaysız Vergilerde Ayrımcılık Yasağı</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>249.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9786052428092</t>
+          <t>9786053778776</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Notlu Türk Ticaret Kanunu (Ciltli)</t>
+          <t>Uluslararası İlişkilerde Teorik Tartışmalar</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>1299.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9786053337171</t>
+          <t>9786053779209</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Devlet Doktrinleri</t>
+          <t>Medyadan Yansıyanlar</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>299.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9786053778752</t>
+          <t>9786052428092</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Finansal Krizler Erken Uyarı Sistemleri ve 2008 Krizi İçin TR-ABD Örneği</t>
+          <t>Notlu Türk Ticaret Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>349.5</v>
+        <v>1299.5</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9786053779353</t>
+          <t>9786053337171</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Terimleri Sözlüğü (İtalyanca-Türkçe / Türkçe-İtalyanca)</t>
+          <t>Devlet Doktrinleri</t>
         </is>
       </c>
       <c r="C1807" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9786053335061</t>
+          <t>9786053778752</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Çalışmaları</t>
+          <t>Finansal Krizler Erken Uyarı Sistemleri ve 2008 Krizi İçin TR-ABD Örneği</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>29.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9786053331032</t>
+          <t>9786053779353</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasalarında Halka Arz</t>
+          <t>Hukuk Terimleri Sözlüğü (İtalyanca-Türkçe / Türkçe-İtalyanca)</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>349.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9786053774679</t>
+          <t>9786053335061</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Hizmetlerinde Değişim Yönetimi</t>
+          <t>Liderlik Çalışmaları</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>72.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9786053337621</t>
+          <t>9786053331032</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik - Güncel Konular</t>
+          <t>Sermaye Piyasalarında Halka Arz</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9786052426449</t>
+          <t>9786053774679</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Marka Yönetimi</t>
+          <t>Bilgi Hizmetlerinde Değişim Yönetimi</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>549.5</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9786053330905</t>
+          <t>9786053337621</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Köprüüstü ve Makine Dairesi Kaynakları Yönetimi (Ciltli)</t>
+          <t>Girişimcilik - Güncel Konular</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9786052422199</t>
+          <t>9786052426449</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>İnternette Pazarlama</t>
+          <t>Marka Yönetimi</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>349.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9786053770190</t>
+          <t>9786053330905</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Değerlendirme Merkezi</t>
+          <t>Köprüüstü ve Makine Dairesi Kaynakları Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9786052421314</t>
+          <t>9786052422199</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>İnternette Pazarlama</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>949.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9786052422168</t>
+          <t>9786053770190</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>İnsan Kaynakları Yönetiminde Değerlendirme Merkezi</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>399.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9786053779360</t>
+          <t>9786052421314</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Avrupa Sözleşmesi ve Anayasa</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>899.5</v>
+        <v>949.5</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9789752959606</t>
+          <t>9786052422168</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Avrupa Mahkemesi Kararlarında Adil Yargılanma Hakkı</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>299.5</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9786053773740</t>
+          <t>9786053779360</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Yaklaşımla İnsan Hakları</t>
+          <t>İnsan Hakları Avrupa Sözleşmesi ve Anayasa</t>
         </is>
       </c>
       <c r="C1820" s="1">
-        <v>299.5</v>
+        <v>899.5</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9786053775294</t>
+          <t>9789752959606</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Hastalık ve Analığın Hizmet Akdine Etkileri</t>
+          <t>İnsan Hakları Avrupa Mahkemesi Kararlarında Adil Yargılanma Hakkı</t>
         </is>
       </c>
       <c r="C1821" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9786053771609</t>
+          <t>9786053773740</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarının Eğitimi Geliştirilmesi</t>
+          <t>Disiplinlerarası Yaklaşımla İnsan Hakları</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>189.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9786053775492</t>
+          <t>9786053775294</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Kapitalizmi</t>
+          <t>Türk Hukukunda Hastalık ve Analığın Hizmet Akdine Etkileri</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>172.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9786053335054</t>
+          <t>9786053771609</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimine Giriş</t>
+          <t>İnsan Kaynaklarının Eğitimi Geliştirilmesi</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>39.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9786052425251</t>
+          <t>9786053775492</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Güncel Pazarlama Konuları (Örnek Olaylarla)</t>
+          <t>21. Yüzyıl Kapitalizmi</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>349.5</v>
+        <v>172.5</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9786052423554</t>
+          <t>9786053335054</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık ve Sigortacılıkta Pazarlama</t>
+          <t>İşletme Bilimine Giriş</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>299.5</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9786053330851</t>
+          <t>9786052425251</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>6098 Sayılı Borçlar Kanunu Genel Hükümler (Kısa Şerh)</t>
+          <t>Güncel Pazarlama Konuları (Örnek Olaylarla)</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>399.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9786053330493</t>
+          <t>9786052423554</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Ortamında Çekicilik ve Bağımlılık</t>
+          <t>Bankacılık ve Sigortacılıkta Pazarlama</t>
         </is>
       </c>
       <c r="C1828" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9786053330479</t>
+          <t>9786053330851</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Haksız Tahrik</t>
+          <t>6098 Sayılı Borçlar Kanunu Genel Hükümler (Kısa Şerh)</t>
         </is>
       </c>
       <c r="C1829" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9786053330431</t>
+          <t>9786053330493</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Muhasebesi</t>
+          <t>Sosyal Medya Ortamında Çekicilik ve Bağımlılık</t>
         </is>
       </c>
       <c r="C1830" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9786053330509</t>
+          <t>9786053330479</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>İlletyus</t>
+          <t>Ceza Hukukunda Haksız Tahrik</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>25</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9786053330523</t>
+          <t>9786053330431</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Satım Hukukunda Kanunlar İhtilafı Meseleleri</t>
+          <t>İnsan Kaynakları Muhasebesi</t>
         </is>
       </c>
       <c r="C1832" s="1">
-        <v>399.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9786053332145</t>
+          <t>9786053330509</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>ABD Hukukunda Özel Hayatın Gizliliği Hakkının Korunması</t>
+          <t>İlletyus</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>299.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9786053330615</t>
+          <t>9786053330523</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza İnfaz Hukuku</t>
+          <t>Uluslararası Satım Hukukunda Kanunlar İhtilafı Meseleleri</t>
         </is>
       </c>
       <c r="C1834" s="1">
         <v>399.5</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9786053330561</t>
+          <t>9786053332145</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Güç Savaşında Denge Noktası Adalet</t>
+          <t>ABD Hukukunda Özel Hayatın Gizliliği Hakkının Korunması</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>249.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9786052424780</t>
+          <t>9786053330615</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku Dersleri</t>
+          <t>Türk Ceza İnfaz Hukuku</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>995</v>
+        <v>399.5</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9786052427361</t>
+          <t>9786053330561</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Yönetimi (Stratejik Yaklaşım)</t>
+          <t>Güç Savaşında Denge Noktası Adalet</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>549.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9786053779568</t>
+          <t>9786052424780</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesinin Düzeyi ve Türleri</t>
+          <t>Sosyal Güvenlik Hukuku Dersleri</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>149.5</v>
+        <v>995</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9786053776383</t>
+          <t>9786052427361</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Pusula Tipi 360 Liderlik Modeli</t>
+          <t>Pazarlama Yönetimi (Stratejik Yaklaşım)</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>49.5</v>
+        <v>549.5</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9786053773757</t>
+          <t>9786053779568</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomi Teorisi için Alıştırmalar</t>
+          <t>Toplu İş Sözleşmesinin Düzeyi ve Türleri</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>22.9</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9786053337126</t>
+          <t>9786053776383</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>Mikroekonomi Teorisi</t>
+          <t>Pusula Tipi 360 Liderlik Modeli</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>599.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9786053330042</t>
+          <t>9786053773757</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İletişim Yönetimi</t>
+          <t>Mikroekonomi Teorisi için Alıştırmalar</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>249.5</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9786053776222</t>
+          <t>9786053337126</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Statik Mukavemet</t>
+          <t>Mikroekonomi Teorisi</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>499.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9789752955820</t>
+          <t>9786053330042</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı İstatistik - II</t>
+          <t>Stratejik İletişim Yönetimi</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>69.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9786053770022</t>
+          <t>9786053776222</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Fen ve Doğa Bilimleri</t>
+          <t>Statik Mukavemet</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>129.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9786052426050</t>
+          <t>9789752955820</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Uygulamalı İstatistik - II</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>979.5</v>
+        <v>69.5</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9786052425732</t>
+          <t>9786053770022</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku</t>
+          <t>Uygulamalı Fen ve Doğa Bilimleri</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>449.5</v>
+        <v>129.5</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9786053770305</t>
+          <t>9786052426050</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Malvarlığının Terki Suretiyle Konkordato</t>
+          <t>Borçlar Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>35</v>
+        <v>979.5</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9786053777236</t>
+          <t>9786052425732</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Makalelerim 1 (Ciltli)</t>
+          <t>Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>599.5</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9786053775768</t>
+          <t>9786053770305</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Hile Denetimi Metodoloji ve Raporlama</t>
+          <t>Malvarlığının Terki Suretiyle Konkordato</t>
         </is>
       </c>
       <c r="C1850" s="1">
-        <v>349.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9786053773221</t>
+          <t>9786053777236</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>Turizm Pazarlaması</t>
+          <t>Makalelerim 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>299.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9786053771661</t>
+          <t>9786053775768</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Trafikte Güvenli Sürüş Açısından Alkol</t>
+          <t>Hile Denetimi Metodoloji ve Raporlama</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>65</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9786053773894</t>
+          <t>9786053773221</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>İdari İşlemlerin Yürürlükten Kaldırılması</t>
+          <t>Turizm Pazarlaması</t>
         </is>
       </c>
       <c r="C1853" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9786053770312</t>
+          <t>9786053771661</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukuku Kapsamında Uzlaşma Yoluyla Yeniden Yapılandırma</t>
+          <t>Trafikte Güvenli Sürüş Açısından Alkol</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9780000275660</t>
+          <t>9786053773894</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Dama Stratejik Hizmet Yönetimi Modeli</t>
+          <t>İdari İşlemlerin Yürürlükten Kaldırılması</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>59.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9786053775935</t>
+          <t>9786053770312</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Dalgakıran Tasarımı</t>
+          <t>İcra Hukuku Kapsamında Uzlaşma Yoluyla Yeniden Yapılandırma</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>599.5</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9789752956742</t>
+          <t>9780000275660</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Geçiş Ekonomileri Pilandan Piyasaya</t>
+          <t>Dama Stratejik Hizmet Yönetimi Modeli</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>79.5</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9786053330578</t>
+          <t>9786053775935</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesinin Art Etkisi</t>
+          <t>Dalgakıran Tasarımı</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>349.5</v>
+        <v>599.5</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9786053330585</t>
+          <t>9789752956742</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Fransız Medeni Usul Hukuku'nda Yargılamanın Yenilenmesi</t>
+          <t>Geçiş Ekonomileri Pilandan Piyasaya</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>187</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9786053779810</t>
+          <t>9786053330578</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Denizcilik İşletmeleri Yönetimi</t>
+          <t>Toplu İş Sözleşmesinin Art Etkisi</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>699.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9786053773009</t>
+          <t>9786053330585</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Vergisel Kabahatler</t>
+          <t>Türk ve Fransız Medeni Usul Hukuku'nda Yargılamanın Yenilenmesi</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>499.5</v>
+        <v>187</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9786052420331</t>
+          <t>9786053779810</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Genel Hükümler TCK m.1-75 Pratik Çalışma Araçları</t>
+          <t>Denizcilik İşletmeleri Yönetimi</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>429.5</v>
+        <v>699.5</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9786053775454</t>
+          <t>9786053773009</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Bir Çeviri Eserler Bibliyografyası Işığında Türkçede italyan Kültürü</t>
+          <t>Vergisel Kabahatler</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>249.5</v>
+        <v>499.5</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9786053778578</t>
+          <t>9786052420331</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Medikal Karar Verme Yöntemleri</t>
+          <t>Ceza Hukuku Genel Hükümler TCK m.1-75 Pratik Çalışma Araçları</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>299.5</v>
+        <v>429.5</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9786053776161</t>
+          <t>9786053775454</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Girdabında Tüketicinin Kafa Karışıklığı</t>
+          <t>Bir Çeviri Eserler Bibliyografyası Işığında Türkçede italyan Kültürü</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>49.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9786052426111</t>
+          <t>9786053778578</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Modern Pubic Finance</t>
+          <t>Medikal Karar Verme Yöntemleri</t>
         </is>
       </c>
       <c r="C1866" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9786053779551</t>
+          <t>9786053776161</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Görsel - İşitsel Politikasıyla Avrupa Birliği</t>
+          <t>Pazarlama Girdabında Tüketicinin Kafa Karışıklığı</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>349.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9786053334446</t>
+          <t>9786052426111</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yöneticisinin El Kitabı</t>
+          <t>Modern Pubic Finance</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>449.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9786053777922</t>
+          <t>9786053779551</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Ekonomisi</t>
+          <t>Görsel - İşitsel Politikasıyla Avrupa Birliği</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>249.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9786053778790</t>
+          <t>9786053334446</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Uçucu Ekip Yönetimi</t>
+          <t>İnsan Kaynakları Yöneticisinin El Kitabı</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>299.5</v>
+        <v>449.5</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9786053778035</t>
+          <t>9786053777922</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>İdeolojik Arena Medya</t>
+          <t>Mühendislik Ekonomisi</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>279.5</v>
+        <v>249.5</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9786053777786</t>
+          <t>9786053778790</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Özürlülerin Sosyal Güvenlik Hakları</t>
+          <t>Uçucu Ekip Yönetimi</t>
         </is>
       </c>
       <c r="C1872" s="1">
         <v>299.5</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9786053775607</t>
+          <t>9786053778035</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukuku Analizleri</t>
+          <t>İdeolojik Arena Medya</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>99.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9786053778509</t>
+          <t>9786053777786</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmada Biyotenoloji (Ciltli)</t>
+          <t>Özürlülerin Sosyal Güvenlik Hakları</t>
         </is>
       </c>
       <c r="C1874" s="1">
-        <v>149.5</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9786052422564</t>
+          <t>9786053775607</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Büyüme</t>
+          <t>İcra Hukuku Analizleri</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>279.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9786053778004</t>
+          <t>9786053778509</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>Hileli Finansal Raporlama Önleme ve Tespit</t>
+          <t>Kalkınmada Biyotenoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>299.5</v>
+        <v>149.5</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9786053339441</t>
+          <t>9786052422564</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Depo ve Envanter Yönetimi</t>
+          <t>İktisadi Büyüme</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>28.5</v>
+        <v>279.5</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9786052422052</t>
+          <t>9786053778004</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu ve İlgili Mevzuat</t>
+          <t>Hileli Finansal Raporlama Önleme ve Tespit</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>200</v>
+        <v>299.5</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9786053777755</t>
+          <t>9786053339441</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Özgürlüğü</t>
+          <t>Depo ve Envanter Yönetimi</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>349.5</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9786053779438</t>
+          <t>9786052422052</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>İş Değerleri ve Çalışma Hayatına Yansımaları</t>
+          <t>İcra ve İflas Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>112</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
+          <t>9786053777755</t>
+        </is>
+      </c>
+      <c r="B1881" s="1" t="inlineStr">
+        <is>
+          <t>Kitle İletişim Özgürlüğü</t>
+        </is>
+      </c>
+      <c r="C1881" s="1">
+        <v>349.5</v>
+      </c>
+    </row>
+    <row r="1882" spans="1:3">
+      <c r="A1882" s="1" t="inlineStr">
+        <is>
+          <t>9786053779438</t>
+        </is>
+      </c>
+      <c r="B1882" s="1" t="inlineStr">
+        <is>
+          <t>İş Değerleri ve Çalışma Hayatına Yansımaları</t>
+        </is>
+      </c>
+      <c r="C1882" s="1">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="1883" spans="1:3">
+      <c r="A1883" s="1" t="inlineStr">
+        <is>
           <t>9786053779230</t>
         </is>
       </c>
-      <c r="B1881" s="1" t="inlineStr">
+      <c r="B1883" s="1" t="inlineStr">
         <is>
           <t>Marka Sloganları</t>
         </is>
       </c>
-      <c r="C1881" s="1">
+      <c r="C1883" s="1">
         <v>249.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>