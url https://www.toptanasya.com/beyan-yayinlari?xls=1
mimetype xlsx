--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,17275 +85,17305 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255509963</t>
+          <t>9786258505115</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Dini Mi, Seküler Mi?</t>
+          <t>İstikamet Konuşmaları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>330</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255509918</t>
+          <t>9786258505092</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Psikodrama Aynasında Annelik, Kadınlık ve Bireyleşme</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>850</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255509901</t>
+          <t>9786255509956</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Hayatım Hatıratım - Mehmet Sait Şimşek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255509970</t>
+          <t>9786255509963</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Suç ve Ceza</t>
+          <t>Kurtuluş Savaşı Dini Mi, Seküler Mi?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255509949</t>
+          <t>9786255509918</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem Tartışması - İslam'da Evlilik Yaşı Meselesi</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255509888</t>
+          <t>9786255509901</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Sonbaharı</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255509895</t>
+          <t>9786255509970</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tahtın Varisleri Osmanlı Şehzadeleri</t>
+          <t>İslam Hukukunda Suç ve Ceza</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255509932</t>
+          <t>9786255509949</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tu Hati - Sen Geldin (Türkçe-Kürtçe)</t>
+          <t>Modern Dönem Tartışması - İslam'da Evlilik Yaşı Meselesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754730609</t>
+          <t>9786255509888</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Tarih</t>
+          <t>Osmanlı'nın Sonbaharı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754735017</t>
+          <t>9786255509895</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Evrensel Krallık</t>
+          <t>Tahtın Varisleri Osmanlı Şehzadeleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754733709</t>
+          <t>9786255509932</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Müydü Çocukluğum</t>
+          <t>Tu Hati - Sen Geldin (Türkçe-Kürtçe)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754732481</t>
+          <t>9789754730609</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Değirmendir Bu Dünya</t>
+          <t>Bir Garip Tarih</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754734805</t>
+          <t>9789754735017</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak</t>
+          <t>Bir Evrensel Krallık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754734638</t>
+          <t>9789754733709</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Bir Düş Müydü Çocukluğum</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754733679</t>
+          <t>9789754732481</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bildirmece</t>
+          <t>Bir Değirmendir Bu Dünya</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754735512</t>
+          <t>9789754734805</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi</t>
+          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754735451</t>
+          <t>9789754734638</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beş Vakit Yazar</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754732283</t>
+          <t>9789754733679</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle 2. Abdülhamid Dönemi</t>
+          <t>Bilmece Bildirmece</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>295</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754734331</t>
+          <t>9789754735512</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Müslüman Olmak</t>
+          <t>Bilal-i Habeşi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>310</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754734041</t>
+          <t>9789754735451</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehid</t>
+          <t>Beş Vakit Yazar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754733594</t>
+          <t>9789754732283</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Balıkçıl Kuşu ile Yengeç</t>
+          <t>Belgelerle 2. Abdülhamid Dönemi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754734249</t>
+          <t>9789754734331</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Batı’da Müslüman Olmak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754732641</t>
+          <t>9789754734041</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an - Büyük Boy (Ciltli)</t>
+          <t>Başını Vermeyen Şehid</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>1400</v>
+        <v>115</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255509871</t>
+          <t>9789754733594</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Meydanlardan Gönüllere</t>
+          <t>Balıkçıl Kuşu ile Yengeç</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255509925</t>
+          <t>9789754734249</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Kalem ve Yazı</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255509864</t>
+          <t>9789754732641</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Atatürk - İnönü İlişkisi; Sadakat mı, Rekabet mi?</t>
+          <t>Aziz Kur’an - Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>225</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255509857</t>
+          <t>9786255509871</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>31 Mart Olayı; İsyan mı, Darbe mi?</t>
+          <t>Meydanlardan Gönüllere</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255509116</t>
+          <t>9786255509925</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe İslami Hareket</t>
+          <t>İslam Medeniyetinde Kalem ve Yazı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256773950</t>
+          <t>9786255509864</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Atatürk - İnönü İlişkisi; Sadakat mı, Rekabet mi?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256773370</t>
+          <t>9786255509857</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Gazze</t>
+          <t>31 Mart Olayı; İsyan mı, Darbe mi?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754733013</t>
+          <t>9786255509116</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Endülüslü Zidyar Son Anka</t>
+          <t>Teoriden Pratiğe İslami Hareket</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255509475</t>
+          <t>9786256773950</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Erkam'ın İzinde</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255509468</t>
+          <t>9786256773370</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri; Adalet mi, Zulüm mü?</t>
+          <t>Sevgili Gazze</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255509451</t>
+          <t>9789754733013</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki; Cemiyet mi, Komita mı?</t>
+          <t>Endülüslü Zidyar Son Anka</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255509444</t>
+          <t>9786255509475</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Yeniden İnşası İçin</t>
+          <t>Erkam'ın İzinde</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>375</v>
+        <v>265</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255509437</t>
+          <t>9786255509468</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarını ''Özgürleştirmek''</t>
+          <t>İstiklal Mahkemeleri; Adalet mi, Zulüm mü?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>410</v>
+        <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255509048</t>
+          <t>9786255509451</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bu Kadar Hadis Neden Var?</t>
+          <t>İttihat ve Terakki; Cemiyet mi, Komita mı?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255509420</t>
+          <t>9786255509444</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kendi Dilinden Molla Bedruddin Sancar'ın Hayatı</t>
+          <t>Mutluluğun Yeniden İnşası İçin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255509376</t>
+          <t>9786255509437</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağın Sorularına Karşı İslam</t>
+          <t>İnsan Haklarını ''Özgürleştirmek''</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>295</v>
+        <v>410</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255509413</t>
+          <t>9786255509048</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Neda İhvan'ın İçinden</t>
+          <t>Bu Kadar Hadis Neden Var?</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255509406</t>
+          <t>9786255509420</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan</t>
+          <t>Kendi Dilinden Molla Bedruddin Sancar'ın Hayatı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255509260</t>
+          <t>9786255509376</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (SAS) Hicretine Kadar Mekke'de İslamlaşma</t>
+          <t>Modern Çağın Sorularına Karşı İslam</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255509284</t>
+          <t>9786255509413</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşunun 725. Yılında Osmanlı Yönetim Sistemi</t>
+          <t>Yusuf Neda İhvan'ın İçinden</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256773981</t>
+          <t>9786255509406</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tüm İnsanlar Hz. Adem'in Çocuklarıyla Irkçılık Neden Var?</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258317848</t>
+          <t>9786255509260</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dönem Kur'an İlimleri Çalışmaları</t>
+          <t>Hz. Peygamber'in (SAS) Hicretine Kadar Mekke'de İslamlaşma</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258317039</t>
+          <t>9786255509284</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Mekke ve Medine Dönemi (Ciltli)</t>
+          <t>Kuruluşunun 725. Yılında Osmanlı Yönetim Sistemi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>800</v>
+        <v>750</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>2770000000758</t>
+          <t>9786256773981</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İhsan Süreyya Sırma Tüm Eserleri (33 Kitap)</t>
+          <t>Tüm İnsanlar Hz. Adem'in Çocuklarıyla Irkçılık Neden Var?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>10900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>2770000000765</t>
+          <t>9786258317848</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Adnan Demircan Tüm Eserleri (32 Kitap)</t>
+          <t>Çağdaş Dönem Kur'an İlimleri Çalışmaları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>8600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>2770000000741</t>
+          <t>9786258317039</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Muhammed Hamidullah Tüm Eserleri (18 Kitap)</t>
+          <t>İslami Tebliğin Mekke ve Medine Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>4000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>2770000021173</t>
+          <t>2770000000758</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>88 Soru Serisi (8 Kitap) Bez Çantalı</t>
+          <t>Prof. Dr. İhsan Süreyya Sırma Tüm Eserleri (33 Kitap)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1410</v>
+        <v>10900</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754730890</t>
+          <t>2770000000765</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Asr-ı Saadette İslam (5 Cilt Takım) (Ciltli)</t>
+          <t>Prof. Dr. Adnan Demircan Tüm Eserleri (32 Kitap)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>8600</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754737653</t>
+          <t>2770000000741</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi (5 Cilt Takım, Sempatik Boy)</t>
+          <t>Prof. Dr. Muhammed Hamidullah Tüm Eserleri (18 Kitap)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1250</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754738889</t>
+          <t>2770000021173</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kitap</t>
+          <t>88 Soru Serisi (8 Kitap) Bez Çantalı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>40</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754738117</t>
+          <t>9789754730890</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hiç Aylar Üç Aylar ve Ramazan</t>
+          <t>Bütün Yönleriyle Asr-ı Saadette İslam (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754732856</t>
+          <t>9789754737653</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Müslümanların Tarihi (5 Cilt Takım, Sempatik Boy)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>12</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754735161</t>
+          <t>9789754738889</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri Normal Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Konuşan Kitap</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754731286</t>
+          <t>9789754738117</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi ve Nurculuk</t>
+          <t>Hiç Aylar Üç Aylar ve Ramazan</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>6</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754736755</t>
+          <t>9789754732856</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca'nın Bisikleti</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754736434</t>
+          <t>9789754735161</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>El Munkız Mined Dalal (Ciltli)</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri Normal Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754732016</t>
+          <t>9789754731286</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (5 Kitap Set)</t>
+          <t>Bediüzzaman Said Nursi ve Nurculuk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754735598</t>
+          <t>9789754736755</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eski Diyarbekir'de Gündelik Hayat</t>
+          <t>Nasreddin Hoca'nın Bisikleti</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>8</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754735055</t>
+          <t>9789754736434</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Introduction To Islam</t>
+          <t>El Munkız Mined Dalal (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>415</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754732603</t>
+          <t>9789754732016</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sürgün ve Atlas</t>
+          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>6.48</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754731910</t>
+          <t>9789754735598</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Bidat</t>
+          <t>Eski Diyarbekir'de Gündelik Hayat</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>8.33</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754733211</t>
+          <t>9789754735055</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Aydınlık Gazeli</t>
+          <t>Introduction To Islam</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>8.33</v>
+        <v>415</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754732061</t>
+          <t>9789754732603</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri</t>
+          <t>Sürgün ve Atlas</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754732085</t>
+          <t>9789754731910</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sevda Söze Dönüşmez</t>
+          <t>Sünnet ve Bidat</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754732054</t>
+          <t>9789754733211</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ses Ver Bana</t>
+          <t>Sonsuz Aydınlık Gazeli</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754732870</t>
+          <t>9789754732061</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sebilürreşad Dergisi Ekseninde - Siyaset ve Laiklik 1948-1954</t>
+          <t>Seyir Defteri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>32</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>3990000012542</t>
+          <t>9789754732085</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Samson’un Tercihi İsrail Amerika ve Bomba</t>
+          <t>Sevda Söze Dönüşmez</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754731972</t>
+          <t>9789754732054</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Salahaddin Eyyübi ve Kudüsün Yeniden Fethi</t>
+          <t>Ses Ver Bana</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754733990</t>
+          <t>9789754732870</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Orijinali ve Günümüz Türkçesi</t>
+          <t>Sebilürreşad Dergisi Ekseninde - Siyaset ve Laiklik 1948-1954</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>70</v>
+        <v>32</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754733983</t>
+          <t>3990000012542</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Samson’un Tercihi İsrail Amerika ve Bomba</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>60.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754732788</t>
+          <t>9789754731972</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Recm Cezası Ayet ve Hadis Tahlilleri</t>
+          <t>Salahaddin Eyyübi ve Kudüsün Yeniden Fethi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>27.78</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754732689</t>
+          <t>9789754733990</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ranuna’ya Mektuplar</t>
+          <t>Safahat - Orijinali ve Günümüz Türkçesi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754733112</t>
+          <t>9789754733983</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz’in Ramazan Günlüğü</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>16</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>3990000012680</t>
+          <t>9789754732788</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Bozgun Yılları Hastanın Başucunda Kırk Gün Kırk Gece</t>
+          <t>Recm Cezası Ayet ve Hadis Tahlilleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>8.33</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754732184</t>
+          <t>9789754732689</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Kadın ve İktisat</t>
+          <t>Ranuna’ya Mektuplar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>9.26</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754734881</t>
+          <t>9789754733112</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Müslümanı Avrupalılaştırmak</t>
+          <t>Peygamberimiz’in Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>9.26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754732467</t>
+          <t>3990000012680</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mutedil Bir Siyamlı</t>
+          <t>Osmanlı’nın Bozgun Yılları Hastanın Başucunda Kırk Gün Kırk Gece</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754732764</t>
+          <t>9789754732184</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Sürecinde Kur’an ve Müteşabihler</t>
+          <t>Osmanlı’da Kadın ve İktisat</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754732917</t>
+          <t>9789754734881</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Bağlamında Osmanlı-Amerika İlişkileri 1786 - 1929</t>
+          <t>Müslümanı Avrupalılaştırmak</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>32</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754732948</t>
+          <t>9789754732467</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Yılları</t>
+          <t>Mutedil Bir Siyamlı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>9</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754731804</t>
+          <t>9789754732764</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ey Hüzün</t>
+          <t>Modernleşme Sürecinde Kur’an ve Müteşabihler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>3990000004648</t>
+          <t>9789754732917</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mehdilik</t>
+          <t>Modernleşme Bağlamında Osmanlı-Amerika İlişkileri 1786 - 1929</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>9.26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754732443</t>
+          <t>9789754732948</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kara</t>
+          <t>Milli Mücadele Yılları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>6.48</v>
+        <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754732153</t>
+          <t>9789754731804</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gül</t>
+          <t>Merhaba Ey Hüzün</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000011525</t>
+          <t>3990000004648</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Lokman’ı Dinlerken</t>
+          <t>Mehdilik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754732528</t>
+          <t>9789754732443</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kün</t>
+          <t>Mavi Kara</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754731293</t>
+          <t>9789754732153</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzün Kimliği</t>
+          <t>Mavi Gül</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>18</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754734225</t>
+          <t>3990000011525</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma Altında Beyrut Günlüğü</t>
+          <t>Lokman’ı Dinlerken</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754731514</t>
+          <t>9789754732528</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın İnsan-Biçimci Dili</t>
+          <t>Kün</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>20</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754734058</t>
+          <t>9789754731293</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Toplumsal Sınanma</t>
+          <t>Kültürümüzün Kimliği</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>27.78</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754731385</t>
+          <t>9789754734225</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sembolik Anlatımlar</t>
+          <t>Kuşatma Altında Beyrut Günlüğü</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>30</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000002500</t>
+          <t>9789754731514</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hz. Peygambere Sorulan 13 Soru</t>
+          <t>Kur’an’ın İnsan-Biçimci Dili</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754734751</t>
+          <t>9789754734058</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikleri</t>
+          <t>Kur’an’da Toplumsal Sınanma</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754732344</t>
+          <t>9789754731385</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Işığında Kader ve Özgürlük</t>
+          <t>Kur’an’da Sembolik Anlatımlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754731101</t>
+          <t>3990000002500</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kur’an da Peygamber Duaları</t>
+          <t>Kur’an’da Hz. Peygambere Sorulan 13 Soru</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754732665</t>
+          <t>9789754734751</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Korku ve Büyü</t>
+          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>9.26</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754731422</t>
+          <t>9789754732344</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kuğuların Masalı</t>
+          <t>Kur’an Işığında Kader ve Özgürlük</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>5.56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754732931</t>
+          <t>9789754731101</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Gelişimi Açısından Çocuk ve Televizyon</t>
+          <t>Kur’an da Peygamber Duaları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754734683</t>
+          <t>9789754732665</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kızların Gömülerek Öldürülmesi ve Çok Kadınla Evlilik</t>
+          <t>Kur’an Açısından Korku ve Büyü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789754731903</t>
+          <t>9789754731422</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçeklerinin Ağıtı</t>
+          <t>Kuğuların Masalı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754733129</t>
+          <t>9789754732931</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak! Bu Sen Misin!</t>
+          <t>Kişilik Gelişimi Açısından Çocuk ve Televizyon</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>60</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754732733</t>
+          <t>9789754734683</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kaynakları Işığında Şia İnanç Esasları</t>
+          <t>Kızların Gömülerek Öldürülmesi ve Çok Kadınla Evlilik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>12.04</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754735345</t>
+          <t>9789754731903</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kendi Eksenine Dönüş</t>
+          <t>Kır Çiçeklerinin Ağıtı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>12</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789754730001</t>
+          <t>9789754733129</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Karmaşa</t>
+          <t>Kendine İyi Bak! Bu Sen Misin!</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>7.41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754733020</t>
+          <t>9789754732733</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Çağrısı</t>
+          <t>Kendi Kaynakları Işığında Şia İnanç Esasları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754732023</t>
+          <t>9789754735345</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Simya</t>
+          <t>Kendi Eksenine Dönüş</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>6.48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>3990000005753</t>
+          <t>9789754730001</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Sosyal Adalet</t>
+          <t>Karmaşa</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754732924</t>
+          <t>9789754733020</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemelerinde</t>
+          <t>Karanlığın Çağrısı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>10.19</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789754732825</t>
+          <t>9789754732023</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mir’atı</t>
+          <t>Kanayan Simya</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754730234</t>
+          <t>3990000005753</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İsrail, Amerika ve Bomba</t>
+          <t>Kadın ve Sosyal Adalet</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>20</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754734416</t>
+          <t>9789754732924</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İslami Kimliğimizi Korumak (Ciltli)</t>
+          <t>İstiklal Mahkemelerinde</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754732658</t>
+          <t>9789754732825</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Temel Kavramları (Ciltli)</t>
+          <t>İstanbul Mir’atı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754732269</t>
+          <t>9789754730234</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Döneminde Bey’at ve Seçim Sistemi</t>
+          <t>İsrail, Amerika ve Bomba</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754734430</t>
+          <t>9789754734416</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Cinsel Hayat (Ciltli)</t>
+          <t>İslami Kimliğimizi Korumak (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>27.78</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754732559</t>
+          <t>9789754732658</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İslam Yargılama Hukukunda Jüri</t>
+          <t>İslam’ın Temel Kavramları (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754731453</t>
+          <t>9789754732269</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Osmanlı Hukukunda Kölelik ve Cariyelik</t>
+          <t>İslam’ın İlk Döneminde Bey’at ve Seçim Sistemi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754731446</t>
+          <t>9789754734430</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Osmanlı Anayasa Hukukunda Yargı Bağımsızlığı Anayasa Hukuku Tarihi Açısından Mukayeseli Bir İnceleme</t>
+          <t>İslam’a Göre Cinsel Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754731712</t>
+          <t>9789754732559</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Modern Hukukta İşkence</t>
+          <t>İslam Yargılama Hukukunda Jüri</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789754733525</t>
+          <t>9789754731453</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisi</t>
+          <t>İslam ve Osmanlı Hukukunda Kölelik ve Cariyelik</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>3990000013608</t>
+          <t>9789754731446</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İslam Savaşçısına Notlar</t>
+          <t>İslam ve Osmanlı Anayasa Hukukunda Yargı Bağımsızlığı Anayasa Hukuku Tarihi Açısından Mukayeseli Bir İnceleme</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754731866</t>
+          <t>9789754731712</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Bilgi Teorisi</t>
+          <t>İslam ve Modern Hukukta İşkence</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754731439</t>
+          <t>9789754733525</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Allah - Alem İlişkisi</t>
+          <t>İslam Sosyolojisi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754730975</t>
+          <t>3990000013608</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 1</t>
+          <t>İslam Savaşçısına Notlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>11.88</v>
+        <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754735130</t>
+          <t>9789754731866</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 5. Sınıf</t>
+          <t>İslam Düşüncesinde Bilgi Teorisi</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754735123</t>
+          <t>9789754731439</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin İstanbul Dersi 4. Sınıf</t>
+          <t>İslam Düşüncesinde Allah - Alem İlişkisi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754735116</t>
+          <t>9789754730975</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 3. Sınıf</t>
+          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 1</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>15</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754731309</t>
+          <t>9789754735130</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İlahi Dinlerde Cennet İnancı Mukayeseli Bir Araştırma</t>
+          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 5. Sınıf</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754734706</t>
+          <t>9789754735123</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İktidar ve Kader</t>
+          <t>İlköğretim Okulları İçin İstanbul Dersi 4. Sınıf</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754732337</t>
+          <t>9789754735116</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletler Hukukunda Savaş</t>
+          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 3. Sınıf</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754733327</t>
+          <t>9789754731309</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İkna Odaları Psikolojik Bir İşkence Metodu Olarak</t>
+          <t>İlahi Dinlerde Cennet İnancı Mukayeseli Bir Araştırma</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754731958</t>
+          <t>9789754734706</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İkibinyirmibir</t>
+          <t>İktidar ve Kader</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754731491</t>
+          <t>9789754732337</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İki Yobaz</t>
+          <t>İslam Devletler Hukukunda Savaş</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754732535</t>
+          <t>9789754733327</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İki Deniz Arasında Vahiy</t>
+          <t>İkna Odaları Psikolojik Bir İşkence Metodu Olarak</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754731781</t>
+          <t>9789754731958</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İfşa</t>
+          <t>İkibinyirmibir</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754732498</t>
+          <t>9789754731491</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İbrahimi Okuyuş</t>
+          <t>İki Yobaz</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754732801</t>
+          <t>9789754732535</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İblis’in Son Savunması</t>
+          <t>İki Deniz Arasında Vahiy</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3990000013610</t>
+          <t>9789754731781</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Serüveni</t>
+          <t>İfşa</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>3990000011522</t>
+          <t>9789754732498</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İç Denetim</t>
+          <t>İbrahimi Okuyuş</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>6.48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754735253</t>
+          <t>9789754732801</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman</t>
+          <t>İblis’in Son Savunması</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>235</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>3990000002497</t>
+          <t>3990000013610</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Altı Orijinal Diplomatik Mektubu ve Arap Yazısının Temeline Giriş</t>
+          <t>İnsanın Serüveni</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754732122</t>
+          <t>3990000011522</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Hüzünbaz Çocuk</t>
+          <t>İnsan ve İç Denetim</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754731835</t>
+          <t>9789754735253</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hayal Defteri</t>
+          <t>Hz. Süleyman</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>7</v>
+        <v>235</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754732597</t>
+          <t>3990000002497</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut Var</t>
+          <t>Hz. Peygamber’in Altı Orijinal Diplomatik Mektubu ve Arap Yazısının Temeline Giriş</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754733174</t>
+          <t>9789754732122</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Halil Günenç Hoca</t>
+          <t>Hoşçakal Hüzünbaz Çocuk</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>3990000034470</t>
+          <t>9789754731835</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Güz Klasiği</t>
+          <t>Hayal Defteri</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>3990000003880</t>
+          <t>9789754732597</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>Havada Bulut Var</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754730098</t>
+          <t>9789754733174</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>Halil Günenç Hoca</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>12</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754734980</t>
+          <t>3990000034470</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gül Üstünde Yağmur Damlası</t>
+          <t>Güz Klasiği</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>225</v>
+        <v>7</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754732351</t>
+          <t>3990000003880</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Halifeliğin Emevilere Geçişi ve Verasete Dönüşmesi</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754731767</t>
+          <t>9789754730098</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gül Kıyamı</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>6.48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754733150</t>
+          <t>9789754734980</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler</t>
+          <t>Gül Üstünde Yağmur Damlası</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754732542</t>
+          <t>9789754732351</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Göçüyor Kalbim</t>
+          <t>Halifeliğin Emevilere Geçişi ve Verasete Dönüşmesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754731590</t>
+          <t>9789754731767</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Gavur Kayırıcılar</t>
+          <t>Gül Kıyamı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>15</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754732993</t>
+          <t>9789754733150</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Feveran</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>9</v>
+        <v>325</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754734317</t>
+          <t>9789754732542</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Farklı Kültürlerin Birlikte Yaşama Formülü</t>
+          <t>Göçüyor Kalbim</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>21.3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754732047</t>
+          <t>9789754731590</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Eylülde Su</t>
+          <t>Gavur Kayırıcılar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754733303</t>
+          <t>9789754732993</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Evrensel İslam Ailesi Modern Yalnızlığa Karşı</t>
+          <t>Feveran</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>8.33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754735352</t>
+          <t>9789754734317</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Etkıya</t>
+          <t>Farklı Kültürlerin Birlikte Yaşama Formülü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>160</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754732009</t>
+          <t>9789754732047</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Döneminde Saray Hayatı</t>
+          <t>Eylülde Su</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>9.26</v>
+        <v>7</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>3990000013609</t>
+          <t>9789754733303</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Bir Din midir ?</t>
+          <t>Evrensel İslam Ailesi Modern Yalnızlığa Karşı</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754731569</t>
+          <t>9789754735352</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hanife’nin Hocası Hammad ve Fıkhi Görüşleri</t>
+          <t>Etkıya</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>3990000011328</t>
+          <t>9789754732009</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm ve Oryantalistler Yararları-Zararları</t>
+          <t>Emeviler Döneminde Saray Hayatı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754730951</t>
+          <t>3990000013609</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 3</t>
+          <t>Ekonomi Bir Din midir ?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>11.88</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754730968</t>
+          <t>9789754731569</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 2</t>
+          <t>Ebu Hanife’nin Hocası Hammad ve Fıkhi Görüşleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789754734409</t>
+          <t>3990000011328</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Minberinden İslam Nizamı (Ciltli)</t>
+          <t>Oryantalizm ve Oryantalistler Yararları-Zararları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>400</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754734393</t>
+          <t>9789754730951</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Zihni Karışıklar İçin Alışkanlık Reçetesi</t>
+          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 3</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>9.26</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754732399</t>
+          <t>9789754730968</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 2</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754731736</t>
+          <t>9789754734409</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Sevda Süleymanı</t>
+          <t>Süleymaniye Minberinden İslam Nizamı (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>6.48</v>
+        <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754732504</t>
+          <t>9789754734393</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Olayı</t>
+          <t>Zihni Karışıklar İçin Alışkanlık Reçetesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>3990000004026</t>
+          <t>9789754732399</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Menderes Dönemi</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754732795</t>
+          <t>9789754731736</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Wesirfinger Pastanesi</t>
+          <t>Yeni Bir Sevda Süleymanı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789754731965</t>
+          <t>9789754732504</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Vay Sevda Karam</t>
+          <t>Yaratılış Olayı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>6.48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789754735284</t>
+          <t>3990000004026</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Vakıf ve Allah’a Davetteki Rolü</t>
+          <t>Menderes Dönemi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789754731125</t>
+          <t>9789754732795</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ülke Kızları</t>
+          <t>Wesirfinger Pastanesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789754731460</t>
+          <t>9789754731965</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Anti-Materyalist Felsefe - Spiritüalizm</t>
+          <t>Vay Sevda Karam</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>35</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754732474</t>
+          <t>9789754735284</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Totaliterizmin Sefaleti</t>
+          <t>Vakıf ve Allah’a Davetteki Rolü</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>11.11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754730007</t>
+          <t>9789754731125</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Terörün Soldurduğu Yıllar</t>
+          <t>Ülke Kızları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>8.33</v>
+        <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754732580</t>
+          <t>9789754731460</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Tali Bir Akşam</t>
+          <t>Türkiye’de Anti-Materyalist Felsefe - Spiritüalizm</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>6.48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789754732818</t>
+          <t>9789754732474</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Şiir Üzerine Bir Şeyler Söylemek</t>
+          <t>Totaliterizmin Sefaleti</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789754735963</t>
+          <t>9789754730007</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kendimize ve Topluma  Karşı Sorumluluşlarımız</t>
+          <t>Terörün Soldurduğu Yıllar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789754735956</t>
+          <t>9789754732580</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Karşı Sorumluluklarımız</t>
+          <t>Tali Bir Akşam</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>10.19</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754735680</t>
+          <t>9789754732818</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ayetleri Işığında Peygamberlerin Hayatı</t>
+          <t>Şiir Üzerine Bir Şeyler Söylemek</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>900</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789754732177</t>
+          <t>9789754735963</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Güneydoğu Asya’ya Girişi ve Yayılışı</t>
+          <t>Kendimize ve Topluma  Karşı Sorumluluşlarımız</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>25</v>
+        <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754731699</t>
+          <t>9789754735956</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Tövbe ve Dini Yaşayıştaki Rolü</t>
+          <t>Allah’a Karşı Sorumluluklarımız</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>16.67</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754732146</t>
+          <t>9789754735680</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ebabil</t>
+          <t>Kur'an Ayetleri Işığında Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>7</v>
+        <v>900</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754731606</t>
+          <t>9789754732177</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dr. S Öyküler</t>
+          <t>İslam’ın Güneydoğu Asya’ya Girişi ve Yayılışı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754731811</t>
+          <t>9789754731699</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Batıdan Ortadoğudan</t>
+          <t>İslam’da Tövbe ve Dini Yaşayıştaki Rolü</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754734669</t>
+          <t>9789754732146</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Doğudan - Batıdan Klasikler (25 Kitap Takım)</t>
+          <t>Ebabil</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>7</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754731620</t>
+          <t>9789754731606</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Üzerine Tartışmalar</t>
+          <t>Dr. S Öyküler</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>15.74</v>
+        <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789754734843</t>
+          <t>9789754731811</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dua</t>
+          <t>Doğudan Batıdan Ortadoğudan</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789754731361</t>
+          <t>9789754734669</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Din Devlet İlişkileri Sempozyumu</t>
+          <t>Doğudan - Batıdan Klasikler (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>12.04</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789754734959</t>
+          <t>9789754731620</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Kokusu Cennetin Kokusudur</t>
+          <t>Divan Edebiyatı Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789754733280</t>
+          <t>9789754734843</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Din Eğitimi ve Karşılaşılan Güçlükler</t>
+          <t>Din ve Dua</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>325</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789754731774</t>
+          <t>9789754731361</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çamurlu Bir Irmak</t>
+          <t>Din Devlet İlişkileri Sempozyumu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>6.48</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754733266</t>
+          <t>9789754734959</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>CHP ve Din (1948 - 1960)</t>
+          <t>Çocukların Kokusu Cennetin Kokusudur</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789754732139</t>
+          <t>9789754733280</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Cennetten Düşüş</t>
+          <t>Çocuğun Din Eğitimi ve Karşılaşılan Güçlükler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>7</v>
+        <v>325</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789754730845</t>
+          <t>9789754731774</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Asr-ı Saadet’te İslam - 4 Cilt (Ciltli)</t>
+          <t>Çamurlu Bir Irmak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>140.28</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754734850</t>
+          <t>9789754733266</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bütün Cemreler Düştü mü Çocuklar?</t>
+          <t>CHP ve Din (1948 - 1960)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789754732450</t>
+          <t>9789754732139</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bu Sevda Benim Değil</t>
+          <t>Cennetten Düşüş</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789754731729</t>
+          <t>9789754730845</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehre Vardım</t>
+          <t>Bütün Yönleriyle Asr-ı Saadet’te İslam - 4 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>6.48</v>
+        <v>140.28</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754730003</t>
+          <t>9789754734850</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Irak ve Saddam Hüseyin</t>
+          <t>Bütün Cemreler Düştü mü Çocuklar?</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754733075</t>
+          <t>9789754732450</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Der Goldene Talisman</t>
+          <t>Bu Sevda Benim Değil</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754733556</t>
+          <t>9789754731729</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bin Yılların Gecesi</t>
+          <t>Bir Şehre Vardım</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789754734799</t>
+          <t>9789754730003</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bilge Terzi: M. Said Çekmegil</t>
+          <t>Irak ve Saddam Hüseyin</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754732030</t>
+          <t>9789754733075</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yürüyüş</t>
+          <t>Der Goldene Talisman</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789754735369</t>
+          <t>9789754733556</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Çağa Serzeniş</t>
+          <t>Bin Yılların Gecesi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>160</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789754732887</t>
+          <t>9789754734799</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Benzerleriyle Değiştirilenlerin Hikayesi</t>
+          <t>Bilge Terzi: M. Said Çekmegil</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754731873</t>
+          <t>9789754732030</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Haricilik Düşüncesi</t>
+          <t>Beyaz Yürüyüş</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>7.41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789754733341</t>
+          <t>9789754735369</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Batı Günlüğü</t>
+          <t>Çağa Serzeniş</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789754731750</t>
+          <t>9789754732887</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Babil’i Beş Geçe</t>
+          <t>Benzerleriyle Değiştirilenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754733051</t>
+          <t>9789754731873</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an (Ciltli)</t>
+          <t>Çağdaş Haricilik Düşüncesi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>17.82</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754732647</t>
+          <t>9789754733341</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an</t>
+          <t>Batı Günlüğü</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>18.52</v>
+        <v>265</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789754735475</t>
+          <t>9789754731750</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve İşaretler</t>
+          <t>Babil’i Beş Geçe</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>23</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789754732115</t>
+          <t>9789754733051</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ay Tanığım Olsun</t>
+          <t>Aziz Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>6.48</v>
+        <v>17.82</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789754732092</t>
+          <t>9789754732647</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ay Şafağı Çok Çiçek</t>
+          <t>Aziz Kur’an</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789754735154</t>
+          <t>9789754735475</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ölüm</t>
+          <t>Ayetler ve İşaretler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>23</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789754734973</t>
+          <t>9789754732115</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Andolsun Aşka (Ciltli)</t>
+          <t>Ay Tanığım Olsun</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>45</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789754731194</t>
+          <t>9789754732092</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Esintiler</t>
+          <t>Ay Şafağı Çok Çiçek</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754732207</t>
+          <t>9789754735154</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Günlüğü</t>
+          <t>Aşk ve Ölüm</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>21</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789754735093</t>
+          <t>9789754734973</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>An(n)a Aşkı</t>
+          <t>Andolsun Aşka (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>11.11</v>
+        <v>45</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789754732160</t>
+          <t>9789754731194</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam Akşamları</t>
+          <t>Anadolu’dan Esintiler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754734447</t>
+          <t>9789754732207</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Resulü’nden Hayat Dersleri (Ciltli)</t>
+          <t>Anadolu Günlüğü</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789754731583</t>
+          <t>9789754735093</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Alaturka Demokrasi Alaturka Laiklik</t>
+          <t>An(n)a Aşkı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789754731408</t>
+          <t>9789754732160</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Kıyısında Bir Çocuk</t>
+          <t>Amsterdam Akşamları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789754732276</t>
+          <t>9789754734447</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risaleleri (Ciltli)</t>
+          <t>Allah’ın Resulü’nden Hayat Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>27.78</v>
+        <v>40</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754731842</t>
+          <t>9789754731583</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ağzı Karanfilli Dost</t>
+          <t>Alaturka Demokrasi Alaturka Laiklik</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789754731743</t>
+          <t>9789754731408</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Adını Koyamadığım</t>
+          <t>Akdeniz Kıyısında Bir Çocuk</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>7</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754732078</t>
+          <t>9789754732276</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Müstesna Ölümü</t>
+          <t>Akaid Risaleleri (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>6.48</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789754732627</t>
+          <t>9789754731842</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Döneminde Ticari Hayat</t>
+          <t>Ağzı Karanfilli Dost</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>20</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754733495</t>
+          <t>9789754731743</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis (Ciltli)</t>
+          <t>Adını Koyamadığım</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>550</v>
+        <v>7</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754733358</t>
+          <t>9789754732078</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Dersleri</t>
+          <t>Adem’in Müstesna Ölümü</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>220</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789754734461</t>
+          <t>9789754732627</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Mardin Süryanileri</t>
+          <t>İslam’ın İlk Döneminde Ticari Hayat</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>3990000073323</t>
+          <t>9789754733495</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 5) (Ciltli)</t>
+          <t>40 Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>38</v>
+        <v>550</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>3990000099764</t>
+          <t>9789754733358</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 1) (Ciltli)</t>
+          <t>Ahlak Dersleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>38</v>
+        <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754738544</t>
+          <t>9789754734461</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Sohbetlerim 2 (Ciltli)</t>
+          <t>19. Yüzyılda Mardin Süryanileri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>1300</v>
+        <v>42</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789754731200</t>
+          <t>3990000073323</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Hadislere Göre Şeytan</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 5) (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789754733143</t>
+          <t>3990000099764</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sen Geldin (Ciltli)</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 1) (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789754738742</t>
+          <t>9789754738544</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı</t>
+          <t>Tefsir Sohbetlerim 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>395</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789754735970</t>
+          <t>9789754731200</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Sohbetlerim 1 (Ciltli)</t>
+          <t>Kur’an ve Hadislere Göre Şeytan</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789754735796</t>
+          <t>9789754733143</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Dört Terim (Küçük Boy)</t>
+          <t>Sen Geldin (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>3990000062021</t>
+          <t>9789754738742</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 3) (Ciltli)</t>
+          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>38</v>
+        <v>395</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>3990000062020</t>
+          <t>9789754735970</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 2) (Ciltli)</t>
+          <t>Tefsir Sohbetlerim 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>38</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>3990000062022</t>
+          <t>9789754735796</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 4)</t>
+          <t>Kur'an'a Göre Dört Terim (Küçük Boy)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>38</v>
+        <v>100</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786255509383</t>
+          <t>3990000062021</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İbadetin Metafiziği</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 3) (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>235</v>
+        <v>38</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789754734256</t>
+          <t>3990000062020</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 2) (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>490</v>
+        <v>38</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789754734263</t>
+          <t>3990000062022</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 4)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>500</v>
+        <v>38</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786255509369</t>
+          <t>9786255509383</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Din Hizmetine Adanan Bir Ömür/ Kozanlı Hasan Hoca</t>
+          <t>İbadetin Metafiziği</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>325</v>
+        <v>235</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786255509345</t>
+          <t>9789754734256</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kar</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>210</v>
+        <v>490</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786255509314</t>
+          <t>9789754734263</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kur'an En Doğrusunu Der</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786255509321</t>
+          <t>9786255509369</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar ve Suretler - İki Öykü</t>
+          <t>Din Hizmetine Adanan Bir Ömür/ Kozanlı Hasan Hoca</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786255509338</t>
+          <t>9786255509345</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ali Şükrü Bey Cinayeti Faili Meçhul Mü, Faili Malum Mu?</t>
+          <t>Kırmızı Kar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789754735802</t>
+          <t>9786255509314</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İşte Önderimiz Hz. Muhammed (Küçük Boy)</t>
+          <t>Kur'an En Doğrusunu Der</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786255509307</t>
+          <t>9786255509321</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Gıyasettin Sim Kitabı/ Yarım Kalmış Bir Dostluk Hikayesi</t>
+          <t>Rüyalar ve Suretler - İki Öykü</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786255509253</t>
+          <t>9786255509338</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Mazlumluktan Zalimliğe/İktidar El Değiştirirken Abbasilerin Emevilere Yaptıkları</t>
+          <t>Ali Şükrü Bey Cinayeti Faili Meçhul Mü, Faili Malum Mu?</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786255509291</t>
+          <t>9789754735802</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Aynasında - Sosyoloji, Tarih, Siyaset</t>
+          <t>İşte Önderimiz Hz. Muhammed (Küçük Boy)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786255509277</t>
+          <t>9786255509307</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Genç Müslümana Çağdaş Kavramlar Rehberi</t>
+          <t>Gıyasettin Sim Kitabı/ Yarım Kalmış Bir Dostluk Hikayesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786255509192</t>
+          <t>9786255509253</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Lozan; Başarı mı, Taviz mi?</t>
+          <t>Mazlumluktan Zalimliğe/İktidar El Değiştirirken Abbasilerin Emevilere Yaptıkları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786255509239</t>
+          <t>9786255509291</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -4</t>
+          <t>Ramazan Aynasında - Sosyoloji, Tarih, Siyaset</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786255509222</t>
+          <t>9786255509277</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -3</t>
+          <t>Genç Müslümana Çağdaş Kavramlar Rehberi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786255509215</t>
+          <t>9786255509192</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -2</t>
+          <t>Lozan; Başarı mı, Taviz mi?</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786255509208</t>
+          <t>9786255509239</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -1</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -4</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786255509246</t>
+          <t>9786255509222</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Filistin’in Yahudileştirilmesi; Toprak Satışı mı, Gasp mı?</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -3</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786255509185</t>
+          <t>9786255509215</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Son Hükümdar II. Abdülhamid; Ulu Hakan mı, Despot Sultan mı?</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -2</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786255509123</t>
+          <t>9786255509208</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bir Hakikat Adamı Mehmed Âkif</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -1</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786255509130</t>
+          <t>9786255509246</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Öyküye Dair</t>
+          <t>Filistin’in Yahudileştirilmesi; Toprak Satışı mı, Gasp mı?</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>750</v>
+        <v>225</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786255509161</t>
+          <t>9786255509185</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Said Olayı; İsyan mı, Kıyam mı?</t>
+          <t>Son Hükümdar II. Abdülhamid; Ulu Hakan mı, Despot Sultan mı?</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786255509147</t>
+          <t>9786255509123</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Yılları; Demokrasi mi, Diktatörlük mü?</t>
+          <t>Bir Hakikat Adamı Mehmed Âkif</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786255509154</t>
+          <t>9786255509130</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Dersim Olayı; Kerim Devlet mi, Zalim Devlet mi?</t>
+          <t>Öyküye Dair</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786255509093</t>
+          <t>9786255509161</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Büyük Anlatılar</t>
+          <t>Şeyh Said Olayı; İsyan mı, Kıyam mı?</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786255509178</t>
+          <t>9786255509147</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İslâm Hukuku-2 Ahvâl-i Şahsiyye (Şahıs-Aile-Miras)</t>
+          <t>Cumhuriyetin İlk Yılları; Demokrasi mi, Diktatörlük mü?</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256773349</t>
+          <t>9786255509154</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İngilizlerin Hindistan ve Bengal'deki Sömürge Yönetimi</t>
+          <t>Dersim Olayı; Kerim Devlet mi, Zalim Devlet mi?</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>470</v>
+        <v>225</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786255509109</t>
+          <t>9786255509093</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yangı - Hikâyeler</t>
+          <t>Büyük Anlatılar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786255509079</t>
+          <t>9786255509178</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sonunda Hepimiz Yok Olacaksak Bu Hayat Neden Var?</t>
+          <t>İslâm Hukuku-2 Ahvâl-i Şahsiyye (Şahıs-Aile-Miras)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786255509062</t>
+          <t>9786256773349</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Yeterince Nimet Varken Bu Kadar Yoksulluk Neden Var?</t>
+          <t>İngilizlerin Hindistan ve Bengal'deki Sömürge Yönetimi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786255509055</t>
+          <t>9786255509109</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın ilk Emri Oku İse Bu Kadar Cehalet Neden Var?</t>
+          <t>Yangı - Hikâyeler</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786255509031</t>
+          <t>9786255509079</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İslam Barış Diniyse Bu Kadar Savaş Neden Var?</t>
+          <t>Sonunda Hepimiz Yok Olacaksak Bu Hayat Neden Var?</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786255509024</t>
+          <t>9786255509062</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Aile Kutsal İse Bu Kadar Boşanma Neden Var?</t>
+          <t>Yeryüzünde Yeterince Nimet Varken Bu Kadar Yoksulluk Neden Var?</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786255509017</t>
+          <t>9786255509055</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İslam Tevhid Dini ise Bu Kadar Mezhep Neden Var?</t>
+          <t>İslam'ın ilk Emri Oku İse Bu Kadar Cehalet Neden Var?</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786255509000</t>
+          <t>9786255509031</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Allah Gerçekten Merhametliyse Bu Kadar Kötülük Neden Var?</t>
+          <t>İslam Barış Diniyse Bu Kadar Savaş Neden Var?</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256773998</t>
+          <t>9786255509024</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kaderimiz Önceden Belirlenmişse Cennet ve Cehennem Neden Var?</t>
+          <t>Aile Kutsal İse Bu Kadar Boşanma Neden Var?</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789754734003</t>
+          <t>9786255509017</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz’in Çocuk Sevgisi</t>
+          <t>İslam Tevhid Dini ise Bu Kadar Mezhep Neden Var?</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789754735321</t>
+          <t>9786255509000</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kadın Fotoğrafları</t>
+          <t>Allah Gerçekten Merhametliyse Bu Kadar Kötülük Neden Var?</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256773974</t>
+          <t>9786256773998</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Fuat Sezgin İlme Adanmış Bir Ömür</t>
+          <t>Kaderimiz Önceden Belirlenmişse Cennet ve Cehennem Neden Var?</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256773967</t>
+          <t>9789754734003</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Senusi Tarikatı ve Osmanlılarla İlişkileri</t>
+          <t>Peygamberimiz’in Çocuk Sevgisi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786255509086</t>
+          <t>9789754735321</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Abadile</t>
+          <t>Kadın Fotoğrafları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256773929</t>
+          <t>9786256773974</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yol Yakınken</t>
+          <t>Fuat Sezgin İlme Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256773936</t>
+          <t>9786256773967</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Arifler ve Kitaplar Arasında</t>
+          <t>Senusi Tarikatı ve Osmanlılarla İlişkileri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256773943</t>
+          <t>9786255509086</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif'le Söyleşiler</t>
+          <t>Abadile</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789754733686</t>
+          <t>9786256773929</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Yol Yakınken</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789754736519</t>
+          <t>9786256773936</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sen Geldin</t>
+          <t>Arifler ve Kitaplar Arasında</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789754732238</t>
+          <t>9786256773943</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Farisi</t>
+          <t>Mehmet Akif'le Söyleşiler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789754733860</t>
+          <t>9789754733686</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789754733853</t>
+          <t>9789754736519</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>Sen Geldin</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789754733976</t>
+          <t>9789754732238</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Selman-ı Farisi</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789754734935</t>
+          <t>9789754733860</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Saatçi Musa</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789754734942</t>
+          <t>9789754733853</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Romanlar</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>325</v>
+        <v>110</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789754735062</t>
+          <t>9789754733976</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Müellifi Said Nur</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789754735468</t>
+          <t>9789754734935</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Rilke’nin Romanında Motifler</t>
+          <t>Saatçi Musa</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789754735482</t>
+          <t>9789754734942</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>Romanlar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789754730777</t>
+          <t>9789754735062</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Pakia Mektupları</t>
+          <t>Risale-i Nur Müellifi Said Nur</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789754734355</t>
+          <t>9789754735468</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Örtünün Altında Kalanlar</t>
+          <t>Rilke’nin Romanında Motifler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789754735086</t>
+          <t>9789754735482</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Ölüler</t>
+          <t>Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789754730418</t>
+          <t>9789754730777</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Pakia Mektupları</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789754732894</t>
+          <t>9789754734355</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Şeyhülislamlık</t>
+          <t>Örtünün Altında Kalanlar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>410</v>
+        <v>270</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789754733877</t>
+          <t>9789754735086</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Örgütlü Ölüler</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789754733655</t>
+          <t>9789754730418</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789754730753</t>
+          <t>9789754732894</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Sömürüldük</t>
+          <t>Osmanlı Devletinde Şeyhülislamlık</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>280</v>
+        <v>410</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789754732979</t>
+          <t>9789754733877</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mikrofonu Açıyorum</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>235</v>
+        <v>170</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789754733419</t>
+          <t>9789754733655</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754735420</t>
+          <t>9789754730753</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Menziller</t>
+          <t>Nasıl Sömürüldük</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789754735024</t>
+          <t>9789754732979</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Mikrofonu Açıyorum</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789754734904</t>
+          <t>9789754733419</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif’ten Nükteler</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9782090619107</t>
+          <t>9789754735420</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif’e Armağan (Ciltli)</t>
+          <t>Menziller</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>3000</v>
+        <v>190</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789754734874</t>
+          <t>9789754735024</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Düzyazılar</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>575</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789754734867</t>
+          <t>9789754734904</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif (Ciltli)</t>
+          <t>Mehmed Akif’ten Nükteler</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>1500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789754731675</t>
+          <t>9782090619107</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Medine Vesikası Işığında Yahudi Meselesi</t>
+          <t>Mehmed Akif’e Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>180</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789754733648</t>
+          <t>9789754734874</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Mani Kitabın Açtım</t>
+          <t>Mehmed Akif Düzyazılar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>140</v>
+        <v>575</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789754733068</t>
+          <t>9789754734867</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Kur’an Kıssaları ve Tarihi Gerçeklik</t>
+          <t>Mehmed Akif (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>235</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789754734218</t>
+          <t>9789754731675</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kurban</t>
+          <t>Medine Vesikası Işığında Yahudi Meselesi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789754732634</t>
+          <t>9789754733648</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Ana Konuları</t>
+          <t>Mani Kitabın Açtım</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789754732610</t>
+          <t>9789754733068</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Tarihi</t>
+          <t>Mitoloji Kur’an Kıssaları ve Tarihi Gerçeklik</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>265</v>
+        <v>235</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789754732962</t>
+          <t>9789754734218</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Üç Evliya</t>
+          <t>Kurban</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789754730258</t>
+          <t>9789754732634</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Dört Terim</t>
+          <t>Kur’an’ın Ana Konuları</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789754732955</t>
+          <t>9789754732610</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Dinde Zorlama ve Şiddet Sorunu</t>
+          <t>Kur’an-ı Kerim Tarihi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789754732863</t>
+          <t>9789754732962</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Tarihselcilik</t>
+          <t>Kur’an’a Göre Üç Evliya</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>455</v>
+        <v>295</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789754733099</t>
+          <t>9789754730258</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıraatı</t>
+          <t>Kur’an’a Göre Dört Terim</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>1000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789754733952</t>
+          <t>9789754732955</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Vicdan ve Değeri</t>
+          <t>Kur’an’a Göre Dinde Zorlama ve Şiddet Sorunu</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789754735437</t>
+          <t>9789754732863</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Yakarış</t>
+          <t>Kur'an ve Tarihselcilik</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>455</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789754733730</t>
+          <t>9789754733099</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Kur’an Kıraatı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>265</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789754733693</t>
+          <t>9789754733952</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Kur’an Açısından Vicdan ve Değeri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789754733457</t>
+          <t>9789754735437</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Korku ve Yakarış</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789754733631</t>
+          <t>9789754733730</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>140</v>
+        <v>265</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789754734010</t>
+          <t>9789754733693</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789754735277</t>
+          <t>9789754733457</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitap</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789754734232</t>
+          <t>9789754733631</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kahvehane Kültürü</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789754735406</t>
+          <t>9789754734010</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İşaret Çocukları</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789754730678</t>
+          <t>9789754735277</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Hıristiyanlık</t>
+          <t>Kara Kitap</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789754731323</t>
+          <t>9789754734232</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Kabul ve Reddettiği Halk İnançları</t>
+          <t>Kahvehane Kültürü</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257188180</t>
+          <t>9789754735406</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Dönem Tarihi Seti (6 Kitap)</t>
+          <t>İşaret Çocukları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>1350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789754731484</t>
+          <t>9789754730678</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Giriş</t>
+          <t>İslamiyet ve Hıristiyanlık</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789754730197</t>
+          <t>9789754731323</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Tarih</t>
+          <t>İslam’ın Kabul ve Reddettiği Halk İnançları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789754731644</t>
+          <t>9786257188180</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin İlk Döneminde Arap-Mevali İlişkisi</t>
+          <t>İslam’ın İlk Dönem Tarihi Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>225</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789754731637</t>
+          <t>9789754731484</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin İlk Asrında İktidar Mücadelesi</t>
+          <t>İslam’a Giriş</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789754731071</t>
+          <t>9789754730197</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihine Giriş Bütün Eserleri</t>
+          <t>İslam ve Tarih</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789754735147</t>
+          <t>9789754731644</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi (Büyük Boy)</t>
+          <t>İslam Tarihinin İlk Döneminde Arap-Mevali İlişkisi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>900</v>
+        <v>225</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789754733204</t>
+          <t>9789754731637</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi (Ciltli)</t>
+          <t>İslam Tarihinin İlk Asrında İktidar Mücadelesi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>1400</v>
+        <v>410</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789754733198</t>
+          <t>9789754731071</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi</t>
+          <t>İslam Tarihine Giriş Bütün Eserleri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789754730319</t>
+          <t>9789754735147</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Mekke Dönemi ve Hz. Muhammed</t>
+          <t>İslam Peygamberi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789754730456</t>
+          <t>9789754733204</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İslam Müesseselerine Giriş</t>
+          <t>İslam Peygamberi (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>190</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789754730449</t>
+          <t>9789754733198</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İlk İslam Devleti (Makaleler)</t>
+          <t>İslam Peygamberi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>190</v>
+        <v>800</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789754735543</t>
+          <t>9789754730319</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İlim ve Hareket Adamı - Mehmet Said Ertürk</t>
+          <t>İslam Öncesi Mekke Dönemi ve Hz. Muhammed</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>455</v>
+        <v>180</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789754733372</t>
+          <t>9789754730456</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İbadet Dersleri</t>
+          <t>İslam Müesseselerine Giriş</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789754730470</t>
+          <t>9789754730449</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyneb</t>
+          <t>İlk İslam Devleti (Makaleler)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789754731149</t>
+          <t>9789754735543</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>İslam Anayasa Hukuku Bütün Eserleri</t>
+          <t>İlim ve Hareket Adamı - Mehmet Said Ertürk</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>375</v>
+        <v>455</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789754734027</t>
+          <t>9789754733372</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>İbadet Dersleri</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789754733365</t>
+          <t>9789754730470</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İnanç Dersleri</t>
+          <t>Hz. Zeyneb</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789754733228</t>
+          <t>9789754731149</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam ve Eseri</t>
+          <t>İslam Anayasa Hukuku Bütün Eserleri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789754732290</t>
+          <t>9789754734027</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İmam Şamil</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789754732849</t>
+          <t>9789754733365</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Savaşları</t>
+          <t>İnanç Dersleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789754730715</t>
+          <t>9789754733228</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin</t>
+          <t>İmam-ı Azam ve Eseri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789754730494</t>
+          <t>9789754732290</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>İmam Şamil</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789754735505</t>
+          <t>9789754732849</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza</t>
+          <t>Hz. Peygamberin Savaşları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789754730487</t>
+          <t>9789754730715</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma</t>
+          <t>Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789754731040</t>
+          <t>9789754730494</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789754731651</t>
+          <t>9789754735505</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’nin Hilafet Hakkı Meselesinde Gadiri Hum Olayı</t>
+          <t>Hz. Hamza</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789754734201</t>
+          <t>9789754730487</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Dönemi ve Ehli Beyt</t>
+          <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>305</v>
+        <v>160</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789754733884</t>
+          <t>9789754731040</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali - Nehcü’l Belağa (Ciltli)</t>
+          <t>Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789754733907</t>
+          <t>9789754731651</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali - Nehcü’l Belağa</t>
+          <t>Hz. Ali’nin Hilafet Hakkı Meselesinde Gadiri Hum Olayı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789754731019</t>
+          <t>9789754734201</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Hz. Ali Dönemi ve Ehli Beyt</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>180</v>
+        <v>305</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789754730265</t>
+          <t>9789754733884</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hilafetten Saltanata Emeviler Dönemi</t>
+          <t>Hz. Ali - Nehcü’l Belağa (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>210</v>
+        <v>800</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789754733815</t>
+          <t>9789754733907</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerden Seçmeler</t>
+          <t>Hz. Ali - Nehcü’l Belağa</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789754731392</t>
+          <t>9789754731019</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789754734270</t>
+          <t>9789754730265</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Hilafetten Saltanata Emeviler Dönemi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789754733785</t>
+          <t>9789754733815</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Çocuk Yetiştirmenin Temel İlkeleri</t>
+          <t>Hikayelerden Seçmeler</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789754735222</t>
+          <t>9789754731392</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Bahaneler</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789754736830</t>
+          <t>9789754734270</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri Sempatik Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>2750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789754732726</t>
+          <t>9789754733785</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Haricilik Mezhebinin Doğuşu Bağlamında Din Siyaset İlişkisi</t>
+          <t>Hayırlı Çocuk Yetiştirmenin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789754731668</t>
+          <t>9789754735222</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Haricilerin Siyasi Faaliyetleri</t>
+          <t>Hayata Dair Bahaneler</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789754733273</t>
+          <t>9789754736830</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Halname</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri Sempatik Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789754733587</t>
+          <t>9789754732726</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinden Seçmeler</t>
+          <t>Haricilik Mezhebinin Doğuşu Bağlamında Din Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789754732771</t>
+          <t>9789754731668</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Hadis Temelli Kalıp Yargılarda Kadın</t>
+          <t>Haricilerin Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>500</v>
+        <v>295</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789754735499</t>
+          <t>9789754733273</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>Halname</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789754733396</t>
+          <t>9789754733587</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Halk Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789754733518</t>
+          <t>9789754732771</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Genetik Kopyalamanın Fıkhi Yönü</t>
+          <t>Hadis Temelli Kalıp Yargılarda Kadın</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789754734737</t>
+          <t>9789754735499</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Notlar</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>535</v>
+        <v>265</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789754733334</t>
+          <t>9789754733396</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Elveda Ankara</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>395</v>
+        <v>265</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789754733549</t>
+          <t>9789754733518</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Genetik Kopyalamanın Fıkhi Yönü</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>140</v>
+        <v>235</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789754733501</t>
+          <t>9789754734737</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ezan ya da Ebedi Kurtuluşa Çağrı</t>
+          <t>Geçmişten Notlar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>170</v>
+        <v>535</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789754733037</t>
+          <t>9789754733334</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Ebü Nu’aym El İsfahani</t>
+          <t>Elveda Ankara</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>280</v>
+        <v>395</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789754735390</t>
+          <t>9789754733549</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Radyo Oyunları</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789754733044</t>
+          <t>9789754733501</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Polika’nın Yeşil Çeşmesi</t>
+          <t>Ezan ya da Ebedi Kurtuluşa Çağrı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789754733242</t>
+          <t>9789754733037</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medreseleri</t>
+          <t>Ebü Nu’aym El İsfahani</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789754731064</t>
+          <t>9789754735390</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Yıkılışında Yemen İsyanları</t>
+          <t>Radyo Oyunları</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789754732313</t>
+          <t>9789754733044</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hanife</t>
+          <t>Polika’nın Yeşil Çeşmesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789754734713</t>
+          <t>9789754733242</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kaplayan Ağaç</t>
+          <t>Osmanlı Medreseleri</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789754734348</t>
+          <t>9789754731064</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Güzel İnsanları</t>
+          <t>Osmanlı Devletinin Yıkılışında Yemen İsyanları</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789754733754</t>
+          <t>9789754732313</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün Çocuklarına</t>
+          <t>Ebu Hanife</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789754735529</t>
+          <t>9789754734713</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Diz Çökmeyen Adam - Ramazan Keskin Hoca</t>
+          <t>Dünyayı Kaplayan Ağaç</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>235</v>
+        <v>115</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789754730746</t>
+          <t>9789754734348</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir</t>
+          <t>Dünyanın Güzel İnsanları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789754735291</t>
+          <t>9789754733754</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Die Vorislamische Mekka-Epoche und der Prophet Muhammed</t>
+          <t>Dünyanın Bütün Çocuklarına</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789754735338</t>
+          <t>9789754735529</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Di Teblixa İslame de Serdema Mekkeye u İşkence</t>
+          <t>Diz Çökmeyen Adam - Ramazan Keskin Hoca</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789754733402</t>
+          <t>9789754730746</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Din Nedir</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789754735314</t>
+          <t>9789754735291</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Dava Kıran</t>
+          <t>Die Vorislamische Mekka-Epoche und der Prophet Muhammed</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789754734379</t>
+          <t>9789754735338</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Dağların Sırrı</t>
+          <t>Di Teblixa İslame de Serdema Mekkeye u İşkence</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789754733846</t>
+          <t>9789754733402</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızla Atlara Biniyorduk</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789754734829</t>
+          <t>9789754735314</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Din Kitabı</t>
+          <t>Dava Kıran</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789754733716</t>
+          <t>9789754734379</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Öpmekte Meleklerle Yarışmak</t>
+          <t>Dağların Sırrı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789754733839</t>
+          <t>9789754733846</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Sevgi</t>
+          <t>Çocuklarımızla Atlara Biniyorduk</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789754734690</t>
+          <t>9789754734829</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Çin Müslümanları ve Çin’e Seyahat</t>
+          <t>Çocuklarımıza Din Kitabı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>600</v>
+        <v>225</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789754733761</t>
+          <t>9789754733716</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Çocukları Öpmekte Meleklerle Yarışmak</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786257188173</t>
+          <t>9789754733839</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu Seti (13 Kitap)</t>
+          <t>Çocuk Eğitiminde Sevgi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>3150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>2770000006453</t>
+          <t>9789754734690</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu Çocuk Kitapları (9 Kitap Set)</t>
+          <t>Çin Müslümanları ve Çin’e Seyahat</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>1080</v>
+        <v>600</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789754732245</t>
+          <t>9789754733761</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Cafer-i Tayyar</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789754734034</t>
+          <t>9786257188173</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Cahit Zarifoğlu Seti (13 Kitap)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>170</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789754735376</t>
+          <t>2770000006453</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ankara’da Kırk Beş Yıl</t>
+          <t>Cahit Zarifoğlu Çocuk Kitapları (9 Kitap Set)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>575</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789754734966</t>
+          <t>9789754732245</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Andolsun Aşka</t>
+          <t>Cafer-i Tayyar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>470</v>
+        <v>130</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789754732900</t>
+          <t>9789754734034</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aleviliği’nin Tarihsel Arka Planı</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789754732986</t>
+          <t>9789754735376</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ali - Muaviye Kavgası</t>
+          <t>Ankara’da Kırk Beş Yıl</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>575</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789754733136</t>
+          <t>9789754734966</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Tefsir Akımı</t>
+          <t>Andolsun Aşka</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>340</v>
+        <v>470</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789754730241</t>
+          <t>9789754732900</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid’in İslam Birliği Siyaseti</t>
+          <t>Anadolu Aleviliği’nin Tarihsel Arka Planı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789754731118</t>
+          <t>9789754732986</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Hadislere Göre Cinler-Büyü</t>
+          <t>Ali - Muaviye Kavgası</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789754734065</t>
+          <t>9789754733136</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Nasıl Bir Kitaptır</t>
+          <t>20. Yüzyıl Tefsir Akımı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786256773806</t>
+          <t>9789754730241</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Seni Tanımak İstiyorum Allah'ım</t>
+          <t>2. Abdülhamid’in İslam Birliği Siyaseti</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789754733488</t>
+          <t>9789754731118</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Kur’an ve Hadislere Göre Cinler-Büyü</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786256773813</t>
+          <t>9789754734065</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Bir Tel Kopar/ Faruk Beşer'in Hatıraları</t>
+          <t>Kur’an Nasıl Bir Kitaptır</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256773820</t>
+          <t>9786256773806</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Efsane Başkan Halil Ürün</t>
+          <t>Seni Tanımak İstiyorum Allah'ım</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>680</v>
+        <v>190</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786256773912</t>
+          <t>9789754733488</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Cam Küre</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256773905</t>
+          <t>9786256773813</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Muhteşemler Ülkesi</t>
+          <t>Bir Tel Kopar/ Faruk Beşer'in Hatıraları</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256773899</t>
+          <t>9786256773820</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>İş Başa Düştü</t>
+          <t>Efsane Başkan Halil Ürün</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>120</v>
+        <v>680</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256773882</t>
+          <t>9786256773912</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sabredemedim İşte</t>
+          <t>Cam Küre</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256773875</t>
+          <t>9786256773905</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Şifalı İksir</t>
+          <t>Muhteşemler Ülkesi</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256773868</t>
+          <t>9786256773899</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka'nın Yumurtası</t>
+          <t>İş Başa Düştü</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256773851</t>
+          <t>9786256773882</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük</t>
+          <t>Sabredemedim İşte</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256773844</t>
+          <t>9786256773875</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>İyilik Perisi</t>
+          <t>Şifalı İksir</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256773790</t>
+          <t>9786256773868</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağı'na Yolculuk</t>
+          <t>Zümrüdüanka'nın Yumurtası</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256773837</t>
+          <t>9786256773851</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmakla Bitmez</t>
+          <t>Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789754733433</t>
+          <t>9786256773844</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçme Hikayeler</t>
+          <t>İyilik Perisi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789754730036</t>
+          <t>9786256773790</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Mekke Dönemi ve İşkence</t>
+          <t>Kaf Dağı'na Yolculuk</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789754730326</t>
+          <t>9786256773837</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Örnek Halifeler Dönemi</t>
+          <t>Paylaşmakla Bitmez</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789754733624</t>
+          <t>9789754733433</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinden Seçmeler</t>
+          <t>Mesnevi’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786256773783</t>
+          <t>9789754730036</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Bereketi Birkaç Kavram, Pek Çok Anlam</t>
+          <t>İslami Tebliğin Mekke Dönemi ve İşkence</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789754730043</t>
+          <t>9789754730326</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Medine Dönemi ve Cihad</t>
+          <t>İslami Tebliğin Örnek Halifeler Dönemi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786256773769</t>
+          <t>9789754733624</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs Çiçeği ve Sarmaşıklar</t>
+          <t>Divan Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256773776</t>
+          <t>9786256773783</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Tematik İslam Tarihi</t>
+          <t>Kur'an'ın Bereketi Birkaç Kavram, Pek Çok Anlam</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>455</v>
+        <v>310</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789754735109</t>
+          <t>9789754730043</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İhsan Süreyya Sırma’nın Bütün Seyahatleri (Kutulu)</t>
+          <t>İslami Tebliğin Medine Dönemi ve Cihad</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>3400</v>
+        <v>265</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789754735031</t>
+          <t>9786256773769</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname-i Süreyya</t>
+          <t>Kaktüs Çiçeği ve Sarmaşıklar</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>1400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256773684</t>
+          <t>9786256773776</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>İman ve Silah</t>
+          <t>Tematik İslam Tarihi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>170</v>
+        <v>455</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256773752</t>
+          <t>9789754735109</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Maziden Atiye Zeki Savaş ile Söyleşi</t>
+          <t>Prof. Dr. İhsan Süreyya Sırma’nın Bütün Seyahatleri (Kutulu)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>225</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256773677</t>
+          <t>9789754735031</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Araplar; Arkamızdan Vurdu mu, Vurmadı mı?</t>
+          <t>Seyahatname-i Süreyya</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>180</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256773660</t>
+          <t>9786256773684</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Tarikat ve Cemaatler; Kapandı mı, Kapatıldı mı?</t>
+          <t>İman ve Silah</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256773653</t>
+          <t>9786256773752</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahdettin; Hain mi, Mağdur mu?</t>
+          <t>Maziden Atiye Zeki Savaş ile Söyleşi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256773646</t>
+          <t>9786256773677</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Nutuk; Gerçek mi, Kurgu mu?</t>
+          <t>Birinci Dünya Savaşı’nda Araplar; Arkamızdan Vurdu mu, Vurmadı mı?</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786256773639</t>
+          <t>9786256773660</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma; Modernleşme mi, Yabancılaşma mı?</t>
+          <t>Cumhuriyet Döneminde Tarikat ve Cemaatler; Kapandı mı, Kapatıldı mı?</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256773400</t>
+          <t>9786256773653</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Yolun Bittiği Yerde</t>
+          <t>Sultan Vahdettin; Hain mi, Mağdur mu?</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256773394</t>
+          <t>9786256773646</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Masum Hikaye - Bir MTTB Başkanının Hatıraları</t>
+          <t>Nutuk; Gerçek mi, Kurgu mu?</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256773417</t>
+          <t>9786256773639</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Bir Gülistan Mimarı Rasim Özdenören</t>
+          <t>Batılılaşma; Modernleşme mi, Yabancılaşma mı?</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786256773387</t>
+          <t>9786256773400</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Konya'nın Yetiştirdiği İslam Alimlerinden Mehmet Özgü Aras</t>
+          <t>Yolun Bittiği Yerde</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258317831</t>
+          <t>9786256773394</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne Bitlis Güzideleri</t>
+          <t>Masum Hikaye - Bir MTTB Başkanının Hatıraları</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>600</v>
+        <v>490</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786256773189</t>
+          <t>9786256773417</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Üzerine Sözlü Tarih Söyleşileri</t>
+          <t>Bir Gülistan Mimarı Rasim Özdenören</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786256773332</t>
+          <t>9786256773387</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Oksidentalizme Giriş</t>
+          <t>Konya'nın Yetiştirdiği İslam Alimlerinden Mehmet Özgü Aras</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>1300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786256773257</t>
+          <t>9786258317831</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Muhammed (s.a.v.) Geleceğin Peygamberi</t>
+          <t>Geçmişten Bugüne Bitlis Güzideleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786256773363</t>
+          <t>9786256773189</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kurudu Kalbim</t>
+          <t>Diyarbakır Üzerine Sözlü Tarih Söyleşileri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789754731378</t>
+          <t>9786256773332</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Oryantalistlerin Hz. Peygamber ile İlgili İddialarına Cevaplar</t>
+          <t>Oksidentalizme Giriş</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>410</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789754731507</t>
+          <t>9786256773257</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet ve Şi’a’nın Delil Olarak Aldığı Bazı Hadisler</t>
+          <t>Muhammed (s.a.v.) Geleceğin Peygamberi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786258317824</t>
+          <t>9786256773363</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>II. Abdülhamid Dönemi Göç Hareketlerinin İktisadi Hayata Yansımaları</t>
+          <t>Kurudu Kalbim</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>395</v>
+        <v>250</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786256773172</t>
+          <t>9789754731378</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku ve Modern Hukuk Ekseninde Devlet - Piyasa İlişkisi</t>
+          <t>Oryantalistlerin Hz. Peygamber ile İlgili İddialarına Cevaplar</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>305</v>
+        <v>410</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786256773356</t>
+          <t>9789754731507</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Kimlikler</t>
+          <t>Ehl-i Sünnet ve Şi’a’nın Delil Olarak Aldığı Bazı Hadisler</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786256773226</t>
+          <t>9786258317824</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Dostluğa Dair (Ciltli)</t>
+          <t>II. Abdülhamid Dönemi Göç Hareketlerinin İktisadi Hayata Yansımaları</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>650</v>
+        <v>395</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786256773233</t>
+          <t>9786256773172</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Yolçiti</t>
+          <t>İslam Hukuku ve Modern Hukuk Ekseninde Devlet - Piyasa İlişkisi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>225</v>
+        <v>305</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786256773264</t>
+          <t>9786256773356</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kreşi</t>
+          <t>Kibirli Kimlikler</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786256773202</t>
+          <t>9786256773226</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Sadık Oğlum Said</t>
+          <t>Dostluğa Dair (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>445</v>
+        <v>650</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786256773325</t>
+          <t>9786256773233</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ayın Ondördünde Ay Işığı</t>
+          <t>Yolçiti</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786256773301</t>
+          <t>9786256773264</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Yürekler ve Yönelişler</t>
+          <t>Cennet Kreşi</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>305</v>
+        <v>160</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786256773271</t>
+          <t>9786256773202</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Şehid Sahabiler Hz. Peygamber Dönemi</t>
+          <t>Sadık Oğlum Said</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>445</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786256773295</t>
+          <t>9786256773325</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ekosistemlerin Dilinden Yaratılış</t>
+          <t>Ayın Ondördünde Ay Işığı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786256773318</t>
+          <t>9786256773301</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Suç ve Din İlişkisi</t>
+          <t>Yürekler ve Yönelişler</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>260</v>
+        <v>305</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786256773240</t>
+          <t>9786256773271</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yaratılışı</t>
+          <t>Şehid Sahabiler Hz. Peygamber Dönemi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786256773219</t>
+          <t>9786256773295</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Akaid İman Esasları</t>
+          <t>Ekosistemlerin Dilinden Yaratılış</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786256773196</t>
+          <t>9786256773318</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Alim, Arif, Zahid, Zarif Bir Bilge Adam Muhammed Hamidullah</t>
+          <t>Çocuk, Suç ve Din İlişkisi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>4440000003945</t>
+          <t>9786256773240</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar Seti - (10 Kitap)</t>
+          <t>İnsanın Yaratılışı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>1200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786258317923</t>
+          <t>9786256773219</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 10 Saklanamayan Ahtapot Poti</t>
+          <t>Akaid İman Esasları</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786258317916</t>
+          <t>9786256773196</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 9 Şakacı Kirpi'nin Şakaları</t>
+          <t>Alim, Arif, Zahid, Zarif Bir Bilge Adam Muhammed Hamidullah</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786258317909</t>
+          <t>4440000003945</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 8 Uğur Böceklerinin Kahvaltısı</t>
+          <t>Hayvanlar Aleminden Masallar Seti - (10 Kitap)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>120</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258317893</t>
+          <t>9786258317923</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 7 Yavaş Kaplumbağa'nın Pikniği</t>
+          <t>Hayvanlar Aleminden Masallar - 10 Saklanamayan Ahtapot Poti</t>
         </is>
       </c>
       <c r="C488" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258317947</t>
+          <t>9786258317916</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 6 Köpük ve Pati'nin Hatası</t>
+          <t>Hayvanlar Aleminden Masallar - 9 Şakacı Kirpi'nin Şakaları</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258317930</t>
+          <t>9786258317909</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 5 Mikroplardan Kurtulan Çakıl</t>
+          <t>Hayvanlar Aleminden Masallar - 8 Uğur Böceklerinin Kahvaltısı</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258317886</t>
+          <t>9786258317893</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 4 Gözlüklü Tavşan'ın Korkusu</t>
+          <t>Hayvanlar Aleminden Masallar - 7 Yavaş Kaplumbağa'nın Pikniği</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258317879</t>
+          <t>9786258317947</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 3 Minik Serçe'nin Başarısı</t>
+          <t>Hayvanlar Aleminden Masallar - 6 Köpük ve Pati'nin Hatası</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258317862</t>
+          <t>9786258317930</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 2 Ayakkabı İsteyen Kırkayak</t>
+          <t>Hayvanlar Aleminden Masallar - 5 Mikroplardan Kurtulan Çakıl</t>
         </is>
       </c>
       <c r="C493" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258317817</t>
+          <t>9786258317886</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 1 Minik Sincap'ın Kırılan Dişi</t>
+          <t>Hayvanlar Aleminden Masallar - 4 Gözlüklü Tavşan'ın Korkusu</t>
         </is>
       </c>
       <c r="C494" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258317756</t>
+          <t>9786258317879</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Kitabı</t>
+          <t>Hayvanlar Aleminden Masallar - 3 Minik Serçe'nin Başarısı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258317855</t>
+          <t>9786258317862</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>72 Saat Yolculuk</t>
+          <t>Hayvanlar Aleminden Masallar - 2 Ayakkabı İsteyen Kırkayak</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258317794</t>
+          <t>9786258317817</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Tüm İnsanların Peygamberi Serisi (10 Kitap)</t>
+          <t>Hayvanlar Aleminden Masallar - 1 Minik Sincap'ın Kırılan Dişi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>1750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258317787</t>
+          <t>9786258317756</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Bilgelik Hikayeleri 17 - Kara Çoban ile Sarı Çoban</t>
+          <t>Dostluk Kitabı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258317770</t>
+          <t>9786258317855</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Güzel İnsanlardan - Güzel Masallar</t>
+          <t>72 Saat Yolculuk</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258317763</t>
+          <t>9786258317794</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Masala Düşen Kız</t>
+          <t>Tüm İnsanların Peygamberi Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>270</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258317800</t>
+          <t>9786258317787</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlık Hikayeleri 3 - Asker Ahmet'in Sırrı</t>
+          <t>Çocuklar için Bilgelik Hikayeleri 17 - Kara Çoban ile Sarı Çoban</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258317534</t>
+          <t>9786258317770</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Mektuplarla Düşünce ve Edebiyat Yolculuğum</t>
+          <t>Güzel İnsanlardan - Güzel Masallar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258317749</t>
+          <t>9786258317763</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Dostluğa Dair</t>
+          <t>Masala Düşen Kız</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258317695</t>
+          <t>9786258317800</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Engelliler - Tüm İnsanların Peygamberi 10</t>
+          <t>Kahramanlık Hikayeleri 3 - Asker Ahmet'in Sırrı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258317688</t>
+          <t>9786258317534</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Müslüman Olmayanlar - Tüm İnsanların Peygamberi 9</t>
+          <t>Mektuplarla Düşünce ve Edebiyat Yolculuğum</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>175</v>
+        <v>410</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258317671</t>
+          <t>9786258317749</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Yaşlılar - Tüm İnsanların Peygamberi 8</t>
+          <t>Dostluğa Dair</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258317664</t>
+          <t>9786258317695</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Yakınlar (Akrabalar/Komşular) - Tüm İnsanların Peygamberi 7</t>
+          <t>Hz. Peygamber ve Engelliler - Tüm İnsanların Peygamberi 10</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258317657</t>
+          <t>9786258317688</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Yoksullar - Tüm İnsanların Peygamberi 6</t>
+          <t>Hz. Peygamber ve Müslüman Olmayanlar - Tüm İnsanların Peygamberi 9</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258317640</t>
+          <t>9786258317671</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Varlıklılar - Tüm İnsanların Peygamberi 5</t>
+          <t>Hz. Peygamber ve Yaşlılar - Tüm İnsanların Peygamberi 8</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258317633</t>
+          <t>9786258317664</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Görevliler - Tüm İnsanların Peygamberi 4</t>
+          <t>Hz. Peygamber ve Yakınlar (Akrabalar/Komşular) - Tüm İnsanların Peygamberi 7</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258317626</t>
+          <t>9786258317657</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Kadınlar - Tüm İnsanların Peygamberi 3</t>
+          <t>Hz. Peygamber ve Yoksullar - Tüm İnsanların Peygamberi 6</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258317619</t>
+          <t>9786258317640</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Gençler - Tüm İnsanların Peygamberi 2</t>
+          <t>Hz. Peygamber ve Varlıklılar - Tüm İnsanların Peygamberi 5</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258317602</t>
+          <t>9786258317633</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Çocuklar - Tüm İnsanların Peygamberi 1</t>
+          <t>Hz. Peygamber ve Görevliler - Tüm İnsanların Peygamberi 4</t>
         </is>
       </c>
       <c r="C513" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258317732</t>
+          <t>9786258317626</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Hadis Şarihleri ve Örnek Şerh Metinler</t>
+          <t>Hz. Peygamber ve Kadınlar - Tüm İnsanların Peygamberi 3</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>480</v>
+        <v>175</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258317718</t>
+          <t>9786258317619</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Delioba</t>
+          <t>Hz. Peygamber ve Gençler - Tüm İnsanların Peygamberi 2</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>265</v>
+        <v>175</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258317701</t>
+          <t>9786258317602</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakültelerinde Öteki ile İlişkiler</t>
+          <t>Hz. Peygamber ve Çocuklar - Tüm İnsanların Peygamberi 1</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>430</v>
+        <v>175</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258317725</t>
+          <t>9786258317732</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Abules</t>
+          <t>Meşhur Hadis Şarihleri ve Örnek Şerh Metinler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258317565</t>
+          <t>9786258317718</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Gezegeni - Uzay Muhafızları 1</t>
+          <t>Delioba</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258317572</t>
+          <t>9786258317701</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yıldızı - Uzay Muhafızları 2</t>
+          <t>İlahiyat Fakültelerinde Öteki ile İlişkiler</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258317589</t>
+          <t>9786258317725</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Adalet Meteoru - Uzay Muhafızları 3</t>
+          <t>Abules</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786258317596</t>
+          <t>9786258317565</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Galaksisi - Uzay Muhafızları 4</t>
+          <t>Merhamet Gezegeni - Uzay Muhafızları 1</t>
         </is>
       </c>
       <c r="C521" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258317558</t>
+          <t>9786258317572</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sınırı Aşınca</t>
+          <t>İyilik Yıldızı - Uzay Muhafızları 2</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258317541</t>
+          <t>9786258317589</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğiniz Şeylerden İnfak Etmedikçe</t>
+          <t>Adalet Meteoru - Uzay Muhafızları 3</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258317176</t>
+          <t>9786258317596</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Ailenin İhyası</t>
+          <t>Ahlak Galaksisi - Uzay Muhafızları 4</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789754737738</t>
+          <t>9786258317558</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Toplum (Osmanlıca - Türkçe) (Ciltli)</t>
+          <t>İnsan Sınırı Aşınca</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258317527</t>
+          <t>9786258317541</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hamidullah Hocam'dan Mektuplar</t>
+          <t>Sevdiğiniz Şeylerden İnfak Etmedikçe</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>575</v>
+        <v>470</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258317510</t>
+          <t>9786258317176</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Süleyman er-Raşid'in - HAC Yolculuğu</t>
+          <t>Ailenin İhyası</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258317503</t>
+          <t>9789754737738</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Demir ve Kan</t>
+          <t>Ahlak ve Toplum (Osmanlıca - Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258317190</t>
+          <t>9786258317527</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp Tatilde (Renkli - Resimli)</t>
+          <t>Muhammed Hamidullah Hocam'dan Mektuplar</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>220</v>
+        <v>575</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258317206</t>
+          <t>9786258317510</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp Lunaparkta (Renkli - Resimli)</t>
+          <t>Şeyh Süleyman er-Raşid'in - HAC Yolculuğu</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258317282</t>
+          <t>9786258317503</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Muhaddisler ve Örnek Metinler</t>
+          <t>Demir ve Kan</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>480</v>
+        <v>295</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258317169</t>
+          <t>9786258317190</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'den Dumlupınar'a - Kahramanlık Hikayeleri 2</t>
+          <t>Muga Zıpzıp Tatilde (Renkli - Resimli)</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258317152</t>
+          <t>9786258317206</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Dumlupınar'ın Güzel Atları ve Güzel İnsanları - Kahramanlık Hikayeleri 1</t>
+          <t>Muga Zıpzıp Lunaparkta (Renkli - Resimli)</t>
         </is>
       </c>
       <c r="C533" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258317305</t>
+          <t>9786258317282</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Salihler Hareketi</t>
+          <t>Meşhur Muhaddisler ve Örnek Metinler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258317237</t>
+          <t>9786258317169</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Nuri Dede'den Hikayeler</t>
+          <t>Çanakkale'den Dumlupınar'a - Kahramanlık Hikayeleri 2</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786258317183</t>
+          <t>9786258317152</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yedi Sahabe</t>
+          <t>Dumlupınar'ın Güzel Atları ve Güzel İnsanları - Kahramanlık Hikayeleri 1</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258317251</t>
+          <t>9786258317305</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Sefer Bir İçe Yolculuk Hikayesi</t>
+          <t>Salihler Hareketi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258317244</t>
+          <t>9786258317237</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Safa ile Merve - Kutlu Yolculukta</t>
+          <t>Nuri Dede'den Hikayeler</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258317268</t>
+          <t>9786258317183</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Z'den A'ya Genç Sorular</t>
+          <t>Çocuklar İçin Yedi Sahabe</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258317220</t>
+          <t>9786258317251</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Mars'a Yolculuk - Şeytan Krallığı Savaşı</t>
+          <t>Sefer Bir İçe Yolculuk Hikayesi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258317213</t>
+          <t>9786258317244</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Flört Sınavında</t>
+          <t>Safa ile Merve - Kutlu Yolculukta</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258317299</t>
+          <t>9786258317268</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Bezzaz</t>
+          <t>Z'den A'ya Genç Sorular</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258317138</t>
+          <t>9786258317220</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Şafiî İlmihali (Ciltli)</t>
+          <t>Mars'a Yolculuk - Şeytan Krallığı Savaşı</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258317145</t>
+          <t>9786258317213</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İlahi Semboller ve Gerçekler</t>
+          <t>Gençlik Flört Sınavında</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258317008</t>
+          <t>9786258317299</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tahrici, Tenkidi ve Problemleri</t>
+          <t>Bezzaz</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258317275</t>
+          <t>9786258317138</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Şühedanın İzinde - Şehit Kaymakam</t>
+          <t>Muhtasar Şafiî İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258317053</t>
+          <t>9786258317145</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Bir Diriliş Eri Sezai Karakoç Kitabı (Ciltli)</t>
+          <t>İlahi Semboller ve Gerçekler</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>700</v>
+        <v>265</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786258317046</t>
+          <t>9786258317008</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Gördüklerim ve Tesbitlerim</t>
+          <t>Hadis Tahrici, Tenkidi ve Problemleri</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258135985</t>
+          <t>9786258317275</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Üretim Sistemi</t>
+          <t>Şühedanın İzinde - Şehit Kaymakam</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>620</v>
+        <v>300</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258317121</t>
+          <t>9786258317053</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hadislere Göre Şeytan ve Satanizm</t>
+          <t>Bir Diriliş Eri Sezai Karakoç Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>520</v>
+        <v>700</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258317114</t>
+          <t>9786258317046</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Gençler, Dost Olun Ki, Gerçek Dostu Bulasınız!</t>
+          <t>Gördüklerim ve Tesbitlerim</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258317022</t>
+          <t>9786258135985</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Açılan Kapılar - Kitaplar</t>
+          <t>Klasik Dönem Osmanlı Üretim Sistemi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>210</v>
+        <v>620</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786258135992</t>
+          <t>9786258317121</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Yeni Filozofların Tutarsızlıkları</t>
+          <t>Kur'an ve Hadislere Göre Şeytan ve Satanizm</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258317015</t>
+          <t>9786258317114</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihçiliğinin Yeni Siması Muhammed Hamidullah</t>
+          <t>Gençler, Dost Olun Ki, Gerçek Dostu Bulasınız!</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258317077</t>
+          <t>9786258317022</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin İnanç Rehberi</t>
+          <t>Kalbe Açılan Kapılar - Kitaplar</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258317060</t>
+          <t>9786258135992</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Bir Şüphen Mi Var?</t>
+          <t>Yeni Filozofların Tutarsızlıkları</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258135978</t>
+          <t>9786258317015</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Bilgelik Hikayeleri 16 - Bilgeler Ormanı</t>
+          <t>İslam Tarihçiliğinin Yeni Siması Muhammed Hamidullah</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257432719</t>
+          <t>9786258317077</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Usulü</t>
+          <t>Gençlerin İnanç Rehberi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>375</v>
+        <v>265</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257188296</t>
+          <t>9786258317060</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Bilgelik Hikayeleri Seti (17 Kitap)</t>
+          <t>Bir Şüphen Mi Var?</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>2000</v>
+        <v>375</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257188289</t>
+          <t>9786258135978</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Can Dostlarımızı Tanıyalım Set (10 Kitap)</t>
+          <t>Çocuklar İçin Bilgelik Hikayeleri 16 - Bilgeler Ormanı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>1500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786258135947</t>
+          <t>9786257432719</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Bilgelik Hikayeleri</t>
+          <t>İslam Hukuk Usulü</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>2073936739366</t>
+          <t>9786257188296</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Serisi Takım (13 Kitap)</t>
+          <t>Çocuklar için Bilgelik Hikayeleri Seti (17 Kitap)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>2250</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786258135954</t>
+          <t>9786257188289</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid Dönemi Şeyhülislamları ve Şeyhülislamlık Müessesesi</t>
+          <t>Can Dostlarımızı Tanıyalım Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>265</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786258135961</t>
+          <t>9786258135947</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya'da Hüzün Abdülmelik Fırat</t>
+          <t>Hayvanlar Aleminden Bilgelik Hikayeleri</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786258124248</t>
+          <t>2073936739366</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Gençler,! Etrafınız Sarıldı, Sakın Teslim Olmayın!</t>
+          <t>Gençlik Serisi Takım (13 Kitap)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>175</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258124262</t>
+          <t>9786258135954</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Okuyun, Okumazsanız Canınıza Okurlar!</t>
+          <t>Sultan II. Abdülhamid Dönemi Şeyhülislamları ve Şeyhülislamlık Müessesesi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786258124255</t>
+          <t>9786258135961</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Gençler! İyiliğinizi İstiyorlar Sakın Vermeyin!</t>
+          <t>Mezopotamya'da Hüzün Abdülmelik Fırat</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786258124217</t>
+          <t>9786258124248</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Akıl Bir Şeydir, Kalp Her Şey!</t>
+          <t>Gençler,! Etrafınız Sarıldı, Sakın Teslim Olmayın!</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786258124293</t>
+          <t>9786258124262</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Sizi Leylekler Getirmedi, Bir Aileniz Olduğunu Unutmayın!</t>
+          <t>Gençler! Okuyun, Okumazsanız Canınıza Okurlar!</t>
         </is>
       </c>
       <c r="C569" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786258124231</t>
+          <t>9786258124255</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Hayat Bir İnanç Yolculuğudur, Doğru Yoldan Ayrılmayın!</t>
+          <t>Gençler! İyiliğinizi İstiyorlar Sakın Vermeyin!</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786258124224</t>
+          <t>9786258124217</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Dünyaya Teslim Olmayın, Teslim Alın!</t>
+          <t>Gençler! Akıl Bir Şeydir, Kalp Her Şey!</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786258124200</t>
+          <t>9786258124293</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Adil Olun Adınız Ömer Olsun!</t>
+          <t>Gençler! Sizi Leylekler Getirmedi, Bir Aileniz Olduğunu Unutmayın!</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786258124279</t>
+          <t>9786258124231</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Özgür Olmak mı İstiyorsunuz? İbadet Edin!</t>
+          <t>Gençler! Hayat Bir İnanç Yolculuğudur, Doğru Yoldan Ayrılmayın!</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786258124286</t>
+          <t>9786258124224</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Paylaşmayı Bilin Yoksa Paylaşılırsınız!</t>
+          <t>Gençler! Dünyaya Teslim Olmayın, Teslim Alın!</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786258124194</t>
+          <t>9786258124200</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Tarihinizi Öğrenin Yoksa Başkaları Tarihlerini Öğretirler!</t>
+          <t>Gençler! Adil Olun Adınız Ömer Olsun!</t>
         </is>
       </c>
       <c r="C575" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786258124170</t>
+          <t>9786258124279</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Merhamet Edin ki Merhamet Olunasınız!</t>
+          <t>Gençler! Özgür Olmak mı İstiyorsunuz? İbadet Edin!</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>2073363733630</t>
+          <t>9786258124286</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Gülücük Çocuk Kitapları - Renkli Ciltli Kutulu Set (9 Kitap)</t>
+          <t>Gençler! Paylaşmayı Bilin Yoksa Paylaşılırsınız!</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>3500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257188272</t>
+          <t>9786258124194</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Nanu'nun Maceraları Set (10 Kitap)</t>
+          <t>Gençler! Tarihinizi Öğrenin Yoksa Başkaları Tarihlerini Öğretirler!</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>1500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789754733297</t>
+          <t>9786258124170</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Le Saint Coran (Fransızca Kur'an-ı Kerim Meali) (Ciltli)</t>
+          <t>Gençler! Merhamet Edin ki Merhamet Olunasınız!</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>1000</v>
+        <v>175</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257188593</t>
+          <t>2073363733630</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Gülücük Çocuk Kitapları - Renkli Ciltli Kutulu Set (9 Kitap)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>180</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789754734553</t>
+          <t>9786257188272</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Baskın</t>
+          <t>Nanu'nun Maceraları Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>170</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789754735789</t>
+          <t>9789754733297</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir (Küçük Boy)</t>
+          <t>Le Saint Coran (Fransızca Kur'an-ı Kerim Meali) (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789754730388</t>
+          <t>9786257188593</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Çağımızda Kadın Sorunu</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789754738766</t>
+          <t>9789754734553</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Lügat-ı Naci (Ciltli)</t>
+          <t>Baskın</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>900</v>
+        <v>170</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789754739183</t>
+          <t>9789754735789</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Hz. Sa'd bin Muaz</t>
+          <t>Din Nedir (Küçük Boy)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>2770000028462</t>
+          <t>9789754730388</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Osman Koca Çocuk Kitapları (5 Kitap Takım)</t>
+          <t>Çağımızda Kadın Sorunu</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789754735826</t>
+          <t>9789754738766</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak (Küçük Boy)</t>
+          <t>Lügat-ı Naci (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789754735819</t>
+          <t>9789754739183</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adanmış Sözler (Küçük Boy)</t>
+          <t>Hz. Sa'd bin Muaz</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257432689</t>
+          <t>2770000028462</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Sarı Gül Desenli Kırmızı Fistan</t>
+          <t>Osman Koca Çocuk Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257432696</t>
+          <t>9789754735826</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağustos Masalı</t>
+          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak (Küçük Boy)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>210</v>
+        <v>100</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257432702</t>
+          <t>9789754735819</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Çayeli'nin Seferberlik Şehitleri ve İstiklal Kahramanları</t>
+          <t>Tarihe Adanmış Sözler (Küçük Boy)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257432634</t>
+          <t>9786257432689</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şehzade (Ciltli)</t>
+          <t>Sarı Gül Desenli Kırmızı Fistan</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257432658</t>
+          <t>9786257432696</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dili (Ciltli)</t>
+          <t>Bir Ağustos Masalı</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257432603</t>
+          <t>9786257432702</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakanlar (Ciltli)</t>
+          <t>Çayeli'nin Seferberlik Şehitleri ve İstiklal Kahramanları</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257432580</t>
+          <t>9786257432634</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Serçekuş (Ciltli)</t>
+          <t>Küçük Şehzade (Ciltli)</t>
         </is>
       </c>
       <c r="C595" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257432610</t>
+          <t>9786257432658</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Katıraslan (Ciltli)</t>
+          <t>Kuşların Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257432672</t>
+          <t>9786257432603</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Motorlu Kuş (Ciltli)</t>
+          <t>Ağaçkakanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257432665</t>
+          <t>9786257432610</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Okul (Ciltli)</t>
+          <t>Katıraslan (Ciltli)</t>
         </is>
       </c>
       <c r="C598" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257432641</t>
+          <t>9786257432672</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Gülücük (Ciltli)</t>
+          <t>Motorlu Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257432573</t>
+          <t>9786257432665</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa (Ciltli)</t>
+          <t>Ağaç Okul (Ciltli)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>930</v>
+        <v>390</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257432597</t>
+          <t>9786257432641</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa</t>
+          <t>Gülücük (Ciltli)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>650</v>
+        <v>390</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257432535</t>
+          <t>9786257432573</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İtaat ile İsyan Arasında Dört Alim</t>
+          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa (Ciltli)</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>280</v>
+        <v>930</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257432504</t>
+          <t>9786257432597</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Viyana Günleri</t>
+          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789754734539</t>
+          <t>9786257432535</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>İtaat ile İsyan Arasında Dört Alim</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257432559</t>
+          <t>9786257432504</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Gece Öylesine Dökülür Çöllere</t>
+          <t>Viyana Günleri</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>210</v>
+        <v>750</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257432542</t>
+          <t>9789754734539</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Behremend</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257432566</t>
+          <t>9786257432559</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Uleması</t>
+          <t>Gece Öylesine Dökülür Çöllere</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>535</v>
+        <v>210</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257432528</t>
+          <t>9786257432542</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Soman Balıklarının Esrarengiz Yolculuğu</t>
+          <t>Behremend</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257432511</t>
+          <t>9786257432566</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Bir Hıdırellez Hikayesi</t>
+          <t>Endülüs Uleması</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>120</v>
+        <v>535</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257432498</t>
+          <t>9786257432528</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>İktisat Felsefesi</t>
+          <t>Soman Balıklarının Esrarengiz Yolculuğu</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257432436</t>
+          <t>9786257432511</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Sufi Sosyoloji</t>
+          <t>Bir Hıdırellez Hikayesi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789754730814</t>
+          <t>9786257432498</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizim ve Oryantalistler</t>
+          <t>İktisat Felsefesi</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257432450</t>
+          <t>9786257432436</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti'nin Doğuşu</t>
+          <t>Sufi Sosyoloji</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>535</v>
+        <v>295</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257432474</t>
+          <t>9789754730814</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarihi, Usulü ve Literatürü</t>
+          <t>Oryantalizim ve Oryantalistler</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257432481</t>
+          <t>9786257432450</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Ruşendil Kimlik</t>
+          <t>İslam Medeniyeti'nin Doğuşu</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>280</v>
+        <v>535</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257432443</t>
+          <t>9786257432474</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kültür Felsefesi</t>
+          <t>Hadis Tarihi, Usulü ve Literatürü</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257432467</t>
+          <t>9786257432481</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Yuvası</t>
+          <t>Ruşendil Kimlik</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>2062023620236</t>
+          <t>9786257432443</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Nasıl Bakmalı? (20 Kitap) Kutulu</t>
+          <t>Kültür Felsefesi</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>3850</v>
+        <v>175</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257432283</t>
+          <t>9786257432467</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Ekonomi ve Faiz’e Nasıl Bakmalı?</t>
+          <t>Kırlangıç Yuvası</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257432337</t>
+          <t>2062023620236</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman İslam’da Yönetim Biçimi ve Halifelik’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Nasıl Bakmalı? (20 Kitap) Kutulu</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>200</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257432351</t>
+          <t>9786257432283</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Sosyal Medya’ya Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Ekonomi ve Faiz’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257432344</t>
+          <t>9786257432337</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Felsefe’ye Nasıl Bakmalı?</t>
+          <t>Bir Müslüman İslam’da Yönetim Biçimi ve Halifelik’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257432320</t>
+          <t>9786257432351</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman İslam Tarihi’nin Sorunlu Konuları’na Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Sosyal Medya’ya Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257432290</t>
+          <t>9786257432344</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Mezhepler, Tarikatler ve Cemaatler’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Felsefe’ye Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257432313</t>
+          <t>9786257432320</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kur’an ve Sünnet’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman İslam Tarihi’nin Sorunlu Konuları’na Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257432306</t>
+          <t>9786257432290</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kur’an ve Tarihsellik’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Mezhepler, Tarikatler ve Cemaatler’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257432276</t>
+          <t>9786257432313</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kader ve İnsanın Özgürlüğü’ne Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Kur’an ve Sünnet’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257432269</t>
+          <t>9786257432306</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Evrim ve Sosyal Darwinizm’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Kur’an ve Tarihsellik’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257432252</t>
+          <t>9786257432276</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Batı Medeniyeti’ne Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Kader ve İnsanın Özgürlüğü’ne Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257432245</t>
+          <t>9786257432269</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Gelenek ve Muhafazakarlık’a Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Evrim ve Sosyal Darwinizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257432238</t>
+          <t>9786257432252</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Irkçılık ve Milliyetçilik’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Batı Medeniyeti’ne Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257432221</t>
+          <t>9786257432245</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Demokrasi’ye Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Gelenek ve Muhafazakarlık’a Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257432382</t>
+          <t>9786257432238</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Cinsellik ve Aşk’a Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Irkçılık ve Milliyetçilik’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257432368</t>
+          <t>9786257432221</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kadın Sorunu ve Feminizm’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Demokrasi’ye Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257432375</t>
+          <t>9786257432382</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Deizm ve Ateizm’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Cinsellik ve Aşk’a Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257432399</t>
+          <t>9786257432368</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman İslamcılık, İslam Birliği ve Ümmet’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Kadın Sorunu ve Feminizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257432405</t>
+          <t>9786257432375</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Modernleşme ve Modernizm’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Deizm ve Ateizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257432412</t>
+          <t>9786257432399</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Çağdaş İdeolojiler’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman İslamcılık, İslam Birliği ve Ümmet’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257432429</t>
+          <t>9786257432405</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Salaş</t>
+          <t>Bir Müslüman Modernleşme ve Modernizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257432214</t>
+          <t>9786257432412</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Bir Müslüman Çağdaş İdeolojiler’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257188623</t>
+          <t>9786257432429</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife Üç Cinayet</t>
+          <t>Salaş</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257432207</t>
+          <t>9786257432214</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Sirac Hocamıza Bir Demet Hüsn-ü Nazar</t>
+          <t>İslam İnanç Esasları</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789754734560</t>
+          <t>9786257188623</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sessizlik</t>
+          <t>Dört Halife Üç Cinayet</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257188609</t>
+          <t>9786257432207</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Maceraları</t>
+          <t>Sirac Hocamıza Bir Demet Hüsn-ü Nazar</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257188579</t>
+          <t>9789754734560</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'ın Maceraları</t>
+          <t>Beyaz Sessizlik</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257188586</t>
+          <t>9786257188609</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood'un Maceraları</t>
+          <t>Gulliver'in Maceraları</t>
         </is>
       </c>
       <c r="C646" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789754734607</t>
+          <t>9786257188579</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Sivastopol Hikayeleri</t>
+          <t>Tom Sawyer'ın Maceraları</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789754734584</t>
+          <t>9786257188586</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Robin Hood'un Maceraları</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>2061860618604</t>
+          <t>9789754734607</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni Seti (10 Kitap Kutulu Takım)</t>
+          <t>Sivastopol Hikayeleri</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>1200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>2061861618610</t>
+          <t>9789754734584</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Safahat (7 Kitap Takım Kutulu)</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>1590</v>
+        <v>170</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>2770000037587</t>
+          <t>2061860618604</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Lise 100 Temel Eser (Kutulu 40 Kitap Takım)</t>
+          <t>Amanvermez Avni Seti (10 Kitap Kutulu Takım)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>8450</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257188500</t>
+          <t>2061861618610</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler - Safahat 7. Kitap</t>
+          <t>Safahat (7 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>235</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257188524</t>
+          <t>2770000037587</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Asım - Safahat 6. Kitap</t>
+          <t>Lise 100 Temel Eser (Kutulu 40 Kitap Takım)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>265</v>
+        <v>8450</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257188494</t>
+          <t>9786257188500</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar - Safahat 5. Kitap</t>
+          <t>Gölgeler - Safahat 7. Kitap</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257188517</t>
+          <t>9786257188524</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Fatih Kürsüsü'nde - Safahat 4. Kitap</t>
+          <t>Asım - Safahat 6. Kitap</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789754736045</t>
+          <t>9786257188494</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Hakkın Sesleri - Safahat 3. Kitap</t>
+          <t>Hatıralar - Safahat 5. Kitap</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257188340</t>
+          <t>9786257188517</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Kürsüsü'nde  - Safahat 2. Kitap</t>
+          <t>Fatih Kürsüsü'nde - Safahat 4. Kitap</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789754739084</t>
+          <t>9789754736045</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Safahat 1. Kitap</t>
+          <t>Hakkın Sesleri - Safahat 3. Kitap</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789754736069</t>
+          <t>9786257188340</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Üçlü - Orta Boy) (Ciltli)</t>
+          <t>Süleymaniye Kürsüsü'nde  - Safahat 2. Kitap</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>1500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257188562</t>
+          <t>9789754739084</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi'den Günümüze (Ciltli)</t>
+          <t>Safahat - Safahat 1. Kitap</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>1000</v>
+        <v>340</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257188555</t>
+          <t>9789754736069</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi'den Günümüze</t>
+          <t>Safahat (Üçlü - Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>650</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257188616</t>
+          <t>9786257188562</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Dönemi Örnekleriyle İslam'ın Irkçılığa Bakışı</t>
+          <t>Başörtüsüz Demokrasi'den Günümüze (Ciltli)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>280</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257188531</t>
+          <t>9786257188555</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Hanım Efendi</t>
+          <t>Başörtüsüz Demokrasi'den Günümüze</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>360</v>
+        <v>650</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257188548</t>
+          <t>9786257188616</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Her Dem Kadın</t>
+          <t>Hz. Peygamber Dönemi Örnekleriyle İslam'ın Irkçılığa Bakışı</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>395</v>
+        <v>280</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257188333</t>
+          <t>9786257188531</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Modern İzmlerle İmtihanı</t>
+          <t>Hanım Efendi</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257188326</t>
+          <t>9786257188548</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Hilafet'in Hikayesi</t>
+          <t>Her Dem Kadın</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>305</v>
+        <v>395</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257188487</t>
+          <t>9786257188333</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni'nin Maceraları - Türklerin Sherlock Holmes'i</t>
+          <t>Gençlerin Modern İzmlerle İmtihanı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>490</v>
+        <v>175</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257188463</t>
+          <t>9786257188326</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>İskeletler Arasında -  Amanvermez Avni 10</t>
+          <t>Hilafet'in Hikayesi</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>120</v>
+        <v>305</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257188456</t>
+          <t>9786257188487</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Ölü - Amanvermez Avni 9</t>
+          <t>Amanvermez Avni'nin Maceraları - Türklerin Sherlock Holmes'i</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>120</v>
+        <v>490</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257188449</t>
+          <t>9786257188463</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Boyacı -  Amanvermez Avni 8</t>
+          <t>İskeletler Arasında -  Amanvermez Avni 10</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257188401</t>
+          <t>9786257188456</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tabanca - Amanvermez Avni 7</t>
+          <t>Ölü - Amanvermez Avni 9</t>
         </is>
       </c>
       <c r="C671" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257188418</t>
+          <t>9786257188449</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göz - Amanvermez Avni 6</t>
+          <t>Boyacı -  Amanvermez Avni 8</t>
         </is>
       </c>
       <c r="C672" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257188470</t>
+          <t>9786257188401</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kör Ebe - Amanvermez Avni 5</t>
+          <t>Sessiz Tabanca - Amanvermez Avni 7</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257188425</t>
+          <t>9786257188418</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kara Katil - Amanvermez Avni 4</t>
+          <t>Mavi Göz - Amanvermez Avni 6</t>
         </is>
       </c>
       <c r="C674" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257188432</t>
+          <t>9786257188470</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Araba - Amanvermez Avni 3</t>
+          <t>Kör Ebe - Amanvermez Avni 5</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257188395</t>
+          <t>9786257188425</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kamelya'nın Ölümü - Amanvermez Avni 2</t>
+          <t>Kara Katil - Amanvermez Avni 4</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257188388</t>
+          <t>9786257188432</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Yanmış Adam - Amanvermez Avni 1</t>
+          <t>Kanatlı Araba - Amanvermez Avni 3</t>
         </is>
       </c>
       <c r="C677" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257188371</t>
+          <t>9786257188395</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Almanlar Kudüs'te - Haçlı Seferleri'nde Almanlar</t>
+          <t>Kamelya'nın Ölümü - Amanvermez Avni 2</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>470</v>
+        <v>120</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257188364</t>
+          <t>9786257188388</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>100 Seyyahın Gözüyle Ayasofya</t>
+          <t>Yanmış Adam - Amanvermez Avni 1</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257188319</t>
+          <t>9786257188371</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Almanlar Kudüs'te - Haçlı Seferleri'nde Almanlar</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>170</v>
+        <v>470</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257188302</t>
+          <t>9786257188364</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Din ve Toplum</t>
+          <t>100 Seyyahın Gözüyle Ayasofya</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257188265</t>
+          <t>9786257188319</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 100 Temel Eser (40 Kitap Takım)</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>5200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257188357</t>
+          <t>9786257188302</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kelam Tarihi</t>
+          <t>Din ve Toplum</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>395</v>
+        <v>300</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257188258</t>
+          <t>9786257188265</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’daki Osmanlı Şehirleri</t>
+          <t>İlköğretim 100 Temel Eser (40 Kitap Takım)</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>445</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257188227</t>
+          <t>9786257188357</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kutanlı Gülistan</t>
+          <t>Kelam Tarihi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>180</v>
+        <v>395</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257188234</t>
+          <t>9786257188258</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Üç Tanrı Anlayışı</t>
+          <t>Avrupa’daki Osmanlı Şehirleri</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257188203</t>
+          <t>9786257188227</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Avusturya ve Osmanlı -Eğitim Sistemi Mukayesesi 1774  - 1824</t>
+          <t>Kutanlı Gülistan</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>620</v>
+        <v>180</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257188135</t>
+          <t>9786257188234</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif'in Hayat Hikayesi</t>
+          <t>Üç Tanrı Anlayışı</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>490</v>
+        <v>225</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257188210</t>
+          <t>9786257188203</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Bir İmam Hatip Sevdalısı Sirac Öztoprak Kitabı</t>
+          <t>Avusturya ve Osmanlı -Eğitim Sistemi Mukayesesi 1774  - 1824</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>325</v>
+        <v>620</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257188128</t>
+          <t>9786257188135</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Negatif Gelir Vergisi Özelinde Zekat-Vergi İlişkisi</t>
+          <t>Mehmed Akif'in Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>430</v>
+        <v>490</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257188197</t>
+          <t>9786257188210</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Bir İmam Hatip Sevdalısı Sirac Öztoprak Kitabı</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257188159</t>
+          <t>9786257188128</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni Kutulu Takım (10 Kitap)</t>
+          <t>Negatif Gelir Vergisi Özelinde Zekat-Vergi İlişkisi</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>2000</v>
+        <v>430</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257188166</t>
+          <t>9786257188197</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>88 Soru Seti Kutulu (8 Kitap)</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>2900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257188081</t>
+          <t>9786257188159</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran Hikayesi</t>
+          <t>Amanvermez Avni Kutulu Takım (10 Kitap)</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>120</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257188012</t>
+          <t>9786257188166</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik, Hrıstiyanlık ve İslam</t>
+          <t>88 Soru Seti Kutulu (8 Kitap)</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>175</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257188104</t>
+          <t>9786257188081</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Ahmed-i Hani</t>
+          <t>Şahmeran Hikayesi</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789754739954</t>
+          <t>9786257188012</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi</t>
+          <t>Yahudilik, Hrıstiyanlık ve İslam</t>
         </is>
       </c>
       <c r="C697" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257188074</t>
+          <t>9786257188104</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Ahmed-i Hani</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257188142</t>
+          <t>9789754739954</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam</t>
+          <t>Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>550</v>
+        <v>175</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257188067</t>
+          <t>9786257188074</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Adım Müslüman!</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257188111</t>
+          <t>9786257188142</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>İns</t>
+          <t>Sistematik Kelam</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789754739916</t>
+          <t>9786257188067</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Araba - Türkler'in Sherlock Holmes'i Amanvermez Avni Üçüncü Kitap</t>
+          <t>Adım Müslüman!</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789754739923</t>
+          <t>9786257188111</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kara Katil - Türkler'in Sherlock Holmes'i Amanvermez Avni Dördüncü Kitap</t>
+          <t>İns</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789754739930</t>
+          <t>9789754739916</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kör Ebe - Türkler'in Sherlock Holmes'i Amanvermez Avni Beşinci Kitap</t>
+          <t>Kanatlı Araba - Türkler'in Sherlock Holmes'i Amanvermez Avni Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789754739909</t>
+          <t>9789754739923</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kamelya'nın Ölümü - Türkler'in Sherlock Holmes'i Amanvermez Avni İkinci Kitap</t>
+          <t>Kara Katil - Türkler'in Sherlock Holmes'i Amanvermez Avni Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C705" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789754739947</t>
+          <t>9789754739930</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göz - Türkler'in Sherlock Holmes'i Amanvermez Avni Altıncı Kitap</t>
+          <t>Kör Ebe - Türkler'in Sherlock Holmes'i Amanvermez Avni Beşinci Kitap</t>
         </is>
       </c>
       <c r="C706" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257188005</t>
+          <t>9789754739909</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tabanca - Türkler'in Sherlock Holmes'i Amanvermez Avni Yedinci Kitap</t>
+          <t>Kamelya'nın Ölümü - Türkler'in Sherlock Holmes'i Amanvermez Avni İkinci Kitap</t>
         </is>
       </c>
       <c r="C707" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257188036</t>
+          <t>9789754739947</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Ölü - Türkler'in Sherlock Holmes'i Amanvermez Avni Dokuzuncu Kitap</t>
+          <t>Mavi Göz - Türkler'in Sherlock Holmes'i Amanvermez Avni Altıncı Kitap</t>
         </is>
       </c>
       <c r="C708" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257188050</t>
+          <t>9786257188005</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Boyacı - Türkler'in Sherlock Holmes'i Amanvermez Avni Sekizinci Kitap</t>
+          <t>Sessiz Tabanca - Türkler'in Sherlock Holmes'i Amanvermez Avni Yedinci Kitap</t>
         </is>
       </c>
       <c r="C709" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789754739893</t>
+          <t>9786257188036</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Yanmış Adam - Türkler'in Sherlock Holmes'i Amanvermez Avni Birinci Kitap</t>
+          <t>Ölü - Türkler'in Sherlock Holmes'i Amanvermez Avni Dokuzuncu Kitap</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257188029</t>
+          <t>9786257188050</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>Boyacı - Türkler'in Sherlock Holmes'i Amanvermez Avni Sekizinci Kitap</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257188043</t>
+          <t>9789754739893</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>İskeletler Arasında - Türkler'in Sherlock Holmes'i Amanvermez Avni Onuncu Kitap</t>
+          <t>Yanmış Adam - Türkler'in Sherlock Holmes'i Amanvermez Avni Birinci Kitap</t>
         </is>
       </c>
       <c r="C712" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257188098</t>
+          <t>9786257188029</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balıklarının Muhteşem Dönüşü - Çocuklar İçin Bilgelik Hikayeleri 13</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789754739855</t>
+          <t>9786257188043</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Üç Kafadar Balığın Mağara Macerası - Çocuklar İçin Bilgelik Hikayeleri 12</t>
+          <t>İskeletler Arasında - Türkler'in Sherlock Holmes'i Amanvermez Avni Onuncu Kitap</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789754739435</t>
+          <t>9786257188098</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Yarışı Kim Kazanacak? - Can Dostlarımızı Tanıyalım  7</t>
+          <t>Köpek Balıklarının Muhteşem Dönüşü - Çocuklar İçin Bilgelik Hikayeleri 13</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789754739961</t>
+          <t>9789754739855</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Titiz Nanu - Nanu'nun Maceraları 8</t>
+          <t>Üç Kafadar Balığın Mağara Macerası - Çocuklar İçin Bilgelik Hikayeleri 12</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789754739466</t>
+          <t>9789754739435</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Şişeye Niçin Girdi? -  Can Dostlarımızı Tanıyalım 9</t>
+          <t>Yarışı Kim Kazanacak? - Can Dostlarımızı Tanıyalım  7</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789754739459</t>
+          <t>9789754739961</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Laklak Ne Zaman Göç Edecek? - Can Dostlarımızı Tanıyalım  8</t>
+          <t>Titiz Nanu - Nanu'nun Maceraları 8</t>
         </is>
       </c>
       <c r="C718" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789754739473</t>
+          <t>9789754739466</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Toplar Nerede? - Can Dostlarımızı Tanıyalım 10</t>
+          <t>Gümüş Şişeye Niçin Girdi? -  Can Dostlarımızı Tanıyalım 9</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789754739978</t>
+          <t>9789754739459</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Sincap Nanu -  Nanu'nun Maceraları 9</t>
+          <t>Laklak Ne Zaman Göç Edecek? - Can Dostlarımızı Tanıyalım  8</t>
         </is>
       </c>
       <c r="C720" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789754739985</t>
+          <t>9789754739473</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Nanu - Nanu'nun Maceraları 10</t>
+          <t>Kaybolan Toplar Nerede? - Can Dostlarımızı Tanıyalım 10</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789754739374</t>
+          <t>9789754739978</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Bal Kuşu'nun Öfkesi - Çocuklar İçin Bilgelik Hikayeleri 10</t>
+          <t>Sincap Nanu -  Nanu'nun Maceraları 9</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789754739992</t>
+          <t>9789754739985</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Hain Kurt İle İki Yavru Keçi - Çocuklar İçin Bilgelik Hikayeleri 11</t>
+          <t>Uzaylı Nanu - Nanu'nun Maceraları 10</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789754739350</t>
+          <t>9789754739374</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Uzun Yolculuğu - Çocuklar İçin Bilgelik Hikayeleri 7</t>
+          <t>Bal Kuşu'nun Öfkesi - Çocuklar İçin Bilgelik Hikayeleri 10</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789754739367</t>
+          <t>9789754739992</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Genç Horoz'u Bekleyen Tehlike  -  Çocuklar İçin Bilgelik Hikayeleri 9</t>
+          <t>Hain Kurt İle İki Yavru Keçi - Çocuklar İçin Bilgelik Hikayeleri 11</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789754739343</t>
+          <t>9789754739350</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Bir Deve Kuşu Öyküsü -  Çocuklar İçin Bilgelik Hikayeleri 8</t>
+          <t>Kuşların Uzun Yolculuğu - Çocuklar İçin Bilgelik Hikayeleri 7</t>
         </is>
       </c>
       <c r="C726" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789754739312</t>
+          <t>9789754739367</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Süt Çeşmelerinin İsyanı - Çocuklar İçin Bilgelik Hikayeleri 6</t>
+          <t>Genç Horoz'u Bekleyen Tehlike  -  Çocuklar İçin Bilgelik Hikayeleri 9</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789754739897</t>
+          <t>9789754739343</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Siirt Arapçası (Ciltli)</t>
+          <t>Mutsuz Bir Deve Kuşu Öyküsü -  Çocuklar İçin Bilgelik Hikayeleri 8</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>1100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789754739886</t>
+          <t>9789754739312</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi'ne Giriş</t>
+          <t>Süt Çeşmelerinin İsyanı - Çocuklar İçin Bilgelik Hikayeleri 6</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>520</v>
+        <v>120</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789754739862</t>
+          <t>9789754739897</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in İzinde 40 Sahabi Seti 40 Kitap (Kutulu)</t>
+          <t>Siirt Arapçası (Ciltli)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>5400</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789754732382</t>
+          <t>9789754739886</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Altı Diplomatik Mektubu</t>
+          <t>Müslümanların Tarihi'ne Giriş</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>225</v>
+        <v>520</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789754739756</t>
+          <t>9789754739862</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Hz. Übey bin Ka'b</t>
+          <t>Peygamberimiz'in İzinde 40 Sahabi Seti 40 Kitap (Kutulu)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>135</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789754739824</t>
+          <t>9789754732382</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah bin Zübeyr</t>
+          <t>Hz. Peygamber'in Altı Diplomatik Mektubu</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789754739770</t>
+          <t>9789754739756</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Hz. Halid bin Valid</t>
+          <t>Hz. Übey bin Ka'b</t>
         </is>
       </c>
       <c r="C734" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789754739787</t>
+          <t>9789754739824</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Zer</t>
+          <t>Hz. Abdullah bin Zübeyr</t>
         </is>
       </c>
       <c r="C735" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789754739817</t>
+          <t>9789754739770</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mus'ab bin Umeyr</t>
+          <t>Hz. Halid bin Valid</t>
         </is>
       </c>
       <c r="C736" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789754739800</t>
+          <t>9789754739787</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah bin Mesud</t>
+          <t>Hz. Ebu Zer</t>
         </is>
       </c>
       <c r="C737" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789754739831</t>
+          <t>9789754739817</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin</t>
+          <t>Hz. Mus'ab bin Umeyr</t>
         </is>
       </c>
       <c r="C738" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789754739763</t>
+          <t>9789754739800</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza</t>
+          <t>Hz. Abdullah bin Mesud</t>
         </is>
       </c>
       <c r="C739" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789754739848</t>
+          <t>9789754739831</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C740" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789754739794</t>
+          <t>9789754739763</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Hz. Hamza</t>
         </is>
       </c>
       <c r="C741" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789754739749</t>
+          <t>9789754739848</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Toplum Felsefesi</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789754739695</t>
+          <t>9789754739794</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zübeyr Bin Avvam</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C743" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789754739725</t>
+          <t>9789754739749</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Hz. Bilal-i Habeşi</t>
+          <t>Toplum Felsefesi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789754739732</t>
+          <t>9789754739695</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ammar Bin Yasir</t>
+          <t>Hz. Zübeyr Bin Avvam</t>
         </is>
       </c>
       <c r="C745" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789754739718</t>
+          <t>9789754739725</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Hz. Huzeyfe Bin Yaman</t>
+          <t>Hz. Bilal-i Habeşi</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789754739701</t>
+          <t>9789754739732</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muaz Bin Cebel</t>
+          <t>Hz. Ammar Bin Yasir</t>
         </is>
       </c>
       <c r="C747" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789754739657</t>
+          <t>9789754739718</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Kaşık Düşmanı</t>
+          <t>Hz. Huzeyfe Bin Yaman</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>265</v>
+        <v>135</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789754739480</t>
+          <t>9789754739701</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>İslam Terakkiye Mani midir?</t>
+          <t>Hz. Muaz Bin Cebel</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>175</v>
+        <v>135</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789754739664</t>
+          <t>9789754739657</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri'nde Gazetecilerin Davaları</t>
+          <t>Kaşık Düşmanı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>455</v>
+        <v>265</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789754739688</t>
+          <t>9789754739480</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Smyrna'nın Sırrı</t>
+          <t>İslam Terakkiye Mani midir?</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>430</v>
+        <v>175</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789754731170</t>
+          <t>9789754739664</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Bir Vakti Namluya Sürmek</t>
+          <t>İstiklal Mahkemeleri'nde Gazetecilerin Davaları</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>200</v>
+        <v>455</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789754739510</t>
+          <t>9789754739688</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Smyrna'nın Sırrı</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>170</v>
+        <v>430</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789754739640</t>
+          <t>9789754731170</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Sessizlik</t>
+          <t>Bir Vakti Namluya Sürmek</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789754739626</t>
+          <t>9789754739510</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>İhsan Süreyya Sırma Kitabı</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>650</v>
+        <v>170</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789754739572</t>
+          <t>9789754739640</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Hz. Esma Bint Ebi Bekir - Peygamberimiz'in İzinde 40 Sahabi/31</t>
+          <t>Söz ve Sessizlik</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>135</v>
+        <v>360</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789754739299</t>
+          <t>9789754739626</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Hz. Talha bin Ubeydullah - Peygamberimiz'in İzinde 40 Sahabi/5</t>
+          <t>İhsan Süreyya Sırma Kitabı</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>135</v>
+        <v>650</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789754739565</t>
+          <t>9789754739572</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Hz.  Abdullah bin Abbas - Peygamberimiz'in İzinde 40 Sahabi/29</t>
+          <t>Hz. Esma Bint Ebi Bekir - Peygamberimiz'in İzinde 40 Sahabi/31</t>
         </is>
       </c>
       <c r="C758" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789754739558</t>
+          <t>9789754739299</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyd bin Harise - Peygamberimiz'in İzinde 40 Sahabi/19</t>
+          <t>Hz. Talha bin Ubeydullah - Peygamberimiz'in İzinde 40 Sahabi/5</t>
         </is>
       </c>
       <c r="C759" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789754739534</t>
+          <t>9789754739565</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Hz. Said bin Zeyd - Peygamberimiz'in İzinde 40 Sahabi/10</t>
+          <t>Hz.  Abdullah bin Abbas - Peygamberimiz'in İzinde 40 Sahabi/29</t>
         </is>
       </c>
       <c r="C760" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789754739527</t>
+          <t>9789754739558</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Ubeyde bin Cerrah - Peygamberimiz'in İzinde 40 Sahabi/9</t>
+          <t>Hz. Zeyd bin Harise - Peygamberimiz'in İzinde 40 Sahabi/19</t>
         </is>
       </c>
       <c r="C761" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789754739541</t>
+          <t>9789754739534</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hafsa - Peygamberimiz'in İzinde 40 Sahabi/14</t>
+          <t>Hz. Said bin Zeyd - Peygamberimiz'in İzinde 40 Sahabi/10</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789754739589</t>
+          <t>9789754739527</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Hz. Enes bin Malik - Peygamberimiz'in İzinde 40 Sahabi/39</t>
+          <t>Hz. Ebu Ubeyde bin Cerrah - Peygamberimiz'in İzinde 40 Sahabi/9</t>
         </is>
       </c>
       <c r="C763" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789754739596</t>
+          <t>9789754739541</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe - Peygamberimiz'in İzinde 40 Sahabi/13</t>
+          <t>Hz. Hafsa - Peygamberimiz'in İzinde 40 Sahabi/14</t>
         </is>
       </c>
       <c r="C764" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789754739602</t>
+          <t>9789754739589</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma - Peygamberimiz'in İzinde 40 Sahabi/15</t>
+          <t>Hz. Enes bin Malik - Peygamberimiz'in İzinde 40 Sahabi/39</t>
         </is>
       </c>
       <c r="C765" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789754739619</t>
+          <t>9789754739596</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Hz. Cafer bin Ebi Talib - Peygamberimiz'in İzinde 40 Sahabi/18</t>
+          <t>Hz. Aişe - Peygamberimiz'in İzinde 40 Sahabi/13</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789754739633</t>
+          <t>9789754739602</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Hz. Selman-ı Farisi - Peygamberimiz'in İzinde 40 Sahabi/38</t>
+          <t>Hz. Fatıma - Peygamberimiz'in İzinde 40 Sahabi/15</t>
         </is>
       </c>
       <c r="C767" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789754739145</t>
+          <t>9789754739619</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Hz. Cafer bin Ebi Talib - Peygamberimiz'in İzinde 40 Sahabi/18</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789754739442</t>
+          <t>9789754739633</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Bıdık ile Fındık Uçabilecekler Mi? - Can Dostlarımızı Tanıyalım 6</t>
+          <t>Hz. Selman-ı Farisi - Peygamberimiz'in İzinde 40 Sahabi/38</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789754739503</t>
+          <t>9789754739145</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in Çocukları ve Torunları</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789754739497</t>
+          <t>9789754739442</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslüman Gençler</t>
+          <t>Bıdık ile Fındık Uçabilecekler Mi? - Can Dostlarımızı Tanıyalım 6</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789754739138</t>
+          <t>9789754739503</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devr-i Alem</t>
+          <t>Peygamberimiz'in Çocukları ve Torunları</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789754739428</t>
+          <t>9789754739497</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Pupa Hayalleri İçin Neler Yapacak? - Can Dostlarımızı Tanıyalım 5</t>
+          <t>İlk Müslüman Gençler</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789754739404</t>
+          <t>9789754739138</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Ponpon'un Sonu Ne Olacak? - Can Dostlarımızı Tanıyalım 4</t>
+          <t>80 Günde Devr-i Alem</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789754739411</t>
+          <t>9789754739428</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Nino Ailesine Nasıl Kavuşacak? - Can Dostlarımızı Tanıyalım 3</t>
+          <t>Pupa Hayalleri İçin Neler Yapacak? - Can Dostlarımızı Tanıyalım 5</t>
         </is>
       </c>
       <c r="C775" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789754739398</t>
+          <t>9789754739404</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Popi Hatasını Düzeltebilecek Mi? - Can Dostlarımızı Tanıyalım 2</t>
+          <t>Ponpon'un Sonu Ne Olacak? - Can Dostlarımızı Tanıyalım 4</t>
         </is>
       </c>
       <c r="C776" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789754739381</t>
+          <t>9789754739411</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Kösnü ile Köytü Ne Yapmalı? - Can Dostlarımızı Tanıyalım 1</t>
+          <t>Nino Ailesine Nasıl Kavuşacak? - Can Dostlarımızı Tanıyalım 3</t>
         </is>
       </c>
       <c r="C777" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789754739336</t>
+          <t>9789754739398</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Kurnaz Tilki ile Bilge Horoz - Çocuklar İçin Bilgelik Hikayeleri 5</t>
+          <t>Popi Hatasını Düzeltebilecek Mi? - Can Dostlarımızı Tanıyalım 2</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789754739329</t>
+          <t>9789754739381</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar ve Çakalların Başkanlığı - Çocuklar İçin Bilgelik Hikayeleri 4</t>
+          <t>Kösnü ile Köytü Ne Yapmalı? - Can Dostlarımızı Tanıyalım 1</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789754739305</t>
+          <t>9789754739336</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Eşeğin Acıklı Öyküsü - Çocuklar İçin Bilgelik Hikayeleri 3</t>
+          <t>Kurnaz Tilki ile Bilge Horoz - Çocuklar İçin Bilgelik Hikayeleri 5</t>
         </is>
       </c>
       <c r="C780" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789754739275</t>
+          <t>9789754739329</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçi Martılar - Çocuklar İçin Bilgelik Hikayeleri 2</t>
+          <t>Kurtlar ve Çakalların Başkanlığı - Çocuklar İçin Bilgelik Hikayeleri 4</t>
         </is>
       </c>
       <c r="C781" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789754739282</t>
+          <t>9789754739305</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Zalim Aslan ile Akıllı Tavşan - Çocuklar İçin Bilgelik Hikayeleri 1</t>
+          <t>Açgözlü Eşeğin Acıklı Öyküsü - Çocuklar İçin Bilgelik Hikayeleri 3</t>
         </is>
       </c>
       <c r="C782" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789754739268</t>
+          <t>9789754739275</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah bin Ömer</t>
+          <t>Hizmetçi Martılar - Çocuklar İçin Bilgelik Hikayeleri 2</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789754739213</t>
+          <t>9789754739282</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Eyyub el-Ensarı</t>
+          <t>Zalim Aslan ile Akıllı Tavşan - Çocuklar İçin Bilgelik Hikayeleri 1</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789754739121</t>
+          <t>9789754739268</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan</t>
+          <t>Hz. Abdullah bin Ömer</t>
         </is>
       </c>
       <c r="C785" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789754739190</t>
+          <t>9789754739213</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Hz. Ebu Eyyub el-Ensarı</t>
         </is>
       </c>
       <c r="C786" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789754739220</t>
+          <t>9789754739121</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Hz. Hasan</t>
         </is>
       </c>
       <c r="C787" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789754739152</t>
+          <t>9789754739190</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbn Ümmü Mektum</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C788" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789754739251</t>
+          <t>9789754739220</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Hz. Sad Bin Ebi Vakkas</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C789" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789754739206</t>
+          <t>9789754739152</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>Hz. İbn Ümmü Mektum</t>
         </is>
       </c>
       <c r="C790" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789754739169</t>
+          <t>9789754739251</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ümmü Haram</t>
+          <t>Hz. Sad Bin Ebi Vakkas</t>
         </is>
       </c>
       <c r="C791" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789754739176</t>
+          <t>9789754739206</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyd Bin Sabit</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C792" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789754739244</t>
+          <t>9789754739169</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süheyb-i Rumi</t>
+          <t>Hz. Ümmü Haram</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789754739237</t>
+          <t>9789754739176</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdurrahman Bin Avf</t>
+          <t>Hz. Zeyd Bin Sabit</t>
         </is>
       </c>
       <c r="C794" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789754739091</t>
+          <t>9789754739244</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Damla İş Başında</t>
+          <t>Hz. Süheyb-i Rumi</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789754738636</t>
+          <t>9789754739237</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Nanu - Nanu'nun Maceraları 7</t>
+          <t>Hz. Abdurrahman Bin Avf</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789754738605</t>
+          <t>9789754739091</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Lider Nanu - Nanu'nun Maceraları 6</t>
+          <t>Cingöz Damla İş Başında</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789754738629</t>
+          <t>9789754738636</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Bilgin Nanu - Nanu'nun Maceraları 5</t>
+          <t>Oyuncu Nanu - Nanu'nun Maceraları 7</t>
         </is>
       </c>
       <c r="C798" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789754739015</t>
+          <t>9789754738605</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Nanu - Nanu'nun Maceraları 4</t>
+          <t>Lider Nanu - Nanu'nun Maceraları 6</t>
         </is>
       </c>
       <c r="C799" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789754738988</t>
+          <t>9789754738629</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Dalgıç Nanu - Nanu'nun Maceraları 3</t>
+          <t>Bilgin Nanu - Nanu'nun Maceraları 5</t>
         </is>
       </c>
       <c r="C800" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789754738995</t>
+          <t>9789754739015</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Başkan Nanu - Nanu'nun Maceraları 2</t>
+          <t>Gezgin Nanu - Nanu'nun Maceraları 4</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789754739008</t>
+          <t>9789754738988</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Nanu - Nanu'nun Maceraları 1</t>
+          <t>Dalgıç Nanu - Nanu'nun Maceraları 3</t>
         </is>
       </c>
       <c r="C802" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789754739107</t>
+          <t>9789754738995</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Değişen İnsan Dönüşen Toplum</t>
+          <t>Başkan Nanu - Nanu'nun Maceraları 2</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789754739114</t>
+          <t>9789754739008</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Kürtler Kimdir</t>
+          <t>Dedektif Nanu - Nanu'nun Maceraları 1</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789754739077</t>
+          <t>9789754739107</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar İslam İlmihali (Ciltli)</t>
+          <t>Değişen İnsan Dönüşen Toplum</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789754739039</t>
+          <t>9789754739114</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Maceraları (Tam Metin)</t>
+          <t>Kürtler Kimdir</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789754739022</t>
+          <t>9789754739077</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesi</t>
+          <t>Muhtasar İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>175</v>
+        <v>650</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789754739053</t>
+          <t>9789754739039</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi</t>
+          <t>Gulliver'in Maceraları (Tam Metin)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789754739046</t>
+          <t>9789754739022</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Babanzade Ahmed Naim - İslam Ahlakının Esasları</t>
+          <t>Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789754739060</t>
+          <t>9789754739053</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Haydi Bana Eyvallah</t>
+          <t>Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>305</v>
+        <v>175</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789754738933</t>
+          <t>9789754739046</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Bilgi ve Bilim</t>
+          <t>Babanzade Ahmed Naim - İslam Ahlakının Esasları</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789754738926</t>
+          <t>9789754739060</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Devletin Kürt Politikalarında Üç Dönem</t>
+          <t>Haydi Bana Eyvallah</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>340</v>
+        <v>305</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789754738902</t>
+          <t>9789754738933</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist (Tam Metin)</t>
+          <t>İslam'da Bilgi ve Bilim</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789754738896</t>
+          <t>9789754738926</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood'un Maceraları (Tam Metin)</t>
+          <t>Devletin Kürt Politikalarında Üç Dönem</t>
         </is>
       </c>
       <c r="C814" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789754738858</t>
+          <t>9789754738902</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Ümmühan'ın İstikbal Yıldızı</t>
+          <t>Oliver Twist (Tam Metin)</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789754738919</t>
+          <t>9789754738896</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Sözü Yola Koymak</t>
+          <t>Robin Hood'un Maceraları (Tam Metin)</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789754738520</t>
+          <t>9789754738858</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>O'nun Ahlakı Kur'an'dı</t>
+          <t>Ümmühan'ın İstikbal Yıldızı</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789754738872</t>
+          <t>9789754738919</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Engel mi Vız Gelir - Maceracı İkizler 4</t>
+          <t>Sözü Yola Koymak</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789754738865</t>
+          <t>9789754738520</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğimi Paylaşıyorum - Maceracı İkizler 5</t>
+          <t>O'nun Ahlakı Kur'an'dı</t>
         </is>
       </c>
       <c r="C819" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789754738780</t>
+          <t>9789754738872</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Engel mi Vız Gelir - Maceracı İkizler 4</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>395</v>
+        <v>200</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789754738827</t>
+          <t>9789754738865</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Ekmeğimi Paylaşıyorum - Maceracı İkizler 5</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789754738810</t>
+          <t>9789754738780</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>İslam Tarihi Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>210</v>
+        <v>395</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789754738551</t>
+          <t>9789754738827</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Tasavvuf Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>100</v>
+        <v>410</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789754738797</t>
+          <t>9789754738810</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>İnanç Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789754738803</t>
+          <t>9789754738551</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789754738537</t>
+          <t>9789754738797</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Hadis Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>İnanç Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789754738773</t>
+          <t>9789754738803</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Tefsir Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Fıkıh Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>295</v>
+        <v>360</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789754738834</t>
+          <t>9789754738537</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Siyer Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Hadis Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789754738841</t>
+          <t>9789754738773</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Kur'an ve Tefsir Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789754738759</t>
+          <t>9789754738834</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı (Ciltli)</t>
+          <t>Siyer Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>750</v>
+        <v>375</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789754737615</t>
+          <t>9789754738841</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Lobelya</t>
+          <t>Mezhepler Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789754737646</t>
+          <t>9789754738759</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Yitik Ben (Ciltli)</t>
+          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>210</v>
+        <v>750</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789754737639</t>
+          <t>9789754737615</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Vakit Arası</t>
+          <t>Lobelya</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789754737608</t>
+          <t>9789754737646</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Onaltı Otuzbeş</t>
+          <t>Yitik Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>305</v>
+        <v>210</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789754737936</t>
+          <t>9789754737639</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Kupa Benim Olmalı - Maceracı İkizler 3</t>
+          <t>Vakit Arası</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789754738506</t>
+          <t>9789754737608</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Parktaki Yabancı - Maceracı İkizler 2</t>
+          <t>Onaltı Otuzbeş</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>200</v>
+        <v>305</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789754738513</t>
+          <t>9789754737936</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Timsahlarla Başım Dertte - Maceracı İkizler 1</t>
+          <t>Kupa Benim Olmalı - Maceracı İkizler 3</t>
         </is>
       </c>
       <c r="C837" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789754738490</t>
+          <t>9789754738506</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kalp Ustası</t>
+          <t>Parktaki Yabancı - Maceracı İkizler 2</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789754738438</t>
+          <t>9789754738513</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Yürekdede ile Padişah (türkçe- osmanlıca)</t>
+          <t>Timsahlarla Başım Dertte - Maceracı İkizler 1</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>2770000020336</t>
+          <t>9789754738490</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (12 Kitap Takım)</t>
+          <t>Kalp Ustası</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789754738704</t>
+          <t>9789754738438</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Çevirmen</t>
+          <t>Yürekdede ile Padişah (türkçe- osmanlıca)</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789754738391</t>
+          <t>2770000020336</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri ve Şeyh Said Kıyamı</t>
+          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>800</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789754738698</t>
+          <t>9789754738704</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Peygamber Olarak Hz. Muhammed</t>
+          <t>Çevirmen</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789754738568</t>
+          <t>9789754738391</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Medreselerde ve İlahiyat Fakültelerinde Din Anlayışları</t>
+          <t>İstiklal Mahkemeleri ve Şeyh Said Kıyamı</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>360</v>
+        <v>800</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789754738469</t>
+          <t>9789754738698</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>İnsan Felsefesi</t>
+          <t>İnsan ve Peygamber Olarak Hz. Muhammed</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789754738599</t>
+          <t>9789754738568</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Medreselerde ve İlahiyat Fakültelerinde Din Anlayışları</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789754738445</t>
+          <t>9789754738469</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi</t>
+          <t>İnsan Felsefesi</t>
         </is>
       </c>
       <c r="C847" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789754738681</t>
+          <t>9789754738599</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hanımları</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789754738667</t>
+          <t>9789754738445</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Din Felsefesi</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789754738452</t>
+          <t>9789754738681</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Peygamberimizin Hanımları</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789754738407</t>
+          <t>9789754738667</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Zeyd Bin Harise</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789754738643</t>
+          <t>9789754738452</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Yürüyüş Denemeleri</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>265</v>
+        <v>175</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789754738650</t>
+          <t>9789754738407</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Irkçılık ve Milliyetçilik Davası</t>
+          <t>Zeyd Bin Harise</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789754738674</t>
+          <t>9789754738643</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Siyerin Gölgesinde 3 - Hz. Muhammed ve Medine Dönemi</t>
+          <t>Evrensel Yürüyüş Denemeleri</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>590</v>
+        <v>265</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789754738582</t>
+          <t>9789754738650</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine'den Seçmeler</t>
+          <t>İslam'da Irkçılık ve Milliyetçilik Davası</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>110</v>
+        <v>265</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789754738360</t>
+          <t>9789754738674</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Siyerin Gölgesinde 3 - Hz. Muhammed ve Medine Dönemi</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>175</v>
+        <v>590</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789754738353</t>
+          <t>9789754738582</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>La Fontaine'den Seçmeler</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789754738384</t>
+          <t>9789754738360</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789754738612</t>
+          <t>9789754738353</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789754738377</t>
+          <t>9789754738384</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789754738315</t>
+          <t>9789754738612</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Ferman</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789754738322</t>
+          <t>9789754738377</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789754738575</t>
+          <t>9789754738315</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Ferman</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789754738346</t>
+          <t>9789754738322</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C864" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789754738339</t>
+          <t>9789754738575</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789754738292</t>
+          <t>9789754738346</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>And</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C866" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789754738308</t>
+          <t>9789754738339</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C867" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789754738285</t>
+          <t>9789754738292</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risalesi (Ciltli)</t>
+          <t>And</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789754738179</t>
+          <t>9789754738308</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>İslam Önderleri (Ciltli)</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789754738193</t>
+          <t>9789754738285</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli)</t>
+          <t>Akaid Risalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789754738209</t>
+          <t>9789754738179</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Muhacir Muallimin Hikayeleri</t>
+          <t>İslam Önderleri (Ciltli)</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789754738247</t>
+          <t>9789754738193</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Namazın Şartları</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789754738261</t>
+          <t>9789754738209</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Risalesi</t>
+          <t>Muhacir Muallimin Hikayeleri</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789754738216</t>
+          <t>9789754738247</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Tesettür</t>
+          <t>Namazın Şartları</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789754738230</t>
+          <t>9789754738261</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Karbela Olayı</t>
+          <t>Tefsir Risalesi</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789754738162</t>
+          <t>9789754738216</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızlara Örnek Büyük Kadınlar</t>
+          <t>Tesettür</t>
         </is>
       </c>
       <c r="C876" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789754738421</t>
+          <t>9789754738230</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Kendini Merak Eden Ağaç</t>
+          <t>Karbela Olayı</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789754738223</t>
+          <t>9789754738162</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Öncü Kadın Şahsiyetler (Ciltli)</t>
+          <t>Genç Kızlara Örnek Büyük Kadınlar</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789754738155</t>
+          <t>9789754738421</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Din Dersleri Amme Cüz-i Şerifi (Ciltli)</t>
+          <t>Kendini Merak Eden Ağaç</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789754738254</t>
+          <t>9789754738223</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Hadis Risalesi (Ciltli)</t>
+          <t>Öncü Kadın Şahsiyetler (Ciltli)</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789754738278</t>
+          <t>9789754738155</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Zulüm Zalimler ve Mazlumlar Hakkında 80 Hadis (Ciltli)</t>
+          <t>Din Dersleri Amme Cüz-i Şerifi (Ciltli)</t>
         </is>
       </c>
       <c r="C881" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789754738414</t>
+          <t>9789754738254</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Resalesi (Ciltli)</t>
+          <t>Hadis Risalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789754738186</t>
+          <t>9789754738278</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Tarihi (Ciltli)</t>
+          <t>Zulüm Zalimler ve Mazlumlar Hakkında 80 Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789754737882</t>
+          <t>9789754738414</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>El-Fevzü'l-Kebir fi Usüli't-Tefsir (Ciltli)</t>
+          <t>Fıkıh Resalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789754738476</t>
+          <t>9789754738186</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlarda Yanlış Din Anlayışları</t>
+          <t>Kur'an-ı Kerim Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789754738483</t>
+          <t>9789754737882</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Tarihin ve Dinin İstismarı</t>
+          <t>El-Fevzü'l-Kebir fi Usüli't-Tefsir (Ciltli)</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789754732405</t>
+          <t>9789754738476</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünyayı Adımlarken</t>
+          <t>Müslümanlarda Yanlış Din Anlayışları</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>900</v>
+        <v>295</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789754732757</t>
+          <t>9789754738483</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur'an - Çeviri ve Açıklama; (Küçük Boy, Metinsiz)</t>
+          <t>Tarihin ve Dinin İstismarı</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>620</v>
+        <v>265</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789754736816</t>
+          <t>9789754732405</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Tesbihini Arayan Kehribar</t>
+          <t>Yalan Dünyayı Adımlarken</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>210</v>
+        <v>900</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789754736632</t>
+          <t>9789754732757</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Ravzat al-'Ukul; Muhammed b. Gazi al-Malatyavi ve Eseri</t>
+          <t>Aziz Kur'an - Çeviri ve Açıklama; (Küçük Boy, Metinsiz)</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>235</v>
+        <v>620</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789754735772</t>
+          <t>9789754736816</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Şirk (Küçük Boy)</t>
+          <t>Tesbihini Arayan Kehribar</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789754734515</t>
+          <t>9789754736632</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Ravzat al-'Ukul; Muhammed b. Gazi al-Malatyavi ve Eseri</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>220</v>
+        <v>235</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789754734591</t>
+          <t>9789754735772</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Kroyçer Sonat</t>
+          <t>Tevhid ve Şirk (Küçük Boy)</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789754734577</t>
+          <t>9789754734515</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç'in Ölümü</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789754738001</t>
+          <t>9789754734591</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Timbil - Namaz Sevgisi</t>
+          <t>Kroyçer Sonat</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789754738032</t>
+          <t>9789754734577</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Masallar</t>
+          <t>İvan İlyiç'in Ölümü</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789754738049</t>
+          <t>9789754738001</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Çılgın İkizler</t>
+          <t>Timbil - Namaz Sevgisi</t>
         </is>
       </c>
       <c r="C897" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789754738025</t>
+          <t>9789754738032</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Potinli İle Mırık Süper Dua</t>
+          <t>Tuhaf Masallar</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789754738018</t>
+          <t>9789754738049</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Potinli ile Mırık Başdöndüren Değişim</t>
+          <t>Çılgın İkizler</t>
         </is>
       </c>
       <c r="C899" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789754738148</t>
+          <t>9789754738025</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Elçileri Peygamberlerimiz</t>
+          <t>Potinli İle Mırık Süper Dua</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789754738124</t>
+          <t>9789754738018</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dışı Konuşmalar</t>
+          <t>Potinli ile Mırık Başdöndüren Değişim</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789754738131</t>
+          <t>9789754738148</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dilin İnşası</t>
+          <t>Hakikat Elçileri Peygamberlerimiz</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789754738100</t>
+          <t>9789754738124</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Filhakika</t>
+          <t>Zaman Dışı Konuşmalar</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789754738094</t>
+          <t>9789754738131</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Enes'in Günlüğü</t>
+          <t>Yeni Bir Dilin İnşası</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789754738087</t>
+          <t>9789754738100</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Bana Yarından Bahset</t>
+          <t>Filhakika</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789754738070</t>
+          <t>9789754738094</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Asıl Dert Asil Dert</t>
+          <t>Enes'in Günlüğü</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789754738063</t>
+          <t>9789754738087</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>İhsan Süreyya Sırma Kitabı (Ciltli)</t>
+          <t>Bana Yarından Bahset</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>950</v>
+        <v>190</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789754737783</t>
+          <t>9789754738070</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Üçlü - Büyük Boy) (Ciltli)</t>
+          <t>Asıl Dert Asil Dert</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>1750</v>
+        <v>280</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789754737943</t>
+          <t>9789754738063</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Motorlu Kuş (Resimli)</t>
+          <t>İhsan Süreyya Sırma Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>120</v>
+        <v>950</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789754738056</t>
+          <t>9789754737783</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sözü</t>
+          <t>Safahat (Üçlü - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>225</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789754737585</t>
+          <t>9789754737943</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar (Osmanlıca - Türkçe) (Ciltli)</t>
+          <t>Motorlu Kuş (Resimli)</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789754737622</t>
+          <t>9789754738056</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal'den Seçme Şiirler (Osmanlıca -Türkçe) (Ciltli)</t>
+          <t>Kalbin Sözü</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789754737745</t>
+          <t>9789754737585</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Hikmetli Sözler ve Ana Baba Nasihatleri (Osmanlıca - Türkçe) (Ciltli)</t>
+          <t>Hatıralar (Osmanlıca - Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789754737875</t>
+          <t>9789754737622</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Çağdaş Medeniyet (Ciltli)</t>
+          <t>Namık Kemal'den Seçme Şiirler (Osmanlıca -Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789754737899</t>
+          <t>9789754737745</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Temel Problemi ve Çözümü (Ciltli)</t>
+          <t>Hikmetli Sözler ve Ana Baba Nasihatleri (Osmanlıca - Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789754737578</t>
+          <t>9789754737875</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Cenab Şahabeddin'den Seçme Metinler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>İslam ve Çağdaş Medeniyet (Ciltli)</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789754737844</t>
+          <t>9789754737899</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Barışın Yolu (Ciltli)</t>
+          <t>Müslümanların Temel Problemi ve Çözümü (Ciltli)</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789754737851</t>
+          <t>9789754737578</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde İslam (Arapça-Türkçe) (Ciltli)</t>
+          <t>Cenab Şahabeddin'den Seçme Metinler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789754737837</t>
+          <t>9789754737844</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Cahiliye (Arapça-Türkçe) (Ciltli)</t>
+          <t>Barışın Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789754737516</t>
+          <t>9789754737851</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Altın Çiftlik (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Günümüzde İslam (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789754737547</t>
+          <t>9789754737837</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Melik Şah ile Gülli Han'ın Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>İslam ve Cahiliye (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789754737523</t>
+          <t>9789754737516</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Dört Halifeden İnciler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Altın Çiftlik (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789754737561</t>
+          <t>9789754737547</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Çobanın Definesi (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Melik Şah ile Gülli Han'ın Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789754737820</t>
+          <t>9789754737523</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumunun Doğası (Arapça-Türkçe) (Ciltli)</t>
+          <t>Dört Halifeden İnciler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789754737868</t>
+          <t>9789754737561</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Dört Raşit Halifeden Özlü Sözler (Arapça-Türkçe) (Ciltli)</t>
+          <t>Çobanın Definesi (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C925" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789754737721</t>
+          <t>9789754737820</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Terci-i Bend Terkib-i Bend (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>İslam Toplumunun Doğası (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789754737530</t>
+          <t>9789754737868</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Fıkralarından Seçmeler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Dört Raşit Halifeden Özlü Sözler (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789754737592</t>
+          <t>9789754737721</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Darb-ı Meseller (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Terci-i Bend Terkib-i Bend (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789754737554</t>
+          <t>9789754737530</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca'dan Seçme Fıkralar (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Karagöz Fıkralarından Seçmeler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789754737714</t>
+          <t>9789754737592</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp Ormanda</t>
+          <t>Türk Dilinde Darb-ı Meseller (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789754737998</t>
+          <t>9789754737554</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Karşıyım</t>
+          <t>Nasreddin Hoca'dan Seçme Fıkralar (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789754737790</t>
+          <t>9789754737714</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Selahaddin Eyyubi Sempozyumu (2 Cilt Takım) (Ciltli)</t>
+          <t>Muga Zıpzıp Ormanda</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>3000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789754737295</t>
+          <t>9789754737998</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>M. Nazif Şahinoğlu: Makaleler ve Hatıralar (Ciltli)</t>
+          <t>Karşıyım</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>1300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789754737981</t>
+          <t>9789754737790</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>İslam İbadet Esasları</t>
+          <t>Uluslararası Selahaddin Eyyubi Sempozyumu (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>305</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789754737912</t>
+          <t>9789754737295</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Bir Saray Şehri Dimetoka Özelinde Balkanlar ve Osmanlı'nın Kuruluş Yılları</t>
+          <t>M. Nazif Şahinoğlu: Makaleler ve Hatıralar (Ciltli)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>210</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789754737929</t>
+          <t>9789754737981</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Bilmek</t>
+          <t>İslam İbadet Esasları</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>180</v>
+        <v>305</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789754737776</t>
+          <t>9789754737912</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Fikir ve İnanç Hürriyeti</t>
+          <t>Bir Saray Şehri Dimetoka Özelinde Balkanlar ve Osmanlı'nın Kuruluş Yılları</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789754737950</t>
+          <t>9789754737929</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Beylerbeyi Günlükleri</t>
+          <t>Allah'ı Bilmek</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789754737905</t>
+          <t>9789754737776</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Okumak</t>
+          <t>İslam'da Fikir ve İnanç Hürriyeti</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789754737479</t>
+          <t>9789754737950</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>İslam - Genel Bir Bakış</t>
+          <t>Beylerbeyi Günlükleri</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789754737752</t>
+          <t>9789754737905</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Umut ve Sorumluluk</t>
+          <t>Bir Ömür Okumak</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789754737486</t>
+          <t>9789754737479</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Yeni Politik Kültürün Dünyasında</t>
+          <t>İslam - Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789754737769</t>
+          <t>9789754737752</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Ufkun İmkanları</t>
+          <t>Umut ve Sorumluluk</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>360</v>
+        <v>410</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789754737424</t>
+          <t>9789754737486</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Peygamberlerin Hayatı</t>
+          <t>Yeni Politik Kültürün Dünyasında</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>400</v>
+        <v>265</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789754737509</t>
+          <t>9789754737769</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>A. Cahit Zarifoğlu / Acz Kitabı</t>
+          <t>Evrensel Ufkun İmkanları</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789754737493</t>
+          <t>9789754737424</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Köklerimiz: Afro - Amerikalılar'ın Tarihi (Ciltli)</t>
+          <t>Gençler İçin Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789754737448</t>
+          <t>9789754737509</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Safahat'dan Seçme Şiirler - 1 (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>A. Cahit Zarifoğlu / Acz Kitabı</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789754737455</t>
+          <t>9789754737493</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Safahat'dan Seçme Hikayeler - 2 (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Köklerimiz: Afro - Amerikalılar'ın Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789754737431</t>
+          <t>9789754737448</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Çiçekleri (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Safahat'dan Seçme Şiirler - 1 (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789754737363</t>
+          <t>9789754737455</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Tutiname'den Hikayeler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Safahat'dan Seçme Hikayeler - 2 (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789754737400</t>
+          <t>9789754737431</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Zamanı (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Hakikat Çiçekleri (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789754737349</t>
+          <t>9789754737363</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Tutiname'den Hikayeler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789754737417</t>
+          <t>9789754737400</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Epidemia</t>
+          <t>Hz. Peygamber ve Zamanı (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789754737301</t>
+          <t>9789754737349</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Allah'a İnanmanın Rasyonel Temelleri</t>
+          <t>Şahmeran Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789754737356</t>
+          <t>9789754737417</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>İlmihal (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Epidemia</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789754737387</t>
+          <t>9789754737301</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Vatana Dair (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Allah'a İnanmanın Rasyonel Temelleri</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789754737394</t>
+          <t>9789754737356</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Hatıraları (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>İlmihal (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C957" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789754737370</t>
+          <t>9789754737387</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Vatana Dair (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C958" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789754737462</t>
+          <t>9789754737394</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Sömürü Ajanı Amerikan Misyonerleri</t>
+          <t>Çocukluk Hatıraları (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789754737288</t>
+          <t>9789754737370</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Temel Kavramları (Sempatik Boy)</t>
+          <t>Seçme Şiirler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789754737271</t>
+          <t>9789754737462</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Hukuk Sistemi (Ciltli)</t>
+          <t>Sömürü Ajanı Amerikan Misyonerleri</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789754737318</t>
+          <t>9789754737288</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Salah ve Fesat</t>
+          <t>İslam'ın Temel Kavramları (Sempatik Boy)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789754737202</t>
+          <t>9789754737271</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadın (Ciltli)</t>
+          <t>Kur'an'ın Hukuk Sistemi (Ciltli)</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789754737219</t>
+          <t>9789754737318</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Yolu (Ciltli)</t>
+          <t>Salah ve Fesat</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789754737226</t>
+          <t>9789754737202</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Oğluma Mektub</t>
+          <t>Müslüman Kadın (Ciltli)</t>
         </is>
       </c>
       <c r="C965" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789754737264</t>
+          <t>9789754737219</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Siret-i Nebi</t>
+          <t>Kurtuluş Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789754737325</t>
+          <t>9789754737226</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Bir İslam Şehri: İstanbul</t>
+          <t>Oğluma Mektub</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789754737332</t>
+          <t>9789754737264</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Anne Yoktur</t>
+          <t>Siret-i Nebi</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789754737240</t>
+          <t>9789754737325</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Akletmesi</t>
+          <t>Bir İslam Şehri: İstanbul</t>
         </is>
       </c>
       <c r="C969" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789754737257</t>
+          <t>9789754737332</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Putlar Yıkılırken</t>
+          <t>Mükemmel Anne Yoktur</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789754737172</t>
+          <t>9789754737240</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli - Renkli)</t>
+          <t>Kalbin Akletmesi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789754737196</t>
+          <t>9789754737257</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Putlar Yıkılırken</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789754737233</t>
+          <t>9789754737172</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Barışa Yön Veren Değerler</t>
+          <t>Küçük Prens (Ciltli - Renkli)</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789754737189</t>
+          <t>9789754737196</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Söz Cangılı</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789754736793</t>
+          <t>9789754737233</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Uzun Yürüyüşü</t>
+          <t>Barışa Yön Veren Değerler</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789754736854</t>
+          <t>9789754737189</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Elçi'nin (s) Çevresindeki İnsanlar</t>
+          <t>Söz Cangılı</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789754736984</t>
+          <t>9789754736793</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sevinci (Ciltli)</t>
+          <t>Müslümanların Uzun Yürüyüşü</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789754736649</t>
+          <t>9789754736854</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Tu Hati</t>
+          <t>Elçi'nin (s) Çevresindeki İnsanlar</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789754737080</t>
+          <t>9789754736984</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Münafıklar</t>
+          <t>Ruhun Sevinci (Ciltli)</t>
         </is>
       </c>
       <c r="C979" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789754737004</t>
+          <t>9789754736649</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Müslüman Gençliğin Vazifeleri</t>
+          <t>Tu Hati</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789754737042</t>
+          <t>9789754737080</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Gördüğüm Amerika</t>
+          <t>Hz. Peygamber Döneminde Münafıklar</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789754736991</t>
+          <t>9789754737004</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>On İlkemiz</t>
+          <t>Günümüzde Müslüman Gençliğin Vazifeleri</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789754737011</t>
+          <t>9789754737042</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Gençlik</t>
+          <t>Gördüğüm Amerika</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789754737059</t>
+          <t>9789754736991</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>El-Fıkhu'l Ekber</t>
+          <t>On İlkemiz</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789754737066</t>
+          <t>9789754737011</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>El-Fıkhu'l Ekber</t>
+          <t>Müslüman Gençlik</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789754737028</t>
+          <t>9789754737059</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>İslam'dan Neden Korkuyorlar</t>
+          <t>El-Fıkhu'l Ekber</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789754737035</t>
+          <t>9789754737066</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>İslam Birliği</t>
+          <t>El-Fıkhu'l Ekber</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789754737073</t>
+          <t>9789754737028</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Siyaset</t>
+          <t>İslam'dan Neden Korkuyorlar</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789754732740</t>
+          <t>9789754737035</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an (Ciltli)</t>
+          <t>İslam Birliği</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>780</v>
+        <v>340</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789754736106</t>
+          <t>9789754737073</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Bir Hazan Devri Şairi: Mehmed Akif Ersoy</t>
+          <t>İslam ve Siyaset</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789754736762</t>
+          <t>9789754732740</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Allah Elçisi'nin (s) Ailesi</t>
+          <t>Aziz Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>210</v>
+        <v>780</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789754737141</t>
+          <t>9789754736106</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Bir Hazan Devri Şairi: Mehmed Akif Ersoy</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789754737134</t>
+          <t>9789754736762</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Allah Elçisi'nin (s) Ailesi</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789754737103</t>
+          <t>9789754737141</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Bahar ve Kelebekler</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C994" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789754737127</t>
+          <t>9789754737134</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C995" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789754737110</t>
+          <t>9789754737103</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C996" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789754736908</t>
+          <t>9789754737127</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Üç Nasihat</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789754736946</t>
+          <t>9789754737110</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'den Sonra</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789754736922</t>
+          <t>9789754736908</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>Üç Nasihat</t>
         </is>
       </c>
       <c r="C999" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789754736939</t>
+          <t>9789754736946</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Çanakkale'den Sonra</t>
         </is>
       </c>
       <c r="C1000" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789754736915</t>
+          <t>9789754736922</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C1001" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789754737158</t>
+          <t>9789754736939</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur'an - Çeviri ve Açıklama (Beyaz Kapak)</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789754736977</t>
+          <t>9789754736915</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Müslümanca Bakmak</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789754736960</t>
+          <t>9789754737158</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kıbleyi Kaybettiren Dönüşüm</t>
+          <t>Aziz Kur'an - Çeviri ve Açıklama (Beyaz Kapak)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789754737165</t>
+          <t>9789754736977</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Kürdüm OHAL'de Türküm</t>
+          <t>Dünyaya Müslümanca Bakmak</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789754736779</t>
+          <t>9789754736960</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe</t>
+          <t>Kıbleyi Kaybettiren Dönüşüm</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789754736953</t>
+          <t>9789754737165</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Ebu Zer</t>
+          <t>Kürdüm OHAL'de Türküm</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789754737097</t>
+          <t>9789754736779</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Siyer</t>
+          <t>Hz. Aişe</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>620</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789754736717</t>
+          <t>9789754736953</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Müşkilu'l-Kur'an'ı Yeniden Değerlendirmek</t>
+          <t>Ebu Zer</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789754736786</t>
+          <t>9789754737097</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Kitabı Mukaddes'in Neyi Tahrif Edildi</t>
+          <t>Siyer</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>360</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789754736809</t>
+          <t>9789754736717</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tarihçi</t>
+          <t>Müşkilu'l-Kur'an'ı Yeniden Değerlendirmek</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789754736823</t>
+          <t>9789754736786</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Urfa-Mardin Hattı</t>
+          <t>Kitabı Mukaddes'in Neyi Tahrif Edildi</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789754736731</t>
+          <t>9789754736809</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Üç Kafadar Balık</t>
+          <t>Tarih ve Tarihçi</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789754736748</t>
+          <t>9789754736823</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Süper Karıncalar</t>
+          <t>Urfa-Mardin Hattı</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>120</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789754736687</t>
+          <t>9789754736731</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Babanzade Ahmed Naim</t>
+          <t>Üç Kafadar Balık</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789754736670</t>
+          <t>9789754736748</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>El Varakat (Ciltli)</t>
+          <t>Süper Karıncalar</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789754736700</t>
+          <t>9789754736687</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Kurandan Eskimez Ölçüler</t>
+          <t>Babanzade Ahmed Naim</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789754736694</t>
+          <t>9789754736670</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Müderris Babanzade Ahmed Naim</t>
+          <t>El Varakat (Ciltli)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789754734300</t>
+          <t>9789754736700</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Kurandan Eskimez Ölçüler</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789754734096</t>
+          <t>9789754736694</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de Deyimler</t>
+          <t>Müderris Babanzade Ahmed Naim</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789754736571</t>
+          <t>9789754734300</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi (1923-2014) - İslam Tarihi ve Medeniyeti Bibliyografyası</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>620</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789754736595</t>
+          <t>9789754734096</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Siyerin Gölgesinde 2 - Hz. Muhammed (s)'in Hayatı ve Mekke Dönemi</t>
+          <t>Türkçe’de Deyimler</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>680</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789754736564</t>
+          <t>9789754736571</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi'nin İlk Döneminde Birlikte Yaşama Tecrübesi</t>
+          <t>Cumhuriyet Dönemi (1923-2014) - İslam Tarihi ve Medeniyeti Bibliyografyası</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>200</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789754736588</t>
+          <t>9789754736595</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Batılılaşma ve Son Dönem Osmanlı Aydınları</t>
+          <t>Siyerin Gölgesinde 2 - Hz. Muhammed (s)'in Hayatı ve Mekke Dönemi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>295</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789754733082</t>
+          <t>9789754736564</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt Hayatı ve Öğretisi</t>
+          <t>İslam Tarihi'nin İlk Döneminde Birlikte Yaşama Tecrübesi</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789754732566</t>
+          <t>9789754736588</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Zengin Hayaller Peşinde</t>
+          <t>Müzikte Batılılaşma ve Son Dönem Osmanlı Aydınları</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789754733426</t>
+          <t>9789754733082</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı’ndan Seçmeler</t>
+          <t>Zerdüşt Hayatı ve Öğretisi</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789754736557</t>
+          <t>9789754732566</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslami Hareketler ve Şiddet Sorunu</t>
+          <t>Zengin Hayaller Peşinde</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789754736540</t>
+          <t>9789754733426</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Sorunlar Sorular ve Cevaplar</t>
+          <t>Yunus Emre Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789754733440</t>
+          <t>9789754736557</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’den Seçmeler</t>
+          <t>Çağdaş İslami Hareketler ve Şiddet Sorunu</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789754736502</t>
+          <t>9789754736540</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Musiki</t>
+          <t>Sorunlar Sorular ve Cevaplar</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>430</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789754736489</t>
+          <t>9789754733440</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Türkiyenin İlahiyat Sorunu</t>
+          <t>Kutadgu Bilig’den Seçmeler</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789754736427</t>
+          <t>9789754736502</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Bir Devir Bir Şahit Melle Sabri</t>
+          <t>İslam Medeniyetinde Musiki</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789754736458</t>
+          <t>9789754736489</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>İbadet</t>
+          <t>Türkiyenin İlahiyat Sorunu</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789754736441</t>
+          <t>9789754736427</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bağı</t>
+          <t>Bir Devir Bir Şahit Melle Sabri</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789754736410</t>
+          <t>9789754736458</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Düşnane</t>
+          <t>İbadet</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789754736465</t>
+          <t>9789754736441</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Dost Eli</t>
+          <t>Gönül Bağı</t>
         </is>
       </c>
       <c r="C1037" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789754734812</t>
+          <t>9789754736410</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Okuyucularla</t>
+          <t>Düşnane</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>535</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789754733792</t>
+          <t>9789754736465</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Ninni Desem Dağlar Uyur</t>
+          <t>Dost Eli</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789754730050</t>
+          <t>9789754734812</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Neler Sordular</t>
+          <t>Okuyucularla</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>305</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789754734997</t>
+          <t>9789754733792</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Nehri Geçerken</t>
+          <t>Ninni Desem Dağlar Uyur</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>430</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789754731545</t>
+          <t>9789754730050</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Nehirlerin Dili</t>
+          <t>Neler Sordular</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>235</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789754732672</t>
+          <t>9789754734997</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Direniş Hicret</t>
+          <t>Nehri Geçerken</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>235</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789754735536</t>
+          <t>9789754731545</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kokulu Yıllar</t>
+          <t>Nehirlerin Dili</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789754734836</t>
+          <t>9789754732672</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Kabile Topluluklarından Akide Toplumuna</t>
+          <t>Nebevi Direniş Hicret</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789754732375</t>
+          <t>9789754735536</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>İşte Önderimiz Hz. Muhammed</t>
+          <t>Kağıt Kokulu Yıllar</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>2015060847302</t>
+          <t>9789754734836</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Hayatı (9 Kitap Takım)</t>
+          <t>Kabile Topluluklarından Akide Toplumuna</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>1100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789754735734</t>
+          <t>9789754732375</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Akışını Değiştiren Son Peygamber</t>
+          <t>İşte Önderimiz Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789754736236</t>
+          <t>2015060847302</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kitap</t>
+          <t>Peygamberlerin Hayatı (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>235</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789754736335</t>
+          <t>9789754735734</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Güzel İnsan Yahut Hz. Yusuf</t>
+          <t>Tarihin Akışını Değiştiren Son Peygamber</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789754736311</t>
+          <t>9789754736236</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kral Yahut Hz. Süleyman</t>
+          <t>Pembe Kitap</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789754736342</t>
+          <t>9789754736335</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Deve Yahut Hz. Salih</t>
+          <t>Güzel İnsan Yahut Hz. Yusuf</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789754736328</t>
+          <t>9789754736311</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tufan Yahut Hz. Nuh</t>
+          <t>Bilge Kral Yahut Hz. Süleyman</t>
         </is>
       </c>
       <c r="C1053" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789754736298</t>
+          <t>9789754736342</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Allah İle Konuşan Peygamber Yahut Hz. Musa</t>
+          <t>Kutsal Deve Yahut Hz. Salih</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789754736366</t>
+          <t>9789754736328</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Yahut Hz. Muhammed</t>
+          <t>Büyük Tufan Yahut Hz. Nuh</t>
         </is>
       </c>
       <c r="C1055" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789754736304</t>
+          <t>9789754736298</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Babasız Doğan Elçi Yahut Hz. İsa</t>
+          <t>Allah İle Konuşan Peygamber Yahut Hz. Musa</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789754736281</t>
+          <t>9789754736366</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostu Yahut Hz. İbrahim</t>
+          <t>Kainatın Efendisi Yahut Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1057" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789754736359</t>
+          <t>9789754736304</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Destanı Yahut Hz. Adem</t>
+          <t>Babasız Doğan Elçi Yahut Hz. İsa</t>
         </is>
       </c>
       <c r="C1058" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789754736403</t>
+          <t>9789754736281</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Allah Dostu Yahut Hz. İbrahim</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789754736373</t>
+          <t>9789754736359</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Dili</t>
+          <t>Yaratılış Destanı Yahut Hz. Adem</t>
         </is>
       </c>
       <c r="C1060" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789754736380</t>
+          <t>9789754736403</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Saadet Şehri Malatya</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789754736397</t>
+          <t>9789754736373</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Düşüncesi Ekseninde Kişisel Gelişim Kitapları</t>
+          <t>Sevgi Dili</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789754736274</t>
+          <t>9789754736380</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Direnç ve Özgürlük</t>
+          <t>Saadet Şehri Malatya</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789754736243</t>
+          <t>9789754736397</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Elçisi ve Mesajı</t>
+          <t>Tevhid Düşüncesi Ekseninde Kişisel Gelişim Kitapları</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789754736250</t>
+          <t>9789754736274</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Emeviler</t>
+          <t>Direnç ve Özgürlük</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789754736229</t>
+          <t>9789754736243</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Cahiliyeden İslam’a Kadın ve Aile</t>
+          <t>Allah’ın Elçisi ve Mesajı</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789754736212</t>
+          <t>9789754736250</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi’nin İlk Döneminde Önderler ve İhtilaflar</t>
+          <t>Emeviler</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>305</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789754736182</t>
+          <t>9789754736229</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Dervişe Sitem</t>
+          <t>Cahiliyeden İslam’a Kadın ve Aile</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789754736205</t>
+          <t>9789754736212</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>İnsana Yön Veren Değerler</t>
+          <t>İslam Tarihi’nin İlk Döneminde Önderler ve İhtilaflar</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>500</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789754731132</t>
+          <t>9789754736182</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kuma</t>
+          <t>Dervişe Sitem</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789754733167</t>
+          <t>9789754736205</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Kral Suban</t>
+          <t>İnsana Yön Veren Değerler</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789754736168</t>
+          <t>9789754731132</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Vişnebal</t>
+          <t>Kuma</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789754736151</t>
+          <t>9789754733167</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Raşid Halifeler</t>
+          <t>Kral Suban</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789754736144</t>
+          <t>9789754736168</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Kalp Ustası</t>
+          <t>Vişnebal</t>
         </is>
       </c>
       <c r="C1074" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789754736113</t>
+          <t>9789754736151</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Arkadaş</t>
+          <t>Raşid Halifeler</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789754736120</t>
+          <t>9789754736144</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Arapları</t>
+          <t>Kalp Ustası</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>235</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789754736199</t>
+          <t>9789754736113</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Fitne</t>
+          <t>Çocuklara Arkadaş</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789754735895</t>
+          <t>9789754736120</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi (5 Cilt Takım)</t>
+          <t>Cahiliye Arapları</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>3000</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789754736090</t>
+          <t>9789754736199</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Kur‘anı Kerim ve Sünnette Yaşlanma ve Yaşlılık</t>
+          <t>Fitne</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>470</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789754735833</t>
+          <t>9789754735895</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi (5 Cilt Takım) (Ciltli)</t>
+          <t>Müslümanların Tarihi (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>7500</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789754735659</t>
+          <t>9789754736090</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Potinli ile Mırık  Süper Dua</t>
+          <t>Kur‘anı Kerim ve Sünnette Yaşlanma ve Yaşlılık</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>285</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789754733563</t>
+          <t>9789754735833</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Müslümanların Tarihi (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>110</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789754734102</t>
+          <t>9789754735659</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>Potinli ile Mırık  Süper Dua</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>110</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789754732221</t>
+          <t>9789754733563</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Musab Bin Umeyr</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789754733235</t>
+          <t>9789754734102</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Hadis Tarihi</t>
+          <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>235</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789754733570</t>
+          <t>9789754732221</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Hukuk İlmine Katkıları</t>
+          <t>Musab Bin Umeyr</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>310</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789754731934</t>
+          <t>9789754733235</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Doğuşu</t>
+          <t>Muhtasar Hadis Tarihi</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>385</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789754732320</t>
+          <t>9789754733570</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Devlet İdaresi</t>
+          <t>İslam’ın Hukuk İlmine Katkıları</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>440</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789754731347</t>
+          <t>9789754731934</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Cahiliye ve Ehl-i Kitab Örf ve Adetleri</t>
+          <t>İslam’ın Doğuşu</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>590</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789754733532</t>
+          <t>9789754732320</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da İslam</t>
+          <t>İslam’da Devlet İdaresi</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>305</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789754730111</t>
+          <t>9789754731347</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Deyimler Kalıp İfadeler Atasözleri Sözlüğü (Ciltli)</t>
+          <t>İslam’a Göre Cahiliye ve Ehl-i Kitab Örf ve Adetleri</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>1000</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789754734928</t>
+          <t>9789754733532</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Ano Yemen’dir</t>
+          <t>Avrupa’da İslam</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>700</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789754735413</t>
+          <t>9789754730111</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Yedi Güzel Adam</t>
+          <t>Arapça-Türkçe Deyimler Kalıp İfadeler Atasözleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>195</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789754731927</t>
+          <t>9789754734928</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak</t>
+          <t>Ano Yemen’dir</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789754733808</t>
+          <t>9789754735413</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Yedi Güzel Adam</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>115</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789754735079</t>
+          <t>9789754731927</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünyayı Adımlarken (1. Hamur)</t>
+          <t>Yaşamak</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789754734485</t>
+          <t>9789754733808</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Yaban Bağcı</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>360</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789754733006</t>
+          <t>9789754735079</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Umutlar Beyaz Olur</t>
+          <t>Yalan Dünyayı Adımlarken (1. Hamur)</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>235</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789754733969</t>
+          <t>9789754734485</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Demokratik Gelişimi ve Avrupa Birliği</t>
+          <t>Yaban Bağcı</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>590</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789754734294</t>
+          <t>9789754733006</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’in Maceraları</t>
+          <t>Umutlar Beyaz Olur</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>220</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789754733471</t>
+          <t>9789754733969</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Türkiye’nin Demokratik Gelişimi ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>115</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789754730982</t>
+          <t>9789754734294</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Şirk</t>
+          <t>Tom Sawyer’in Maceraları</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789754733822</t>
+          <t>9789754733471</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789754738971</t>
+          <t>9789754730982</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde İsrailiyyat</t>
+          <t>Tevhid ve Şirk</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>445</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789754730005</t>
+          <t>9789754733822</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adanmış Sözler</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789754732368</t>
+          <t>9789754738971</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Tarih Şuuru</t>
+          <t>Tefsirde İsrailiyyat</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789754730425</t>
+          <t>9789754730005</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’ın Götürdükleri</t>
+          <t>Tarihe Adanmış Sözler</t>
         </is>
       </c>
       <c r="C1107" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789754730012</t>
+          <t>9789754732368</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Bütün Eserleri 1</t>
+          <t>Tarih Şuuru</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>575</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789754733778</t>
+          <t>9789754730425</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Tanzimat’ın Götürdükleri</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789754734782</t>
+          <t>9789754730012</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Şark Medreselerinin Serencamı</t>
+          <t>Şiirler Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>265</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789754733105</t>
+          <t>9789754733778</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Şark Medreselerinde Bir Ömür</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789754734645</t>
+          <t>9789754734782</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Şark Masalları</t>
+          <t>Şark Medreselerinin Serencamı</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789754734911</t>
+          <t>9789754733105</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail ve İnanç Dünyası</t>
+          <t>Şark Medreselerinde Bir Ömür</t>
         </is>
       </c>
       <c r="C1113" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789754733747</t>
+          <t>9789754734645</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam</t>
+          <t>Şark Masalları</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789754730272</t>
+          <t>9789754734911</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Sömürü Ajanı İngiliz Misyonerleri</t>
+          <t>Şah İsmail ve İnanç Dünyası</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789754734362</t>
+          <t>9789754733747</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Oyunu</t>
+          <t>Sütçü İmam</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789754733464</t>
+          <t>9789754730272</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname’den Seçmeler</t>
+          <t>Sömürü Ajanı İngiliz Misyonerleri</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789754733389</t>
+          <t>9789754734362</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberimiz</t>
+          <t>Siyasetin Oyunu</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789754735260</t>
+          <t>9789754733464</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Ah Endülüs - Bütün Eserleri 31</t>
+          <t>Seyahatname’den Seçmeler</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789754730531</t>
+          <t>9789754733389</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Dönemi</t>
+          <t>Sevgili Peygamberimiz</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789754732702</t>
+          <t>9789754735260</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu’na Göç</t>
+          <t>Ah Endülüs - Bütün Eserleri 31</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>225</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789754732214</t>
+          <t>9789754730531</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Ammar Bin Yasir</t>
+          <t>Abbasiler Dönemi</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789754735000</t>
+          <t>9789754732702</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kulları</t>
+          <t>Samanyolu’na Göç</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789754732832</t>
+          <t>9789754732214</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Elçisi Hz. Muhammed</t>
+          <t>Ammar Bin Yasir</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789754735758</t>
+          <t>9789754735000</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Malatya'nın Puslu Yılları</t>
+          <t>Allah’ın Kulları</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>265</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789754735710</t>
+          <t>9789754732832</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>Allah’ın Elçisi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789754735239</t>
+          <t>9789754735758</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Siyerin Gölgesinde</t>
+          <t>Malatya'nın Puslu Yılları</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>550</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789754731033</t>
+          <t>9789754735710</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789754731026</t>
+          <t>9789754735239</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Siyerin Gölgesinde</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789754731057</t>
+          <t>9789754731033</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789754735741</t>
+          <t>9789754731026</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif - Tevfik Fikret Çatışması</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789754735765</t>
+          <t>9789754731057</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın İnsan Modeli - İyiler ve Daha İyiler</t>
+          <t>Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789754735673</t>
+          <t>9789754735741</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul (Ciltli)</t>
+          <t>Mehmed Akif - Tevfik Fikret Çatışması</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789754735703</t>
+          <t>9789754735765</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Yol</t>
+          <t>Kur’an’ın İnsan Modeli - İyiler ve Daha İyiler</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789754736526</t>
+          <t>9789754735673</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Kürdinsan - Bir Kürt Sosyolojisi Denemesi</t>
+          <t>Ey Oğul (Ciltli)</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789754736601</t>
+          <t>9789754735703</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Kürtleri Bekleyen Tehlike</t>
+          <t>Başka Bir Yol</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789754736663</t>
+          <t>9789754736526</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişenin Hayatı, Şahsiyeti ve Hz. Peygamber Sonrası İslam Tarihindeki Rolü</t>
+          <t>Kürdinsan - Bir Kürt Sosyolojisi Denemesi</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>500</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789754736625</t>
+          <t>9789754736601</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Kürtleri Bekleyen Tehlike</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789754736618</t>
+          <t>9789754736663</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Literatürü</t>
+          <t>Hz. Aişenin Hayatı, Şahsiyeti ve Hz. Peygamber Sonrası İslam Tarihindeki Rolü</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789754733662</t>
+          <t>9789754736625</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789754732306</t>
+          <t>9789754736618</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Buhari</t>
+          <t>İslam Tarihi Literatürü</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789754734676</t>
+          <t>9789754733662</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan (Ciltli)</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>850</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789754734546</t>
+          <t>9789754732306</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Buhari</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789754735604</t>
+          <t>9789754734676</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp</t>
+          <t>Bostan ve Gülistan (Ciltli)</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>285</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789754735628</t>
+          <t>9789754734546</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Ben, Dünya ve Allah</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789754735642</t>
+          <t>9789754735604</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Potinli ile Mırık Başdöndüren Değişim</t>
+          <t>Muga Zıpzıp</t>
         </is>
       </c>
       <c r="C1146" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789754735666</t>
+          <t>9789754735628</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Timbil Namaz Sevgisi</t>
+          <t>Ben, Dünya ve Allah</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>285</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789754735635</t>
+          <t>9789754735642</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bizim İçin!</t>
+          <t>Potinli ile Mırık Başdöndüren Değişim</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>120</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789754733617</t>
+          <t>9789754735666</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Timbil Namaz Sevgisi</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>110</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
+          <t>9789754735635</t>
+        </is>
+      </c>
+      <c r="B1150" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Bizim İçin!</t>
+        </is>
+      </c>
+      <c r="C1150" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:3">
+      <c r="A1151" s="1" t="inlineStr">
+        <is>
+          <t>9789754733617</t>
+        </is>
+      </c>
+      <c r="B1151" s="1" t="inlineStr">
+        <is>
+          <t>Kelile ve Dimne</t>
+        </is>
+      </c>
+      <c r="C1151" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:3">
+      <c r="A1152" s="1" t="inlineStr">
+        <is>
           <t>9789754731002</t>
         </is>
       </c>
-      <c r="B1150" s="1" t="inlineStr">
+      <c r="B1152" s="1" t="inlineStr">
         <is>
           <t>Ömer Muhtar</t>
         </is>
       </c>
-      <c r="C1150" s="1">
+      <c r="C1152" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>