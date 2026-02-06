--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,17305 +85,17530 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258505115</t>
+          <t>9786258505184</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İstikamet Konuşmaları</t>
+          <t>Semira</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258505092</t>
+          <t>9786258505177</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Psikodrama Aynasında Annelik, Kadınlık ve Bireyleşme</t>
+          <t>Şarkın Üstadı Molla Halil es-Si'irdi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255509956</t>
+          <t>9786258505191</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Hatıratım - Mehmet Sait Şimşek</t>
+          <t>İslam Hukuku 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255509963</t>
+          <t>9786258505160</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Dini Mi, Seküler Mi?</t>
+          <t>Oryantalist Klişe Bir İthâm Olarak Şark Despotizmi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255509918</t>
+          <t>9786258505122</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Baki Kalan Bu Kubbede Bir Hoş Sada İmiş Etimolojik Denemeler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>850</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255509901</t>
+          <t>9786257432627</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Yürekdede İle Padişah (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255509970</t>
+          <t>9786257432580</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Suç ve Ceza</t>
+          <t>Serçekuş (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255509949</t>
+          <t>9789754731279</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem Tartışması - İslam'da Evlilik Yaşı Meselesi</t>
+          <t>Yürekdede ile Padişah</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255509888</t>
+          <t>9786258505108</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Sonbaharı</t>
+          <t>Bir Rüyaydı Geldi Geçti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255509895</t>
+          <t>9786258505153</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tahtın Varisleri Osmanlı Şehzadeleri</t>
+          <t>Bir Zamanlar Malatya</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255509932</t>
+          <t>2770000032704</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tu Hati - Sen Geldin (Türkçe-Kürtçe)</t>
+          <t>İlköğretimler için 100 Temel Eser (5 Kitap)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>235</v>
+        <v>750</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754730609</t>
+          <t>2770000032681</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Tarih</t>
+          <t>İlköğretimler için 100 Temel Eser (10 Kitap)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754735017</t>
+          <t>2770000032728</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Evrensel Krallık</t>
+          <t>Liseler için 100 Temel Eser (5 Kitap)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>225</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754733709</t>
+          <t>2770000032711</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Müydü Çocukluğum</t>
+          <t>Liseler için 100 Temel Eser (10 Kitap)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754732481</t>
+          <t>9786258505146</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Değirmendir Bu Dünya</t>
+          <t>Kur'an'da Helak Olan Kavimler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754734805</t>
+          <t>9786258505139</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak</t>
+          <t>İslam Milletinin Anatomisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754734638</t>
+          <t>9786258505115</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>İstikamet Konuşmaları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754733679</t>
+          <t>9786258505092</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bildirmece</t>
+          <t>Psikodrama Aynasında Annelik, Kadınlık ve Bireyleşme</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754735512</t>
+          <t>9786255509956</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi</t>
+          <t>Hayatım Hatıratım - Mehmet Sait Şimşek</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754735451</t>
+          <t>9786255509963</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Beş Vakit Yazar</t>
+          <t>Kurtuluş Savaşı Dini Mi, Seküler Mi?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754732283</t>
+          <t>9786255509918</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle 2. Abdülhamid Dönemi</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>295</v>
+        <v>850</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754734331</t>
+          <t>9786255509901</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Müslüman Olmak</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>310</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754734041</t>
+          <t>9786255509970</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehid</t>
+          <t>İslam Hukukunda Suç ve Ceza</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>115</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754733594</t>
+          <t>9786255509949</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Balıkçıl Kuşu ile Yengeç</t>
+          <t>Modern Dönem Tartışması - İslam'da Evlilik Yaşı Meselesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754734249</t>
+          <t>9786255509888</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Osmanlı'nın Sonbaharı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754732641</t>
+          <t>9786255509895</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an - Büyük Boy (Ciltli)</t>
+          <t>Tahtın Varisleri Osmanlı Şehzadeleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255509871</t>
+          <t>9786255509932</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Meydanlardan Gönüllere</t>
+          <t>Tu Hati - Sen Geldin (Türkçe-Kürtçe)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255509925</t>
+          <t>9789754730609</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Kalem ve Yazı</t>
+          <t>Bir Garip Tarih</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255509864</t>
+          <t>9789754735017</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Atatürk - İnönü İlişkisi; Sadakat mı, Rekabet mi?</t>
+          <t>Bir Evrensel Krallık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255509857</t>
+          <t>9789754733709</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>31 Mart Olayı; İsyan mı, Darbe mi?</t>
+          <t>Bir Düş Müydü Çocukluğum</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255509116</t>
+          <t>9789754732481</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe İslami Hareket</t>
+          <t>Bir Değirmendir Bu Dünya</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256773950</t>
+          <t>9789754734805</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256773370</t>
+          <t>9789754734638</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Gazze</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754733013</t>
+          <t>9789754733679</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Endülüslü Zidyar Son Anka</t>
+          <t>Bilmece Bildirmece</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255509475</t>
+          <t>9789754735512</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Erkam'ın İzinde</t>
+          <t>Bilal-i Habeşi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255509468</t>
+          <t>9789754735451</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri; Adalet mi, Zulüm mü?</t>
+          <t>Beş Vakit Yazar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255509451</t>
+          <t>9789754732283</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki; Cemiyet mi, Komita mı?</t>
+          <t>Belgelerle 2. Abdülhamid Dönemi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255509444</t>
+          <t>9789754734331</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Yeniden İnşası İçin</t>
+          <t>Batı’da Müslüman Olmak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>375</v>
+        <v>370</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255509437</t>
+          <t>9789754734041</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarını ''Özgürleştirmek''</t>
+          <t>Başını Vermeyen Şehid</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>410</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255509048</t>
+          <t>9789754733594</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bu Kadar Hadis Neden Var?</t>
+          <t>Balıkçıl Kuşu ile Yengeç</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255509420</t>
+          <t>9789754734249</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kendi Dilinden Molla Bedruddin Sancar'ın Hayatı</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255509376</t>
+          <t>9789754732641</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağın Sorularına Karşı İslam</t>
+          <t>Aziz Kur’an - Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>295</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255509413</t>
+          <t>9786255509871</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Neda İhvan'ın İçinden</t>
+          <t>Meydanlardan Gönüllere</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255509406</t>
+          <t>9786255509925</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan</t>
+          <t>İslam Medeniyetinde Kalem ve Yazı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>425</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255509260</t>
+          <t>9786255509864</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (SAS) Hicretine Kadar Mekke'de İslamlaşma</t>
+          <t>Atatürk - İnönü İlişkisi; Sadakat mı, Rekabet mi?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255509284</t>
+          <t>9786255509857</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşunun 725. Yılında Osmanlı Yönetim Sistemi</t>
+          <t>31 Mart Olayı; İsyan mı, Darbe mi?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>750</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256773981</t>
+          <t>9786255509116</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tüm İnsanlar Hz. Adem'in Çocuklarıyla Irkçılık Neden Var?</t>
+          <t>Teoriden Pratiğe İslami Hareket</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258317848</t>
+          <t>9786256773950</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dönem Kur'an İlimleri Çalışmaları</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258317039</t>
+          <t>9786256773370</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Mekke ve Medine Dönemi (Ciltli)</t>
+          <t>Sevgili Gazze</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>800</v>
+        <v>360</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>2770000000758</t>
+          <t>9789754733013</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İhsan Süreyya Sırma Tüm Eserleri (33 Kitap)</t>
+          <t>Endülüslü Zidyar Son Anka</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>10900</v>
+        <v>330</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>2770000000765</t>
+          <t>9786255509475</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Adnan Demircan Tüm Eserleri (32 Kitap)</t>
+          <t>Erkam'ın İzinde</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>8600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>2770000000741</t>
+          <t>9786255509468</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Muhammed Hamidullah Tüm Eserleri (18 Kitap)</t>
+          <t>İstiklal Mahkemeleri; Adalet mi, Zulüm mü?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>4000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>2770000021173</t>
+          <t>9786255509451</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>88 Soru Serisi (8 Kitap) Bez Çantalı</t>
+          <t>İttihat ve Terakki; Cemiyet mi, Komita mı?</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1410</v>
+        <v>270</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754730890</t>
+          <t>9786255509444</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Asr-ı Saadette İslam (5 Cilt Takım) (Ciltli)</t>
+          <t>Mutluluğun Yeniden İnşası İçin</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754737653</t>
+          <t>9786255509437</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi (5 Cilt Takım, Sempatik Boy)</t>
+          <t>İnsan Haklarını ''Özgürleştirmek''</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754738889</t>
+          <t>9786255509048</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kitap</t>
+          <t>Bu Kadar Hadis Neden Var?</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>40</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754738117</t>
+          <t>9786255509420</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hiç Aylar Üç Aylar ve Ramazan</t>
+          <t>Kendi Dilinden Molla Bedruddin Sancar'ın Hayatı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754732856</t>
+          <t>9786255509376</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Modern Çağın Sorularına Karşı İslam</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>12</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754735161</t>
+          <t>9786255509413</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri Normal Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Yusuf Neda İhvan'ın İçinden</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754731286</t>
+          <t>9786255509406</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi ve Nurculuk</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>6</v>
+        <v>550</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754736755</t>
+          <t>9786255509260</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca'nın Bisikleti</t>
+          <t>Hz. Peygamber'in (SAS) Hicretine Kadar Mekke'de İslamlaşma</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>8</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754736434</t>
+          <t>9786255509284</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>El Munkız Mined Dalal (Ciltli)</t>
+          <t>Kuruluşunun 725. Yılında Osmanlı Yönetim Sistemi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754732016</t>
+          <t>9786256773981</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (5 Kitap Set)</t>
+          <t>Tüm İnsanlar Hz. Adem'in Çocuklarıyla Irkçılık Neden Var?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754735598</t>
+          <t>9786258317848</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eski Diyarbekir'de Gündelik Hayat</t>
+          <t>Çağdaş Dönem Kur'an İlimleri Çalışmaları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754735055</t>
+          <t>9786258317039</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Introduction To Islam</t>
+          <t>İslami Tebliğin Mekke ve Medine Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>415</v>
+        <v>900</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754732603</t>
+          <t>2770000000758</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sürgün ve Atlas</t>
+          <t>Prof. Dr. İhsan Süreyya Sırma Tüm Eserleri (33 Kitap)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>6.48</v>
+        <v>16450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754731910</t>
+          <t>2770000000765</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Bidat</t>
+          <t>Prof. Dr. Adnan Demircan Tüm Eserleri (32 Kitap)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>8.33</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754733211</t>
+          <t>2770000000741</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Aydınlık Gazeli</t>
+          <t>Prof. Dr. Muhammed Hamidullah Tüm Eserleri (18 Kitap)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>8.33</v>
+        <v>6350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754732061</t>
+          <t>2770000021173</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri</t>
+          <t>88 Soru Serisi (8 Kitap) Bez Çantalı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>6.48</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754732085</t>
+          <t>9789754730890</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sevda Söze Dönüşmez</t>
+          <t>Bütün Yönleriyle Asr-ı Saadette İslam (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>6.48</v>
+        <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754732054</t>
+          <t>9789754737653</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ses Ver Bana</t>
+          <t>Müslümanların Tarihi (5 Cilt Takım, Sempatik Boy)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>6.48</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754732870</t>
+          <t>9789754738889</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sebilürreşad Dergisi Ekseninde - Siyaset ve Laiklik 1948-1954</t>
+          <t>Konuşan Kitap</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>3990000012542</t>
+          <t>9789754738117</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Samson’un Tercihi İsrail Amerika ve Bomba</t>
+          <t>Hiç Aylar Üç Aylar ve Ramazan</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>13.89</v>
+        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754731972</t>
+          <t>9789754732856</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Salahaddin Eyyübi ve Kudüsün Yeniden Fethi</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>11.11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754733990</t>
+          <t>9789754735161</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Orijinali ve Günümüz Türkçesi</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri Normal Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754733983</t>
+          <t>9789754731286</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Bediüzzaman Said Nursi ve Nurculuk</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>60.19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754732788</t>
+          <t>9789754736755</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Recm Cezası Ayet ve Hadis Tahlilleri</t>
+          <t>Nasreddin Hoca'nın Bisikleti</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>27.78</v>
+        <v>8</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754732689</t>
+          <t>9789754736434</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ranuna’ya Mektuplar</t>
+          <t>El Munkız Mined Dalal (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754733112</t>
+          <t>9789754732016</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz’in Ramazan Günlüğü</t>
+          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>16</v>
+        <v>600</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>3990000012680</t>
+          <t>9789754735598</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Bozgun Yılları Hastanın Başucunda Kırk Gün Kırk Gece</t>
+          <t>Eski Diyarbekir'de Gündelik Hayat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>8.33</v>
+        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754732184</t>
+          <t>9789754735055</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Kadın ve İktisat</t>
+          <t>Introduction To Islam</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>9.26</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754734881</t>
+          <t>9789754732603</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Müslümanı Avrupalılaştırmak</t>
+          <t>Sürgün ve Atlas</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754732467</t>
+          <t>9789754731910</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mutedil Bir Siyamlı</t>
+          <t>Sünnet ve Bidat</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754732764</t>
+          <t>9789754733211</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Sürecinde Kur’an ve Müteşabihler</t>
+          <t>Sonsuz Aydınlık Gazeli</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754732917</t>
+          <t>9789754732061</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Bağlamında Osmanlı-Amerika İlişkileri 1786 - 1929</t>
+          <t>Seyir Defteri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>32</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754732948</t>
+          <t>9789754732085</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Yılları</t>
+          <t>Sevda Söze Dönüşmez</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>9</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754731804</t>
+          <t>9789754732054</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ey Hüzün</t>
+          <t>Ses Ver Bana</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000004648</t>
+          <t>9789754732870</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mehdilik</t>
+          <t>Sebilürreşad Dergisi Ekseninde - Siyaset ve Laiklik 1948-1954</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>9.26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754732443</t>
+          <t>3990000012542</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kara</t>
+          <t>Samson’un Tercihi İsrail Amerika ve Bomba</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754732153</t>
+          <t>9789754731972</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gül</t>
+          <t>Salahaddin Eyyübi ve Kudüsün Yeniden Fethi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>3990000011525</t>
+          <t>9789754733990</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Lokman’ı Dinlerken</t>
+          <t>Safahat - Orijinali ve Günümüz Türkçesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>8.33</v>
+        <v>70</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754732528</t>
+          <t>9789754733983</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kün</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>6.48</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754731293</t>
+          <t>9789754732788</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzün Kimliği</t>
+          <t>Recm Cezası Ayet ve Hadis Tahlilleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>18</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754734225</t>
+          <t>9789754732689</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma Altında Beyrut Günlüğü</t>
+          <t>Ranuna’ya Mektuplar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>8.33</v>
+        <v>210</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754731514</t>
+          <t>9789754733112</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın İnsan-Biçimci Dili</t>
+          <t>Peygamberimiz’in Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754734058</t>
+          <t>3990000012680</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Toplumsal Sınanma</t>
+          <t>Osmanlı’nın Bozgun Yılları Hastanın Başucunda Kırk Gün Kırk Gece</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>27.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754731385</t>
+          <t>9789754732184</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sembolik Anlatımlar</t>
+          <t>Osmanlı’da Kadın ve İktisat</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>3990000002500</t>
+          <t>9789754734881</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hz. Peygambere Sorulan 13 Soru</t>
+          <t>Müslümanı Avrupalılaştırmak</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754734751</t>
+          <t>9789754732467</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikleri</t>
+          <t>Mutedil Bir Siyamlı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754732344</t>
+          <t>9789754732764</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Işığında Kader ve Özgürlük</t>
+          <t>Modernleşme Sürecinde Kur’an ve Müteşabihler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754731101</t>
+          <t>9789754732917</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kur’an da Peygamber Duaları</t>
+          <t>Modernleşme Bağlamında Osmanlı-Amerika İlişkileri 1786 - 1929</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>7.41</v>
+        <v>32</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754732665</t>
+          <t>9789754732948</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Korku ve Büyü</t>
+          <t>Milli Mücadele Yılları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>9.26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789754731422</t>
+          <t>9789754731804</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kuğuların Masalı</t>
+          <t>Merhaba Ey Hüzün</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754732931</t>
+          <t>3990000004648</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Gelişimi Açısından Çocuk ve Televizyon</t>
+          <t>Mehdilik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754734683</t>
+          <t>9789754732443</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kızların Gömülerek Öldürülmesi ve Çok Kadınla Evlilik</t>
+          <t>Mavi Kara</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>9</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754731903</t>
+          <t>9789754732153</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçeklerinin Ağıtı</t>
+          <t>Mavi Gül</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789754733129</t>
+          <t>3990000011525</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak! Bu Sen Misin!</t>
+          <t>Lokman’ı Dinlerken</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>60</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754732733</t>
+          <t>9789754732528</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kaynakları Işığında Şia İnanç Esasları</t>
+          <t>Kün</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>12.04</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754735345</t>
+          <t>9789754731293</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kendi Eksenine Dönüş</t>
+          <t>Kültürümüzün Kimliği</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754730001</t>
+          <t>9789754734225</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Karmaşa</t>
+          <t>Kuşatma Altında Beyrut Günlüğü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754733020</t>
+          <t>9789754731514</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Çağrısı</t>
+          <t>Kur’an’ın İnsan-Biçimci Dili</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789754732023</t>
+          <t>9789754734058</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Simya</t>
+          <t>Kur’an’da Toplumsal Sınanma</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>6.48</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>3990000005753</t>
+          <t>9789754731385</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Sosyal Adalet</t>
+          <t>Kur’an’da Sembolik Anlatımlar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>8.33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754732924</t>
+          <t>3990000002500</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemelerinde</t>
+          <t>Kur’an’da Hz. Peygambere Sorulan 13 Soru</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754732825</t>
+          <t>9789754734751</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mir’atı</t>
+          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754730234</t>
+          <t>9789754732344</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İsrail, Amerika ve Bomba</t>
+          <t>Kur’an Işığında Kader ve Özgürlük</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754734416</t>
+          <t>9789754731101</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İslami Kimliğimizi Korumak (Ciltli)</t>
+          <t>Kur’an da Peygamber Duaları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754732658</t>
+          <t>9789754732665</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Temel Kavramları (Ciltli)</t>
+          <t>Kur’an Açısından Korku ve Büyü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754732269</t>
+          <t>9789754731422</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Döneminde Bey’at ve Seçim Sistemi</t>
+          <t>Kuğuların Masalı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>16</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754734430</t>
+          <t>9789754732931</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Cinsel Hayat (Ciltli)</t>
+          <t>Kişilik Gelişimi Açısından Çocuk ve Televizyon</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754732559</t>
+          <t>9789754734683</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İslam Yargılama Hukukunda Jüri</t>
+          <t>Kızların Gömülerek Öldürülmesi ve Çok Kadınla Evlilik</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789754731453</t>
+          <t>9789754731903</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Osmanlı Hukukunda Kölelik ve Cariyelik</t>
+          <t>Kır Çiçeklerinin Ağıtı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>30</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754731446</t>
+          <t>9789754733129</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Osmanlı Anayasa Hukukunda Yargı Bağımsızlığı Anayasa Hukuku Tarihi Açısından Mukayeseli Bir İnceleme</t>
+          <t>Kendine İyi Bak! Bu Sen Misin!</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754731712</t>
+          <t>9789754732733</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Modern Hukukta İşkence</t>
+          <t>Kendi Kaynakları Işığında Şia İnanç Esasları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>20</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754733525</t>
+          <t>9789754735345</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisi</t>
+          <t>Kendi Eksenine Dönüş</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>3990000013608</t>
+          <t>9789754730001</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İslam Savaşçısına Notlar</t>
+          <t>Karmaşa</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>10</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754731866</t>
+          <t>9789754733020</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Bilgi Teorisi</t>
+          <t>Karanlığın Çağrısı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754731439</t>
+          <t>9789754732023</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Allah - Alem İlişkisi</t>
+          <t>Kanayan Simya</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>20</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754730975</t>
+          <t>3990000005753</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 1</t>
+          <t>Kadın ve Sosyal Adalet</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>11.88</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754735130</t>
+          <t>9789754732924</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 5. Sınıf</t>
+          <t>İstiklal Mahkemelerinde</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>15</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754735123</t>
+          <t>9789754732825</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin İstanbul Dersi 4. Sınıf</t>
+          <t>İstanbul Mir’atı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754735116</t>
+          <t>9789754730234</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 3. Sınıf</t>
+          <t>İsrail, Amerika ve Bomba</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754731309</t>
+          <t>9789754734416</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İlahi Dinlerde Cennet İnancı Mukayeseli Bir Araştırma</t>
+          <t>İslami Kimliğimizi Korumak (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>9.26</v>
+        <v>350</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754734706</t>
+          <t>9789754732658</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İktidar ve Kader</t>
+          <t>İslam’ın Temel Kavramları (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>9.26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754732337</t>
+          <t>9789754732269</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletler Hukukunda Savaş</t>
+          <t>İslam’ın İlk Döneminde Bey’at ve Seçim Sistemi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754733327</t>
+          <t>9789754734430</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İkna Odaları Psikolojik Bir İşkence Metodu Olarak</t>
+          <t>İslam’a Göre Cinsel Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>12.04</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754731958</t>
+          <t>9789754732559</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İkibinyirmibir</t>
+          <t>İslam Yargılama Hukukunda Jüri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>7</v>
+        <v>20</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754731491</t>
+          <t>9789754731453</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İki Yobaz</t>
+          <t>İslam ve Osmanlı Hukukunda Kölelik ve Cariyelik</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754732535</t>
+          <t>9789754731446</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İki Deniz Arasında Vahiy</t>
+          <t>İslam ve Osmanlı Anayasa Hukukunda Yargı Bağımsızlığı Anayasa Hukuku Tarihi Açısından Mukayeseli Bir İnceleme</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754731781</t>
+          <t>9789754731712</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İfşa</t>
+          <t>İslam ve Modern Hukukta İşkence</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>7</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754732498</t>
+          <t>9789754733525</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İbrahimi Okuyuş</t>
+          <t>İslam Sosyolojisi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754732801</t>
+          <t>3990000013608</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İblis’in Son Savunması</t>
+          <t>İslam Savaşçısına Notlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>3990000013610</t>
+          <t>9789754731866</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Serüveni</t>
+          <t>İslam Düşüncesinde Bilgi Teorisi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>3990000011522</t>
+          <t>9789754731439</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İç Denetim</t>
+          <t>İslam Düşüncesinde Allah - Alem İlişkisi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>6.48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754735253</t>
+          <t>9789754730975</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman</t>
+          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 1</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>235</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>3990000002497</t>
+          <t>9789754735130</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Altı Orijinal Diplomatik Mektubu ve Arap Yazısının Temeline Giriş</t>
+          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 5. Sınıf</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754732122</t>
+          <t>9789754735123</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Hüzünbaz Çocuk</t>
+          <t>İlköğretim Okulları İçin İstanbul Dersi 4. Sınıf</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>6.48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754731835</t>
+          <t>9789754735116</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hayal Defteri</t>
+          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 3. Sınıf</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754732597</t>
+          <t>9789754731309</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut Var</t>
+          <t>İlahi Dinlerde Cennet İnancı Mukayeseli Bir Araştırma</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754733174</t>
+          <t>9789754734706</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Halil Günenç Hoca</t>
+          <t>İktidar ve Kader</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3990000034470</t>
+          <t>9789754732337</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Güz Klasiği</t>
+          <t>İslam Devletler Hukukunda Savaş</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>7</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3990000003880</t>
+          <t>9789754733327</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>İkna Odaları Psikolojik Bir İşkence Metodu Olarak</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>12</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754730098</t>
+          <t>9789754731958</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>İkibinyirmibir</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754734980</t>
+          <t>9789754731491</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gül Üstünde Yağmur Damlası</t>
+          <t>İki Yobaz</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>225</v>
+        <v>8</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754732351</t>
+          <t>9789754732535</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Halifeliğin Emevilere Geçişi ve Verasete Dönüşmesi</t>
+          <t>İki Deniz Arasında Vahiy</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754731767</t>
+          <t>9789754731781</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Gül Kıyamı</t>
+          <t>İfşa</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754733150</t>
+          <t>9789754732498</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler</t>
+          <t>İbrahimi Okuyuş</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>325</v>
+        <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754732542</t>
+          <t>9789754732801</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Göçüyor Kalbim</t>
+          <t>İblis’in Son Savunması</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754731590</t>
+          <t>3990000013610</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gavur Kayırıcılar</t>
+          <t>İnsanın Serüveni</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754732993</t>
+          <t>3990000011522</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Feveran</t>
+          <t>İnsan ve İç Denetim</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>9</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754734317</t>
+          <t>9789754735253</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Farklı Kültürlerin Birlikte Yaşama Formülü</t>
+          <t>Hz. Süleyman</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>21.3</v>
+        <v>280</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754732047</t>
+          <t>3990000002497</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Eylülde Su</t>
+          <t>Hz. Peygamber’in Altı Orijinal Diplomatik Mektubu ve Arap Yazısının Temeline Giriş</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>7</v>
+        <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754733303</t>
+          <t>9789754732122</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Evrensel İslam Ailesi Modern Yalnızlığa Karşı</t>
+          <t>Hoşçakal Hüzünbaz Çocuk</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754735352</t>
+          <t>9789754731835</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Etkıya</t>
+          <t>Hayal Defteri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>7</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754732009</t>
+          <t>9789754732597</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Döneminde Saray Hayatı</t>
+          <t>Havada Bulut Var</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>3990000013609</t>
+          <t>9789754733174</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Bir Din midir ?</t>
+          <t>Halil Günenç Hoca</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>8.33</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754731569</t>
+          <t>3990000034470</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hanife’nin Hocası Hammad ve Fıkhi Görüşleri</t>
+          <t>Güz Klasiği</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>30</v>
+        <v>7</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3990000011328</t>
+          <t>3990000003880</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm ve Oryantalistler Yararları-Zararları</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>6.48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754730951</t>
+          <t>9789754730098</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 3</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>11.88</v>
+        <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754730968</t>
+          <t>9789754734980</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 2</t>
+          <t>Gül Üstünde Yağmur Damlası</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>11.11</v>
+        <v>270</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754734409</t>
+          <t>9789754732351</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Minberinden İslam Nizamı (Ciltli)</t>
+          <t>Halifeliğin Emevilere Geçişi ve Verasete Dönüşmesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>400</v>
+        <v>15</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754734393</t>
+          <t>9789754731767</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Zihni Karışıklar İçin Alışkanlık Reçetesi</t>
+          <t>Gül Kıyamı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789754732399</t>
+          <t>9789754733150</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>30</v>
+        <v>390</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754731736</t>
+          <t>9789754732542</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Sevda Süleymanı</t>
+          <t>Göçüyor Kalbim</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789754732504</t>
+          <t>9789754731590</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Olayı</t>
+          <t>Gavur Kayırıcılar</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>3990000004026</t>
+          <t>9789754732993</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Menderes Dönemi</t>
+          <t>Feveran</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>11.11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789754732795</t>
+          <t>9789754734317</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Wesirfinger Pastanesi</t>
+          <t>Farklı Kültürlerin Birlikte Yaşama Formülü</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>11.11</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789754731965</t>
+          <t>9789754732047</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Vay Sevda Karam</t>
+          <t>Eylülde Su</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754735284</t>
+          <t>9789754733303</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Vakıf ve Allah’a Davetteki Rolü</t>
+          <t>Evrensel İslam Ailesi Modern Yalnızlığa Karşı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>12</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754731125</t>
+          <t>9789754735352</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ülke Kızları</t>
+          <t>Etkıya</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754731460</t>
+          <t>9789754732009</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Anti-Materyalist Felsefe - Spiritüalizm</t>
+          <t>Emeviler Döneminde Saray Hayatı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789754732474</t>
+          <t>3990000013609</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Totaliterizmin Sefaleti</t>
+          <t>Ekonomi Bir Din midir ?</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789754730007</t>
+          <t>9789754731569</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Terörün Soldurduğu Yıllar</t>
+          <t>Ebu Hanife’nin Hocası Hammad ve Fıkhi Görüşleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>8.33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789754732580</t>
+          <t>3990000011328</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Tali Bir Akşam</t>
+          <t>Oryantalizm ve Oryantalistler Yararları-Zararları</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754732818</t>
+          <t>9789754730951</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Şiir Üzerine Bir Şeyler Söylemek</t>
+          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 3</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>6.48</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789754735963</t>
+          <t>9789754730968</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kendimize ve Topluma  Karşı Sorumluluşlarımız</t>
+          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 2</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>11</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754735956</t>
+          <t>9789754734409</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Karşı Sorumluluklarımız</t>
+          <t>Süleymaniye Minberinden İslam Nizamı (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>10.19</v>
+        <v>500</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754735680</t>
+          <t>9789754734393</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ayetleri Işığında Peygamberlerin Hayatı</t>
+          <t>Zihni Karışıklar İçin Alışkanlık Reçetesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>900</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754732177</t>
+          <t>9789754732399</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Güneydoğu Asya’ya Girişi ve Yayılışı</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754731699</t>
+          <t>9789754731736</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Tövbe ve Dini Yaşayıştaki Rolü</t>
+          <t>Yeni Bir Sevda Süleymanı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754732146</t>
+          <t>9789754732504</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ebabil</t>
+          <t>Yaratılış Olayı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754731606</t>
+          <t>3990000004026</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dr. S Öyküler</t>
+          <t>Menderes Dönemi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789754731811</t>
+          <t>9789754732795</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Batıdan Ortadoğudan</t>
+          <t>Wesirfinger Pastanesi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789754734669</t>
+          <t>9789754731965</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Doğudan - Batıdan Klasikler (25 Kitap Takım)</t>
+          <t>Vay Sevda Karam</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789754731620</t>
+          <t>9789754735284</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Üzerine Tartışmalar</t>
+          <t>Vakıf ve Allah’a Davetteki Rolü</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>15.74</v>
+        <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789754734843</t>
+          <t>9789754731125</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dua</t>
+          <t>Ülke Kızları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789754731361</t>
+          <t>9789754731460</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Din Devlet İlişkileri Sempozyumu</t>
+          <t>Türkiye’de Anti-Materyalist Felsefe - Spiritüalizm</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>12.04</v>
+        <v>35</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754734959</t>
+          <t>9789754732474</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Kokusu Cennetin Kokusudur</t>
+          <t>Totaliterizmin Sefaleti</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789754733280</t>
+          <t>9789754730007</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Din Eğitimi ve Karşılaşılan Güçlükler</t>
+          <t>Terörün Soldurduğu Yıllar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>325</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789754731774</t>
+          <t>9789754732580</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çamurlu Bir Irmak</t>
+          <t>Tali Bir Akşam</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754733266</t>
+          <t>9789754732818</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>CHP ve Din (1948 - 1960)</t>
+          <t>Şiir Üzerine Bir Şeyler Söylemek</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789754732139</t>
+          <t>9789754735963</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Cennetten Düşüş</t>
+          <t>Kendimize ve Topluma  Karşı Sorumluluşlarımız</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789754730845</t>
+          <t>9789754735956</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Asr-ı Saadet’te İslam - 4 Cilt (Ciltli)</t>
+          <t>Allah’a Karşı Sorumluluklarımız</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>140.28</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754734850</t>
+          <t>9789754735680</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bütün Cemreler Düştü mü Çocuklar?</t>
+          <t>Kur'an Ayetleri Işığında Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>6.48</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754732450</t>
+          <t>9789754732177</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bu Sevda Benim Değil</t>
+          <t>İslam’ın Güneydoğu Asya’ya Girişi ve Yayılışı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>6.48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754731729</t>
+          <t>9789754731699</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehre Vardım</t>
+          <t>İslam’da Tövbe ve Dini Yaşayıştaki Rolü</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789754730003</t>
+          <t>9789754732146</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Irak ve Saddam Hüseyin</t>
+          <t>Ebabil</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754733075</t>
+          <t>9789754731606</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Der Goldene Talisman</t>
+          <t>Dr. S Öyküler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>4.63</v>
+        <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789754733556</t>
+          <t>9789754731811</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bin Yılların Gecesi</t>
+          <t>Doğudan Batıdan Ortadoğudan</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789754734799</t>
+          <t>9789754734669</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bilge Terzi: M. Said Çekmegil</t>
+          <t>Doğudan - Batıdan Klasikler (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>9.26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754732030</t>
+          <t>9789754731620</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yürüyüş</t>
+          <t>Divan Edebiyatı Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>7</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789754735369</t>
+          <t>9789754734843</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çağa Serzeniş</t>
+          <t>Din ve Dua</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789754732887</t>
+          <t>9789754731361</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Benzerleriyle Değiştirilenlerin Hikayesi</t>
+          <t>Din Devlet İlişkileri Sempozyumu</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>16.67</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754731873</t>
+          <t>9789754734959</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Haricilik Düşüncesi</t>
+          <t>Çocukların Kokusu Cennetin Kokusudur</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754733341</t>
+          <t>9789754733280</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Batı Günlüğü</t>
+          <t>Çocuğun Din Eğitimi ve Karşılaşılan Güçlükler</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789754731750</t>
+          <t>9789754731774</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Babil’i Beş Geçe</t>
+          <t>Çamurlu Bir Irmak</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789754733051</t>
+          <t>9789754733266</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an (Ciltli)</t>
+          <t>CHP ve Din (1948 - 1960)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>17.82</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789754732647</t>
+          <t>9789754732139</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an</t>
+          <t>Cennetten Düşüş</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>18.52</v>
+        <v>7</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789754735475</t>
+          <t>9789754730845</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve İşaretler</t>
+          <t>Bütün Yönleriyle Asr-ı Saadet’te İslam - 4 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>23</v>
+        <v>140.28</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789754732115</t>
+          <t>9789754734850</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ay Tanığım Olsun</t>
+          <t>Bütün Cemreler Düştü mü Çocuklar?</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789754732092</t>
+          <t>9789754732450</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ay Şafağı Çok Çiçek</t>
+          <t>Bu Sevda Benim Değil</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754735154</t>
+          <t>9789754731729</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ölüm</t>
+          <t>Bir Şehre Vardım</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789754734973</t>
+          <t>9789754730003</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Andolsun Aşka (Ciltli)</t>
+          <t>Irak ve Saddam Hüseyin</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>45</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789754731194</t>
+          <t>9789754733075</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Esintiler</t>
+          <t>Der Goldene Talisman</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754732207</t>
+          <t>9789754733556</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Günlüğü</t>
+          <t>Bin Yılların Gecesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>21</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789754735093</t>
+          <t>9789754734799</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>An(n)a Aşkı</t>
+          <t>Bilge Terzi: M. Said Çekmegil</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789754732160</t>
+          <t>9789754732030</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam Akşamları</t>
+          <t>Beyaz Yürüyüş</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789754734447</t>
+          <t>9789754735369</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Resulü’nden Hayat Dersleri (Ciltli)</t>
+          <t>Çağa Serzeniş</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754731583</t>
+          <t>9789754732887</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Alaturka Demokrasi Alaturka Laiklik</t>
+          <t>Benzerleriyle Değiştirilenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789754731408</t>
+          <t>9789754731873</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Kıyısında Bir Çocuk</t>
+          <t>Çağdaş Haricilik Düşüncesi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>5.56</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754732276</t>
+          <t>9789754733341</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risaleleri (Ciltli)</t>
+          <t>Batı Günlüğü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>27.78</v>
+        <v>320</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789754731842</t>
+          <t>9789754731750</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ağzı Karanfilli Dost</t>
+          <t>Babil’i Beş Geçe</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754731743</t>
+          <t>9789754733051</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Adını Koyamadığım</t>
+          <t>Aziz Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>7</v>
+        <v>17.82</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754732078</t>
+          <t>9789754732647</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Müstesna Ölümü</t>
+          <t>Aziz Kur’an</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789754732627</t>
+          <t>9789754735475</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Döneminde Ticari Hayat</t>
+          <t>Ayetler ve İşaretler</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789754733495</t>
+          <t>9789754732115</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis (Ciltli)</t>
+          <t>Ay Tanığım Olsun</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>550</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789754733358</t>
+          <t>9789754732092</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Dersleri</t>
+          <t>Ay Şafağı Çok Çiçek</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754734461</t>
+          <t>9789754735154</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Mardin Süryanileri</t>
+          <t>Aşk ve Ölüm</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>42</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>3990000073323</t>
+          <t>9789754734973</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 5) (Ciltli)</t>
+          <t>Andolsun Aşka (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>3990000099764</t>
+          <t>9789754731194</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 1) (Ciltli)</t>
+          <t>Anadolu’dan Esintiler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>38</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789754738544</t>
+          <t>9789754732207</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Sohbetlerim 2 (Ciltli)</t>
+          <t>Anadolu Günlüğü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>1300</v>
+        <v>21</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789754731200</t>
+          <t>9789754735093</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Hadislere Göre Şeytan</t>
+          <t>An(n)a Aşkı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>35</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789754733143</t>
+          <t>9789754732160</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sen Geldin (Ciltli)</t>
+          <t>Amsterdam Akşamları</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>20</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789754738742</t>
+          <t>9789754734447</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı</t>
+          <t>Allah’ın Resulü’nden Hayat Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>395</v>
+        <v>40</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789754735970</t>
+          <t>9789754731583</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Sohbetlerim 1 (Ciltli)</t>
+          <t>Alaturka Demokrasi Alaturka Laiklik</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>1300</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754735796</t>
+          <t>9789754731408</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Dört Terim (Küçük Boy)</t>
+          <t>Akdeniz Kıyısında Bir Çocuk</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>100</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>3990000062021</t>
+          <t>9789754732276</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 3) (Ciltli)</t>
+          <t>Akaid Risaleleri (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>38</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>3990000062020</t>
+          <t>9789754731842</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 2) (Ciltli)</t>
+          <t>Ağzı Karanfilli Dost</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>38</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>3990000062022</t>
+          <t>9789754731743</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 4)</t>
+          <t>Adını Koyamadığım</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>38</v>
+        <v>7</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786255509383</t>
+          <t>9789754732078</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İbadetin Metafiziği</t>
+          <t>Adem’in Müstesna Ölümü</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>235</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789754734256</t>
+          <t>9789754732627</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>İslam’ın İlk Döneminde Ticari Hayat</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>490</v>
+        <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789754734263</t>
+          <t>9789754733495</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>40 Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786255509369</t>
+          <t>9789754733358</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Din Hizmetine Adanan Bir Ömür/ Kozanlı Hasan Hoca</t>
+          <t>Ahlak Dersleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786255509345</t>
+          <t>9789754734461</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kar</t>
+          <t>19. Yüzyılda Mardin Süryanileri</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>210</v>
+        <v>42</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786255509314</t>
+          <t>3990000073323</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kur'an En Doğrusunu Der</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 5) (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>300</v>
+        <v>38</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786255509321</t>
+          <t>3990000099764</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar ve Suretler - İki Öykü</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 1) (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>210</v>
+        <v>38</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786255509338</t>
+          <t>9789754738544</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ali Şükrü Bey Cinayeti Faili Meçhul Mü, Faili Malum Mu?</t>
+          <t>Tefsir Sohbetlerim 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>225</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789754735802</t>
+          <t>9789754731200</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İşte Önderimiz Hz. Muhammed (Küçük Boy)</t>
+          <t>Kur’an ve Hadislere Göre Şeytan</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786255509307</t>
+          <t>9789754733143</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Gıyasettin Sim Kitabı/ Yarım Kalmış Bir Dostluk Hikayesi</t>
+          <t>Sen Geldin (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786255509253</t>
+          <t>9789754738742</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mazlumluktan Zalimliğe/İktidar El Değiştirirken Abbasilerin Emevilere Yaptıkları</t>
+          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786255509291</t>
+          <t>9789754735970</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Aynasında - Sosyoloji, Tarih, Siyaset</t>
+          <t>Tefsir Sohbetlerim 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>325</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786255509277</t>
+          <t>9789754735796</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Genç Müslümana Çağdaş Kavramlar Rehberi</t>
+          <t>Kur'an'a Göre Dört Terim (Küçük Boy)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786255509192</t>
+          <t>3990000062021</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Lozan; Başarı mı, Taviz mi?</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 3) (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>225</v>
+        <v>38</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786255509239</t>
+          <t>3990000062020</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -4</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 2) (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>250</v>
+        <v>38</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786255509222</t>
+          <t>3990000062022</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -3</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 4)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>250</v>
+        <v>38</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786255509215</t>
+          <t>9786255509383</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -2</t>
+          <t>İbadetin Metafiziği</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786255509208</t>
+          <t>9789754734256</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -1</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>590</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786255509246</t>
+          <t>9789754734263</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Filistin’in Yahudileştirilmesi; Toprak Satışı mı, Gasp mı?</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>225</v>
+        <v>600</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786255509185</t>
+          <t>9786255509369</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Son Hükümdar II. Abdülhamid; Ulu Hakan mı, Despot Sultan mı?</t>
+          <t>Din Hizmetine Adanan Bir Ömür/ Kozanlı Hasan Hoca</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786255509123</t>
+          <t>9786255509345</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bir Hakikat Adamı Mehmed Âkif</t>
+          <t>Kırmızı Kar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786255509130</t>
+          <t>9786255509314</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Öyküye Dair</t>
+          <t>Kur'an En Doğrusunu Der</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>750</v>
+        <v>360</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786255509161</t>
+          <t>9786255509321</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Said Olayı; İsyan mı, Kıyam mı?</t>
+          <t>Rüyalar ve Suretler - İki Öykü</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786255509147</t>
+          <t>9786255509338</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Yılları; Demokrasi mi, Diktatörlük mü?</t>
+          <t>Ali Şükrü Bey Cinayeti Faili Meçhul Mü, Faili Malum Mu?</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786255509154</t>
+          <t>9789754735802</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Dersim Olayı; Kerim Devlet mi, Zalim Devlet mi?</t>
+          <t>İşte Önderimiz Hz. Muhammed (Küçük Boy)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786255509093</t>
+          <t>9786255509307</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Büyük Anlatılar</t>
+          <t>Gıyasettin Sim Kitabı/ Yarım Kalmış Bir Dostluk Hikayesi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786255509178</t>
+          <t>9786255509253</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İslâm Hukuku-2 Ahvâl-i Şahsiyye (Şahıs-Aile-Miras)</t>
+          <t>Mazlumluktan Zalimliğe/İktidar El Değiştirirken Abbasilerin Emevilere Yaptıkları</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256773349</t>
+          <t>9786255509291</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İngilizlerin Hindistan ve Bengal'deki Sömürge Yönetimi</t>
+          <t>Ramazan Aynasında - Sosyoloji, Tarih, Siyaset</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>470</v>
+        <v>370</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786255509109</t>
+          <t>9786255509277</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Yangı - Hikâyeler</t>
+          <t>Genç Müslümana Çağdaş Kavramlar Rehberi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786255509079</t>
+          <t>9786255509192</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sonunda Hepimiz Yok Olacaksak Bu Hayat Neden Var?</t>
+          <t>Lozan; Başarı mı, Taviz mi?</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786255509062</t>
+          <t>9786255509239</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Yeterince Nimet Varken Bu Kadar Yoksulluk Neden Var?</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -4</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786255509055</t>
+          <t>9786255509222</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın ilk Emri Oku İse Bu Kadar Cehalet Neden Var?</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -3</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786255509031</t>
+          <t>9786255509215</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İslam Barış Diniyse Bu Kadar Savaş Neden Var?</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -2</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786255509024</t>
+          <t>9786255509208</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Aile Kutsal İse Bu Kadar Boşanma Neden Var?</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -1</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786255509017</t>
+          <t>9786255509246</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İslam Tevhid Dini ise Bu Kadar Mezhep Neden Var?</t>
+          <t>Filistin’in Yahudileştirilmesi; Toprak Satışı mı, Gasp mı?</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786255509000</t>
+          <t>9786255509185</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Allah Gerçekten Merhametliyse Bu Kadar Kötülük Neden Var?</t>
+          <t>Son Hükümdar II. Abdülhamid; Ulu Hakan mı, Despot Sultan mı?</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256773998</t>
+          <t>9786255509123</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kaderimiz Önceden Belirlenmişse Cennet ve Cehennem Neden Var?</t>
+          <t>Bir Hakikat Adamı Mehmed Âkif</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789754734003</t>
+          <t>9786255509130</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz’in Çocuk Sevgisi</t>
+          <t>Öyküye Dair</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789754735321</t>
+          <t>9786255509161</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kadın Fotoğrafları</t>
+          <t>Şeyh Said Olayı; İsyan mı, Kıyam mı?</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256773974</t>
+          <t>9786255509147</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Fuat Sezgin İlme Adanmış Bir Ömür</t>
+          <t>Cumhuriyetin İlk Yılları; Demokrasi mi, Diktatörlük mü?</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256773967</t>
+          <t>9786255509154</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Senusi Tarikatı ve Osmanlılarla İlişkileri</t>
+          <t>Dersim Olayı; Kerim Devlet mi, Zalim Devlet mi?</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786255509086</t>
+          <t>9786255509093</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Abadile</t>
+          <t>Büyük Anlatılar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256773929</t>
+          <t>9786255509178</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yol Yakınken</t>
+          <t>İslâm Hukuku-2 Ahvâl-i Şahsiyye (Şahıs-Aile-Miras)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256773936</t>
+          <t>9786256773349</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Arifler ve Kitaplar Arasında</t>
+          <t>İngilizlerin Hindistan ve Bengal'deki Sömürge Yönetimi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>265</v>
+        <v>520</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256773943</t>
+          <t>9786255509109</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif'le Söyleşiler</t>
+          <t>Yangı - Hikâyeler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789754733686</t>
+          <t>9786255509079</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Sonunda Hepimiz Yok Olacaksak Bu Hayat Neden Var?</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789754736519</t>
+          <t>9786255509062</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sen Geldin</t>
+          <t>Yeryüzünde Yeterince Nimet Varken Bu Kadar Yoksulluk Neden Var?</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789754732238</t>
+          <t>9786255509055</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Farisi</t>
+          <t>İslam'ın ilk Emri Oku İse Bu Kadar Cehalet Neden Var?</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789754733860</t>
+          <t>9786255509031</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>İslam Barış Diniyse Bu Kadar Savaş Neden Var?</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789754733853</t>
+          <t>9786255509024</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>Aile Kutsal İse Bu Kadar Boşanma Neden Var?</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789754733976</t>
+          <t>9786255509017</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>İslam Tevhid Dini ise Bu Kadar Mezhep Neden Var?</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789754734935</t>
+          <t>9786255509000</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Saatçi Musa</t>
+          <t>Allah Gerçekten Merhametliyse Bu Kadar Kötülük Neden Var?</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789754734942</t>
+          <t>9786256773998</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Romanlar</t>
+          <t>Kaderimiz Önceden Belirlenmişse Cennet ve Cehennem Neden Var?</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789754735062</t>
+          <t>9789754734003</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Müellifi Said Nur</t>
+          <t>Peygamberimiz’in Çocuk Sevgisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789754735468</t>
+          <t>9789754735321</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Rilke’nin Romanında Motifler</t>
+          <t>Kadın Fotoğrafları</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789754735482</t>
+          <t>9786256773974</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>Fuat Sezgin İlme Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789754730777</t>
+          <t>9786256773967</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Pakia Mektupları</t>
+          <t>Senusi Tarikatı ve Osmanlılarla İlişkileri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789754734355</t>
+          <t>9786255509086</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Örtünün Altında Kalanlar</t>
+          <t>Abadile</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789754735086</t>
+          <t>9786256773929</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Ölüler</t>
+          <t>Yol Yakınken</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789754730418</t>
+          <t>9786256773936</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Arifler ve Kitaplar Arasında</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789754732894</t>
+          <t>9786256773943</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Şeyhülislamlık</t>
+          <t>Mehmet Akif'le Söyleşiler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789754733877</t>
+          <t>9789754733686</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789754733655</t>
+          <t>9789754736519</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Sen Geldin</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754730753</t>
+          <t>9789754732238</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Sömürüldük</t>
+          <t>Selman-ı Farisi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789754732979</t>
+          <t>9789754733860</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Mikrofonu Açıyorum</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>235</v>
+        <v>220</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789754733419</t>
+          <t>9789754733853</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789754735420</t>
+          <t>9789754733976</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Menziller</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789754735024</t>
+          <t>9789754734935</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Saatçi Musa</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789754734904</t>
+          <t>9789754734942</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif’ten Nükteler</t>
+          <t>Romanlar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9782090619107</t>
+          <t>9789754735062</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif’e Armağan (Ciltli)</t>
+          <t>Risale-i Nur Müellifi Said Nur</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>3000</v>
+        <v>330</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789754734874</t>
+          <t>9789754735468</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Düzyazılar</t>
+          <t>Rilke’nin Romanında Motifler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>575</v>
+        <v>210</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789754734867</t>
+          <t>9789754735482</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif (Ciltli)</t>
+          <t>Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>1500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789754731675</t>
+          <t>9789754730777</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Medine Vesikası Işığında Yahudi Meselesi</t>
+          <t>Pakia Mektupları</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789754733648</t>
+          <t>9789754734355</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Mani Kitabın Açtım</t>
+          <t>Örtünün Altında Kalanlar</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789754733068</t>
+          <t>9789754735086</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Kur’an Kıssaları ve Tarihi Gerçeklik</t>
+          <t>Örgütlü Ölüler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789754734218</t>
+          <t>9789754730418</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kurban</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789754732634</t>
+          <t>9789754732894</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Ana Konuları</t>
+          <t>Osmanlı Devletinde Şeyhülislamlık</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789754732610</t>
+          <t>9789754733877</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Tarihi</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789754732962</t>
+          <t>9789754733655</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Üç Evliya</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>295</v>
+        <v>130</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789754730258</t>
+          <t>9789754730753</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Dört Terim</t>
+          <t>Nasıl Sömürüldük</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789754732955</t>
+          <t>9789754732979</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Dinde Zorlama ve Şiddet Sorunu</t>
+          <t>Mikrofonu Açıyorum</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789754732863</t>
+          <t>9789754733419</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Tarihselcilik</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>455</v>
+        <v>240</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789754733099</t>
+          <t>9789754735420</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıraatı</t>
+          <t>Menziller</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>1000</v>
+        <v>230</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789754733952</t>
+          <t>9789754735024</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Vicdan ve Değeri</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789754735437</t>
+          <t>9789754734904</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Yakarış</t>
+          <t>Mehmed Akif’ten Nükteler</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789754733730</t>
+          <t>9782090619107</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Mehmed Akif’e Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>265</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789754733693</t>
+          <t>9789754734874</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Mehmed Akif Düzyazılar</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>110</v>
+        <v>690</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789754733457</t>
+          <t>9789754734867</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Mehmed Akif (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>290</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789754733631</t>
+          <t>9789754731675</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Medine Vesikası Işığında Yahudi Meselesi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789754734010</t>
+          <t>9789754733648</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Mani Kitabın Açtım</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789754735277</t>
+          <t>9789754733068</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitap</t>
+          <t>Mitoloji Kur’an Kıssaları ve Tarihi Gerçeklik</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789754734232</t>
+          <t>9789754734218</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kahvehane Kültürü</t>
+          <t>Kurban</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789754735406</t>
+          <t>9789754732634</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İşaret Çocukları</t>
+          <t>Kur’an’ın Ana Konuları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789754730678</t>
+          <t>9789754732610</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Hıristiyanlık</t>
+          <t>Kur’an-ı Kerim Tarihi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789754731323</t>
+          <t>9789754732962</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Kabul ve Reddettiği Halk İnançları</t>
+          <t>Kur’an’a Göre Üç Evliya</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257188180</t>
+          <t>9789754730258</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Dönem Tarihi Seti (6 Kitap)</t>
+          <t>Kur’an’a Göre Dört Terim</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>1350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789754731484</t>
+          <t>9789754732955</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Giriş</t>
+          <t>Kur’an’a Göre Dinde Zorlama ve Şiddet Sorunu</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789754730197</t>
+          <t>9789754732863</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Tarih</t>
+          <t>Kur'an ve Tarihselcilik</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789754731644</t>
+          <t>9789754733099</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin İlk Döneminde Arap-Mevali İlişkisi</t>
+          <t>Kur’an Kıraatı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>225</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789754731637</t>
+          <t>9789754733952</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin İlk Asrında İktidar Mücadelesi</t>
+          <t>Kur’an Açısından Vicdan ve Değeri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>410</v>
+        <v>330</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789754731071</t>
+          <t>9789754735437</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihine Giriş Bütün Eserleri</t>
+          <t>Korku ve Yakarış</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789754735147</t>
+          <t>9789754733730</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi (Büyük Boy)</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>900</v>
+        <v>315</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789754733204</t>
+          <t>9789754733693</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi (Ciltli)</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>1400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789754733198</t>
+          <t>9789754733457</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789754730319</t>
+          <t>9789754733631</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Mekke Dönemi ve Hz. Muhammed</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789754730456</t>
+          <t>9789754734010</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İslam Müesseselerine Giriş</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789754730449</t>
+          <t>9789754735277</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İlk İslam Devleti (Makaleler)</t>
+          <t>Kara Kitap</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789754735543</t>
+          <t>9789754734232</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>İlim ve Hareket Adamı - Mehmet Said Ertürk</t>
+          <t>Kahvehane Kültürü</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>455</v>
+        <v>300</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789754733372</t>
+          <t>9789754735406</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İbadet Dersleri</t>
+          <t>İşaret Çocukları</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789754730470</t>
+          <t>9789754730678</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyneb</t>
+          <t>İslamiyet ve Hıristiyanlık</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789754731149</t>
+          <t>9789754731323</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İslam Anayasa Hukuku Bütün Eserleri</t>
+          <t>İslam’ın Kabul ve Reddettiği Halk İnançları</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789754734027</t>
+          <t>9786257188180</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>İslam’ın İlk Dönem Tarihi Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>110</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789754733365</t>
+          <t>9789754731484</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İnanç Dersleri</t>
+          <t>İslam’a Giriş</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789754733228</t>
+          <t>9789754730197</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam ve Eseri</t>
+          <t>İslam ve Tarih</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789754732290</t>
+          <t>9789754731644</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İmam Şamil</t>
+          <t>İslam Tarihinin İlk Döneminde Arap-Mevali İlişkisi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789754732849</t>
+          <t>9789754731637</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Savaşları</t>
+          <t>İslam Tarihinin İlk Asrında İktidar Mücadelesi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>210</v>
+        <v>490</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789754730715</t>
+          <t>9789754731071</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin</t>
+          <t>İslam Tarihine Giriş Bütün Eserleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789754730494</t>
+          <t>9789754735147</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>İslam Peygamberi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>130</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789754735505</t>
+          <t>9789754733204</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza</t>
+          <t>İslam Peygamberi (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>130</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789754730487</t>
+          <t>9789754733198</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma</t>
+          <t>İslam Peygamberi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789754731040</t>
+          <t>9789754730319</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir</t>
+          <t>İslam Öncesi Mekke Dönemi ve Hz. Muhammed</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789754731651</t>
+          <t>9789754730456</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’nin Hilafet Hakkı Meselesinde Gadiri Hum Olayı</t>
+          <t>İslam Müesseselerine Giriş</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789754734201</t>
+          <t>9789754730449</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Dönemi ve Ehli Beyt</t>
+          <t>İlk İslam Devleti (Makaleler)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>305</v>
+        <v>220</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789754733884</t>
+          <t>9789754735543</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali - Nehcü’l Belağa (Ciltli)</t>
+          <t>İlim ve Hareket Adamı - Mehmet Said Ertürk</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789754733907</t>
+          <t>9789754733372</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali - Nehcü’l Belağa</t>
+          <t>İbadet Dersleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789754731019</t>
+          <t>9789754730470</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Hz. Zeyneb</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789754730265</t>
+          <t>9789754731149</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Hilafetten Saltanata Emeviler Dönemi</t>
+          <t>İslam Anayasa Hukuku Bütün Eserleri</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789754733815</t>
+          <t>9789754734027</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerden Seçmeler</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789754731392</t>
+          <t>9789754733365</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>İnanç Dersleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789754734270</t>
+          <t>9789754733228</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>İmam-ı Azam ve Eseri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789754733785</t>
+          <t>9789754732290</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Çocuk Yetiştirmenin Temel İlkeleri</t>
+          <t>İmam Şamil</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789754735222</t>
+          <t>9789754732849</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Bahaneler</t>
+          <t>Hz. Peygamberin Savaşları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789754736830</t>
+          <t>9789754730715</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri Sempatik Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>2750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789754732726</t>
+          <t>9789754730494</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Haricilik Mezhebinin Doğuşu Bağlamında Din Siyaset İlişkisi</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789754731668</t>
+          <t>9789754735505</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Haricilerin Siyasi Faaliyetleri</t>
+          <t>Hz. Hamza</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789754733273</t>
+          <t>9789754730487</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Halname</t>
+          <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789754733587</t>
+          <t>9789754731040</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinden Seçmeler</t>
+          <t>Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789754732771</t>
+          <t>9789754731651</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Hadis Temelli Kalıp Yargılarda Kadın</t>
+          <t>Hz. Ali’nin Hilafet Hakkı Meselesinde Gadiri Hum Olayı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789754735499</t>
+          <t>9789754734201</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>Hz. Ali Dönemi ve Ehli Beyt</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789754733396</t>
+          <t>9789754733884</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Hz. Ali - Nehcü’l Belağa (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>265</v>
+        <v>950</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789754733518</t>
+          <t>9789754733907</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Genetik Kopyalamanın Fıkhi Yönü</t>
+          <t>Hz. Ali - Nehcü’l Belağa</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>235</v>
+        <v>520</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789754734737</t>
+          <t>9789754731019</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Notlar</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>535</v>
+        <v>210</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789754733334</t>
+          <t>9789754730265</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Elveda Ankara</t>
+          <t>Hilafetten Saltanata Emeviler Dönemi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>395</v>
+        <v>250</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789754733549</t>
+          <t>9789754733815</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Hikayelerden Seçmeler</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789754733501</t>
+          <t>9789754731392</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ezan ya da Ebedi Kurtuluşa Çağrı</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789754733037</t>
+          <t>9789754734270</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ebü Nu’aym El İsfahani</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789754735390</t>
+          <t>9789754733785</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Radyo Oyunları</t>
+          <t>Hayırlı Çocuk Yetiştirmenin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789754733044</t>
+          <t>9789754735222</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Polika’nın Yeşil Çeşmesi</t>
+          <t>Hayata Dair Bahaneler</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789754733242</t>
+          <t>9789754736830</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medreseleri</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri Sempatik Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>225</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789754731064</t>
+          <t>9789754732726</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Yıkılışında Yemen İsyanları</t>
+          <t>Haricilik Mezhebinin Doğuşu Bağlamında Din Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789754732313</t>
+          <t>9789754731668</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hanife</t>
+          <t>Haricilerin Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789754734713</t>
+          <t>9789754733273</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kaplayan Ağaç</t>
+          <t>Halname</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789754734348</t>
+          <t>9789754733587</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Güzel İnsanları</t>
+          <t>Halk Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789754733754</t>
+          <t>9789754732771</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün Çocuklarına</t>
+          <t>Hadis Temelli Kalıp Yargılarda Kadın</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>155</v>
+        <v>600</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789754735529</t>
+          <t>9789754735499</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Diz Çökmeyen Adam - Ramazan Keskin Hoca</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>235</v>
+        <v>310</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789754730746</t>
+          <t>9789754733396</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789754735291</t>
+          <t>9789754733518</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Die Vorislamische Mekka-Epoche und der Prophet Muhammed</t>
+          <t>Genetik Kopyalamanın Fıkhi Yönü</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789754735338</t>
+          <t>9789754734737</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Di Teblixa İslame de Serdema Mekkeye u İşkence</t>
+          <t>Geçmişten Notlar</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789754733402</t>
+          <t>9789754733334</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Elveda Ankara</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789754735314</t>
+          <t>9789754733549</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Dava Kıran</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789754734379</t>
+          <t>9789754733501</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Dağların Sırrı</t>
+          <t>Ezan ya da Ebedi Kurtuluşa Çağrı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789754733846</t>
+          <t>9789754733037</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızla Atlara Biniyorduk</t>
+          <t>Ebü Nu’aym El İsfahani</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>490</v>
+        <v>330</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789754734829</t>
+          <t>9789754735390</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Din Kitabı</t>
+          <t>Radyo Oyunları</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789754733716</t>
+          <t>9789754733044</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Öpmekte Meleklerle Yarışmak</t>
+          <t>Polika’nın Yeşil Çeşmesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789754733839</t>
+          <t>9789754733242</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Sevgi</t>
+          <t>Osmanlı Medreseleri</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789754734690</t>
+          <t>9789754731064</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Çin Müslümanları ve Çin’e Seyahat</t>
+          <t>Osmanlı Devletinin Yıkılışında Yemen İsyanları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>600</v>
+        <v>310</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789754733761</t>
+          <t>9789754732313</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Ebu Hanife</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786257188173</t>
+          <t>9789754734713</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu Seti (13 Kitap)</t>
+          <t>Dünyayı Kaplayan Ağaç</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>3150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>2770000006453</t>
+          <t>9789754734348</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu Çocuk Kitapları (9 Kitap Set)</t>
+          <t>Dünyanın Güzel İnsanları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>1080</v>
+        <v>300</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789754732245</t>
+          <t>9789754733754</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Cafer-i Tayyar</t>
+          <t>Dünyanın Bütün Çocuklarına</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789754734034</t>
+          <t>9789754735529</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Diz Çökmeyen Adam - Ramazan Keskin Hoca</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789754735376</t>
+          <t>9789754730746</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ankara’da Kırk Beş Yıl</t>
+          <t>Din Nedir</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>575</v>
+        <v>180</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789754734966</t>
+          <t>9789754735291</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Andolsun Aşka</t>
+          <t>Die Vorislamische Mekka-Epoche und der Prophet Muhammed</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>470</v>
+        <v>210</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789754732900</t>
+          <t>9789754735338</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aleviliği’nin Tarihsel Arka Planı</t>
+          <t>Di Teblixa İslame de Serdema Mekkeye u İşkence</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789754732986</t>
+          <t>9789754733402</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Ali - Muaviye Kavgası</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789754733136</t>
+          <t>9789754735314</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Tefsir Akımı</t>
+          <t>Dava Kıran</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789754730241</t>
+          <t>9789754734379</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid’in İslam Birliği Siyaseti</t>
+          <t>Dağların Sırrı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>235</v>
+        <v>310</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789754731118</t>
+          <t>9789754733846</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Hadislere Göre Cinler-Büyü</t>
+          <t>Çocuklarımızla Atlara Biniyorduk</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789754734065</t>
+          <t>9789754734829</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Nasıl Bir Kitaptır</t>
+          <t>Çocuklarımıza Din Kitabı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786256773806</t>
+          <t>9789754733716</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Seni Tanımak İstiyorum Allah'ım</t>
+          <t>Çocukları Öpmekte Meleklerle Yarışmak</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789754733488</t>
+          <t>9789754733839</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Çocuk Eğitiminde Sevgi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786256773813</t>
+          <t>9789754734690</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bir Tel Kopar/ Faruk Beşer'in Hatıraları</t>
+          <t>Çin Müslümanları ve Çin’e Seyahat</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786256773820</t>
+          <t>9789754733761</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Efsane Başkan Halil Ürün</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>680</v>
+        <v>240</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786256773912</t>
+          <t>9786257188173</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Cam Küre</t>
+          <t>Cahit Zarifoğlu Seti (13 Kitap)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>120</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786256773905</t>
+          <t>2770000006453</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Muhteşemler Ülkesi</t>
+          <t>Cahit Zarifoğlu Çocuk Kitapları (9 Kitap Set)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>120</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786256773899</t>
+          <t>9789754732245</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>İş Başa Düştü</t>
+          <t>Cafer-i Tayyar</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786256773882</t>
+          <t>9789754734034</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sabredemedim İşte</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786256773875</t>
+          <t>9789754735376</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Şifalı İksir</t>
+          <t>Ankara’da Kırk Beş Yıl</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>120</v>
+        <v>670</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786256773868</t>
+          <t>9789754734966</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka'nın Yumurtası</t>
+          <t>Andolsun Aşka</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786256773851</t>
+          <t>9789754732900</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük</t>
+          <t>Anadolu Aleviliği’nin Tarihsel Arka Planı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786256773844</t>
+          <t>9789754732986</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İyilik Perisi</t>
+          <t>Ali - Muaviye Kavgası</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786256773790</t>
+          <t>9789754733136</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağı'na Yolculuk</t>
+          <t>20. Yüzyıl Tefsir Akımı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786256773837</t>
+          <t>9789754730241</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmakla Bitmez</t>
+          <t>2. Abdülhamid’in İslam Birliği Siyaseti</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789754733433</t>
+          <t>9789754731118</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçme Hikayeler</t>
+          <t>Kur’an ve Hadislere Göre Cinler-Büyü</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>110</v>
+        <v>430</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789754730036</t>
+          <t>9789754734065</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Mekke Dönemi ve İşkence</t>
+          <t>Kur’an Nasıl Bir Kitaptır</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789754730326</t>
+          <t>9786256773806</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Örnek Halifeler Dönemi</t>
+          <t>Seni Tanımak İstiyorum Allah'ım</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789754733624</t>
+          <t>9789754733488</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinden Seçmeler</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256773783</t>
+          <t>9786256773813</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Bereketi Birkaç Kavram, Pek Çok Anlam</t>
+          <t>Bir Tel Kopar/ Faruk Beşer'in Hatıraları</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789754730043</t>
+          <t>9786256773820</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Medine Dönemi ve Cihad</t>
+          <t>Efsane Başkan Halil Ürün</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>265</v>
+        <v>700</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256773769</t>
+          <t>9786256773912</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs Çiçeği ve Sarmaşıklar</t>
+          <t>Cam Küre</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256773776</t>
+          <t>9786256773905</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Tematik İslam Tarihi</t>
+          <t>Muhteşemler Ülkesi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>455</v>
+        <v>130</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789754735109</t>
+          <t>9786256773899</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İhsan Süreyya Sırma’nın Bütün Seyahatleri (Kutulu)</t>
+          <t>İş Başa Düştü</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>3400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789754735031</t>
+          <t>9786256773882</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname-i Süreyya</t>
+          <t>Sabredemedim İşte</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>1400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256773684</t>
+          <t>9786256773875</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>İman ve Silah</t>
+          <t>Şifalı İksir</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256773752</t>
+          <t>9786256773868</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Maziden Atiye Zeki Savaş ile Söyleşi</t>
+          <t>Zümrüdüanka'nın Yumurtası</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256773677</t>
+          <t>9786256773851</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Araplar; Arkamızdan Vurdu mu, Vurmadı mı?</t>
+          <t>Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786256773660</t>
+          <t>9786256773844</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Tarikat ve Cemaatler; Kapandı mı, Kapatıldı mı?</t>
+          <t>İyilik Perisi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256773653</t>
+          <t>9786256773790</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahdettin; Hain mi, Mağdur mu?</t>
+          <t>Kaf Dağı'na Yolculuk</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256773646</t>
+          <t>9786256773837</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Nutuk; Gerçek mi, Kurgu mu?</t>
+          <t>Paylaşmakla Bitmez</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786256773639</t>
+          <t>9789754733433</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma; Modernleşme mi, Yabancılaşma mı?</t>
+          <t>Mesnevi’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786256773400</t>
+          <t>9789754730036</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yolun Bittiği Yerde</t>
+          <t>İslami Tebliğin Mekke Dönemi ve İşkence</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786256773394</t>
+          <t>9789754730326</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Masum Hikaye - Bir MTTB Başkanının Hatıraları</t>
+          <t>İslami Tebliğin Örnek Halifeler Dönemi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786256773417</t>
+          <t>9789754733624</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Bir Gülistan Mimarı Rasim Özdenören</t>
+          <t>Divan Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786256773387</t>
+          <t>9786256773783</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Konya'nın Yetiştirdiği İslam Alimlerinden Mehmet Özgü Aras</t>
+          <t>Kur'an'ın Bereketi Birkaç Kavram, Pek Çok Anlam</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>850</v>
+        <v>360</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786258317831</t>
+          <t>9789754730043</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne Bitlis Güzideleri</t>
+          <t>İslami Tebliğin Medine Dönemi ve Cihad</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786256773189</t>
+          <t>9786256773769</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Üzerine Sözlü Tarih Söyleşileri</t>
+          <t>Kaktüs Çiçeği ve Sarmaşıklar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786256773332</t>
+          <t>9786256773776</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Oksidentalizme Giriş</t>
+          <t>Tematik İslam Tarihi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>1300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786256773257</t>
+          <t>9789754735109</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Muhammed (s.a.v.) Geleceğin Peygamberi</t>
+          <t>Prof. Dr. İhsan Süreyya Sırma’nın Bütün Seyahatleri (Kutulu)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>170</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786256773363</t>
+          <t>9789754735031</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kurudu Kalbim</t>
+          <t>Seyahatname-i Süreyya</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>250</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789754731378</t>
+          <t>9786256773684</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Oryantalistlerin Hz. Peygamber ile İlgili İddialarına Cevaplar</t>
+          <t>İman ve Silah</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789754731507</t>
+          <t>9786256773752</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet ve Şi’a’nın Delil Olarak Aldığı Bazı Hadisler</t>
+          <t>Maziden Atiye Zeki Savaş ile Söyleşi</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786258317824</t>
+          <t>9786256773677</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>II. Abdülhamid Dönemi Göç Hareketlerinin İktisadi Hayata Yansımaları</t>
+          <t>Birinci Dünya Savaşı’nda Araplar; Arkamızdan Vurdu mu, Vurmadı mı?</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>395</v>
+        <v>210</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786256773172</t>
+          <t>9786256773660</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku ve Modern Hukuk Ekseninde Devlet - Piyasa İlişkisi</t>
+          <t>Cumhuriyet Döneminde Tarikat ve Cemaatler; Kapandı mı, Kapatıldı mı?</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>305</v>
+        <v>250</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786256773356</t>
+          <t>9786256773653</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Kimlikler</t>
+          <t>Sultan Vahdettin; Hain mi, Mağdur mu?</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786256773226</t>
+          <t>9786256773646</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Dostluğa Dair (Ciltli)</t>
+          <t>Nutuk; Gerçek mi, Kurgu mu?</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786256773233</t>
+          <t>9786256773639</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Yolçiti</t>
+          <t>Batılılaşma; Modernleşme mi, Yabancılaşma mı?</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786256773264</t>
+          <t>9786256773400</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kreşi</t>
+          <t>Yolun Bittiği Yerde</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786256773202</t>
+          <t>9786256773394</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Sadık Oğlum Said</t>
+          <t>Masum Hikaye - Bir MTTB Başkanının Hatıraları</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>445</v>
+        <v>550</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786256773325</t>
+          <t>9786256773417</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ayın Ondördünde Ay Işığı</t>
+          <t>Bir Gülistan Mimarı Rasim Özdenören</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786256773301</t>
+          <t>9786256773387</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Yürekler ve Yönelişler</t>
+          <t>Konya'nın Yetiştirdiği İslam Alimlerinden Mehmet Özgü Aras</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>305</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786256773271</t>
+          <t>9786258317831</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Şehid Sahabiler Hz. Peygamber Dönemi</t>
+          <t>Geçmişten Bugüne Bitlis Güzideleri</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786256773295</t>
+          <t>9786256773189</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Ekosistemlerin Dilinden Yaratılış</t>
+          <t>Diyarbakır Üzerine Sözlü Tarih Söyleşileri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786256773318</t>
+          <t>9786256773332</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Suç ve Din İlişkisi</t>
+          <t>Oksidentalizme Giriş</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>260</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786256773240</t>
+          <t>9786256773257</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yaratılışı</t>
+          <t>Muhammed (s.a.v.) Geleceğin Peygamberi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786256773219</t>
+          <t>9786256773363</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Akaid İman Esasları</t>
+          <t>Kurudu Kalbim</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786256773196</t>
+          <t>9789754731378</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Alim, Arif, Zahid, Zarif Bir Bilge Adam Muhammed Hamidullah</t>
+          <t>Oryantalistlerin Hz. Peygamber ile İlgili İddialarına Cevaplar</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>225</v>
+        <v>490</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>4440000003945</t>
+          <t>9789754731507</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar Seti - (10 Kitap)</t>
+          <t>Ehl-i Sünnet ve Şi’a’nın Delil Olarak Aldığı Bazı Hadisler</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>1200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258317923</t>
+          <t>9786258317824</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 10 Saklanamayan Ahtapot Poti</t>
+          <t>II. Abdülhamid Dönemi Göç Hareketlerinin İktisadi Hayata Yansımaları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786258317916</t>
+          <t>9786256773172</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 9 Şakacı Kirpi'nin Şakaları</t>
+          <t>İslam Hukuku ve Modern Hukuk Ekseninde Devlet - Piyasa İlişkisi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786258317909</t>
+          <t>9786256773356</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 8 Uğur Böceklerinin Kahvaltısı</t>
+          <t>Kibirli Kimlikler</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786258317893</t>
+          <t>9786256773226</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 7 Yavaş Kaplumbağa'nın Pikniği</t>
+          <t>Dostluğa Dair (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786258317947</t>
+          <t>9786256773233</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 6 Köpük ve Pati'nin Hatası</t>
+          <t>Yolçiti</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786258317930</t>
+          <t>9786256773264</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 5 Mikroplardan Kurtulan Çakıl</t>
+          <t>Cennet Kreşi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786258317886</t>
+          <t>9786256773202</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 4 Gözlüklü Tavşan'ın Korkusu</t>
+          <t>Sadık Oğlum Said</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>120</v>
+        <v>530</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786258317879</t>
+          <t>9786256773325</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 3 Minik Serçe'nin Başarısı</t>
+          <t>Ayın Ondördünde Ay Işığı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786258317862</t>
+          <t>9786256773301</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 2 Ayakkabı İsteyen Kırkayak</t>
+          <t>Yürekler ve Yönelişler</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786258317817</t>
+          <t>9786256773271</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 1 Minik Sincap'ın Kırılan Dişi</t>
+          <t>Şehid Sahabiler Hz. Peygamber Dönemi</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786258317756</t>
+          <t>9786256773295</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Kitabı</t>
+          <t>Ekosistemlerin Dilinden Yaratılış</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786258317855</t>
+          <t>9786256773318</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>72 Saat Yolculuk</t>
+          <t>Çocuk, Suç ve Din İlişkisi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786258317794</t>
+          <t>9786256773240</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Tüm İnsanların Peygamberi Serisi (10 Kitap)</t>
+          <t>İnsanın Yaratılışı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>1750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786258317787</t>
+          <t>9786256773219</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Bilgelik Hikayeleri 17 - Kara Çoban ile Sarı Çoban</t>
+          <t>Akaid İman Esasları</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786258317770</t>
+          <t>9786256773196</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Güzel İnsanlardan - Güzel Masallar</t>
+          <t>Alim, Arif, Zahid, Zarif Bir Bilge Adam Muhammed Hamidullah</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786258317763</t>
+          <t>4440000003945</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Masala Düşen Kız</t>
+          <t>Hayvanlar Aleminden Masallar Seti - (10 Kitap)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>270</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258317800</t>
+          <t>9786258317923</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlık Hikayeleri 3 - Asker Ahmet'in Sırrı</t>
+          <t>Hayvanlar Aleminden Masallar - 10 Saklanamayan Ahtapot Poti</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258317534</t>
+          <t>9786258317916</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Mektuplarla Düşünce ve Edebiyat Yolculuğum</t>
+          <t>Hayvanlar Aleminden Masallar - 9 Şakacı Kirpi'nin Şakaları</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>410</v>
+        <v>130</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258317749</t>
+          <t>9786258317909</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Dostluğa Dair</t>
+          <t>Hayvanlar Aleminden Masallar - 8 Uğur Böceklerinin Kahvaltısı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>375</v>
+        <v>130</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258317695</t>
+          <t>9786258317893</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Engelliler - Tüm İnsanların Peygamberi 10</t>
+          <t>Hayvanlar Aleminden Masallar - 7 Yavaş Kaplumbağa'nın Pikniği</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258317688</t>
+          <t>9786258317947</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Müslüman Olmayanlar - Tüm İnsanların Peygamberi 9</t>
+          <t>Hayvanlar Aleminden Masallar - 6 Köpük ve Pati'nin Hatası</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258317671</t>
+          <t>9786258317930</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Yaşlılar - Tüm İnsanların Peygamberi 8</t>
+          <t>Hayvanlar Aleminden Masallar - 5 Mikroplardan Kurtulan Çakıl</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258317664</t>
+          <t>9786258317886</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Yakınlar (Akrabalar/Komşular) - Tüm İnsanların Peygamberi 7</t>
+          <t>Hayvanlar Aleminden Masallar - 4 Gözlüklü Tavşan'ın Korkusu</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258317657</t>
+          <t>9786258317879</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Yoksullar - Tüm İnsanların Peygamberi 6</t>
+          <t>Hayvanlar Aleminden Masallar - 3 Minik Serçe'nin Başarısı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258317640</t>
+          <t>9786258317862</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Varlıklılar - Tüm İnsanların Peygamberi 5</t>
+          <t>Hayvanlar Aleminden Masallar - 2 Ayakkabı İsteyen Kırkayak</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258317633</t>
+          <t>9786258317817</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Görevliler - Tüm İnsanların Peygamberi 4</t>
+          <t>Hayvanlar Aleminden Masallar - 1 Minik Sincap'ın Kırılan Dişi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258317626</t>
+          <t>9786258317756</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Kadınlar - Tüm İnsanların Peygamberi 3</t>
+          <t>Dostluk Kitabı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258317619</t>
+          <t>9786258317855</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Gençler - Tüm İnsanların Peygamberi 2</t>
+          <t>72 Saat Yolculuk</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258317602</t>
+          <t>9786258317794</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Çocuklar - Tüm İnsanların Peygamberi 1</t>
+          <t>Tüm İnsanların Peygamberi Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>175</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258317732</t>
+          <t>9786258317787</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Hadis Şarihleri ve Örnek Şerh Metinler</t>
+          <t>Çocuklar için Bilgelik Hikayeleri 17 - Kara Çoban ile Sarı Çoban</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258317718</t>
+          <t>9786258317770</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Delioba</t>
+          <t>Güzel İnsanlardan - Güzel Masallar</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258317701</t>
+          <t>9786258317763</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakültelerinde Öteki ile İlişkiler</t>
+          <t>Masala Düşen Kız</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258317725</t>
+          <t>9786258317800</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Abules</t>
+          <t>Kahramanlık Hikayeleri 3 - Asker Ahmet'in Sırrı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786258317565</t>
+          <t>9786258317534</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Gezegeni - Uzay Muhafızları 1</t>
+          <t>Mektuplarla Düşünce ve Edebiyat Yolculuğum</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258317572</t>
+          <t>9786258317749</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yıldızı - Uzay Muhafızları 2</t>
+          <t>Dostluğa Dair</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258317589</t>
+          <t>9786258317695</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Adalet Meteoru - Uzay Muhafızları 3</t>
+          <t>Hz. Peygamber ve Engelliler - Tüm İnsanların Peygamberi 10</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258317596</t>
+          <t>9786258317688</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Galaksisi - Uzay Muhafızları 4</t>
+          <t>Hz. Peygamber ve Müslüman Olmayanlar - Tüm İnsanların Peygamberi 9</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786258317558</t>
+          <t>9786258317671</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sınırı Aşınca</t>
+          <t>Hz. Peygamber ve Yaşlılar - Tüm İnsanların Peygamberi 8</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258317541</t>
+          <t>9786258317664</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğiniz Şeylerden İnfak Etmedikçe</t>
+          <t>Hz. Peygamber ve Yakınlar (Akrabalar/Komşular) - Tüm İnsanların Peygamberi 7</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258317176</t>
+          <t>9786258317657</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Ailenin İhyası</t>
+          <t>Hz. Peygamber ve Yoksullar - Tüm İnsanların Peygamberi 6</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789754737738</t>
+          <t>9786258317640</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Toplum (Osmanlıca - Türkçe) (Ciltli)</t>
+          <t>Hz. Peygamber ve Varlıklılar - Tüm İnsanların Peygamberi 5</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258317527</t>
+          <t>9786258317633</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hamidullah Hocam'dan Mektuplar</t>
+          <t>Hz. Peygamber ve Görevliler - Tüm İnsanların Peygamberi 4</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>575</v>
+        <v>200</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258317510</t>
+          <t>9786258317626</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Süleyman er-Raşid'in - HAC Yolculuğu</t>
+          <t>Hz. Peygamber ve Kadınlar - Tüm İnsanların Peygamberi 3</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258317503</t>
+          <t>9786258317619</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Demir ve Kan</t>
+          <t>Hz. Peygamber ve Gençler - Tüm İnsanların Peygamberi 2</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258317190</t>
+          <t>9786258317602</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp Tatilde (Renkli - Resimli)</t>
+          <t>Hz. Peygamber ve Çocuklar - Tüm İnsanların Peygamberi 1</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258317206</t>
+          <t>9786258317732</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp Lunaparkta (Renkli - Resimli)</t>
+          <t>Meşhur Hadis Şarihleri ve Örnek Şerh Metinler</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258317282</t>
+          <t>9786258317718</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Muhaddisler ve Örnek Metinler</t>
+          <t>Delioba</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258317169</t>
+          <t>9786258317701</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'den Dumlupınar'a - Kahramanlık Hikayeleri 2</t>
+          <t>İlahiyat Fakültelerinde Öteki ile İlişkiler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786258317152</t>
+          <t>9786258317725</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Dumlupınar'ın Güzel Atları ve Güzel İnsanları - Kahramanlık Hikayeleri 1</t>
+          <t>Abules</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258317305</t>
+          <t>9786258317565</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Salihler Hareketi</t>
+          <t>Merhamet Gezegeni - Uzay Muhafızları 1</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258317237</t>
+          <t>9786258317572</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Nuri Dede'den Hikayeler</t>
+          <t>İyilik Yıldızı - Uzay Muhafızları 2</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258317183</t>
+          <t>9786258317589</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yedi Sahabe</t>
+          <t>Adalet Meteoru - Uzay Muhafızları 3</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258317251</t>
+          <t>9786258317596</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sefer Bir İçe Yolculuk Hikayesi</t>
+          <t>Ahlak Galaksisi - Uzay Muhafızları 4</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258317244</t>
+          <t>9786258317558</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Safa ile Merve - Kutlu Yolculukta</t>
+          <t>İnsan Sınırı Aşınca</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258317268</t>
+          <t>9786258317541</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Z'den A'ya Genç Sorular</t>
+          <t>Sevdiğiniz Şeylerden İnfak Etmedikçe</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258317220</t>
+          <t>9786258317176</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Mars'a Yolculuk - Şeytan Krallığı Savaşı</t>
+          <t>Ailenin İhyası</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258317213</t>
+          <t>9789754737738</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Flört Sınavında</t>
+          <t>Ahlak ve Toplum (Osmanlıca - Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258317299</t>
+          <t>9786258317527</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Bezzaz</t>
+          <t>Muhammed Hamidullah Hocam'dan Mektuplar</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>200</v>
+        <v>690</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258317138</t>
+          <t>9786258317510</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Şafiî İlmihali (Ciltli)</t>
+          <t>Şeyh Süleyman er-Raşid'in - HAC Yolculuğu</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258317145</t>
+          <t>9786258317503</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>İlahi Semboller ve Gerçekler</t>
+          <t>Demir ve Kan</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786258317008</t>
+          <t>9786258317190</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tahrici, Tenkidi ve Problemleri</t>
+          <t>Muga Zıpzıp Tatilde (Renkli - Resimli)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258317275</t>
+          <t>9786258317206</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Şühedanın İzinde - Şehit Kaymakam</t>
+          <t>Muga Zıpzıp Lunaparkta (Renkli - Resimli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258317053</t>
+          <t>9786258317282</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Bir Diriliş Eri Sezai Karakoç Kitabı (Ciltli)</t>
+          <t>Meşhur Muhaddisler ve Örnek Metinler</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>700</v>
+        <v>600</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258317046</t>
+          <t>9786258317169</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Gördüklerim ve Tesbitlerim</t>
+          <t>Çanakkale'den Dumlupınar'a - Kahramanlık Hikayeleri 2</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258135985</t>
+          <t>9786258317152</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Üretim Sistemi</t>
+          <t>Dumlupınar'ın Güzel Atları ve Güzel İnsanları - Kahramanlık Hikayeleri 1</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>620</v>
+        <v>250</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786258317121</t>
+          <t>9786258317305</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hadislere Göre Şeytan ve Satanizm</t>
+          <t>Salihler Hareketi</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258317114</t>
+          <t>9786258317237</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Gençler, Dost Olun Ki, Gerçek Dostu Bulasınız!</t>
+          <t>Nuri Dede'den Hikayeler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258317022</t>
+          <t>9786258317183</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Açılan Kapılar - Kitaplar</t>
+          <t>Çocuklar İçin Yedi Sahabe</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258135992</t>
+          <t>9786258317251</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Yeni Filozofların Tutarsızlıkları</t>
+          <t>Sefer Bir İçe Yolculuk Hikayesi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258317015</t>
+          <t>9786258317244</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihçiliğinin Yeni Siması Muhammed Hamidullah</t>
+          <t>Safa ile Merve - Kutlu Yolculukta</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786258317077</t>
+          <t>9786258317268</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin İnanç Rehberi</t>
+          <t>Z'den A'ya Genç Sorular</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258317060</t>
+          <t>9786258317220</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Bir Şüphen Mi Var?</t>
+          <t>Mars'a Yolculuk - Şeytan Krallığı Savaşı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786258135978</t>
+          <t>9786258317213</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Bilgelik Hikayeleri 16 - Bilgeler Ormanı</t>
+          <t>Gençlik Flört Sınavında</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257432719</t>
+          <t>9786258317299</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Usulü</t>
+          <t>Bezzaz</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257188296</t>
+          <t>9786258317138</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Bilgelik Hikayeleri Seti (17 Kitap)</t>
+          <t>Muhtasar Şafiî İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>2000</v>
+        <v>700</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257188289</t>
+          <t>9786258317145</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Can Dostlarımızı Tanıyalım Set (10 Kitap)</t>
+          <t>İlahi Semboller ve Gerçekler</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>1500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786258135947</t>
+          <t>9786258317008</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Bilgelik Hikayeleri</t>
+          <t>Hadis Tahrici, Tenkidi ve Problemleri</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>2073936739366</t>
+          <t>9786258317275</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Serisi Takım (13 Kitap)</t>
+          <t>Şühedanın İzinde - Şehit Kaymakam</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>2250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258135954</t>
+          <t>9786258317053</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid Dönemi Şeyhülislamları ve Şeyhülislamlık Müessesesi</t>
+          <t>Bir Diriliş Eri Sezai Karakoç Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>265</v>
+        <v>850</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786258135961</t>
+          <t>9786258317046</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya'da Hüzün Abdülmelik Fırat</t>
+          <t>Gördüklerim ve Tesbitlerim</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786258124248</t>
+          <t>9786258135985</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Gençler,! Etrafınız Sarıldı, Sakın Teslim Olmayın!</t>
+          <t>Klasik Dönem Osmanlı Üretim Sistemi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>175</v>
+        <v>740</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786258124262</t>
+          <t>9786258317121</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Okuyun, Okumazsanız Canınıza Okurlar!</t>
+          <t>Kur'an ve Hadislere Göre Şeytan ve Satanizm</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>175</v>
+        <v>620</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786258124255</t>
+          <t>9786258317114</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Gençler! İyiliğinizi İstiyorlar Sakın Vermeyin!</t>
+          <t>Gençler, Dost Olun Ki, Gerçek Dostu Bulasınız!</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786258124217</t>
+          <t>9786258317022</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Akıl Bir Şeydir, Kalp Her Şey!</t>
+          <t>Kalbe Açılan Kapılar - Kitaplar</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786258124293</t>
+          <t>9786258135992</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Sizi Leylekler Getirmedi, Bir Aileniz Olduğunu Unutmayın!</t>
+          <t>Yeni Filozofların Tutarsızlıkları</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786258124231</t>
+          <t>9786258317015</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Hayat Bir İnanç Yolculuğudur, Doğru Yoldan Ayrılmayın!</t>
+          <t>İslam Tarihçiliğinin Yeni Siması Muhammed Hamidullah</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786258124224</t>
+          <t>9786258317077</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Dünyaya Teslim Olmayın, Teslim Alın!</t>
+          <t>Gençlerin İnanç Rehberi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786258124200</t>
+          <t>9786258317060</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Adil Olun Adınız Ömer Olsun!</t>
+          <t>Bir Şüphen Mi Var?</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>175</v>
+        <v>420</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786258124279</t>
+          <t>9786258135978</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Özgür Olmak mı İstiyorsunuz? İbadet Edin!</t>
+          <t>Çocuklar İçin Bilgelik Hikayeleri 16 - Bilgeler Ormanı</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786258124286</t>
+          <t>9786257432719</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Paylaşmayı Bilin Yoksa Paylaşılırsınız!</t>
+          <t>İslam Hukuk Usulü</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786258124194</t>
+          <t>9786257188296</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Tarihinizi Öğrenin Yoksa Başkaları Tarihlerini Öğretirler!</t>
+          <t>Çocuklar için Bilgelik Hikayeleri Seti (17 Kitap)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>175</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786258124170</t>
+          <t>9786257188289</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Merhamet Edin ki Merhamet Olunasınız!</t>
+          <t>Can Dostlarımızı Tanıyalım Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>175</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>2073363733630</t>
+          <t>9786258135947</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Gülücük Çocuk Kitapları - Renkli Ciltli Kutulu Set (9 Kitap)</t>
+          <t>Hayvanlar Aleminden Bilgelik Hikayeleri</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>3500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257188272</t>
+          <t>2073936739366</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Nanu'nun Maceraları Set (10 Kitap)</t>
+          <t>Gençlik Serisi Takım (13 Kitap)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>1500</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789754733297</t>
+          <t>9786258135954</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Le Saint Coran (Fransızca Kur'an-ı Kerim Meali) (Ciltli)</t>
+          <t>Sultan II. Abdülhamid Dönemi Şeyhülislamları ve Şeyhülislamlık Müessesesi</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>1000</v>
+        <v>310</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257188593</t>
+          <t>9786258135961</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Mezopotamya'da Hüzün Abdülmelik Fırat</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789754734553</t>
+          <t>9786258124248</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Baskın</t>
+          <t>Gençler,! Etrafınız Sarıldı, Sakın Teslim Olmayın!</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789754735789</t>
+          <t>9786258124262</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir (Küçük Boy)</t>
+          <t>Gençler! Okuyun, Okumazsanız Canınıza Okurlar!</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789754730388</t>
+          <t>9786258124255</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Çağımızda Kadın Sorunu</t>
+          <t>Gençler! İyiliğinizi İstiyorlar Sakın Vermeyin!</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789754738766</t>
+          <t>9786258124217</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Lügat-ı Naci (Ciltli)</t>
+          <t>Gençler! Akıl Bir Şeydir, Kalp Her Şey!</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789754739183</t>
+          <t>9786258124293</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Hz. Sa'd bin Muaz</t>
+          <t>Gençler! Sizi Leylekler Getirmedi, Bir Aileniz Olduğunu Unutmayın!</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>2770000028462</t>
+          <t>9786258124231</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Osman Koca Çocuk Kitapları (5 Kitap Takım)</t>
+          <t>Gençler! Hayat Bir İnanç Yolculuğudur, Doğru Yoldan Ayrılmayın!</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789754735826</t>
+          <t>9786258124224</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak (Küçük Boy)</t>
+          <t>Gençler! Dünyaya Teslim Olmayın, Teslim Alın!</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789754735819</t>
+          <t>9786258124200</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adanmış Sözler (Küçük Boy)</t>
+          <t>Gençler! Adil Olun Adınız Ömer Olsun!</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257432689</t>
+          <t>9786258124279</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Sarı Gül Desenli Kırmızı Fistan</t>
+          <t>Gençler! Özgür Olmak mı İstiyorsunuz? İbadet Edin!</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257432696</t>
+          <t>9786258124286</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağustos Masalı</t>
+          <t>Gençler! Paylaşmayı Bilin Yoksa Paylaşılırsınız!</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257432702</t>
+          <t>9786258124194</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Çayeli'nin Seferberlik Şehitleri ve İstiklal Kahramanları</t>
+          <t>Gençler! Tarihinizi Öğrenin Yoksa Başkaları Tarihlerini Öğretirler!</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257432634</t>
+          <t>9786258124170</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şehzade (Ciltli)</t>
+          <t>Gençler! Merhamet Edin ki Merhamet Olunasınız!</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257432658</t>
+          <t>2073363733630</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dili (Ciltli)</t>
+          <t>Gülücük Çocuk Kitapları - Renkli Ciltli Kutulu Set (9 Kitap)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>390</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257432603</t>
+          <t>9786257188272</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakanlar (Ciltli)</t>
+          <t>Nanu'nun Maceraları Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>390</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257432610</t>
+          <t>9789754733297</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Katıraslan (Ciltli)</t>
+          <t>Le Saint Coran (Fransızca Kur'an-ı Kerim Meali) (Ciltli)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>390</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257432672</t>
+          <t>9786257188593</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Motorlu Kuş (Ciltli)</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257432665</t>
+          <t>9789754734553</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Okul (Ciltli)</t>
+          <t>Baskın</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257432641</t>
+          <t>9789754735789</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Gülücük (Ciltli)</t>
+          <t>Din Nedir (Küçük Boy)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257432573</t>
+          <t>9789754730388</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa (Ciltli)</t>
+          <t>Çağımızda Kadın Sorunu</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>930</v>
+        <v>200</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257432597</t>
+          <t>9789754738766</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa</t>
+          <t>Lügat-ı Naci (Ciltli)</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>650</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257432535</t>
+          <t>9789754739183</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>İtaat ile İsyan Arasında Dört Alim</t>
+          <t>Hz. Sa'd bin Muaz</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257432504</t>
+          <t>2770000028462</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Viyana Günleri</t>
+          <t>Osman Koca Çocuk Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>750</v>
+        <v>700</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789754734539</t>
+          <t>9789754735826</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak (Küçük Boy)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>235</v>
+        <v>120</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257432559</t>
+          <t>9789754735819</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Gece Öylesine Dökülür Çöllere</t>
+          <t>Tarihe Adanmış Sözler (Küçük Boy)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257432542</t>
+          <t>9786257432689</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Behremend</t>
+          <t>Sarı Gül Desenli Kırmızı Fistan</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257432566</t>
+          <t>9786257432696</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Uleması</t>
+          <t>Bir Ağustos Masalı</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>535</v>
+        <v>250</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257432528</t>
+          <t>9786257432702</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Soman Balıklarının Esrarengiz Yolculuğu</t>
+          <t>Çayeli'nin Seferberlik Şehitleri ve İstiklal Kahramanları</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>120</v>
+        <v>410</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257432511</t>
+          <t>9786257432634</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Bir Hıdırellez Hikayesi</t>
+          <t>Küçük Şehzade (Ciltli)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257432498</t>
+          <t>9786257432658</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İktisat Felsefesi</t>
+          <t>Kuşların Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257432436</t>
+          <t>9786257432603</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Sufi Sosyoloji</t>
+          <t>Ağaçkakanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>295</v>
+        <v>400</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789754730814</t>
+          <t>9786257432610</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizim ve Oryantalistler</t>
+          <t>Katıraslan (Ciltli)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257432450</t>
+          <t>9786257432672</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti'nin Doğuşu</t>
+          <t>Motorlu Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>535</v>
+        <v>400</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257432474</t>
+          <t>9786257432665</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarihi, Usulü ve Literatürü</t>
+          <t>Ağaç Okul (Ciltli)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257432481</t>
+          <t>9786257432641</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Ruşendil Kimlik</t>
+          <t>Gülücük (Ciltli)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257432443</t>
+          <t>9786257432573</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kültür Felsefesi</t>
+          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa (Ciltli)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>175</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257432467</t>
+          <t>9786257432597</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Yuvası</t>
+          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>210</v>
+        <v>750</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>2062023620236</t>
+          <t>9786257432535</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Nasıl Bakmalı? (20 Kitap) Kutulu</t>
+          <t>İtaat ile İsyan Arasında Dört Alim</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>3850</v>
+        <v>330</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257432283</t>
+          <t>9786257432504</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Ekonomi ve Faiz’e Nasıl Bakmalı?</t>
+          <t>Viyana Günleri</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>190</v>
+        <v>850</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786257432337</t>
+          <t>9789754734539</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman İslam’da Yönetim Biçimi ve Halifelik’e Nasıl Bakmalı?</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257432351</t>
+          <t>9786257432559</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Sosyal Medya’ya Nasıl Bakmalı?</t>
+          <t>Gece Öylesine Dökülür Çöllere</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257432344</t>
+          <t>9786257432542</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Felsefe’ye Nasıl Bakmalı?</t>
+          <t>Behremend</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257432320</t>
+          <t>9786257432566</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman İslam Tarihi’nin Sorunlu Konuları’na Nasıl Bakmalı?</t>
+          <t>Endülüs Uleması</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257432290</t>
+          <t>9786257432528</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Mezhepler, Tarikatler ve Cemaatler’e Nasıl Bakmalı?</t>
+          <t>Soman Balıklarının Esrarengiz Yolculuğu</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257432313</t>
+          <t>9786257432511</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kur’an ve Sünnet’e Nasıl Bakmalı?</t>
+          <t>Bir Hıdırellez Hikayesi</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257432306</t>
+          <t>9786257432498</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kur’an ve Tarihsellik’e Nasıl Bakmalı?</t>
+          <t>İktisat Felsefesi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257432276</t>
+          <t>9786257432436</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kader ve İnsanın Özgürlüğü’ne Nasıl Bakmalı?</t>
+          <t>Sufi Sosyoloji</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257432269</t>
+          <t>9789754730814</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Evrim ve Sosyal Darwinizm’e Nasıl Bakmalı?</t>
+          <t>Oryantalizim ve Oryantalistler</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257432252</t>
+          <t>9786257432450</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Batı Medeniyeti’ne Nasıl Bakmalı?</t>
+          <t>İslam Medeniyeti'nin Doğuşu</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>185</v>
+        <v>600</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257432245</t>
+          <t>9786257432474</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Gelenek ve Muhafazakarlık’a Nasıl Bakmalı?</t>
+          <t>Hadis Tarihi, Usulü ve Literatürü</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>195</v>
+        <v>520</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257432238</t>
+          <t>9786257432481</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Irkçılık ve Milliyetçilik’e Nasıl Bakmalı?</t>
+          <t>Ruşendil Kimlik</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257432221</t>
+          <t>9786257432443</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Demokrasi’ye Nasıl Bakmalı?</t>
+          <t>Kültür Felsefesi</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257432382</t>
+          <t>9786257432467</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Cinsellik ve Aşk’a Nasıl Bakmalı?</t>
+          <t>Kırlangıç Yuvası</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257432368</t>
+          <t>2062023620236</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kadın Sorunu ve Feminizm’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Nasıl Bakmalı? (20 Kitap) Kutulu</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>190</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257432375</t>
+          <t>9786257432283</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Deizm ve Ateizm’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Ekonomi ve Faiz’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257432399</t>
+          <t>9786257432337</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman İslamcılık, İslam Birliği ve Ümmet’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman İslam’da Yönetim Biçimi ve Halifelik’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257432405</t>
+          <t>9786257432351</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Modernleşme ve Modernizm’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Sosyal Medya’ya Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257432412</t>
+          <t>9786257432344</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Çağdaş İdeolojiler’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Felsefe’ye Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257432429</t>
+          <t>9786257432320</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Salaş</t>
+          <t>Bir Müslüman İslam Tarihi’nin Sorunlu Konuları’na Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257432214</t>
+          <t>9786257432290</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Bir Müslüman Mezhepler, Tarikatler ve Cemaatler’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257188623</t>
+          <t>9786257432313</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife Üç Cinayet</t>
+          <t>Bir Müslüman Kur’an ve Sünnet’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257432207</t>
+          <t>9786257432306</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Sirac Hocamıza Bir Demet Hüsn-ü Nazar</t>
+          <t>Bir Müslüman Kur’an ve Tarihsellik’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>235</v>
+        <v>220</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789754734560</t>
+          <t>9786257432276</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sessizlik</t>
+          <t>Bir Müslüman Kader ve İnsanın Özgürlüğü’ne Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257188609</t>
+          <t>9786257432269</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Maceraları</t>
+          <t>Bir Müslüman Evrim ve Sosyal Darwinizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257188579</t>
+          <t>9786257432252</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'ın Maceraları</t>
+          <t>Bir Müslüman Batı Medeniyeti’ne Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257188586</t>
+          <t>9786257432245</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood'un Maceraları</t>
+          <t>Bir Müslüman Gelenek ve Muhafazakarlık’a Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789754734607</t>
+          <t>9786257432238</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Sivastopol Hikayeleri</t>
+          <t>Bir Müslüman Irkçılık ve Milliyetçilik’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789754734584</t>
+          <t>9786257432221</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Bir Müslüman Demokrasi’ye Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>2061860618604</t>
+          <t>9786257432382</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni Seti (10 Kitap Kutulu Takım)</t>
+          <t>Bir Müslüman Cinsellik ve Aşk’a Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>1200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>2061861618610</t>
+          <t>9786257432368</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Safahat (7 Kitap Takım Kutulu)</t>
+          <t>Bir Müslüman Kadın Sorunu ve Feminizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>1590</v>
+        <v>220</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>2770000037587</t>
+          <t>9786257432375</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Lise 100 Temel Eser (Kutulu 40 Kitap Takım)</t>
+          <t>Bir Müslüman Deizm ve Ateizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>8450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257188500</t>
+          <t>9786257432399</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler - Safahat 7. Kitap</t>
+          <t>Bir Müslüman İslamcılık, İslam Birliği ve Ümmet’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>235</v>
+        <v>220</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257188524</t>
+          <t>9786257432405</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Asım - Safahat 6. Kitap</t>
+          <t>Bir Müslüman Modernleşme ve Modernizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257188494</t>
+          <t>9786257432412</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar - Safahat 5. Kitap</t>
+          <t>Bir Müslüman Çağdaş İdeolojiler’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257188517</t>
+          <t>9786257432429</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Fatih Kürsüsü'nde - Safahat 4. Kitap</t>
+          <t>Salaş</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789754736045</t>
+          <t>9786257432214</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Hakkın Sesleri - Safahat 3. Kitap</t>
+          <t>İslam İnanç Esasları</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257188340</t>
+          <t>9786257188623</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Kürsüsü'nde  - Safahat 2. Kitap</t>
+          <t>Dört Halife Üç Cinayet</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789754739084</t>
+          <t>9786257432207</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Safahat 1. Kitap</t>
+          <t>Sirac Hocamıza Bir Demet Hüsn-ü Nazar</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789754736069</t>
+          <t>9789754734560</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Üçlü - Orta Boy) (Ciltli)</t>
+          <t>Beyaz Sessizlik</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>1500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257188562</t>
+          <t>9786257188609</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi'den Günümüze (Ciltli)</t>
+          <t>Gulliver'in Maceraları</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257188555</t>
+          <t>9786257188579</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi'den Günümüze</t>
+          <t>Tom Sawyer'ın Maceraları</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>650</v>
+        <v>330</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257188616</t>
+          <t>9786257188586</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Dönemi Örnekleriyle İslam'ın Irkçılığa Bakışı</t>
+          <t>Robin Hood'un Maceraları</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257188531</t>
+          <t>9789754734607</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Hanım Efendi</t>
+          <t>Sivastopol Hikayeleri</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257188548</t>
+          <t>9789754734584</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Her Dem Kadın</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>395</v>
+        <v>200</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257188333</t>
+          <t>2061860618604</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Modern İzmlerle İmtihanı</t>
+          <t>Amanvermez Avni Seti (10 Kitap Kutulu Takım)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>175</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257188326</t>
+          <t>2061861618610</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Hilafet'in Hikayesi</t>
+          <t>Safahat (7 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>305</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257188487</t>
+          <t>2770000037587</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni'nin Maceraları - Türklerin Sherlock Holmes'i</t>
+          <t>Lise 100 Temel Eser (Kutulu 40 Kitap Takım)</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>490</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257188463</t>
+          <t>9786257188500</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>İskeletler Arasında -  Amanvermez Avni 10</t>
+          <t>Gölgeler - Safahat 7. Kitap</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257188456</t>
+          <t>9786257188524</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Ölü - Amanvermez Avni 9</t>
+          <t>Asım - Safahat 6. Kitap</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257188449</t>
+          <t>9786257188494</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Boyacı -  Amanvermez Avni 8</t>
+          <t>Hatıralar - Safahat 5. Kitap</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257188401</t>
+          <t>9786257188517</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tabanca - Amanvermez Avni 7</t>
+          <t>Fatih Kürsüsü'nde - Safahat 4. Kitap</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257188418</t>
+          <t>9789754736045</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göz - Amanvermez Avni 6</t>
+          <t>Hakkın Sesleri - Safahat 3. Kitap</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257188470</t>
+          <t>9786257188340</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kör Ebe - Amanvermez Avni 5</t>
+          <t>Süleymaniye Kürsüsü'nde  - Safahat 2. Kitap</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257188425</t>
+          <t>9789754739084</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kara Katil - Amanvermez Avni 4</t>
+          <t>Safahat - Safahat 1. Kitap</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>120</v>
+        <v>410</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257188432</t>
+          <t>9789754736069</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Araba - Amanvermez Avni 3</t>
+          <t>Safahat (Üçlü - Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>120</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257188395</t>
+          <t>9786257188562</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kamelya'nın Ölümü - Amanvermez Avni 2</t>
+          <t>Başörtüsüz Demokrasi'den Günümüze (Ciltli)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>120</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257188388</t>
+          <t>9786257188555</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Yanmış Adam - Amanvermez Avni 1</t>
+          <t>Başörtüsüz Demokrasi'den Günümüze</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257188371</t>
+          <t>9786257188616</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Almanlar Kudüs'te - Haçlı Seferleri'nde Almanlar</t>
+          <t>Hz. Peygamber Dönemi Örnekleriyle İslam'ın Irkçılığa Bakışı</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>470</v>
+        <v>330</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257188364</t>
+          <t>9786257188531</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>100 Seyyahın Gözüyle Ayasofya</t>
+          <t>Hanım Efendi</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257188319</t>
+          <t>9786257188548</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Her Dem Kadın</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257188302</t>
+          <t>9786257188333</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Din ve Toplum</t>
+          <t>Gençlerin Modern İzmlerle İmtihanı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257188265</t>
+          <t>9786257188326</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 100 Temel Eser (40 Kitap Takım)</t>
+          <t>Hilafet'in Hikayesi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>5200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257188357</t>
+          <t>9786257188487</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kelam Tarihi</t>
+          <t>Amanvermez Avni'nin Maceraları - Türklerin Sherlock Holmes'i</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>395</v>
+        <v>580</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257188258</t>
+          <t>9786257188463</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’daki Osmanlı Şehirleri</t>
+          <t>İskeletler Arasında -  Amanvermez Avni 10</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>445</v>
+        <v>140</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257188227</t>
+          <t>9786257188456</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kutanlı Gülistan</t>
+          <t>Ölü - Amanvermez Avni 9</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257188234</t>
+          <t>9786257188449</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Üç Tanrı Anlayışı</t>
+          <t>Boyacı -  Amanvermez Avni 8</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257188203</t>
+          <t>9786257188401</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Avusturya ve Osmanlı -Eğitim Sistemi Mukayesesi 1774  - 1824</t>
+          <t>Sessiz Tabanca - Amanvermez Avni 7</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>620</v>
+        <v>140</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257188135</t>
+          <t>9786257188418</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif'in Hayat Hikayesi</t>
+          <t>Mavi Göz - Amanvermez Avni 6</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>490</v>
+        <v>140</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257188210</t>
+          <t>9786257188470</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Bir İmam Hatip Sevdalısı Sirac Öztoprak Kitabı</t>
+          <t>Kör Ebe - Amanvermez Avni 5</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257188128</t>
+          <t>9786257188425</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Negatif Gelir Vergisi Özelinde Zekat-Vergi İlişkisi</t>
+          <t>Kara Katil - Amanvermez Avni 4</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>430</v>
+        <v>140</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257188197</t>
+          <t>9786257188432</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Kanatlı Araba - Amanvermez Avni 3</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257188159</t>
+          <t>9786257188395</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni Kutulu Takım (10 Kitap)</t>
+          <t>Kamelya'nın Ölümü - Amanvermez Avni 2</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>2000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257188166</t>
+          <t>9786257188388</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>88 Soru Seti Kutulu (8 Kitap)</t>
+          <t>Yanmış Adam - Amanvermez Avni 1</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>2900</v>
+        <v>140</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257188081</t>
+          <t>9786257188371</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran Hikayesi</t>
+          <t>Almanlar Kudüs'te - Haçlı Seferleri'nde Almanlar</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257188012</t>
+          <t>9786257188364</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik, Hrıstiyanlık ve İslam</t>
+          <t>100 Seyyahın Gözüyle Ayasofya</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257188104</t>
+          <t>9786257188319</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Ahmed-i Hani</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789754739954</t>
+          <t>9786257188302</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi</t>
+          <t>Din ve Toplum</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257188074</t>
+          <t>9786257188265</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>İlköğretim 100 Temel Eser (40 Kitap Takım)</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>175</v>
+        <v>5990</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257188142</t>
+          <t>9786257188357</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam</t>
+          <t>Kelam Tarihi</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257188067</t>
+          <t>9786257188258</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Adım Müslüman!</t>
+          <t>Avrupa’daki Osmanlı Şehirleri</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>225</v>
+        <v>500</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257188111</t>
+          <t>9786257188227</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>İns</t>
+          <t>Kutanlı Gülistan</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789754739916</t>
+          <t>9786257188234</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Araba - Türkler'in Sherlock Holmes'i Amanvermez Avni Üçüncü Kitap</t>
+          <t>Üç Tanrı Anlayışı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789754739923</t>
+          <t>9786257188203</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kara Katil - Türkler'in Sherlock Holmes'i Amanvermez Avni Dördüncü Kitap</t>
+          <t>Avusturya ve Osmanlı -Eğitim Sistemi Mukayesesi 1774  - 1824</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789754739930</t>
+          <t>9786257188135</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kör Ebe - Türkler'in Sherlock Holmes'i Amanvermez Avni Beşinci Kitap</t>
+          <t>Mehmed Akif'in Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789754739909</t>
+          <t>9786257188210</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Kamelya'nın Ölümü - Türkler'in Sherlock Holmes'i Amanvermez Avni İkinci Kitap</t>
+          <t>Bir İmam Hatip Sevdalısı Sirac Öztoprak Kitabı</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789754739947</t>
+          <t>9786257188128</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göz - Türkler'in Sherlock Holmes'i Amanvermez Avni Altıncı Kitap</t>
+          <t>Negatif Gelir Vergisi Özelinde Zekat-Vergi İlişkisi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257188005</t>
+          <t>9786257188197</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tabanca - Türkler'in Sherlock Holmes'i Amanvermez Avni Yedinci Kitap</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257188036</t>
+          <t>9786257188159</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Ölü - Türkler'in Sherlock Holmes'i Amanvermez Avni Dokuzuncu Kitap</t>
+          <t>Amanvermez Avni Kutulu Takım (10 Kitap)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>200</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257188050</t>
+          <t>9786257188166</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Boyacı - Türkler'in Sherlock Holmes'i Amanvermez Avni Sekizinci Kitap</t>
+          <t>88 Soru Seti Kutulu (8 Kitap)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>200</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789754739893</t>
+          <t>9786257188081</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Yanmış Adam - Türkler'in Sherlock Holmes'i Amanvermez Avni Birinci Kitap</t>
+          <t>Şahmeran Hikayesi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257188029</t>
+          <t>9786257188012</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>Yahudilik, Hrıstiyanlık ve İslam</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257188043</t>
+          <t>9786257188104</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>İskeletler Arasında - Türkler'in Sherlock Holmes'i Amanvermez Avni Onuncu Kitap</t>
+          <t>Ahmed-i Hani</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257188098</t>
+          <t>9789754739954</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balıklarının Muhteşem Dönüşü - Çocuklar İçin Bilgelik Hikayeleri 13</t>
+          <t>Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789754739855</t>
+          <t>9786257188074</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Üç Kafadar Balığın Mağara Macerası - Çocuklar İçin Bilgelik Hikayeleri 12</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789754739435</t>
+          <t>9786257188142</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Yarışı Kim Kazanacak? - Can Dostlarımızı Tanıyalım  7</t>
+          <t>Sistematik Kelam</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789754739961</t>
+          <t>9786257188067</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Titiz Nanu - Nanu'nun Maceraları 8</t>
+          <t>Adım Müslüman!</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789754739466</t>
+          <t>9786257188111</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Şişeye Niçin Girdi? -  Can Dostlarımızı Tanıyalım 9</t>
+          <t>İns</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789754739459</t>
+          <t>9789754739916</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Laklak Ne Zaman Göç Edecek? - Can Dostlarımızı Tanıyalım  8</t>
+          <t>Kanatlı Araba - Türkler'in Sherlock Holmes'i Amanvermez Avni Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789754739473</t>
+          <t>9789754739923</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Toplar Nerede? - Can Dostlarımızı Tanıyalım 10</t>
+          <t>Kara Katil - Türkler'in Sherlock Holmes'i Amanvermez Avni Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789754739978</t>
+          <t>9789754739930</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Sincap Nanu -  Nanu'nun Maceraları 9</t>
+          <t>Kör Ebe - Türkler'in Sherlock Holmes'i Amanvermez Avni Beşinci Kitap</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789754739985</t>
+          <t>9789754739909</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Nanu - Nanu'nun Maceraları 10</t>
+          <t>Kamelya'nın Ölümü - Türkler'in Sherlock Holmes'i Amanvermez Avni İkinci Kitap</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789754739374</t>
+          <t>9789754739947</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Bal Kuşu'nun Öfkesi - Çocuklar İçin Bilgelik Hikayeleri 10</t>
+          <t>Mavi Göz - Türkler'in Sherlock Holmes'i Amanvermez Avni Altıncı Kitap</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789754739992</t>
+          <t>9786257188005</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Hain Kurt İle İki Yavru Keçi - Çocuklar İçin Bilgelik Hikayeleri 11</t>
+          <t>Sessiz Tabanca - Türkler'in Sherlock Holmes'i Amanvermez Avni Yedinci Kitap</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789754739350</t>
+          <t>9786257188036</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Uzun Yolculuğu - Çocuklar İçin Bilgelik Hikayeleri 7</t>
+          <t>Ölü - Türkler'in Sherlock Holmes'i Amanvermez Avni Dokuzuncu Kitap</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789754739367</t>
+          <t>9786257188050</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Genç Horoz'u Bekleyen Tehlike  -  Çocuklar İçin Bilgelik Hikayeleri 9</t>
+          <t>Boyacı - Türkler'in Sherlock Holmes'i Amanvermez Avni Sekizinci Kitap</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789754739343</t>
+          <t>9789754739893</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Bir Deve Kuşu Öyküsü -  Çocuklar İçin Bilgelik Hikayeleri 8</t>
+          <t>Yanmış Adam - Türkler'in Sherlock Holmes'i Amanvermez Avni Birinci Kitap</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789754739312</t>
+          <t>9786257188029</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Süt Çeşmelerinin İsyanı - Çocuklar İçin Bilgelik Hikayeleri 6</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789754739897</t>
+          <t>9786257188043</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Siirt Arapçası (Ciltli)</t>
+          <t>İskeletler Arasında - Türkler'in Sherlock Holmes'i Amanvermez Avni Onuncu Kitap</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>1100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789754739886</t>
+          <t>9786257188098</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi'ne Giriş</t>
+          <t>Köpek Balıklarının Muhteşem Dönüşü - Çocuklar İçin Bilgelik Hikayeleri 13</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>520</v>
+        <v>130</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789754739862</t>
+          <t>9789754739855</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in İzinde 40 Sahabi Seti 40 Kitap (Kutulu)</t>
+          <t>Üç Kafadar Balığın Mağara Macerası - Çocuklar İçin Bilgelik Hikayeleri 12</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>5400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789754732382</t>
+          <t>9789754739435</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Altı Diplomatik Mektubu</t>
+          <t>Yarışı Kim Kazanacak? - Can Dostlarımızı Tanıyalım  7</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789754739756</t>
+          <t>9789754739961</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Hz. Übey bin Ka'b</t>
+          <t>Titiz Nanu - Nanu'nun Maceraları 8</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789754739824</t>
+          <t>9789754739466</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah bin Zübeyr</t>
+          <t>Gümüş Şişeye Niçin Girdi? -  Can Dostlarımızı Tanıyalım 9</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789754739770</t>
+          <t>9789754739459</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Hz. Halid bin Valid</t>
+          <t>Laklak Ne Zaman Göç Edecek? - Can Dostlarımızı Tanıyalım  8</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789754739787</t>
+          <t>9789754739473</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Zer</t>
+          <t>Kaybolan Toplar Nerede? - Can Dostlarımızı Tanıyalım 10</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789754739817</t>
+          <t>9789754739978</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mus'ab bin Umeyr</t>
+          <t>Sincap Nanu -  Nanu'nun Maceraları 9</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789754739800</t>
+          <t>9789754739985</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah bin Mesud</t>
+          <t>Uzaylı Nanu - Nanu'nun Maceraları 10</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789754739831</t>
+          <t>9789754739374</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin</t>
+          <t>Bal Kuşu'nun Öfkesi - Çocuklar İçin Bilgelik Hikayeleri 10</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789754739763</t>
+          <t>9789754739992</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza</t>
+          <t>Hain Kurt İle İki Yavru Keçi - Çocuklar İçin Bilgelik Hikayeleri 11</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789754739848</t>
+          <t>9789754739350</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Kuşların Uzun Yolculuğu - Çocuklar İçin Bilgelik Hikayeleri 7</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789754739794</t>
+          <t>9789754739367</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Genç Horoz'u Bekleyen Tehlike  -  Çocuklar İçin Bilgelik Hikayeleri 9</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789754739749</t>
+          <t>9789754739343</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Toplum Felsefesi</t>
+          <t>Mutsuz Bir Deve Kuşu Öyküsü -  Çocuklar İçin Bilgelik Hikayeleri 8</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789754739695</t>
+          <t>9789754739312</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zübeyr Bin Avvam</t>
+          <t>Süt Çeşmelerinin İsyanı - Çocuklar İçin Bilgelik Hikayeleri 6</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789754739725</t>
+          <t>9789754739897</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Hz. Bilal-i Habeşi</t>
+          <t>Siirt Arapçası (Ciltli)</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>135</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789754739732</t>
+          <t>9789754739886</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ammar Bin Yasir</t>
+          <t>Müslümanların Tarihi'ne Giriş</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>135</v>
+        <v>620</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789754739718</t>
+          <t>9789754739862</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Hz. Huzeyfe Bin Yaman</t>
+          <t>Peygamberimiz'in İzinde 40 Sahabi Seti 40 Kitap (Kutulu)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>135</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789754739701</t>
+          <t>9789754732382</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muaz Bin Cebel</t>
+          <t>Hz. Peygamber'in Altı Diplomatik Mektubu</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>135</v>
+        <v>270</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789754739657</t>
+          <t>9789754739756</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kaşık Düşmanı</t>
+          <t>Hz. Übey bin Ka'b</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789754739480</t>
+          <t>9789754739824</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>İslam Terakkiye Mani midir?</t>
+          <t>Hz. Abdullah bin Zübeyr</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789754739664</t>
+          <t>9789754739770</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri'nde Gazetecilerin Davaları</t>
+          <t>Hz. Halid bin Valid</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>455</v>
+        <v>150</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789754739688</t>
+          <t>9789754739787</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Smyrna'nın Sırrı</t>
+          <t>Hz. Ebu Zer</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789754731170</t>
+          <t>9789754739817</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Bir Vakti Namluya Sürmek</t>
+          <t>Hz. Mus'ab bin Umeyr</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789754739510</t>
+          <t>9789754739800</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>Hz. Abdullah bin Mesud</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789754739640</t>
+          <t>9789754739831</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Sessizlik</t>
+          <t>Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789754739626</t>
+          <t>9789754739763</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>İhsan Süreyya Sırma Kitabı</t>
+          <t>Hz. Hamza</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789754739572</t>
+          <t>9789754739848</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Hz. Esma Bint Ebi Bekir - Peygamberimiz'in İzinde 40 Sahabi/31</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789754739299</t>
+          <t>9789754739794</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Hz. Talha bin Ubeydullah - Peygamberimiz'in İzinde 40 Sahabi/5</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789754739565</t>
+          <t>9789754739749</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Hz.  Abdullah bin Abbas - Peygamberimiz'in İzinde 40 Sahabi/29</t>
+          <t>Toplum Felsefesi</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789754739558</t>
+          <t>9789754739695</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyd bin Harise - Peygamberimiz'in İzinde 40 Sahabi/19</t>
+          <t>Hz. Zübeyr Bin Avvam</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789754739534</t>
+          <t>9789754739725</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Hz. Said bin Zeyd - Peygamberimiz'in İzinde 40 Sahabi/10</t>
+          <t>Hz. Bilal-i Habeşi</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789754739527</t>
+          <t>9789754739732</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Ubeyde bin Cerrah - Peygamberimiz'in İzinde 40 Sahabi/9</t>
+          <t>Hz. Ammar Bin Yasir</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789754739541</t>
+          <t>9789754739718</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hafsa - Peygamberimiz'in İzinde 40 Sahabi/14</t>
+          <t>Hz. Huzeyfe Bin Yaman</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789754739589</t>
+          <t>9789754739701</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Hz. Enes bin Malik - Peygamberimiz'in İzinde 40 Sahabi/39</t>
+          <t>Hz. Muaz Bin Cebel</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789754739596</t>
+          <t>9789754739657</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe - Peygamberimiz'in İzinde 40 Sahabi/13</t>
+          <t>Kaşık Düşmanı</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789754739602</t>
+          <t>9789754739480</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma - Peygamberimiz'in İzinde 40 Sahabi/15</t>
+          <t>İslam Terakkiye Mani midir?</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>135</v>
+        <v>210</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789754739619</t>
+          <t>9789754739664</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Hz. Cafer bin Ebi Talib - Peygamberimiz'in İzinde 40 Sahabi/18</t>
+          <t>İstiklal Mahkemeleri'nde Gazetecilerin Davaları</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>135</v>
+        <v>520</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789754739633</t>
+          <t>9789754739688</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Hz. Selman-ı Farisi - Peygamberimiz'in İzinde 40 Sahabi/38</t>
+          <t>Smyrna'nın Sırrı</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789754739145</t>
+          <t>9789754731170</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Bir Vakti Namluya Sürmek</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789754739442</t>
+          <t>9789754739510</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Bıdık ile Fındık Uçabilecekler Mi? - Can Dostlarımızı Tanıyalım 6</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789754739503</t>
+          <t>9789754739640</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in Çocukları ve Torunları</t>
+          <t>Söz ve Sessizlik</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789754739497</t>
+          <t>9789754739626</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslüman Gençler</t>
+          <t>İhsan Süreyya Sırma Kitabı</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789754739138</t>
+          <t>9789754739572</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devr-i Alem</t>
+          <t>Hz. Esma Bint Ebi Bekir - Peygamberimiz'in İzinde 40 Sahabi/31</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789754739428</t>
+          <t>9789754739299</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Pupa Hayalleri İçin Neler Yapacak? - Can Dostlarımızı Tanıyalım 5</t>
+          <t>Hz. Talha bin Ubeydullah - Peygamberimiz'in İzinde 40 Sahabi/5</t>
         </is>
       </c>
       <c r="C775" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789754739404</t>
+          <t>9789754739565</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Ponpon'un Sonu Ne Olacak? - Can Dostlarımızı Tanıyalım 4</t>
+          <t>Hz.  Abdullah bin Abbas - Peygamberimiz'in İzinde 40 Sahabi/29</t>
         </is>
       </c>
       <c r="C776" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789754739411</t>
+          <t>9789754739558</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Nino Ailesine Nasıl Kavuşacak? - Can Dostlarımızı Tanıyalım 3</t>
+          <t>Hz. Zeyd bin Harise - Peygamberimiz'in İzinde 40 Sahabi/19</t>
         </is>
       </c>
       <c r="C777" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789754739398</t>
+          <t>9789754739534</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Popi Hatasını Düzeltebilecek Mi? - Can Dostlarımızı Tanıyalım 2</t>
+          <t>Hz. Said bin Zeyd - Peygamberimiz'in İzinde 40 Sahabi/10</t>
         </is>
       </c>
       <c r="C778" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789754739381</t>
+          <t>9789754739527</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kösnü ile Köytü Ne Yapmalı? - Can Dostlarımızı Tanıyalım 1</t>
+          <t>Hz. Ebu Ubeyde bin Cerrah - Peygamberimiz'in İzinde 40 Sahabi/9</t>
         </is>
       </c>
       <c r="C779" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789754739336</t>
+          <t>9789754739541</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kurnaz Tilki ile Bilge Horoz - Çocuklar İçin Bilgelik Hikayeleri 5</t>
+          <t>Hz. Hafsa - Peygamberimiz'in İzinde 40 Sahabi/14</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789754739329</t>
+          <t>9789754739589</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar ve Çakalların Başkanlığı - Çocuklar İçin Bilgelik Hikayeleri 4</t>
+          <t>Hz. Enes bin Malik - Peygamberimiz'in İzinde 40 Sahabi/39</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789754739305</t>
+          <t>9789754739596</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Eşeğin Acıklı Öyküsü - Çocuklar İçin Bilgelik Hikayeleri 3</t>
+          <t>Hz. Aişe - Peygamberimiz'in İzinde 40 Sahabi/13</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789754739275</t>
+          <t>9789754739602</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçi Martılar - Çocuklar İçin Bilgelik Hikayeleri 2</t>
+          <t>Hz. Fatıma - Peygamberimiz'in İzinde 40 Sahabi/15</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789754739282</t>
+          <t>9789754739619</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Zalim Aslan ile Akıllı Tavşan - Çocuklar İçin Bilgelik Hikayeleri 1</t>
+          <t>Hz. Cafer bin Ebi Talib - Peygamberimiz'in İzinde 40 Sahabi/18</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789754739268</t>
+          <t>9789754739633</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah bin Ömer</t>
+          <t>Hz. Selman-ı Farisi - Peygamberimiz'in İzinde 40 Sahabi/38</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789754739213</t>
+          <t>9789754739145</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Eyyub el-Ensarı</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789754739121</t>
+          <t>9789754739442</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan</t>
+          <t>Bıdık ile Fındık Uçabilecekler Mi? - Can Dostlarımızı Tanıyalım 6</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789754739190</t>
+          <t>9789754739503</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Peygamberimiz'in Çocukları ve Torunları</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789754739220</t>
+          <t>9789754739497</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>İlk Müslüman Gençler</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789754739152</t>
+          <t>9789754739138</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbn Ümmü Mektum</t>
+          <t>80 Günde Devr-i Alem</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789754739251</t>
+          <t>9789754739428</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Hz. Sad Bin Ebi Vakkas</t>
+          <t>Pupa Hayalleri İçin Neler Yapacak? - Can Dostlarımızı Tanıyalım 5</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789754739206</t>
+          <t>9789754739404</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>Ponpon'un Sonu Ne Olacak? - Can Dostlarımızı Tanıyalım 4</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789754739169</t>
+          <t>9789754739411</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ümmü Haram</t>
+          <t>Nino Ailesine Nasıl Kavuşacak? - Can Dostlarımızı Tanıyalım 3</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789754739176</t>
+          <t>9789754739398</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyd Bin Sabit</t>
+          <t>Popi Hatasını Düzeltebilecek Mi? - Can Dostlarımızı Tanıyalım 2</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789754739244</t>
+          <t>9789754739381</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süheyb-i Rumi</t>
+          <t>Kösnü ile Köytü Ne Yapmalı? - Can Dostlarımızı Tanıyalım 1</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789754739237</t>
+          <t>9789754739336</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdurrahman Bin Avf</t>
+          <t>Kurnaz Tilki ile Bilge Horoz - Çocuklar İçin Bilgelik Hikayeleri 5</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789754739091</t>
+          <t>9789754739329</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Damla İş Başında</t>
+          <t>Kurtlar ve Çakalların Başkanlığı - Çocuklar İçin Bilgelik Hikayeleri 4</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789754738636</t>
+          <t>9789754739305</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Nanu - Nanu'nun Maceraları 7</t>
+          <t>Açgözlü Eşeğin Acıklı Öyküsü - Çocuklar İçin Bilgelik Hikayeleri 3</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789754738605</t>
+          <t>9789754739275</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Lider Nanu - Nanu'nun Maceraları 6</t>
+          <t>Hizmetçi Martılar - Çocuklar İçin Bilgelik Hikayeleri 2</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789754738629</t>
+          <t>9789754739282</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Bilgin Nanu - Nanu'nun Maceraları 5</t>
+          <t>Zalim Aslan ile Akıllı Tavşan - Çocuklar İçin Bilgelik Hikayeleri 1</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789754739015</t>
+          <t>9789754739268</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Nanu - Nanu'nun Maceraları 4</t>
+          <t>Hz. Abdullah bin Ömer</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789754738988</t>
+          <t>9789754739213</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Dalgıç Nanu - Nanu'nun Maceraları 3</t>
+          <t>Hz. Ebu Eyyub el-Ensarı</t>
         </is>
       </c>
       <c r="C802" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789754738995</t>
+          <t>9789754739121</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Başkan Nanu - Nanu'nun Maceraları 2</t>
+          <t>Hz. Hasan</t>
         </is>
       </c>
       <c r="C803" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789754739008</t>
+          <t>9789754739190</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Nanu - Nanu'nun Maceraları 1</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C804" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789754739107</t>
+          <t>9789754739220</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Değişen İnsan Dönüşen Toplum</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789754739114</t>
+          <t>9789754739152</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Kürtler Kimdir</t>
+          <t>Hz. İbn Ümmü Mektum</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789754739077</t>
+          <t>9789754739251</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar İslam İlmihali (Ciltli)</t>
+          <t>Hz. Sad Bin Ebi Vakkas</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789754739039</t>
+          <t>9789754739206</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Maceraları (Tam Metin)</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789754739022</t>
+          <t>9789754739169</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesi</t>
+          <t>Hz. Ümmü Haram</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789754739053</t>
+          <t>9789754739176</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi</t>
+          <t>Hz. Zeyd Bin Sabit</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789754739046</t>
+          <t>9789754739244</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Babanzade Ahmed Naim - İslam Ahlakının Esasları</t>
+          <t>Hz. Süheyb-i Rumi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>235</v>
+        <v>150</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789754739060</t>
+          <t>9789754739237</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Haydi Bana Eyvallah</t>
+          <t>Hz. Abdurrahman Bin Avf</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>305</v>
+        <v>150</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789754738933</t>
+          <t>9789754739091</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Bilgi ve Bilim</t>
+          <t>Cingöz Damla İş Başında</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789754738926</t>
+          <t>9789754738636</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Devletin Kürt Politikalarında Üç Dönem</t>
+          <t>Oyuncu Nanu - Nanu'nun Maceraları 7</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789754738902</t>
+          <t>9789754738605</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist (Tam Metin)</t>
+          <t>Lider Nanu - Nanu'nun Maceraları 6</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789754738896</t>
+          <t>9789754738629</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood'un Maceraları (Tam Metin)</t>
+          <t>Bilgin Nanu - Nanu'nun Maceraları 5</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789754738858</t>
+          <t>9789754739015</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Ümmühan'ın İstikbal Yıldızı</t>
+          <t>Gezgin Nanu - Nanu'nun Maceraları 4</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789754738919</t>
+          <t>9789754738988</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Sözü Yola Koymak</t>
+          <t>Dalgıç Nanu - Nanu'nun Maceraları 3</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789754738520</t>
+          <t>9789754738995</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>O'nun Ahlakı Kur'an'dı</t>
+          <t>Başkan Nanu - Nanu'nun Maceraları 2</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789754738872</t>
+          <t>9789754739008</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Engel mi Vız Gelir - Maceracı İkizler 4</t>
+          <t>Dedektif Nanu - Nanu'nun Maceraları 1</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789754738865</t>
+          <t>9789754739107</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğimi Paylaşıyorum - Maceracı İkizler 5</t>
+          <t>Değişen İnsan Dönüşen Toplum</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789754738780</t>
+          <t>9789754739114</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Kürtler Kimdir</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>395</v>
+        <v>230</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789754738827</t>
+          <t>9789754739077</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Muhtasar İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>410</v>
+        <v>750</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789754738810</t>
+          <t>9789754739039</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Gulliver'in Maceraları (Tam Metin)</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789754738551</t>
+          <t>9789754739022</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789754738797</t>
+          <t>9789754739053</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>İnanç Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789754738803</t>
+          <t>9789754739046</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Babanzade Ahmed Naim - İslam Ahlakının Esasları</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789754738537</t>
+          <t>9789754739060</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Hadis Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Haydi Bana Eyvallah</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789754738773</t>
+          <t>9789754738933</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Tefsir Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>İslam'da Bilgi ve Bilim</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789754738834</t>
+          <t>9789754738926</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Siyer Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Devletin Kürt Politikalarında Üç Dönem</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>375</v>
+        <v>410</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789754738841</t>
+          <t>9789754738902</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Oliver Twist (Tam Metin)</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789754738759</t>
+          <t>9789754738896</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı (Ciltli)</t>
+          <t>Robin Hood'un Maceraları (Tam Metin)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>750</v>
+        <v>380</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789754737615</t>
+          <t>9789754738858</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Lobelya</t>
+          <t>Ümmühan'ın İstikbal Yıldızı</t>
         </is>
       </c>
       <c r="C833" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789754737646</t>
+          <t>9789754738919</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Yitik Ben (Ciltli)</t>
+          <t>Sözü Yola Koymak</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789754737639</t>
+          <t>9789754738520</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Vakit Arası</t>
+          <t>O'nun Ahlakı Kur'an'dı</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789754737608</t>
+          <t>9789754738872</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Onaltı Otuzbeş</t>
+          <t>Engel mi Vız Gelir - Maceracı İkizler 4</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>305</v>
+        <v>250</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789754737936</t>
+          <t>9789754738865</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Kupa Benim Olmalı - Maceracı İkizler 3</t>
+          <t>Ekmeğimi Paylaşıyorum - Maceracı İkizler 5</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789754738506</t>
+          <t>9789754738780</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Parktaki Yabancı - Maceracı İkizler 2</t>
+          <t>İslam Tarihi Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789754738513</t>
+          <t>9789754738827</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Timsahlarla Başım Dertte - Maceracı İkizler 1</t>
+          <t>Tasavvuf Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789754738490</t>
+          <t>9789754738810</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Kalp Ustası</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789754738438</t>
+          <t>9789754738551</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Yürekdede ile Padişah (türkçe- osmanlıca)</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>2770000020336</t>
+          <t>9789754738797</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (12 Kitap Takım)</t>
+          <t>İnanç Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>1200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789754738704</t>
+          <t>9789754738803</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Çevirmen</t>
+          <t>Fıkıh Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789754738391</t>
+          <t>9789754738537</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri ve Şeyh Said Kıyamı</t>
+          <t>Hadis Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789754738698</t>
+          <t>9789754738773</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Peygamber Olarak Hz. Muhammed</t>
+          <t>Kur'an ve Tefsir Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>265</v>
+        <v>350</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789754738568</t>
+          <t>9789754738834</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Medreselerde ve İlahiyat Fakültelerinde Din Anlayışları</t>
+          <t>Siyer Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789754738469</t>
+          <t>9789754738841</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>İnsan Felsefesi</t>
+          <t>Mezhepler Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>175</v>
+        <v>420</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789754738599</t>
+          <t>9789754738759</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>220</v>
+        <v>850</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789754738445</t>
+          <t>9789754737615</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi</t>
+          <t>Lobelya</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789754738681</t>
+          <t>9789754737646</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hanımları</t>
+          <t>Yitik Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789754738667</t>
+          <t>9789754737639</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Vakit Arası</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789754738452</t>
+          <t>9789754737608</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Onaltı Otuzbeş</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789754738407</t>
+          <t>9789754737936</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Zeyd Bin Harise</t>
+          <t>Kupa Benim Olmalı - Maceracı İkizler 3</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789754738643</t>
+          <t>9789754738506</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Yürüyüş Denemeleri</t>
+          <t>Parktaki Yabancı - Maceracı İkizler 2</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789754738650</t>
+          <t>9789754738513</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Irkçılık ve Milliyetçilik Davası</t>
+          <t>Timsahlarla Başım Dertte - Maceracı İkizler 1</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789754738674</t>
+          <t>9789754738490</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Siyerin Gölgesinde 3 - Hz. Muhammed ve Medine Dönemi</t>
+          <t>Kalp Ustası</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>590</v>
+        <v>350</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789754738582</t>
+          <t>9789754738438</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine'den Seçmeler</t>
+          <t>Yürekdede ile Padişah (türkçe- osmanlıca)</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789754738360</t>
+          <t>2770000020336</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>175</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789754738353</t>
+          <t>9789754738704</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Çevirmen</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789754738384</t>
+          <t>9789754738391</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>İstiklal Mahkemeleri ve Şeyh Said Kıyamı</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>210</v>
+        <v>900</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789754738612</t>
+          <t>9789754738698</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>İnsan ve Peygamber Olarak Hz. Muhammed</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789754738377</t>
+          <t>9789754738568</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Medreselerde ve İlahiyat Fakültelerinde Din Anlayışları</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>100</v>
+        <v>420</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789754738315</t>
+          <t>9789754738469</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Ferman</t>
+          <t>İnsan Felsefesi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789754738322</t>
+          <t>9789754738599</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789754738575</t>
+          <t>9789754738445</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Din Felsefesi</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789754738346</t>
+          <t>9789754738681</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Peygamberimizin Hanımları</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789754738339</t>
+          <t>9789754738667</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789754738292</t>
+          <t>9789754738452</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>And</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789754738308</t>
+          <t>9789754738407</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Zeyd Bin Harise</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789754738285</t>
+          <t>9789754738643</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risalesi (Ciltli)</t>
+          <t>Evrensel Yürüyüş Denemeleri</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789754738179</t>
+          <t>9789754738650</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>İslam Önderleri (Ciltli)</t>
+          <t>İslam'da Irkçılık ve Milliyetçilik Davası</t>
         </is>
       </c>
       <c r="C871" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789754738193</t>
+          <t>9789754738674</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli)</t>
+          <t>Siyerin Gölgesinde 3 - Hz. Muhammed ve Medine Dönemi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>370</v>
+        <v>700</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789754738209</t>
+          <t>9789754738582</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Muhacir Muallimin Hikayeleri</t>
+          <t>La Fontaine'den Seçmeler</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789754738247</t>
+          <t>9789754738360</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Namazın Şartları</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C874" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789754738261</t>
+          <t>9789754738353</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Risalesi</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789754738216</t>
+          <t>9789754738384</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Tesettür</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789754738230</t>
+          <t>9789754738612</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Karbela Olayı</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789754738162</t>
+          <t>9789754738377</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızlara Örnek Büyük Kadınlar</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789754738421</t>
+          <t>9789754738315</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Kendini Merak Eden Ağaç</t>
+          <t>Ferman</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789754738223</t>
+          <t>9789754738322</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Öncü Kadın Şahsiyetler (Ciltli)</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789754738155</t>
+          <t>9789754738575</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Din Dersleri Amme Cüz-i Şerifi (Ciltli)</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789754738254</t>
+          <t>9789754738346</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Hadis Risalesi (Ciltli)</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789754738278</t>
+          <t>9789754738339</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Zulüm Zalimler ve Mazlumlar Hakkında 80 Hadis (Ciltli)</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789754738414</t>
+          <t>9789754738292</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Resalesi (Ciltli)</t>
+          <t>And</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789754738186</t>
+          <t>9789754738308</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Tarihi (Ciltli)</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789754737882</t>
+          <t>9789754738285</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>El-Fevzü'l-Kebir fi Usüli't-Tefsir (Ciltli)</t>
+          <t>Akaid Risalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789754738476</t>
+          <t>9789754738179</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlarda Yanlış Din Anlayışları</t>
+          <t>İslam Önderleri (Ciltli)</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>295</v>
+        <v>380</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789754738483</t>
+          <t>9789754738193</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Tarihin ve Dinin İstismarı</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789754732405</t>
+          <t>9789754738209</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünyayı Adımlarken</t>
+          <t>Muhacir Muallimin Hikayeleri</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>900</v>
+        <v>230</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789754732757</t>
+          <t>9789754738247</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur'an - Çeviri ve Açıklama; (Küçük Boy, Metinsiz)</t>
+          <t>Namazın Şartları</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>620</v>
+        <v>230</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789754736816</t>
+          <t>9789754738261</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Tesbihini Arayan Kehribar</t>
+          <t>Tefsir Risalesi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789754736632</t>
+          <t>9789754738216</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Ravzat al-'Ukul; Muhammed b. Gazi al-Malatyavi ve Eseri</t>
+          <t>Tesettür</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789754735772</t>
+          <t>9789754738230</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Şirk (Küçük Boy)</t>
+          <t>Karbela Olayı</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789754734515</t>
+          <t>9789754738162</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Genç Kızlara Örnek Büyük Kadınlar</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789754734591</t>
+          <t>9789754738421</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Kroyçer Sonat</t>
+          <t>Kendini Merak Eden Ağaç</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789754734577</t>
+          <t>9789754738223</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç'in Ölümü</t>
+          <t>Öncü Kadın Şahsiyetler (Ciltli)</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789754738001</t>
+          <t>9789754738155</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Timbil - Namaz Sevgisi</t>
+          <t>Din Dersleri Amme Cüz-i Şerifi (Ciltli)</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789754738032</t>
+          <t>9789754738254</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Masallar</t>
+          <t>Hadis Risalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789754738049</t>
+          <t>9789754738278</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Çılgın İkizler</t>
+          <t>Zulüm Zalimler ve Mazlumlar Hakkında 80 Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789754738025</t>
+          <t>9789754738414</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Potinli İle Mırık Süper Dua</t>
+          <t>Fıkıh Resalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789754738018</t>
+          <t>9789754738186</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Potinli ile Mırık Başdöndüren Değişim</t>
+          <t>Kur'an-ı Kerim Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789754738148</t>
+          <t>9789754737882</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Elçileri Peygamberlerimiz</t>
+          <t>El-Fevzü'l-Kebir fi Usüli't-Tefsir (Ciltli)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789754738124</t>
+          <t>9789754738476</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dışı Konuşmalar</t>
+          <t>Müslümanlarda Yanlış Din Anlayışları</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789754738131</t>
+          <t>9789754738483</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dilin İnşası</t>
+          <t>Tarihin ve Dinin İstismarı</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789754738100</t>
+          <t>9789754732405</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Filhakika</t>
+          <t>Yalan Dünyayı Adımlarken</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>170</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789754738094</t>
+          <t>9789754732757</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Enes'in Günlüğü</t>
+          <t>Aziz Kur'an - Çeviri ve Açıklama; (Küçük Boy, Metinsiz)</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>210</v>
+        <v>700</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789754738087</t>
+          <t>9789754736816</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Bana Yarından Bahset</t>
+          <t>Tesbihini Arayan Kehribar</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789754738070</t>
+          <t>9789754736632</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Asıl Dert Asil Dert</t>
+          <t>Ravzat al-'Ukul; Muhammed b. Gazi al-Malatyavi ve Eseri</t>
         </is>
       </c>
       <c r="C908" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789754738063</t>
+          <t>9789754735772</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>İhsan Süreyya Sırma Kitabı (Ciltli)</t>
+          <t>Tevhid ve Şirk (Küçük Boy)</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>950</v>
+        <v>120</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789754737783</t>
+          <t>9789754734515</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Üçlü - Büyük Boy) (Ciltli)</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>1750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789754737943</t>
+          <t>9789754734591</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Motorlu Kuş (Resimli)</t>
+          <t>Kroyçer Sonat</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789754738056</t>
+          <t>9789754734577</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sözü</t>
+          <t>İvan İlyiç'in Ölümü</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789754737585</t>
+          <t>9789754738001</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar (Osmanlıca - Türkçe) (Ciltli)</t>
+          <t>Timbil - Namaz Sevgisi</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789754737622</t>
+          <t>9789754738032</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal'den Seçme Şiirler (Osmanlıca -Türkçe) (Ciltli)</t>
+          <t>Tuhaf Masallar</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789754737745</t>
+          <t>9789754738049</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Hikmetli Sözler ve Ana Baba Nasihatleri (Osmanlıca - Türkçe) (Ciltli)</t>
+          <t>Çılgın İkizler</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789754737875</t>
+          <t>9789754738025</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Çağdaş Medeniyet (Ciltli)</t>
+          <t>Potinli İle Mırık Süper Dua</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789754737899</t>
+          <t>9789754738018</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Temel Problemi ve Çözümü (Ciltli)</t>
+          <t>Potinli ile Mırık Başdöndüren Değişim</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789754737578</t>
+          <t>9789754738148</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Cenab Şahabeddin'den Seçme Metinler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Hakikat Elçileri Peygamberlerimiz</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789754737844</t>
+          <t>9789754738124</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Barışın Yolu (Ciltli)</t>
+          <t>Zaman Dışı Konuşmalar</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>220</v>
+        <v>355</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789754737851</t>
+          <t>9789754738131</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde İslam (Arapça-Türkçe) (Ciltli)</t>
+          <t>Yeni Bir Dilin İnşası</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789754737837</t>
+          <t>9789754738100</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Cahiliye (Arapça-Türkçe) (Ciltli)</t>
+          <t>Filhakika</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789754737516</t>
+          <t>9789754738094</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Altın Çiftlik (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Enes'in Günlüğü</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789754737547</t>
+          <t>9789754738087</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Melik Şah ile Gülli Han'ın Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Bana Yarından Bahset</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789754737523</t>
+          <t>9789754738070</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Dört Halifeden İnciler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Asıl Dert Asil Dert</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789754737561</t>
+          <t>9789754738063</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Çobanın Definesi (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>İhsan Süreyya Sırma Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789754737820</t>
+          <t>9789754737783</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumunun Doğası (Arapça-Türkçe) (Ciltli)</t>
+          <t>Safahat (Üçlü - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789754737868</t>
+          <t>9789754737943</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Dört Raşit Halifeden Özlü Sözler (Arapça-Türkçe) (Ciltli)</t>
+          <t>Motorlu Kuş (Resimli)</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789754737721</t>
+          <t>9789754738056</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Terci-i Bend Terkib-i Bend (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Kalbin Sözü</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789754737530</t>
+          <t>9789754737585</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Fıkralarından Seçmeler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Hatıralar (Osmanlıca - Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789754737592</t>
+          <t>9789754737622</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Darb-ı Meseller (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Namık Kemal'den Seçme Şiirler (Osmanlıca -Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789754737554</t>
+          <t>9789754737745</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca'dan Seçme Fıkralar (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Hikmetli Sözler ve Ana Baba Nasihatleri (Osmanlıca - Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789754737714</t>
+          <t>9789754737875</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp Ormanda</t>
+          <t>İslam ve Çağdaş Medeniyet (Ciltli)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789754737998</t>
+          <t>9789754737899</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Karşıyım</t>
+          <t>Müslümanların Temel Problemi ve Çözümü (Ciltli)</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789754737790</t>
+          <t>9789754737578</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Selahaddin Eyyubi Sempozyumu (2 Cilt Takım) (Ciltli)</t>
+          <t>Cenab Şahabeddin'den Seçme Metinler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>3000</v>
+        <v>210</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789754737295</t>
+          <t>9789754737844</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>M. Nazif Şahinoğlu: Makaleler ve Hatıralar (Ciltli)</t>
+          <t>Barışın Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>1300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789754737981</t>
+          <t>9789754737851</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>İslam İbadet Esasları</t>
+          <t>Günümüzde İslam (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>305</v>
+        <v>380</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789754737912</t>
+          <t>9789754737837</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Bir Saray Şehri Dimetoka Özelinde Balkanlar ve Osmanlı'nın Kuruluş Yılları</t>
+          <t>İslam ve Cahiliye (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789754737929</t>
+          <t>9789754737516</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Bilmek</t>
+          <t>Altın Çiftlik (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789754737776</t>
+          <t>9789754737547</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Fikir ve İnanç Hürriyeti</t>
+          <t>Melik Şah ile Gülli Han'ın Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C939" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789754737950</t>
+          <t>9789754737523</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Beylerbeyi Günlükleri</t>
+          <t>Dört Halifeden İnciler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789754737905</t>
+          <t>9789754737561</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Okumak</t>
+          <t>Çobanın Definesi (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789754737479</t>
+          <t>9789754737820</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>İslam - Genel Bir Bakış</t>
+          <t>İslam Toplumunun Doğası (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789754737752</t>
+          <t>9789754737868</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Umut ve Sorumluluk</t>
+          <t>Dört Raşit Halifeden Özlü Sözler (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>410</v>
+        <v>240</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789754737486</t>
+          <t>9789754737721</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Yeni Politik Kültürün Dünyasında</t>
+          <t>Terci-i Bend Terkib-i Bend (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789754737769</t>
+          <t>9789754737530</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Ufkun İmkanları</t>
+          <t>Karagöz Fıkralarından Seçmeler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789754737424</t>
+          <t>9789754737592</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Peygamberlerin Hayatı</t>
+          <t>Türk Dilinde Darb-ı Meseller (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789754737509</t>
+          <t>9789754737554</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>A. Cahit Zarifoğlu / Acz Kitabı</t>
+          <t>Nasreddin Hoca'dan Seçme Fıkralar (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789754737493</t>
+          <t>9789754737714</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Köklerimiz: Afro - Amerikalılar'ın Tarihi (Ciltli)</t>
+          <t>Muga Zıpzıp Ormanda</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789754737448</t>
+          <t>9789754737998</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Safahat'dan Seçme Şiirler - 1 (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Karşıyım</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789754737455</t>
+          <t>9789754737790</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Safahat'dan Seçme Hikayeler - 2 (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Uluslararası Selahaddin Eyyubi Sempozyumu (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>280</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789754737431</t>
+          <t>9789754737295</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Çiçekleri (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>M. Nazif Şahinoğlu: Makaleler ve Hatıralar (Ciltli)</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>280</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789754737363</t>
+          <t>9789754737981</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Tutiname'den Hikayeler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>İslam İbadet Esasları</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789754737400</t>
+          <t>9789754737912</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Zamanı (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Bir Saray Şehri Dimetoka Özelinde Balkanlar ve Osmanlı'nın Kuruluş Yılları</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789754737349</t>
+          <t>9789754737929</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Allah'ı Bilmek</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789754737417</t>
+          <t>9789754737776</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Epidemia</t>
+          <t>İslam'da Fikir ve İnanç Hürriyeti</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>235</v>
+        <v>330</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789754737301</t>
+          <t>9789754737950</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Allah'a İnanmanın Rasyonel Temelleri</t>
+          <t>Beylerbeyi Günlükleri</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789754737356</t>
+          <t>9789754737905</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>İlmihal (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Bir Ömür Okumak</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789754737387</t>
+          <t>9789754737479</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Vatana Dair (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>İslam - Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789754737394</t>
+          <t>9789754737752</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Hatıraları (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Umut ve Sorumluluk</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789754737370</t>
+          <t>9789754737486</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Yeni Politik Kültürün Dünyasında</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789754737462</t>
+          <t>9789754737769</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Sömürü Ajanı Amerikan Misyonerleri</t>
+          <t>Evrensel Ufkun İmkanları</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789754737288</t>
+          <t>9789754737424</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Temel Kavramları (Sempatik Boy)</t>
+          <t>Gençler İçin Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>750</v>
+        <v>480</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789754737271</t>
+          <t>9789754737509</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Hukuk Sistemi (Ciltli)</t>
+          <t>A. Cahit Zarifoğlu / Acz Kitabı</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789754737318</t>
+          <t>9789754737493</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Salah ve Fesat</t>
+          <t>Köklerimiz: Afro - Amerikalılar'ın Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789754737202</t>
+          <t>9789754737448</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadın (Ciltli)</t>
+          <t>Safahat'dan Seçme Şiirler - 1 (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789754737219</t>
+          <t>9789754737455</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Yolu (Ciltli)</t>
+          <t>Safahat'dan Seçme Hikayeler - 2 (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789754737226</t>
+          <t>9789754737431</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Oğluma Mektub</t>
+          <t>Hakikat Çiçekleri (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789754737264</t>
+          <t>9789754737363</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Siret-i Nebi</t>
+          <t>Tutiname'den Hikayeler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789754737325</t>
+          <t>9789754737400</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Bir İslam Şehri: İstanbul</t>
+          <t>Hz. Peygamber ve Zamanı (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789754737332</t>
+          <t>9789754737349</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Anne Yoktur</t>
+          <t>Şahmeran Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789754737240</t>
+          <t>9789754737417</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Akletmesi</t>
+          <t>Epidemia</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789754737257</t>
+          <t>9789754737301</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Putlar Yıkılırken</t>
+          <t>Allah'a İnanmanın Rasyonel Temelleri</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789754737172</t>
+          <t>9789754737356</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli - Renkli)</t>
+          <t>İlmihal (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789754737196</t>
+          <t>9789754737387</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Vatana Dair (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789754737233</t>
+          <t>9789754737394</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Barışa Yön Veren Değerler</t>
+          <t>Çocukluk Hatıraları (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789754737189</t>
+          <t>9789754737370</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Söz Cangılı</t>
+          <t>Seçme Şiirler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789754736793</t>
+          <t>9789754737462</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Uzun Yürüyüşü</t>
+          <t>Sömürü Ajanı Amerikan Misyonerleri</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789754736854</t>
+          <t>9789754737288</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Elçi'nin (s) Çevresindeki İnsanlar</t>
+          <t>İslam'ın Temel Kavramları (Sempatik Boy)</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>210</v>
+        <v>900</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789754736984</t>
+          <t>9789754737271</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sevinci (Ciltli)</t>
+          <t>Kur'an'ın Hukuk Sistemi (Ciltli)</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789754736649</t>
+          <t>9789754737318</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Tu Hati</t>
+          <t>Salah ve Fesat</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789754737080</t>
+          <t>9789754737202</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Münafıklar</t>
+          <t>Müslüman Kadın (Ciltli)</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789754737004</t>
+          <t>9789754737219</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Müslüman Gençliğin Vazifeleri</t>
+          <t>Kurtuluş Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C982" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789754737042</t>
+          <t>9789754737226</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Gördüğüm Amerika</t>
+          <t>Oğluma Mektub</t>
         </is>
       </c>
       <c r="C983" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789754736991</t>
+          <t>9789754737264</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>On İlkemiz</t>
+          <t>Siret-i Nebi</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789754737011</t>
+          <t>9789754737325</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Gençlik</t>
+          <t>Bir İslam Şehri: İstanbul</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789754737059</t>
+          <t>9789754737332</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>El-Fıkhu'l Ekber</t>
+          <t>Mükemmel Anne Yoktur</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789754737066</t>
+          <t>9789754737240</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>El-Fıkhu'l Ekber</t>
+          <t>Kalbin Akletmesi</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789754737028</t>
+          <t>9789754737257</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>İslam'dan Neden Korkuyorlar</t>
+          <t>Putlar Yıkılırken</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789754737035</t>
+          <t>9789754737172</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>İslam Birliği</t>
+          <t>Küçük Prens (Ciltli - Renkli)</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789754737073</t>
+          <t>9789754737196</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Siyaset</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789754732740</t>
+          <t>9789754737233</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an (Ciltli)</t>
+          <t>Barışa Yön Veren Değerler</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>780</v>
+        <v>450</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789754736106</t>
+          <t>9789754737189</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Bir Hazan Devri Şairi: Mehmed Akif Ersoy</t>
+          <t>Söz Cangılı</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789754736762</t>
+          <t>9789754736793</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Allah Elçisi'nin (s) Ailesi</t>
+          <t>Müslümanların Uzun Yürüyüşü</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789754737141</t>
+          <t>9789754736854</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Elçi'nin (s) Çevresindeki İnsanlar</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789754737134</t>
+          <t>9789754736984</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Ruhun Sevinci (Ciltli)</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789754737103</t>
+          <t>9789754736649</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Bahar ve Kelebekler</t>
+          <t>Tu Hati</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789754737127</t>
+          <t>9789754737080</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Hz. Peygamber Döneminde Münafıklar</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789754737110</t>
+          <t>9789754737004</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Günümüzde Müslüman Gençliğin Vazifeleri</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789754736908</t>
+          <t>9789754737042</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Üç Nasihat</t>
+          <t>Gördüğüm Amerika</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789754736946</t>
+          <t>9789754736991</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'den Sonra</t>
+          <t>On İlkemiz</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789754736922</t>
+          <t>9789754737011</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>Müslüman Gençlik</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789754736939</t>
+          <t>9789754737059</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>El-Fıkhu'l Ekber</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789754736915</t>
+          <t>9789754737066</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>El-Fıkhu'l Ekber</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789754737158</t>
+          <t>9789754737028</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur'an - Çeviri ve Açıklama (Beyaz Kapak)</t>
+          <t>İslam'dan Neden Korkuyorlar</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789754736977</t>
+          <t>9789754737035</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Müslümanca Bakmak</t>
+          <t>İslam Birliği</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789754736960</t>
+          <t>9789754737073</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Kıbleyi Kaybettiren Dönüşüm</t>
+          <t>İslam ve Siyaset</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789754737165</t>
+          <t>9789754732740</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Kürdüm OHAL'de Türküm</t>
+          <t>Aziz Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>225</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789754736779</t>
+          <t>9789754736106</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe</t>
+          <t>Bir Hazan Devri Şairi: Mehmed Akif Ersoy</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789754736953</t>
+          <t>9789754736762</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Ebu Zer</t>
+          <t>Allah Elçisi'nin (s) Ailesi</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789754737097</t>
+          <t>9789754737141</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Siyer</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>620</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789754736717</t>
+          <t>9789754737134</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Müşkilu'l-Kur'an'ı Yeniden Değerlendirmek</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789754736786</t>
+          <t>9789754737103</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Kitabı Mukaddes'in Neyi Tahrif Edildi</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789754736809</t>
+          <t>9789754737127</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tarihçi</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789754736823</t>
+          <t>9789754737110</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Urfa-Mardin Hattı</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789754736731</t>
+          <t>9789754736908</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Üç Kafadar Balık</t>
+          <t>Üç Nasihat</t>
         </is>
       </c>
       <c r="C1015" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789754736748</t>
+          <t>9789754736946</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Süper Karıncalar</t>
+          <t>Çanakkale'den Sonra</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789754736687</t>
+          <t>9789754736922</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Babanzade Ahmed Naim</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789754736670</t>
+          <t>9789754736939</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>El Varakat (Ciltli)</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789754736700</t>
+          <t>9789754736915</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Kurandan Eskimez Ölçüler</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789754736694</t>
+          <t>9789754737158</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Müderris Babanzade Ahmed Naim</t>
+          <t>Aziz Kur'an - Çeviri ve Açıklama (Beyaz Kapak)</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789754734300</t>
+          <t>9789754736977</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>Dünyaya Müslümanca Bakmak</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>120</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789754734096</t>
+          <t>9789754736960</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de Deyimler</t>
+          <t>Kıbleyi Kaybettiren Dönüşüm</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789754736571</t>
+          <t>9789754737165</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi (1923-2014) - İslam Tarihi ve Medeniyeti Bibliyografyası</t>
+          <t>Kürdüm OHAL'de Türküm</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>620</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789754736595</t>
+          <t>9789754736779</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Siyerin Gölgesinde 2 - Hz. Muhammed (s)'in Hayatı ve Mekke Dönemi</t>
+          <t>Hz. Aişe</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>680</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789754736564</t>
+          <t>9789754736953</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi'nin İlk Döneminde Birlikte Yaşama Tecrübesi</t>
+          <t>Ebu Zer</t>
         </is>
       </c>
       <c r="C1025" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789754736588</t>
+          <t>9789754737097</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Batılılaşma ve Son Dönem Osmanlı Aydınları</t>
+          <t>Siyer</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>295</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789754733082</t>
+          <t>9789754736717</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt Hayatı ve Öğretisi</t>
+          <t>Müşkilu'l-Kur'an'ı Yeniden Değerlendirmek</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789754732566</t>
+          <t>9789754736786</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Zengin Hayaller Peşinde</t>
+          <t>Kitabı Mukaddes'in Neyi Tahrif Edildi</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789754733426</t>
+          <t>9789754736809</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı’ndan Seçmeler</t>
+          <t>Tarih ve Tarihçi</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789754736557</t>
+          <t>9789754736823</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslami Hareketler ve Şiddet Sorunu</t>
+          <t>Urfa-Mardin Hattı</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>235</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789754736540</t>
+          <t>9789754736731</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Sorunlar Sorular ve Cevaplar</t>
+          <t>Üç Kafadar Balık</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789754733440</t>
+          <t>9789754736748</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’den Seçmeler</t>
+          <t>Süper Karıncalar</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789754736502</t>
+          <t>9789754736687</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Musiki</t>
+          <t>Babanzade Ahmed Naim</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>430</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789754736489</t>
+          <t>9789754736670</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Türkiyenin İlahiyat Sorunu</t>
+          <t>El Varakat (Ciltli)</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789754736427</t>
+          <t>9789754736700</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Bir Devir Bir Şahit Melle Sabri</t>
+          <t>Kurandan Eskimez Ölçüler</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789754736458</t>
+          <t>9789754736694</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>İbadet</t>
+          <t>Müderris Babanzade Ahmed Naim</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789754736441</t>
+          <t>9789754734300</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bağı</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789754736410</t>
+          <t>9789754734096</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Düşnane</t>
+          <t>Türkçe’de Deyimler</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789754736465</t>
+          <t>9789754736571</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Dost Eli</t>
+          <t>Cumhuriyet Dönemi (1923-2014) - İslam Tarihi ve Medeniyeti Bibliyografyası</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789754734812</t>
+          <t>9789754736595</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Okuyucularla</t>
+          <t>Siyerin Gölgesinde 2 - Hz. Muhammed (s)'in Hayatı ve Mekke Dönemi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>535</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789754733792</t>
+          <t>9789754736564</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Ninni Desem Dağlar Uyur</t>
+          <t>İslam Tarihi'nin İlk Döneminde Birlikte Yaşama Tecrübesi</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789754730050</t>
+          <t>9789754736588</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Neler Sordular</t>
+          <t>Müzikte Batılılaşma ve Son Dönem Osmanlı Aydınları</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>305</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789754734997</t>
+          <t>9789754733082</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Nehri Geçerken</t>
+          <t>Zerdüşt Hayatı ve Öğretisi</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>430</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789754731545</t>
+          <t>9789754732566</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Nehirlerin Dili</t>
+          <t>Zengin Hayaller Peşinde</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>235</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789754732672</t>
+          <t>9789754733426</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Direniş Hicret</t>
+          <t>Yunus Emre Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789754735536</t>
+          <t>9789754736557</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kokulu Yıllar</t>
+          <t>Çağdaş İslami Hareketler ve Şiddet Sorunu</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789754734836</t>
+          <t>9789754736540</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Kabile Topluluklarından Akide Toplumuna</t>
+          <t>Sorunlar Sorular ve Cevaplar</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789754732375</t>
+          <t>9789754733440</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>İşte Önderimiz Hz. Muhammed</t>
+          <t>Kutadgu Bilig’den Seçmeler</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>2015060847302</t>
+          <t>9789754736502</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Hayatı (9 Kitap Takım)</t>
+          <t>İslam Medeniyetinde Musiki</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>1100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789754735734</t>
+          <t>9789754736489</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Akışını Değiştiren Son Peygamber</t>
+          <t>Türkiyenin İlahiyat Sorunu</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789754736236</t>
+          <t>9789754736427</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kitap</t>
+          <t>Bir Devir Bir Şahit Melle Sabri</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789754736335</t>
+          <t>9789754736458</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Güzel İnsan Yahut Hz. Yusuf</t>
+          <t>İbadet</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789754736311</t>
+          <t>9789754736441</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kral Yahut Hz. Süleyman</t>
+          <t>Gönül Bağı</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789754736342</t>
+          <t>9789754736410</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Deve Yahut Hz. Salih</t>
+          <t>Düşnane</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789754736328</t>
+          <t>9789754736465</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tufan Yahut Hz. Nuh</t>
+          <t>Dost Eli</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789754736298</t>
+          <t>9789754734812</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Allah İle Konuşan Peygamber Yahut Hz. Musa</t>
+          <t>Okuyucularla</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789754736366</t>
+          <t>9789754733792</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Yahut Hz. Muhammed</t>
+          <t>Ninni Desem Dağlar Uyur</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789754736304</t>
+          <t>9789754730050</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Babasız Doğan Elçi Yahut Hz. İsa</t>
+          <t>Neler Sordular</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789754736281</t>
+          <t>9789754734997</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostu Yahut Hz. İbrahim</t>
+          <t>Nehri Geçerken</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789754736359</t>
+          <t>9789754731545</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Destanı Yahut Hz. Adem</t>
+          <t>Nehirlerin Dili</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789754736403</t>
+          <t>9789754732672</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Nebevi Direniş Hicret</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789754736373</t>
+          <t>9789754735536</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Dili</t>
+          <t>Kağıt Kokulu Yıllar</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789754736380</t>
+          <t>9789754734836</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Saadet Şehri Malatya</t>
+          <t>Kabile Topluluklarından Akide Toplumuna</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789754736397</t>
+          <t>9789754732375</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Düşüncesi Ekseninde Kişisel Gelişim Kitapları</t>
+          <t>İşte Önderimiz Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789754736274</t>
+          <t>2015060847302</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Direnç ve Özgürlük</t>
+          <t>Peygamberlerin Hayatı (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>280</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789754736243</t>
+          <t>9789754735734</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Elçisi ve Mesajı</t>
+          <t>Tarihin Akışını Değiştiren Son Peygamber</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789754736250</t>
+          <t>9789754736236</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Emeviler</t>
+          <t>Pembe Kitap</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789754736229</t>
+          <t>9789754736335</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Cahiliyeden İslam’a Kadın ve Aile</t>
+          <t>Güzel İnsan Yahut Hz. Yusuf</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789754736212</t>
+          <t>9789754736311</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi’nin İlk Döneminde Önderler ve İhtilaflar</t>
+          <t>Bilge Kral Yahut Hz. Süleyman</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>305</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789754736182</t>
+          <t>9789754736342</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Dervişe Sitem</t>
+          <t>Kutsal Deve Yahut Hz. Salih</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>235</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789754736205</t>
+          <t>9789754736328</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>İnsana Yön Veren Değerler</t>
+          <t>Büyük Tufan Yahut Hz. Nuh</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789754731132</t>
+          <t>9789754736298</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Kuma</t>
+          <t>Allah İle Konuşan Peygamber Yahut Hz. Musa</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789754733167</t>
+          <t>9789754736366</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Kral Suban</t>
+          <t>Kainatın Efendisi Yahut Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789754736168</t>
+          <t>9789754736304</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Vişnebal</t>
+          <t>Babasız Doğan Elçi Yahut Hz. İsa</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789754736151</t>
+          <t>9789754736281</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Raşid Halifeler</t>
+          <t>Allah Dostu Yahut Hz. İbrahim</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789754736144</t>
+          <t>9789754736359</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Kalp Ustası</t>
+          <t>Yaratılış Destanı Yahut Hz. Adem</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789754736113</t>
+          <t>9789754736403</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Arkadaş</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789754736120</t>
+          <t>9789754736373</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Arapları</t>
+          <t>Sevgi Dili</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>235</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789754736199</t>
+          <t>9789754736380</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Fitne</t>
+          <t>Saadet Şehri Malatya</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789754735895</t>
+          <t>9789754736397</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi (5 Cilt Takım)</t>
+          <t>Tevhid Düşüncesi Ekseninde Kişisel Gelişim Kitapları</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>3000</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789754736090</t>
+          <t>9789754736274</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Kur‘anı Kerim ve Sünnette Yaşlanma ve Yaşlılık</t>
+          <t>Direnç ve Özgürlük</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>470</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789754735833</t>
+          <t>9789754736243</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi (5 Cilt Takım) (Ciltli)</t>
+          <t>Allah’ın Elçisi ve Mesajı</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>7500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789754735659</t>
+          <t>9789754736250</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Potinli ile Mırık  Süper Dua</t>
+          <t>Emeviler</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789754733563</t>
+          <t>9789754736229</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Cahiliyeden İslam’a Kadın ve Aile</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789754734102</t>
+          <t>9789754736212</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>İslam Tarihi’nin İlk Döneminde Önderler ve İhtilaflar</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789754732221</t>
+          <t>9789754736182</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Musab Bin Umeyr</t>
+          <t>Dervişe Sitem</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789754733235</t>
+          <t>9789754736205</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Hadis Tarihi</t>
+          <t>İnsana Yön Veren Değerler</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>235</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789754733570</t>
+          <t>9789754731132</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Hukuk İlmine Katkıları</t>
+          <t>Kuma</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789754731934</t>
+          <t>9789754733167</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Doğuşu</t>
+          <t>Kral Suban</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>385</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789754732320</t>
+          <t>9789754736168</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Devlet İdaresi</t>
+          <t>Vişnebal</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789754731347</t>
+          <t>9789754736151</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Cahiliye ve Ehl-i Kitab Örf ve Adetleri</t>
+          <t>Raşid Halifeler</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>590</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789754733532</t>
+          <t>9789754736144</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da İslam</t>
+          <t>Kalp Ustası</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>305</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789754730111</t>
+          <t>9789754736113</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Deyimler Kalıp İfadeler Atasözleri Sözlüğü (Ciltli)</t>
+          <t>Çocuklara Arkadaş</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>1000</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789754734928</t>
+          <t>9789754736120</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Ano Yemen’dir</t>
+          <t>Cahiliye Arapları</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789754735413</t>
+          <t>9789754736199</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Yedi Güzel Adam</t>
+          <t>Fitne</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789754731927</t>
+          <t>9789754735895</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak</t>
+          <t>Müslümanların Tarihi (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>250</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789754733808</t>
+          <t>9789754736090</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Kur‘anı Kerim ve Sünnette Yaşlanma ve Yaşlılık</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>115</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789754735079</t>
+          <t>9789754735833</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünyayı Adımlarken (1. Hamur)</t>
+          <t>Müslümanların Tarihi (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>700</v>
+        <v>8500</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789754734485</t>
+          <t>9789754735659</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Yaban Bağcı</t>
+          <t>Potinli ile Mırık  Süper Dua</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789754733006</t>
+          <t>9789754733563</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Umutlar Beyaz Olur</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>235</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789754733969</t>
+          <t>9789754734102</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Demokratik Gelişimi ve Avrupa Birliği</t>
+          <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>590</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789754734294</t>
+          <t>9789754732221</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’in Maceraları</t>
+          <t>Musab Bin Umeyr</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789754733471</t>
+          <t>9789754733235</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Muhtasar Hadis Tarihi</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>115</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789754730982</t>
+          <t>9789754733570</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Şirk</t>
+          <t>İslam’ın Hukuk İlmine Katkıları</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789754733822</t>
+          <t>9789754731934</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>İslam’ın Doğuşu</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789754738971</t>
+          <t>9789754732320</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde İsrailiyyat</t>
+          <t>İslam’da Devlet İdaresi</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>445</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789754730005</t>
+          <t>9789754731347</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adanmış Sözler</t>
+          <t>İslam’a Göre Cahiliye ve Ehl-i Kitab Örf ve Adetleri</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789754732368</t>
+          <t>9789754733532</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Tarih Şuuru</t>
+          <t>Avrupa’da İslam</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789754730425</t>
+          <t>9789754730111</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’ın Götürdükleri</t>
+          <t>Arapça-Türkçe Deyimler Kalıp İfadeler Atasözleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>190</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789754730012</t>
+          <t>9789754734928</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Bütün Eserleri 1</t>
+          <t>Ano Yemen’dir</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>575</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789754733778</t>
+          <t>9789754731927</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Yaşamak</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789754734782</t>
+          <t>9789754733808</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Şark Medreselerinin Serencamı</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789754733105</t>
+          <t>9789754735079</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Şark Medreselerinde Bir Ömür</t>
+          <t>Yalan Dünyayı Adımlarken (1. Hamur)</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789754734645</t>
+          <t>9789754734485</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Şark Masalları</t>
+          <t>Yaban Bağcı</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789754734911</t>
+          <t>9789754733006</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail ve İnanç Dünyası</t>
+          <t>Umutlar Beyaz Olur</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789754733747</t>
+          <t>9789754733969</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam</t>
+          <t>Türkiye’nin Demokratik Gelişimi ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789754730272</t>
+          <t>9789754734294</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Sömürü Ajanı İngiliz Misyonerleri</t>
+          <t>Tom Sawyer’in Maceraları</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789754734362</t>
+          <t>9789754733471</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Oyunu</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>310</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789754733464</t>
+          <t>9789754730982</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname’den Seçmeler</t>
+          <t>Tevhid ve Şirk</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789754733389</t>
+          <t>9789754733822</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberimiz</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789754735260</t>
+          <t>9789754738971</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Ah Endülüs - Bütün Eserleri 31</t>
+          <t>Tefsirde İsrailiyyat</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>900</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789754730531</t>
+          <t>9789754730005</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Dönemi</t>
+          <t>Tarihe Adanmış Sözler</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789754732702</t>
+          <t>9789754732368</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu’na Göç</t>
+          <t>Tarih Şuuru</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789754732214</t>
+          <t>9789754730425</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Ammar Bin Yasir</t>
+          <t>Tanzimat’ın Götürdükleri</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789754735000</t>
+          <t>9789754730012</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kulları</t>
+          <t>Şiirler Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>395</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789754732832</t>
+          <t>9789754733778</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Elçisi Hz. Muhammed</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789754735758</t>
+          <t>9789754734782</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Malatya'nın Puslu Yılları</t>
+          <t>Şark Medreselerinin Serencamı</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789754735710</t>
+          <t>9789754733105</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>Şark Medreselerinde Bir Ömür</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789754735239</t>
+          <t>9789754734645</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Siyerin Gölgesinde</t>
+          <t>Şark Masalları</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789754731033</t>
+          <t>9789754734911</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Şah İsmail ve İnanç Dünyası</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789754731026</t>
+          <t>9789754733747</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Sütçü İmam</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789754731057</t>
+          <t>9789754730272</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed</t>
+          <t>Sömürü Ajanı İngiliz Misyonerleri</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789754735741</t>
+          <t>9789754734362</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif - Tevfik Fikret Çatışması</t>
+          <t>Siyasetin Oyunu</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789754735765</t>
+          <t>9789754733464</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın İnsan Modeli - İyiler ve Daha İyiler</t>
+          <t>Seyahatname’den Seçmeler</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789754735673</t>
+          <t>9789754733389</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul (Ciltli)</t>
+          <t>Sevgili Peygamberimiz</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789754735703</t>
+          <t>9789754735260</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Yol</t>
+          <t>Ah Endülüs - Bütün Eserleri 31</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>210</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789754736526</t>
+          <t>9789754730531</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Kürdinsan - Bir Kürt Sosyolojisi Denemesi</t>
+          <t>Abbasiler Dönemi</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789754736601</t>
+          <t>9789754732702</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Kürtleri Bekleyen Tehlike</t>
+          <t>Samanyolu’na Göç</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789754736663</t>
+          <t>9789754732214</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişenin Hayatı, Şahsiyeti ve Hz. Peygamber Sonrası İslam Tarihindeki Rolü</t>
+          <t>Ammar Bin Yasir</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789754736625</t>
+          <t>9789754735000</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Allah’ın Kulları</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789754736618</t>
+          <t>9789754732832</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Literatürü</t>
+          <t>Allah’ın Elçisi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789754733662</t>
+          <t>9789754735758</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Malatya'nın Puslu Yılları</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789754732306</t>
+          <t>9789754735710</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Buhari</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789754734676</t>
+          <t>9789754735239</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan (Ciltli)</t>
+          <t>Siyerin Gölgesinde</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>850</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789754734546</t>
+          <t>9789754731033</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789754735604</t>
+          <t>9789754731026</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>285</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789754735628</t>
+          <t>9789754731057</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Ben, Dünya ve Allah</t>
+          <t>Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789754735642</t>
+          <t>9789754735741</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Potinli ile Mırık Başdöndüren Değişim</t>
+          <t>Mehmed Akif - Tevfik Fikret Çatışması</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>285</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789754735666</t>
+          <t>9789754735765</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Timbil Namaz Sevgisi</t>
+          <t>Kur’an’ın İnsan Modeli - İyiler ve Daha İyiler</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789754735635</t>
+          <t>9789754735673</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bizim İçin!</t>
+          <t>Ey Oğul (Ciltli)</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789754733617</t>
+          <t>9789754735703</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Başka Bir Yol</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
+          <t>9789754736526</t>
+        </is>
+      </c>
+      <c r="B1152" s="1" t="inlineStr">
+        <is>
+          <t>Kürdinsan - Bir Kürt Sosyolojisi Denemesi</t>
+        </is>
+      </c>
+      <c r="C1152" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:3">
+      <c r="A1153" s="1" t="inlineStr">
+        <is>
+          <t>9789754736601</t>
+        </is>
+      </c>
+      <c r="B1153" s="1" t="inlineStr">
+        <is>
+          <t>Kürtleri Bekleyen Tehlike</t>
+        </is>
+      </c>
+      <c r="C1153" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:3">
+      <c r="A1154" s="1" t="inlineStr">
+        <is>
+          <t>9789754736663</t>
+        </is>
+      </c>
+      <c r="B1154" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Aişenin Hayatı, Şahsiyeti ve Hz. Peygamber Sonrası İslam Tarihindeki Rolü</t>
+        </is>
+      </c>
+      <c r="C1154" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:3">
+      <c r="A1155" s="1" t="inlineStr">
+        <is>
+          <t>9789754736625</t>
+        </is>
+      </c>
+      <c r="B1155" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Prens</t>
+        </is>
+      </c>
+      <c r="C1155" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:3">
+      <c r="A1156" s="1" t="inlineStr">
+        <is>
+          <t>9789754736618</t>
+        </is>
+      </c>
+      <c r="B1156" s="1" t="inlineStr">
+        <is>
+          <t>İslam Tarihi Literatürü</t>
+        </is>
+      </c>
+      <c r="C1156" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:3">
+      <c r="A1157" s="1" t="inlineStr">
+        <is>
+          <t>9789754733662</t>
+        </is>
+      </c>
+      <c r="B1157" s="1" t="inlineStr">
+        <is>
+          <t>Kerem ile Aslı</t>
+        </is>
+      </c>
+      <c r="C1157" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:3">
+      <c r="A1158" s="1" t="inlineStr">
+        <is>
+          <t>9789754732306</t>
+        </is>
+      </c>
+      <c r="B1158" s="1" t="inlineStr">
+        <is>
+          <t>Buhari</t>
+        </is>
+      </c>
+      <c r="C1158" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:3">
+      <c r="A1159" s="1" t="inlineStr">
+        <is>
+          <t>9789754734676</t>
+        </is>
+      </c>
+      <c r="B1159" s="1" t="inlineStr">
+        <is>
+          <t>Bostan ve Gülistan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1159" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:3">
+      <c r="A1160" s="1" t="inlineStr">
+        <is>
+          <t>9789754734546</t>
+        </is>
+      </c>
+      <c r="B1160" s="1" t="inlineStr">
+        <is>
+          <t>Bostan</t>
+        </is>
+      </c>
+      <c r="C1160" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:3">
+      <c r="A1161" s="1" t="inlineStr">
+        <is>
+          <t>9789754735604</t>
+        </is>
+      </c>
+      <c r="B1161" s="1" t="inlineStr">
+        <is>
+          <t>Muga Zıpzıp</t>
+        </is>
+      </c>
+      <c r="C1161" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:3">
+      <c r="A1162" s="1" t="inlineStr">
+        <is>
+          <t>9789754735628</t>
+        </is>
+      </c>
+      <c r="B1162" s="1" t="inlineStr">
+        <is>
+          <t>Ben, Dünya ve Allah</t>
+        </is>
+      </c>
+      <c r="C1162" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:3">
+      <c r="A1163" s="1" t="inlineStr">
+        <is>
+          <t>9789754735642</t>
+        </is>
+      </c>
+      <c r="B1163" s="1" t="inlineStr">
+        <is>
+          <t>Potinli ile Mırık Başdöndüren Değişim</t>
+        </is>
+      </c>
+      <c r="C1163" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:3">
+      <c r="A1164" s="1" t="inlineStr">
+        <is>
+          <t>9789754735666</t>
+        </is>
+      </c>
+      <c r="B1164" s="1" t="inlineStr">
+        <is>
+          <t>Timbil Namaz Sevgisi</t>
+        </is>
+      </c>
+      <c r="C1164" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:3">
+      <c r="A1165" s="1" t="inlineStr">
+        <is>
+          <t>9789754735635</t>
+        </is>
+      </c>
+      <c r="B1165" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Bizim İçin!</t>
+        </is>
+      </c>
+      <c r="C1165" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:3">
+      <c r="A1166" s="1" t="inlineStr">
+        <is>
+          <t>9789754733617</t>
+        </is>
+      </c>
+      <c r="B1166" s="1" t="inlineStr">
+        <is>
+          <t>Kelile ve Dimne</t>
+        </is>
+      </c>
+      <c r="C1166" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:3">
+      <c r="A1167" s="1" t="inlineStr">
+        <is>
           <t>9789754731002</t>
         </is>
       </c>
-      <c r="B1152" s="1" t="inlineStr">
+      <c r="B1167" s="1" t="inlineStr">
         <is>
           <t>Ömer Muhtar</t>
         </is>
       </c>
-      <c r="C1152" s="1">
-        <v>180</v>
+      <c r="C1167" s="1">
+        <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>