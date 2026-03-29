--- v2 (2026-02-06)
+++ v3 (2026-03-29)
@@ -85,17530 +85,17575 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258505184</t>
+          <t>9786258505313</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Semira</t>
+          <t>Hasreti Dinmeyen Şehre- Son Yolculuk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258505177</t>
+          <t>9786258505320</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şarkın Üstadı Molla Halil es-Si'irdi</t>
+          <t>Cumhuriyetin İlk Yıllarında Dini Eğitim; Reform mu, Tasfiye mi?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258505191</t>
+          <t>9786258505306</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku 1</t>
+          <t>Hilafetin Kaldırılması; Gereklilik mi, Talimat mı?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258505160</t>
+          <t>9786258505184</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Oryantalist Klişe Bir İthâm Olarak Şark Despotizmi</t>
+          <t>Semira</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258505122</t>
+          <t>9786258505177</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Baki Kalan Bu Kubbede Bir Hoş Sada İmiş Etimolojik Denemeler</t>
+          <t>Şarkın Üstadı Molla Halil es-Si'irdi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257432627</t>
+          <t>9786258505191</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yürekdede İle Padişah (Ciltli)</t>
+          <t>İslam Hukuku 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257432580</t>
+          <t>9786258505160</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Serçekuş (Ciltli)</t>
+          <t>Oryantalist Klişe Bir İthâm Olarak Şark Despotizmi</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754731279</t>
+          <t>9786258505122</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yürekdede ile Padişah</t>
+          <t>Baki Kalan Bu Kubbede Bir Hoş Sada İmiş Etimolojik Denemeler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258505108</t>
+          <t>9786257432627</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüyaydı Geldi Geçti</t>
+          <t>Yürekdede İle Padişah (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258505153</t>
+          <t>9786257432580</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Malatya</t>
+          <t>Serçekuş (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>2770000032704</t>
+          <t>9789754731279</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimler için 100 Temel Eser (5 Kitap)</t>
+          <t>Yürekdede ile Padişah</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>2770000032681</t>
+          <t>9786258505108</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimler için 100 Temel Eser (10 Kitap)</t>
+          <t>Bir Rüyaydı Geldi Geçti</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>2770000032728</t>
+          <t>9786258505153</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Liseler için 100 Temel Eser (5 Kitap)</t>
+          <t>Bir Zamanlar Malatya</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>2770000032711</t>
+          <t>2770000032704</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Liseler için 100 Temel Eser (10 Kitap)</t>
+          <t>İlköğretimler için 100 Temel Eser (5 Kitap)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>3000</v>
+        <v>750</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258505146</t>
+          <t>2770000032681</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Helak Olan Kavimler</t>
+          <t>İlköğretimler için 100 Temel Eser (10 Kitap)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258505139</t>
+          <t>2770000032728</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslam Milletinin Anatomisi</t>
+          <t>Liseler için 100 Temel Eser (5 Kitap)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>210</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258505115</t>
+          <t>2770000032711</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İstikamet Konuşmaları</t>
+          <t>Liseler için 100 Temel Eser (10 Kitap)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>330</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258505092</t>
+          <t>9786258505146</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Psikodrama Aynasında Annelik, Kadınlık ve Bireyleşme</t>
+          <t>Kur'an'da Helak Olan Kavimler</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255509956</t>
+          <t>9786258505139</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Hatıratım - Mehmet Sait Şimşek</t>
+          <t>İslam Milletinin Anatomisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>550</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255509963</t>
+          <t>9786258505115</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Dini Mi, Seküler Mi?</t>
+          <t>İstikamet Konuşmaları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255509918</t>
+          <t>9786258505092</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime</t>
+          <t>Psikodrama Aynasında Annelik, Kadınlık ve Bireyleşme</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>850</v>
+        <v>230</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255509901</t>
+          <t>9786255509956</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime (Ciltli)</t>
+          <t>Hayatım Hatıratım - Mehmet Sait Şimşek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255509970</t>
+          <t>9786255509963</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Suç ve Ceza</t>
+          <t>Kurtuluş Savaşı Dini Mi, Seküler Mi?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255509949</t>
+          <t>9786255509918</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem Tartışması - İslam'da Evlilik Yaşı Meselesi</t>
+          <t>Mukaddime</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255509888</t>
+          <t>9786255509901</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Sonbaharı</t>
+          <t>Mukaddime (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>340</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255509895</t>
+          <t>9786255509970</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tahtın Varisleri Osmanlı Şehzadeleri</t>
+          <t>İslam Hukukunda Suç ve Ceza</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255509932</t>
+          <t>9786255509949</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tu Hati - Sen Geldin (Türkçe-Kürtçe)</t>
+          <t>Modern Dönem Tartışması - İslam'da Evlilik Yaşı Meselesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754730609</t>
+          <t>9786255509888</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Tarih</t>
+          <t>Osmanlı'nın Sonbaharı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754735017</t>
+          <t>9786255509895</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Evrensel Krallık</t>
+          <t>Tahtın Varisleri Osmanlı Şehzadeleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754733709</t>
+          <t>9786255509932</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş Müydü Çocukluğum</t>
+          <t>Tu Hati - Sen Geldin (Türkçe-Kürtçe)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754732481</t>
+          <t>9789754730609</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Değirmendir Bu Dünya</t>
+          <t>Bir Garip Tarih</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754734805</t>
+          <t>9789754735017</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak</t>
+          <t>Bir Evrensel Krallık</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754734638</t>
+          <t>9789754733709</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Binbir Gece Masalları</t>
+          <t>Bir Düş Müydü Çocukluğum</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754733679</t>
+          <t>9789754732481</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bildirmece</t>
+          <t>Bir Değirmendir Bu Dünya</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754735512</t>
+          <t>9789754734805</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi</t>
+          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754735451</t>
+          <t>9789754734638</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Beş Vakit Yazar</t>
+          <t>Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754732283</t>
+          <t>9789754733679</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Belgelerle 2. Abdülhamid Dönemi</t>
+          <t>Bilmece Bildirmece</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754734331</t>
+          <t>9789754735512</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Batı’da Müslüman Olmak</t>
+          <t>Bilal-i Habeşi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754734041</t>
+          <t>9789754735451</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehid</t>
+          <t>Beş Vakit Yazar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754733594</t>
+          <t>9789754732283</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Balıkçıl Kuşu ile Yengeç</t>
+          <t>Belgelerle 2. Abdülhamid Dönemi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754734249</t>
+          <t>9789754734331</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Batı’da Müslüman Olmak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754732641</t>
+          <t>9789754734041</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an - Büyük Boy (Ciltli)</t>
+          <t>Başını Vermeyen Şehid</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255509871</t>
+          <t>9789754733594</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Meydanlardan Gönüllere</t>
+          <t>Balıkçıl Kuşu ile Yengeç</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255509925</t>
+          <t>9789754734249</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Kalem ve Yazı</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255509864</t>
+          <t>9789754732641</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Atatürk - İnönü İlişkisi; Sadakat mı, Rekabet mi?</t>
+          <t>Aziz Kur’an - Büyük Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>270</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255509857</t>
+          <t>9786255509871</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>31 Mart Olayı; İsyan mı, Darbe mi?</t>
+          <t>Meydanlardan Gönüllere</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255509116</t>
+          <t>9786255509925</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe İslami Hareket</t>
+          <t>İslam Medeniyetinde Kalem ve Yazı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256773950</t>
+          <t>9786255509864</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Atatürk - İnönü İlişkisi; Sadakat mı, Rekabet mi?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256773370</t>
+          <t>9786255509857</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Gazze</t>
+          <t>31 Mart Olayı; İsyan mı, Darbe mi?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754733013</t>
+          <t>9786255509116</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Endülüslü Zidyar Son Anka</t>
+          <t>Teoriden Pratiğe İslami Hareket</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255509475</t>
+          <t>9786256773950</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Erkam'ın İzinde</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255509468</t>
+          <t>9786256773370</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri; Adalet mi, Zulüm mü?</t>
+          <t>Sevgili Gazze</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255509451</t>
+          <t>9789754733013</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki; Cemiyet mi, Komita mı?</t>
+          <t>Endülüslü Zidyar Son Anka</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255509444</t>
+          <t>9786255509475</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Yeniden İnşası İçin</t>
+          <t>Erkam'ın İzinde</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255509437</t>
+          <t>9786255509468</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarını ''Özgürleştirmek''</t>
+          <t>İstiklal Mahkemeleri; Adalet mi, Zulüm mü?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255509048</t>
+          <t>9786255509451</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bu Kadar Hadis Neden Var?</t>
+          <t>İttihat ve Terakki; Cemiyet mi, Komita mı?</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255509420</t>
+          <t>9786255509444</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kendi Dilinden Molla Bedruddin Sancar'ın Hayatı</t>
+          <t>Mutluluğun Yeniden İnşası İçin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255509376</t>
+          <t>9786255509437</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağın Sorularına Karşı İslam</t>
+          <t>İnsan Haklarını ''Özgürleştirmek''</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255509413</t>
+          <t>9786255509048</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Neda İhvan'ın İçinden</t>
+          <t>Bu Kadar Hadis Neden Var?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>600</v>
+        <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255509406</t>
+          <t>9786255509420</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan</t>
+          <t>Kendi Dilinden Molla Bedruddin Sancar'ın Hayatı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255509260</t>
+          <t>9786255509376</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in (SAS) Hicretine Kadar Mekke'de İslamlaşma</t>
+          <t>Modern Çağın Sorularına Karşı İslam</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255509284</t>
+          <t>9786255509413</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşunun 725. Yılında Osmanlı Yönetim Sistemi</t>
+          <t>Yusuf Neda İhvan'ın İçinden</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>900</v>
+        <v>600</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256773981</t>
+          <t>9786255509406</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tüm İnsanlar Hz. Adem'in Çocuklarıyla Irkçılık Neden Var?</t>
+          <t>Bostan ve Gülistan</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258317848</t>
+          <t>9786255509260</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dönem Kur'an İlimleri Çalışmaları</t>
+          <t>Hz. Peygamber'in (SAS) Hicretine Kadar Mekke'de İslamlaşma</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258317039</t>
+          <t>9786255509284</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Mekke ve Medine Dönemi (Ciltli)</t>
+          <t>Kuruluşunun 725. Yılında Osmanlı Yönetim Sistemi</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>900</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>2770000000758</t>
+          <t>9786256773981</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İhsan Süreyya Sırma Tüm Eserleri (33 Kitap)</t>
+          <t>Tüm İnsanlar Hz. Adem'in Çocuklarıyla Irkçılık Neden Var?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>16450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>2770000000765</t>
+          <t>9786258317848</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Adnan Demircan Tüm Eserleri (32 Kitap)</t>
+          <t>Çağdaş Dönem Kur'an İlimleri Çalışmaları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>13140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>2770000000741</t>
+          <t>9786258317039</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Muhammed Hamidullah Tüm Eserleri (18 Kitap)</t>
+          <t>İslami Tebliğin Mekke ve Medine Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>6350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>2770000021173</t>
+          <t>2770000000758</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>88 Soru Serisi (8 Kitap) Bez Çantalı</t>
+          <t>Prof. Dr. İhsan Süreyya Sırma Tüm Eserleri (33 Kitap)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1410</v>
+        <v>16450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754730890</t>
+          <t>2770000000765</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Asr-ı Saadette İslam (5 Cilt Takım) (Ciltli)</t>
+          <t>Prof. Dr. Adnan Demircan Tüm Eserleri (32 Kitap)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754737653</t>
+          <t>2770000000741</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi (5 Cilt Takım, Sempatik Boy)</t>
+          <t>Prof. Dr. Muhammed Hamidullah Tüm Eserleri (18 Kitap)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1250</v>
+        <v>6350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754738889</t>
+          <t>2770000021173</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kitap</t>
+          <t>88 Soru Serisi (8 Kitap) Bez Çantalı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>40</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754738117</t>
+          <t>9789754730890</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hiç Aylar Üç Aylar ve Ramazan</t>
+          <t>Bütün Yönleriyle Asr-ı Saadette İslam (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754732856</t>
+          <t>9789754737653</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Müslümanların Tarihi (5 Cilt Takım, Sempatik Boy)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>12</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754735161</t>
+          <t>9789754738889</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri Normal Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Konuşan Kitap</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754731286</t>
+          <t>9789754738117</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi ve Nurculuk</t>
+          <t>Hiç Aylar Üç Aylar ve Ramazan</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>6</v>
+        <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754736755</t>
+          <t>9789754732856</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca'nın Bisikleti</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754736434</t>
+          <t>9789754735161</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>El Munkız Mined Dalal (Ciltli)</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri Normal Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754732016</t>
+          <t>9789754731286</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (5 Kitap Set)</t>
+          <t>Bediüzzaman Said Nursi ve Nurculuk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>600</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754735598</t>
+          <t>9789754736755</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Eski Diyarbekir'de Gündelik Hayat</t>
+          <t>Nasreddin Hoca'nın Bisikleti</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>8</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754735055</t>
+          <t>9789754736434</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Introduction To Islam</t>
+          <t>El Munkız Mined Dalal (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754732603</t>
+          <t>9789754732016</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sürgün ve Atlas</t>
+          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>6.48</v>
+        <v>600</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754731910</t>
+          <t>9789754735598</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Bidat</t>
+          <t>Eski Diyarbekir'de Gündelik Hayat</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>8.33</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754733211</t>
+          <t>9789754735055</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Aydınlık Gazeli</t>
+          <t>Introduction To Islam</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>8.33</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754732061</t>
+          <t>9789754732603</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri</t>
+          <t>Sürgün ve Atlas</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754732085</t>
+          <t>9789754731910</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sevda Söze Dönüşmez</t>
+          <t>Sünnet ve Bidat</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754732054</t>
+          <t>9789754733211</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ses Ver Bana</t>
+          <t>Sonsuz Aydınlık Gazeli</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754732870</t>
+          <t>9789754732061</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sebilürreşad Dergisi Ekseninde - Siyaset ve Laiklik 1948-1954</t>
+          <t>Seyir Defteri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>32</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000012542</t>
+          <t>9789754732085</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Samson’un Tercihi İsrail Amerika ve Bomba</t>
+          <t>Sevda Söze Dönüşmez</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754731972</t>
+          <t>9789754732054</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Salahaddin Eyyübi ve Kudüsün Yeniden Fethi</t>
+          <t>Ses Ver Bana</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754733990</t>
+          <t>9789754732870</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Orijinali ve Günümüz Türkçesi</t>
+          <t>Sebilürreşad Dergisi Ekseninde - Siyaset ve Laiklik 1948-1954</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>70</v>
+        <v>32</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754733983</t>
+          <t>3990000012542</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Samson’un Tercihi İsrail Amerika ve Bomba</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>60.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754732788</t>
+          <t>9789754731972</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Recm Cezası Ayet ve Hadis Tahlilleri</t>
+          <t>Salahaddin Eyyübi ve Kudüsün Yeniden Fethi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>27.78</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754732689</t>
+          <t>9789754733990</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ranuna’ya Mektuplar</t>
+          <t>Safahat - Orijinali ve Günümüz Türkçesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>210</v>
+        <v>70</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754733112</t>
+          <t>9789754733983</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz’in Ramazan Günlüğü</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>16</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000012680</t>
+          <t>9789754732788</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Bozgun Yılları Hastanın Başucunda Kırk Gün Kırk Gece</t>
+          <t>Recm Cezası Ayet ve Hadis Tahlilleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>8.33</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754732184</t>
+          <t>9789754732689</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Kadın ve İktisat</t>
+          <t>Ranuna’ya Mektuplar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>9.26</v>
+        <v>210</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754734881</t>
+          <t>9789754733112</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Müslümanı Avrupalılaştırmak</t>
+          <t>Peygamberimiz’in Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>9.26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754732467</t>
+          <t>3990000012680</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mutedil Bir Siyamlı</t>
+          <t>Osmanlı’nın Bozgun Yılları Hastanın Başucunda Kırk Gün Kırk Gece</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754732764</t>
+          <t>9789754732184</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Sürecinde Kur’an ve Müteşabihler</t>
+          <t>Osmanlı’da Kadın ve İktisat</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754732917</t>
+          <t>9789754734881</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Bağlamında Osmanlı-Amerika İlişkileri 1786 - 1929</t>
+          <t>Müslümanı Avrupalılaştırmak</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>32</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754732948</t>
+          <t>9789754732467</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Yılları</t>
+          <t>Mutedil Bir Siyamlı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>9</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789754731804</t>
+          <t>9789754732764</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ey Hüzün</t>
+          <t>Modernleşme Sürecinde Kur’an ve Müteşabihler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>3990000004648</t>
+          <t>9789754732917</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mehdilik</t>
+          <t>Modernleşme Bağlamında Osmanlı-Amerika İlişkileri 1786 - 1929</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>9.26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754732443</t>
+          <t>9789754732948</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kara</t>
+          <t>Milli Mücadele Yılları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>6.48</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754732153</t>
+          <t>9789754731804</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gül</t>
+          <t>Merhaba Ey Hüzün</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>3990000011525</t>
+          <t>3990000004648</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Lokman’ı Dinlerken</t>
+          <t>Mehdilik</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754732528</t>
+          <t>9789754732443</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kün</t>
+          <t>Mavi Kara</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754731293</t>
+          <t>9789754732153</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzün Kimliği</t>
+          <t>Mavi Gül</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>18</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754734225</t>
+          <t>3990000011525</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma Altında Beyrut Günlüğü</t>
+          <t>Lokman’ı Dinlerken</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754731514</t>
+          <t>9789754732528</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın İnsan-Biçimci Dili</t>
+          <t>Kün</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>20</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789754734058</t>
+          <t>9789754731293</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Toplumsal Sınanma</t>
+          <t>Kültürümüzün Kimliği</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>27.78</v>
+        <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754731385</t>
+          <t>9789754734225</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sembolik Anlatımlar</t>
+          <t>Kuşatma Altında Beyrut Günlüğü</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>30</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000002500</t>
+          <t>9789754731514</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Hz. Peygambere Sorulan 13 Soru</t>
+          <t>Kur’an’ın İnsan-Biçimci Dili</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754734751</t>
+          <t>9789754734058</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikleri</t>
+          <t>Kur’an’da Toplumsal Sınanma</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754732344</t>
+          <t>9789754731385</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Işığında Kader ve Özgürlük</t>
+          <t>Kur’an’da Sembolik Anlatımlar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754731101</t>
+          <t>3990000002500</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kur’an da Peygamber Duaları</t>
+          <t>Kur’an’da Hz. Peygambere Sorulan 13 Soru</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754732665</t>
+          <t>9789754734751</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Korku ve Büyü</t>
+          <t>Kur’an ve Sünnet Işığında Cariyeler ve Sömürülen Cinsellikleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754731422</t>
+          <t>9789754732344</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kuğuların Masalı</t>
+          <t>Kur’an Işığında Kader ve Özgürlük</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>5.56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754732931</t>
+          <t>9789754731101</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Gelişimi Açısından Çocuk ve Televizyon</t>
+          <t>Kur’an da Peygamber Duaları</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754734683</t>
+          <t>9789754732665</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kızların Gömülerek Öldürülmesi ve Çok Kadınla Evlilik</t>
+          <t>Kur’an Açısından Korku ve Büyü</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789754731903</t>
+          <t>9789754731422</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kır Çiçeklerinin Ağıtı</t>
+          <t>Kuğuların Masalı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754733129</t>
+          <t>9789754732931</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak! Bu Sen Misin!</t>
+          <t>Kişilik Gelişimi Açısından Çocuk ve Televizyon</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>60</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754732733</t>
+          <t>9789754734683</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kaynakları Işığında Şia İnanç Esasları</t>
+          <t>Kızların Gömülerek Öldürülmesi ve Çok Kadınla Evlilik</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>12.04</v>
+        <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754735345</t>
+          <t>9789754731903</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kendi Eksenine Dönüş</t>
+          <t>Kır Çiçeklerinin Ağıtı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>12</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754730001</t>
+          <t>9789754733129</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Karmaşa</t>
+          <t>Kendine İyi Bak! Bu Sen Misin!</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>7.41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754733020</t>
+          <t>9789754732733</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Çağrısı</t>
+          <t>Kendi Kaynakları Işığında Şia İnanç Esasları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754732023</t>
+          <t>9789754735345</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Simya</t>
+          <t>Kendi Eksenine Dönüş</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>6.48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>3990000005753</t>
+          <t>9789754730001</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Sosyal Adalet</t>
+          <t>Karmaşa</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754732924</t>
+          <t>9789754733020</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemelerinde</t>
+          <t>Karanlığın Çağrısı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>10.19</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754732825</t>
+          <t>9789754732023</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Mir’atı</t>
+          <t>Kanayan Simya</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754730234</t>
+          <t>3990000005753</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İsrail, Amerika ve Bomba</t>
+          <t>Kadın ve Sosyal Adalet</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>20</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754734416</t>
+          <t>9789754732924</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İslami Kimliğimizi Korumak (Ciltli)</t>
+          <t>İstiklal Mahkemelerinde</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>350</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754732658</t>
+          <t>9789754732825</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Temel Kavramları (Ciltli)</t>
+          <t>İstanbul Mir’atı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754732269</t>
+          <t>9789754730234</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Döneminde Bey’at ve Seçim Sistemi</t>
+          <t>İsrail, Amerika ve Bomba</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754734430</t>
+          <t>9789754734416</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Cinsel Hayat (Ciltli)</t>
+          <t>İslami Kimliğimizi Korumak (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>27.78</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754732559</t>
+          <t>9789754732658</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İslam Yargılama Hukukunda Jüri</t>
+          <t>İslam’ın Temel Kavramları (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754731453</t>
+          <t>9789754732269</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Osmanlı Hukukunda Kölelik ve Cariyelik</t>
+          <t>İslam’ın İlk Döneminde Bey’at ve Seçim Sistemi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754731446</t>
+          <t>9789754734430</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Osmanlı Anayasa Hukukunda Yargı Bağımsızlığı Anayasa Hukuku Tarihi Açısından Mukayeseli Bir İnceleme</t>
+          <t>İslam’a Göre Cinsel Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754731712</t>
+          <t>9789754732559</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Modern Hukukta İşkence</t>
+          <t>İslam Yargılama Hukukunda Jüri</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754733525</t>
+          <t>9789754731453</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisi</t>
+          <t>İslam ve Osmanlı Hukukunda Kölelik ve Cariyelik</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>3990000013608</t>
+          <t>9789754731446</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İslam Savaşçısına Notlar</t>
+          <t>İslam ve Osmanlı Anayasa Hukukunda Yargı Bağımsızlığı Anayasa Hukuku Tarihi Açısından Mukayeseli Bir İnceleme</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754731866</t>
+          <t>9789754731712</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Bilgi Teorisi</t>
+          <t>İslam ve Modern Hukukta İşkence</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754731439</t>
+          <t>9789754733525</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Allah - Alem İlişkisi</t>
+          <t>İslam Sosyolojisi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754730975</t>
+          <t>3990000013608</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 1</t>
+          <t>İslam Savaşçısına Notlar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>11.88</v>
+        <v>10</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754735130</t>
+          <t>9789754731866</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 5. Sınıf</t>
+          <t>İslam Düşüncesinde Bilgi Teorisi</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754735123</t>
+          <t>9789754731439</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin İstanbul Dersi 4. Sınıf</t>
+          <t>İslam Düşüncesinde Allah - Alem İlişkisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754735116</t>
+          <t>9789754730975</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 3. Sınıf</t>
+          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>15</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754731309</t>
+          <t>9789754735130</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İlahi Dinlerde Cennet İnancı Mukayeseli Bir Araştırma</t>
+          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 5. Sınıf</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754734706</t>
+          <t>9789754735123</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İktidar ve Kader</t>
+          <t>İlköğretim Okulları İçin İstanbul Dersi 4. Sınıf</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754732337</t>
+          <t>9789754735116</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletler Hukukunda Savaş</t>
+          <t>İlköğretim Okulları İçin İstanbul Dersi Çalışma Kitabı 3. Sınıf</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754733327</t>
+          <t>9789754731309</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İkna Odaları Psikolojik Bir İşkence Metodu Olarak</t>
+          <t>İlahi Dinlerde Cennet İnancı Mukayeseli Bir Araştırma</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754731958</t>
+          <t>9789754734706</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İkibinyirmibir</t>
+          <t>İktidar ve Kader</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754731491</t>
+          <t>9789754732337</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İki Yobaz</t>
+          <t>İslam Devletler Hukukunda Savaş</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754732535</t>
+          <t>9789754733327</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İki Deniz Arasında Vahiy</t>
+          <t>İkna Odaları Psikolojik Bir İşkence Metodu Olarak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754731781</t>
+          <t>9789754731958</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İfşa</t>
+          <t>İkibinyirmibir</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754732498</t>
+          <t>9789754731491</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İbrahimi Okuyuş</t>
+          <t>İki Yobaz</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754732801</t>
+          <t>9789754732535</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İblis’in Son Savunması</t>
+          <t>İki Deniz Arasında Vahiy</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>3990000013610</t>
+          <t>9789754731781</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Serüveni</t>
+          <t>İfşa</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>3990000011522</t>
+          <t>9789754732498</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İç Denetim</t>
+          <t>İbrahimi Okuyuş</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>6.48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754735253</t>
+          <t>9789754732801</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman</t>
+          <t>İblis’in Son Savunması</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>280</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>3990000002497</t>
+          <t>3990000013610</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Altı Orijinal Diplomatik Mektubu ve Arap Yazısının Temeline Giriş</t>
+          <t>İnsanın Serüveni</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754732122</t>
+          <t>3990000011522</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Hüzünbaz Çocuk</t>
+          <t>İnsan ve İç Denetim</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754731835</t>
+          <t>9789754735253</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hayal Defteri</t>
+          <t>Hz. Süleyman</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>7</v>
+        <v>280</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754732597</t>
+          <t>3990000002497</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut Var</t>
+          <t>Hz. Peygamber’in Altı Orijinal Diplomatik Mektubu ve Arap Yazısının Temeline Giriş</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754733174</t>
+          <t>9789754732122</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Halil Günenç Hoca</t>
+          <t>Hoşçakal Hüzünbaz Çocuk</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3990000034470</t>
+          <t>9789754731835</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Güz Klasiği</t>
+          <t>Hayal Defteri</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3990000003880</t>
+          <t>9789754732597</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>Havada Bulut Var</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754730098</t>
+          <t>9789754733174</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>Halil Günenç Hoca</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>12</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754734980</t>
+          <t>3990000034470</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Gül Üstünde Yağmur Damlası</t>
+          <t>Güz Klasiği</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>270</v>
+        <v>7</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754732351</t>
+          <t>3990000003880</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Halifeliğin Emevilere Geçişi ve Verasete Dönüşmesi</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754731767</t>
+          <t>9789754730098</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gül Kıyamı</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>6.48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789754733150</t>
+          <t>9789754734980</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler</t>
+          <t>Gül Üstünde Yağmur Damlası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754732542</t>
+          <t>9789754732351</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Göçüyor Kalbim</t>
+          <t>Halifeliğin Emevilere Geçişi ve Verasete Dönüşmesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789754731590</t>
+          <t>9789754731767</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gavur Kayırıcılar</t>
+          <t>Gül Kıyamı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>15</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789754732993</t>
+          <t>9789754733150</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Feveran</t>
+          <t>Gölgeler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>9</v>
+        <v>390</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789754734317</t>
+          <t>9789754732542</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Farklı Kültürlerin Birlikte Yaşama Formülü</t>
+          <t>Göçüyor Kalbim</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>21.3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789754732047</t>
+          <t>9789754731590</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Eylülde Su</t>
+          <t>Gavur Kayırıcılar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754733303</t>
+          <t>9789754732993</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Evrensel İslam Ailesi Modern Yalnızlığa Karşı</t>
+          <t>Feveran</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>8.33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754735352</t>
+          <t>9789754734317</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Etkıya</t>
+          <t>Farklı Kültürlerin Birlikte Yaşama Formülü</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>190</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754732009</t>
+          <t>9789754732047</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Döneminde Saray Hayatı</t>
+          <t>Eylülde Su</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>9.26</v>
+        <v>7</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>3990000013609</t>
+          <t>9789754733303</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Bir Din midir ?</t>
+          <t>Evrensel İslam Ailesi Modern Yalnızlığa Karşı</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789754731569</t>
+          <t>9789754735352</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hanife’nin Hocası Hammad ve Fıkhi Görüşleri</t>
+          <t>Etkıya</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>30</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>3990000011328</t>
+          <t>9789754732009</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizm ve Oryantalistler Yararları-Zararları</t>
+          <t>Emeviler Döneminde Saray Hayatı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754730951</t>
+          <t>3990000013609</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 3</t>
+          <t>Ekonomi Bir Din midir ?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>11.88</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789754730968</t>
+          <t>9789754731569</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 2</t>
+          <t>Ebu Hanife’nin Hocası Hammad ve Fıkhi Görüşleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754734409</t>
+          <t>3990000011328</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Minberinden İslam Nizamı (Ciltli)</t>
+          <t>Oryantalizm ve Oryantalistler Yararları-Zararları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>500</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754734393</t>
+          <t>9789754730951</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Zihni Karışıklar İçin Alışkanlık Reçetesi</t>
+          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 3</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>9.26</v>
+        <v>11.88</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754732399</t>
+          <t>9789754730968</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>İmam Hatip Liseleri İçin Kur’an-ı Kerim Dersleri - Orta 2</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754731736</t>
+          <t>9789754734409</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Sevda Süleymanı</t>
+          <t>Süleymaniye Minberinden İslam Nizamı (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>6.48</v>
+        <v>500</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754732504</t>
+          <t>9789754734393</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Olayı</t>
+          <t>Zihni Karışıklar İçin Alışkanlık Reçetesi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>3990000004026</t>
+          <t>9789754732399</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Menderes Dönemi</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789754732795</t>
+          <t>9789754731736</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Wesirfinger Pastanesi</t>
+          <t>Yeni Bir Sevda Süleymanı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789754731965</t>
+          <t>9789754732504</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Vay Sevda Karam</t>
+          <t>Yaratılış Olayı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>6.48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789754735284</t>
+          <t>3990000004026</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Vakıf ve Allah’a Davetteki Rolü</t>
+          <t>Menderes Dönemi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789754731125</t>
+          <t>9789754732795</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ülke Kızları</t>
+          <t>Wesirfinger Pastanesi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>210</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789754731460</t>
+          <t>9789754731965</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Anti-Materyalist Felsefe - Spiritüalizm</t>
+          <t>Vay Sevda Karam</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>35</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754732474</t>
+          <t>9789754735284</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Totaliterizmin Sefaleti</t>
+          <t>Vakıf ve Allah’a Davetteki Rolü</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>11.11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789754730007</t>
+          <t>9789754731125</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Terörün Soldurduğu Yıllar</t>
+          <t>Ülke Kızları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>8.33</v>
+        <v>210</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789754732580</t>
+          <t>9789754731460</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Tali Bir Akşam</t>
+          <t>Türkiye’de Anti-Materyalist Felsefe - Spiritüalizm</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>6.48</v>
+        <v>35</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754732818</t>
+          <t>9789754732474</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Şiir Üzerine Bir Şeyler Söylemek</t>
+          <t>Totaliterizmin Sefaleti</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789754735963</t>
+          <t>9789754730007</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kendimize ve Topluma  Karşı Sorumluluşlarımız</t>
+          <t>Terörün Soldurduğu Yıllar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789754735956</t>
+          <t>9789754732580</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Karşı Sorumluluklarımız</t>
+          <t>Tali Bir Akşam</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>10.19</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754735680</t>
+          <t>9789754732818</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ayetleri Işığında Peygamberlerin Hayatı</t>
+          <t>Şiir Üzerine Bir Şeyler Söylemek</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>1000</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754732177</t>
+          <t>9789754735963</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Güneydoğu Asya’ya Girişi ve Yayılışı</t>
+          <t>Kendimize ve Topluma  Karşı Sorumluluşlarımız</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>25</v>
+        <v>11</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754731699</t>
+          <t>9789754735956</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Tövbe ve Dini Yaşayıştaki Rolü</t>
+          <t>Allah’a Karşı Sorumluluklarımız</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>16.67</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789754732146</t>
+          <t>9789754735680</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ebabil</t>
+          <t>Kur'an Ayetleri Işığında Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>7</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754731606</t>
+          <t>9789754732177</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dr. S Öyküler</t>
+          <t>İslam’ın Güneydoğu Asya’ya Girişi ve Yayılışı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789754731811</t>
+          <t>9789754731699</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Batıdan Ortadoğudan</t>
+          <t>İslam’da Tövbe ve Dini Yaşayıştaki Rolü</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789754734669</t>
+          <t>9789754732146</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Doğudan - Batıdan Klasikler (25 Kitap Takım)</t>
+          <t>Ebabil</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>7</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754731620</t>
+          <t>9789754731606</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatı Üzerine Tartışmalar</t>
+          <t>Dr. S Öyküler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>15.74</v>
+        <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789754734843</t>
+          <t>9789754731811</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dua</t>
+          <t>Doğudan Batıdan Ortadoğudan</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789754731361</t>
+          <t>9789754734669</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Din Devlet İlişkileri Sempozyumu</t>
+          <t>Doğudan - Batıdan Klasikler (25 Kitap Takım)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>12.04</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754734959</t>
+          <t>9789754731620</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Kokusu Cennetin Kokusudur</t>
+          <t>Divan Edebiyatı Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754733280</t>
+          <t>9789754734843</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Din Eğitimi ve Karşılaşılan Güçlükler</t>
+          <t>Din ve Dua</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>390</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789754731774</t>
+          <t>9789754731361</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Çamurlu Bir Irmak</t>
+          <t>Din Devlet İlişkileri Sempozyumu</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>6.48</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789754733266</t>
+          <t>9789754734959</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>CHP ve Din (1948 - 1960)</t>
+          <t>Çocukların Kokusu Cennetin Kokusudur</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789754732139</t>
+          <t>9789754733280</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Cennetten Düşüş</t>
+          <t>Çocuğun Din Eğitimi ve Karşılaşılan Güçlükler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>7</v>
+        <v>390</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789754730845</t>
+          <t>9789754731774</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Asr-ı Saadet’te İslam - 4 Cilt (Ciltli)</t>
+          <t>Çamurlu Bir Irmak</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>140.28</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789754734850</t>
+          <t>9789754733266</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bütün Cemreler Düştü mü Çocuklar?</t>
+          <t>CHP ve Din (1948 - 1960)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789754732450</t>
+          <t>9789754732139</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bu Sevda Benim Değil</t>
+          <t>Cennetten Düşüş</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754731729</t>
+          <t>9789754730845</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehre Vardım</t>
+          <t>Bütün Yönleriyle Asr-ı Saadet’te İslam - 4 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>6.48</v>
+        <v>140.28</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789754730003</t>
+          <t>9789754734850</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Irak ve Saddam Hüseyin</t>
+          <t>Bütün Cemreler Düştü mü Çocuklar?</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789754733075</t>
+          <t>9789754732450</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Der Goldene Talisman</t>
+          <t>Bu Sevda Benim Değil</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754733556</t>
+          <t>9789754731729</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bin Yılların Gecesi</t>
+          <t>Bir Şehre Vardım</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789754734799</t>
+          <t>9789754730003</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bilge Terzi: M. Said Çekmegil</t>
+          <t>Irak ve Saddam Hüseyin</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789754732030</t>
+          <t>9789754733075</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yürüyüş</t>
+          <t>Der Goldene Talisman</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789754735369</t>
+          <t>9789754733556</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Çağa Serzeniş</t>
+          <t>Bin Yılların Gecesi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>190</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754732887</t>
+          <t>9789754734799</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Benzerleriyle Değiştirilenlerin Hikayesi</t>
+          <t>Bilge Terzi: M. Said Çekmegil</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789754731873</t>
+          <t>9789754732030</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Haricilik Düşüncesi</t>
+          <t>Beyaz Yürüyüş</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>7.41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754733341</t>
+          <t>9789754735369</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Batı Günlüğü</t>
+          <t>Çağa Serzeniş</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789754731750</t>
+          <t>9789754732887</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Babil’i Beş Geçe</t>
+          <t>Benzerleriyle Değiştirilenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754733051</t>
+          <t>9789754731873</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an (Ciltli)</t>
+          <t>Çağdaş Haricilik Düşüncesi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>17.82</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754732647</t>
+          <t>9789754733341</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an</t>
+          <t>Batı Günlüğü</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>18.52</v>
+        <v>320</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789754735475</t>
+          <t>9789754731750</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ayetler ve İşaretler</t>
+          <t>Babil’i Beş Geçe</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>23</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789754732115</t>
+          <t>9789754733051</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ay Tanığım Olsun</t>
+          <t>Aziz Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>6.48</v>
+        <v>17.82</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789754732092</t>
+          <t>9789754732647</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ay Şafağı Çok Çiçek</t>
+          <t>Aziz Kur’an</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754735154</t>
+          <t>9789754735475</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ölüm</t>
+          <t>Ayetler ve İşaretler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>23</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789754734973</t>
+          <t>9789754732115</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Andolsun Aşka (Ciltli)</t>
+          <t>Ay Tanığım Olsun</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>45</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789754731194</t>
+          <t>9789754732092</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’dan Esintiler</t>
+          <t>Ay Şafağı Çok Çiçek</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789754732207</t>
+          <t>9789754735154</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Günlüğü</t>
+          <t>Aşk ve Ölüm</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>21</v>
+        <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789754735093</t>
+          <t>9789754734973</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>An(n)a Aşkı</t>
+          <t>Andolsun Aşka (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>11.11</v>
+        <v>45</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789754732160</t>
+          <t>9789754731194</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Amsterdam Akşamları</t>
+          <t>Anadolu’dan Esintiler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789754734447</t>
+          <t>9789754732207</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Resulü’nden Hayat Dersleri (Ciltli)</t>
+          <t>Anadolu Günlüğü</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>40</v>
+        <v>21</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789754731583</t>
+          <t>9789754735093</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Alaturka Demokrasi Alaturka Laiklik</t>
+          <t>An(n)a Aşkı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754731408</t>
+          <t>9789754732160</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Kıyısında Bir Çocuk</t>
+          <t>Amsterdam Akşamları</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789754732276</t>
+          <t>9789754734447</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risaleleri (Ciltli)</t>
+          <t>Allah’ın Resulü’nden Hayat Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>27.78</v>
+        <v>40</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789754731842</t>
+          <t>9789754731583</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ağzı Karanfilli Dost</t>
+          <t>Alaturka Demokrasi Alaturka Laiklik</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789754731743</t>
+          <t>9789754731408</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Adını Koyamadığım</t>
+          <t>Akdeniz Kıyısında Bir Çocuk</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>7</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789754732078</t>
+          <t>9789754732276</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Adem’in Müstesna Ölümü</t>
+          <t>Akaid Risaleleri (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>6.48</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789754732627</t>
+          <t>9789754731842</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Döneminde Ticari Hayat</t>
+          <t>Ağzı Karanfilli Dost</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>20</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789754733495</t>
+          <t>9789754731743</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis (Ciltli)</t>
+          <t>Adını Koyamadığım</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>650</v>
+        <v>7</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789754733358</t>
+          <t>9789754732078</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Dersleri</t>
+          <t>Adem’in Müstesna Ölümü</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789754734461</t>
+          <t>9789754732627</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Mardin Süryanileri</t>
+          <t>İslam’ın İlk Döneminde Ticari Hayat</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>3990000073323</t>
+          <t>9789754733495</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 5) (Ciltli)</t>
+          <t>40 Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>38</v>
+        <v>650</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>3990000099764</t>
+          <t>9789754733358</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 1) (Ciltli)</t>
+          <t>Ahlak Dersleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>38</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789754738544</t>
+          <t>9789754734461</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Sohbetlerim 2 (Ciltli)</t>
+          <t>19. Yüzyılda Mardin Süryanileri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>1500</v>
+        <v>42</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789754731200</t>
+          <t>3990000073323</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Hadislere Göre Şeytan</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 5) (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789754733143</t>
+          <t>3990000099764</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sen Geldin (Ciltli)</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 1) (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789754738742</t>
+          <t>9789754738544</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı</t>
+          <t>Tefsir Sohbetlerim 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>450</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789754735970</t>
+          <t>9789754731200</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Sohbetlerim 1 (Ciltli)</t>
+          <t>Kur’an ve Hadislere Göre Şeytan</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>1500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789754735796</t>
+          <t>9789754733143</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Dört Terim (Küçük Boy)</t>
+          <t>Sen Geldin (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>3990000062021</t>
+          <t>9789754738742</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 3) (Ciltli)</t>
+          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>38</v>
+        <v>450</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>3990000062020</t>
+          <t>9789754735970</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 2) (Ciltli)</t>
+          <t>Tefsir Sohbetlerim 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>38</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>3990000062022</t>
+          <t>9789754735796</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 4)</t>
+          <t>Kur'an'a Göre Dört Terim (Küçük Boy)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>38</v>
+        <v>120</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786255509383</t>
+          <t>3990000062021</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İbadetin Metafiziği</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 3) (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>270</v>
+        <v>38</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789754734256</t>
+          <t>3990000062020</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 2) (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>590</v>
+        <v>38</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789754734263</t>
+          <t>3990000062022</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri (Sempatik Boy Cilt 4)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>600</v>
+        <v>38</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786255509369</t>
+          <t>9786255509383</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Din Hizmetine Adanan Bir Ömür/ Kozanlı Hasan Hoca</t>
+          <t>İbadetin Metafiziği</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786255509345</t>
+          <t>9789754734256</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kar</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>250</v>
+        <v>590</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786255509314</t>
+          <t>9789754734263</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kur'an En Doğrusunu Der</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>360</v>
+        <v>600</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786255509321</t>
+          <t>9786255509369</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar ve Suretler - İki Öykü</t>
+          <t>Din Hizmetine Adanan Bir Ömür/ Kozanlı Hasan Hoca</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786255509338</t>
+          <t>9786255509345</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ali Şükrü Bey Cinayeti Faili Meçhul Mü, Faili Malum Mu?</t>
+          <t>Kırmızı Kar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789754735802</t>
+          <t>9786255509314</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İşte Önderimiz Hz. Muhammed (Küçük Boy)</t>
+          <t>Kur'an En Doğrusunu Der</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786255509307</t>
+          <t>9786255509321</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Gıyasettin Sim Kitabı/ Yarım Kalmış Bir Dostluk Hikayesi</t>
+          <t>Rüyalar ve Suretler - İki Öykü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786255509253</t>
+          <t>9786255509338</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mazlumluktan Zalimliğe/İktidar El Değiştirirken Abbasilerin Emevilere Yaptıkları</t>
+          <t>Ali Şükrü Bey Cinayeti Faili Meçhul Mü, Faili Malum Mu?</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786255509291</t>
+          <t>9789754735802</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Aynasında - Sosyoloji, Tarih, Siyaset</t>
+          <t>İşte Önderimiz Hz. Muhammed (Küçük Boy)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786255509277</t>
+          <t>9786255509307</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Genç Müslümana Çağdaş Kavramlar Rehberi</t>
+          <t>Gıyasettin Sim Kitabı/ Yarım Kalmış Bir Dostluk Hikayesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786255509192</t>
+          <t>9786255509253</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Lozan; Başarı mı, Taviz mi?</t>
+          <t>Mazlumluktan Zalimliğe/İktidar El Değiştirirken Abbasilerin Emevilere Yaptıkları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786255509239</t>
+          <t>9786255509291</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -4</t>
+          <t>Ramazan Aynasında - Sosyoloji, Tarih, Siyaset</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786255509222</t>
+          <t>9786255509277</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -3</t>
+          <t>Genç Müslümana Çağdaş Kavramlar Rehberi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786255509215</t>
+          <t>9786255509192</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -2</t>
+          <t>Lozan; Başarı mı, Taviz mi?</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786255509208</t>
+          <t>9786255509239</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -1</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -4</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786255509246</t>
+          <t>9786255509222</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Filistin’in Yahudileştirilmesi; Toprak Satışı mı, Gasp mı?</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -3</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786255509185</t>
+          <t>9786255509215</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Son Hükümdar II. Abdülhamid; Ulu Hakan mı, Despot Sultan mı?</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -2</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786255509123</t>
+          <t>9786255509208</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Bir Hakikat Adamı Mehmed Âkif</t>
+          <t>Tefsir Tarihinin Panoraması Öncü Müfessirler ve Tefsirleri -1</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786255509130</t>
+          <t>9786255509246</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Öyküye Dair</t>
+          <t>Filistin’in Yahudileştirilmesi; Toprak Satışı mı, Gasp mı?</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>900</v>
+        <v>270</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786255509161</t>
+          <t>9786255509185</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Said Olayı; İsyan mı, Kıyam mı?</t>
+          <t>Son Hükümdar II. Abdülhamid; Ulu Hakan mı, Despot Sultan mı?</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786255509147</t>
+          <t>9786255509123</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Yılları; Demokrasi mi, Diktatörlük mü?</t>
+          <t>Bir Hakikat Adamı Mehmed Âkif</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>270</v>
+        <v>430</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786255509154</t>
+          <t>9786255509130</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dersim Olayı; Kerim Devlet mi, Zalim Devlet mi?</t>
+          <t>Öyküye Dair</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>270</v>
+        <v>900</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786255509093</t>
+          <t>9786255509161</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Büyük Anlatılar</t>
+          <t>Şeyh Said Olayı; İsyan mı, Kıyam mı?</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786255509178</t>
+          <t>9786255509147</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İslâm Hukuku-2 Ahvâl-i Şahsiyye (Şahıs-Aile-Miras)</t>
+          <t>Cumhuriyetin İlk Yılları; Demokrasi mi, Diktatörlük mü?</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256773349</t>
+          <t>9786255509154</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İngilizlerin Hindistan ve Bengal'deki Sömürge Yönetimi</t>
+          <t>Dersim Olayı; Kerim Devlet mi, Zalim Devlet mi?</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>520</v>
+        <v>270</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786255509109</t>
+          <t>9786255509093</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yangı - Hikâyeler</t>
+          <t>Büyük Anlatılar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786255509079</t>
+          <t>9786255509178</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sonunda Hepimiz Yok Olacaksak Bu Hayat Neden Var?</t>
+          <t>İslâm Hukuku-2 Ahvâl-i Şahsiyye (Şahıs-Aile-Miras)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786255509062</t>
+          <t>9786256773349</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Yeterince Nimet Varken Bu Kadar Yoksulluk Neden Var?</t>
+          <t>İngilizlerin Hindistan ve Bengal'deki Sömürge Yönetimi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>210</v>
+        <v>520</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786255509055</t>
+          <t>9786255509109</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın ilk Emri Oku İse Bu Kadar Cehalet Neden Var?</t>
+          <t>Yangı - Hikâyeler</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786255509031</t>
+          <t>9786255509079</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İslam Barış Diniyse Bu Kadar Savaş Neden Var?</t>
+          <t>Sonunda Hepimiz Yok Olacaksak Bu Hayat Neden Var?</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786255509024</t>
+          <t>9786255509062</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Aile Kutsal İse Bu Kadar Boşanma Neden Var?</t>
+          <t>Yeryüzünde Yeterince Nimet Varken Bu Kadar Yoksulluk Neden Var?</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786255509017</t>
+          <t>9786255509055</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İslam Tevhid Dini ise Bu Kadar Mezhep Neden Var?</t>
+          <t>İslam'ın ilk Emri Oku İse Bu Kadar Cehalet Neden Var?</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786255509000</t>
+          <t>9786255509031</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Allah Gerçekten Merhametliyse Bu Kadar Kötülük Neden Var?</t>
+          <t>İslam Barış Diniyse Bu Kadar Savaş Neden Var?</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256773998</t>
+          <t>9786255509024</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kaderimiz Önceden Belirlenmişse Cennet ve Cehennem Neden Var?</t>
+          <t>Aile Kutsal İse Bu Kadar Boşanma Neden Var?</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789754734003</t>
+          <t>9786255509017</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz’in Çocuk Sevgisi</t>
+          <t>İslam Tevhid Dini ise Bu Kadar Mezhep Neden Var?</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789754735321</t>
+          <t>9786255509000</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kadın Fotoğrafları</t>
+          <t>Allah Gerçekten Merhametliyse Bu Kadar Kötülük Neden Var?</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256773974</t>
+          <t>9786256773998</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Fuat Sezgin İlme Adanmış Bir Ömür</t>
+          <t>Kaderimiz Önceden Belirlenmişse Cennet ve Cehennem Neden Var?</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256773967</t>
+          <t>9789754734003</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Senusi Tarikatı ve Osmanlılarla İlişkileri</t>
+          <t>Peygamberimiz’in Çocuk Sevgisi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786255509086</t>
+          <t>9789754735321</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Abadile</t>
+          <t>Kadın Fotoğrafları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256773929</t>
+          <t>9786256773974</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yol Yakınken</t>
+          <t>Fuat Sezgin İlme Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256773936</t>
+          <t>9786256773967</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Arifler ve Kitaplar Arasında</t>
+          <t>Senusi Tarikatı ve Osmanlılarla İlişkileri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256773943</t>
+          <t>9786255509086</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif'le Söyleşiler</t>
+          <t>Abadile</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789754733686</t>
+          <t>9786256773929</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Yol Yakınken</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789754736519</t>
+          <t>9786256773936</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sen Geldin</t>
+          <t>Arifler ve Kitaplar Arasında</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754732238</t>
+          <t>9786256773943</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Farisi</t>
+          <t>Mehmet Akif'le Söyleşiler</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789754733860</t>
+          <t>9789754733686</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789754733853</t>
+          <t>9789754736519</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>Sen Geldin</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789754733976</t>
+          <t>9789754732238</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Selman-ı Farisi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789754734935</t>
+          <t>9789754733860</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Saatçi Musa</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789754734942</t>
+          <t>9789754733853</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Romanlar</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>325</v>
+        <v>130</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789754735062</t>
+          <t>9789754733976</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Müellifi Said Nur</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789754735468</t>
+          <t>9789754734935</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Rilke’nin Romanında Motifler</t>
+          <t>Saatçi Musa</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789754735482</t>
+          <t>9789754734942</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>Romanlar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789754730777</t>
+          <t>9789754735062</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Pakia Mektupları</t>
+          <t>Risale-i Nur Müellifi Said Nur</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789754734355</t>
+          <t>9789754735468</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Örtünün Altında Kalanlar</t>
+          <t>Rilke’nin Romanında Motifler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789754735086</t>
+          <t>9789754735482</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Ölüler</t>
+          <t>Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789754730418</t>
+          <t>9789754730777</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Pakia Mektupları</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789754732894</t>
+          <t>9789754734355</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Şeyhülislamlık</t>
+          <t>Örtünün Altında Kalanlar</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789754733877</t>
+          <t>9789754735086</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Örgütlü Ölüler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789754733655</t>
+          <t>9789754730418</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789754730753</t>
+          <t>9789754732894</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Sömürüldük</t>
+          <t>Osmanlı Devletinde Şeyhülislamlık</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789754732979</t>
+          <t>9789754733877</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mikrofonu Açıyorum</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789754733419</t>
+          <t>9789754733655</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789754735420</t>
+          <t>9789754730753</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Menziller</t>
+          <t>Nasıl Sömürüldük</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789754735024</t>
+          <t>9789754732979</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar</t>
+          <t>Mikrofonu Açıyorum</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789754734904</t>
+          <t>9789754733419</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif’ten Nükteler</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9782090619107</t>
+          <t>9789754735420</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif’e Armağan (Ciltli)</t>
+          <t>Menziller</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>3500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789754734874</t>
+          <t>9789754735024</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Düzyazılar</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>690</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789754734867</t>
+          <t>9789754734904</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif (Ciltli)</t>
+          <t>Mehmed Akif’ten Nükteler</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>1500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789754731675</t>
+          <t>9782090619107</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Medine Vesikası Işığında Yahudi Meselesi</t>
+          <t>Mehmed Akif’e Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>210</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789754733648</t>
+          <t>9789754734874</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Mani Kitabın Açtım</t>
+          <t>Mehmed Akif Düzyazılar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>160</v>
+        <v>690</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789754733068</t>
+          <t>9789754734867</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Kur’an Kıssaları ve Tarihi Gerçeklik</t>
+          <t>Mehmed Akif (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>280</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789754734218</t>
+          <t>9789754731675</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kurban</t>
+          <t>Medine Vesikası Işığında Yahudi Meselesi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789754732634</t>
+          <t>9789754733648</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Ana Konuları</t>
+          <t>Mani Kitabın Açtım</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789754732610</t>
+          <t>9789754733068</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Tarihi</t>
+          <t>Mitoloji Kur’an Kıssaları ve Tarihi Gerçeklik</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789754732962</t>
+          <t>9789754734218</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Üç Evliya</t>
+          <t>Kurban</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789754730258</t>
+          <t>9789754732634</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Dört Terim</t>
+          <t>Kur’an’ın Ana Konuları</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789754732955</t>
+          <t>9789754732610</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’a Göre Dinde Zorlama ve Şiddet Sorunu</t>
+          <t>Kur’an-ı Kerim Tarihi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789754732863</t>
+          <t>9789754732962</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Tarihselcilik</t>
+          <t>Kur’an’a Göre Üç Evliya</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789754733099</t>
+          <t>9789754730258</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıraatı</t>
+          <t>Kur’an’a Göre Dört Terim</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>1200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789754733952</t>
+          <t>9789754732955</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Vicdan ve Değeri</t>
+          <t>Kur’an’a Göre Dinde Zorlama ve Şiddet Sorunu</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>330</v>
+        <v>430</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789754735437</t>
+          <t>9789754732863</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Yakarış</t>
+          <t>Kur'an ve Tarihselcilik</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789754733730</t>
+          <t>9789754733099</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Kur’an Kıraatı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>315</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789754733693</t>
+          <t>9789754733952</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları</t>
+          <t>Kur’an Açısından Vicdan ve Değeri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789754733457</t>
+          <t>9789754735437</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Korku ve Yakarış</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789754733631</t>
+          <t>9789754733730</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789754734010</t>
+          <t>9789754733693</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789754735277</t>
+          <t>9789754733457</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kara Kitap</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789754734232</t>
+          <t>9789754733631</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kahvehane Kültürü</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789754735406</t>
+          <t>9789754734010</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İşaret Çocukları</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789754730678</t>
+          <t>9789754735277</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet ve Hıristiyanlık</t>
+          <t>Kara Kitap</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789754731323</t>
+          <t>9789754734232</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Kabul ve Reddettiği Halk İnançları</t>
+          <t>Kahvehane Kültürü</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257188180</t>
+          <t>9789754735406</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Dönem Tarihi Seti (6 Kitap)</t>
+          <t>İşaret Çocukları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>1570</v>
+        <v>210</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789754731484</t>
+          <t>9789754730678</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Giriş</t>
+          <t>İslamiyet ve Hıristiyanlık</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789754730197</t>
+          <t>9789754731323</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Tarih</t>
+          <t>İslam’ın Kabul ve Reddettiği Halk İnançları</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789754731644</t>
+          <t>9786257188180</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin İlk Döneminde Arap-Mevali İlişkisi</t>
+          <t>İslam’ın İlk Dönem Tarihi Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>270</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789754731637</t>
+          <t>9789754731484</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin İlk Asrında İktidar Mücadelesi</t>
+          <t>İslam’a Giriş</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789754731071</t>
+          <t>9789754730197</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihine Giriş Bütün Eserleri</t>
+          <t>İslam ve Tarih</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789754735147</t>
+          <t>9789754731644</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi (Büyük Boy)</t>
+          <t>İslam Tarihinin İlk Döneminde Arap-Mevali İlişkisi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789754733204</t>
+          <t>9789754731637</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi (Ciltli)</t>
+          <t>İslam Tarihinin İlk Asrında İktidar Mücadelesi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>1500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789754733198</t>
+          <t>9789754731071</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>İslam Peygamberi</t>
+          <t>İslam Tarihine Giriş Bütün Eserleri</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>900</v>
+        <v>210</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789754730319</t>
+          <t>9789754735147</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Mekke Dönemi ve Hz. Muhammed</t>
+          <t>İslam Peygamberi (Büyük Boy)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>210</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789754730456</t>
+          <t>9789754733204</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İslam Müesseselerine Giriş</t>
+          <t>İslam Peygamberi (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>220</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789754730449</t>
+          <t>9789754733198</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>İlk İslam Devleti (Makaleler)</t>
+          <t>İslam Peygamberi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>220</v>
+        <v>900</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789754735543</t>
+          <t>9789754730319</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İlim ve Hareket Adamı - Mehmet Said Ertürk</t>
+          <t>İslam Öncesi Mekke Dönemi ve Hz. Muhammed</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789754733372</t>
+          <t>9789754730456</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İbadet Dersleri</t>
+          <t>İslam Müesseselerine Giriş</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789754730470</t>
+          <t>9789754730449</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyneb</t>
+          <t>İlk İslam Devleti (Makaleler)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789754731149</t>
+          <t>9789754735543</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İslam Anayasa Hukuku Bütün Eserleri</t>
+          <t>İlim ve Hareket Adamı - Mehmet Said Ertürk</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789754734027</t>
+          <t>9789754733372</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>İbadet Dersleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789754733365</t>
+          <t>9789754730470</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İnanç Dersleri</t>
+          <t>Hz. Zeyneb</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789754733228</t>
+          <t>9789754731149</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam ve Eseri</t>
+          <t>İslam Anayasa Hukuku Bütün Eserleri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789754732290</t>
+          <t>9789754734027</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>İmam Şamil</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789754732849</t>
+          <t>9789754733365</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Savaşları</t>
+          <t>İnanç Dersleri</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789754730715</t>
+          <t>9789754733228</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin</t>
+          <t>İmam-ı Azam ve Eseri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789754730494</t>
+          <t>9789754732290</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>İmam Şamil</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789754735505</t>
+          <t>9789754732849</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza</t>
+          <t>Hz. Peygamberin Savaşları</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789754730487</t>
+          <t>9789754730715</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma</t>
+          <t>Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789754731040</t>
+          <t>9789754730494</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789754731651</t>
+          <t>9789754735505</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’nin Hilafet Hakkı Meselesinde Gadiri Hum Olayı</t>
+          <t>Hz. Hamza</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789754734201</t>
+          <t>9789754730487</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali Dönemi ve Ehli Beyt</t>
+          <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789754733884</t>
+          <t>9789754731040</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali - Nehcü’l Belağa (Ciltli)</t>
+          <t>Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>950</v>
+        <v>150</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789754733907</t>
+          <t>9789754731651</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali - Nehcü’l Belağa</t>
+          <t>Hz. Ali’nin Hilafet Hakkı Meselesinde Gadiri Hum Olayı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>520</v>
+        <v>210</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789754731019</t>
+          <t>9789754734201</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Hz. Ali Dönemi ve Ehli Beyt</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789754730265</t>
+          <t>9789754733884</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Hilafetten Saltanata Emeviler Dönemi</t>
+          <t>Hz. Ali - Nehcü’l Belağa (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789754733815</t>
+          <t>9789754733907</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerden Seçmeler</t>
+          <t>Hz. Ali - Nehcü’l Belağa</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789754731392</t>
+          <t>9789754731019</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789754734270</t>
+          <t>9789754730265</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Hilafetten Saltanata Emeviler Dönemi</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789754733785</t>
+          <t>9789754733815</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Çocuk Yetiştirmenin Temel İlkeleri</t>
+          <t>Hikayelerden Seçmeler</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789754735222</t>
+          <t>9789754731392</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Bahaneler</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789754736830</t>
+          <t>9789754734270</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kaynağı Kur’an Tefsiri Sempatik Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>3300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789754732726</t>
+          <t>9789754733785</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Haricilik Mezhebinin Doğuşu Bağlamında Din Siyaset İlişkisi</t>
+          <t>Hayırlı Çocuk Yetiştirmenin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789754731668</t>
+          <t>9789754735222</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Haricilerin Siyasi Faaliyetleri</t>
+          <t>Hayata Dair Bahaneler</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789754733273</t>
+          <t>9789754736830</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Halname</t>
+          <t>Hayat Kaynağı Kur’an Tefsiri Sempatik Boy (5 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>240</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789754733587</t>
+          <t>9789754732726</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinden Seçmeler</t>
+          <t>Haricilik Mezhebinin Doğuşu Bağlamında Din Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789754732771</t>
+          <t>9789754731668</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Hadis Temelli Kalıp Yargılarda Kadın</t>
+          <t>Haricilerin Siyasi Faaliyetleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789754735499</t>
+          <t>9789754733273</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri</t>
+          <t>Halname</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789754733396</t>
+          <t>9789754733587</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Halk Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789754733518</t>
+          <t>9789754732771</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Genetik Kopyalamanın Fıkhi Yönü</t>
+          <t>Hadis Temelli Kalıp Yargılarda Kadın</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789754734737</t>
+          <t>9789754735499</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Notlar</t>
+          <t>Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>640</v>
+        <v>310</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789754733334</t>
+          <t>9789754733396</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Elveda Ankara</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>470</v>
+        <v>320</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789754733549</t>
+          <t>9789754733518</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Genetik Kopyalamanın Fıkhi Yönü</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789754733501</t>
+          <t>9789754734737</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ezan ya da Ebedi Kurtuluşa Çağrı</t>
+          <t>Geçmişten Notlar</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789754733037</t>
+          <t>9789754733334</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ebü Nu’aym El İsfahani</t>
+          <t>Elveda Ankara</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>330</v>
+        <v>470</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789754735390</t>
+          <t>9789754733549</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Radyo Oyunları</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789754733044</t>
+          <t>9789754733501</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Polika’nın Yeşil Çeşmesi</t>
+          <t>Ezan ya da Ebedi Kurtuluşa Çağrı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789754733242</t>
+          <t>9789754733037</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Medreseleri</t>
+          <t>Ebü Nu’aym El İsfahani</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789754731064</t>
+          <t>9789754735390</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinin Yıkılışında Yemen İsyanları</t>
+          <t>Radyo Oyunları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789754732313</t>
+          <t>9789754733044</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hanife</t>
+          <t>Polika’nın Yeşil Çeşmesi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789754734713</t>
+          <t>9789754733242</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kaplayan Ağaç</t>
+          <t>Osmanlı Medreseleri</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789754734348</t>
+          <t>9789754731064</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Güzel İnsanları</t>
+          <t>Osmanlı Devletinin Yıkılışında Yemen İsyanları</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789754733754</t>
+          <t>9789754732313</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Bütün Çocuklarına</t>
+          <t>Ebu Hanife</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789754735529</t>
+          <t>9789754734713</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Diz Çökmeyen Adam - Ramazan Keskin Hoca</t>
+          <t>Dünyayı Kaplayan Ağaç</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789754730746</t>
+          <t>9789754734348</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir</t>
+          <t>Dünyanın Güzel İnsanları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789754735291</t>
+          <t>9789754733754</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Die Vorislamische Mekka-Epoche und der Prophet Muhammed</t>
+          <t>Dünyanın Bütün Çocuklarına</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>210</v>
+        <v>155</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789754735338</t>
+          <t>9789754735529</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Di Teblixa İslame de Serdema Mekkeye u İşkence</t>
+          <t>Diz Çökmeyen Adam - Ramazan Keskin Hoca</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789754733402</t>
+          <t>9789754730746</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Din Nedir</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789754735314</t>
+          <t>9789754735291</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Dava Kıran</t>
+          <t>Die Vorislamische Mekka-Epoche und der Prophet Muhammed</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789754734379</t>
+          <t>9789754735338</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Dağların Sırrı</t>
+          <t>Di Teblixa İslame de Serdema Mekkeye u İşkence</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789754733846</t>
+          <t>9789754733402</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızla Atlara Biniyorduk</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789754734829</t>
+          <t>9789754735314</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımıza Din Kitabı</t>
+          <t>Dava Kıran</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789754733716</t>
+          <t>9789754734379</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Öpmekte Meleklerle Yarışmak</t>
+          <t>Dağların Sırrı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789754733839</t>
+          <t>9789754733846</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Sevgi</t>
+          <t>Çocuklarımızla Atlara Biniyorduk</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789754734690</t>
+          <t>9789754734829</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Çin Müslümanları ve Çin’e Seyahat</t>
+          <t>Çocuklarımıza Din Kitabı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>750</v>
+        <v>270</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789754733761</t>
+          <t>9789754733716</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Çocukları Öpmekte Meleklerle Yarışmak</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786257188173</t>
+          <t>9789754733839</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu Seti (13 Kitap)</t>
+          <t>Çocuk Eğitiminde Sevgi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>3150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>2770000006453</t>
+          <t>9789754734690</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Cahit Zarifoğlu Çocuk Kitapları (9 Kitap Set)</t>
+          <t>Çin Müslümanları ve Çin’e Seyahat</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>1260</v>
+        <v>750</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789754732245</t>
+          <t>9789754733761</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Cafer-i Tayyar</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789754734034</t>
+          <t>9786257188173</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Cahit Zarifoğlu Seti (13 Kitap)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>200</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789754735376</t>
+          <t>2770000006453</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Ankara’da Kırk Beş Yıl</t>
+          <t>Cahit Zarifoğlu Çocuk Kitapları (9 Kitap Set)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>670</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789754734966</t>
+          <t>9789754732245</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Andolsun Aşka</t>
+          <t>Cafer-i Tayyar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789754732900</t>
+          <t>9789754734034</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aleviliği’nin Tarihsel Arka Planı</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789754732986</t>
+          <t>9789754735376</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ali - Muaviye Kavgası</t>
+          <t>Ankara’da Kırk Beş Yıl</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>280</v>
+        <v>670</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789754733136</t>
+          <t>9789754734966</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Tefsir Akımı</t>
+          <t>Andolsun Aşka</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789754730241</t>
+          <t>9789754732900</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid’in İslam Birliği Siyaseti</t>
+          <t>Anadolu Aleviliği’nin Tarihsel Arka Planı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789754731118</t>
+          <t>9789754732986</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Hadislere Göre Cinler-Büyü</t>
+          <t>Ali - Muaviye Kavgası</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789754734065</t>
+          <t>9789754733136</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Nasıl Bir Kitaptır</t>
+          <t>20. Yüzyıl Tefsir Akımı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786256773806</t>
+          <t>9789754730241</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Seni Tanımak İstiyorum Allah'ım</t>
+          <t>2. Abdülhamid’in İslam Birliği Siyaseti</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789754733488</t>
+          <t>9789754731118</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Kur’an ve Hadislere Göre Cinler-Büyü</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>130</v>
+        <v>430</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786256773813</t>
+          <t>9789754734065</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bir Tel Kopar/ Faruk Beşer'in Hatıraları</t>
+          <t>Kur’an Nasıl Bir Kitaptır</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786256773820</t>
+          <t>9786256773806</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Efsane Başkan Halil Ürün</t>
+          <t>Seni Tanımak İstiyorum Allah'ım</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786256773912</t>
+          <t>9789754733488</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Cam Küre</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C450" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786256773905</t>
+          <t>9786256773813</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Muhteşemler Ülkesi</t>
+          <t>Bir Tel Kopar/ Faruk Beşer'in Hatıraları</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786256773899</t>
+          <t>9786256773820</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İş Başa Düştü</t>
+          <t>Efsane Başkan Halil Ürün</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786256773882</t>
+          <t>9786256773912</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sabredemedim İşte</t>
+          <t>Cam Küre</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786256773875</t>
+          <t>9786256773905</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Şifalı İksir</t>
+          <t>Muhteşemler Ülkesi</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786256773868</t>
+          <t>9786256773899</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüanka'nın Yumurtası</t>
+          <t>İş Başa Düştü</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786256773851</t>
+          <t>9786256773882</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük</t>
+          <t>Sabredemedim İşte</t>
         </is>
       </c>
       <c r="C456" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786256773844</t>
+          <t>9786256773875</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İyilik Perisi</t>
+          <t>Şifalı İksir</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786256773790</t>
+          <t>9786256773868</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağı'na Yolculuk</t>
+          <t>Zümrüdüanka'nın Yumurtası</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786256773837</t>
+          <t>9786256773851</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmakla Bitmez</t>
+          <t>Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789754733433</t>
+          <t>9786256773844</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçme Hikayeler</t>
+          <t>İyilik Perisi</t>
         </is>
       </c>
       <c r="C460" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789754730036</t>
+          <t>9786256773790</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Mekke Dönemi ve İşkence</t>
+          <t>Kaf Dağı'na Yolculuk</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789754730326</t>
+          <t>9786256773837</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Örnek Halifeler Dönemi</t>
+          <t>Paylaşmakla Bitmez</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789754733624</t>
+          <t>9789754733433</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinden Seçmeler</t>
+          <t>Mesnevi’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786256773783</t>
+          <t>9789754730036</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Bereketi Birkaç Kavram, Pek Çok Anlam</t>
+          <t>İslami Tebliğin Mekke Dönemi ve İşkence</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789754730043</t>
+          <t>9789754730326</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İslami Tebliğin Medine Dönemi ve Cihad</t>
+          <t>İslami Tebliğin Örnek Halifeler Dönemi</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786256773769</t>
+          <t>9789754733624</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kaktüs Çiçeği ve Sarmaşıklar</t>
+          <t>Divan Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786256773776</t>
+          <t>9786256773783</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Tematik İslam Tarihi</t>
+          <t>Kur'an'ın Bereketi Birkaç Kavram, Pek Çok Anlam</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>530</v>
+        <v>360</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789754735109</t>
+          <t>9789754730043</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İhsan Süreyya Sırma’nın Bütün Seyahatleri (Kutulu)</t>
+          <t>İslami Tebliğin Medine Dönemi ve Cihad</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>4200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789754735031</t>
+          <t>9786256773769</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname-i Süreyya</t>
+          <t>Kaktüs Çiçeği ve Sarmaşıklar</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>1500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786256773684</t>
+          <t>9786256773776</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İman ve Silah</t>
+          <t>Tematik İslam Tarihi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786256773752</t>
+          <t>9789754735109</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Maziden Atiye Zeki Savaş ile Söyleşi</t>
+          <t>Prof. Dr. İhsan Süreyya Sırma’nın Bütün Seyahatleri (Kutulu)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>270</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786256773677</t>
+          <t>9789754735031</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Araplar; Arkamızdan Vurdu mu, Vurmadı mı?</t>
+          <t>Seyahatname-i Süreyya</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>210</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786256773660</t>
+          <t>9786256773684</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Tarikat ve Cemaatler; Kapandı mı, Kapatıldı mı?</t>
+          <t>İman ve Silah</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786256773653</t>
+          <t>9786256773752</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Sultan Vahdettin; Hain mi, Mağdur mu?</t>
+          <t>Maziden Atiye Zeki Savaş ile Söyleşi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786256773646</t>
+          <t>9786256773677</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Nutuk; Gerçek mi, Kurgu mu?</t>
+          <t>Birinci Dünya Savaşı’nda Araplar; Arkamızdan Vurdu mu, Vurmadı mı?</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786256773639</t>
+          <t>9786256773660</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma; Modernleşme mi, Yabancılaşma mı?</t>
+          <t>Cumhuriyet Döneminde Tarikat ve Cemaatler; Kapandı mı, Kapatıldı mı?</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786256773400</t>
+          <t>9786256773653</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Yolun Bittiği Yerde</t>
+          <t>Sultan Vahdettin; Hain mi, Mağdur mu?</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786256773394</t>
+          <t>9786256773646</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Masum Hikaye - Bir MTTB Başkanının Hatıraları</t>
+          <t>Nutuk; Gerçek mi, Kurgu mu?</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786256773417</t>
+          <t>9786256773639</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Bir Gülistan Mimarı Rasim Özdenören</t>
+          <t>Batılılaşma; Modernleşme mi, Yabancılaşma mı?</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786256773387</t>
+          <t>9786256773400</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Konya'nın Yetiştirdiği İslam Alimlerinden Mehmet Özgü Aras</t>
+          <t>Yolun Bittiği Yerde</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786258317831</t>
+          <t>9786256773394</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne Bitlis Güzideleri</t>
+          <t>Masum Hikaye - Bir MTTB Başkanının Hatıraları</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786256773189</t>
+          <t>9786256773417</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Üzerine Sözlü Tarih Söyleşileri</t>
+          <t>Bir Gülistan Mimarı Rasim Özdenören</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786256773332</t>
+          <t>9786256773387</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Oksidentalizme Giriş</t>
+          <t>Konya'nın Yetiştirdiği İslam Alimlerinden Mehmet Özgü Aras</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>1500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786256773257</t>
+          <t>9786258317831</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Muhammed (s.a.v.) Geleceğin Peygamberi</t>
+          <t>Geçmişten Bugüne Bitlis Güzideleri</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786256773363</t>
+          <t>9786256773189</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kurudu Kalbim</t>
+          <t>Diyarbakır Üzerine Sözlü Tarih Söyleşileri</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789754731378</t>
+          <t>9786256773332</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Oryantalistlerin Hz. Peygamber ile İlgili İddialarına Cevaplar</t>
+          <t>Oksidentalizme Giriş</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>490</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789754731507</t>
+          <t>9786256773257</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet ve Şi’a’nın Delil Olarak Aldığı Bazı Hadisler</t>
+          <t>Muhammed (s.a.v.) Geleceğin Peygamberi</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786258317824</t>
+          <t>9786256773363</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>II. Abdülhamid Dönemi Göç Hareketlerinin İktisadi Hayata Yansımaları</t>
+          <t>Kurudu Kalbim</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786256773172</t>
+          <t>9789754731378</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku ve Modern Hukuk Ekseninde Devlet - Piyasa İlişkisi</t>
+          <t>Oryantalistlerin Hz. Peygamber ile İlgili İddialarına Cevaplar</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786256773356</t>
+          <t>9789754731507</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Kimlikler</t>
+          <t>Ehl-i Sünnet ve Şi’a’nın Delil Olarak Aldığı Bazı Hadisler</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786256773226</t>
+          <t>9786258317824</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Dostluğa Dair (Ciltli)</t>
+          <t>II. Abdülhamid Dönemi Göç Hareketlerinin İktisadi Hayata Yansımaları</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>750</v>
+        <v>470</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786256773233</t>
+          <t>9786256773172</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Yolçiti</t>
+          <t>İslam Hukuku ve Modern Hukuk Ekseninde Devlet - Piyasa İlişkisi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786256773264</t>
+          <t>9786256773356</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Cennet Kreşi</t>
+          <t>Kibirli Kimlikler</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786256773202</t>
+          <t>9786256773226</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sadık Oğlum Said</t>
+          <t>Dostluğa Dair (Ciltli)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>530</v>
+        <v>750</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786256773325</t>
+          <t>9786256773233</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Ayın Ondördünde Ay Işığı</t>
+          <t>Yolçiti</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786256773301</t>
+          <t>9786256773264</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Yürekler ve Yönelişler</t>
+          <t>Cennet Kreşi</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786256773271</t>
+          <t>9786256773202</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Şehid Sahabiler Hz. Peygamber Dönemi</t>
+          <t>Sadık Oğlum Said</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>240</v>
+        <v>530</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786256773295</t>
+          <t>9786256773325</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Ekosistemlerin Dilinden Yaratılış</t>
+          <t>Ayın Ondördünde Ay Işığı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786256773318</t>
+          <t>9786256773301</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Suç ve Din İlişkisi</t>
+          <t>Yürekler ve Yönelişler</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786256773240</t>
+          <t>9786256773271</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yaratılışı</t>
+          <t>Şehid Sahabiler Hz. Peygamber Dönemi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786256773219</t>
+          <t>9786256773295</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Akaid İman Esasları</t>
+          <t>Ekosistemlerin Dilinden Yaratılış</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786256773196</t>
+          <t>9786256773318</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Alim, Arif, Zahid, Zarif Bir Bilge Adam Muhammed Hamidullah</t>
+          <t>Çocuk, Suç ve Din İlişkisi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>4440000003945</t>
+          <t>9786256773240</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar Seti - (10 Kitap)</t>
+          <t>İnsanın Yaratılışı</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>1300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786258317923</t>
+          <t>9786256773219</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 10 Saklanamayan Ahtapot Poti</t>
+          <t>Akaid İman Esasları</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>130</v>
+        <v>310</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786258317916</t>
+          <t>9786256773196</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 9 Şakacı Kirpi'nin Şakaları</t>
+          <t>Alim, Arif, Zahid, Zarif Bir Bilge Adam Muhammed Hamidullah</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786258317909</t>
+          <t>4440000003945</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 8 Uğur Böceklerinin Kahvaltısı</t>
+          <t>Hayvanlar Aleminden Masallar Seti - (10 Kitap)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>130</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786258317893</t>
+          <t>9786258317923</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 7 Yavaş Kaplumbağa'nın Pikniği</t>
+          <t>Hayvanlar Aleminden Masallar - 10 Saklanamayan Ahtapot Poti</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786258317947</t>
+          <t>9786258317916</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 6 Köpük ve Pati'nin Hatası</t>
+          <t>Hayvanlar Aleminden Masallar - 9 Şakacı Kirpi'nin Şakaları</t>
         </is>
       </c>
       <c r="C508" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786258317930</t>
+          <t>9786258317909</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 5 Mikroplardan Kurtulan Çakıl</t>
+          <t>Hayvanlar Aleminden Masallar - 8 Uğur Böceklerinin Kahvaltısı</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786258317886</t>
+          <t>9786258317893</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 4 Gözlüklü Tavşan'ın Korkusu</t>
+          <t>Hayvanlar Aleminden Masallar - 7 Yavaş Kaplumbağa'nın Pikniği</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786258317879</t>
+          <t>9786258317947</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 3 Minik Serçe'nin Başarısı</t>
+          <t>Hayvanlar Aleminden Masallar - 6 Köpük ve Pati'nin Hatası</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786258317862</t>
+          <t>9786258317930</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 2 Ayakkabı İsteyen Kırkayak</t>
+          <t>Hayvanlar Aleminden Masallar - 5 Mikroplardan Kurtulan Çakıl</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786258317817</t>
+          <t>9786258317886</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Masallar - 1 Minik Sincap'ın Kırılan Dişi</t>
+          <t>Hayvanlar Aleminden Masallar - 4 Gözlüklü Tavşan'ın Korkusu</t>
         </is>
       </c>
       <c r="C513" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786258317756</t>
+          <t>9786258317879</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Kitabı</t>
+          <t>Hayvanlar Aleminden Masallar - 3 Minik Serçe'nin Başarısı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786258317855</t>
+          <t>9786258317862</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>72 Saat Yolculuk</t>
+          <t>Hayvanlar Aleminden Masallar - 2 Ayakkabı İsteyen Kırkayak</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786258317794</t>
+          <t>9786258317817</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Tüm İnsanların Peygamberi Serisi (10 Kitap)</t>
+          <t>Hayvanlar Aleminden Masallar - 1 Minik Sincap'ın Kırılan Dişi</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>2000</v>
+        <v>130</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786258317787</t>
+          <t>9786258317756</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Bilgelik Hikayeleri 17 - Kara Çoban ile Sarı Çoban</t>
+          <t>Dostluk Kitabı</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786258317770</t>
+          <t>9786258317855</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Güzel İnsanlardan - Güzel Masallar</t>
+          <t>72 Saat Yolculuk</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786258317763</t>
+          <t>9786258317794</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Masala Düşen Kız</t>
+          <t>Tüm İnsanların Peygamberi Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>320</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786258317800</t>
+          <t>9786258317787</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlık Hikayeleri 3 - Asker Ahmet'in Sırrı</t>
+          <t>Çocuklar için Bilgelik Hikayeleri 17 - Kara Çoban ile Sarı Çoban</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786258317534</t>
+          <t>9786258317770</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Mektuplarla Düşünce ve Edebiyat Yolculuğum</t>
+          <t>Güzel İnsanlardan - Güzel Masallar</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786258317749</t>
+          <t>9786258317763</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Dostluğa Dair</t>
+          <t>Masala Düşen Kız</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786258317695</t>
+          <t>9786258317800</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Engelliler - Tüm İnsanların Peygamberi 10</t>
+          <t>Kahramanlık Hikayeleri 3 - Asker Ahmet'in Sırrı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258317688</t>
+          <t>9786258317534</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Müslüman Olmayanlar - Tüm İnsanların Peygamberi 9</t>
+          <t>Mektuplarla Düşünce ve Edebiyat Yolculuğum</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786258317671</t>
+          <t>9786258317749</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Yaşlılar - Tüm İnsanların Peygamberi 8</t>
+          <t>Dostluğa Dair</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258317664</t>
+          <t>9786258317695</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Yakınlar (Akrabalar/Komşular) - Tüm İnsanların Peygamberi 7</t>
+          <t>Hz. Peygamber ve Engelliler - Tüm İnsanların Peygamberi 10</t>
         </is>
       </c>
       <c r="C526" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258317657</t>
+          <t>9786258317688</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Yoksullar - Tüm İnsanların Peygamberi 6</t>
+          <t>Hz. Peygamber ve Müslüman Olmayanlar - Tüm İnsanların Peygamberi 9</t>
         </is>
       </c>
       <c r="C527" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786258317640</t>
+          <t>9786258317671</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Varlıklılar - Tüm İnsanların Peygamberi 5</t>
+          <t>Hz. Peygamber ve Yaşlılar - Tüm İnsanların Peygamberi 8</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786258317633</t>
+          <t>9786258317664</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Görevliler - Tüm İnsanların Peygamberi 4</t>
+          <t>Hz. Peygamber ve Yakınlar (Akrabalar/Komşular) - Tüm İnsanların Peygamberi 7</t>
         </is>
       </c>
       <c r="C529" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258317626</t>
+          <t>9786258317657</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Kadınlar - Tüm İnsanların Peygamberi 3</t>
+          <t>Hz. Peygamber ve Yoksullar - Tüm İnsanların Peygamberi 6</t>
         </is>
       </c>
       <c r="C530" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258317619</t>
+          <t>9786258317640</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Gençler - Tüm İnsanların Peygamberi 2</t>
+          <t>Hz. Peygamber ve Varlıklılar - Tüm İnsanların Peygamberi 5</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258317602</t>
+          <t>9786258317633</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Çocuklar - Tüm İnsanların Peygamberi 1</t>
+          <t>Hz. Peygamber ve Görevliler - Tüm İnsanların Peygamberi 4</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258317732</t>
+          <t>9786258317626</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Hadis Şarihleri ve Örnek Şerh Metinler</t>
+          <t>Hz. Peygamber ve Kadınlar - Tüm İnsanların Peygamberi 3</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258317718</t>
+          <t>9786258317619</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Delioba</t>
+          <t>Hz. Peygamber ve Gençler - Tüm İnsanların Peygamberi 2</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258317701</t>
+          <t>9786258317602</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>İlahiyat Fakültelerinde Öteki ile İlişkiler</t>
+          <t>Hz. Peygamber ve Çocuklar - Tüm İnsanların Peygamberi 1</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786258317725</t>
+          <t>9786258317732</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Abules</t>
+          <t>Meşhur Hadis Şarihleri ve Örnek Şerh Metinler</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258317565</t>
+          <t>9786258317718</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Gezegeni - Uzay Muhafızları 1</t>
+          <t>Delioba</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258317572</t>
+          <t>9786258317701</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>İyilik Yıldızı - Uzay Muhafızları 2</t>
+          <t>İlahiyat Fakültelerinde Öteki ile İlişkiler</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258317589</t>
+          <t>9786258317725</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Adalet Meteoru - Uzay Muhafızları 3</t>
+          <t>Abules</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258317596</t>
+          <t>9786258317565</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Galaksisi - Uzay Muhafızları 4</t>
+          <t>Merhamet Gezegeni - Uzay Muhafızları 1</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258317558</t>
+          <t>9786258317572</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sınırı Aşınca</t>
+          <t>İyilik Yıldızı - Uzay Muhafızları 2</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258317541</t>
+          <t>9786258317589</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğiniz Şeylerden İnfak Etmedikçe</t>
+          <t>Adalet Meteoru - Uzay Muhafızları 3</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258317176</t>
+          <t>9786258317596</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Ailenin İhyası</t>
+          <t>Ahlak Galaksisi - Uzay Muhafızları 4</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789754737738</t>
+          <t>9786258317558</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Toplum (Osmanlıca - Türkçe) (Ciltli)</t>
+          <t>İnsan Sınırı Aşınca</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258317527</t>
+          <t>9786258317541</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hamidullah Hocam'dan Mektuplar</t>
+          <t>Sevdiğiniz Şeylerden İnfak Etmedikçe</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>690</v>
+        <v>550</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258317510</t>
+          <t>9786258317176</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Süleyman er-Raşid'in - HAC Yolculuğu</t>
+          <t>Ailenin İhyası</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258317503</t>
+          <t>9789754737738</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Demir ve Kan</t>
+          <t>Ahlak ve Toplum (Osmanlıca - Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786258317190</t>
+          <t>9786258317527</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp Tatilde (Renkli - Resimli)</t>
+          <t>Muhammed Hamidullah Hocam'dan Mektuplar</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>280</v>
+        <v>690</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258317206</t>
+          <t>9786258317510</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp Lunaparkta (Renkli - Resimli)</t>
+          <t>Şeyh Süleyman er-Raşid'in - HAC Yolculuğu</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258317282</t>
+          <t>9786258317503</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Muhaddisler ve Örnek Metinler</t>
+          <t>Demir ve Kan</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786258317169</t>
+          <t>9786258317190</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'den Dumlupınar'a - Kahramanlık Hikayeleri 2</t>
+          <t>Muga Zıpzıp Tatilde (Renkli - Resimli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258317152</t>
+          <t>9786258317206</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Dumlupınar'ın Güzel Atları ve Güzel İnsanları - Kahramanlık Hikayeleri 1</t>
+          <t>Muga Zıpzıp Lunaparkta (Renkli - Resimli)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786258317305</t>
+          <t>9786258317282</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Salihler Hareketi</t>
+          <t>Meşhur Muhaddisler ve Örnek Metinler</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258317237</t>
+          <t>9786258317169</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Nuri Dede'den Hikayeler</t>
+          <t>Çanakkale'den Dumlupınar'a - Kahramanlık Hikayeleri 2</t>
         </is>
       </c>
       <c r="C554" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258317183</t>
+          <t>9786258317152</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yedi Sahabe</t>
+          <t>Dumlupınar'ın Güzel Atları ve Güzel İnsanları - Kahramanlık Hikayeleri 1</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258317251</t>
+          <t>9786258317305</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Sefer Bir İçe Yolculuk Hikayesi</t>
+          <t>Salihler Hareketi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258317244</t>
+          <t>9786258317237</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Safa ile Merve - Kutlu Yolculukta</t>
+          <t>Nuri Dede'den Hikayeler</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786258317268</t>
+          <t>9786258317183</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Z'den A'ya Genç Sorular</t>
+          <t>Çocuklar İçin Yedi Sahabe</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258317220</t>
+          <t>9786258317251</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Mars'a Yolculuk - Şeytan Krallığı Savaşı</t>
+          <t>Sefer Bir İçe Yolculuk Hikayesi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786258317213</t>
+          <t>9786258317244</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Flört Sınavında</t>
+          <t>Safa ile Merve - Kutlu Yolculukta</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786258317299</t>
+          <t>9786258317268</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Bezzaz</t>
+          <t>Z'den A'ya Genç Sorular</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786258317138</t>
+          <t>9786258317220</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Şafiî İlmihali (Ciltli)</t>
+          <t>Mars'a Yolculuk - Şeytan Krallığı Savaşı</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786258317145</t>
+          <t>9786258317213</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>İlahi Semboller ve Gerçekler</t>
+          <t>Gençlik Flört Sınavında</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786258317008</t>
+          <t>9786258317299</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tahrici, Tenkidi ve Problemleri</t>
+          <t>Bezzaz</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786258317275</t>
+          <t>9786258317138</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Şühedanın İzinde - Şehit Kaymakam</t>
+          <t>Muhtasar Şafiî İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786258317053</t>
+          <t>9786258317145</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Bir Diriliş Eri Sezai Karakoç Kitabı (Ciltli)</t>
+          <t>İlahi Semboller ve Gerçekler</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>850</v>
+        <v>320</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786258317046</t>
+          <t>9786258317008</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Gördüklerim ve Tesbitlerim</t>
+          <t>Hadis Tahrici, Tenkidi ve Problemleri</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786258135985</t>
+          <t>9786258317275</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Üretim Sistemi</t>
+          <t>Şühedanın İzinde - Şehit Kaymakam</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>740</v>
+        <v>360</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786258317121</t>
+          <t>9786258317053</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hadislere Göre Şeytan ve Satanizm</t>
+          <t>Bir Diriliş Eri Sezai Karakoç Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>620</v>
+        <v>850</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786258317114</t>
+          <t>9786258317046</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Gençler, Dost Olun Ki, Gerçek Dostu Bulasınız!</t>
+          <t>Gördüklerim ve Tesbitlerim</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786258317022</t>
+          <t>9786258135985</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kalbe Açılan Kapılar - Kitaplar</t>
+          <t>Klasik Dönem Osmanlı Üretim Sistemi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>250</v>
+        <v>740</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786258135992</t>
+          <t>9786258317121</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Yeni Filozofların Tutarsızlıkları</t>
+          <t>Kur'an ve Hadislere Göre Şeytan ve Satanizm</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786258317015</t>
+          <t>9786258317114</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihçiliğinin Yeni Siması Muhammed Hamidullah</t>
+          <t>Gençler, Dost Olun Ki, Gerçek Dostu Bulasınız!</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786258317077</t>
+          <t>9786258317022</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin İnanç Rehberi</t>
+          <t>Kalbe Açılan Kapılar - Kitaplar</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786258317060</t>
+          <t>9786258135992</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Bir Şüphen Mi Var?</t>
+          <t>Yeni Filozofların Tutarsızlıkları</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786258135978</t>
+          <t>9786258317015</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Bilgelik Hikayeleri 16 - Bilgeler Ormanı</t>
+          <t>İslam Tarihçiliğinin Yeni Siması Muhammed Hamidullah</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257432719</t>
+          <t>9786258317077</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Usulü</t>
+          <t>Gençlerin İnanç Rehberi</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257188296</t>
+          <t>9786258317060</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Bilgelik Hikayeleri Seti (17 Kitap)</t>
+          <t>Bir Şüphen Mi Var?</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>2200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257188289</t>
+          <t>9786258135978</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Can Dostlarımızı Tanıyalım Set (10 Kitap)</t>
+          <t>Çocuklar İçin Bilgelik Hikayeleri 16 - Bilgeler Ormanı</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>1600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786258135947</t>
+          <t>9786257432719</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Aleminden Bilgelik Hikayeleri</t>
+          <t>İslam Hukuk Usulü</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>2073936739366</t>
+          <t>9786257188296</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Serisi Takım (13 Kitap)</t>
+          <t>Çocuklar için Bilgelik Hikayeleri Seti (17 Kitap)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>2600</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786258135954</t>
+          <t>9786257188289</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid Dönemi Şeyhülislamları ve Şeyhülislamlık Müessesesi</t>
+          <t>Can Dostlarımızı Tanıyalım Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>310</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786258135961</t>
+          <t>9786258135947</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya'da Hüzün Abdülmelik Fırat</t>
+          <t>Hayvanlar Aleminden Bilgelik Hikayeleri</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786258124248</t>
+          <t>2073936739366</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Gençler,! Etrafınız Sarıldı, Sakın Teslim Olmayın!</t>
+          <t>Gençlik Serisi Takım (13 Kitap)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>200</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786258124262</t>
+          <t>9786258135954</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Okuyun, Okumazsanız Canınıza Okurlar!</t>
+          <t>Sultan II. Abdülhamid Dönemi Şeyhülislamları ve Şeyhülislamlık Müessesesi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786258124255</t>
+          <t>9786258135961</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Gençler! İyiliğinizi İstiyorlar Sakın Vermeyin!</t>
+          <t>Mezopotamya'da Hüzün Abdülmelik Fırat</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786258124217</t>
+          <t>9786258124248</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Akıl Bir Şeydir, Kalp Her Şey!</t>
+          <t>Gençler,! Etrafınız Sarıldı, Sakın Teslim Olmayın!</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786258124293</t>
+          <t>9786258124262</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Sizi Leylekler Getirmedi, Bir Aileniz Olduğunu Unutmayın!</t>
+          <t>Gençler! Okuyun, Okumazsanız Canınıza Okurlar!</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786258124231</t>
+          <t>9786258124255</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Hayat Bir İnanç Yolculuğudur, Doğru Yoldan Ayrılmayın!</t>
+          <t>Gençler! İyiliğinizi İstiyorlar Sakın Vermeyin!</t>
         </is>
       </c>
       <c r="C589" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786258124224</t>
+          <t>9786258124217</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Dünyaya Teslim Olmayın, Teslim Alın!</t>
+          <t>Gençler! Akıl Bir Şeydir, Kalp Her Şey!</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786258124200</t>
+          <t>9786258124293</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Adil Olun Adınız Ömer Olsun!</t>
+          <t>Gençler! Sizi Leylekler Getirmedi, Bir Aileniz Olduğunu Unutmayın!</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786258124279</t>
+          <t>9786258124231</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Özgür Olmak mı İstiyorsunuz? İbadet Edin!</t>
+          <t>Gençler! Hayat Bir İnanç Yolculuğudur, Doğru Yoldan Ayrılmayın!</t>
         </is>
       </c>
       <c r="C592" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786258124286</t>
+          <t>9786258124224</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Paylaşmayı Bilin Yoksa Paylaşılırsınız!</t>
+          <t>Gençler! Dünyaya Teslim Olmayın, Teslim Alın!</t>
         </is>
       </c>
       <c r="C593" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786258124194</t>
+          <t>9786258124200</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Tarihinizi Öğrenin Yoksa Başkaları Tarihlerini Öğretirler!</t>
+          <t>Gençler! Adil Olun Adınız Ömer Olsun!</t>
         </is>
       </c>
       <c r="C594" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786258124170</t>
+          <t>9786258124279</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Gençler! Merhamet Edin ki Merhamet Olunasınız!</t>
+          <t>Gençler! Özgür Olmak mı İstiyorsunuz? İbadet Edin!</t>
         </is>
       </c>
       <c r="C595" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>2073363733630</t>
+          <t>9786258124286</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Gülücük Çocuk Kitapları - Renkli Ciltli Kutulu Set (9 Kitap)</t>
+          <t>Gençler! Paylaşmayı Bilin Yoksa Paylaşılırsınız!</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>3600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257188272</t>
+          <t>9786258124194</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Nanu'nun Maceraları Set (10 Kitap)</t>
+          <t>Gençler! Tarihinizi Öğrenin Yoksa Başkaları Tarihlerini Öğretirler!</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>1600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789754733297</t>
+          <t>9786258124170</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Le Saint Coran (Fransızca Kur'an-ı Kerim Meali) (Ciltli)</t>
+          <t>Gençler! Merhamet Edin ki Merhamet Olunasınız!</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>1200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257188593</t>
+          <t>2073363733630</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Gülücük Çocuk Kitapları - Renkli Ciltli Kutulu Set (9 Kitap)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>220</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789754734553</t>
+          <t>9786257188272</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Baskın</t>
+          <t>Nanu'nun Maceraları Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>200</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789754735789</t>
+          <t>9789754733297</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir (Küçük Boy)</t>
+          <t>Le Saint Coran (Fransızca Kur'an-ı Kerim Meali) (Ciltli)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>120</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789754730388</t>
+          <t>9786257188593</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Çağımızda Kadın Sorunu</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789754738766</t>
+          <t>9789754734553</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Lügat-ı Naci (Ciltli)</t>
+          <t>Baskın</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>1100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789754739183</t>
+          <t>9789754735789</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Hz. Sa'd bin Muaz</t>
+          <t>Din Nedir (Küçük Boy)</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>2770000028462</t>
+          <t>9789754730388</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Osman Koca Çocuk Kitapları (5 Kitap Takım)</t>
+          <t>Çağımızda Kadın Sorunu</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789754735826</t>
+          <t>9789754738766</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak (Küçük Boy)</t>
+          <t>Lügat-ı Naci (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>120</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789754735819</t>
+          <t>9789754739183</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adanmış Sözler (Küçük Boy)</t>
+          <t>Hz. Sa'd bin Muaz</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257432689</t>
+          <t>2770000028462</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Sarı Gül Desenli Kırmızı Fistan</t>
+          <t>Osman Koca Çocuk Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257432696</t>
+          <t>9789754735826</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağustos Masalı</t>
+          <t>Bir Aile Olmak İçin Akşam Yemeğinde Beraber Olmak (Küçük Boy)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257432702</t>
+          <t>9789754735819</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Çayeli'nin Seferberlik Şehitleri ve İstiklal Kahramanları</t>
+          <t>Tarihe Adanmış Sözler (Küçük Boy)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>410</v>
+        <v>120</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257432634</t>
+          <t>9786257432689</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şehzade (Ciltli)</t>
+          <t>Sarı Gül Desenli Kırmızı Fistan</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257432658</t>
+          <t>9786257432696</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Dili (Ciltli)</t>
+          <t>Bir Ağustos Masalı</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257432603</t>
+          <t>9786257432702</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Ağaçkakanlar (Ciltli)</t>
+          <t>Çayeli'nin Seferberlik Şehitleri ve İstiklal Kahramanları</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>400</v>
+        <v>410</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257432610</t>
+          <t>9786257432634</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Katıraslan (Ciltli)</t>
+          <t>Küçük Şehzade (Ciltli)</t>
         </is>
       </c>
       <c r="C614" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257432672</t>
+          <t>9786257432658</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Motorlu Kuş (Ciltli)</t>
+          <t>Kuşların Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257432665</t>
+          <t>9786257432603</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Okul (Ciltli)</t>
+          <t>Ağaçkakanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C616" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257432641</t>
+          <t>9786257432610</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Gülücük (Ciltli)</t>
+          <t>Katıraslan (Ciltli)</t>
         </is>
       </c>
       <c r="C617" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257432573</t>
+          <t>9786257432672</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa (Ciltli)</t>
+          <t>Motorlu Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>1100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257432597</t>
+          <t>9786257432665</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa</t>
+          <t>Ağaç Okul (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257432535</t>
+          <t>9786257432641</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>İtaat ile İsyan Arasında Dört Alim</t>
+          <t>Gülücük (Ciltli)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786257432504</t>
+          <t>9786257432573</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Viyana Günleri</t>
+          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa (Ciltli)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>850</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789754734539</t>
+          <t>9786257432597</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>İnsanlığın Eş Zamanlı Tarihi - Prehistorik Dönemden Geç Antik Çağa</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786257432559</t>
+          <t>9786257432535</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Gece Öylesine Dökülür Çöllere</t>
+          <t>İtaat ile İsyan Arasında Dört Alim</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257432542</t>
+          <t>9786257432504</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Behremend</t>
+          <t>Viyana Günleri</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257432566</t>
+          <t>9789754734539</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Uleması</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257432528</t>
+          <t>9786257432559</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Soman Balıklarının Esrarengiz Yolculuğu</t>
+          <t>Gece Öylesine Dökülür Çöllere</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257432511</t>
+          <t>9786257432542</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Bir Hıdırellez Hikayesi</t>
+          <t>Behremend</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257432498</t>
+          <t>9786257432566</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>İktisat Felsefesi</t>
+          <t>Endülüs Uleması</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257432436</t>
+          <t>9786257432528</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Sufi Sosyoloji</t>
+          <t>Soman Balıklarının Esrarengiz Yolculuğu</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789754730814</t>
+          <t>9786257432511</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizim ve Oryantalistler</t>
+          <t>Bir Hıdırellez Hikayesi</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257432450</t>
+          <t>9786257432498</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti'nin Doğuşu</t>
+          <t>İktisat Felsefesi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>600</v>
+        <v>210</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257432474</t>
+          <t>9786257432436</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarihi, Usulü ve Literatürü</t>
+          <t>Sufi Sosyoloji</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257432481</t>
+          <t>9789754730814</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Ruşendil Kimlik</t>
+          <t>Oryantalizim ve Oryantalistler</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257432443</t>
+          <t>9786257432450</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kültür Felsefesi</t>
+          <t>İslam Medeniyeti'nin Doğuşu</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257432467</t>
+          <t>9786257432474</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kırlangıç Yuvası</t>
+          <t>Hadis Tarihi, Usulü ve Literatürü</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>2062023620236</t>
+          <t>9786257432481</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Nasıl Bakmalı? (20 Kitap) Kutulu</t>
+          <t>Ruşendil Kimlik</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>4550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257432283</t>
+          <t>9786257432443</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Ekonomi ve Faiz’e Nasıl Bakmalı?</t>
+          <t>Kültür Felsefesi</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257432337</t>
+          <t>9786257432467</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman İslam’da Yönetim Biçimi ve Halifelik’e Nasıl Bakmalı?</t>
+          <t>Kırlangıç Yuvası</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257432351</t>
+          <t>2062023620236</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Sosyal Medya’ya Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Nasıl Bakmalı? (20 Kitap) Kutulu</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>220</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257432344</t>
+          <t>9786257432283</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Felsefe’ye Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Ekonomi ve Faiz’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257432320</t>
+          <t>9786257432337</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman İslam Tarihi’nin Sorunlu Konuları’na Nasıl Bakmalı?</t>
+          <t>Bir Müslüman İslam’da Yönetim Biçimi ve Halifelik’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C641" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257432290</t>
+          <t>9786257432351</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Mezhepler, Tarikatler ve Cemaatler’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Sosyal Medya’ya Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C642" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257432313</t>
+          <t>9786257432344</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kur’an ve Sünnet’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Felsefe’ye Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257432306</t>
+          <t>9786257432320</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kur’an ve Tarihsellik’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman İslam Tarihi’nin Sorunlu Konuları’na Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257432276</t>
+          <t>9786257432290</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kader ve İnsanın Özgürlüğü’ne Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Mezhepler, Tarikatler ve Cemaatler’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257432269</t>
+          <t>9786257432313</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Evrim ve Sosyal Darwinizm’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Kur’an ve Sünnet’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257432252</t>
+          <t>9786257432306</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Batı Medeniyeti’ne Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Kur’an ve Tarihsellik’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C647" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257432245</t>
+          <t>9786257432276</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Gelenek ve Muhafazakarlık’a Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Kader ve İnsanın Özgürlüğü’ne Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257432238</t>
+          <t>9786257432269</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Irkçılık ve Milliyetçilik’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Evrim ve Sosyal Darwinizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257432221</t>
+          <t>9786257432252</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Demokrasi’ye Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Batı Medeniyeti’ne Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257432382</t>
+          <t>9786257432245</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Cinsellik ve Aşk’a Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Gelenek ve Muhafazakarlık’a Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257432368</t>
+          <t>9786257432238</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Kadın Sorunu ve Feminizm’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Irkçılık ve Milliyetçilik’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257432375</t>
+          <t>9786257432221</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Deizm ve Ateizm’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Demokrasi’ye Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257432399</t>
+          <t>9786257432382</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman İslamcılık, İslam Birliği ve Ümmet’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Cinsellik ve Aşk’a Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257432405</t>
+          <t>9786257432368</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Modernleşme ve Modernizm’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Kadın Sorunu ve Feminizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257432412</t>
+          <t>9786257432375</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Bir Müslüman Çağdaş İdeolojiler’e Nasıl Bakmalı?</t>
+          <t>Bir Müslüman Deizm ve Ateizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257432429</t>
+          <t>9786257432399</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Salaş</t>
+          <t>Bir Müslüman İslamcılık, İslam Birliği ve Ümmet’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257432214</t>
+          <t>9786257432405</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Bir Müslüman Modernleşme ve Modernizm’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257188623</t>
+          <t>9786257432412</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife Üç Cinayet</t>
+          <t>Bir Müslüman Çağdaş İdeolojiler’e Nasıl Bakmalı?</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257432207</t>
+          <t>9786257432429</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Sirac Hocamıza Bir Demet Hüsn-ü Nazar</t>
+          <t>Salaş</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789754734560</t>
+          <t>9786257432214</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Sessizlik</t>
+          <t>İslam İnanç Esasları</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257188609</t>
+          <t>9786257188623</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Maceraları</t>
+          <t>Dört Halife Üç Cinayet</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257188579</t>
+          <t>9786257432207</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'ın Maceraları</t>
+          <t>Sirac Hocamıza Bir Demet Hüsn-ü Nazar</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257188586</t>
+          <t>9789754734560</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood'un Maceraları</t>
+          <t>Beyaz Sessizlik</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789754734607</t>
+          <t>9786257188609</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Sivastopol Hikayeleri</t>
+          <t>Gulliver'in Maceraları</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789754734584</t>
+          <t>9786257188579</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Tom Sawyer'ın Maceraları</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>2061860618604</t>
+          <t>9786257188586</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni Seti (10 Kitap Kutulu Takım)</t>
+          <t>Robin Hood'un Maceraları</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>1400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>2061861618610</t>
+          <t>9789754734607</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Safahat (7 Kitap Takım Kutulu)</t>
+          <t>Sivastopol Hikayeleri</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>2140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>2770000037587</t>
+          <t>9789754734584</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Lise 100 Temel Eser (Kutulu 40 Kitap Takım)</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>10000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257188500</t>
+          <t>2061860618604</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler - Safahat 7. Kitap</t>
+          <t>Amanvermez Avni Seti (10 Kitap Kutulu Takım)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>280</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257188524</t>
+          <t>2061861618610</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Asım - Safahat 6. Kitap</t>
+          <t>Safahat (7 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>320</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257188494</t>
+          <t>2770000037587</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar - Safahat 5. Kitap</t>
+          <t>Lise 100 Temel Eser (Kutulu 40 Kitap Takım)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>240</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257188517</t>
+          <t>9786257188500</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Fatih Kürsüsü'nde - Safahat 4. Kitap</t>
+          <t>Gölgeler - Safahat 7. Kitap</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789754736045</t>
+          <t>9786257188524</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Hakkın Sesleri - Safahat 3. Kitap</t>
+          <t>Asım - Safahat 6. Kitap</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257188340</t>
+          <t>9786257188494</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Kürsüsü'nde  - Safahat 2. Kitap</t>
+          <t>Hatıralar - Safahat 5. Kitap</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789754739084</t>
+          <t>9786257188517</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Safahat - Safahat 1. Kitap</t>
+          <t>Fatih Kürsüsü'nde - Safahat 4. Kitap</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789754736069</t>
+          <t>9789754736045</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Üçlü - Orta Boy) (Ciltli)</t>
+          <t>Hakkın Sesleri - Safahat 3. Kitap</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>1750</v>
+        <v>190</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257188562</t>
+          <t>9786257188340</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi'den Günümüze (Ciltli)</t>
+          <t>Süleymaniye Kürsüsü'nde  - Safahat 2. Kitap</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>1200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257188555</t>
+          <t>9789754739084</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsüz Demokrasi'den Günümüze</t>
+          <t>Safahat - Safahat 1. Kitap</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>750</v>
+        <v>410</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257188616</t>
+          <t>9789754736069</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Dönemi Örnekleriyle İslam'ın Irkçılığa Bakışı</t>
+          <t>Safahat (Üçlü - Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>330</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257188531</t>
+          <t>9786257188562</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Hanım Efendi</t>
+          <t>Başörtüsüz Demokrasi'den Günümüze (Ciltli)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>430</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257188548</t>
+          <t>9786257188555</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Her Dem Kadın</t>
+          <t>Başörtüsüz Demokrasi'den Günümüze</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257188333</t>
+          <t>9786257188616</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Modern İzmlerle İmtihanı</t>
+          <t>Hz. Peygamber Dönemi Örnekleriyle İslam'ın Irkçılığa Bakışı</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257188326</t>
+          <t>9786257188531</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Hilafet'in Hikayesi</t>
+          <t>Hanım Efendi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>360</v>
+        <v>430</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257188487</t>
+          <t>9786257188548</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni'nin Maceraları - Türklerin Sherlock Holmes'i</t>
+          <t>Her Dem Kadın</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257188463</t>
+          <t>9786257188333</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>İskeletler Arasında -  Amanvermez Avni 10</t>
+          <t>Gençlerin Modern İzmlerle İmtihanı</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257188456</t>
+          <t>9786257188326</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Ölü - Amanvermez Avni 9</t>
+          <t>Hilafet'in Hikayesi</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257188449</t>
+          <t>9786257188487</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Boyacı -  Amanvermez Avni 8</t>
+          <t>Amanvermez Avni'nin Maceraları - Türklerin Sherlock Holmes'i</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257188401</t>
+          <t>9786257188463</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tabanca - Amanvermez Avni 7</t>
+          <t>İskeletler Arasında -  Amanvermez Avni 10</t>
         </is>
       </c>
       <c r="C689" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257188418</t>
+          <t>9786257188456</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göz - Amanvermez Avni 6</t>
+          <t>Ölü - Amanvermez Avni 9</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257188470</t>
+          <t>9786257188449</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kör Ebe - Amanvermez Avni 5</t>
+          <t>Boyacı -  Amanvermez Avni 8</t>
         </is>
       </c>
       <c r="C691" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257188425</t>
+          <t>9786257188401</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kara Katil - Amanvermez Avni 4</t>
+          <t>Sessiz Tabanca - Amanvermez Avni 7</t>
         </is>
       </c>
       <c r="C692" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257188432</t>
+          <t>9786257188418</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Araba - Amanvermez Avni 3</t>
+          <t>Mavi Göz - Amanvermez Avni 6</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257188395</t>
+          <t>9786257188470</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kamelya'nın Ölümü - Amanvermez Avni 2</t>
+          <t>Kör Ebe - Amanvermez Avni 5</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257188388</t>
+          <t>9786257188425</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Yanmış Adam - Amanvermez Avni 1</t>
+          <t>Kara Katil - Amanvermez Avni 4</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257188371</t>
+          <t>9786257188432</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Almanlar Kudüs'te - Haçlı Seferleri'nde Almanlar</t>
+          <t>Kanatlı Araba - Amanvermez Avni 3</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257188364</t>
+          <t>9786257188395</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>100 Seyyahın Gözüyle Ayasofya</t>
+          <t>Kamelya'nın Ölümü - Amanvermez Avni 2</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257188319</t>
+          <t>9786257188388</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Yanmış Adam - Amanvermez Avni 1</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257188302</t>
+          <t>9786257188371</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Din ve Toplum</t>
+          <t>Almanlar Kudüs'te - Haçlı Seferleri'nde Almanlar</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257188265</t>
+          <t>9786257188364</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 100 Temel Eser (40 Kitap Takım)</t>
+          <t>100 Seyyahın Gözüyle Ayasofya</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>5990</v>
+        <v>250</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257188357</t>
+          <t>9786257188319</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kelam Tarihi</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257188258</t>
+          <t>9786257188302</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’daki Osmanlı Şehirleri</t>
+          <t>Din ve Toplum</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257188227</t>
+          <t>9786257188265</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kutanlı Gülistan</t>
+          <t>İlköğretim 100 Temel Eser (40 Kitap Takım)</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>210</v>
+        <v>5990</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257188234</t>
+          <t>9786257188357</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Üç Tanrı Anlayışı</t>
+          <t>Kelam Tarihi</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257188203</t>
+          <t>9786257188258</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Avusturya ve Osmanlı -Eğitim Sistemi Mukayesesi 1774  - 1824</t>
+          <t>Avrupa’daki Osmanlı Şehirleri</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257188135</t>
+          <t>9786257188227</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif'in Hayat Hikayesi</t>
+          <t>Kutanlı Gülistan</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>580</v>
+        <v>210</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257188210</t>
+          <t>9786257188234</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Bir İmam Hatip Sevdalısı Sirac Öztoprak Kitabı</t>
+          <t>Üç Tanrı Anlayışı</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257188128</t>
+          <t>9786257188203</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Negatif Gelir Vergisi Özelinde Zekat-Vergi İlişkisi</t>
+          <t>Avusturya ve Osmanlı -Eğitim Sistemi Mukayesesi 1774  - 1824</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257188197</t>
+          <t>9786257188135</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Mehmed Akif'in Hayat Hikayesi</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257188159</t>
+          <t>9786257188210</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni Kutulu Takım (10 Kitap)</t>
+          <t>Bir İmam Hatip Sevdalısı Sirac Öztoprak Kitabı</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>2400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257188166</t>
+          <t>9786257188128</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>88 Soru Seti Kutulu (8 Kitap)</t>
+          <t>Negatif Gelir Vergisi Özelinde Zekat-Vergi İlişkisi</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>3350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257188081</t>
+          <t>9786257188197</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran Hikayesi</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257188012</t>
+          <t>9786257188159</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Yahudilik, Hrıstiyanlık ve İslam</t>
+          <t>Amanvermez Avni Kutulu Takım (10 Kitap)</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>210</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257188104</t>
+          <t>9786257188166</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Ahmed-i Hani</t>
+          <t>88 Soru Seti Kutulu (8 Kitap)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>210</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789754739954</t>
+          <t>9786257188081</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi</t>
+          <t>Şahmeran Hikayesi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257188074</t>
+          <t>9786257188012</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Yahudilik, Hrıstiyanlık ve İslam</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257188142</t>
+          <t>9786257188104</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Sistematik Kelam</t>
+          <t>Ahmed-i Hani</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>600</v>
+        <v>210</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257188067</t>
+          <t>9789754739954</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Adım Müslüman!</t>
+          <t>Hukuk Felsefesi</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257188111</t>
+          <t>9786257188074</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>İns</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789754739916</t>
+          <t>9786257188142</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Araba - Türkler'in Sherlock Holmes'i Amanvermez Avni Üçüncü Kitap</t>
+          <t>Sistematik Kelam</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789754739923</t>
+          <t>9786257188067</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kara Katil - Türkler'in Sherlock Holmes'i Amanvermez Avni Dördüncü Kitap</t>
+          <t>Adım Müslüman!</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789754739930</t>
+          <t>9786257188111</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Kör Ebe - Türkler'in Sherlock Holmes'i Amanvermez Avni Beşinci Kitap</t>
+          <t>İns</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789754739909</t>
+          <t>9789754739916</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kamelya'nın Ölümü - Türkler'in Sherlock Holmes'i Amanvermez Avni İkinci Kitap</t>
+          <t>Kanatlı Araba - Türkler'in Sherlock Holmes'i Amanvermez Avni Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C723" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789754739947</t>
+          <t>9789754739923</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Mavi Göz - Türkler'in Sherlock Holmes'i Amanvermez Avni Altıncı Kitap</t>
+          <t>Kara Katil - Türkler'in Sherlock Holmes'i Amanvermez Avni Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257188005</t>
+          <t>9789754739930</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tabanca - Türkler'in Sherlock Holmes'i Amanvermez Avni Yedinci Kitap</t>
+          <t>Kör Ebe - Türkler'in Sherlock Holmes'i Amanvermez Avni Beşinci Kitap</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257188036</t>
+          <t>9789754739909</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Ölü - Türkler'in Sherlock Holmes'i Amanvermez Avni Dokuzuncu Kitap</t>
+          <t>Kamelya'nın Ölümü - Türkler'in Sherlock Holmes'i Amanvermez Avni İkinci Kitap</t>
         </is>
       </c>
       <c r="C726" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257188050</t>
+          <t>9789754739947</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Boyacı - Türkler'in Sherlock Holmes'i Amanvermez Avni Sekizinci Kitap</t>
+          <t>Mavi Göz - Türkler'in Sherlock Holmes'i Amanvermez Avni Altıncı Kitap</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789754739893</t>
+          <t>9786257188005</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Yanmış Adam - Türkler'in Sherlock Holmes'i Amanvermez Avni Birinci Kitap</t>
+          <t>Sessiz Tabanca - Türkler'in Sherlock Holmes'i Amanvermez Avni Yedinci Kitap</t>
         </is>
       </c>
       <c r="C728" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257188029</t>
+          <t>9786257188036</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>Ölü - Türkler'in Sherlock Holmes'i Amanvermez Avni Dokuzuncu Kitap</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257188043</t>
+          <t>9786257188050</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>İskeletler Arasında - Türkler'in Sherlock Holmes'i Amanvermez Avni Onuncu Kitap</t>
+          <t>Boyacı - Türkler'in Sherlock Holmes'i Amanvermez Avni Sekizinci Kitap</t>
         </is>
       </c>
       <c r="C730" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257188098</t>
+          <t>9789754739893</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Köpek Balıklarının Muhteşem Dönüşü - Çocuklar İçin Bilgelik Hikayeleri 13</t>
+          <t>Yanmış Adam - Türkler'in Sherlock Holmes'i Amanvermez Avni Birinci Kitap</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789754739855</t>
+          <t>9786257188029</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Üç Kafadar Balığın Mağara Macerası - Çocuklar İçin Bilgelik Hikayeleri 12</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789754739435</t>
+          <t>9786257188043</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Yarışı Kim Kazanacak? - Can Dostlarımızı Tanıyalım  7</t>
+          <t>İskeletler Arasında - Türkler'in Sherlock Holmes'i Amanvermez Avni Onuncu Kitap</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789754739961</t>
+          <t>9786257188098</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Titiz Nanu - Nanu'nun Maceraları 8</t>
+          <t>Köpek Balıklarının Muhteşem Dönüşü - Çocuklar İçin Bilgelik Hikayeleri 13</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789754739466</t>
+          <t>9789754739855</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Şişeye Niçin Girdi? -  Can Dostlarımızı Tanıyalım 9</t>
+          <t>Üç Kafadar Balığın Mağara Macerası - Çocuklar İçin Bilgelik Hikayeleri 12</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789754739459</t>
+          <t>9789754739435</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Laklak Ne Zaman Göç Edecek? - Can Dostlarımızı Tanıyalım  8</t>
+          <t>Yarışı Kim Kazanacak? - Can Dostlarımızı Tanıyalım  7</t>
         </is>
       </c>
       <c r="C736" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789754739473</t>
+          <t>9789754739961</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Toplar Nerede? - Can Dostlarımızı Tanıyalım 10</t>
+          <t>Titiz Nanu - Nanu'nun Maceraları 8</t>
         </is>
       </c>
       <c r="C737" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789754739978</t>
+          <t>9789754739466</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Sincap Nanu -  Nanu'nun Maceraları 9</t>
+          <t>Gümüş Şişeye Niçin Girdi? -  Can Dostlarımızı Tanıyalım 9</t>
         </is>
       </c>
       <c r="C738" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789754739985</t>
+          <t>9789754739459</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Nanu - Nanu'nun Maceraları 10</t>
+          <t>Laklak Ne Zaman Göç Edecek? - Can Dostlarımızı Tanıyalım  8</t>
         </is>
       </c>
       <c r="C739" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789754739374</t>
+          <t>9789754739473</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Bal Kuşu'nun Öfkesi - Çocuklar İçin Bilgelik Hikayeleri 10</t>
+          <t>Kaybolan Toplar Nerede? - Can Dostlarımızı Tanıyalım 10</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789754739992</t>
+          <t>9789754739978</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Hain Kurt İle İki Yavru Keçi - Çocuklar İçin Bilgelik Hikayeleri 11</t>
+          <t>Sincap Nanu -  Nanu'nun Maceraları 9</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789754739350</t>
+          <t>9789754739985</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Uzun Yolculuğu - Çocuklar İçin Bilgelik Hikayeleri 7</t>
+          <t>Uzaylı Nanu - Nanu'nun Maceraları 10</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789754739367</t>
+          <t>9789754739374</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Genç Horoz'u Bekleyen Tehlike  -  Çocuklar İçin Bilgelik Hikayeleri 9</t>
+          <t>Bal Kuşu'nun Öfkesi - Çocuklar İçin Bilgelik Hikayeleri 10</t>
         </is>
       </c>
       <c r="C743" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789754739343</t>
+          <t>9789754739992</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Bir Deve Kuşu Öyküsü -  Çocuklar İçin Bilgelik Hikayeleri 8</t>
+          <t>Hain Kurt İle İki Yavru Keçi - Çocuklar İçin Bilgelik Hikayeleri 11</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789754739312</t>
+          <t>9789754739350</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Süt Çeşmelerinin İsyanı - Çocuklar İçin Bilgelik Hikayeleri 6</t>
+          <t>Kuşların Uzun Yolculuğu - Çocuklar İçin Bilgelik Hikayeleri 7</t>
         </is>
       </c>
       <c r="C745" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789754739897</t>
+          <t>9789754739367</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Siirt Arapçası (Ciltli)</t>
+          <t>Genç Horoz'u Bekleyen Tehlike  -  Çocuklar İçin Bilgelik Hikayeleri 9</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>1300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789754739886</t>
+          <t>9789754739343</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi'ne Giriş</t>
+          <t>Mutsuz Bir Deve Kuşu Öyküsü -  Çocuklar İçin Bilgelik Hikayeleri 8</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>620</v>
+        <v>130</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789754739862</t>
+          <t>9789754739312</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in İzinde 40 Sahabi Seti 40 Kitap (Kutulu)</t>
+          <t>Süt Çeşmelerinin İsyanı - Çocuklar İçin Bilgelik Hikayeleri 6</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>6000</v>
+        <v>130</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789754732382</t>
+          <t>9789754739897</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Altı Diplomatik Mektubu</t>
+          <t>Siirt Arapçası (Ciltli)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>270</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789754739756</t>
+          <t>9789754739886</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Hz. Übey bin Ka'b</t>
+          <t>Müslümanların Tarihi'ne Giriş</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>150</v>
+        <v>620</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789754739824</t>
+          <t>9789754739862</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah bin Zübeyr</t>
+          <t>Peygamberimiz'in İzinde 40 Sahabi Seti 40 Kitap (Kutulu)</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>150</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789754739770</t>
+          <t>9789754732382</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Hz. Halid bin Valid</t>
+          <t>Hz. Peygamber'in Altı Diplomatik Mektubu</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789754739787</t>
+          <t>9789754739756</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Zer</t>
+          <t>Hz. Übey bin Ka'b</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789754739817</t>
+          <t>9789754739824</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Hz. Mus'ab bin Umeyr</t>
+          <t>Hz. Abdullah bin Zübeyr</t>
         </is>
       </c>
       <c r="C754" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789754739800</t>
+          <t>9789754739770</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah bin Mesud</t>
+          <t>Hz. Halid bin Valid</t>
         </is>
       </c>
       <c r="C755" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789754739831</t>
+          <t>9789754739787</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüseyin</t>
+          <t>Hz. Ebu Zer</t>
         </is>
       </c>
       <c r="C756" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789754739763</t>
+          <t>9789754739817</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza</t>
+          <t>Hz. Mus'ab bin Umeyr</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789754739848</t>
+          <t>9789754739800</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Hz. Abdullah bin Mesud</t>
         </is>
       </c>
       <c r="C758" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789754739794</t>
+          <t>9789754739831</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C759" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789754739749</t>
+          <t>9789754739763</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Toplum Felsefesi</t>
+          <t>Hz. Hamza</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789754739695</t>
+          <t>9789754739848</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zübeyr Bin Avvam</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C761" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789754739725</t>
+          <t>9789754739794</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Hz. Bilal-i Habeşi</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789754739732</t>
+          <t>9789754739749</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ammar Bin Yasir</t>
+          <t>Toplum Felsefesi</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789754739718</t>
+          <t>9789754739695</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Hz. Huzeyfe Bin Yaman</t>
+          <t>Hz. Zübeyr Bin Avvam</t>
         </is>
       </c>
       <c r="C764" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789754739701</t>
+          <t>9789754739725</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muaz Bin Cebel</t>
+          <t>Hz. Bilal-i Habeşi</t>
         </is>
       </c>
       <c r="C765" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789754739657</t>
+          <t>9789754739732</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kaşık Düşmanı</t>
+          <t>Hz. Ammar Bin Yasir</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789754739480</t>
+          <t>9789754739718</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>İslam Terakkiye Mani midir?</t>
+          <t>Hz. Huzeyfe Bin Yaman</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789754739664</t>
+          <t>9789754739701</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri'nde Gazetecilerin Davaları</t>
+          <t>Hz. Muaz Bin Cebel</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>520</v>
+        <v>150</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789754739688</t>
+          <t>9789754739657</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Smyrna'nın Sırrı</t>
+          <t>Kaşık Düşmanı</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789754731170</t>
+          <t>9789754739480</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Bir Vakti Namluya Sürmek</t>
+          <t>İslam Terakkiye Mani midir?</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789754739510</t>
+          <t>9789754739664</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Sokrates'in Savunması</t>
+          <t>İstiklal Mahkemeleri'nde Gazetecilerin Davaları</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789754739640</t>
+          <t>9789754739688</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Sessizlik</t>
+          <t>Smyrna'nın Sırrı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>430</v>
+        <v>500</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789754739626</t>
+          <t>9789754731170</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>İhsan Süreyya Sırma Kitabı</t>
+          <t>Bir Vakti Namluya Sürmek</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789754739572</t>
+          <t>9789754739510</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Hz. Esma Bint Ebi Bekir - Peygamberimiz'in İzinde 40 Sahabi/31</t>
+          <t>Sokrates'in Savunması</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789754739299</t>
+          <t>9789754739640</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Hz. Talha bin Ubeydullah - Peygamberimiz'in İzinde 40 Sahabi/5</t>
+          <t>Söz ve Sessizlik</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789754739565</t>
+          <t>9789754739626</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Hz.  Abdullah bin Abbas - Peygamberimiz'in İzinde 40 Sahabi/29</t>
+          <t>İhsan Süreyya Sırma Kitabı</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789754739558</t>
+          <t>9789754739572</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyd bin Harise - Peygamberimiz'in İzinde 40 Sahabi/19</t>
+          <t>Hz. Esma Bint Ebi Bekir - Peygamberimiz'in İzinde 40 Sahabi/31</t>
         </is>
       </c>
       <c r="C777" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789754739534</t>
+          <t>9789754739299</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Hz. Said bin Zeyd - Peygamberimiz'in İzinde 40 Sahabi/10</t>
+          <t>Hz. Talha bin Ubeydullah - Peygamberimiz'in İzinde 40 Sahabi/5</t>
         </is>
       </c>
       <c r="C778" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789754739527</t>
+          <t>9789754739565</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Ubeyde bin Cerrah - Peygamberimiz'in İzinde 40 Sahabi/9</t>
+          <t>Hz.  Abdullah bin Abbas - Peygamberimiz'in İzinde 40 Sahabi/29</t>
         </is>
       </c>
       <c r="C779" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789754739541</t>
+          <t>9789754739558</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hafsa - Peygamberimiz'in İzinde 40 Sahabi/14</t>
+          <t>Hz. Zeyd bin Harise - Peygamberimiz'in İzinde 40 Sahabi/19</t>
         </is>
       </c>
       <c r="C780" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789754739589</t>
+          <t>9789754739534</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Hz. Enes bin Malik - Peygamberimiz'in İzinde 40 Sahabi/39</t>
+          <t>Hz. Said bin Zeyd - Peygamberimiz'in İzinde 40 Sahabi/10</t>
         </is>
       </c>
       <c r="C781" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789754739596</t>
+          <t>9789754739527</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe - Peygamberimiz'in İzinde 40 Sahabi/13</t>
+          <t>Hz. Ebu Ubeyde bin Cerrah - Peygamberimiz'in İzinde 40 Sahabi/9</t>
         </is>
       </c>
       <c r="C782" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789754739602</t>
+          <t>9789754739541</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Hz. Fatıma - Peygamberimiz'in İzinde 40 Sahabi/15</t>
+          <t>Hz. Hafsa - Peygamberimiz'in İzinde 40 Sahabi/14</t>
         </is>
       </c>
       <c r="C783" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789754739619</t>
+          <t>9789754739589</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Hz. Cafer bin Ebi Talib - Peygamberimiz'in İzinde 40 Sahabi/18</t>
+          <t>Hz. Enes bin Malik - Peygamberimiz'in İzinde 40 Sahabi/39</t>
         </is>
       </c>
       <c r="C784" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789754739633</t>
+          <t>9789754739596</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Hz. Selman-ı Farisi - Peygamberimiz'in İzinde 40 Sahabi/38</t>
+          <t>Hz. Aişe - Peygamberimiz'in İzinde 40 Sahabi/13</t>
         </is>
       </c>
       <c r="C785" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789754739145</t>
+          <t>9789754739602</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Hz. Fatıma - Peygamberimiz'in İzinde 40 Sahabi/15</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789754739442</t>
+          <t>9789754739619</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Bıdık ile Fındık Uçabilecekler Mi? - Can Dostlarımızı Tanıyalım 6</t>
+          <t>Hz. Cafer bin Ebi Talib - Peygamberimiz'in İzinde 40 Sahabi/18</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789754739503</t>
+          <t>9789754739633</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz'in Çocukları ve Torunları</t>
+          <t>Hz. Selman-ı Farisi - Peygamberimiz'in İzinde 40 Sahabi/38</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789754739497</t>
+          <t>9789754739145</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslüman Gençler</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789754739138</t>
+          <t>9789754739442</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devr-i Alem</t>
+          <t>Bıdık ile Fındık Uçabilecekler Mi? - Can Dostlarımızı Tanıyalım 6</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789754739428</t>
+          <t>9789754739503</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Pupa Hayalleri İçin Neler Yapacak? - Can Dostlarımızı Tanıyalım 5</t>
+          <t>Peygamberimiz'in Çocukları ve Torunları</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789754739404</t>
+          <t>9789754739497</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Ponpon'un Sonu Ne Olacak? - Can Dostlarımızı Tanıyalım 4</t>
+          <t>İlk Müslüman Gençler</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789754739411</t>
+          <t>9789754739138</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Nino Ailesine Nasıl Kavuşacak? - Can Dostlarımızı Tanıyalım 3</t>
+          <t>80 Günde Devr-i Alem</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789754739398</t>
+          <t>9789754739428</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Popi Hatasını Düzeltebilecek Mi? - Can Dostlarımızı Tanıyalım 2</t>
+          <t>Pupa Hayalleri İçin Neler Yapacak? - Can Dostlarımızı Tanıyalım 5</t>
         </is>
       </c>
       <c r="C794" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789754739381</t>
+          <t>9789754739404</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kösnü ile Köytü Ne Yapmalı? - Can Dostlarımızı Tanıyalım 1</t>
+          <t>Ponpon'un Sonu Ne Olacak? - Can Dostlarımızı Tanıyalım 4</t>
         </is>
       </c>
       <c r="C795" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789754739336</t>
+          <t>9789754739411</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Kurnaz Tilki ile Bilge Horoz - Çocuklar İçin Bilgelik Hikayeleri 5</t>
+          <t>Nino Ailesine Nasıl Kavuşacak? - Can Dostlarımızı Tanıyalım 3</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789754739329</t>
+          <t>9789754739398</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kurtlar ve Çakalların Başkanlığı - Çocuklar İçin Bilgelik Hikayeleri 4</t>
+          <t>Popi Hatasını Düzeltebilecek Mi? - Can Dostlarımızı Tanıyalım 2</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789754739305</t>
+          <t>9789754739381</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Açgözlü Eşeğin Acıklı Öyküsü - Çocuklar İçin Bilgelik Hikayeleri 3</t>
+          <t>Kösnü ile Köytü Ne Yapmalı? - Can Dostlarımızı Tanıyalım 1</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789754739275</t>
+          <t>9789754739336</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçi Martılar - Çocuklar İçin Bilgelik Hikayeleri 2</t>
+          <t>Kurnaz Tilki ile Bilge Horoz - Çocuklar İçin Bilgelik Hikayeleri 5</t>
         </is>
       </c>
       <c r="C799" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789754739282</t>
+          <t>9789754739329</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Zalim Aslan ile Akıllı Tavşan - Çocuklar İçin Bilgelik Hikayeleri 1</t>
+          <t>Kurtlar ve Çakalların Başkanlığı - Çocuklar İçin Bilgelik Hikayeleri 4</t>
         </is>
       </c>
       <c r="C800" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789754739268</t>
+          <t>9789754739305</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdullah bin Ömer</t>
+          <t>Açgözlü Eşeğin Acıklı Öyküsü - Çocuklar İçin Bilgelik Hikayeleri 3</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789754739213</t>
+          <t>9789754739275</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Eyyub el-Ensarı</t>
+          <t>Hizmetçi Martılar - Çocuklar İçin Bilgelik Hikayeleri 2</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789754739121</t>
+          <t>9789754739282</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan</t>
+          <t>Zalim Aslan ile Akıllı Tavşan - Çocuklar İçin Bilgelik Hikayeleri 1</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789754739190</t>
+          <t>9789754739268</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Hz. Abdullah bin Ömer</t>
         </is>
       </c>
       <c r="C804" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789754739220</t>
+          <t>9789754739213</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Hz. Ebu Eyyub el-Ensarı</t>
         </is>
       </c>
       <c r="C805" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789754739152</t>
+          <t>9789754739121</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbn Ümmü Mektum</t>
+          <t>Hz. Hasan</t>
         </is>
       </c>
       <c r="C806" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789754739251</t>
+          <t>9789754739190</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Hz. Sad Bin Ebi Vakkas</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C807" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789754739206</t>
+          <t>9789754739220</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hatice</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C808" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789754739169</t>
+          <t>9789754739152</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ümmü Haram</t>
+          <t>Hz. İbn Ümmü Mektum</t>
         </is>
       </c>
       <c r="C809" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789754739176</t>
+          <t>9789754739251</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Hz. Zeyd Bin Sabit</t>
+          <t>Hz. Sad Bin Ebi Vakkas</t>
         </is>
       </c>
       <c r="C810" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789754739244</t>
+          <t>9789754739206</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süheyb-i Rumi</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C811" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789754739237</t>
+          <t>9789754739169</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Hz. Abdurrahman Bin Avf</t>
+          <t>Hz. Ümmü Haram</t>
         </is>
       </c>
       <c r="C812" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789754739091</t>
+          <t>9789754739176</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Damla İş Başında</t>
+          <t>Hz. Zeyd Bin Sabit</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789754738636</t>
+          <t>9789754739244</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Nanu - Nanu'nun Maceraları 7</t>
+          <t>Hz. Süheyb-i Rumi</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789754738605</t>
+          <t>9789754739237</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Lider Nanu - Nanu'nun Maceraları 6</t>
+          <t>Hz. Abdurrahman Bin Avf</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789754738629</t>
+          <t>9789754739091</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Bilgin Nanu - Nanu'nun Maceraları 5</t>
+          <t>Cingöz Damla İş Başında</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789754739015</t>
+          <t>9789754738636</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Nanu - Nanu'nun Maceraları 4</t>
+          <t>Oyuncu Nanu - Nanu'nun Maceraları 7</t>
         </is>
       </c>
       <c r="C817" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789754738988</t>
+          <t>9789754738605</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Dalgıç Nanu - Nanu'nun Maceraları 3</t>
+          <t>Lider Nanu - Nanu'nun Maceraları 6</t>
         </is>
       </c>
       <c r="C818" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789754738995</t>
+          <t>9789754738629</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Başkan Nanu - Nanu'nun Maceraları 2</t>
+          <t>Bilgin Nanu - Nanu'nun Maceraları 5</t>
         </is>
       </c>
       <c r="C819" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789754739008</t>
+          <t>9789754739015</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Nanu - Nanu'nun Maceraları 1</t>
+          <t>Gezgin Nanu - Nanu'nun Maceraları 4</t>
         </is>
       </c>
       <c r="C820" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789754739107</t>
+          <t>9789754738988</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Değişen İnsan Dönüşen Toplum</t>
+          <t>Dalgıç Nanu - Nanu'nun Maceraları 3</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789754739114</t>
+          <t>9789754738995</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Kürtler Kimdir</t>
+          <t>Başkan Nanu - Nanu'nun Maceraları 2</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789754739077</t>
+          <t>9789754739008</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar İslam İlmihali (Ciltli)</t>
+          <t>Dedektif Nanu - Nanu'nun Maceraları 1</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789754739039</t>
+          <t>9789754739107</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Maceraları (Tam Metin)</t>
+          <t>Değişen İnsan Dönüşen Toplum</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789754739022</t>
+          <t>9789754739114</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesi</t>
+          <t>Kürtler Kimdir</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789754739053</t>
+          <t>9789754739077</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesi</t>
+          <t>Muhtasar İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>210</v>
+        <v>750</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789754739046</t>
+          <t>9789754739039</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Babanzade Ahmed Naim - İslam Ahlakının Esasları</t>
+          <t>Gulliver'in Maceraları (Tam Metin)</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789754739060</t>
+          <t>9789754739022</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Haydi Bana Eyvallah</t>
+          <t>Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789754738933</t>
+          <t>9789754739053</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Bilgi ve Bilim</t>
+          <t>Siyaset Felsefesi</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789754738926</t>
+          <t>9789754739046</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Devletin Kürt Politikalarında Üç Dönem</t>
+          <t>Babanzade Ahmed Naim - İslam Ahlakının Esasları</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789754738902</t>
+          <t>9789754739060</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist (Tam Metin)</t>
+          <t>Haydi Bana Eyvallah</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789754738896</t>
+          <t>9789754738933</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood'un Maceraları (Tam Metin)</t>
+          <t>İslam'da Bilgi ve Bilim</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789754738858</t>
+          <t>9789754738926</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Ümmühan'ın İstikbal Yıldızı</t>
+          <t>Devletin Kürt Politikalarında Üç Dönem</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789754738919</t>
+          <t>9789754738902</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Sözü Yola Koymak</t>
+          <t>Oliver Twist (Tam Metin)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789754738520</t>
+          <t>9789754738896</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>O'nun Ahlakı Kur'an'dı</t>
+          <t>Robin Hood'un Maceraları (Tam Metin)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789754738872</t>
+          <t>9789754738858</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Engel mi Vız Gelir - Maceracı İkizler 4</t>
+          <t>Ümmühan'ın İstikbal Yıldızı</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789754738865</t>
+          <t>9789754738919</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğimi Paylaşıyorum - Maceracı İkizler 5</t>
+          <t>Sözü Yola Koymak</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789754738780</t>
+          <t>9789754738520</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>O'nun Ahlakı Kur'an'dı</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789754738827</t>
+          <t>9789754738872</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Engel mi Vız Gelir - Maceracı İkizler 4</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789754738810</t>
+          <t>9789754738865</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Ekmeğimi Paylaşıyorum - Maceracı İkizler 5</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789754738551</t>
+          <t>9789754738780</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>İslam Tarihi Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>120</v>
+        <v>460</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789754738797</t>
+          <t>9789754738827</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>İnanç Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Tasavvuf Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789754738803</t>
+          <t>9789754738810</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789754738537</t>
+          <t>9789754738551</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Hadis Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789754738773</t>
+          <t>9789754738797</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Tefsir Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>İnanç Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789754738834</t>
+          <t>9789754738803</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Siyer Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Fıkıh Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789754738841</t>
+          <t>9789754738537</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Konusunda Bilinmesi Gereken 88 Soru</t>
+          <t>Hadis Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789754738759</t>
+          <t>9789754738773</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı (Ciltli)</t>
+          <t>Kur'an ve Tefsir Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>850</v>
+        <v>350</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789754737615</t>
+          <t>9789754738834</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Lobelya</t>
+          <t>Siyer Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789754737646</t>
+          <t>9789754738841</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Yitik Ben (Ciltli)</t>
+          <t>Mezhepler Konusunda Bilinmesi Gereken 88 Soru</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789754737639</t>
+          <t>9789754738759</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Vakit Arası</t>
+          <t>Bir Eğitim Sevdalısı - Nuri Gökalp Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789754737608</t>
+          <t>9789754737615</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Onaltı Otuzbeş</t>
+          <t>Lobelya</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789754737936</t>
+          <t>9789754737646</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Kupa Benim Olmalı - Maceracı İkizler 3</t>
+          <t>Yitik Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C853" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789754738506</t>
+          <t>9789754737639</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Parktaki Yabancı - Maceracı İkizler 2</t>
+          <t>Vakit Arası</t>
         </is>
       </c>
       <c r="C854" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789754738513</t>
+          <t>9789754737608</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Timsahlarla Başım Dertte - Maceracı İkizler 1</t>
+          <t>Onaltı Otuzbeş</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789754738490</t>
+          <t>9789754737936</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Kalp Ustası</t>
+          <t>Kupa Benim Olmalı - Maceracı İkizler 3</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789754738438</t>
+          <t>9789754738506</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Yürekdede ile Padişah (türkçe- osmanlıca)</t>
+          <t>Parktaki Yabancı - Maceracı İkizler 2</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>2770000020336</t>
+          <t>9789754738513</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (12 Kitap Takım)</t>
+          <t>Timsahlarla Başım Dertte - Maceracı İkizler 1</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>1440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789754738704</t>
+          <t>9789754738490</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Çevirmen</t>
+          <t>Kalp Ustası</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789754738391</t>
+          <t>9789754738438</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri ve Şeyh Said Kıyamı</t>
+          <t>Yürekdede ile Padişah (türkçe- osmanlıca)</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789754738698</t>
+          <t>2770000020336</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Peygamber Olarak Hz. Muhammed</t>
+          <t>Ömer Seyfettin Çocuk Kitapları Ortaöğretim (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>320</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789754738568</t>
+          <t>9789754738704</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Medreselerde ve İlahiyat Fakültelerinde Din Anlayışları</t>
+          <t>Çevirmen</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789754738469</t>
+          <t>9789754738391</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>İnsan Felsefesi</t>
+          <t>İstiklal Mahkemeleri ve Şeyh Said Kıyamı</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>210</v>
+        <v>900</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789754738599</t>
+          <t>9789754738698</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>İnsan ve Peygamber Olarak Hz. Muhammed</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789754738445</t>
+          <t>9789754738568</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi</t>
+          <t>Medreselerde ve İlahiyat Fakültelerinde Din Anlayışları</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789754738681</t>
+          <t>9789754738469</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hanımları</t>
+          <t>İnsan Felsefesi</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789754738667</t>
+          <t>9789754738599</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789754738452</t>
+          <t>9789754738445</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi</t>
+          <t>Din Felsefesi</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789754738407</t>
+          <t>9789754738681</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Zeyd Bin Harise</t>
+          <t>Peygamberimizin Hanımları</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789754738643</t>
+          <t>9789754738667</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Yürüyüş Denemeleri</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789754738650</t>
+          <t>9789754738452</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Irkçılık ve Milliyetçilik Davası</t>
+          <t>Eğitim Felsefesi</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789754738674</t>
+          <t>9789754738407</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Siyerin Gölgesinde 3 - Hz. Muhammed ve Medine Dönemi</t>
+          <t>Zeyd Bin Harise</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789754738582</t>
+          <t>9789754738643</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine'den Seçmeler</t>
+          <t>Evrensel Yürüyüş Denemeleri</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789754738360</t>
+          <t>9789754738650</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları</t>
+          <t>İslam'da Irkçılık ve Milliyetçilik Davası</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789754738353</t>
+          <t>9789754738674</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Siyerin Gölgesinde 3 - Hz. Muhammed ve Medine Dönemi</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789754738384</t>
+          <t>9789754738582</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>La Fontaine'den Seçmeler</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789754738612</t>
+          <t>9789754738360</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Andersen Masalları</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789754738377</t>
+          <t>9789754738353</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C878" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789754738315</t>
+          <t>9789754738384</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Ferman</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789754738322</t>
+          <t>9789754738612</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabed</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789754738575</t>
+          <t>9789754738377</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789754738346</t>
+          <t>9789754738315</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Ferman</t>
         </is>
       </c>
       <c r="C882" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789754738339</t>
+          <t>9789754738322</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Gizli Mabed</t>
         </is>
       </c>
       <c r="C883" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789754738292</t>
+          <t>9789754738575</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>And</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789754738308</t>
+          <t>9789754738346</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C885" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789754738285</t>
+          <t>9789754738339</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risalesi (Ciltli)</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789754738179</t>
+          <t>9789754738292</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>İslam Önderleri (Ciltli)</t>
+          <t>And</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789754738193</t>
+          <t>9789754738308</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli)</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789754738209</t>
+          <t>9789754738285</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Muhacir Muallimin Hikayeleri</t>
+          <t>Akaid Risalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789754738247</t>
+          <t>9789754738179</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Namazın Şartları</t>
+          <t>İslam Önderleri (Ciltli)</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789754738261</t>
+          <t>9789754738193</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Risalesi</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789754738216</t>
+          <t>9789754738209</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Tesettür</t>
+          <t>Muhacir Muallimin Hikayeleri</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789754738230</t>
+          <t>9789754738247</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Karbela Olayı</t>
+          <t>Namazın Şartları</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789754738162</t>
+          <t>9789754738261</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızlara Örnek Büyük Kadınlar</t>
+          <t>Tefsir Risalesi</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789754738421</t>
+          <t>9789754738216</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Kendini Merak Eden Ağaç</t>
+          <t>Tesettür</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789754738223</t>
+          <t>9789754738230</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Öncü Kadın Şahsiyetler (Ciltli)</t>
+          <t>Karbela Olayı</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789754738155</t>
+          <t>9789754738162</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Din Dersleri Amme Cüz-i Şerifi (Ciltli)</t>
+          <t>Genç Kızlara Örnek Büyük Kadınlar</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789754738254</t>
+          <t>9789754738421</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Hadis Risalesi (Ciltli)</t>
+          <t>Kendini Merak Eden Ağaç</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789754738278</t>
+          <t>9789754738223</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Zulüm Zalimler ve Mazlumlar Hakkında 80 Hadis (Ciltli)</t>
+          <t>Öncü Kadın Şahsiyetler (Ciltli)</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789754738414</t>
+          <t>9789754738155</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Resalesi (Ciltli)</t>
+          <t>Din Dersleri Amme Cüz-i Şerifi (Ciltli)</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789754738186</t>
+          <t>9789754738254</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Tarihi (Ciltli)</t>
+          <t>Hadis Risalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789754737882</t>
+          <t>9789754738278</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>El-Fevzü'l-Kebir fi Usüli't-Tefsir (Ciltli)</t>
+          <t>Zulüm Zalimler ve Mazlumlar Hakkında 80 Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789754738476</t>
+          <t>9789754738414</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlarda Yanlış Din Anlayışları</t>
+          <t>Fıkıh Resalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789754738483</t>
+          <t>9789754738186</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Tarihin ve Dinin İstismarı</t>
+          <t>Kur'an-ı Kerim Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789754732405</t>
+          <t>9789754737882</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünyayı Adımlarken</t>
+          <t>El-Fevzü'l-Kebir fi Usüli't-Tefsir (Ciltli)</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>1100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789754732757</t>
+          <t>9789754738476</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur'an - Çeviri ve Açıklama; (Küçük Boy, Metinsiz)</t>
+          <t>Müslümanlarda Yanlış Din Anlayışları</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789754736816</t>
+          <t>9789754738483</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Tesbihini Arayan Kehribar</t>
+          <t>Tarihin ve Dinin İstismarı</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789754736632</t>
+          <t>9789754732405</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Ravzat al-'Ukul; Muhammed b. Gazi al-Malatyavi ve Eseri</t>
+          <t>Yalan Dünyayı Adımlarken</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>280</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789754735772</t>
+          <t>9789754732757</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Şirk (Küçük Boy)</t>
+          <t>Aziz Kur'an - Çeviri ve Açıklama; (Küçük Boy, Metinsiz)</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789754734515</t>
+          <t>9789754736816</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Tesbihini Arayan Kehribar</t>
         </is>
       </c>
       <c r="C910" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789754734591</t>
+          <t>9789754736632</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Kroyçer Sonat</t>
+          <t>Ravzat al-'Ukul; Muhammed b. Gazi al-Malatyavi ve Eseri</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789754734577</t>
+          <t>9789754735772</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç'in Ölümü</t>
+          <t>Tevhid ve Şirk (Küçük Boy)</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789754738001</t>
+          <t>9789754734515</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Timbil - Namaz Sevgisi</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789754738032</t>
+          <t>9789754734591</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Masallar</t>
+          <t>Kroyçer Sonat</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789754738049</t>
+          <t>9789754734577</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Çılgın İkizler</t>
+          <t>İvan İlyiç'in Ölümü</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789754738025</t>
+          <t>9789754738001</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Potinli İle Mırık Süper Dua</t>
+          <t>Timbil - Namaz Sevgisi</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789754738018</t>
+          <t>9789754738032</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Potinli ile Mırık Başdöndüren Değişim</t>
+          <t>Tuhaf Masallar</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789754738148</t>
+          <t>9789754738049</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Elçileri Peygamberlerimiz</t>
+          <t>Çılgın İkizler</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789754738124</t>
+          <t>9789754738025</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dışı Konuşmalar</t>
+          <t>Potinli İle Mırık Süper Dua</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>355</v>
+        <v>150</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789754738131</t>
+          <t>9789754738018</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Dilin İnşası</t>
+          <t>Potinli ile Mırık Başdöndüren Değişim</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789754738100</t>
+          <t>9789754738148</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Filhakika</t>
+          <t>Hakikat Elçileri Peygamberlerimiz</t>
         </is>
       </c>
       <c r="C921" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789754738094</t>
+          <t>9789754738124</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Enes'in Günlüğü</t>
+          <t>Zaman Dışı Konuşmalar</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>250</v>
+        <v>355</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789754738087</t>
+          <t>9789754738131</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Bana Yarından Bahset</t>
+          <t>Yeni Bir Dilin İnşası</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789754738070</t>
+          <t>9789754738100</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Asıl Dert Asil Dert</t>
+          <t>Filhakika</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789754738063</t>
+          <t>9789754738094</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>İhsan Süreyya Sırma Kitabı (Ciltli)</t>
+          <t>Enes'in Günlüğü</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>1100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789754737783</t>
+          <t>9789754738087</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Üçlü - Büyük Boy) (Ciltli)</t>
+          <t>Bana Yarından Bahset</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>2000</v>
+        <v>230</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789754737943</t>
+          <t>9789754738070</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Motorlu Kuş (Resimli)</t>
+          <t>Asıl Dert Asil Dert</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789754738056</t>
+          <t>9789754738063</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sözü</t>
+          <t>İhsan Süreyya Sırma Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>250</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789754737585</t>
+          <t>9789754737783</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar (Osmanlıca - Türkçe) (Ciltli)</t>
+          <t>Safahat (Üçlü - Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>210</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789754737622</t>
+          <t>9789754737943</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal'den Seçme Şiirler (Osmanlıca -Türkçe) (Ciltli)</t>
+          <t>Motorlu Kuş (Resimli)</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789754737745</t>
+          <t>9789754738056</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Hikmetli Sözler ve Ana Baba Nasihatleri (Osmanlıca - Türkçe) (Ciltli)</t>
+          <t>Kalbin Sözü</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789754737875</t>
+          <t>9789754737585</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Çağdaş Medeniyet (Ciltli)</t>
+          <t>Hatıralar (Osmanlıca - Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789754737899</t>
+          <t>9789754737622</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Temel Problemi ve Çözümü (Ciltli)</t>
+          <t>Namık Kemal'den Seçme Şiirler (Osmanlıca -Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789754737578</t>
+          <t>9789754737745</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Cenab Şahabeddin'den Seçme Metinler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Hikmetli Sözler ve Ana Baba Nasihatleri (Osmanlıca - Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789754737844</t>
+          <t>9789754737875</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Barışın Yolu (Ciltli)</t>
+          <t>İslam ve Çağdaş Medeniyet (Ciltli)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789754737851</t>
+          <t>9789754737899</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde İslam (Arapça-Türkçe) (Ciltli)</t>
+          <t>Müslümanların Temel Problemi ve Çözümü (Ciltli)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789754737837</t>
+          <t>9789754737578</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Cahiliye (Arapça-Türkçe) (Ciltli)</t>
+          <t>Cenab Şahabeddin'den Seçme Metinler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789754737516</t>
+          <t>9789754737844</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Altın Çiftlik (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Barışın Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789754737547</t>
+          <t>9789754737851</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Melik Şah ile Gülli Han'ın Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Günümüzde İslam (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789754737523</t>
+          <t>9789754737837</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Dört Halifeden İnciler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>İslam ve Cahiliye (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789754737561</t>
+          <t>9789754737516</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Çobanın Definesi (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Altın Çiftlik (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789754737820</t>
+          <t>9789754737547</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumunun Doğası (Arapça-Türkçe) (Ciltli)</t>
+          <t>Melik Şah ile Gülli Han'ın Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789754737868</t>
+          <t>9789754737523</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Dört Raşit Halifeden Özlü Sözler (Arapça-Türkçe) (Ciltli)</t>
+          <t>Dört Halifeden İnciler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789754737721</t>
+          <t>9789754737561</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Terci-i Bend Terkib-i Bend (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Çobanın Definesi (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789754737530</t>
+          <t>9789754737820</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Fıkralarından Seçmeler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>İslam Toplumunun Doğası (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789754737592</t>
+          <t>9789754737868</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Darb-ı Meseller (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Dört Raşit Halifeden Özlü Sözler (Arapça-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789754737554</t>
+          <t>9789754737721</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca'dan Seçme Fıkralar (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Terci-i Bend Terkib-i Bend (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789754737714</t>
+          <t>9789754737530</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp Ormanda</t>
+          <t>Karagöz Fıkralarından Seçmeler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789754737998</t>
+          <t>9789754737592</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Karşıyım</t>
+          <t>Türk Dilinde Darb-ı Meseller (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789754737790</t>
+          <t>9789754737554</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Selahaddin Eyyubi Sempozyumu (2 Cilt Takım) (Ciltli)</t>
+          <t>Nasreddin Hoca'dan Seçme Fıkralar (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>3500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789754737295</t>
+          <t>9789754737714</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>M. Nazif Şahinoğlu: Makaleler ve Hatıralar (Ciltli)</t>
+          <t>Muga Zıpzıp Ormanda</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>1500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789754737981</t>
+          <t>9789754737998</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>İslam İbadet Esasları</t>
+          <t>Karşıyım</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789754737912</t>
+          <t>9789754737790</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Bir Saray Şehri Dimetoka Özelinde Balkanlar ve Osmanlı'nın Kuruluş Yılları</t>
+          <t>Uluslararası Selahaddin Eyyubi Sempozyumu (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>250</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789754737929</t>
+          <t>9789754737295</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Bilmek</t>
+          <t>M. Nazif Şahinoğlu: Makaleler ve Hatıralar (Ciltli)</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789754737776</t>
+          <t>9789754737981</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Fikir ve İnanç Hürriyeti</t>
+          <t>İslam İbadet Esasları</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789754737950</t>
+          <t>9789754737912</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Beylerbeyi Günlükleri</t>
+          <t>Bir Saray Şehri Dimetoka Özelinde Balkanlar ve Osmanlı'nın Kuruluş Yılları</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789754737905</t>
+          <t>9789754737929</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Okumak</t>
+          <t>Allah'ı Bilmek</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789754737479</t>
+          <t>9789754737776</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>İslam - Genel Bir Bakış</t>
+          <t>İslam'da Fikir ve İnanç Hürriyeti</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789754737752</t>
+          <t>9789754737950</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Umut ve Sorumluluk</t>
+          <t>Beylerbeyi Günlükleri</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789754737486</t>
+          <t>9789754737905</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Yeni Politik Kültürün Dünyasında</t>
+          <t>Bir Ömür Okumak</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789754737769</t>
+          <t>9789754737479</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Ufkun İmkanları</t>
+          <t>İslam - Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789754737424</t>
+          <t>9789754737752</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Peygamberlerin Hayatı</t>
+          <t>Umut ve Sorumluluk</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>480</v>
+        <v>490</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789754737509</t>
+          <t>9789754737486</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>A. Cahit Zarifoğlu / Acz Kitabı</t>
+          <t>Yeni Politik Kültürün Dünyasında</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>850</v>
+        <v>320</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789754737493</t>
+          <t>9789754737769</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Köklerimiz: Afro - Amerikalılar'ın Tarihi (Ciltli)</t>
+          <t>Evrensel Ufkun İmkanları</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>650</v>
+        <v>430</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789754737448</t>
+          <t>9789754737424</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Safahat'dan Seçme Şiirler - 1 (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Gençler İçin Peygamberlerin Hayatı</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789754737455</t>
+          <t>9789754737509</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Safahat'dan Seçme Hikayeler - 2 (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>A. Cahit Zarifoğlu / Acz Kitabı</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>330</v>
+        <v>850</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789754737431</t>
+          <t>9789754737493</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Çiçekleri (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Köklerimiz: Afro - Amerikalılar'ın Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>330</v>
+        <v>650</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789754737363</t>
+          <t>9789754737448</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Tutiname'den Hikayeler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Safahat'dan Seçme Şiirler - 1 (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789754737400</t>
+          <t>9789754737455</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Zamanı (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Safahat'dan Seçme Hikayeler - 2 (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789754737349</t>
+          <t>9789754737431</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Hakikat Çiçekleri (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789754737417</t>
+          <t>9789754737363</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Epidemia</t>
+          <t>Tutiname'den Hikayeler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789754737301</t>
+          <t>9789754737400</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Allah'a İnanmanın Rasyonel Temelleri</t>
+          <t>Hz. Peygamber ve Zamanı (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789754737356</t>
+          <t>9789754737349</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>İlmihal (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Şahmeran Hikayesi (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789754737387</t>
+          <t>9789754737417</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Vatana Dair (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Epidemia</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789754737394</t>
+          <t>9789754737301</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Hatıraları (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>Allah'a İnanmanın Rasyonel Temelleri</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789754737370</t>
+          <t>9789754737356</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler (Osmanlıca-Türkçe) (Ciltli)</t>
+          <t>İlmihal (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789754737462</t>
+          <t>9789754737387</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Sömürü Ajanı Amerikan Misyonerleri</t>
+          <t>Vatana Dair (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C977" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789754737288</t>
+          <t>9789754737394</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Temel Kavramları (Sempatik Boy)</t>
+          <t>Çocukluk Hatıraları (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>900</v>
+        <v>280</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789754737271</t>
+          <t>9789754737370</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Hukuk Sistemi (Ciltli)</t>
+          <t>Seçme Şiirler (Osmanlıca-Türkçe) (Ciltli)</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789754737318</t>
+          <t>9789754737462</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Salah ve Fesat</t>
+          <t>Sömürü Ajanı Amerikan Misyonerleri</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789754737202</t>
+          <t>9789754737288</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadın (Ciltli)</t>
+          <t>İslam'ın Temel Kavramları (Sempatik Boy)</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789754737219</t>
+          <t>9789754737271</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Yolu (Ciltli)</t>
+          <t>Kur'an'ın Hukuk Sistemi (Ciltli)</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789754737226</t>
+          <t>9789754737318</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Oğluma Mektub</t>
+          <t>Salah ve Fesat</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789754737264</t>
+          <t>9789754737202</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Siret-i Nebi</t>
+          <t>Müslüman Kadın (Ciltli)</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789754737325</t>
+          <t>9789754737219</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Bir İslam Şehri: İstanbul</t>
+          <t>Kurtuluş Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789754737332</t>
+          <t>9789754737226</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Anne Yoktur</t>
+          <t>Oğluma Mektub</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789754737240</t>
+          <t>9789754737264</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Akletmesi</t>
+          <t>Siret-i Nebi</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789754737257</t>
+          <t>9789754737325</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Putlar Yıkılırken</t>
+          <t>Bir İslam Şehri: İstanbul</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789754737172</t>
+          <t>9789754737332</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli - Renkli)</t>
+          <t>Mükemmel Anne Yoktur</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789754737196</t>
+          <t>9789754737240</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Kalbin Akletmesi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789754737233</t>
+          <t>9789754737257</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Barışa Yön Veren Değerler</t>
+          <t>Putlar Yıkılırken</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789754737189</t>
+          <t>9789754737172</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Söz Cangılı</t>
+          <t>Küçük Prens (Ciltli - Renkli)</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789754736793</t>
+          <t>9789754737196</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Uzun Yürüyüşü</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789754736854</t>
+          <t>9789754737233</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Elçi'nin (s) Çevresindeki İnsanlar</t>
+          <t>Barışa Yön Veren Değerler</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789754736984</t>
+          <t>9789754737189</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sevinci (Ciltli)</t>
+          <t>Söz Cangılı</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789754736649</t>
+          <t>9789754736793</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Tu Hati</t>
+          <t>Müslümanların Uzun Yürüyüşü</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789754737080</t>
+          <t>9789754736854</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Münafıklar</t>
+          <t>Elçi'nin (s) Çevresindeki İnsanlar</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789754737004</t>
+          <t>9789754736984</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Müslüman Gençliğin Vazifeleri</t>
+          <t>Ruhun Sevinci (Ciltli)</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789754737042</t>
+          <t>9789754736649</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Gördüğüm Amerika</t>
+          <t>Tu Hati</t>
         </is>
       </c>
       <c r="C999" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789754736991</t>
+          <t>9789754737080</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>On İlkemiz</t>
+          <t>Hz. Peygamber Döneminde Münafıklar</t>
         </is>
       </c>
       <c r="C1000" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789754737011</t>
+          <t>9789754737004</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Gençlik</t>
+          <t>Günümüzde Müslüman Gençliğin Vazifeleri</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789754737059</t>
+          <t>9789754737042</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>El-Fıkhu'l Ekber</t>
+          <t>Gördüğüm Amerika</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789754737066</t>
+          <t>9789754736991</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>El-Fıkhu'l Ekber</t>
+          <t>On İlkemiz</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789754737028</t>
+          <t>9789754737011</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>İslam'dan Neden Korkuyorlar</t>
+          <t>Müslüman Gençlik</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789754737035</t>
+          <t>9789754737059</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>İslam Birliği</t>
+          <t>El-Fıkhu'l Ekber</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789754737073</t>
+          <t>9789754737066</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Siyaset</t>
+          <t>El-Fıkhu'l Ekber</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789754732740</t>
+          <t>9789754737028</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur’an (Ciltli)</t>
+          <t>İslam'dan Neden Korkuyorlar</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>900</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789754736106</t>
+          <t>9789754737035</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Bir Hazan Devri Şairi: Mehmed Akif Ersoy</t>
+          <t>İslam Birliği</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789754736762</t>
+          <t>9789754737073</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Allah Elçisi'nin (s) Ailesi</t>
+          <t>İslam ve Siyaset</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789754737141</t>
+          <t>9789754732740</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Aziz Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789754737134</t>
+          <t>9789754736106</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Bir Hazan Devri Şairi: Mehmed Akif Ersoy</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789754737103</t>
+          <t>9789754736762</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Bahar ve Kelebekler</t>
+          <t>Allah Elçisi'nin (s) Ailesi</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789754737127</t>
+          <t>9789754737141</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C1013" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789754737110</t>
+          <t>9789754737134</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C1014" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789754736908</t>
+          <t>9789754737103</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Üç Nasihat</t>
+          <t>Bahar ve Kelebekler</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789754736946</t>
+          <t>9789754737127</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'den Sonra</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789754736922</t>
+          <t>9789754737110</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789754736939</t>
+          <t>9789754736908</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Üç Nasihat</t>
         </is>
       </c>
       <c r="C1018" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789754736915</t>
+          <t>9789754736946</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>Çanakkale'den Sonra</t>
         </is>
       </c>
       <c r="C1019" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789754737158</t>
+          <t>9789754736922</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Aziz Kur'an - Çeviri ve Açıklama (Beyaz Kapak)</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789754736977</t>
+          <t>9789754736939</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Müslümanca Bakmak</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>430</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789754736960</t>
+          <t>9789754736915</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Kıbleyi Kaybettiren Dönüşüm</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789754737165</t>
+          <t>9789754737158</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Kürdüm OHAL'de Türküm</t>
+          <t>Aziz Kur'an - Çeviri ve Açıklama (Beyaz Kapak)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>270</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789754736779</t>
+          <t>9789754736977</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe</t>
+          <t>Dünyaya Müslümanca Bakmak</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>270</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789754736953</t>
+          <t>9789754736960</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Ebu Zer</t>
+          <t>Kıbleyi Kaybettiren Dönüşüm</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789754737097</t>
+          <t>9789754737165</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Siyer</t>
+          <t>Kürdüm OHAL'de Türküm</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789754736717</t>
+          <t>9789754736779</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Müşkilu'l-Kur'an'ı Yeniden Değerlendirmek</t>
+          <t>Hz. Aişe</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789754736786</t>
+          <t>9789754736953</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Kitabı Mukaddes'in Neyi Tahrif Edildi</t>
+          <t>Ebu Zer</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>430</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789754736809</t>
+          <t>9789754737097</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tarihçi</t>
+          <t>Siyer</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>270</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789754736823</t>
+          <t>9789754736717</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Urfa-Mardin Hattı</t>
+          <t>Müşkilu'l-Kur'an'ı Yeniden Değerlendirmek</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789754736731</t>
+          <t>9789754736786</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Üç Kafadar Balık</t>
+          <t>Kitabı Mukaddes'in Neyi Tahrif Edildi</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789754736748</t>
+          <t>9789754736809</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Süper Karıncalar</t>
+          <t>Tarih ve Tarihçi</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789754736687</t>
+          <t>9789754736823</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Babanzade Ahmed Naim</t>
+          <t>Urfa-Mardin Hattı</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>410</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789754736670</t>
+          <t>9789754736731</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>El Varakat (Ciltli)</t>
+          <t>Üç Kafadar Balık</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789754736700</t>
+          <t>9789754736748</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kurandan Eskimez Ölçüler</t>
+          <t>Süper Karıncalar</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789754736694</t>
+          <t>9789754736687</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Müderris Babanzade Ahmed Naim</t>
+          <t>Babanzade Ahmed Naim</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789754734300</t>
+          <t>9789754736670</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Ülkesinde</t>
+          <t>El Varakat (Ciltli)</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789754734096</t>
+          <t>9789754736700</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de Deyimler</t>
+          <t>Kurandan Eskimez Ölçüler</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789754736571</t>
+          <t>9789754736694</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi (1923-2014) - İslam Tarihi ve Medeniyeti Bibliyografyası</t>
+          <t>Müderris Babanzade Ahmed Naim</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789754736595</t>
+          <t>9789754734300</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Siyerin Gölgesinde 2 - Hz. Muhammed (s)'in Hayatı ve Mekke Dönemi</t>
+          <t>Alice Harikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789754736564</t>
+          <t>9789754734096</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi'nin İlk Döneminde Birlikte Yaşama Tecrübesi</t>
+          <t>Türkçe’de Deyimler</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789754736588</t>
+          <t>9789754736571</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Batılılaşma ve Son Dönem Osmanlı Aydınları</t>
+          <t>Cumhuriyet Dönemi (1923-2014) - İslam Tarihi ve Medeniyeti Bibliyografyası</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789754733082</t>
+          <t>9789754736595</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt Hayatı ve Öğretisi</t>
+          <t>Siyerin Gölgesinde 2 - Hz. Muhammed (s)'in Hayatı ve Mekke Dönemi</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789754732566</t>
+          <t>9789754736564</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Zengin Hayaller Peşinde</t>
+          <t>İslam Tarihi'nin İlk Döneminde Birlikte Yaşama Tecrübesi</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789754733426</t>
+          <t>9789754736588</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı’ndan Seçmeler</t>
+          <t>Müzikte Batılılaşma ve Son Dönem Osmanlı Aydınları</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789754736557</t>
+          <t>9789754733082</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İslami Hareketler ve Şiddet Sorunu</t>
+          <t>Zerdüşt Hayatı ve Öğretisi</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789754736540</t>
+          <t>9789754732566</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Sorunlar Sorular ve Cevaplar</t>
+          <t>Zengin Hayaller Peşinde</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789754733440</t>
+          <t>9789754733426</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’den Seçmeler</t>
+          <t>Yunus Emre Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789754736502</t>
+          <t>9789754736557</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinde Musiki</t>
+          <t>Çağdaş İslami Hareketler ve Şiddet Sorunu</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789754736489</t>
+          <t>9789754736540</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Türkiyenin İlahiyat Sorunu</t>
+          <t>Sorunlar Sorular ve Cevaplar</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789754736427</t>
+          <t>9789754733440</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Bir Devir Bir Şahit Melle Sabri</t>
+          <t>Kutadgu Bilig’den Seçmeler</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789754736458</t>
+          <t>9789754736502</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>İbadet</t>
+          <t>İslam Medeniyetinde Musiki</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789754736441</t>
+          <t>9789754736489</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bağı</t>
+          <t>Türkiyenin İlahiyat Sorunu</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789754736410</t>
+          <t>9789754736427</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Düşnane</t>
+          <t>Bir Devir Bir Şahit Melle Sabri</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789754736465</t>
+          <t>9789754736458</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Dost Eli</t>
+          <t>İbadet</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789754734812</t>
+          <t>9789754736441</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Okuyucularla</t>
+          <t>Gönül Bağı</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>600</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789754733792</t>
+          <t>9789754736410</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Ninni Desem Dağlar Uyur</t>
+          <t>Düşnane</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789754730050</t>
+          <t>9789754736465</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Neler Sordular</t>
+          <t>Dost Eli</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789754734997</t>
+          <t>9789754734812</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Nehri Geçerken</t>
+          <t>Okuyucularla</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789754731545</t>
+          <t>9789754733792</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Nehirlerin Dili</t>
+          <t>Ninni Desem Dağlar Uyur</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789754732672</t>
+          <t>9789754730050</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Direniş Hicret</t>
+          <t>Neler Sordular</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789754735536</t>
+          <t>9789754734997</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kokulu Yıllar</t>
+          <t>Nehri Geçerken</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789754734836</t>
+          <t>9789754731545</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Kabile Topluluklarından Akide Toplumuna</t>
+          <t>Nehirlerin Dili</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789754732375</t>
+          <t>9789754732672</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>İşte Önderimiz Hz. Muhammed</t>
+          <t>Nebevi Direniş Hicret</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>2015060847302</t>
+          <t>9789754735536</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Hayatı (9 Kitap Takım)</t>
+          <t>Kağıt Kokulu Yıllar</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>1200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789754735734</t>
+          <t>9789754734836</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Akışını Değiştiren Son Peygamber</t>
+          <t>Kabile Topluluklarından Akide Toplumuna</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789754736236</t>
+          <t>9789754732375</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kitap</t>
+          <t>İşte Önderimiz Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789754736335</t>
+          <t>2015060847302</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Güzel İnsan Yahut Hz. Yusuf</t>
+          <t>Peygamberlerin Hayatı (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789754736311</t>
+          <t>9789754735734</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kral Yahut Hz. Süleyman</t>
+          <t>Tarihin Akışını Değiştiren Son Peygamber</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789754736342</t>
+          <t>9789754736236</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Deve Yahut Hz. Salih</t>
+          <t>Pembe Kitap</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789754736328</t>
+          <t>9789754736335</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tufan Yahut Hz. Nuh</t>
+          <t>Güzel İnsan Yahut Hz. Yusuf</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789754736298</t>
+          <t>9789754736311</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Allah İle Konuşan Peygamber Yahut Hz. Musa</t>
+          <t>Bilge Kral Yahut Hz. Süleyman</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789754736366</t>
+          <t>9789754736342</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Yahut Hz. Muhammed</t>
+          <t>Kutsal Deve Yahut Hz. Salih</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789754736304</t>
+          <t>9789754736328</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Babasız Doğan Elçi Yahut Hz. İsa</t>
+          <t>Büyük Tufan Yahut Hz. Nuh</t>
         </is>
       </c>
       <c r="C1074" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789754736281</t>
+          <t>9789754736298</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostu Yahut Hz. İbrahim</t>
+          <t>Allah İle Konuşan Peygamber Yahut Hz. Musa</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789754736359</t>
+          <t>9789754736366</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Destanı Yahut Hz. Adem</t>
+          <t>Kainatın Efendisi Yahut Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789754736403</t>
+          <t>9789754736304</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Babasız Doğan Elçi Yahut Hz. İsa</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789754736373</t>
+          <t>9789754736281</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Dili</t>
+          <t>Allah Dostu Yahut Hz. İbrahim</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789754736380</t>
+          <t>9789754736359</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Saadet Şehri Malatya</t>
+          <t>Yaratılış Destanı Yahut Hz. Adem</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789754736397</t>
+          <t>9789754736403</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Tevhid Düşüncesi Ekseninde Kişisel Gelişim Kitapları</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789754736274</t>
+          <t>9789754736373</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Direnç ve Özgürlük</t>
+          <t>Sevgi Dili</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789754736243</t>
+          <t>9789754736380</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Elçisi ve Mesajı</t>
+          <t>Saadet Şehri Malatya</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789754736250</t>
+          <t>9789754736397</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Emeviler</t>
+          <t>Tevhid Düşüncesi Ekseninde Kişisel Gelişim Kitapları</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789754736229</t>
+          <t>9789754736274</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Cahiliyeden İslam’a Kadın ve Aile</t>
+          <t>Direnç ve Özgürlük</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789754736212</t>
+          <t>9789754736243</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi’nin İlk Döneminde Önderler ve İhtilaflar</t>
+          <t>Allah’ın Elçisi ve Mesajı</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789754736182</t>
+          <t>9789754736250</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Dervişe Sitem</t>
+          <t>Emeviler</t>
         </is>
       </c>
       <c r="C1086" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789754736205</t>
+          <t>9789754736229</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>İnsana Yön Veren Değerler</t>
+          <t>Cahiliyeden İslam’a Kadın ve Aile</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789754731132</t>
+          <t>9789754736212</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Kuma</t>
+          <t>İslam Tarihi’nin İlk Döneminde Önderler ve İhtilaflar</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789754733167</t>
+          <t>9789754736182</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Kral Suban</t>
+          <t>Dervişe Sitem</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789754736168</t>
+          <t>9789754736205</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Vişnebal</t>
+          <t>İnsana Yön Veren Değerler</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789754736151</t>
+          <t>9789754731132</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Raşid Halifeler</t>
+          <t>Kuma</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789754736144</t>
+          <t>9789754733167</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Kalp Ustası</t>
+          <t>Kral Suban</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789754736113</t>
+          <t>9789754736168</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Arkadaş</t>
+          <t>Vişnebal</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789754736120</t>
+          <t>9789754736151</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Arapları</t>
+          <t>Raşid Halifeler</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789754736199</t>
+          <t>9789754736144</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Fitne</t>
+          <t>Kalp Ustası</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789754735895</t>
+          <t>9789754736113</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi (5 Cilt Takım)</t>
+          <t>Çocuklara Arkadaş</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>3750</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789754736090</t>
+          <t>9789754736120</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Kur‘anı Kerim ve Sünnette Yaşlanma ve Yaşlılık</t>
+          <t>Cahiliye Arapları</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789754735833</t>
+          <t>9789754736199</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Tarihi (5 Cilt Takım) (Ciltli)</t>
+          <t>Fitne</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>8500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789754735659</t>
+          <t>9789754735895</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Potinli ile Mırık  Süper Dua</t>
+          <t>Müslümanların Tarihi (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>300</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789754733563</t>
+          <t>9789754736090</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Kur‘anı Kerim ve Sünnette Yaşlanma ve Yaşlılık</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789754734102</t>
+          <t>9789754735833</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>Müslümanların Tarihi (5 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>130</v>
+        <v>8500</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789754732221</t>
+          <t>9789754735659</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Musab Bin Umeyr</t>
+          <t>Potinli ile Mırık  Süper Dua</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789754733235</t>
+          <t>9789754733563</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Hadis Tarihi</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789754733570</t>
+          <t>9789754734102</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Hukuk İlmine Katkıları</t>
+          <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789754731934</t>
+          <t>9789754732221</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Doğuşu</t>
+          <t>Musab Bin Umeyr</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9789754732320</t>
+          <t>9789754733235</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Devlet İdaresi</t>
+          <t>Muhtasar Hadis Tarihi</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789754731347</t>
+          <t>9789754733570</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Göre Cahiliye ve Ehl-i Kitab Örf ve Adetleri</t>
+          <t>İslam’ın Hukuk İlmine Katkıları</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789754733532</t>
+          <t>9789754731934</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da İslam</t>
+          <t>İslam’ın Doğuşu</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789754730111</t>
+          <t>9789754732320</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Arapça-Türkçe Deyimler Kalıp İfadeler Atasözleri Sözlüğü (Ciltli)</t>
+          <t>İslam’da Devlet İdaresi</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>1200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789754734928</t>
+          <t>9789754731347</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Ano Yemen’dir</t>
+          <t>İslam’a Göre Cahiliye ve Ehl-i Kitab Örf ve Adetleri</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>850</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789754731927</t>
+          <t>9789754733532</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak</t>
+          <t>Avrupa’da İslam</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789754733808</t>
+          <t>9789754730111</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Arapça-Türkçe Deyimler Kalıp İfadeler Atasözleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>130</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789754735079</t>
+          <t>9789754734928</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Yalan Dünyayı Adımlarken (1. Hamur)</t>
+          <t>Ano Yemen’dir</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>800</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789754734485</t>
+          <t>9789754731927</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Yaban Bağcı</t>
+          <t>Yaşamak</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789754733006</t>
+          <t>9789754733808</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Umutlar Beyaz Olur</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789754733969</t>
+          <t>9789754735079</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Demokratik Gelişimi ve Avrupa Birliği</t>
+          <t>Yalan Dünyayı Adımlarken (1. Hamur)</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789754734294</t>
+          <t>9789754734485</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’in Maceraları</t>
+          <t>Yaban Bağcı</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789754733471</t>
+          <t>9789754733006</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Umutlar Beyaz Olur</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789754730982</t>
+          <t>9789754733969</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Tevhid ve Şirk</t>
+          <t>Türkiye’nin Demokratik Gelişimi ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789754733822</t>
+          <t>9789754734294</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Tom Sawyer’in Maceraları</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789754738971</t>
+          <t>9789754733471</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde İsrailiyyat</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>530</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789754730005</t>
+          <t>9789754730982</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Adanmış Sözler</t>
+          <t>Tevhid ve Şirk</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789754732368</t>
+          <t>9789754733822</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Tarih Şuuru</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789754730425</t>
+          <t>9789754738971</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’ın Götürdükleri</t>
+          <t>Tefsirde İsrailiyyat</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>230</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789754730012</t>
+          <t>9789754730005</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Bütün Eserleri 1</t>
+          <t>Tarihe Adanmış Sözler</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789754733778</t>
+          <t>9789754732368</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Tarih Şuuru</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789754734782</t>
+          <t>9789754730425</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Şark Medreselerinin Serencamı</t>
+          <t>Tanzimat’ın Götürdükleri</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789754733105</t>
+          <t>9789754730012</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Şark Medreselerinde Bir Ömür</t>
+          <t>Şiirler Bütün Eserleri 1</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789754734645</t>
+          <t>9789754733778</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Şark Masalları</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C1129" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789754734911</t>
+          <t>9789754734782</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail ve İnanç Dünyası</t>
+          <t>Şark Medreselerinin Serencamı</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789754733747</t>
+          <t>9789754733105</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Sütçü İmam</t>
+          <t>Şark Medreselerinde Bir Ömür</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789754730272</t>
+          <t>9789754734645</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Sömürü Ajanı İngiliz Misyonerleri</t>
+          <t>Şark Masalları</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789754734362</t>
+          <t>9789754734911</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Oyunu</t>
+          <t>Şah İsmail ve İnanç Dünyası</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789754733464</t>
+          <t>9789754733747</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Seyahatname’den Seçmeler</t>
+          <t>Sütçü İmam</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789754733389</t>
+          <t>9789754730272</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Peygamberimiz</t>
+          <t>Sömürü Ajanı İngiliz Misyonerleri</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9789754735260</t>
+          <t>9789754734362</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Ah Endülüs - Bütün Eserleri 31</t>
+          <t>Siyasetin Oyunu</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>1000</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789754730531</t>
+          <t>9789754733464</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Abbasiler Dönemi</t>
+          <t>Seyahatname’den Seçmeler</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9789754732702</t>
+          <t>9789754733389</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Samanyolu’na Göç</t>
+          <t>Sevgili Peygamberimiz</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789754732214</t>
+          <t>9789754735260</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Ammar Bin Yasir</t>
+          <t>Ah Endülüs - Bütün Eserleri 31</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789754735000</t>
+          <t>9789754730531</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kulları</t>
+          <t>Abbasiler Dönemi</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789754732832</t>
+          <t>9789754732702</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Elçisi Hz. Muhammed</t>
+          <t>Samanyolu’na Göç</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789754735758</t>
+          <t>9789754732214</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Malatya'nın Puslu Yılları</t>
+          <t>Ammar Bin Yasir</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789754735710</t>
+          <t>9789754735000</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>Allah’ın Kulları</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789754735239</t>
+          <t>9789754732832</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Siyerin Gölgesinde</t>
+          <t>Allah’ın Elçisi Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>650</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789754731033</t>
+          <t>9789754735758</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Malatya'nın Puslu Yılları</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789754731026</t>
+          <t>9789754735710</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789754731057</t>
+          <t>9789754735239</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed</t>
+          <t>Siyerin Gölgesinde</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789754735741</t>
+          <t>9789754731033</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif - Tevfik Fikret Çatışması</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>430</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789754735765</t>
+          <t>9789754731026</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın İnsan Modeli - İyiler ve Daha İyiler</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789754735673</t>
+          <t>9789754731057</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul (Ciltli)</t>
+          <t>Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789754735703</t>
+          <t>9789754735741</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Yol</t>
+          <t>Mehmed Akif - Tevfik Fikret Çatışması</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789754736526</t>
+          <t>9789754735765</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Kürdinsan - Bir Kürt Sosyolojisi Denemesi</t>
+          <t>Kur’an’ın İnsan Modeli - İyiler ve Daha İyiler</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9789754736601</t>
+          <t>9789754735673</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Kürtleri Bekleyen Tehlike</t>
+          <t>Ey Oğul (Ciltli)</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789754736663</t>
+          <t>9789754735703</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişenin Hayatı, Şahsiyeti ve Hz. Peygamber Sonrası İslam Tarihindeki Rolü</t>
+          <t>Başka Bir Yol</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789754736625</t>
+          <t>9789754736526</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Kürdinsan - Bir Kürt Sosyolojisi Denemesi</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789754736618</t>
+          <t>9789754736601</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Literatürü</t>
+          <t>Kürtleri Bekleyen Tehlike</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789754733662</t>
+          <t>9789754736663</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Kerem ile Aslı</t>
+          <t>Hz. Aişenin Hayatı, Şahsiyeti ve Hz. Peygamber Sonrası İslam Tarihindeki Rolü</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789754732306</t>
+          <t>9789754736625</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Buhari</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9789754734676</t>
+          <t>9789754736618</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan (Ciltli)</t>
+          <t>İslam Tarihi Literatürü</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>1000</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9789754734546</t>
+          <t>9789754733662</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Bostan</t>
+          <t>Kerem ile Aslı</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789754735604</t>
+          <t>9789754732306</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Muga Zıpzıp</t>
+          <t>Buhari</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>325</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9789754735628</t>
+          <t>9789754734676</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Ben, Dünya ve Allah</t>
+          <t>Bostan ve Gülistan (Ciltli)</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789754735642</t>
+          <t>9789754734546</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Potinli ile Mırık Başdöndüren Değişim</t>
+          <t>Bostan</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789754735666</t>
+          <t>9789754735604</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Timbil Namaz Sevgisi</t>
+          <t>Muga Zıpzıp</t>
         </is>
       </c>
       <c r="C1164" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789754735635</t>
+          <t>9789754735628</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bizim İçin!</t>
+          <t>Ben, Dünya ve Allah</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789754733617</t>
+          <t>9789754735642</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Potinli ile Mırık Başdöndüren Değişim</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>130</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
+          <t>9789754735666</t>
+        </is>
+      </c>
+      <c r="B1167" s="1" t="inlineStr">
+        <is>
+          <t>Timbil Namaz Sevgisi</t>
+        </is>
+      </c>
+      <c r="C1167" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:3">
+      <c r="A1168" s="1" t="inlineStr">
+        <is>
+          <t>9789754735635</t>
+        </is>
+      </c>
+      <c r="B1168" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Bizim İçin!</t>
+        </is>
+      </c>
+      <c r="C1168" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:3">
+      <c r="A1169" s="1" t="inlineStr">
+        <is>
+          <t>9789754733617</t>
+        </is>
+      </c>
+      <c r="B1169" s="1" t="inlineStr">
+        <is>
+          <t>Kelile ve Dimne</t>
+        </is>
+      </c>
+      <c r="C1169" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:3">
+      <c r="A1170" s="1" t="inlineStr">
+        <is>
           <t>9789754731002</t>
         </is>
       </c>
-      <c r="B1167" s="1" t="inlineStr">
+      <c r="B1170" s="1" t="inlineStr">
         <is>
           <t>Ömer Muhtar</t>
         </is>
       </c>
-      <c r="C1167" s="1">
+      <c r="C1170" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>