--- v2 (2026-02-06)
+++ v3 (2026-03-29)
@@ -85,23350 +85,23710 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051888231</t>
+          <t>9786051888323</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Adımperest (Organik Kitap) (Ciltli)</t>
+          <t>Deniz Dostları: Ege’nin İki Yakasında</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051882796</t>
+          <t>9786051888330</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Scooter'ım Olsaydı</t>
+          <t>Sandıktaki Fotoğraf</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>145</v>
+        <v>255</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9780312429409</t>
+          <t>9786051887791</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Bisikletle Dolaşan Çocuk Seti</t>
+          <t>Okumayı Sevdiren Kitaplar - Kayıp Kedi Yavrusu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>540</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789759993719</t>
+          <t>9786051888163</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Okulda - Nil Hanım’ın Mumya Dersleri</t>
+          <t>Tarihte İz Bırakanlar Yeryüzü Kağanı - Cengiz Han</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789759995973</t>
+          <t>9786051888293</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Malikanenin Sırrı</t>
+          <t>Gizemli Tepeler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789759996611</t>
+          <t>9786051886589</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Maceranı Kendin Seç! 3. Kitap - Hazine Avcıları</t>
+          <t>Oyun Kapanı 3 - Robot Ayaklanması</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789759996420</t>
+          <t>9786051885469</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Maceranı Kendin Seç! 2. Kitap - Kozmik Tılsım</t>
+          <t>Oyun Kapanı 2 - Görünmez İstila</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759996369</t>
+          <t>9786051886404</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Maceranı Kendin Seç! 1. Kitap - Oyun Labirenti</t>
+          <t>Elmer ile Ejderha (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759993818</t>
+          <t>9786051886466</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Okulda - Papağan Hanım’ın Yağmur Ormanı Dersleri</t>
+          <t>Mavi Diyar'ın Ejderhaları (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789759993764</t>
+          <t>9786051888057</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Okulda - Kocaağız Bey’in Köpekbalığı Dersleri</t>
+          <t>Laklak Tepetaklak (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789759993542</t>
+          <t>9786051888170</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Okulda - Fosil Bey’in Dinozor Dersleri</t>
+          <t>Seninle Ben, Küçük Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9781401690618</t>
+          <t>9786051888224</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Okutulan 5. Sınıf Kitap Seti (5 Kitap Takım)</t>
+          <t>Yada Taşının Yolculuğu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1045</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051888286</t>
+          <t>9786051888262</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yol Arkadaşım: Ankara’da Bir Kış Macerası</t>
+          <t>Sevimli Konuklar 5 - Fındık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051888279</t>
+          <t>9786051888255</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Öğretmen?</t>
+          <t>Sevimli Konuklar 4 - Afacan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051888194</t>
+          <t>9786051888248</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ejderha ile Kız</t>
+          <t>Sevimli Konuklar - 3 Zeytin</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051888200</t>
+          <t>9786051888118</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir An (Organik Kitap) (Ciltli)</t>
+          <t>Sevimli Konuklar-2- Kartopu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051888217</t>
+          <t>9786051888095</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Tostos (Organik Kitap) (Ciltli)</t>
+          <t>Sevimli Konuklar-1- Lokum</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051888088</t>
+          <t>9786051886244</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kitap Gezginleri</t>
+          <t>Uçtu Uçtu, Tavşancık Uçtu!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9799759991882</t>
+          <t>9786051886329</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Merhaba Dünya! Vücudumuz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051888125</t>
+          <t>9786051886312</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuklar Kulübü 1 - Mağaradaki Sır</t>
+          <t>Merhaba Dünya! Hava Durumu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051888132</t>
+          <t>9786051886282</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Turuncu Balık</t>
+          <t>Merhaba Dünya! Güneş Sistemi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051888019</t>
+          <t>9786051886299</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bisikletimiz</t>
+          <t>Merhaba Dünya! Gezegenimiz Dünya</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051888040</t>
+          <t>9786051886275</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Berlin’de Ofsayt</t>
+          <t>Merhaba Dünya! Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051887982</t>
+          <t>9786051886305</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Balina Gezdirme Rehberi (Organik Kitap) (Ciltli)</t>
+          <t>Merhaba Dünya! Elmalar Nasıl Büyür?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051887760</t>
+          <t>9786051888231</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Karlı Bir Gece (Organik Kitap) (Ciltli)</t>
+          <t>Adımperest (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051888101</t>
+          <t>9786051882796</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kitap Kırılır mı Hiç?</t>
+          <t>Scooter'ım Olsaydı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>265</v>
+        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051888064</t>
+          <t>9780312429409</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Uç Bakalım (Organik Kitap) (Ciltli)</t>
+          <t>Dünyayı Bisikletle Dolaşan Çocuk Seti</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>270</v>
+        <v>540</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051887586</t>
+          <t>9789759993719</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli (Organik Kitap) (Ciltli)</t>
+          <t>Afacanlar Okulda - Nil Hanım’ın Mumya Dersleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051888033</t>
+          <t>9789759995973</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ters Evler Mahallesi</t>
+          <t>Malikanenin Sırrı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051888026</t>
+          <t>9789759996611</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 18</t>
+          <t>Maceranı Kendin Seç! 3. Kitap - Hazine Avcıları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9780451477385</t>
+          <t>9789759996420</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>11+ Yaş İçin Okuma Seti (4 Kitap Takım)</t>
+          <t>Maceranı Kendin Seç! 2. Kitap - Kozmik Tılsım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>885</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051885100</t>
+          <t>9789759996369</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yürek</t>
+          <t>Maceranı Kendin Seç! 1. Kitap - Oyun Labirenti</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051883175</t>
+          <t>9789759993818</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Okula Nasıl Gider? (Organik Kitap) (Ciltli)</t>
+          <t>Afacanlar Okulda - Papağan Hanım’ın Yağmur Ormanı Dersleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9788838497452</t>
+          <t>9789759993764</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Uyumaya Gidiyorum Seti - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
+          <t>Afacanlar Okulda - Kocaağız Bey’in Köpekbalığı Dersleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>810</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9788856603187</t>
+          <t>9789759993542</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Seviyorum Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
+          <t>Afacanlar Okulda - Fosil Bey’in Dinozor Dersleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>510</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789759999698</t>
+          <t>9781401690618</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bingo Boyama ve Bulmaca</t>
+          <t>Okullarda Okutulan 5. Sınıf Kitap Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>175</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789759999681</t>
+          <t>9786051888286</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bonbon Boyama</t>
+          <t>Gizemli Yol Arkadaşım: Ankara’da Bir Kış Macerası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051881546</t>
+          <t>9786051888279</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu - Üç Boyutlu Masallar (Ciltli)</t>
+          <t>Bu Nasıl Öğretmen?</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>195</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051882130</t>
+          <t>9786051888194</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kokuşuk Dev (Ciltli)</t>
+          <t>Ejderha ile Kız</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>145</v>
+        <v>265</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051881850</t>
+          <t>9786051888200</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Çağı - Ne Neydi? Serisi</t>
+          <t>Küçük Bir An (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>155</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789759999858</t>
+          <t>9786051888217</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan (Ciltli)</t>
+          <t>İyi Geceler Tostos (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789759999865</t>
+          <t>9786051888088</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (Ciltli)</t>
+          <t>Kitap Gezginleri</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789759999872</t>
+          <t>9799759991882</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel (Ciltli)</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789759999810</t>
+          <t>9786051888125</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kızı (Ciltli)</t>
+          <t>Filozof Çocuklar Kulübü 1 - Mağaradaki Sır</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9788838497445</t>
+          <t>9786051888132</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Değişimi Kabul Etmek - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
+          <t>Kardeşim Turuncu Balık</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>810</v>
+        <v>255</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9788493672614</t>
+          <t>9786051888019</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ailemi Seviyorum Seti - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
+          <t>Bisikletimiz</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>810</v>
+        <v>175</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9781841582191</t>
+          <t>9786051888040</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Boya Öğren Çıkartmalı Çocuk Kitapları (5 Kitap Takım)</t>
+          <t>Berlin’de Ofsayt</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051884097</t>
+          <t>9786051887982</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Maceracılar Aranıyor 5 - Kıyamet Baltası</t>
+          <t>Balina Gezdirme Rehberi (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051884264</t>
+          <t>9786051887760</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Matematik - Eğitici Öğretici</t>
+          <t>Karlı Bir Gece (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051884226</t>
+          <t>9786051888101</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çizgiler - Eğitici Öğretici</t>
+          <t>Kitap Kırılır mı Hiç?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>195</v>
+        <v>265</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051884288</t>
+          <t>9786051888064</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Çizgi Çalışmaları - Hayvanlarla İlgili Aktiviteler</t>
+          <t>Uç Bakalım (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051884301</t>
+          <t>9786051887586</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Çizgi Çalışmaları - Harflerle İlgili Aktiviteler</t>
+          <t>Tehlikeli (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051887876</t>
+          <t>9786051888033</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Amanda Black 2 - Kayıp Tılsım</t>
+          <t>Ters Evler Mahallesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051887999</t>
+          <t>9786051888026</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Cesur Tohum Pino</t>
+          <t>Gölgelerin Efendisi 18</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789759997410</t>
+          <t>9780451477385</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tıkır Tıkır, İyi Geceler (Ciltli)</t>
+          <t>11+ Yaş İçin Okuma Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>270</v>
+        <v>885</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789759998271</t>
+          <t>9786051885100</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Ronaldo</t>
+          <t>Cesur Yürek</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051887968</t>
+          <t>9786051883175</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Toraman Yapmadı Ki! (Organik Kitap)</t>
+          <t>Dinozorlar Okula Nasıl Gider? (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051880419</t>
+          <t>9788838497452</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 9 Ejderha Eğitmenin 97 Yolu</t>
+          <t>Uyumaya Gidiyorum Seti - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>130</v>
+        <v>810</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051887944</t>
+          <t>9788856603187</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Günlüğünden Sevgilerle 3 - Seni Çok Özledim</t>
+          <t>Okumayı Seviyorum Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>510</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051886206</t>
+          <t>9789759999698</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Günlüğünden Sevgilerle 1 - Okulda İlk Gün</t>
+          <t>Bingo Boyama ve Bulmaca</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051887357</t>
+          <t>9789759999681</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Günlüğünden Sevgilerle 2 - Okul Partisi</t>
+          <t>Bonbon Boyama</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051887951</t>
+          <t>9786051881546</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Günlüğünden Sevgilerle 4 - Dostun Bol Olsun</t>
+          <t>Orman Çocuğu - Üç Boyutlu Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051884691</t>
+          <t>9786051882130</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Tırtıl (Ciltli)</t>
+          <t>Kokuşuk Dev (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051887890</t>
+          <t>9786051881850</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Korkuluğun Maceraları (Organik Kitap) (Ciltli)</t>
+          <t>Dinozor Çağı - Ne Neydi? Serisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759996963</t>
+          <t>9789759999858</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Zaferin Sultanı Alp Arslan</t>
+          <t>Peter Pan (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786051882116</t>
+          <t>9789759999865</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Terazisi</t>
+          <t>Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786051884134</t>
+          <t>9789759999872</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Teşekkürler Öğretmenim</t>
+          <t>Rapunzel (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786051887913</t>
+          <t>9789759999810</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Adasına Yolculuk</t>
+          <t>Küçük Deniz Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786051885452</t>
+          <t>9788838497445</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Martıdan Mektup Var</t>
+          <t>Değişimi Kabul Etmek - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>145</v>
+        <v>810</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786051887883</t>
+          <t>9788493672614</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Balina Mektup Yazıyor</t>
+          <t>Ailemi Seviyorum Seti - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>145</v>
+        <v>810</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786051887845</t>
+          <t>9781841582191</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Anneannem Tam Bir Çılgın: Odunpazarı Macerası</t>
+          <t>Boya Öğren Çıkartmalı Çocuk Kitapları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>265</v>
+        <v>600</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786051887869</t>
+          <t>9786051884097</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Senarist Marti</t>
+          <t>Maceracılar Aranıyor 5 - Kıyamet Baltası</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9781844533739</t>
+          <t>9786051884264</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku Seti (3 Kitap Takım)</t>
+          <t>Neşeli Matematik - Eğitici Öğretici</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>525</v>
+        <v>195</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786759995799</t>
+          <t>9786051884226</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlu Bir Gün</t>
+          <t>Neşeli Çizgiler - Eğitici Öğretici</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>52</v>
+        <v>195</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789759990244</t>
+          <t>9786051884288</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 3 Kıyamet Mağarası</t>
+          <t>Çıkartmalı Çizgi Çalışmaları - Hayvanlarla İlgili Aktiviteler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>26</v>
+        <v>225</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756387467</t>
+          <t>9786051884301</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 1 : Okulda Yeni Bir Öğrenci</t>
+          <t>Çıkartmalı Çizgi Çalışmaları - Harflerle İlgili Aktiviteler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>26</v>
+        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051882550</t>
+          <t>9786051887876</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pegasus ve Olimpos Savaşı</t>
+          <t>Amanda Black 2 - Kayıp Tılsım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>33</v>
+        <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786051882543</t>
+          <t>9786051887999</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Pegasus ve Ateş</t>
+          <t>Cesur Tohum Pino</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>33</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051880860</t>
+          <t>9789759997410</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dünyanın Kalkanı</t>
+          <t>Tıkır Tıkır, İyi Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>17</v>
+        <v>270</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786051881911</t>
+          <t>9789759998271</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Fantastik Dünyanın Kılıcı</t>
+          <t>Benim Adım Ronaldo</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>17</v>
+        <v>165</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786051882062</t>
+          <t>9786051887968</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi 5 - Korkak Kutup Ayısı</t>
+          <t>Toraman Yapmadı Ki! (Organik Kitap)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>7.5</v>
+        <v>270</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786051882055</t>
+          <t>9786051880419</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi 4 - Bilmiş Balina</t>
+          <t>Ejderha Avcıları Okulu 9 Ejderha Eğitmenin 97 Yolu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>7.5</v>
+        <v>130</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786051883755</t>
+          <t>9786051887944</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>BTS - Kurşun Geçirmez İzcilerin Yükselişi</t>
+          <t>Günlüğünden Sevgilerle 3 - Seni Çok Özledim</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>20</v>
+        <v>110</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051883236</t>
+          <t>9786051886206</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler (Ciltli)</t>
+          <t>Günlüğünden Sevgilerle 1 - Okulda İlk Gün</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>11</v>
+        <v>110</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786051882994</t>
+          <t>9786051887357</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Prenses İnci Çıkartmalı Etkinlik Kitabı - Prenses Öyküleri</t>
+          <t>Günlüğünden Sevgilerle 2 - Okul Partisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>6.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786051883007</t>
+          <t>9786051887951</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Prenses Zümrüt Çıkartmalı Etkinlik Kitabı - Prenses Öyküleri</t>
+          <t>Günlüğünden Sevgilerle 4 - Dostun Bol Olsun</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>6.5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051882420</t>
+          <t>9786051884691</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum da Yıldızlar Neden Parıldar? (Ciltli)</t>
+          <t>Sabırsız Tırtıl (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>20.37</v>
+        <v>270</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789756580943</t>
+          <t>9786051887890</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Şehir</t>
+          <t>Korkuluğun Maceraları (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1.62</v>
+        <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789759996192</t>
+          <t>9789759996963</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Perisi Beril</t>
+          <t>Zaferin Sultanı Alp Arslan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>5.09</v>
+        <v>145</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789759993986</t>
+          <t>9786051882116</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Zodyak Kızları-2 Dans İki Kişiliktir</t>
+          <t>Ejderhanın Terazisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>8.33</v>
+        <v>145</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789759993757</t>
+          <t>9786051884134</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zodyak Kızları 1 - Bana Şans Dile</t>
+          <t>Teşekkürler Öğretmenim</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>8.33</v>
+        <v>130</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789759994402</t>
+          <t>9786051887913</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Zodyak Kızları - Rakip Tanımam</t>
+          <t>Mucizeler Adasına Yolculuk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>8.33</v>
+        <v>205</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759994860</t>
+          <t>9786051885452</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Zodyak Kızları - Gösteri Zamanı</t>
+          <t>Martıdan Mektup Var</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>8.33</v>
+        <v>145</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789759995140</t>
+          <t>9786051887883</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Zodyak Kızları - Doğuştan Yıldız</t>
+          <t>Canı Sıkılan Balina Mektup Yazıyor</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>8.33</v>
+        <v>145</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9799759990823</t>
+          <t>9786051887845</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Necdet</t>
+          <t>Anneannem Tam Bir Çılgın: Odunpazarı Macerası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>3.7</v>
+        <v>265</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789759993443</t>
+          <t>9786051887869</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Yolculuk</t>
+          <t>Kayıp Senarist Marti</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>6.48</v>
+        <v>265</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789759996321</t>
+          <t>9781844533739</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dedektifleri 8. Kitap - Kahinlerin Gizemi</t>
+          <t>Çocuklar İçin Sudoku Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>7</v>
+        <v>525</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789759996062</t>
+          <t>9786759995799</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dedektifleri 7. Kitap - Vikinglerin Hazinesi</t>
+          <t>Yağmurlu Bir Gün</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>7</v>
+        <v>52</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789759995683</t>
+          <t>9789759990244</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dedektifleri 6. Kitap - Roma’yı Kim Yaktı</t>
+          <t>Ejderha Avcıları Okulu 3 Kıyamet Mağarası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>7</v>
+        <v>26</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789759995461</t>
+          <t>9789756387467</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dedektifleri 5. Kitap - Tutankamon’un Sırrı</t>
+          <t>Ejderha Avcıları Okulu 1 : Okulda Yeni Bir Öğrenci</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>7</v>
+        <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789759995188</t>
+          <t>9786051882550</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dedektifleri 3. Kitap Cengiz Han’ın Mezarı</t>
+          <t>Pegasus ve Olimpos Savaşı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789759995287</t>
+          <t>9786051882543</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dedektifleri - Tehlikeli İksir</t>
+          <t>Pegasus ve Ateş</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789759994143</t>
+          <t>9786051880860</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimden Mektuplar</t>
+          <t>Fantastik Dünyanın Kalkanı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789759996734</t>
+          <t>9786051881911</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Savaşçıları 3. Kitap - Düşmanın İni</t>
+          <t>Fantastik Dünyanın Kılıcı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>5.56</v>
+        <v>17</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789759996444</t>
+          <t>9786051882062</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Savaşçıları 2. Kitap - Tehlikeli Görev</t>
+          <t>Hayvanlar Alemi 5 - Korkak Kutup Ayısı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>5.56</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789759996406</t>
+          <t>9786051882055</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Savaşçıları 1. Kitap - Uzaylı Saldırısı</t>
+          <t>Hayvanlar Alemi 4 - Bilmiş Balina</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>5.56</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756387290</t>
+          <t>9786051883755</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yetim Bitişik ve Eğik Yazılı Masallar</t>
+          <t>BTS - Kurşun Geçirmez İzcilerin Yükselişi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1.16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789759992446</t>
+          <t>9786051883236</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Peri Zümrüt</t>
+          <t>Gümüş Patenler (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>5.09</v>
+        <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789759994105</t>
+          <t>9786051882994</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yavru Kartal</t>
+          <t>Prenses İnci Çıkartmalı Etkinlik Kitabı - Prenses Öyküleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>3.7</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789759994099</t>
+          <t>9786051883007</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yavru Aslan</t>
+          <t>Prenses Zümrüt Çıkartmalı Etkinlik Kitabı - Prenses Öyküleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>3.7</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789758756636</t>
+          <t>9786051882420</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Tutkusu</t>
+          <t>Merak Ediyorum da Yıldızlar Neden Parıldar? (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1.62</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789759993801</t>
+          <t>9789756580943</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dedektifleri 1: Ölüler Kenti’nde Komplo</t>
+          <t>Zümrüt Şehir</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>24</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756580547</t>
+          <t>9789759996192</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Zümrüt Perisi Beril</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1.62</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789759993634</t>
+          <t>9789759993986</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Perisi Damla</t>
+          <t>Zodyak Kızları-2 Dans İki Kişiliktir</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>5.09</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756387832</t>
+          <t>9789759993757</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Vehicles</t>
+          <t>Zodyak Kızları 1 - Bana Şans Dile</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>2.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756387818</t>
+          <t>9789759994402</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Vegetables</t>
+          <t>Zodyak Kızları - Rakip Tanımam</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>2.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000011441</t>
+          <t>9789759994860</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Zodyak Kızları - Gösteri Zamanı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>3.7</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756387658</t>
+          <t>9789759995140</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Zodyak Kızları - Doğuştan Yıldız</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>3.24</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>3990000003697</t>
+          <t>9799759990823</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Üç Tembel Oğlan</t>
+          <t>Zavallı Necdet</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>2.78</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000022668</t>
+          <t>9789759993443</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Üç İnatçı Keçi (El Yazılı)</t>
+          <t>Zamanda Yolculuk</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>2.31</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789759991449</t>
+          <t>9789759996321</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Üç Dakikalık Hayvan Hikayeleri (Ciltli)</t>
+          <t>Zaman Dedektifleri 8. Kitap - Kahinlerin Gizemi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>20.83</v>
+        <v>7</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789759993290</t>
+          <t>9789759996062</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Altın Lüle ve Üç Ayı (El Yazılı)</t>
+          <t>Zaman Dedektifleri 7. Kitap - Vikinglerin Hazinesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>2.31</v>
+        <v>7</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9799759990151</t>
+          <t>9789759995683</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Üç Arkadaş</t>
+          <t>Zaman Dedektifleri 6. Kitap - Roma’yı Kim Yaktı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>4.63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758756162</t>
+          <t>9789759995461</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Üç - Dört Yaşındaki Çocuğunuz Büyürken</t>
+          <t>Zaman Dedektifleri 5. Kitap - Tutankamon’un Sırrı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>8.33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789759992354</t>
+          <t>9789759995188</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Uzay</t>
+          <t>Zaman Dedektifleri 3. Kitap Cengiz Han’ın Mezarı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>11.57</v>
+        <v>7</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789759992736</t>
+          <t>9789759995287</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Uçan İneğin Sırrı</t>
+          <t>Zaman Dedektifleri - Tehlikeli İksir</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>4.63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789758756629</t>
+          <t>9789759994143</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Uçan Gemi</t>
+          <t>Yüreğimden Mektuplar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1.62</v>
+        <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789759991548</t>
+          <t>9789759996734</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Peri Kehribar</t>
+          <t>Yıldız Savaşçıları 3. Kitap - Düşmanın İni</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>5.09</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>3990000011068</t>
+          <t>9789759996444</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Turfanda mı, Turfa mı?</t>
+          <t>Yıldız Savaşçıları 2. Kitap - Tehlikeli Görev</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>3.7</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789759995454</t>
+          <t>9789759996406</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Azula’nın Hikayesi</t>
+          <t>Yıldız Savaşçıları 1. Kitap - Uzaylı Saldırısı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>6.94</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789759996208</t>
+          <t>9789756387290</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Topaz Perisi Naz - 25. Kitap</t>
+          <t>Yetim Bitişik ve Eğik Yazılı Masallar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>5.09</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789759994358</t>
+          <t>9789759992446</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Taynikma  9 - Işık Kalesi</t>
+          <t>Yeşil Peri Zümrüt</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>6.02</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789759994235</t>
+          <t>9789759994105</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 8 - Gölgeler Ormanı</t>
+          <t>Yavru Kartal</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>6.02</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789759994228</t>
+          <t>9789759994099</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 7 - Henzel’in Tuzağı</t>
+          <t>Yavru Aslan</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>6.02</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789759993931</t>
+          <t>9789758756636</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 6 -  Klanların Savaşı</t>
+          <t>Yaşama Tutkusu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>6.02</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789759993887</t>
+          <t>9789759993801</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 5 - Gizli Arena</t>
+          <t>Zaman Dedektifleri 1: Ölüler Kenti’nde Komplo</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>6.02</v>
+        <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789759993504</t>
+          <t>9789756580547</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 2 - Fareler</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>6.02</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789759996000</t>
+          <t>9789759993634</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 14  - Gizli Düşman</t>
+          <t>Yağmur Perisi Damla</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>6.02</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789759995997</t>
+          <t>9789756387832</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 13 -  Sarina’nın Kabusu</t>
+          <t>Vehicles</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>6.02</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789759995218</t>
+          <t>9789756387818</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 12 -Tenebora</t>
+          <t>Vegetables</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>6.02</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789759995201</t>
+          <t>3990000011441</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 11 - Gölgedeki Yaratıklar</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>6.02</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789759994365</t>
+          <t>9789756387658</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 10 - Son Savaş</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>6.02</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789759993191</t>
+          <t>3990000003697</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 1 - Gölgelerin Hükümdarı</t>
+          <t>Üç Tembel Oğlan</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>6.02</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789759994808</t>
+          <t>3990000022668</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Taynikma - Toron Efsanesi</t>
+          <t>Üç İnatçı Keçi (El Yazılı)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>6.02</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789759994815</t>
+          <t>9789759991449</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Taynikma - Gekko Efsanesi</t>
+          <t>Üç Dakikalık Hayvan Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>6.02</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789759999216</t>
+          <t>9789759993290</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İlk Gördüklerim İlk Sözcüklerim 4 / Taşıtlar</t>
+          <t>Altın Lüle ve Üç Ayı (El Yazılı)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>18</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789759994822</t>
+          <t>9799759990151</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Taynikma Çizim Kitabı</t>
+          <t>Üç Arkadaş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789759992316</t>
+          <t>9789758756162</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Şirin Boyama</t>
+          <t>Üç - Dört Yaşındaki Çocuğunuz Büyürken</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>3.7</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789759993627</t>
+          <t>9789759992354</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Şimşek Perisi Şule</t>
+          <t>Uzay</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>5.09</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789759999230</t>
+          <t>9789759992736</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İlk Gördüklerim İlk Sözcüklerim 8 / Şekiller</t>
+          <t>Uçan İneğin Sırrı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>18</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789759994310</t>
+          <t>9789758756629</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Şeker Perisi Balçiçek</t>
+          <t>Uçan Gemi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>5.09</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9799759991561</t>
+          <t>9789759991548</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şamar Oğlanı</t>
+          <t>Turuncu Peri Kehribar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>4.63</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789758756834</t>
+          <t>3990000011068</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Soyut Kavramlar İlk Gördüklerim İlk Sözcüklerim 6</t>
+          <t>Turfanda mı, Turfa mı?</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>18</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789759993030</t>
+          <t>9789759995454</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Son Kurşunkalem</t>
+          <t>Avatar - Azula’nın Hikayesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>6.48</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789758756841</t>
+          <t>9789759996208</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Somut Kavramlar İlk Gördüklerim İlk Sözcüklerim 7</t>
+          <t>Topaz Perisi Naz - 25. Kitap</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>18</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756580912</t>
+          <t>9789759994358</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sokak Çalgıcısı</t>
+          <t>Taynikma  9 - Işık Kalesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1.62</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9799759991226</t>
+          <t>9789759994235</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Taynikma 8 - Gölgeler Ormanı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>3.24</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756580486</t>
+          <t>9789759994228</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Taynikma 7 - Henzel’in Tuzağı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>3.24</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789759993610</t>
+          <t>9789759993931</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sis Perisi Çise</t>
+          <t>Taynikma 6 -  Klanların Savaşı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>5.09</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>3990000002769</t>
+          <t>9789759993887</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sir Lancelot’un Peşinde</t>
+          <t>Taynikma 5 - Gizli Arena</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>6.02</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789759993313</t>
+          <t>9789759993504</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Sinderella (Bitişik ve Eğik El Yazısı)</t>
+          <t>Taynikma 2 - Fareler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>2.31</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756580608</t>
+          <t>9789759996000</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sinbad’ın Maceraları Binbir Gece Masalları</t>
+          <t>Taynikma 14  - Gizli Düşman</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>1.62</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789759993955</t>
+          <t>9789759995997</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Tekboynuz - Tekboynuzların Sırrı</t>
+          <t>Taynikma 13 -  Sarina’nın Kabusu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>4.63</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756387283</t>
+          <t>9789759995218</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Giysiler Bitişik ve Eğik Yazılı Masallar</t>
+          <t>Taynikma 12 -Tenebora</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>1.16</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789759993993</t>
+          <t>9789759995201</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmaz Üçlü 1 - Sır Saklayabilir misin?</t>
+          <t>Taynikma 11 - Gölgedeki Yaratıklar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>9</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789759994396</t>
+          <t>9789759994365</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sınırlarını Zorla</t>
+          <t>Taynikma 10 - Son Savaş</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>19</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756387870</t>
+          <t>9789759993191</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Shapes</t>
+          <t>Taynikma 1 - Gölgelerin Hükümdarı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>2.78</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3990000012391</t>
+          <t>9789759994808</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Taynikma - Toron Efsanesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>3.7</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756387573</t>
+          <t>9789759994815</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Dünya Turu</t>
+          <t>Taynikma - Gekko Efsanesi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>10.19</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789759999193</t>
+          <t>9789759999216</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İlk Gördüklerim İlk Sözcüklerim 2 / Sebzeler</t>
+          <t>İlk Gördüklerim İlk Sözcüklerim 4 / Taşıtlar</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789759999247</t>
+          <t>9789759994822</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İlk Gördüklerim İlk Sözcüklerim 9 / Sayılar</t>
+          <t>Taynikma Çizim Kitabı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>18</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789759993788</t>
+          <t>9789759992316</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğreniyorum</t>
+          <t>Şirin Boyama</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>11.11</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789759991555</t>
+          <t>9789759993627</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sarı Peri Safran</t>
+          <t>Şimşek Perisi Şule</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>5.09</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789759994112</t>
+          <t>9789759999230</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kanarya</t>
+          <t>İlk Gördüklerim İlk Sözcüklerim 8 / Şekiller</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>3.7</v>
+        <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>3990000012327</t>
+          <t>9789759994310</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Salon Köşelerinde</t>
+          <t>Şeker Perisi Balçiçek</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>3.7</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9799759991189</t>
+          <t>9799759991561</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Uyku Alışkanlıkları, Mutlu Çocuklar</t>
+          <t>Şamar Oğlanı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>18.52</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789759996239</t>
+          <t>9789758756834</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Safir Perisi İrem - 27. Kitap</t>
+          <t>Soyut Kavramlar İlk Gördüklerim İlk Sözcüklerim 6</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>5.09</v>
+        <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789759993580</t>
+          <t>9789759993030</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Perisi Meltem</t>
+          <t>Son Kurşunkalem</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>5.09</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789756387535</t>
+          <t>9789758756841</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Somut Kavramlar İlk Gördüklerim İlk Sözcüklerim 7</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>3.24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789759993054</t>
+          <t>9789756580912</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Renkli Penguen</t>
+          <t>Sokak Çalgıcısı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>6.48</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>3990000017149</t>
+          <t>9799759991226</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Renkli Boyama</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>5.56</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759999223</t>
+          <t>9789756580486</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İlk Gördüklerim İlk Sözcüklerim 5 / Renkler</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>18</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789759993269</t>
+          <t>9789759993610</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel (El Yazılı)</t>
+          <t>Sis Perisi Çise</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>2.31</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789759993221</t>
+          <t>3990000002769</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens (El Yazılı)</t>
+          <t>Sir Lancelot’un Peşinde</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>2.31</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789759995300</t>
+          <t>9789759993313</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Prenses Koleji-Bu Nasıl Bir Prens</t>
+          <t>Sinderella (Bitişik ve Eğik El Yazısı)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>13</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789759995874</t>
+          <t>9789756580608</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Prenses Koleji 3 - Sahaların Prensesi</t>
+          <t>Sinbad’ın Maceraları Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>13</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789759994747</t>
+          <t>9789759993955</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Prenses Koleji 1 - Vicky’nin Tacı</t>
+          <t>Sihirli Tekboynuz - Tekboynuzların Sırrı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>13</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789759996567</t>
+          <t>9789756387283</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Prenses Koleji - Günün Yıldızı</t>
+          <t>Sihirli Giysiler Bitişik ve Eğik Yazılı Masallar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>13</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789759995485</t>
+          <t>9789759993993</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kızlar 3 - Dedikodu Kazanı</t>
+          <t>Ayrılmaz Üçlü 1 - Sır Saklayabilir misin?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>6.94</v>
+        <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789759995270</t>
+          <t>9789759994396</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kızlar 2 - Rakibim Olamazsın!</t>
+          <t>Sınırlarını Zorla</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>6.94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789759994754</t>
+          <t>9789756387870</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kızlar - Artık Arkadaş Değil miyiz?</t>
+          <t>Shapes</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>6.94</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9799759991509</t>
+          <t>3990000012391</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yunus 2 Popi’nin Doğum Günü Partisi</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>8</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789759994785</t>
+          <t>9789756387573</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Pembe Mucize - Sihirli Tekboynuz 3</t>
+          <t>Seksen Günde Dünya Turu</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>4.63</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789756580172</t>
+          <t>9789759999193</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>İlk Gördüklerim İlk Sözcüklerim 2 / Sebzeler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>1.62</v>
+        <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789759994280</t>
+          <t>9789759999247</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Pasta Perisi Kiraz</t>
+          <t>İlk Gördüklerim İlk Sözcüklerim 9 / Sayılar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>5.09</v>
+        <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789759993306</t>
+          <t>9789759993788</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk (El Yazılı)</t>
+          <t>Satranç Öğreniyorum</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>2.31</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9799759991028</t>
+          <t>9789759991555</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Papu’nun Sarı Arabası</t>
+          <t>Sarı Peri Safran</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>2.78</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9799759991035</t>
+          <t>9789759994112</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Papu’nun Korsan Kıyafeti</t>
+          <t>Sarı Kanarya</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>2.78</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9799759991011</t>
+          <t>3990000012327</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Papu’nun Kahramanlığı</t>
+          <t>Salon Köşelerinde</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>2.78</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9799759990991</t>
+          <t>9799759991189</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Papu’nun Doğum Günü</t>
+          <t>Sağlıklı Uyku Alışkanlıkları, Mutlu Çocuklar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>2.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9799759990984</t>
+          <t>9789759996239</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Papu ve Yaşlı Çınar</t>
+          <t>Safir Perisi İrem - 27. Kitap</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>2.78</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9799759990960</t>
+          <t>9789759993580</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Papu ve Posta Güvercini</t>
+          <t>Rüzgar Perisi Meltem</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>2.78</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9799759991042</t>
+          <t>9789756387535</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Papu ve Orman Perisi</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>2.78</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>3990056387992</t>
+          <t>9789759993054</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Papu ve Gizemli Yumurta</t>
+          <t>Renkli Penguen</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>2.78</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9799759990977</t>
+          <t>3990000017149</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Papu Dişler Ülkesinde</t>
+          <t>Renkli Boyama</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>2.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789759996888</t>
+          <t>9789759999223</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Oskar’ın En İyi Arkadaşları</t>
+          <t>İlk Gördüklerim İlk Sözcüklerim 5 / Renkler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789756580905</t>
+          <t>9789759993269</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu</t>
+          <t>Rapunzel (El Yazılı)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1.62</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789756387603</t>
+          <t>9789759993221</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Kurbağa Prens (El Yazılı)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>3.24</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789756387894</t>
+          <t>9789759995300</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Objects</t>
+          <t>Prenses Koleji-Bu Nasıl Bir Prens</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>2.78</v>
+        <v>13</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789756387887</t>
+          <t>9789759995874</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Numbers</t>
+          <t>Prenses Koleji 3 - Sahaların Prensesi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>2.78</v>
+        <v>13</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789756387504</t>
+          <t>9789759994747</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Notre-Dame’in Kamburu</t>
+          <t>Prenses Koleji 1 - Vicky’nin Tacı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>3.24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789758756995</t>
+          <t>9789759996567</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Paşanın Kulları</t>
+          <t>Prenses Koleji - Günün Yıldızı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>2.31</v>
+        <v>13</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789758756964</t>
+          <t>9789759995485</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Kazın Ayağı</t>
+          <t>Popüler Kızlar 3 - Dedikodu Kazanı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>2.31</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758756971</t>
+          <t>9789759995270</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca İnşallah ve Maşallah</t>
+          <t>Popüler Kızlar 2 - Rakibim Olamazsın!</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>2.31</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758756957</t>
+          <t>9789759994754</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Bu Kediyse Et Nerede? 10</t>
+          <t>Popüler Kızlar - Artık Arkadaş Değil miyiz?</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>2.31</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758756988</t>
+          <t>9799759991509</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca İpe Un Sermek</t>
+          <t>Küçük Yunus 2 Popi’nin Doğum Günü Partisi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>2.31</v>
+        <v>8</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789758756926</t>
+          <t>9789759994785</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Eden Bulur</t>
+          <t>Pembe Mucize - Sihirli Tekboynuz 3</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>2.31</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789759991159</t>
+          <t>9789756580172</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>1.16</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789759994297</t>
+          <t>9789759994280</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Müzik Perisi Ezgi</t>
+          <t>Pasta Perisi Kiraz</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>5.09</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>3990000004233</t>
+          <t>9789759993306</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Parmak Çocuk (El Yazılı)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>3.7</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789759996451</t>
+          <t>9799759991028</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Üçlü 4. Kitap - Gizemli Patlama</t>
+          <t>Papu’nun Sarı Arabası</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>6.02</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789759995935</t>
+          <t>9799759991035</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sineklerin Saldırısı - Muhteşem Üçlü 3</t>
+          <t>Papu’nun Korsan Kıyafeti</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>6.02</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789759993320</t>
+          <t>9799759991011</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler (El Yazılı)</t>
+          <t>Papu’nun Kahramanlığı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>2.31</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789759995355</t>
+          <t>9799759990991</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Üçlü 2. Kitap -  Kayalık Sahili Radyosu</t>
+          <t>Papu’nun Doğum Günü</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>6.02</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789759992521</t>
+          <t>9799759990984</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Üçlü 1. Kitap - Cennette Panik (Ciltli)</t>
+          <t>Papu ve Yaşlı Çınar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>6.02</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>3990000006250</t>
+          <t>9799759990960</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat</t>
+          <t>Papu ve Posta Güvercini</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>3.7</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>3990000006012</t>
+          <t>9799759991042</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Muhaderat</t>
+          <t>Papu ve Orman Perisi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>3.7</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789759992453</t>
+          <t>3990056387992</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Mor Peri Menekşe</t>
+          <t>Papu ve Gizemli Yumurta</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>5.09</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789756580615</t>
+          <t>9799759990977</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo</t>
+          <t>Papu Dişler Ülkesinde</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>1.62</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789756580677</t>
+          <t>9789759996888</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Oskar’ın En İyi Arkadaşları</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>1.62</v>
+        <v>8</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789759996871</t>
+          <t>9789756580905</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yunus - Milo’nun Büyük Hatası 3</t>
+          <t>Orman Çocuğu</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>8</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789759995980</t>
+          <t>9789756387603</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Milla ve Sugar 3: Gizemli Kolye</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>6.94</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789759994419</t>
+          <t>9789756387894</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Milla ve Sugar 2: Sen Bir Tanesin</t>
+          <t>Objects</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>6.94</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789759993207</t>
+          <t>9789756387887</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Milla ve Sugar 1: Sihirli Kapı</t>
+          <t>Numbers</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>6.94</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789759999186</t>
+          <t>9789756387504</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İlk Gördüklerim İlk Sözcüklerim 1 / Meyveler</t>
+          <t>Notre-Dame’in Kamburu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>18</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789759994211</t>
+          <t>9789758756995</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Kimdi?</t>
+          <t>Nasrettin Hoca Paşanın Kulları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>6.02</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789758756339</t>
+          <t>9789758756964</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası</t>
+          <t>Nasrettin Hoca Kazın Ayağı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1.62</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789759992477</t>
+          <t>9789758756971</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Mavi Peri Firuze</t>
+          <t>Nasrettin Hoca İnşallah ve Maşallah</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>5.09</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>3990000003414</t>
+          <t>9789758756957</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Masal Dünyası Bir Varmış Bir Yokmuş (Ciltli)</t>
+          <t>Nasrettin Hoca Bu Kediyse Et Nerede? 10</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>9.26</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789759993825</t>
+          <t>9789758756988</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Macera Tayfası 1: Yılan Adasının Laneti</t>
+          <t>Nasrettin Hoca İpe Un Sermek</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>3.7</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789756580851</t>
+          <t>9789758756926</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Lord Jim</t>
+          <t>Nasreddin Hoca Eden Bulur</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>5.56</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9799759991899</t>
+          <t>9789759991159</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci Kimdi?</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>6.02</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789759995294</t>
+          <t>9789759994297</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Lemur Sığınağı</t>
+          <t>Müzik Perisi Ezgi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>29</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789759998486</t>
+          <t>3990000004233</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>3.5</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789759996178</t>
+          <t>9789759996451</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Lal Taşı Perisi Alara - 23. Kitap</t>
+          <t>Muhteşem Üçlü 4. Kitap - Gizemli Patlama</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>5.09</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789759992460</t>
+          <t>9789759995935</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Peri Safir</t>
+          <t>Sineklerin Saldırısı - Muhteşem Üçlü 3</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>5.09</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789756580530</t>
+          <t>9789759993320</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kütük</t>
+          <t>Pamuk Prenses ve Yedi Cüceler (El Yazılı)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1.62</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789759996857</t>
+          <t>9789759995355</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yunus 1 - Kıskaç’ın Yeni Evi</t>
+          <t>Muhteşem Üçlü 2. Kitap -  Kayalık Sahili Radyosu</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>8</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9799759991431</t>
+          <t>9789759992521</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ronaldinho</t>
+          <t>Muhteşem Üçlü 1. Kitap - Cennette Panik (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>5.56</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789759996765</t>
+          <t>3990000006250</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular 2. Kitap (Ciltli)</t>
+          <t>Muhayyelat</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>13</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789759996758</t>
+          <t>3990000006012</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular 1. Kitap (Ciltli)</t>
+          <t>Muhaderat</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>13</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789759994921</t>
+          <t>9789759992453</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ve Yardımsever Kedi (El Yazılı)</t>
+          <t>Mor Peri Menekşe</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>5.56</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789759997090</t>
+          <t>9789756580615</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ve Yardımsever Kedi</t>
+          <t>Monte Kristo</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>7</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789759997120</t>
+          <t>9789756580677</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ve Köpek Yavrusu (El Yazılı)</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>7</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789759997038</t>
+          <t>9789759996871</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ve Köpek Yavrusu</t>
+          <t>Küçük Yunus - Milo’nun Büyük Hatası 3</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789759994969</t>
+          <t>9789759995980</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ve Büyük Balon (El Yazılı)</t>
+          <t>Milla ve Sugar 3: Gizemli Kolye</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>5.56</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789759994945</t>
+          <t>9789759994419</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ve Balinalar (El Yazılı)</t>
+          <t>Milla ve Sugar 2: Sen Bir Tanesin</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>5.56</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789759997137</t>
+          <t>9789759993207</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı Rengeyiklerini Kurtarıyor</t>
+          <t>Milla ve Sugar 1: Sihirli Kapı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>5.56</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789759996987</t>
+          <t>9789759999186</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı Nereye Gidiyorsun?</t>
+          <t>İlk Gördüklerim İlk Sözcüklerim 1 / Meyveler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>7</v>
+        <v>18</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789759997113</t>
+          <t>9789759994211</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ile Cesur Küçük Tavşan</t>
+          <t>Mevlana Kimdi?</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>5.56</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789759997106</t>
+          <t>9789758756339</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ile Büyük Balon</t>
+          <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>7</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789759997151</t>
+          <t>9789759992477</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı Arkadaş Ediniyor</t>
+          <t>Mavi Peri Firuze</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>5.56</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789759997144</t>
+          <t>3990000003414</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı - Beni Eve Götür (El Yazılı)</t>
+          <t>Masal Dünyası Bir Varmış Bir Yokmuş (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>3990000003701</t>
+          <t>9789759993825</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kızın Bayramlık Hayalleri</t>
+          <t>Macera Tayfası 1: Yılan Adasının Laneti</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>2.78</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789756580639</t>
+          <t>9789756580851</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kemancı</t>
+          <t>Lord Jim</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>1.62</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789756580899</t>
+          <t>9799759991899</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kar Kız</t>
+          <t>Leonardo Da Vinci Kimdi?</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>1.62</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789756580592</t>
+          <t>9789759995294</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dedektif</t>
+          <t>Lemur Sığınağı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1.62</v>
+        <v>29</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789759990138</t>
+          <t>9789759998486</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Küçük At Tek Başına</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>6</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789759990145</t>
+          <t>9789759996178</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Küçük At</t>
+          <t>Lal Taşı Perisi Alara - 23. Kitap</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>6</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789756580776</t>
+          <t>9789759992460</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kuyu</t>
+          <t>Lacivert Peri Safir</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>6.48</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789756387252</t>
+          <t>9789756580530</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Yedi Minik Oğlak Bitişik ve Eğik Yazılı Masallar</t>
+          <t>Kütük</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>1.16</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789759996123</t>
+          <t>9789759996857</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kral Neo’nun Aslanları: 1 - Sihirli Miğfer</t>
+          <t>Küçük Yunus 1 - Kıskaç’ın Yeni Evi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>6.02</v>
+        <v>8</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789759996307</t>
+          <t>9799759991431</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kral Neo’nun Aslanları 2. Kitap - Taht Savaşı</t>
+          <t>Küçük Ronaldinho</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>6.02</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>3990000002771</t>
+          <t>9789759996765</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kötü Şans Çarkı</t>
+          <t>Küçük Olimposlular 2. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>6.02</v>
+        <v>13</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789759993016</t>
+          <t>9789759996758</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Köpük Ülkesi</t>
+          <t>Küçük Olimposlular 1. Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>6.48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9799759991608</t>
+          <t>9789759994921</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar Kampı</t>
+          <t>Küçük Kutup Ayısı ve Yardımsever Kedi (El Yazılı)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>3.7</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789756580257</t>
+          <t>9789759997090</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Çocukları</t>
+          <t>Küçük Kutup Ayısı ve Yardımsever Kedi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>5.56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789756387542</t>
+          <t>9789759997120</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Küçük Kutup Ayısı ve Köpek Yavrusu (El Yazılı)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>3.24</v>
+        <v>7</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789759993047</t>
+          <t>9789759997038</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Koca Devin Koca Meyveleri</t>
+          <t>Küçük Kutup Ayısı ve Köpek Yavrusu</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>6.48</v>
+        <v>7</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>3990000003706</t>
+          <t>9789759994969</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Kızlar</t>
+          <t>Küçük Kutup Ayısı ve Büyük Balon (El Yazılı)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>2.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789756387498</t>
+          <t>9789759994945</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Çocuk</t>
+          <t>Küçük Kutup Ayısı ve Balinalar (El Yazılı)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>3.24</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789759992613</t>
+          <t>9789759997137</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kimse Beni Sevmiyor</t>
+          <t>Küçük Kutup Ayısı Rengeyiklerini Kurtarıyor</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>10.19</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789759991593</t>
+          <t>9789759996987</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Peri Yakut</t>
+          <t>Küçük Kutup Ayısı Nereye Gidiyorsun?</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>5.09</v>
+        <v>7</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789759993276</t>
+          <t>9789759997113</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı İbikli Küçük Tavuk (El Yazılı)</t>
+          <t>Küçük Kutup Ayısı ile Cesur Küçük Tavşan</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>2.31</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789759993337</t>
+          <t>9789759997106</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız (El Yazılı)</t>
+          <t>Küçük Kutup Ayısı ile Büyük Balon</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>2.31</v>
+        <v>7</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789756580929</t>
+          <t>9789759997151</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Küçük Kutup Ayısı Arkadaş Ediniyor</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>1.62</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055575083</t>
+          <t>9789759997144</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kent Faresi ile Köy Faresi Bitişik ve Eğik Yazılı Masallar</t>
+          <t>Küçük Kutup Ayısı - Beni Eve Götür (El Yazılı)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1.16</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789759991142</t>
+          <t>3990000003701</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Bitişik ve Eğik Yazılı Masallar</t>
+          <t>Küçük Kızın Bayramlık Hayalleri</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>1.16</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>3990000003698</t>
+          <t>9789756580639</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kedi ile Fare Savaşı</t>
+          <t>Küçük Kemancı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>2.78</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789759992538</t>
+          <t>9789756580899</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hırsızın Hazinesi</t>
+          <t>Küçük Kar Kız</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>7.41</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789759990534</t>
+          <t>9789756580592</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okula Maceraları 4: - Kızlar Bitli Değildir</t>
+          <t>Küçük Dedektif</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>4.63</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789759991425</t>
+          <t>9789759990138</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 9: Pizza Yeme Yarışması</t>
+          <t>Küçük At Tek Başına</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>4.63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789759991418</t>
+          <t>9789759990145</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 8 - Sebze Hırsızı!</t>
+          <t>Küçük At</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789759991395</t>
+          <t>9789756580776</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 10: Bilim Kampı</t>
+          <t>Kuyu</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789759990527</t>
+          <t>9789756387252</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 5: Kurallardan Nefret Ederim</t>
+          <t>Kurt ile Yedi Minik Oğlak Bitişik ve Eğik Yazılı Masallar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>4.63</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9799759990199</t>
+          <t>9789759996123</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 3 Bebek Olmak İstemiyorum</t>
+          <t>Kral Neo’nun Aslanları: 1 - Sihirli Miğfer</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>4.63</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9799759990182</t>
+          <t>9789759996307</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 2: Yiyecek Savaşı</t>
+          <t>Kral Neo’nun Aslanları 2. Kitap - Taht Savaşı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>4.63</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789759994839</t>
+          <t>3990000002771</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 15: Gizli Hayran (Ciltli)</t>
+          <t>Kötü Şans Çarkı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>4.63</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789759993894</t>
+          <t>9789759993016</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 13 - Bir, İki, Üç... Başla</t>
+          <t>Köpük Ülkesi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789759993733</t>
+          <t>9799759991608</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 12 - Müzede Kargaşa</t>
+          <t>Korsanlar Kampı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>7</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789759993184</t>
+          <t>9789756580257</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 11: Yaramazlık Bazen İşe Yarar</t>
+          <t>Korkunun Çocukları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>4.63</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789759993153</t>
+          <t>9789756387542</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 10 - Film Yıldızı!</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>4.63</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9799759990175</t>
+          <t>9789759993047</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 1 Sihirli Rüzgar</t>
+          <t>Koca Devin Koca Meyveleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>3990000006490</t>
+          <t>3990000003706</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı Seti (7 Kitap Takım Takım)</t>
+          <t>Kimsesiz Kızlar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>22.69</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789759994952</t>
+          <t>9789756387498</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı Rengeyiklerini Kurtarıyor (El Yazılı)</t>
+          <t>Kimsesiz Çocuk</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>5.56</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789759993696</t>
+          <t>9789759992613</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kurtlara Dikkat!</t>
+          <t>Kimse Beni Sevmiyor</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>190</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789756580646</t>
+          <t>9789759991593</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Kırmızı Peri Yakut</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>1.62</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789756387597</t>
+          <t>9789759993276</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Kırmızı İbikli Küçük Tavuk (El Yazılı)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>3.24</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789758756322</t>
+          <t>9789759993337</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Tom Amca’nın Kulübesi</t>
+          <t>Kırmızı Başlıklı Kız (El Yazılı)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>1.62</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789759992439</t>
+          <t>9789756580929</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Timsahlar Adası</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>7.41</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9799759990939</t>
+          <t>9786055575083</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Kardeşlerle Zaman Kavramını Öğrenelim 10</t>
+          <t>Kent Faresi ile Köy Faresi Bitişik ve Eğik Yazılı Masallar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>4.63</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>3990000004728</t>
+          <t>9789759991142</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Kardeşlerle Taşıtları Öğrenelim 5</t>
+          <t>Keloğlan Bitişik ve Eğik Yazılı Masallar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>4.63</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9799759990861</t>
+          <t>3990000003698</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Kardeşlerle Şekilleri Öğrenelim 2</t>
+          <t>Kedi ile Fare Savaşı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>4.63</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>3990000004727</t>
+          <t>9789759992538</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Kardeşlerle Meslekleri Öğrenelim 8</t>
+          <t>Kayıp Hırsızın Hazinesi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9799759990892</t>
+          <t>9789759990534</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Kardeşlerle Kavramları Öğrenelim 6</t>
+          <t>Katie Kazoo’nun Okula Maceraları 4: - Kızlar Bitli Değildir</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9799759990847</t>
+          <t>9789759991425</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Tırtıl Kardeşlerle Renklerin Dünyasında Gezinti 1</t>
+          <t>Katie Kazoo’nun Okul Maceraları 9: Pizza Yeme Yarışması</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789759993672</t>
+          <t>9789759991418</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 4 -Kayıp Mezarlar</t>
+          <t>Katie Kazoo’nun Okul Maceraları 8 - Sebze Hırsızı!</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>6.02</v>
+        <v>5</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789759993665</t>
+          <t>9789759991395</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Taynikma 3 - Güneş Kulesi</t>
+          <t>Katie Kazoo’nun Okul Maceraları 10: Bilim Kampı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>6.02</v>
+        <v>5</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789759993214</t>
+          <t>9789759990527</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (El Yazılı)</t>
+          <t>Katie Kazoo’nun Okul Maceraları 5: Kurallardan Nefret Ederim</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>2.31</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789759994303</t>
+          <t>9799759990199</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Pırıltı Perisi Parla</t>
+          <t>Katie Kazoo’nun Okul Maceraları 3 Bebek Olmak İstemiyorum</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789756580660</t>
+          <t>9799759990182</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Katie Kazoo’nun Okul Maceraları 2: Yiyecek Savaşı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>1.62</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789756580523</t>
+          <t>9789759994839</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Katie Kazoo’nun Okul Maceraları 15: Gizli Hayran (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>1.62</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789759996932</t>
+          <t>9789759993894</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Deniz Canavarları 1 - Siber Mürekkepbalığı Sefaloks</t>
+          <t>Katie Kazoo’nun Okul Maceraları 13 - Bir, İki, Üç... Başla</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>5.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789759997014</t>
+          <t>9789759993733</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı Beni Eve Götür</t>
+          <t>Katie Kazoo’nun Okul Maceraları 12 - Müzede Kargaşa</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789759997335</t>
+          <t>9789759993184</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Profesör Fokussen Macerası 1: Kuzey Yıldızı</t>
+          <t>Katie Kazoo’nun Okul Maceraları 11: Yaramazlık Bazen İşe Yarar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>6.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789759997939</t>
+          <t>9789759993153</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Hazine Avcıları - Buzullardaki İskelet 2. Kitap</t>
+          <t>Katie Kazoo’nun Okul Maceraları 10 - Film Yıldızı!</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789759997922</t>
+          <t>9799759990175</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hazine Avcıları - Mayaların Maskesi 1</t>
+          <t>Katie Kazoo’nun Okul Maceraları 1 Sihirli Rüzgar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789759997823</t>
+          <t>3990000006490</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 13 : En Havalı Benim</t>
+          <t>Küçük Kutup Ayısı Seti (7 Kitap Takım Takım)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>7.5</v>
+        <v>22.69</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789759997328</t>
+          <t>9789759994952</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Deniz Canavarları 2: Elektrikli Yılanbalığı Silda</t>
+          <t>Küçük Kutup Ayısı Rengeyiklerini Kurtarıyor (El Yazılı)</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789759997533</t>
+          <t>9789759993696</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Deniz Canavarları 3 - Sessiz Avcı Manak</t>
+          <t>Kurtlara Dikkat!</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>5.56</v>
+        <v>190</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789759997496</t>
+          <t>9789756580646</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Bir Profesör Fokussen Macerası 2: Rüzgar Gülü</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>6.5</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789756580509</t>
+          <t>9789756387597</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>1.62</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789759992378</t>
+          <t>9789758756322</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İcatlar (Ciltli)</t>
+          <t>Tom Amca’nın Kulübesi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>11.57</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789756387481</t>
+          <t>9789759992439</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman’ın Hazineleri</t>
+          <t>Timsahlar Adası</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>3.24</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789759993924</t>
+          <t>9799759990939</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Hori - Mumyanın Kutsal Böceği</t>
+          <t>Tırtıl Kardeşlerle Zaman Kavramını Öğrenelim 10</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>6.48</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789759994341</t>
+          <t>3990000004728</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Hediye Perisi Sevinç</t>
+          <t>Tırtıl Kardeşlerle Taşıtları Öğrenelim 5</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789759999209</t>
+          <t>9799759990861</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İlk Gördüklerim İlk Sözcüklerim 3 / Hayvanlar</t>
+          <t>Tırtıl Kardeşlerle Şekilleri Öğrenelim 2</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>18</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789759992545</t>
+          <t>3990000004727</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 1 : Pasta Yeme Yarışması</t>
+          <t>Tırtıl Kardeşlerle Meslekleri Öğrenelim 8</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>7.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789759992552</t>
+          <t>9799759990892</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 2 : Öf Berbat Kokuyor!</t>
+          <t>Tırtıl Kardeşlerle Kavramları Öğrenelim 6</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>7.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789759992644</t>
+          <t>9799759990847</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 3 : İyi, Kötü ve Yapış Yapış</t>
+          <t>Tırtıl Kardeşlerle Renklerin Dünyasında Gezinti 1</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>7.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789759994150</t>
+          <t>9789759993672</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 10 : Haylaz mı Haylaz Bir Melek</t>
+          <t>Taynikma 4 -Kayıp Mezarlar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>7.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789759993139</t>
+          <t>9789759993665</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 4 : Bizim Takım Yenilse!</t>
+          <t>Taynikma 3 - Güneş Kulesi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>7.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789759993900</t>
+          <t>9789759993214</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 9 : Haydi Okul Partisine!</t>
+          <t>Pinokyo (El Yazılı)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>7.5</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789759993740</t>
+          <t>9789759994303</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 7 : Okulda Hayalet Var!</t>
+          <t>Pırıltı Perisi Parla</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>7.5</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789759993559</t>
+          <t>9789756580660</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 6 : Çömlek Ödülü</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>7.5</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789759994488</t>
+          <t>9789756580523</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 11 : Çürük ve Kokuşmuş</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>7.5</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789759993177</t>
+          <t>9789759996932</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 5 : Utangaç Gitarist</t>
+          <t>Deniz Canavarları 1 - Siber Mürekkepbalığı Sefaloks</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>7.5</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789759994495</t>
+          <t>9789759997014</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 12 : Devlerin Savaşı</t>
+          <t>Küçük Kutup Ayısı Beni Eve Götür</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>7.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789759994778</t>
+          <t>9789759997335</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Gerçek Olabilir - Sihirli Tekboynuz 2</t>
+          <t>Profesör Fokussen Macerası 1: Kuzey Yıldızı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>4.63</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789759994792</t>
+          <t>9789759997939</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Hayaletli Ağaç Ev - Sihirli Tekboynuz  4</t>
+          <t>Hazine Avcıları - Buzullardaki İskelet 2. Kitap</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>4.63</v>
+        <v>11</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789759998448</t>
+          <t>9789759997922</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel</t>
+          <t>Hazine Avcıları - Mayaların Maskesi 1</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>3.5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9799759990571</t>
+          <t>9789759997823</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hafta Hafta Hamileliğiniz (Ciltli)</t>
+          <t>Haylazlar Okulu - 13 : En Havalı Benim</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>35</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789759993146</t>
+          <t>9789759997328</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hafta Hafta Bebeğinizin İlk Yılı (Ciltli)</t>
+          <t>Deniz Canavarları 2: Elektrikli Yılanbalığı Silda</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>29</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789759993375</t>
+          <t>9789759997533</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri / Güzel ile Çirkin (Bitişik ve Eğik El Yazısı)</t>
+          <t>Deniz Canavarları 3 - Sessiz Avcı Manak</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>2.31</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789759994242</t>
+          <t>9789759997496</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Günlüğünden Sevgilerle Okul Partisi</t>
+          <t>Bir Profesör Fokussen Macerası 2: Rüzgar Gülü</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>9</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789759994457</t>
+          <t>9789756580509</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Günlüğünden Sevgilerle 4 - Dostun Bol Olsun</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>9</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789759994440</t>
+          <t>9789759992378</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Günlüğünden Sevgilerle 3 - Seni Çok Özledim</t>
+          <t>İcatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>9</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789759993726</t>
+          <t>9789756387481</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Günlüğünden Sevgilerle - Okulda İlk gün</t>
+          <t>Hz. Süleyman’ın Hazineleri</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>9</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789759993603</t>
+          <t>9789759993924</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Güneş Perisi Işık</t>
+          <t>Hori - Mumyanın Kutsal Böceği</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>5.09</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789756580653</t>
+          <t>9789759994341</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>Hediye Perisi Sevinç</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>1.62</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9799759990694</t>
+          <t>9789759999209</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>İlk Gördüklerim İlk Sözcüklerim 3 / Hayvanlar</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>3.7</v>
+        <v>18</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789756580493</t>
+          <t>9789759992545</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Seyahatleri</t>
+          <t>Haylazlar Okulu - 1 : Pasta Yeme Yarışması</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>1.62</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789759996628</t>
+          <t>9789759992552</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Günlüğünden Sevgilerle - Sınav Heyecanı</t>
+          <t>Haylazlar Okulu - 2 : Öf Berbat Kokuyor!</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>9</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789759994334</t>
+          <t>9789759992644</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Giysi Perisi Eda</t>
+          <t>Haylazlar Okulu - 3 : İyi, Kötü ve Yapış Yapış</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>5.09</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789759991667</t>
+          <t>9789759994150</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Geveze Kız ve Pis Kokulu Aptal Otobüs 1</t>
+          <t>Haylazlar Okulu - 10 : Haylaz mı Haylaz Bir Melek</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>4.63</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789759991659</t>
+          <t>9789759993139</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Geveze Kız ve Küçük Maymun Meselesi 2</t>
+          <t>Haylazlar Okulu - 4 : Bizim Takım Yenilse!</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>4.63</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9799759991677</t>
+          <t>9789759993900</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Geveze Kız ve Kimseye Söyleme, Gizlice Gözetle 4</t>
+          <t>Haylazlar Okulu - 9 : Haydi Okul Partisine!</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>4.63</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789756387801</t>
+          <t>9789759993740</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Fruits</t>
+          <t>Haylazlar Okulu - 7 : Okulda Hayalet Var!</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>2.78</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789759996352</t>
+          <t>9789759993559</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Fredi’nin Okul Maceraları 5 - Fredi’nin Yetenek Gösterisi!</t>
+          <t>Haylazlar Okulu - 6 : Çömlek Ödülü</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>3.7</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789759996345</t>
+          <t>9789759994488</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Fredi’nin Okul Maceraları 4 - Yemeğimin Üzerine Oturma!</t>
+          <t>Haylazlar Okulu - 11 : Çürük ve Kokuşmuş</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789759995539</t>
+          <t>9789759993177</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Fredi’nin Okul Maceraları 3 - Ödevim Çok Zor!</t>
+          <t>Haylazlar Okulu - 5 : Utangaç Gitarist</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>3.7</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789759995522</t>
+          <t>9789759994495</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Fredi’nin Okul Maceraları 2 - En Büyük Benim</t>
+          <t>Haylazlar Okulu - 12 : Devlerin Savaşı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>3.7</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789759993115</t>
+          <t>9789759994778</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Fredi’nin Okul Maceraları 1 - Dişimle Başım Dertte</t>
+          <t>Hayaller Gerçek Olabilir - Sihirli Tekboynuz 2</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>3.7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789759995027</t>
+          <t>9789759994792</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Uykusu (El Yazılı)</t>
+          <t>Hayaletli Ağaç Ev - Sihirli Tekboynuz  4</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>6</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789759994648</t>
+          <t>9789759998448</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Uykusu</t>
+          <t>Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>6</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789759995041</t>
+          <t>9799759990571</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Sürprizi (El Yazılı)</t>
+          <t>Hafta Hafta Hamileliğiniz (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789759994709</t>
+          <t>9789759993146</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Sürprizi</t>
+          <t>Hafta Hafta Bebeğinizin İlk Yılı (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789759994990</t>
+          <t>9789759993375</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Okuma Kulübü (El Yazılı)</t>
+          <t>Dünya Çocuk Klasikleri / Güzel ile Çirkin (Bitişik ve Eğik El Yazısı)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>6</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789759994624</t>
+          <t>9789759994242</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Okuma Kulübü</t>
+          <t>Günlüğünden Sevgilerle Okul Partisi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789759995003</t>
+          <t>9789759994457</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Müzik Dersleri (El Yazılı)</t>
+          <t>Günlüğünden Sevgilerle 4 - Dostun Bol Olsun</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789759994631</t>
+          <t>9789759994440</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Müzik Dersleri</t>
+          <t>Günlüğünden Sevgilerle 3 - Seni Çok Özledim</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789759995058</t>
+          <t>9789759993726</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Kartları (El Yazılı)</t>
+          <t>Günlüğünden Sevgilerle - Okulda İlk gün</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789759994679</t>
+          <t>9789759993603</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Kartları</t>
+          <t>Güneş Perisi Işık</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>6</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789759995065</t>
+          <t>9789756580653</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Balkabağı (El Yazılı)</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>6</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789759994686</t>
+          <t>9799759990694</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Franklin’in Balkabağı</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>6</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789759995010</t>
+          <t>9789756580493</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Franklin Yarışıyor (El Yazılı)</t>
+          <t>Gulliver’in Seyahatleri</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>6</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789759994662</t>
+          <t>9789759996628</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Franklin Yarışıyor</t>
+          <t>Günlüğünden Sevgilerle - Sınav Heyecanı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789759995072</t>
+          <t>9789759994334</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Franklin ve Scooter (El Yazılı)</t>
+          <t>Giysi Perisi Eda</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>6</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789759994693</t>
+          <t>9789759991667</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Franklin ve Scooter</t>
+          <t>Geveze Kız ve Pis Kokulu Aptal Otobüs 1</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>6</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789759995423</t>
+          <t>9789759991659</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Franklin ve Kayıp Kitap (El Yazılı)</t>
+          <t>Geveze Kız ve Küçük Maymun Meselesi 2</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>6</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789759995409</t>
+          <t>9799759991677</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Franklin ve Kayıp Kitap</t>
+          <t>Geveze Kız ve Kimseye Söyleme, Gizlice Gözetle 4</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>6</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789759995430</t>
+          <t>9789756387801</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Franklin ve Göldeki Hayalet (El Yazılı)</t>
+          <t>Fruits</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>6</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789759995416</t>
+          <t>9789759996352</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Franklin ve Göldeki Hayalet</t>
+          <t>Fredi’nin Okul Maceraları 5 - Fredi’nin Yetenek Gösterisi!</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>6</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9799759991684</t>
+          <t>9789759996345</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Geveze Kız ve Kaskatı İğrenç Meyveli Pasta 5</t>
+          <t>Fredi’nin Okul Maceraları 4 - Yemeğimin Üzerine Oturma!</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>4.63</v>
+        <v>5</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789756580301</t>
+          <t>9789759995539</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Fredi’nin Okul Maceraları 3 - Ödevim Çok Zor!</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>1.62</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789759994433</t>
+          <t>9789759995522</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Filleri Koruyalım!</t>
+          <t>Fredi’nin Okul Maceraları 2 - En Büyük Benim</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>190</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789759996895</t>
+          <t>9789759993115</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yunus 5: Fergal'in Yüzgeçleri</t>
+          <t>Fredi’nin Okul Maceraları 1 - Dişimle Başım Dertte</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>8</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>3990000004235</t>
+          <t>9789759995027</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Franklin’in Uykusu (El Yazılı)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>3.7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789759992637</t>
+          <t>9789759994648</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Fedor Amca’nın Teyzesi</t>
+          <t>Franklin’in Uykusu</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789759992729</t>
+          <t>9789759995041</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Fedor Amca’nın Kız Arkadaşı</t>
+          <t>Franklin’in Sürprizi (El Yazılı)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789759992873</t>
+          <t>9789759994709</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Fedor Amca Okula Gidiyor</t>
+          <t>Franklin’in Sürprizi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>11.11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789759992989</t>
+          <t>9789759994990</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Fedor Amca Define Peşinde</t>
+          <t>Franklin’in Okuma Kulübü (El Yazılı)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>11.11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789756580219</t>
+          <t>9789759994624</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Franklin’in Okuma Kulübü</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>1.62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786051883502</t>
+          <t>9789759995003</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Franklin’in Müzik Dersleri (El Yazılı)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789759999254</t>
+          <t>9789759994631</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İlk Gördüklerim İlk Sözcüklerim 10 / Eşyalar</t>
+          <t>Franklin’in Müzik Dersleri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789758756582</t>
+          <t>9789759995058</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Ada</t>
+          <t>Franklin’in Kartları (El Yazılı)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>1.62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789759993641</t>
+          <t>9789759994679</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşım Olur Musun?</t>
+          <t>Franklin’in Kartları</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789759996246</t>
+          <t>9789759995065</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Elmas Perisi Işıl - 28. Kitap</t>
+          <t>Franklin’in Balkabağı (El Yazılı)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>5.09</v>
+        <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789750003450</t>
+          <t>9789759994686</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Eldiven ve Kar Tanesi</t>
+          <t>Franklin’in Balkabağı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>6.48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789759990251</t>
+          <t>9789759995010</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 4 Evlenmek İsteyen Prenses</t>
+          <t>Franklin Yarışıyor (El Yazılı)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>6.02</v>
+        <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789759992576</t>
+          <t>9789759994662</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 17 Ejder Ateşi Kampı</t>
+          <t>Franklin Yarışıyor</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789759992385</t>
+          <t>9789759995072</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Dünya (Ciltli)</t>
+          <t>Franklin ve Scooter (El Yazılı)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>11.57</v>
+        <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789759993474</t>
+          <t>9789759994693</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Duman Çetesi</t>
+          <t>Franklin ve Scooter</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>6.48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789756387610</t>
+          <t>9789759995423</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Franklin ve Kayıp Kitap (El Yazılı)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>2.55</v>
+        <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>3990000003699</t>
+          <t>9789759995409</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Domateslerin Aşkı</t>
+          <t>Franklin ve Kayıp Kitap</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>2.78</v>
+        <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789756580141</t>
+          <t>9789759995430</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Franklin ve Göldeki Hayalet (El Yazılı)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>1.62</v>
+        <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>3990000003417</t>
+          <t>9789759995416</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Dişimle Başım Dertte</t>
+          <t>Franklin ve Göldeki Hayalet</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>3.7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789759996048</t>
+          <t>9799759991684</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Diadem - Sihir Dünyaları: İsimler Kitabı 1. Kitap</t>
+          <t>Geveze Kız ve Kaskatı İğrenç Meyveli Pasta 5</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789759993283</t>
+          <t>9789756580301</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Dev Şalgam (El Yazılı)</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>2.31</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9799759992117</t>
+          <t>9789759994433</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Erkekler</t>
+          <t>Filleri Koruyalım!</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>6.48</v>
+        <v>190</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789756580875</t>
+          <t>9789759996895</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20.000 Fersah</t>
+          <t>Küçük Yunus 5: Fergal'in Yüzgeçleri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>1.62</v>
+        <v>8</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789758756575</t>
+          <t>3990000004235</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Denizdibi Avcıları</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>1.62</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789756387672</t>
+          <t>9789759992637</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Demir Maske</t>
+          <t>Fedor Amca’nın Teyzesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>3.24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789759995546</t>
+          <t>9789759992729</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Define Avcısı Üç Afacan 3. Kitap - Barakuda’nın Esrarı</t>
+          <t>Fedor Amca’nın Kız Arkadaşı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>7.41</v>
+        <v>12</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789759995034</t>
+          <t>9789759992873</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Franklin (El Yazılı)</t>
+          <t>Fedor Amca Okula Gidiyor</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>6</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789759994655</t>
+          <t>9789759992989</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Franklin</t>
+          <t>Fedor Amca Define Peşinde</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>6</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789756387528</t>
+          <t>9789756580219</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Taç</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>3.24</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9799759991295</t>
+          <t>9786051883502</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Cömert Kraliçe</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>2.78</v>
+        <v>14</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789756387863</t>
+          <t>9789759999254</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Concrete Words</t>
+          <t>İlk Gördüklerim İlk Sözcüklerim 10 / Eşyalar</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>2.78</v>
+        <v>18</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789756387849</t>
+          <t>9789758756582</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Colours</t>
+          <t>Esrarlı Ada</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>2.78</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9799759991462</t>
+          <t>9789759993641</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin Kimdi?</t>
+          <t>En İyi Arkadaşım Olur Musun?</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>5.09</v>
+        <v>19</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>3990000011439</t>
+          <t>9789759996246</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Elmas Perisi Işıl - 28. Kitap</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>4.63</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789756580462</t>
+          <t>9789750003450</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Eldiven ve Kar Tanesi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>1.62</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789759992620</t>
+          <t>9789759990251</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Cadılar da Tatil Yapar</t>
+          <t>Ejderha Avcıları Okulu 4 Evlenmek İsteyen Prenses</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>4.63</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>3990000007942</t>
+          <t>9789759992576</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boyama Seti (8 Kitap Takım)</t>
+          <t>Ejderha Avcıları Okulu 17 Ejder Ateşi Kampı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>11.11</v>
+        <v>5</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789756387146</t>
+          <t>9789759992385</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boyama / Sevimli Boyama Okul Öncesi ve Ana Okulları İçin</t>
+          <t>Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>1.39</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789756387122</t>
+          <t>9789759993474</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boyama / Mega Boyama Okul Öncesi ve Ana Okulları İçin</t>
+          <t>Duman Çetesi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>1.39</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789756387160</t>
+          <t>9789756387610</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boyama / Eğlenceli Boyama Okul Öncesi ve Ana Okulları İçin</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>1.39</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789756387184</t>
+          <t>3990000003699</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Büyük Boyama / Cincin Boyama Okul Öncesi ve Ana Okulları İçin</t>
+          <t>Domateslerin Aşkı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>1.39</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789756580554</t>
+          <t>9789756580141</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Büyücü</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>1.62</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>3990000003703</t>
+          <t>3990000003417</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Bulut Satan Çocuk</t>
+          <t>Dişimle Başım Dertte</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>2.78</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789759993597</t>
+          <t>9789759996048</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Bulut Perisi İnci</t>
+          <t>Diadem - Sihir Dünyaları: İsimler Kitabı 1. Kitap</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>5.09</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789759993467</t>
+          <t>9789759993283</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Dansçı Kerata</t>
+          <t>Dev Şalgam (El Yazılı)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>6.48</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789759995249</t>
+          <t>9799759992117</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Bubela ile Kurtçuk, Uzman Dedektifler</t>
+          <t>Dersimiz Erkekler</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789759993702</t>
+          <t>9789756580875</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Bubela İle Kurtçuk</t>
+          <t>Denizler Altında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>11</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789756387221</t>
+          <t>9789758756575</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Bremen Çalgıcıları Bitişik ve Eğik Yazılı Masallar</t>
+          <t>Denizdibi Avcıları</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>1.16</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789759991647</t>
+          <t>9789756387672</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Boyama 1 Okul Öncesi ve Ana Okulları İçin</t>
+          <t>Demir Maske</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>2.31</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>3990000003702</t>
+          <t>9789759995546</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Boyacı Çocuk</t>
+          <t>Define Avcısı Üç Afacan 3. Kitap - Barakuda’nın Esrarı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>2.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789759996703</t>
+          <t>9789759995034</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bizim Okul Hortladı 6. Kitap - Yemeğimden Göz Çıktı</t>
+          <t>Dedektif Franklin (El Yazılı)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789759994266</t>
+          <t>9789759994655</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Bizim Okul Hortladı 2 - Kaçın! İstila Var!</t>
+          <t>Dedektif Franklin</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>7.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789759995614</t>
+          <t>9789756387528</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Bizim Okul Hortladı - Öğretmenim Zombi Oldu!</t>
+          <t>Çalınan Taç</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>7.5</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>3990000012134</t>
+          <t>9799759991295</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilen Çok Yanılır</t>
+          <t>Cömert Kraliçe</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>4.63</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789759994129</t>
+          <t>9789756387863</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Bubela ile Püsküren Dev</t>
+          <t>Concrete Words</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>11</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789759996437</t>
+          <t>9789756387849</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Bizim Okul Hortladı - Okulda Yarış Var!</t>
+          <t>Colours</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>7.5</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789759996338</t>
+          <t>9799759991462</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Bizim Okul Hortladı - Müfettişler Çıldırdı!</t>
+          <t>Charles Darwin Kimdi?</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>7.5</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789759993948</t>
+          <t>3990000011439</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Bizim Okul Hortladı - Dikkat Hayalet Çıkabilir!</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>7.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789759992392</t>
+          <t>9789756580462</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler (Ciltli)</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>11.57</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789759993382</t>
+          <t>9789759992620</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Bitişik El Yazılı Masallar - Çirkin Ördek Yavrusu</t>
+          <t>Cadılar da Tatil Yapar</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>2.31</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789758756186</t>
+          <t>3990000007942</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşındaki Çocuğunuz Büyürken</t>
+          <t>Büyük Boyama Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789756387764</t>
+          <t>9789756387146</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Bir Piyango Bileti</t>
+          <t>Büyük Boyama / Sevimli Boyama Okul Öncesi ve Ana Okulları İçin</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>3.24</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>3990000003700</t>
+          <t>9789756387122</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Kaşlı Kız</t>
+          <t>Büyük Boyama / Mega Boyama Okul Öncesi ve Ana Okulları İçin</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>2.78</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789756387795</t>
+          <t>9789756387160</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Beş-Altı Yaşındaki Çocuğunuz Büyürken</t>
+          <t>Büyük Boyama / Eğlenceli Boyama Okul Öncesi ve Ana Okulları İçin</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>8.33</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9799759992100</t>
+          <t>9789756387184</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizi Eğlendirin</t>
+          <t>Büyük Boyama / Cincin Boyama Okul Öncesi ve Ana Okulları İçin</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>11.57</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9799759990106</t>
+          <t>9789756580554</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Tuvalet Eğitimi</t>
+          <t>Büyücü</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>6.94</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789756580127</t>
+          <t>3990000003703</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Bulut Satan Çocuk</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>3.24</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789759993917</t>
+          <t>9789759993597</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Beacon Caddesi Kızları 2 - Bir İyi Bir Kötü Haberim Var</t>
+          <t>Bulut Perisi İnci</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>19</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789759995157</t>
+          <t>9789759993467</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmaz Üçlü 3 - Tehlikeli Sohbet</t>
+          <t>Dansçı Kerata</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>9</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789759995393</t>
+          <t>9789759995249</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmaz Üçlü 4 - Spor Salonundaki Tuzak</t>
+          <t>Bubela ile Kurtçuk, Uzman Dedektifler</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789759994518</t>
+          <t>9789759993702</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmaz Üçlü 2  - Yarışmada Skandal</t>
+          <t>Bubela İle Kurtçuk</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789759996109</t>
+          <t>9789756387221</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmaz Üçlü  6 - Sunucunun Peşinde</t>
+          <t>Bremen Çalgıcıları Bitişik ve Eğik Yazılı Masallar</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>9</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789759995690</t>
+          <t>9789759991647</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmaz Üçlü  5 - Olay Yeri: Paris</t>
+          <t>Boyama 1 Okul Öncesi ve Ana Okulları İçin</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>9</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789756387214</t>
+          <t>3990000003702</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Avcı ile Genç Kız Bitişik ve Eğik Yazılı Masallar</t>
+          <t>Boyacı Çocuk</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>1.16</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789759995133</t>
+          <t>9789759996703</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Avatar: The Legend of Aang</t>
+          <t>Bizim Okul Hortladı 6. Kitap - Yemeğimden Göz Çıktı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>6.94</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789759994723</t>
+          <t>9789759994266</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Avatar: Kayıp Parşömenler - 1. Kitap: Su</t>
+          <t>Bizim Okul Hortladı 2 - Kaçın! İstila Var!</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>6.94</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789759995515</t>
+          <t>9789759995614</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Avatar: Aang’in Efsanesi Bölüm: 8</t>
+          <t>Bizim Okul Hortladı - Öğretmenim Zombi Oldu!</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>6.94</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789759994273</t>
+          <t>3990000012134</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Avatar -  Aang’in Efsanesi 2</t>
+          <t>Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>6.94</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789759992415</t>
+          <t>9789759994129</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İsimleri Ansiklopedisi</t>
+          <t>Bubela ile Püsküren Dev</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>13.89</v>
+        <v>11</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9799759990687</t>
+          <t>9789759996437</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ayyar Hamza</t>
+          <t>Bizim Okul Hortladı - Okulda Yarış Var!</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>3.7</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789759994549</t>
+          <t>9789759996338</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Avatar Aang’in Efsanesi 3 - Güneydeki Hava Tapınağı</t>
+          <t>Bizim Okul Hortladı - Müfettişler Çıldırdı!</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>6.94</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789759995386</t>
+          <t>9789759993948</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Avatar : Aang’in Efsanesi 7</t>
+          <t>Bizim Okul Hortladı - Dikkat Hayalet Çıkabilir!</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>6.94</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789759995263</t>
+          <t>9789759992392</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Avatar -  Aang’in Efsanesi  6</t>
+          <t>Bitkiler (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789759994716</t>
+          <t>9789759993382</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Avatar Aang’in Efsanesi - Bölüm 4: Kyoshi Savaşçıları</t>
+          <t>Bitişik El Yazılı Masallar - Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>6.94</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789759994259</t>
+          <t>9789758756186</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Avatar / Aang’in Efsanesi 1 - Buzdağındaki Çocuk</t>
+          <t>Bir Yaşındaki Çocuğunuz Büyürken</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>6.94</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789759996024</t>
+          <t>9789756387764</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Zuko’nun Hikayesi</t>
+          <t>Bir Piyango Bileti</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>6.94</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789759995942</t>
+          <t>3990000003700</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Toprak Krallığı Günceleri - Sokka’nın Hikayesi</t>
+          <t>Beyaz Kaşlı Kız</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>6.94</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789759995959</t>
+          <t>9789756387795</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Toph’un Hikayesi</t>
+          <t>Beş-Altı Yaşındaki Çocuğunuz Büyürken</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>6.94</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789759994884</t>
+          <t>9799759992100</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Kayıp Parşömenler Toprak</t>
+          <t>Bebeğinizi Eğlendirin</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789759994730</t>
+          <t>9799759990106</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Kayıp Parşömenler Hava</t>
+          <t>Çocuklarda Tuvalet Eğitimi</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789759994846</t>
+          <t>9789756580127</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Kayıp Parşömenler Ateş</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>6.94</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789759996031</t>
+          <t>9789759993917</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Katara’nın Hikayesi</t>
+          <t>Beacon Caddesi Kızları 2 - Bir İyi Bir Kötü Haberim Var</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>6.94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789759996161</t>
+          <t>9789759995157</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Aytaşı Perisi Ayça</t>
+          <t>Ayrılmaz Üçlü 3 - Tehlikeli Sohbet</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>5.09</v>
+        <v>9</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789759996017</t>
+          <t>9789759995393</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Hava Gücü Adına!</t>
+          <t>Ayrılmaz Üçlü 4 - Spor Salonundaki Tuzak</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>4.63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789759996055</t>
+          <t>9789759994518</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Elementlerin Ustası</t>
+          <t>Ayrılmaz Üçlü 2  - Yarışmada Skandal</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>4.63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789759995195</t>
+          <t>9789759996109</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Cep Kılavuzu</t>
+          <t>Ayrılmaz Üçlü  6 - Sunucunun Peşinde</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>6.94</v>
+        <v>9</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789759995447</t>
+          <t>9789759995690</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Avatar - Aang’in Hikayesi</t>
+          <t>Ayrılmaz Üçlü  5 - Olay Yeri: Paris</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>6.94</v>
+        <v>9</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789759994587</t>
+          <t>9789756387214</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Atlantis’in Çocukları 3. Kitap</t>
+          <t>Avcı ile Genç Kız Bitişik ve Eğik Yazılı Masallar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>6.48</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789759993658</t>
+          <t>9789759995133</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Atlantis’in Çocukları 2</t>
+          <t>Avatar: The Legend of Aang</t>
         </is>
       </c>
       <c r="C498" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789759993061</t>
+          <t>9789759994723</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Atlantis’in Çocukları</t>
+          <t>Avatar: Kayıp Parşömenler - 1. Kitap: Su</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789759990398</t>
+          <t>9789759995515</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalığın Altın Kuralları</t>
+          <t>Avatar: Aang’in Efsanesi Bölüm: 8</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>8.33</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789756387825</t>
+          <t>9789759994273</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Animals</t>
+          <t>Avatar -  Aang’in Efsanesi 2</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>2.78</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789756580196</t>
+          <t>9789759992415</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>And</t>
+          <t>Çocuk İsimleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>1.62</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789759996505</t>
+          <t>9799759990687</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Amos Dragon 1 - Maske Taşıyıcısı</t>
+          <t>Ayyar Hamza</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>8.33</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789759996529</t>
+          <t>9789759994549</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Amos Daragon - Braha’nın Anahtarı</t>
+          <t>Avatar Aang’in Efsanesi 3 - Güneydeki Hava Tapınağı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>10</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789759996215</t>
+          <t>9789759995386</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Ametist Perisi Melis - 26. Kitap</t>
+          <t>Avatar : Aang’in Efsanesi 7</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>5.09</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>3990000006107</t>
+          <t>9789759995263</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Amak-ı Hayal</t>
+          <t>Avatar -  Aang’in Efsanesi  6</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>3.7</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789759991166</t>
+          <t>9789759994716</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında Bitişik ve Eğik Yazılı Masallar</t>
+          <t>Avatar Aang’in Efsanesi - Bölüm 4: Kyoshi Savaşçıları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>1.16</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789756580882</t>
+          <t>9789759994259</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Alice Hraikalar Ülkesinde</t>
+          <t>Avatar / Aang’in Efsanesi 1 - Buzdağındaki Çocuk</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>1.62</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789756580684</t>
+          <t>9789759996024</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası Binbir Gece Masalları</t>
+          <t>Avatar - Zuko’nun Hikayesi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>1.62</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789759993481</t>
+          <t>9789759995942</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ajan Bilbo</t>
+          <t>Avatar - Toprak Krallığı Günceleri - Sokka’nın Hikayesi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>6.48</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789759993023</t>
+          <t>9789759995959</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Ağlayamayan Bulut</t>
+          <t>Avatar - Toph’un Hikayesi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>6.48</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789756387474</t>
+          <t>9789759994884</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Yaşken Eğilir</t>
+          <t>Avatar - Kayıp Parşömenler Toprak</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>8.33</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789759995348</t>
+          <t>9789759994730</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>% 100 Kızlar Arasında (2. Kitap) - Büyük Aşklar Nefretle Başlar</t>
+          <t>Avatar - Kayıp Parşömenler Hava</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>8.33</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9799759991073</t>
+          <t>9789759994846</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Anlama Rehberi</t>
+          <t>Avatar - Kayıp Parşömenler Ateş</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>23.15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>3990000012135</t>
+          <t>9789759996031</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Avatar - Katara’nın Hikayesi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>3.7</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>3990000003705</t>
+          <t>9789759996161</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Çoban Ayşe</t>
+          <t>Aytaşı Perisi Ayça</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>2.78</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789759993252</t>
+          <t>9789759996017</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi (El Yazılı)</t>
+          <t>Avatar - Hava Gücü Adına!</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>2.31</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>3990000006482</t>
+          <t>9789759996055</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu Bitişik ve Eğik Yazılı Masallar</t>
+          <t>Avatar - Elementlerin Ustası</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>1.85</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789759993238</t>
+          <t>9789759995195</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Çıkrıkçı Kız (El Yazılı)</t>
+          <t>Avatar - Cep Kılavuzu</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>2.31</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789759991691</t>
+          <t>9789759995447</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Geveze Kız ve Düşük Çenesi 3</t>
+          <t>Avatar - Aang’in Hikayesi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>4.63</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>3990000013982</t>
+          <t>9789759994587</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Gece Hikayeleri</t>
+          <t>Atlantis’in Çocukları 3. Kitap</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>3.7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789756387238</t>
+          <t>9789759993658</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı Bitişik ve Eğik Yazılı Masallar</t>
+          <t>Atlantis’in Çocukları 2</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>1.16</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>3990000007941</t>
+          <t>9789759993061</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama Seti 8 Kitap Takım</t>
+          <t>Atlantis’in Çocukları</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>11.11</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789756387450</t>
+          <t>9789759990398</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama 8</t>
+          <t>Anne Babalığın Altın Kuralları</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>1.39</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789756387443</t>
+          <t>9789756387825</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama 7</t>
+          <t>Animals</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>1.39</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789756387436</t>
+          <t>9789756580196</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama 6</t>
+          <t>And</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>1.39</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789756387429</t>
+          <t>9789759996505</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama 5</t>
+          <t>Amos Dragon 1 - Maske Taşıyıcısı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>1.39</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789756580424</t>
+          <t>9789759996529</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama 4</t>
+          <t>Amos Daragon - Braha’nın Anahtarı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>1.39</v>
+        <v>10</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789756580417</t>
+          <t>9789759996215</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama 3</t>
+          <t>Ametist Perisi Melis - 26. Kitap</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>1.39</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789756580400</t>
+          <t>3990000006107</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama 2</t>
+          <t>Amak-ı Hayal</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>1.39</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789759993870</t>
+          <t>9789759991166</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Acemi Aşık</t>
+          <t>Alis Harikalar Diyarında Bitişik ve Eğik Yazılı Masallar</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>8.33</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789756387856</t>
+          <t>9789756580882</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Abstract Words</t>
+          <t>Alice Hraikalar Ülkesinde</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>2.78</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9799759991219</t>
+          <t>9789756580684</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>15 Yaşında Bir Kaptan</t>
+          <t>Alaaddin’in Sihirli Lambası Binbir Gece Masalları</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>3.24</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789758756308</t>
+          <t>9789759993481</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>101 Dalmaçyalı</t>
+          <t>Ajan Bilbo</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>1.62</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>3990000002770</t>
+          <t>9789759993023</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>1000 Yılına Doğru Geri Sayış</t>
+          <t>Ağlayamayan Bulut</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>6.02</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789756580936</t>
+          <t>9789756387474</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Psişik Gücünüz</t>
+          <t>Ağaç Yaşken Eğilir</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>8.8</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789756580394</t>
+          <t>9789759995348</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama 1</t>
+          <t>% 100 Kızlar Arasında (2. Kitap) - Büyük Aşklar Nefretle Başlar</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>1.39</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789759994327</t>
+          <t>9799759991073</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Eğlence Perisi Neşe</t>
+          <t>Çocuğunuzu Anlama Rehberi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>5.09</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786051880914</t>
+          <t>3990000012135</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Modern Mağara Çocuğu Tek (Ciltli)</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>30</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789759999629</t>
+          <t>3990000003705</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Run Savaşçıları 1 Odin’in Kalkanı</t>
+          <t>Çoban Ayşe</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>17</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786051880006</t>
+          <t>9789759993252</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Atılgan Şu Yeni Çocuk</t>
+          <t>Çizmeli Kedi (El Yazılı)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>7</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786051880099</t>
+          <t>3990000006482</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Atılgan 4: Dalışa Geçti (Ciltli)</t>
+          <t>Çirkin Ördek Yavrusu Bitişik ve Eğik Yazılı Masallar</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>7</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789758756179</t>
+          <t>9789759993238</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>İki Yaşındaki Çocuğunuz Büyürken</t>
+          <t>Çıkrıkçı Kız (El Yazılı)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>8.33</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789759993863</t>
+          <t>9789759991691</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu - 8 : Fırtına Öğretmen</t>
+          <t>Geveze Kız ve Düşük Çenesi 3</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>7.5</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789759996901</t>
+          <t>3990000013982</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Haylaz’ın Sırrı</t>
+          <t>Gece Hikayeleri</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>8</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786051883519</t>
+          <t>9789756387238</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Fareli Köyün Kavalcısı Bitişik ve Eğik Yazılı Masallar</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>12</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786051883465</t>
+          <t>3990000007941</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Eğlenceli Boyama Seti 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786051883526</t>
+          <t>9789756387450</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Eğlenceli Boyama 8</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>58</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786051882321</t>
+          <t>9789756387443</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Zürafa Mektup Yazıyor (Ciltli)</t>
+          <t>Eğlenceli Boyama 7</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>11</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786051881898</t>
+          <t>9789756387436</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Prenses Koleji 7 - Hayalet Hırsız</t>
+          <t>Eğlenceli Boyama 6</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>13</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786051880839</t>
+          <t>9789756387429</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık (Ciltli)</t>
+          <t>Eğlenceli Boyama 5</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>15</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>3990000003704</t>
+          <t>9789756580424</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Efe’nin Konuşan Kramponları</t>
+          <t>Eğlenceli Boyama 4</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>2.78</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9799759990663</t>
+          <t>9789756580417</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Eğlenceli Boyama 3</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>3.7</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789756387566</t>
+          <t>9789756580400</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Seyahat</t>
+          <t>Eğlenceli Boyama 2</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>3.24</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786051883830</t>
+          <t>9789759993870</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Acemi Aşık</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>12</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>3999759999667</t>
+          <t>9789756387856</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Gülücük Boyama</t>
+          <t>Abstract Words</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>13</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786051881645</t>
+          <t>9799759991219</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dennis'in Günlüğü (Ciltli)</t>
+          <t>15 Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>89</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786051881669</t>
+          <t>9789758756308</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Şaka Makinesi Efe Bacaksız (Ciltli)</t>
+          <t>101 Dalmaçyalı</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>115</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786051881676</t>
+          <t>3990000002770</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Efendileri 1 - Toprak Ejderhası Kurtçuk (Ciltli)</t>
+          <t>1000 Yılına Doğru Geri Sayış</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>9.9</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786051881683</t>
+          <t>9789756580936</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Efendileri 2 - Güneş Ejderhası Kepri (Ciltli)</t>
+          <t>10 Adımda Psişik Gücünüz</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>9.9</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786051881690</t>
+          <t>9789756580394</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Efendileri 3 - Su Ejderhası Şu (Ciltli)</t>
+          <t>Eğlenceli Boyama 1</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>9.9</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786051881799</t>
+          <t>9789759994327</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Kaleminin Laneti (Ciltli)</t>
+          <t>Eğlence Perisi Neşe</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>16</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786051880105</t>
+          <t>9786051880914</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Efendileri 1 - Toprak Ejderhası Kurtçuk</t>
+          <t>Modern Mağara Çocuğu Tek (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>6.02</v>
+        <v>30</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786051880235</t>
+          <t>9789759999629</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Efendileri 2 - Güneş Ejderhası Kepri</t>
+          <t>Run Savaşçıları 1 Odin’in Kalkanı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>6.02</v>
+        <v>17</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786051880204</t>
+          <t>9786051880006</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Çetin Cevizleri 1 - Eski Mısır</t>
+          <t>Kaptan Atılgan Şu Yeni Çocuk</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>7.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786051880365</t>
+          <t>9786051880099</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Şifre Çözücüler 1- Üçlünün Gücü</t>
+          <t>Kaptan Atılgan 4: Dalışa Geçti (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>22</v>
+        <v>7</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789759998561</t>
+          <t>9789758756179</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Dev Şalgam</t>
+          <t>İki Yaşındaki Çocuğunuz Büyürken</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>3.5</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786051882703</t>
+          <t>9789759993863</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sürpriz - Okumayı Seviyorum Dizisi (Ciltli)</t>
+          <t>Haylazlar Okulu - 8 : Fırtına Öğretmen</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>42</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786051880303</t>
+          <t>9789759996901</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Efendileri 3</t>
+          <t>Haylaz’ın Sırrı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>6.02</v>
+        <v>8</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786051880372</t>
+          <t>9786051883519</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Bizim Okul Hortladı - 9 : Takımın Ruhu</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>7.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789759998530</t>
+          <t>9786051883465</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Çıkrıkçı Kız</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>3.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789759998493</t>
+          <t>9786051883526</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>3.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789759998554</t>
+          <t>9786051882321</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Altın Lüle ve Üç Ayı</t>
+          <t>Canı Sıkılan Zürafa Mektup Yazıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>3.5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789759998578</t>
+          <t>9786051881898</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kırmızı Tavuk</t>
+          <t>Prenses Koleji 7 - Hayalet Hırsız</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>3.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789759998455</t>
+          <t>9786051880839</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Sihirli Fasulyeler</t>
+          <t>Küçük Kara Balık (Ciltli)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>3.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789759998509</t>
+          <t>3990000003704</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Efe’nin Konuşan Kramponları</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>3.5</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789759998479</t>
+          <t>9799759990663</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>3.5</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789759998516</t>
+          <t>9789756387566</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Sindirella</t>
+          <t>Dünyanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>3.5</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789759998585</t>
+          <t>9786051883830</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>3.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789759998547</t>
+          <t>3999759999667</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Üç İnatçı Keçi</t>
+          <t>Gülücük Boyama</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>3.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789759998462</t>
+          <t>9786051881645</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens</t>
+          <t>Afacan Dennis'in Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>3.5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786051882680</t>
+          <t>9786051881669</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Okuma Kulübü - Okumayı Seviyorum Dizisi (Ciltli)</t>
+          <t>Şaka Makinesi Efe Bacaksız (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>33</v>
+        <v>115</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9780373654093</t>
+          <t>9786051881676</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde Serisi (41 Kitap Takım)</t>
+          <t>Ejderha Efendileri 1 - Toprak Ejderhası Kurtçuk (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>697</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9780091891569</t>
+          <t>9786051881683</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart (14 Kitap Takım)</t>
+          <t>Ejderha Efendileri 2 - Güneş Ejderhası Kepri (Ciltli)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>1400</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9788838453595</t>
+          <t>9786051881690</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Bizim Okul Hortladı (9 Kitap Set)</t>
+          <t>Ejderha Efendileri 3 - Su Ejderhası Şu (Ciltli)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>67.5</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786051882147</t>
+          <t>9786051881799</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Küçük Karamel (Ciltli)</t>
+          <t>Einstein’ın Kaleminin Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789759998103</t>
+          <t>9786051880105</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Atılgan 1 : En Büyük Kahraman!</t>
+          <t>Ejderha Efendileri 1 - Toprak Ejderhası Kurtçuk</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>7</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789759998127</t>
+          <t>9786051880235</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Atılgan 2 : Dostum Peynirli Kraker'e Karşı</t>
+          <t>Ejderha Efendileri 2 - Güneş Ejderhası Kepri</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>7</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789759998196</t>
+          <t>9786051880204</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Günlüğünden Sevgilerle : Alkışlar ve Gözyaşları</t>
+          <t>Tarihin Çetin Cevizleri 1 - Eski Mısır</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>9</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789759997663</t>
+          <t>9786051880365</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dedektifleri 9 : Haçlıların Gümüşü</t>
+          <t>Şifre Çözücüler 1- Üçlünün Gücü</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>7</v>
+        <v>22</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789759997571</t>
+          <t>9789759998561</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Bizim Okul Hortladı 7: Zombitlerin Saldırısı</t>
+          <t>Dev Şalgam</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>7.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789759999797</t>
+          <t>9786051882703</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin ve Sihirli Lambası (Ciltli)</t>
+          <t>Büyük Sürpriz - Okumayı Seviyorum Dizisi (Ciltli)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>22</v>
+        <v>42</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789759998707</t>
+          <t>9786051880303</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Benekli Masallar - Koala Mufi</t>
+          <t>Ejderha Efendileri 3</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>2.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789759998691</t>
+          <t>9786051880372</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Benekli Masallar - Kelebek Toz Kanat</t>
+          <t>Bizim Okul Hortladı - 9 : Takımın Ruhu</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>2.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789759998783</t>
+          <t>9789759998530</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Benekli Masallar - Yavru Fil Nazlı</t>
+          <t>Çıkrıkçı Kız</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>2.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789759998769</t>
+          <t>9789759998493</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Benekli Masallar - Uzun Kuyruk Kıvrak</t>
+          <t>Parmak Çocuk</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>2.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789759998776</t>
+          <t>9789759998554</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Benekli Masallar - Uğur Böceği Benekli</t>
+          <t>Altın Lüle ve Üç Ayı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>2.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789759998752</t>
+          <t>9789759998578</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Benekli Masallar - Sincap Kahkaha</t>
+          <t>Küçük Kırmızı Tavuk</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>2.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789759998745</t>
+          <t>9789759998455</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Benekli Masallar - Penguen Pengu</t>
+          <t>Jack ve Sihirli Fasulyeler</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>2.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789759998738</t>
+          <t>9789759998509</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Benekli Masallar - Pelikan Bilican</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>2.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789759998721</t>
+          <t>9789759998479</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Benekli Masallar - Papağan Laklak</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>2.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789759998714</t>
+          <t>9789759998516</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Benekli Masallar - Kutup Ayısı Pigi (Ciltli)</t>
+          <t>Sindirella</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>2.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786051881317</t>
+          <t>9789759998585</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Piper’in Maceraları 1 - Perili Ağaç (Ciltli)</t>
+          <t>Rapunzel</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>11</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786051887717</t>
+          <t>9789759998547</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Süper Kötüler - 3</t>
+          <t>Üç İnatçı Keçi</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>25</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786051887700</t>
+          <t>9789759998462</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Süper Kötüler - 2</t>
+          <t>Kurbağa Prens</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>25</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786051887205</t>
+          <t>9786051882680</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Süper Kötüler - 1</t>
+          <t>Okuma Kulübü - Okumayı Seviyorum Dizisi (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>19</v>
+        <v>33</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789759999773</t>
+          <t>9780373654093</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Şaka Makinesi Efe Bacaksız - İmdat! Sümüğe Yapıştım!</t>
+          <t>Canavar Peşinde Serisi (41 Kitap Takım)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>115</v>
+        <v>697</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789759997083</t>
+          <t>9780091891569</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı Nereye Gidiyorsun (El Yazılı)</t>
+          <t>Süper Ajan Jack Stalwart (14 Kitap Takım)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>5.56</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786051883595</t>
+          <t>9788838453595</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Dünya Turu (Ciltli)</t>
+          <t>Bizim Okul Hortladı (9 Kitap Set)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>71</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789759999322</t>
+          <t>9786051882147</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Havalı Kızlar (Boyama Kitabı)</t>
+          <t>Küçük Karamel (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>20</v>
+        <v>33</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789759997847</t>
+          <t>9789759998103</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Haylazlar Okulu 14 : Korku Gecesi</t>
+          <t>Kaptan Atılgan 1 : En Büyük Kahraman!</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>7.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789759997816</t>
+          <t>9789759998127</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmaz Üçlü 7 - Lunaparkta Panik</t>
+          <t>Kaptan Atılgan 2 : Dostum Peynirli Kraker'e Karşı</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786051880679</t>
+          <t>9789759998196</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Prenses Öyküleri - Prenses Zarafet Çıkartmalı Etkinlik Kitabı</t>
+          <t>Günlüğünden Sevgilerle : Alkışlar ve Gözyaşları</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>6.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786051880662</t>
+          <t>9789759997663</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Prenses Öyküleri - Prenses Umut Çıkartmalı Etkinlik Kitabı</t>
+          <t>Zaman Dedektifleri 9 : Haçlıların Gümüşü</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>6.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786051880655</t>
+          <t>9789759997571</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Prenses Öyküleri - Prenses Neşe Çıkartmalı Etkinlik Kitabı</t>
+          <t>Bizim Okul Hortladı 7: Zombitlerin Saldırısı</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786051880648</t>
+          <t>9789759999797</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Prenses Öyküleri - Prenses Merhamet Çıkartmalı Etkinlik Kitabı</t>
+          <t>Alaaddin ve Sihirli Lambası (Ciltli)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>6.02</v>
+        <v>22</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786051880631</t>
+          <t>9789759998707</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Prenses Öyküleri - Prenses Kader Çıkartmalı Etkinlik Kitabı</t>
+          <t>Benekli Masallar - Koala Mufi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>6.02</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786051880211</t>
+          <t>9789759998691</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick (Ciltli)</t>
+          <t>Benekli Masallar - Kelebek Toz Kanat</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>22</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786051880570</t>
+          <t>9789759998783</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ile Ayı 1 - Tavşanın Kötü Alışkanlıkları</t>
+          <t>Benekli Masallar - Yavru Fil Nazlı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>29</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789759998974</t>
+          <t>9789759998769</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahramanlardan Büyük Sözler - Maviş İle Pırpır</t>
+          <t>Benekli Masallar - Uzun Kuyruk Kıvrak</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>6.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789759998967</t>
+          <t>9789759998776</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahramanlardan Büyük Sözler - Kurnaz İle Ayıcık</t>
+          <t>Benekli Masallar - Uğur Böceği Benekli</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789759997748</t>
+          <t>9789759998752</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi - 2 : Çatlak Penguen</t>
+          <t>Benekli Masallar - Sincap Kahkaha</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>7.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789759997731</t>
+          <t>9789759998745</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi - 1 : Atlayan Aslan</t>
+          <t>Benekli Masallar - Penguen Pengu</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>7.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789759998950</t>
+          <t>9789759998738</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahramanlardan Büyük Sözler - Karga ve Arkadaşları</t>
+          <t>Benekli Masallar - Pelikan Bilican</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>6.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789759998943</t>
+          <t>9789759998721</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahramanlardan Büyük Sözler - Kaplumbağa İle Salyangoz</t>
+          <t>Benekli Masallar - Papağan Laklak</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789759998936</t>
+          <t>9789759998714</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahramanlardan Büyük Sözler - Farenin Bisikleti</t>
+          <t>Benekli Masallar - Kutup Ayısı Pigi (Ciltli)</t>
         </is>
       </c>
       <c r="C626" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786051881300</t>
+          <t>9786051881317</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ev</t>
+          <t>Piper’in Maceraları 1 - Perili Ağaç (Ciltli)</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>85</v>
+        <v>11</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789759999056</t>
+          <t>9786051887717</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahramanlardan Büyük Sözler - Söz Dinleyen Karınca</t>
+          <t>Süper Kötüler - 3</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>6.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789759999117</t>
+          <t>9786051887700</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahramanlardan Büyük Sözler - Sincap ve Yeni Evi</t>
+          <t>Süper Kötüler - 2</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>2.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789759999094</t>
+          <t>9786051887205</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahramanlardan Büyük Sözler - Şampiyon Küpeli</t>
+          <t>Süper Kötüler - 1</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>6.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789759998981</t>
+          <t>9789759999773</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahramanlardan Büyük Sözler - Parlak Balık ve Kardeşi</t>
+          <t>Şaka Makinesi Efe Bacaksız - İmdat! Sümüğe Yapıştım!</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>2.5</v>
+        <v>115</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786051880532</t>
+          <t>9789759997083</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Köpek Balto (Ciltli)</t>
+          <t>Küçük Kutup Ayısı Nereye Gidiyorsun (El Yazılı)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>19</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789759999360</t>
+          <t>9786051883595</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Leven Thumps ve Foo'ya Açılan Kapı</t>
+          <t>80 Günde Dünya Turu (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>17</v>
+        <v>71</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789759998226</t>
+          <t>9789759999322</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi 3 - Sakar Maymun</t>
+          <t>Havalı Kızlar (Boyama Kitabı)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>7.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789759997380</t>
+          <t>9789759997847</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Sinderella - Bitişik ve Eğik El yazılı</t>
+          <t>Haylazlar Okulu 14 : Korku Gecesi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>2.31</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789759997298</t>
+          <t>9789759997816</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular 3. Kitap</t>
+          <t>Ayrılmaz Üçlü 7 - Lunaparkta Panik</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786051880716</t>
+          <t>9786051880679</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Atılgan 5: Futbol Yıldızı</t>
+          <t>Prenses Öyküleri - Prenses Zarafet Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>7</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789759999063</t>
+          <t>9786051880662</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahramanlardan Büyük Sözler - Tavşan Kardeşler</t>
+          <t>Prenses Öyküleri - Prenses Umut Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C638" s="1">
         <v>6.5</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789759998349</t>
+          <t>9786051880655</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Prenses Koleji - Sindirella'nın Dönüşü (6.Kitap)</t>
+          <t>Prenses Öyküleri - Prenses Neşe Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>13</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789759997915</t>
+          <t>9786051880648</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Bizim Okul Hortladı - 8 : Hayalet Şövalye</t>
+          <t>Prenses Öyküleri - Prenses Merhamet Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>7.5</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789759996659</t>
+          <t>9786051880631</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Uzaykafalar 2. Kitap</t>
+          <t>Prenses Öyküleri - Prenses Kader Çıkartmalı Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>13</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789759998912</t>
+          <t>9786051880211</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Fabllar - Vız Vız Arı</t>
+          <t>Moby Dick (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>2.5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789759998905</t>
+          <t>9786051880570</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Fabllar - Uzun Kulak Tavşan</t>
+          <t>Tavşan ile Ayı 1 - Tavşanın Kötü Alışkanlıkları</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>2.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789759998899</t>
+          <t>9789759998974</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Fabllar - Silgi Sil Sil</t>
+          <t>Minik Kahramanlardan Büyük Sözler - Maviş İle Pırpır</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>2.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789759998875</t>
+          <t>9789759998967</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Fabllar - Sarı Vosvos Dütdüt</t>
+          <t>Minik Kahramanlardan Büyük Sözler - Kurnaz İle Ayıcık</t>
         </is>
       </c>
       <c r="C645" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789759998868</t>
+          <t>9789759997748</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Fabllar - Küçük Tıptıp</t>
+          <t>Hayvanlar Alemi - 2 : Çatlak Penguen</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>2.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789759998837</t>
+          <t>9789759997731</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Fabllar - Dinozor Dino</t>
+          <t>Hayvanlar Alemi - 1 : Atlayan Aslan</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>2.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789759998929</t>
+          <t>9789759998950</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Fabllar - Çilli Horoz</t>
+          <t>Minik Kahramanlardan Büyük Sözler - Karga ve Arkadaşları</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>2.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789759998882</t>
+          <t>9789759998943</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Fabllar - Benekli Hav Hav</t>
+          <t>Minik Kahramanlardan Büyük Sözler - Kaplumbağa İle Salyangoz</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789759998233</t>
+          <t>9789759998936</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Küçük Olimposlular - Hyperion ve Dev Ateş Topları</t>
+          <t>Minik Kahramanlardan Büyük Sözler - Farenin Bisikleti</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>13</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789759998844</t>
+          <t>9786051881300</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Fabllar - Kırmızı Balık Lili</t>
+          <t>Gizemli Ev</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>2.5</v>
+        <v>85</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789759998851</t>
+          <t>9789759999056</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Fabllar - İncir Ağacı İnci Hanım</t>
+          <t>Minik Kahramanlardan Büyük Sözler - Söz Dinleyen Karınca</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>2.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789759998073</t>
+          <t>9789759999117</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Prenses Koleji 5 - En Güzel Pasta</t>
+          <t>Minik Kahramanlardan Büyük Sözler - Sincap ve Yeni Evi</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>13</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789759997021</t>
+          <t>9789759999094</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı Arkadaş Ediniyor! (Düz Yazılı)</t>
+          <t>Minik Kahramanlardan Büyük Sözler - Şampiyon Küpeli</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>7</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789759997052</t>
+          <t>9789759998981</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ve Büyük Balon (Düz Yazılı)</t>
+          <t>Minik Kahramanlardan Büyük Sözler - Parlak Balık ve Kardeşi</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>7</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789759997045</t>
+          <t>9786051880532</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ve Küçük Cesur Tavşan (Düz Yazılı)</t>
+          <t>Kahraman Köpek Balto (Ciltli)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>7</v>
+        <v>19</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789759997007</t>
+          <t>9789759999360</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı Ren Geyiklerini Kurtarıyor (Düz Yazılı)</t>
+          <t>Leven Thumps ve Foo'ya Açılan Kapı</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>7</v>
+        <v>17</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789759996994</t>
+          <t>9789759998226</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ve Balinalar (Düz Yazılı)</t>
+          <t>Hayvanlar Alemi 3 - Sakar Maymun</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>7</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789759997069</t>
+          <t>9789759997380</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı ve Yardımsever Kedi (Düz Yazılı)</t>
+          <t>Sinderella - Bitişik ve Eğik El yazılı</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>7</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789759998431</t>
+          <t>9789759997298</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Güzel İle Çirkin</t>
+          <t>Küçük Olimposlular 3. Kitap</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>3.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789759998523</t>
+          <t>9786051880716</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>Kaptan Atılgan 5: Futbol Yıldızı</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>3.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789759998592</t>
+          <t>9789759999063</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Minik Kahramanlardan Büyük Sözler - Tavşan Kardeşler</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>3.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789759999285</t>
+          <t>9789759998349</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Aslan Çocuk - 1</t>
+          <t>Prenses Koleji - Sindirella'nın Dönüşü (6.Kitap)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789759998639</t>
+          <t>9789759997915</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Pencere ve Böceği / Yılancı Cüce (İki Kitap Birarada)</t>
+          <t>Bizim Okul Hortladı - 8 : Hayalet Şövalye</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>6.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789759998684</t>
+          <t>9789759996659</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Yağ Yağ Yağmur / Yaramaz Kırmızı Biberler (İki Kitap Birarada)</t>
+          <t>Uzaykafalar 2. Kitap</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>2.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789759998820</t>
+          <t>9789759998912</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Şenlik / Pire Adası (İki Kitap Birarada)</t>
+          <t>Mini Mini Fabllar - Vız Vız Arı</t>
         </is>
       </c>
       <c r="C666" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789759998677</t>
+          <t>9789759998905</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Maymun Mini'nin Hayalleri / Mırnav'ın Yeni Arkadaşı (İki Kitap Birarada)</t>
+          <t>Mini Mini Fabllar - Uzun Kulak Tavşan</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>6.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789759998813</t>
+          <t>9789759998899</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kanguru ve Gölgesi / Mavi Yengeç (İki Kitap Birarada)</t>
+          <t>Mini Mini Fabllar - Silgi Sil Sil</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789759998653</t>
+          <t>9789759998875</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Gakgak'ın Uykusu Kaçınca / Hophop Tavşan'ın Süpürgesi (İki Kitap Birarada)</t>
+          <t>Mini Mini Fabllar - Sarı Vosvos Dütdüt</t>
         </is>
       </c>
       <c r="C669" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789759998660</t>
+          <t>9789759998868</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Bülbül'ün Orkestrası / Küçük Ceviz Ağacı (İki Kitap Birarada)</t>
+          <t>Mini Mini Fabllar - Küçük Tıptıp</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789759998646</t>
+          <t>9789759998837</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Kuşu / Görünmezlik İksiri (İki Kitap Birarada)</t>
+          <t>Mini Mini Fabllar - Dinozor Dino</t>
         </is>
       </c>
       <c r="C671" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789759998806</t>
+          <t>9789759998929</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Alaycı Çöplük Kargası / Altın Hırsızı (İki Kitap Birarada)</t>
+          <t>Mini Mini Fabllar - Çilli Horoz</t>
         </is>
       </c>
       <c r="C672" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789759998790</t>
+          <t>9789759998882</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Acemi Doktor / Ağaç Kurdu (İki Kitap Birarada)</t>
+          <t>Mini Mini Fabllar - Benekli Hav Hav</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>6.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789759996413</t>
+          <t>9789759998233</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Uzaykafalar 1 Kitap (Ciltli)</t>
+          <t>Küçük Olimposlular - Hyperion ve Dev Ateş Topları</t>
         </is>
       </c>
       <c r="C674" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789759999766</t>
+          <t>9789759998844</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kuromori'nin Kılıcı - 1 (Ciltli)</t>
+          <t>Mini Mini Fabllar - Kırmızı Balık Lili</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>15.74</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789759991401</t>
+          <t>9789759998851</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Maceraları 7 : Seni Taklitçi!</t>
+          <t>Mini Mini Fabllar - İncir Ağacı İnci Hanım</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>4.63</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789759994006</t>
+          <t>9789759998073</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Katie Kazoo’nun Okul Maceraları 14</t>
+          <t>Prenses Koleji 5 - En Güzel Pasta</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>4.63</v>
+        <v>13</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789756580189</t>
+          <t>9789759997021</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Küçük Kutup Ayısı Arkadaş Ediniyor! (Düz Yazılı)</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>1.62</v>
+        <v>7</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9799759990342</t>
+          <t>9789759997052</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşklarım</t>
+          <t>Küçük Kutup Ayısı ve Büyük Balon (Düz Yazılı)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>7.87</v>
+        <v>7</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9780062316868</t>
+          <t>9789759997045</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Okutulan 2. Sınıf Kitap Seti (7 Kitap Takım)</t>
+          <t>Küçük Kutup Ayısı ve Küçük Cesur Tavşan (Düz Yazılı)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>523</v>
+        <v>7</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9780448453675</t>
+          <t>9789759997007</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Annemi Seviyorum Set - Organik (3 Kitap Takım) (Ciltli)</t>
+          <t>Küçük Kutup Ayısı Ren Geyiklerini Kurtarıyor (Düz Yazılı)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>510</v>
+        <v>7</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786051884578</t>
+          <t>9789759996994</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Küçük Kutup Ayısı ve Balinalar (Düz Yazılı)</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786051881980</t>
+          <t>9789759997069</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Piper'in Maceraları 2 - Şansın Fazlası Olur Mu? (Ciltli)</t>
+          <t>Küçük Kutup Ayısı ve Yardımsever Kedi (Düz Yazılı)</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>11</v>
+        <v>7</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>3990000011415</t>
+          <t>9789759998431</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Güzel İle Çirkin</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>3.7</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789759993573</t>
+          <t>9789759998523</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kar Perisi Billur - 8</t>
+          <t>Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>5.09</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789756580622</t>
+          <t>9789759998592</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant’ın Çocukları</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>1.62</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789759994013</t>
+          <t>9789759999285</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kamp Arkadaşları Mesajınız Var</t>
+          <t>Aslan Çocuk - 1</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>7.5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789759995508</t>
+          <t>9789759998639</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kamp Arkadaşları 6: Buluşma Heyecanı</t>
+          <t>Yaşlı Pencere ve Böceği / Yılancı Cüce (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>7.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789759993528</t>
+          <t>9789759998684</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Kamp Arkadaşları 4: Alex’in Mücadelesi</t>
+          <t>Yağ Yağ Yağmur / Yaramaz Kırmızı Biberler (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>7.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789759993122</t>
+          <t>9789759998820</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kamp Arkadaşları 3: Grace’in Değişimi</t>
+          <t>Ormanda Şenlik / Pire Adası (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>7.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789759992569</t>
+          <t>9789759998677</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Kamp Arkadaşları 2 Jenna’nın İkilemi</t>
+          <t>Maymun Mini'nin Hayalleri / Mırnav'ın Yeni Arkadaşı (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>7.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9799759991615</t>
+          <t>9789759998813</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kamp Arkadaşları 1  Natalie’nin Sırrı</t>
+          <t>Küçük Kanguru ve Gölgesi / Mavi Yengeç (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>7.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789759994570</t>
+          <t>9789759998653</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>% 100 Kızlar Arasında Kalbimin Prensi</t>
+          <t>Gakgak'ın Uykusu Kaçınca / Hophop Tavşan'ın Süpürgesi (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>8.33</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789756580479</t>
+          <t>9789759998660</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılan Çocuk</t>
+          <t>Bülbül'ün Orkestrası / Küçük Ceviz Ağacı (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>3.24</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>3990000004234</t>
+          <t>9789759998646</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Jöntürk</t>
+          <t>Ardıç Kuşu / Görünmezlik İksiri (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>3.7</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789756387757</t>
+          <t>9789759998806</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Alaycı Çöplük Kargası / Altın Hırsızı (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>3.24</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789759996116</t>
+          <t>9789759998790</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Jake Ransom ve Uluyan Sfenks</t>
+          <t>Acemi Doktor / Ağaç Kurdu (İki Kitap Birarada)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>13</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789759995911</t>
+          <t>9789759996413</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Jake Ransom ve Kral Kurukafa’nın Gölgesi</t>
+          <t>Uzaykafalar 1 Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C698" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789759993344</t>
+          <t>9789759999766</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Jack ve Fasulye Sırığı (El Yazılı)</t>
+          <t>Kuromori'nin Kılıcı - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>2.31</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>3990000004731</t>
+          <t>9789759991401</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>İlk Gördüklerim İlk Sözcüklerim (10 Kitap Set)</t>
+          <t>Katie Kazoo’nun Maceraları 7 : Seni Taklitçi!</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>23.15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789758756599</t>
+          <t>9789759994006</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>Katie Kazoo’nun Okul Maceraları 14</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>1.62</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>3990000011442</t>
+          <t>9789756580189</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>4.63</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789759992361</t>
+          <t>9799759990342</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu</t>
+          <t>İlk Aşklarım</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>11.57</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9780425207321</t>
+          <t>9780062316868</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu Serisi (9 Kitap)</t>
+          <t>Okullarda Okutulan 2. Sınıf Kitap Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>171</v>
+        <v>523</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9780553590456</t>
+          <t>9780448453675</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü Serisi (13 Kitap)</t>
+          <t>Annemi Seviyorum Set - Organik (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>312</v>
+        <v>510</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9781865156293</t>
+          <t>9786051884578</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi Seti (12 Kitap)</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>828</v>
+        <v>8</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786051883342</t>
+          <t>9786051881980</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Geçidi</t>
+          <t>Piper'in Maceraları 2 - Şansın Fazlası Olur Mu? (Ciltli)</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786051883472</t>
+          <t>3990000011415</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>12</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789756580295</t>
+          <t>9789759993573</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Özsaygınızı Artırmanın 52 Yolu</t>
+          <t>Kar Perisi Billur - 8</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>6.48</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786051883243</t>
+          <t>9789756580622</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Şaka Makinesi Efe Bacaksız - 8: Hey! Burada Tuvalet Yok Mu? (Ciltli)</t>
+          <t>Kaptan Grant’ın Çocukları</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>115</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051882956</t>
+          <t>9789759994013</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı (Ciltli)</t>
+          <t>Kamp Arkadaşları Mesajınız Var</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>15</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9780425205327</t>
+          <t>9789759995508</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Okulda (7 Kitap Takım)</t>
+          <t>Kamp Arkadaşları 6: Buluşma Heyecanı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>875</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9788838453588</t>
+          <t>9789759993528</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı (7 Kitap Set)</t>
+          <t>Kamp Arkadaşları 4: Alex’in Mücadelesi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>700</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786051882802</t>
+          <t>9789759993122</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İstemiyorum</t>
+          <t>Kamp Arkadaşları 3: Grace’in Değişimi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>145</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786051882017</t>
+          <t>9789759992569</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kokuşuk Dev</t>
+          <t>Kamp Arkadaşları 2 Jenna’nın İkilemi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>145</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786051882765</t>
+          <t>9799759991615</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap</t>
+          <t>Kamp Arkadaşları 1  Natalie’nin Sırrı</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>145</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786051882024</t>
+          <t>9789759994570</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>İkinci Sınıftaki En Güzel Sıra</t>
+          <t>% 100 Kızlar Arasında Kalbimin Prensi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>145</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786051882000</t>
+          <t>9789756580479</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Terazisi</t>
+          <t>Kaçırılan Çocuk</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>145</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9799759990922</t>
+          <t>3990000004234</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Afacan Kediler</t>
+          <t>Jöntürk</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>1360</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789974702882</t>
+          <t>9789756387757</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>2-4 Yaş Boyama Kitapları Seti (4 Kitap Takım)</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>580</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9781405321747</t>
+          <t>9789759996116</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Zeka Geliştiren Etkinlik Kitapları Seti (4 Kitap Takım)</t>
+          <t>Jake Ransom ve Uluyan Sfenks</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>620</v>
+        <v>13</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9780448442648</t>
+          <t>9789759995911</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>5-6 Yaş Zekamı Geliştiriyorum Etkinlik Seti (4 Kitap Takım)</t>
+          <t>Jake Ransom ve Kral Kurukafa’nın Gölgesi</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>760</v>
+        <v>13</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9781405326414</t>
+          <t>9789759993344</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Gelişim Etkinlik Kitapları Seti (4 Kitap Takım)</t>
+          <t>Jack ve Fasulye Sırığı (El Yazılı)</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>600</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9788847722033</t>
+          <t>3990000004731</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Görsel Okuma Beceresi Geliştiren Boyama Kitapları Seti (3 Kitap Takım)</t>
+          <t>İlk Gördüklerim İlk Sözcüklerim (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>525</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9780312315054</t>
+          <t>9789758756599</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Savaşçıları (5 Kitap Takım)</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>1500</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9780965047708</t>
+          <t>3990000011442</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Avantia Günlükleri (4 Kitap Set)</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>660</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9780448441221</t>
+          <t>9789759992361</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>4-6 Yaş Bilgili Eğlendiren 150 Aktivite Seti (2 Kitap Takım)</t>
+          <t>İnsan Vücudu</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>340</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9782081222151</t>
+          <t>9780425207321</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Stem ile Çılgın Maceralar Seti (3 Kitap Takım)</t>
+          <t>Bale Okulu Serisi (9 Kitap)</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>900</v>
+        <v>171</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9781862304956</t>
+          <t>9780553590456</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Fıkralar ve Bilmeceler Seti (4 Kitap Takım)</t>
+          <t>Korku Kulübü Serisi (13 Kitap)</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>520</v>
+        <v>312</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9782081222144</t>
+          <t>9781865156293</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştiren Sudoku Seti (3 Kitap Takım)</t>
+          <t>Gölgelerin Efendisi Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>630</v>
+        <v>828</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789759996581</t>
+          <t>9786051883342</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Sesler Çizgiler 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
+          <t>Dinozor Geçidi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>165</v>
+        <v>9</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9788856603200</t>
+          <t>9786051883472</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Eğleniyorum Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>810</v>
+        <v>12</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786051884585</t>
+          <t>9789756580295</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Beynine Format Atın</t>
+          <t>Özsaygınızı Artırmanın 52 Yolu</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>330</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786051887739</t>
+          <t>9786051883243</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Alebriheler</t>
+          <t>Şaka Makinesi Efe Bacaksız - 8: Hey! Burada Tuvalet Yok Mu? (Ciltli)</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786051887838</t>
+          <t>9786051882956</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ekranlar Karardı!</t>
+          <t>Sevgi Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>240</v>
+        <v>15</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786051887807</t>
+          <t>9780425205327</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Acayip Komşular</t>
+          <t>Afacanlar Okulda (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>220</v>
+        <v>875</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>4440000001989</t>
+          <t>9788838453588</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Maceranı Kendin Seç (9 Kitap Set)</t>
+          <t>Dostluk Ormanı (7 Kitap Set)</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>880</v>
+        <v>700</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9783522175562</t>
+          <t>9786051882802</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Maceranı Kendin Seç (6 Kitap Set)</t>
+          <t>Uyumak İstemiyorum</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>660</v>
+        <v>145</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786051882598</t>
+          <t>9786051882017</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Bahçesi (Organik Kitap)</t>
+          <t>Kokuşuk Dev</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>330</v>
+        <v>145</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786051881034</t>
+          <t>9786051882765</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Zeka Eğitim Seti 1. Kitap - 5 Yaş</t>
+          <t>Kayıp Kitap</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>305</v>
+        <v>145</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786051885988</t>
+          <t>9786051882024</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Zeka Eğitim Seti 1. Kitap (4 Yaş)</t>
+          <t>İkinci Sınıftaki En Güzel Sıra</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>305</v>
+        <v>145</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786051885995</t>
+          <t>9786051882000</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Zeka Eğitim Seti 2. Kitap (4 Yaş)</t>
+          <t>Ejderhanın Terazisi</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>305</v>
+        <v>145</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786051886008</t>
+          <t>9799759990922</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Zeka Eğitim Seti 3. Kitap (4 Yaş)</t>
+          <t>Afacan Kediler</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>305</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9780805088496</t>
+          <t>9789974702882</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Büyüyorum Öğreniyorum Seti</t>
+          <t>2-4 Yaş Boyama Kitapları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>990</v>
+        <v>580</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9780385671330</t>
+          <t>9781405321747</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde Yeni Kan Seti (3 Kitap Takım)</t>
+          <t>Okul Öncesi Zeka Geliştiren Etkinlik Kitapları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>490</v>
+        <v>620</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9780061999185</t>
+          <t>9780448442648</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>7+ Yaş İçin Okuma Seti (4 Kitap Takım)</t>
+          <t>5-6 Yaş Zekamı Geliştiriyorum Etkinlik Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>228</v>
+        <v>760</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786051883847</t>
+          <t>9781405326414</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Gökdelenler Şehri New York'ta - Gezgin Ada Yolda 3</t>
+          <t>Okul Öncesi Gelişim Etkinlik Kitapları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>72</v>
+        <v>600</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786051883410</t>
+          <t>9788847722033</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Anne Boz (Ciltli)</t>
+          <t>Görsel Okuma Beceresi Geliştiren Boyama Kitapları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>270</v>
+        <v>525</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786051882451</t>
+          <t>9780312315054</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum da Vücudumda Neler Oluyor? (Ciltli)</t>
+          <t>Kardeşlik Savaşçıları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>265</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786051882406</t>
+          <t>9780965047708</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum da Rüzgar Neden Eser? (Ciltli)</t>
+          <t>Avantia Günlükleri (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>265</v>
+        <v>660</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786051882413</t>
+          <t>9780448441221</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum da Dinozorlara Ne Oldu? (Ciltli)</t>
+          <t>4-6 Yaş Bilgili Eğlendiren 150 Aktivite Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>265</v>
+        <v>340</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789759994525</t>
+          <t>9782081222151</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dedektifleri 2. Kitap - Kızıl İntikamcı</t>
+          <t>Stem ile Çılgın Maceralar Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>24</v>
+        <v>900</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789759995928</t>
+          <t>9781862304956</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Yasak Dağın Laneti</t>
+          <t>Eğlenceli Fıkralar ve Bilmeceler Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>107</v>
+        <v>520</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789759999391</t>
+          <t>9782081222144</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Wolfgang Amadeus Mozart Kimdi?</t>
+          <t>Zeka Geliştiren Sudoku Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>145</v>
+        <v>630</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789759996789</t>
+          <t>9789759996581</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Şaka Makinesi Efe Bacaksız 3. Kitap - Donum Dala Takıldı! (Ciltli)</t>
+          <t>Sayılar Sesler Çizgiler 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>95</v>
+        <v>165</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789759993399</t>
+          <t>9788856603200</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Pandalar Tehlikede</t>
+          <t>Hayvanlarla Eğleniyorum Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>190</v>
+        <v>810</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789759995591</t>
+          <t>9786051884585</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Hori 2 - Haremde Entrika</t>
+          <t>Çocuğunuzun Beynine Format Atın</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>6.48</v>
+        <v>330</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9799759991585</t>
+          <t>9786051887739</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Fedor Amca</t>
+          <t>Alebriheler</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>122</v>
+        <v>300</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789759990268</t>
+          <t>9786051887838</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 6 Kötü Cadı’nın Laneti</t>
+          <t>Eyvah Ekranlar Karardı!</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>42</v>
+        <v>240</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9799759991240</t>
+          <t>9786051887807</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 14 Domuz Latincesi Sadece Domuzlar İçin Değil!</t>
+          <t>Acayip Komşular</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>42</v>
+        <v>220</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789759995232</t>
+          <t>4440000001989</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Bubela, Kurtçuk ve İksirin Gücü</t>
+          <t>Maceranı Kendin Seç (9 Kitap Set)</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>11</v>
+        <v>880</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789759993429</t>
+          <t>9783522175562</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Akbabanın Uçuşu</t>
+          <t>Maceranı Kendin Seç (6 Kitap Set)</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>190</v>
+        <v>660</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786051880471</t>
+          <t>9786051882598</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarış (Ciltli)</t>
+          <t>Dedemin Bahçesi (Organik Kitap)</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>29</v>
+        <v>330</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786051883038</t>
+          <t>9786051881034</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum da Uzayda Kaç Gezegen Vardır? (Ciltli)</t>
+          <t>Dikkatli Zeka Eğitim Seti 1. Kitap - 5 Yaş</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>265</v>
+        <v>305</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789759999650</t>
+          <t>9786051885988</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Mega Boyama</t>
+          <t>Dikkatli Zeka Eğitim Seti 1. Kitap (4 Yaş)</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>175</v>
+        <v>305</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786051882864</t>
+          <t>9786051885995</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kaderine Hükmet 3 - Canavar Peşinde (Ciltli)</t>
+          <t>Dikkatli Zeka Eğitim Seti 2. Kitap (4 Yaş)</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>95</v>
+        <v>305</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786051882819</t>
+          <t>9786051886008</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Kaderine Hükmet 2 - Canavar Peşinde (Ciltli)</t>
+          <t>Dikkatli Zeka Eğitim Seti 3. Kitap (4 Yaş)</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>95</v>
+        <v>305</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786051882741</t>
+          <t>9780805088496</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kaderine Hükmet 1 - Canavar Peşinde (Ciltli)</t>
+          <t>Okul Öncesi Büyüyorum Öğreniyorum Seti</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>95</v>
+        <v>990</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786051882734</t>
+          <t>9780385671330</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İstemiyorum! - Okumayı Seviyorum Dizisi (Ciltli)</t>
+          <t>Canavar Peşinde Yeni Kan Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>85</v>
+        <v>490</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786051882697</t>
+          <t>9780061999185</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Scooter’ım Olsaydı - Okumayı Seviyorum Dizisi (Ciltli)</t>
+          <t>7+ Yaş İçin Okuma Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>85</v>
+        <v>228</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786051882727</t>
+          <t>9786051883847</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Müzik Dersleri - Okumayı Seviyorum Dizisi (Ciltli)</t>
+          <t>Gökdelenler Şehri New York'ta - Gezgin Ada Yolda 3</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>42</v>
+        <v>72</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786051882710</t>
+          <t>9786051883410</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitap - Okumayı Seviyorum Dizisi (Ciltli)</t>
+          <t>Anne Boz (Ciltli)</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>85</v>
+        <v>270</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786051884837</t>
+          <t>9786051882451</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Okuma Kulübü - Okumayı Seviyorum Dizisi (10 Kitap Kutulu Set)</t>
+          <t>Merak Ediyorum da Vücudumda Neler Oluyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>1450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786051881973</t>
+          <t>9786051882406</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Özel Baskı) (Ciltli)</t>
+          <t>Merak Ediyorum da Rüzgar Neden Eser? (Ciltli)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786051881522</t>
+          <t>9786051882413</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel - Üç Boyutlu Masallar (Ciltli)</t>
+          <t>Merak Ediyorum da Dinozorlara Ne Oldu? (Ciltli)</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786051881539</t>
+          <t>9789759994525</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Prens - Üç Boyutlu Masallar (Ciltli)</t>
+          <t>Zaman Dedektifleri 2. Kitap - Kızıl İntikamcı</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786051882123</t>
+          <t>9789759995928</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>İkinci Sınıftaki En Güzel Sıra (Ciltli)</t>
+          <t>Yasak Dağın Laneti</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>85</v>
+        <v>107</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786051881492</t>
+          <t>9789759999391</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Korsan Kampı (Ciltli)</t>
+          <t>Wolfgang Amadeus Mozart Kimdi?</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>19</v>
+        <v>145</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789759999674</t>
+          <t>9789759996789</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Cancan Boyama</t>
+          <t>Şaka Makinesi Efe Bacaksız 3. Kitap - Donum Dala Takıldı! (Ciltli)</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>175</v>
+        <v>95</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786051881508</t>
+          <t>9789759993399</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı - Üç Boyutlu Masallar (Ciltli)</t>
+          <t>Pandalar Tehlikede</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786051881515</t>
+          <t>9789759995591</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri - Üç Boyutlu Masallar (Ciltli)</t>
+          <t>Hori 2 - Haremde Entrika</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>300</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786051881768</t>
+          <t>9799759991585</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Taynikma - 15. Kitap Artan'ın Seçimi ve 16. Kitap Gölgeler Kralı (Ciltli)</t>
+          <t>Fedor Amca</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>210</v>
+        <v>122</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786051881713</t>
+          <t>9789759990268</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Taynikma - 3. Kitap Güneş Kulesi ve 4. Kitap Kayıp Mezarlar (Ciltli)</t>
+          <t>Ejderha Avcıları Okulu 6 Kötü Cadı’nın Laneti</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>210</v>
+        <v>42</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786051881720</t>
+          <t>9799759991240</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Taynikma - 5. Kitap Gizli Arena ve 6. Kitap Klanların Savaşı (Ciltli)</t>
+          <t>Ejderha Avcıları Okulu 14 Domuz Latincesi Sadece Domuzlar İçin Değil!</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>210</v>
+        <v>42</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789759998998</t>
+          <t>9789759995232</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı</t>
+          <t>Bubela, Kurtçuk ve İksirin Gücü</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>155</v>
+        <v>11</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789759999155</t>
+          <t>9789759993429</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Bilgin Bili ile Sayılar Renkler Şekiller (Ciltli)</t>
+          <t>Akbabanın Uçuşu</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789759999179</t>
+          <t>9786051880471</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözlük (Ciltli)</t>
+          <t>Büyük Yarış (Ciltli)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>265</v>
+        <v>29</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786051880501</t>
+          <t>9786051883038</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Bizim Okul Hortladı - 10 Canını Seven Kaçsın!</t>
+          <t>Merak Ediyorum da Uzayda Kaç Gezegen Vardır? (Ciltli)</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>7.5</v>
+        <v>265</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>3990000075619</t>
+          <t>9789759999650</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Benekli Masallar Seti (10 Kitap Takım)</t>
+          <t>Mega Boyama</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>3990000056841</t>
+          <t>9786051882864</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Minik Kahramanlardan Büyük Sözler (10 Kitap Takım)</t>
+          <t>Kaderine Hükmet 3 - Canavar Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789759999490</t>
+          <t>9786051882819</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Güldür Bizi Nasrettin Hoca (Ciltli)</t>
+          <t>Kaderine Hükmet 2 - Canavar Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>265</v>
+        <v>95</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789759999513</t>
+          <t>9786051882741</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Şirin Masallar (Ciltli)</t>
+          <t>Kaderine Hükmet 1 - Canavar Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>205</v>
+        <v>95</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789759999520</t>
+          <t>9786051882734</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Masal Kahramanları Yarışıyor (Ciltli)</t>
+          <t>Uyumak İstemiyorum! - Okumayı Seviyorum Dizisi (Ciltli)</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>265</v>
+        <v>85</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789759999506</t>
+          <t>9786051882697</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Masal Masal İçinde (Ciltli)</t>
+          <t>Scooter’ım Olsaydı - Okumayı Seviyorum Dizisi (Ciltli)</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>205</v>
+        <v>85</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789759999483</t>
+          <t>9786051882727</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçinde (Ciltli)</t>
+          <t>Müzik Dersleri - Okumayı Seviyorum Dizisi (Ciltli)</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>205</v>
+        <v>42</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789759999636</t>
+          <t>9786051882710</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Zıpzıp Boyama</t>
+          <t>Kayıp Kitap - Okumayı Seviyorum Dizisi (Ciltli)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>175</v>
+        <v>85</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789759999643</t>
+          <t>9786051884837</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama</t>
+          <t>Okuma Kulübü - Okumayı Seviyorum Dizisi (10 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>175</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789759996673</t>
+          <t>9786051881973</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Yasak Dağdaki Hazine</t>
+          <t>Küçük Prens (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>3990059996819</t>
+          <t>9786051881522</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 7</t>
+          <t>Hansel ve Gretel - Üç Boyutlu Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>58</v>
+        <v>300</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9788898977703</t>
+          <t>9786051881539</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>2+ Yaş Boyama Kitapları Set (3 Kitap Takım)</t>
+          <t>Kurbağa Prens - Üç Boyutlu Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789759995799</t>
+          <t>9786051882123</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlu Bir Gün (Ciltli)</t>
+          <t>İkinci Sınıftaki En Güzel Sıra (Ciltli)</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>270</v>
+        <v>85</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9788493672607</t>
+          <t>9786051881492</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücümü Geliştiriyorum Seti - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
+          <t>Korsan Kampı (Ciltli)</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>810</v>
+        <v>19</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786051885544</t>
+          <t>9789759999674</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Sesleri Tanıyorum - Harfleri Öğreniyorum</t>
+          <t>Cancan Boyama</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786051885810</t>
+          <t>9786051881508</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Bin Ayak İzi (Ciltli)</t>
+          <t>Fareli Köyün Kavalcısı - Üç Boyutlu Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>63</v>
+        <v>300</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786051881270</t>
+          <t>9786051881515</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 3</t>
+          <t>Gulliver'in Gezileri - Üç Boyutlu Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786051885834</t>
+          <t>9786051881768</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 1</t>
+          <t>Taynikma - 15. Kitap Artan'ın Seçimi ve 16. Kitap Gölgeler Kralı (Ciltli)</t>
         </is>
       </c>
       <c r="C806" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786051885841</t>
+          <t>9786051881713</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 2</t>
+          <t>Taynikma - 3. Kitap Güneş Kulesi ve 4. Kitap Kayıp Mezarlar (Ciltli)</t>
         </is>
       </c>
       <c r="C807" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9781848545652</t>
+          <t>9786051881720</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Okutulan 5. Sınıf Kitap Seti (5 Kitap)</t>
+          <t>Taynikma - 5. Kitap Gizli Arena ve 6. Kitap Klanların Savaşı (Ciltli)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>1040</v>
+        <v>210</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9780983436614</t>
+          <t>9789759998998</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Okutulan 4. Sınıf Kitap Seti (6 Kitap Takım)</t>
+          <t>Fareli Köyün Kavalcısı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>1290</v>
+        <v>155</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9780062316899</t>
+          <t>9789759999155</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Okutulan 3. Sınıf Kitap Seti (6 Kitap Takım)</t>
+          <t>Bilgin Bili ile Sayılar Renkler Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>1100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9785474003870</t>
+          <t>9789759999179</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitici Öğretici Neşeli Etkinlikler Seti (5 Kitap Takım)</t>
+          <t>İlk Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>975</v>
+        <v>265</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9780553592122</t>
+          <t>9786051880501</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Çiz-Sil-Yapıştır Çıkartmalı Çizgi Çalışmaları Seti (4 Kitap Takım)</t>
+          <t>Bizim Okul Hortladı - 10 Canını Seven Kaçsın!</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>900</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9780192720924</t>
+          <t>3990000075619</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>6+ Yaş İçin Temel Robotik Kodlama Aktiviteleri Seti (2 Kitap Takım)</t>
+          <t>Benekli Masallar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786051885605</t>
+          <t>3990000056841</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Zeka Eğitim Seti 1. Kitap (3 Yaş)</t>
+          <t>Minik Kahramanlardan Büyük Sözler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>305</v>
+        <v>60</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786051884370</t>
+          <t>9789759999490</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Stephen Curry - Uçan Adamlar</t>
+          <t>Güldür Bizi Nasrettin Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786051884363</t>
+          <t>9789759999513</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>LeBron James - Uçan Adamlar</t>
+          <t>Şirin Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>100</v>
+        <v>205</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786051884851</t>
+          <t>9789759999520</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Boş Saksı</t>
+          <t>Masal Kahramanları Yarışıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>27</v>
+        <v>265</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786051884844</t>
+          <t>9789759999506</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Taş Ustası</t>
+          <t>Masal Masal İçinde (Ciltli)</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>27</v>
+        <v>205</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786051881164</t>
+          <t>9789759999483</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Eğlendiren 150 Aktivite</t>
+          <t>Evvel Zaman İçinde (Ciltli)</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786051883229</t>
+          <t>9789759999636</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Bilgili Neşeli 150 Aktivite</t>
+          <t>Zıpzıp Boyama</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9780753411650</t>
+          <t>9789759999643</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Çitlembik Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
+          <t>Süper Boyama</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>810</v>
+        <v>175</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9788838460456</t>
+          <t>9789759996673</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Çevreyi Koruyorum Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
+          <t>Yasak Dağdaki Hazine</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>510</v>
+        <v>240</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9788856611588</t>
+          <t>3990059996819</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Babamı Seviyorum Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
+          <t>Korku Kulübü 7</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>810</v>
+        <v>58</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786051884646</t>
+          <t>9788898977703</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>2+ Yaş Boyama Kitapları Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>16</v>
+        <v>420</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786051884790</t>
+          <t>9789759995799</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>STEM İle Çılgın Bir Bilim Macerası</t>
+          <t>Yağmurlu Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786051883458</t>
+          <t>9788493672607</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve (Ciltli)</t>
+          <t>Hayal Gücümü Geliştiriyorum Seti - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>58</v>
+        <v>810</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786051883380</t>
+          <t>9786051885544</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Çitlembik ve Kitap Okuma Ağacı (Ciltli)</t>
+          <t>Sesleri Tanıyorum - Harfleri Öğreniyorum</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789759993405</t>
+          <t>9786051885810</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağalar Tehdit Altında!</t>
+          <t>Bin Ayak İzi (Ciltli)</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>190</v>
+        <v>63</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786051881287</t>
+          <t>9786051881270</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Görsel Dikkat ve Robotik Kodlama Etkinlikleri</t>
+          <t>Çocuklar İçin Sudoku 3</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786051883137</t>
+          <t>9786051885834</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştiren Robotik Kodlama Aktiviteleri</t>
+          <t>Çocuklar İçin Sudoku 1</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786051883373</t>
+          <t>9786051885841</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Çitlembik Küçük Kutup Ayısını Kurtarıyor (Ciltli)</t>
+          <t>Çocuklar İçin Sudoku 2</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786051883120</t>
+          <t>9781848545652</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Annemi Seviyorum (Ciltli)</t>
+          <t>Okullarda Okutulan 5. Sınıf Kitap Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>145</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786051883144</t>
+          <t>9780983436614</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Seviyorum (Ciltli)</t>
+          <t>Okullarda Okutulan 4. Sınıf Kitap Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>145</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786051883311</t>
+          <t>9780062316899</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştiren Etkinlikler 1</t>
+          <t>Okullarda Okutulan 3. Sınıf Kitap Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>165</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786051883762</t>
+          <t>9785474003870</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Tilki (Ciltli)</t>
+          <t>Okul Öncesi Eğitici Öğretici Neşeli Etkinlikler Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>102</v>
+        <v>975</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786051885025</t>
+          <t>9780553592122</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Kedim Babama Benziyor (Ciltli)</t>
+          <t>Çiz-Sil-Yapıştır Çıkartmalı Çizgi Çalışmaları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>270</v>
+        <v>900</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786051883151</t>
+          <t>9780192720924</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Okumak İnsanı Mutlu Eder (Ciltli)</t>
+          <t>6+ Yaş İçin Temel Robotik Kodlama Aktiviteleri Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786051884066</t>
+          <t>9786051885605</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Dikkatli Zeka Eğitim Seti 1. Kitap (3 Yaş)</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>14</v>
+        <v>305</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786051883304</t>
+          <t>9786051884370</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Ada ile Betüş İspanya'da - Gezgin Ada Yolda 1</t>
+          <t>Stephen Curry - Uçan Adamlar</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>72</v>
+        <v>100</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786051885384</t>
+          <t>9786051884363</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum da - Bilim İnsanları Neler Yaparlar? (Ciltli)</t>
+          <t>LeBron James - Uçan Adamlar</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789759999667</t>
+          <t>9786051884851</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Gülücük Boyama</t>
+          <t>Boş Saksı</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>175</v>
+        <v>27</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786051883724</t>
+          <t>9786051884844</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Ada Amsterdam'ı Geziyor - Gezgin Ada Yolda 2</t>
+          <t>Mutsuz Taş Ustası</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>72</v>
+        <v>27</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786051883656</t>
+          <t>9786051881164</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Uçuyoruz Ama Nasıl?</t>
+          <t>Öğreten Eğlendiren 150 Aktivite</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786051883090</t>
+          <t>9786051883229</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Korku Gecesi - Zehirli Elma Serisi 2</t>
+          <t>Bilgili Neşeli 150 Aktivite</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786051882628</t>
+          <t>9780753411650</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Kutu Değil (Organik Kitap) (Ciltli)</t>
+          <t>Çitlembik Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>270</v>
+        <v>810</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786051884899</t>
+          <t>9788838460456</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Çocuk Gelişim Etkinlikleri</t>
+          <t>Çevreyi Koruyorum Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>150</v>
+        <v>510</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786051884882</t>
+          <t>9788856611588</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Çocuk Gelişim Etkinlikleri</t>
+          <t>Babamı Seviyorum Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>150</v>
+        <v>810</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786051884905</t>
+          <t>9786051884646</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Çocuk Gelişim Etkinlikleri</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>150</v>
+        <v>16</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786051884509</t>
+          <t>9786051884790</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Boyama</t>
+          <t>STEM İle Çılgın Bir Bilim Macerası</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786051884523</t>
+          <t>9786051883458</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama</t>
+          <t>Püsküllü Deve (Ciltli)</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>145</v>
+        <v>58</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786051883823</t>
+          <t>9786051883380</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Boyama</t>
+          <t>Çitlembik ve Kitap Okuma Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786051884516</t>
+          <t>9789759993405</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama</t>
+          <t>Kaplumbağalar Tehdit Altında!</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786051884233</t>
+          <t>9786051881287</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Etkinlikler - Eğitici Öğretici</t>
+          <t>Görsel Dikkat ve Robotik Kodlama Etkinlikleri</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786051884240</t>
+          <t>9786051883137</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sayılar - Eğitici Öğretici</t>
+          <t>Dikkat Geliştiren Robotik Kodlama Aktiviteleri</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786051884295</t>
+          <t>9786051883373</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Çizgi Çalışmaları - Renkler ve Şekillerle İlgili Aktiviteler</t>
+          <t>Çitlembik Küçük Kutup Ayısını Kurtarıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786051884257</t>
+          <t>9786051883120</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Harfler - Eğitici Öğretici</t>
+          <t>Annemi Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786051883632</t>
+          <t>9786051883144</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilmeceler 2</t>
+          <t>Dünyamızı Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789759999841</t>
+          <t>9786051883311</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler (Ciltli)</t>
+          <t>Zeka Geliştiren Etkinlikler 1</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789759999162</t>
+          <t>9786051883762</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dodo İle İlk Kelimelerim (Ciltli)</t>
+          <t>Beyaz Tilki (Ciltli)</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>265</v>
+        <v>102</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789759995607</t>
+          <t>9786051885025</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algı 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
+          <t>Kedim Babama Benziyor (Ciltli)</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786051885551</t>
+          <t>9786051883151</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Görsel Algımı ve Dikkatimi Geliştiriyorum</t>
+          <t>Okumak İnsanı Mutlu Eder (Ciltli)</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786051885568</t>
+          <t>9786051884066</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Sayıları Say Topla Çıkar - Matematik Çok Kolay</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>190</v>
+        <v>14</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789759995843</t>
+          <t>9786051883304</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Ayı Nerede? (Ciltli)</t>
+          <t>Ada ile Betüş İspanya'da - Gezgin Ada Yolda 1</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>270</v>
+        <v>72</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786051885056</t>
+          <t>9786051885384</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>STEM İle Çılgın Bir Mühendislik Macerası</t>
+          <t>Merak Ediyorum da - Bilim İnsanları Neler Yaparlar? (Ciltli)</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786051884738</t>
+          <t>9789759999667</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Dev Civciv (Ciltli)</t>
+          <t>Gülücük Boyama</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786051884875</t>
+          <t>9786051883724</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Çocuk Gelişim Etkinlikleri</t>
+          <t>Ada Amsterdam'ı Geziyor - Gezgin Ada Yolda 2</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>150</v>
+        <v>72</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786051884271</t>
+          <t>9786051883656</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Çizgi Çalışmaları - Sayılarla İlgili Aktiviteler</t>
+          <t>Uçuyoruz Ama Nasıl?</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786051887753</t>
+          <t>9786051883090</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Satranç Kulübü 2: Omuz Omuza</t>
+          <t>Korku Gecesi - Zehirli Elma Serisi 2</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786051887746</t>
+          <t>9786051882628</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Safiye’nin Savaşı</t>
+          <t>Kutu Değil (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>305</v>
+        <v>270</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786051887630</t>
+          <t>9786051884899</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Yavru Adında Bir Sokak Köpeği</t>
+          <t>Akıllı Çocuk Gelişim Etkinlikleri</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>305</v>
+        <v>150</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786051881058</t>
+          <t>9786051884882</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Akademi</t>
+          <t>Akıllı Çocuk Gelişim Etkinlikleri</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789759995966</t>
+          <t>9786051884905</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Yeraltına Düşen Çocuk</t>
+          <t>Akıllı Çocuk Gelişim Etkinlikleri</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789759993412</t>
+          <t>9786051884509</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Yunus</t>
+          <t>Neşeli Boyama</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789759996680</t>
+          <t>9786051884523</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Şaka Makinesi Efe Bacaksız 2. Kitap : Tutmayın Beni (Ciltli)</t>
+          <t>Sevimli Boyama</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789759995478</t>
+          <t>9786051883823</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart 7 - Kayıp Panda</t>
+          <t>Yıldızlı Boyama</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789759995362</t>
+          <t>9786051884516</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart 6 - Fildişi Avcıları</t>
+          <t>Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789759994594</t>
+          <t>9786051884233</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart 5 - Kutsal Tapınağın Gizemi</t>
+          <t>Neşeli Etkinlikler - Eğitici Öğretici</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789759994464</t>
+          <t>9786051884240</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart 4 - Kayıp Mücevherler</t>
+          <t>Neşeli Sayılar - Eğitici Öğretici</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789759994389</t>
+          <t>9786051884295</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart 3. Kitap: Mona Lisa’nın Sırrı</t>
+          <t>Çıkartmalı Çizgi Çalışmaları - Renkler ve Şekillerle İlgili Aktiviteler</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789759996604</t>
+          <t>9786051884257</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart 11- Samuray Kılıcı Hırsızlığı</t>
+          <t>Neşeli Harfler - Eğitici Öğretici</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789759996130</t>
+          <t>9786051883632</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart 10 - Aztek Altınları Nerede?</t>
+          <t>Eğlenceli Bilmeceler 2</t>
         </is>
       </c>
       <c r="C881" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789759993832</t>
+          <t>9789759999841</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart - Korkunç Dinozorun Kaçışı</t>
+          <t>Pamuk Prenses ve Yedi Cüceler (Ciltli)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789756580585</t>
+          <t>9789759999162</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Sadako ve Kağıttan Bin Turna Kuşu</t>
+          <t>Dinozor Dodo İle İlk Kelimelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789759999353</t>
+          <t>9789759995607</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Thomas Alva Edison</t>
+          <t>Dikkat ve Görsel Algı 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789759996253</t>
+          <t>9786051885551</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 5</t>
+          <t>Görsel Algımı ve Dikkatimi Geliştiriyorum</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789759996079</t>
+          <t>9786051885568</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 4</t>
+          <t>Sayıları Say Topla Çıkar - Matematik Çok Kolay</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789759995867</t>
+          <t>9789759995843</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 3</t>
+          <t>Ayı Nerede? (Ciltli)</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789759995829</t>
+          <t>9786051885056</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 2</t>
+          <t>STEM İle Çılgın Bir Mühendislik Macerası</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789759996550</t>
+          <t>9786051884738</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 6</t>
+          <t>Dev Civciv (Ciltli)</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789759994167</t>
+          <t>9786051884875</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 1</t>
+          <t>Akıllı Çocuk Gelişim Etkinlikleri</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789759994136</t>
+          <t>9786051884271</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart  2. Kitap: Batık Hazinenin Peşinde</t>
+          <t>Çıkartmalı Çizgi Çalışmaları - Sayılarla İlgili Aktiviteler</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786051887609</t>
+          <t>9786051887753</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Hayal Et Çocuk</t>
+          <t>Satranç Kulübü 2: Omuz Omuza</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786051887494</t>
+          <t>9786051887746</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Singapur Matematiği ve Zeka Oyunları 5. Sınıflar İçin</t>
+          <t>Safiye’nin Savaşı</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>265</v>
+        <v>305</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786051886770</t>
+          <t>9786051887630</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Adalet İstiyorum</t>
+          <t>Yavru Adında Bir Sokak Köpeği</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786051886381</t>
+          <t>9786051881058</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Azimli Küçük Kelebek (Ciltli)</t>
+          <t>Akademi</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786051883670</t>
+          <t>9789759995966</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştiren Sudoku 1</t>
+          <t>Yeraltına Düşen Çocuk</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786051883601</t>
+          <t>9789759993412</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Öbür Dünyadan Gelen Çocuk - Korku Kulübü 17</t>
+          <t>Tutsak Yunus</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789759996956</t>
+          <t>9789759996680</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Maceracılar Aranıyor 1 - Slathbog’un Hazinesi</t>
+          <t>Şaka Makinesi Efe Bacaksız 2. Kitap : Tutmayın Beni (Ciltli)</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789759996949</t>
+          <t>9789759995478</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Savaşçıları 1 - Dışlanmışlar</t>
+          <t>Süper Ajan Jack Stalwart 7 - Kayıp Panda</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789759994532</t>
+          <t>9789759995362</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 2 - Yanan Köprü</t>
+          <t>Süper Ajan Jack Stalwart 6 - Fildişi Avcıları</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789759993511</t>
+          <t>9789759994594</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Okulda - Galaksi Hanım’ın Uzay Dersleri</t>
+          <t>Süper Ajan Jack Stalwart 5 - Kutsal Tapınağın Gizemi</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786051880020</t>
+          <t>9789759994464</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 38</t>
+          <t>Süper Ajan Jack Stalwart 4 - Kayıp Mücevherler</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786051881805</t>
+          <t>9789759994389</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulubü: Korku Şatosu</t>
+          <t>Süper Ajan Jack Stalwart 3. Kitap: Mona Lisa’nın Sırrı</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786051881560</t>
+          <t>9789759996604</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi - Üç Boyutlu Masallar (Ciltli)</t>
+          <t>Süper Ajan Jack Stalwart 11- Samuray Kılıcı Hırsızlığı</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786051882840</t>
+          <t>9789759996130</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Tavşanı (Ciltli)</t>
+          <t>Süper Ajan Jack Stalwart 10 - Aztek Altınları Nerede?</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786051881454</t>
+          <t>9789759993832</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Çöplük Kralı</t>
+          <t>Süper Ajan Jack Stalwart - Korkunç Dinozorun Kaçışı</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>305</v>
+        <v>130</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789759999803</t>
+          <t>9789756580585</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları (Ciltli)</t>
+          <t>Sadako ve Kağıttan Bin Turna Kuşu</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789759999421</t>
+          <t>9789759999353</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20.000 Fersah (Ciltli)</t>
+          <t>Thomas Alva Edison</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789759998318</t>
+          <t>9789759996253</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Jaguar Taşları 4 / Kayıp Şehir</t>
+          <t>Korku Kulübü 5</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786051886091</t>
+          <t>9789759996079</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>İlmek İlmek Hayaller</t>
+          <t>Korku Kulübü 4</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786051885346</t>
+          <t>9789759995867</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Yeni Evinde (Ciltli)</t>
+          <t>Korku Kulübü 3</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786051885513</t>
+          <t>9789759995829</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıflar İçin Singapur Matematiği ve Zeka Oyunları</t>
+          <t>Korku Kulübü 2</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789759996314</t>
+          <t>9789759996550</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Jaguar Taşları - 2: Dünyanın Sonu</t>
+          <t>Korku Kulübü 6</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789759995584</t>
+          <t>9789759994167</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Jaguar Taşları - 1: Orta Dünya</t>
+          <t>Korku Kulübü 1</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786051884677</t>
+          <t>9789759994136</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Arıların Zamanı</t>
+          <t>Süper Ajan Jack Stalwart  2. Kitap: Batık Hazinenin Peşinde</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786051883861</t>
+          <t>9786051887609</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Bu Vücut Benim! Ben Ne Dersem O Olur!</t>
+          <t>Hayal Et Çocuk</t>
         </is>
       </c>
       <c r="C916" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786051884813</t>
+          <t>9786051887494</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Açılın! Ben Anneyim</t>
+          <t>Singapur Matematiği ve Zeka Oyunları 5. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>320</v>
+        <v>265</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786051884189</t>
+          <t>9786051886770</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Hopi - Küçük Cesur Tavşan (Organik Kitap) (Ciltli)</t>
+          <t>Adalet İstiyorum</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789759996468</t>
+          <t>9786051886381</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 9 - Zehirli Ok</t>
+          <t>Azimli Küçük Kelebek (Ciltli)</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789759995904</t>
+          <t>9786051883670</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 8 - Clonmel’in Kralları</t>
+          <t>Zeka Geliştiren Sudoku 1</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789759994556</t>
+          <t>9786051883601</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 3 - Buzlar Ülkesi</t>
+          <t>Öbür Dünyadan Gelen Çocuk - Korku Kulübü 17</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789759996727</t>
+          <t>9789759996956</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 10 - Nihon - Ja İmparatoru</t>
+          <t>Maceracılar Aranıyor 1 - Slathbog’un Hazinesi</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789759993849</t>
+          <t>9789759996949</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 1 - Gorlan Harabeleri</t>
+          <t>Kardeşlik Savaşçıları 1 - Dışlanmışlar</t>
         </is>
       </c>
       <c r="C923" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789759994563</t>
+          <t>9789759994532</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Göl Macerası</t>
+          <t>Gölgelerin Efendisi 2 - Yanan Köprü</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789759995317</t>
+          <t>9789759993511</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Beacon Caddesi Kızları 9. Kitap - Şans Kapıyı Çalınca</t>
+          <t>Afacanlar Okulda - Galaksi Hanım’ın Uzay Dersleri</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789759995256</t>
+          <t>9786051880020</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Beacon Caddesi Kızları 8 - Kayıp Aranıyor</t>
+          <t>Canavar Peşinde 38</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789759995898</t>
+          <t>9786051881805</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Beacon Caddesi Kızları 10. Kitap - Şaka Yapıyorum</t>
+          <t>Korku Kulubü: Korku Şatosu</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789759995096</t>
+          <t>9786051881560</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Beacon Caddesi Kızları - Parti Heyecanı</t>
+          <t>Çizmeli Kedi - Üç Boyutlu Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789759996772</t>
+          <t>9786051882840</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Avantia Günlükleri 3. Kitap - Savaş Çağrısı</t>
+          <t>Kütüphane Tavşanı (Ciltli)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789759996222</t>
+          <t>9786051881454</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Avantia Günlükleri 1. Kitap - İlk Kahraman</t>
+          <t>Çöplük Kralı</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>165</v>
+        <v>305</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789759996499</t>
+          <t>9789759999803</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Avantia Günlükleri - Kötülüğün Peşinde</t>
+          <t>Bremen Mızıkacıları (Ciltli)</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789759993856</t>
+          <t>9789759999421</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hanım’ın Çöl Dersleri - Afacanlar Okulda</t>
+          <t>Denizler Altında 20.000 Fersah (Ciltli)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789759993689</t>
+          <t>9789759998318</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Okulda Kanka Bey’in İnsan Vücudu Dersleri</t>
+          <t>Jaguar Taşları 4 / Kayıp Şehir</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789759994471</t>
+          <t>9786051886091</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>İyi Olan Kazansın</t>
+          <t>İlmek İlmek Hayaller</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786051887593</t>
+          <t>9786051885346</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Yıkama Rehberi (Ciltli)</t>
+          <t>Yeşilin Kızı Anne Yeni Evinde (Ciltli)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786051887500</t>
+          <t>9786051885513</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Ayabakan Çiçeği</t>
+          <t>2. Sınıflar İçin Singapur Matematiği ve Zeka Oyunları</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789759994426</t>
+          <t>9789759996314</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nefes Alsın!</t>
+          <t>Jaguar Taşları - 2: Dünyanın Sonu</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786051887562</t>
+          <t>9789759995584</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Çantamın Tuhaf Hikayesi</t>
+          <t>Jaguar Taşları - 1: Orta Dünya</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786051886862</t>
+          <t>9786051884677</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Archie - Fillerle Konuşan Çocuk</t>
+          <t>Arıların Zamanı</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786051883960</t>
+          <t>9786051883861</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Zürafa Mektup Yazıyor (Ciltsiz)</t>
+          <t>Bu Vücut Benim! Ben Ne Dersem O Olur!</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>145</v>
+        <v>265</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786051887517</t>
+          <t>9786051884813</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Prens Momo ve Kelimeler</t>
+          <t>Açılın! Ben Anneyim</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786051887548</t>
+          <t>9786051884189</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Malikane</t>
+          <t>Hopi - Küçük Cesur Tavşan (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786051887180</t>
+          <t>9789759996468</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Çay Partisi Veriyor (Ciltli)</t>
+          <t>Gölgelerin Efendisi 9 - Zehirli Ok</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786051887395</t>
+          <t>9789759995904</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Annem Misin?</t>
+          <t>Gölgelerin Efendisi 8 - Clonmel’in Kralları</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786051887470</t>
+          <t>9789759994556</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Timsah Kucaklama Rehberi</t>
+          <t>Gölgelerin Efendisi 3 - Buzlar Ülkesi</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786051886886</t>
+          <t>9789759996727</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kan 4 - Son Savaş - Canavar Peşinde</t>
+          <t>Gölgelerin Efendisi 10 - Nihon - Ja İmparatoru</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786051882772</t>
+          <t>9789759993849</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Müzik Dersleri</t>
+          <t>Gölgelerin Efendisi 1 - Gorlan Harabeleri</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786051886619</t>
+          <t>9789759994563</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Beneklerini Kaybeden Dalmaçyalı</t>
+          <t>Göl Macerası</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789759997205</t>
+          <t>9789759995317</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Süper Kötüler</t>
+          <t>Beacon Caddesi Kızları 9. Kitap - Şans Kapıyı Çalınca</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786051880273</t>
+          <t>9789759995256</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 8 - Dünyanın Sonu mu Geldi?</t>
+          <t>Beacon Caddesi Kızları 8 - Kayıp Aranıyor</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786051880167</t>
+          <t>9789759995898</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 7 Beyin Gücü Turnuvası</t>
+          <t>Beacon Caddesi Kızları 10. Kitap - Şaka Yapıyorum</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789759998004</t>
+          <t>9789759995096</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 2 Anne Ejderhanın İntikamı</t>
+          <t>Beacon Caddesi Kızları - Parti Heyecanı</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786051881348</t>
+          <t>9789759996772</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 19 Esrarengiz Dev</t>
+          <t>Avantia Günlükleri 3. Kitap - Savaş Çağrısı</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786051881331</t>
+          <t>9789759996222</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 18 Asla Bir Trole Güvenme</t>
+          <t>Avantia Günlükleri 1. Kitap - İlk Kahraman</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786051881157</t>
+          <t>9789759996499</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 16 Dünyanın En Yaşlı Ejderhası</t>
+          <t>Avantia Günlükleri - Kötülüğün Peşinde</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786051881119</t>
+          <t>9789759993856</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 15 Çifte Ejderha Sorunu</t>
+          <t>Ateş Hanım’ın Çöl Dersleri - Afacanlar Okulda</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786051880464</t>
+          <t>9789759993689</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 10 Eyvah! Eao’da Aileler Günü!</t>
+          <t>Afacanlar Okulda Kanka Bey’in İnsan Vücudu Dersleri</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789759997977</t>
+          <t>9789759994471</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 1 Okulda İlk Gün Sürprizi</t>
+          <t>İyi Olan Kazansın</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789759995331</t>
+          <t>9786051887593</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 6</t>
+          <t>Zürafa Yıkama Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789759996291</t>
+          <t>9786051887500</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 15</t>
+          <t>Ayabakan Çiçeği</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789759996147</t>
+          <t>9789759994426</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 14</t>
+          <t>Dünya Nefes Alsın!</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789759995645</t>
+          <t>9786051887562</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 9</t>
+          <t>Çantamın Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789759995492</t>
+          <t>9786051886862</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 8</t>
+          <t>Archie - Fillerle Konuşan Çocuk</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789759995379</t>
+          <t>9786051883960</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 7</t>
+          <t>Canı Sıkılan Zürafa Mektup Yazıyor (Ciltsiz)</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789759995126</t>
+          <t>9786051887517</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 5</t>
+          <t>Prens Momo ve Kelimeler</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789759995102</t>
+          <t>9786051887548</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 3</t>
+          <t>Gizemli Malikane</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789759995676</t>
+          <t>9786051887180</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 12</t>
+          <t>Yeşilin Kızı Anne Çay Partisi Veriyor (Ciltli)</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789759995669</t>
+          <t>9786051887395</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 11</t>
+          <t>Sen Benim Annem Misin?</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789759995652</t>
+          <t>9786051887470</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 10</t>
+          <t>Timsah Kucaklama Rehberi</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789759994853</t>
+          <t>9786051886886</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 1</t>
+          <t>Yeni Kan 4 - Son Savaş - Canavar Peşinde</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789759996475</t>
+          <t>9786051882772</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 17</t>
+          <t>Müzik Dersleri</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789759996536</t>
+          <t>9786051886619</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 18</t>
+          <t>Beneklerini Kaybeden Dalmaçyalı</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789759993436</t>
+          <t>9789759997205</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Bonobolara Yardım</t>
+          <t>Süper Kötüler</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789759995621</t>
+          <t>9786051880273</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu 6 - Haydi Yarışmaya</t>
+          <t>Ejderha Avcıları Okulu 8 - Dünyanın Sonu mu Geldi?</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789759995164</t>
+          <t>9786051880167</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu 5 - Gizemli Tablo</t>
+          <t>Ejderha Avcıları Okulu 7 Beyin Gücü Turnuvası</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789759994877</t>
+          <t>9789759998004</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu 4 - Karne Sürprizi</t>
+          <t>Ejderha Avcıları Okulu 2 Anne Ejderhanın İntikamı</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789759994501</t>
+          <t>9786051881348</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu 3 - İlk Gösteri İlk Heyecan</t>
+          <t>Ejderha Avcıları Okulu 19 Esrarengiz Dev</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789759994372</t>
+          <t>9786051881331</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu 2 - Yeni Bir Yıldız</t>
+          <t>Ejderha Avcıları Okulu 18 Asla Bir Trole Güvenme</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789759994204</t>
+          <t>9786051881157</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu - Benim Güzel Pabuçlarım</t>
+          <t>Ejderha Avcıları Okulu 16 Dünyanın En Yaşlı Ejderhası</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789759999308</t>
+          <t>9786051881119</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein</t>
+          <t>Ejderha Avcıları Okulu 15 Çifte Ejderha Sorunu</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789759995119</t>
+          <t>9786051880464</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 4</t>
+          <t>Ejderha Avcıları Okulu 10 Eyvah! Eao’da Aileler Günü!</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786051882871</t>
+          <t>9789759997977</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Neptün Akademisi'nde Ders Başlıyor - Deniz Kızı Maceraları 1.Kitap</t>
+          <t>Ejderha Avcıları Okulu 1 Okulda İlk Gün Sürprizi</t>
         </is>
       </c>
       <c r="C982" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786051883106</t>
+          <t>9789759995331</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilmeceler</t>
+          <t>Canavar Peşinde 6</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786051882277</t>
+          <t>9789759996291</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Mine Peri Balerin- 1 - Yeni Kız</t>
+          <t>Canavar Peşinde 15</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789759999131</t>
+          <t>9789759996147</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Hansel ve Gretel</t>
+          <t>Canavar Peşinde 14</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789759999025</t>
+          <t>9789759995645</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Canavar Peşinde 9</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789759999001</t>
+          <t>9789759995492</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi</t>
+          <t>Canavar Peşinde 8</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786051881379</t>
+          <t>9789759995379</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 20 - Yaşasın! Okul Bitti</t>
+          <t>Canavar Peşinde 7</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789759997656</t>
+          <t>9789759995126</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Oteli 4. Kitap: Gösteri Başlıyor</t>
+          <t>Canavar Peşinde 5</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786051884325</t>
+          <t>9789759995102</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Denizatı Yıldızları - İlk İnci</t>
+          <t>Canavar Peşinde 3</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786051885476</t>
+          <t>9789759995676</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş</t>
+          <t>Canavar Peşinde 12</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786051887487</t>
+          <t>9789759995669</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Şifrelerin Peşinde Mavi Yolculuk - Matematik Romanı 3</t>
+          <t>Canavar Peşinde 11</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>255</v>
+        <v>120</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786051887456</t>
+          <t>9789759995652</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğe Yol Açın (Organik Kitap)</t>
+          <t>Canavar Peşinde 10</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786051887463</t>
+          <t>9789759994853</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Fil Besleme Rehberi (Organik Kitap) (Ciltli)</t>
+          <t>Canavar Peşinde 1</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786051887333</t>
+          <t>9789759996475</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Yağdırmaktan Korkan Bulut</t>
+          <t>Canavar Peşinde 17</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786051883281</t>
+          <t>9789759996536</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgi Masalı (Ciltli)</t>
+          <t>Canavar Peşinde 18</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786051883700</t>
+          <t>9789759993436</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Sopa ile Taş (Ciltli)</t>
+          <t>Bonobolara Yardım</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786051882666</t>
+          <t>9789759995621</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ağaç (Organik Kitap) (Ciltli)</t>
+          <t>Bale Okulu 6 - Haydi Yarışmaya</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786051887432</t>
+          <t>9789759995164</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri: Tom Sawyer’ın Maceraları (Ciltli)</t>
+          <t>Bale Okulu 5 - Gizemli Tablo</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786051887388</t>
+          <t>9789759994877</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri: Seksen Günde Devrialem (Ciltli)</t>
+          <t>Bale Okulu 4 - Karne Sürprizi</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786051887449</t>
+          <t>9789759994501</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri: Pinokyo (Ciltli)</t>
+          <t>Bale Okulu 3 - İlk Gösteri İlk Heyecan</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786051887418</t>
+          <t>9789759994372</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri: Peter Pan (Ciltli)</t>
+          <t>Bale Okulu 2 - Yeni Bir Yıldız</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786051887425</t>
+          <t>9789759994204</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri: Oz Büyücüsü (Ciltli)</t>
+          <t>Bale Okulu - Benim Güzel Pabuçlarım</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786051887371</t>
+          <t>9789759999308</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri: Heidi (Ciltli)</t>
+          <t>Albert Einstein</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786051887401</t>
+          <t>9789759995119</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri: Dünyanın Merkezine Yolculuk (Ciltli)</t>
+          <t>Canavar Peşinde 4</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786051887364</t>
+          <t>9786051882871</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri: Alice Harikalar Diyarında (Ciltli)</t>
+          <t>Neptün Akademisi'nde Ders Başlıyor - Deniz Kızı Maceraları 1.Kitap</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786051885667</t>
+          <t>9786051883106</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Bay Kaplan, Betsy ve Mavi Ay</t>
+          <t>Eğlenceli Bilmeceler</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786051887326</t>
+          <t>9786051882277</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Gezenti Çocuklar</t>
+          <t>Mine Peri Balerin- 1 - Yeni Kız</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786051887340</t>
+          <t>9789759999131</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Tilki</t>
+          <t>Hansel ve Gretel</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>190</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786051883199</t>
+          <t>9789759999025</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Uyumaya Nasıl Gider? (Organik Kitap) (Ciltli)</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>290</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786051887197</t>
+          <t>9789759999001</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Arkasında Ne Var? (Organik Kitap) (Ciltli)</t>
+          <t>Külkedisi</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786051887302</t>
+          <t>9786051881379</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 17 - Arazan’ın Kurtları</t>
+          <t>Ejderha Avcıları Okulu 20 - Yaşasın! Okul Bitti</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786051886992</t>
+          <t>9789759997656</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Savaşçıları 9 - Amansız Takip</t>
+          <t>Sevimli Dostlar Oteli 4. Kitap: Gösteri Başlıyor</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786051881386</t>
+          <t>9786051884325</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Küçük Gece Kedisi (Ciltli)</t>
+          <t>Denizatı Yıldızları - İlk İnci</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789759995744</t>
+          <t>9786051885476</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıflar İçin Singapur Matematiği ve Zeka Oyunları</t>
+          <t>Eve Dönüş</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>265</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789759995171</t>
+          <t>9786051887487</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Buzullar Eriyor!</t>
+          <t>Şifrelerin Peşinde Mavi Yolculuk - Matematik Romanı 3</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786051887241</t>
+          <t>9786051887456</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Saklı Orman</t>
+          <t>Kelebeğe Yol Açın (Organik Kitap)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>305</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786051886336</t>
+          <t>9786051887463</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Bisikletle Dolaşan Çocuk 3. Kitap - Asya’dan Eve Yolculuk</t>
+          <t>Fil Besleme Rehberi (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786051884127</t>
+          <t>9786051887333</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Artık Korkmuyorum</t>
+          <t>Yağmur Yağdırmaktan Korkan Bulut</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>230</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786051882895</t>
+          <t>9786051883281</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Balinalarla Yüzme Keyfi - Deniz Kızı Maceraları 3.Kitap</t>
+          <t>Bir Sevgi Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786051886923</t>
+          <t>9786051883700</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Süper Yıldızları - Van Dijk</t>
+          <t>Sopa ile Taş (Ciltli)</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>155</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786051886428</t>
+          <t>9786051882666</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Senin Her Şeyini Çok Seviyorum</t>
+          <t>Küçük Ağaç (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786051886480</t>
+          <t>9786051887432</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular, Tatlı Rüyalar</t>
+          <t>Çocuk Klasikleri: Tom Sawyer’ın Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786051887258</t>
+          <t>9786051887388</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kelebek (Ciltli)</t>
+          <t>Çocuk Klasikleri: Seksen Günde Devrialem (Ciltli)</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786051887272</t>
+          <t>9786051887449</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Bilmeyen Ejderha (Ciltli)</t>
+          <t>Çocuk Klasikleri: Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786051887289</t>
+          <t>9786051887418</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Ayılar Kitap Okumaz</t>
+          <t>Çocuk Klasikleri: Peter Pan (Ciltli)</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786051887166</t>
+          <t>9786051887425</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Kitap Büyücüsü</t>
+          <t>Çocuk Klasikleri: Oz Büyücüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786051887029</t>
+          <t>9786051887371</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>T Oyunu</t>
+          <t>Çocuk Klasikleri: Heidi (Ciltli)</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786051882758</t>
+          <t>9786051887401</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sürpriz</t>
+          <t>Çocuk Klasikleri: Dünyanın Merkezine Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786051887036</t>
+          <t>9786051887364</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Resfebe ile Hayal Bilgisi</t>
+          <t>Çocuk Klasikleri: Alice Harikalar Diyarında (Ciltli)</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786051885582</t>
+          <t>9786051885667</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dev</t>
+          <t>Bay Kaplan, Betsy ve Mavi Ay</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786051887104</t>
+          <t>9786051887326</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Hugo ve İmkânsız Şey (Ciltli)</t>
+          <t>Gezenti Çocuklar</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786051887098</t>
+          <t>9786051887340</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Uykum Nereye Kaçtı?</t>
+          <t>Beyaz Tilki</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786051885872</t>
+          <t>9786051883199</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Uçuş Okulu</t>
+          <t>Dinozorlar Uyumaya Nasıl Gider? (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786051887012</t>
+          <t>9786051887197</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Amanda Black - Tehlikeli Miras</t>
+          <t>Duvarın Arkasında Ne Var? (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786051886787</t>
+          <t>9786051887302</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Yunus Çocuğun Şarkısı</t>
+          <t>Gölgelerin Efendisi 17 - Arazan’ın Kurtları</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786051887173</t>
+          <t>9786051886992</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Susuzluk</t>
+          <t>Kardeşlik Savaşçıları 9 - Amansız Takip</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>255</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786051887135</t>
+          <t>9786051881386</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Okyanusu Kürekle Geçen Kız</t>
+          <t>Küçük Gece Kedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>305</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786051887159</t>
+          <t>9789759995744</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Zemarkhos'un Sandığı 2 - Kız Kulesi'ndeki Gizem</t>
+          <t>4. Sınıflar İçin Singapur Matematiği ve Zeka Oyunları</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>195</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786051886954</t>
+          <t>9789759995171</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Şans Tozu</t>
+          <t>Buzullar Eriyor!</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786051886718</t>
+          <t>9786051887241</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Hurdalık Harikaları</t>
+          <t>Saklı Orman</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>145</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789759997724</t>
+          <t>9786051886336</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Süper Kötüler 4-Koş Beter Koş!</t>
+          <t>Dünyayı Bisikletle Dolaşan Çocuk 3. Kitap - Asya’dan Eve Yolculuk</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786051885186</t>
+          <t>9786051884127</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Yazılım Mühendisliği Stem Meslekleri</t>
+          <t>Artık Korkmuyorum</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786051887142</t>
+          <t>9786051882895</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum Seti - 16 Kitap</t>
+          <t>Balinalarla Yüzme Keyfi - Deniz Kızı Maceraları 3.Kitap</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>2035</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786051885193</t>
+          <t>9786051886923</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Meteoroloji Uzmanlığı Stem Meslekleri</t>
+          <t>Futbolun Süper Yıldızları - Van Dijk</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>140</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786051885209</t>
+          <t>9786051886428</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Makine Mühendisliği Stem Meslekleri</t>
+          <t>Senin Her Şeyini Çok Seviyorum</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786051885216</t>
+          <t>9786051886480</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Kimyagerlik Stem Meslekleri</t>
+          <t>İyi Uykular, Tatlı Rüyalar</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786051885285</t>
+          <t>9786051887258</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Jeologluk Stem Meslekleri</t>
+          <t>İyi Geceler Kelebek (Ciltli)</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786051885223</t>
+          <t>9786051887272</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - İnşaat Mühendisliği Stem Meslekleri</t>
+          <t>Paylaşmayı Bilmeyen Ejderha (Ciltli)</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786051885339</t>
+          <t>9786051887289</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - İklim Bilimcilik Stem Meslekleri</t>
+          <t>Ayılar Kitap Okumaz</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786051885278</t>
+          <t>9786051887166</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Gıda Bilimcilik Stem Meslekleri</t>
+          <t>Kitap Büyücüsü</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786051885230</t>
+          <t>9786051887029</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Fizikçilik Stem Meslekleri</t>
+          <t>T Oyunu</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>140</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786051885292</t>
+          <t>9786051882758</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Elektrik Mühendisliği Stem Meslekleri</t>
+          <t>Büyük Sürpriz</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786051885247</t>
+          <t>9786051887036</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Çevre Mühendisliği Stem Meslekleri</t>
+          <t>Resfebe ile Hayal Bilgisi</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786051885308</t>
+          <t>9786051885582</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Çevre Bilimcilik Stem Meslekleri</t>
+          <t>Küçük Dev</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786051885254</t>
+          <t>9786051887104</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Botanikçilik Stem Meslekleri</t>
+          <t>Hugo ve İmkânsız Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786051885315</t>
+          <t>9786051887098</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Biyologluk Stem Meslekleri</t>
+          <t>Uykum Nereye Kaçtı?</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786051885322</t>
+          <t>9786051885872</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Bilgisayar Programcılığı Stem Meslekleri</t>
+          <t>Uçuş Okulu</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786051885261</t>
+          <t>9786051887012</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum - Astronomluk Stem Meslekleri</t>
+          <t>Amanda Black - Tehlikeli Miras</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786051887081</t>
+          <t>9786051886787</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Maymun Ormanı’nda Bir Gece</t>
+          <t>Yunus Çocuğun Şarkısı</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786051887074</t>
+          <t>9786051887173</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Küçük Trenin Büyük Yolculuğu (Ciltli)</t>
+          <t>Susuzluk</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786051887067</t>
+          <t>9786051887135</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Penguenler Uçamaz! (Ciltli)</t>
+          <t>Okyanusu Kürekle Geçen Kız</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>270</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786051887050</t>
+          <t>9786051887159</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Brrr! Dinozorlar Örgü Örmez (Ciltli)</t>
+          <t>Zemarkhos'un Sandığı 2 - Kız Kulesi'ndeki Gizem</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786051882307</t>
+          <t>9786051886954</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Kaplancık (Ciltli)</t>
+          <t>Şans Tozu</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786051886916</t>
+          <t>9786051886718</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Süper Yıldızları- Neymar Gerçekler, Hikayeler,İstatistikler</t>
+          <t>Hurdalık Harikaları</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786051886831</t>
+          <t>9789759997724</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 66</t>
+          <t>Süper Kötüler 4-Koş Beter Koş!</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786051882031</t>
+          <t>9786051885186</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Küçük Karamel - Okumayı Seviyorum Dizisi</t>
+          <t>Meslekleri Öğreniyorum - Yazılım Mühendisliği Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786051886947</t>
+          <t>9786051887142</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Zemarkhos’un Sandığı 1</t>
+          <t>Meslekleri Öğreniyorum Seti - 16 Kitap</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>195</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789759999438</t>
+          <t>9786051885193</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum: 80 Günde Dünya Turu (Ciltli)</t>
+          <t>Meslekleri Öğreniyorum - Meteoroloji Uzmanlığı Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786051886909</t>
+          <t>9786051885209</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Süper Yıldızları- Salah Gerçekler, Hikayeler,İstatistikler</t>
+          <t>Meslekleri Öğreniyorum - Makine Mühendisliği Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>155</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789759995553</t>
+          <t>9786051885216</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum: İki Yıl Okul Tatili (Ciltli)</t>
+          <t>Meslekleri Öğreniyorum - Kimyagerlik Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786051886930</t>
+          <t>9786051885285</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum: Moby Dick (Ciltli)</t>
+          <t>Meslekleri Öğreniyorum - Jeologluk Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786051881027</t>
+          <t>9786051885223</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Süper Yıldızları- Haaland Gerçekler, Hikayeler, İstatistikler</t>
+          <t>Meslekleri Öğreniyorum - İnşaat Mühendisliği Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>155</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786051886893</t>
+          <t>9786051885339</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Süper Yıldızları - Mane</t>
+          <t>Meslekleri Öğreniyorum - İklim Bilimcilik Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>155</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789759999452</t>
+          <t>9786051885278</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Bilim Gezginleri Serisi 2 - Matematiğin Büyüsü</t>
+          <t>Meslekleri Öğreniyorum - Gıda Bilimcilik Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>255</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786051886879</t>
+          <t>9786051885230</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Sözcükler Kasabası</t>
+          <t>Meslekleri Öğreniyorum - Fizikçilik Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786051882789</t>
+          <t>9786051885292</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Okuma Kulübü - Okumayı Seviyorum Dizisi</t>
+          <t>Meslekleri Öğreniyorum - Elektrik Mühendisliği Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786051886602</t>
+          <t>9786051885247</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Çilli Begonya (Ciltli)</t>
+          <t>Meslekleri Öğreniyorum - Çevre Mühendisliği Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786051886626</t>
+          <t>9786051885308</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Tavşan Ay’a Mektup Götürüyor (Ciltli)</t>
+          <t>Meslekleri Öğreniyorum - Çevre Bilimcilik Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786051885940</t>
+          <t>9786051885254</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Saç İstemiyorum (Ciltli)</t>
+          <t>Meslekleri Öğreniyorum - Botanikçilik Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786051886817</t>
+          <t>9786051885315</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Lütfen Bana Kızma</t>
+          <t>Meslekleri Öğreniyorum - Biyologluk Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786051886824</t>
+          <t>9786051885322</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Dele Alli</t>
+          <t>Meslekleri Öğreniyorum - Bilgisayar Programcılığı Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786051886800</t>
+          <t>9786051885261</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakanlar İlk Sultan - Selçuk Bey</t>
+          <t>Meslekleri Öğreniyorum - Astronomluk Stem Meslekleri</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786051886794</t>
+          <t>9786051887081</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Tarihte İz Bırakanlar Devlet Kuran Bey Ertuğrul Gazi</t>
+          <t>Maymun Ormanı’nda Bir Gece</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786051886145</t>
+          <t>9786051887074</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Origami Katla, Eğlenceyi Yakala!</t>
+          <t>Küçük Trenin Büyük Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789759996482</t>
+          <t>9786051887067</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Neden Mi Zıplıyorum?</t>
+          <t>Penguenler Uçamaz! (Ciltli)</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786051880990</t>
+          <t>9786051887050</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Zeka Eğitim Seti 3. Kitap - 5 Yaş</t>
+          <t>Brrr! Dinozorlar Örgü Örmez (Ciltli)</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>305</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786051881089</t>
+          <t>9786051882307</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Zeka Eğitim Seti 2. Kitap - 5 Yaş</t>
+          <t>İyi Uykular Kaplancık (Ciltli)</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>305</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786051886763</t>
+          <t>9786051886916</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Haaland</t>
+          <t>Futbolun Süper Yıldızları- Neymar Gerçekler, Hikayeler,İstatistikler</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786051886732</t>
+          <t>9786051886831</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Son Hikaye Anlatıcısı</t>
+          <t>Canavar Peşinde 66</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>305</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789759996710</t>
+          <t>9786051882031</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Bir Gün</t>
+          <t>Küçük Karamel - Okumayı Seviyorum Dizisi</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786051886749</t>
+          <t>9786051886947</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım De Bruyne</t>
+          <t>Zemarkhos’un Sandığı 1</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786051886756</t>
+          <t>9789759999438</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Kule Günlükleri- 1 Kurtlarla Savaş</t>
+          <t>Klasikleri Okuyorum: 80 Günde Dünya Turu (Ciltli)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786051886213</t>
+          <t>9786051886909</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Futbolun Süper Yıldızları- Salah Gerçekler, Hikayeler,İstatistikler</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786051880983</t>
+          <t>9789759995553</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Klasikleri Okuyorum: İki Yıl Okul Tatili (Ciltli)</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786051886664</t>
+          <t>9786051886930</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Today I’m Going To… (Ciltli)</t>
+          <t>Klasikleri Okuyorum: Moby Dick (Ciltli)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786051881041</t>
+          <t>9786051881027</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Prens Momo</t>
+          <t>Futbolun Süper Yıldızları- Haaland Gerçekler, Hikayeler, İstatistikler</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786051885704</t>
+          <t>9786051886893</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Ayının Sırrı - Bir İki Üç Prensesler 10</t>
+          <t>Futbolun Süper Yıldızları - Mane</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786051885674</t>
+          <t>9789759999452</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Tekboynuzların Gösterisi - Bir İki Üç Prensesler 7</t>
+          <t>Bilim Gezginleri Serisi 2 - Matematiğin Büyüsü</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>110</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786051885681</t>
+          <t>9786051886879</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Bir, iki, üç… Prensesler - 8 Doğum Gününüz Kutlu Olsun Kraliçemiz!</t>
+          <t>Kibirli Sözcükler Kasabası</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786051885698</t>
+          <t>9786051882789</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Bir, iki, üç… Prensesler - 9 Deniz Kızını Kurtaralım</t>
+          <t>Okuma Kulübü - Okumayı Seviyorum Dizisi</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786051886572</t>
+          <t>9786051886602</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı Maceraları 5. Kitap Kayıp Prenses</t>
+          <t>Çilli Begonya (Ciltli)</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786051886565</t>
+          <t>9786051886626</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı Maceraları 4. Kitap Derinlerdeki Tehlike!</t>
+          <t>Utangaç Tavşan Ay’a Mektup Götürüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786051885926</t>
+          <t>9786051885940</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Prensesler 3 - Tomurcuk’un Balosu</t>
+          <t>Kıvırcık Saç İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789759998622</t>
+          <t>9786051886817</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Prensesler 2 - Işıltı’nın Koşusu</t>
+          <t>Anne Baba Lütfen Bana Kızma</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786051886541</t>
+          <t>9786051886824</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Kurucu Lider - Osman Bey</t>
+          <t>Benim Adım Dele Alli</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786051886534</t>
+          <t>9786051886800</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Hızlı Çocuğu</t>
+          <t>Tarihte İz Bırakanlar İlk Sultan - Selçuk Bey</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786051882291</t>
+          <t>9786051886794</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim -Vahşi Hayvanlar</t>
+          <t>Tarihte İz Bırakanlar Devlet Kuran Bey Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786051884561</t>
+          <t>9786051886145</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Taşıtlar</t>
+          <t>Adım Adım Origami Katla, Eğlenceyi Yakala!</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786051884806</t>
+          <t>9789759996482</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Şekiller</t>
+          <t>Neden Mi Zıplıyorum?</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789759997359</t>
+          <t>9786051880990</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Sebzeler</t>
+          <t>Dikkatli Zeka Eğitim Seti 3. Kitap - 5 Yaş</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>130</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786051885759</t>
+          <t>9786051881089</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Sayılar</t>
+          <t>Dikkatli Zeka Eğitim Seti 2. Kitap - 5 Yaş</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>130</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786051885742</t>
+          <t>9786051886763</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Oyuncaklar</t>
+          <t>Benim Adım Haaland</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786051885728</t>
+          <t>9786051886732</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Meyveler</t>
+          <t>Son Hikaye Anlatıcısı</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>130</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786051885735</t>
+          <t>9789759996710</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Meslekler</t>
+          <t>Güneşli Bir Gün</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786051883052</t>
+          <t>9786051886749</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - İngilizce Alfabe</t>
+          <t>Benim Adım De Bruyne</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786051880976</t>
+          <t>9786051886756</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Alfabe</t>
+          <t>Kule Günlükleri- 1 Kurtlarla Savaş</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786051881942</t>
+          <t>9786051886213</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Hayvanlar</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786051880969</t>
+          <t>9786051880983</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Eşyalar</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786051885766</t>
+          <t>9786051886664</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Benim Hakkımda</t>
+          <t>Today I’m Going To… (Ciltli)</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>130</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786051881218</t>
+          <t>9786051881041</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 17 - Ejder Ateşi Kampı</t>
+          <t>Prens Momo</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786051883496</t>
+          <t>9786051885704</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Zıtlıklar</t>
+          <t>Ayının Sırrı - Bir İki Üç Prensesler 10</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789759997946</t>
+          <t>9786051885674</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Anne Bunu Yiyebilir Miyim?</t>
+          <t>Tekboynuzların Gösterisi - Bir İki Üç Prensesler 7</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>330</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786051883922</t>
+          <t>9786051885681</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri - Beyaz Diş</t>
+          <t>Bir, iki, üç… Prensesler - 8 Doğum Gününüz Kutlu Olsun Kraliçemiz!</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786051886671</t>
+          <t>9786051885698</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldız Tamircisi (Ciltli)</t>
+          <t>Bir, iki, üç… Prensesler - 9 Deniz Kızını Kurtaralım</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786051886688</t>
+          <t>9786051886572</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Tadı Nasıl Acaba? (Ciltli)</t>
+          <t>Deniz Kızı Maceraları 5. Kitap Kayıp Prenses</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789759995881</t>
+          <t>9786051886565</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Satranç Kulübü</t>
+          <t>Deniz Kızı Maceraları 4. Kitap Derinlerdeki Tehlike!</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786051886695</t>
+          <t>9786051885926</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Matematik Seven Antipatik Komşu</t>
+          <t>Unicorn Prensesler 3 - Tomurcuk’un Balosu</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786051886633</t>
+          <t>9789759998622</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Monti ve Şanslı Hatalar Şapkası</t>
+          <t>Unicorn Prensesler 2 - Işıltı’nın Koşusu</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786051886596</t>
+          <t>9786051886541</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Singapur Matematiği ve Zeka Oyunları - 1. Sınıflar İçin</t>
+          <t>Kurucu Lider - Osman Bey</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786051886640</t>
+          <t>9786051886534</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Monti ve Çizgili Kalpler Defteri</t>
+          <t>Dünyanın En Hızlı Çocuğu</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786051886657</t>
+          <t>9786051882291</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Martıdan Mektup Var 2 - Denizdeki Gizli Tehlike</t>
+          <t>İlk Sözcüklerim -Vahşi Hayvanlar</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786051886527</t>
+          <t>9786051884561</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Define Adası (Ciltli)</t>
+          <t>İlk Sözcüklerim - Taşıtlar</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789759999612</t>
+          <t>9786051884806</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları (Ciltli)</t>
+          <t>İlk Sözcüklerim - Şekiller</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789759996970</t>
+          <t>9789759997359</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 65 - Krallığın Kaderi</t>
+          <t>İlk Sözcüklerim - Sebzeler</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786051883588</t>
+          <t>9786051885759</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Ejderhayı Sakın Uyandırma (Ciltli)</t>
+          <t>İlk Sözcüklerim - Sayılar</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786051881416</t>
+          <t>9786051885742</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Aydede (Ciltli)</t>
+          <t>İlk Sözcüklerim - Oyuncaklar</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786051885827</t>
+          <t>9786051885728</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Unicorn Prensesler 1 - Günışığı’nın Parıltısı</t>
+          <t>İlk Sözcüklerim - Meyveler</t>
         </is>
       </c>
       <c r="C1138" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786051883489</t>
+          <t>9786051885735</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Çocuk</t>
+          <t>İlk Sözcüklerim - Meslekler</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786051883991</t>
+          <t>9786051883052</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Tornado</t>
+          <t>İlk Sözcüklerim - İngilizce Alfabe</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786051886473</t>
+          <t>9786051880976</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Hakimi</t>
+          <t>İlk Sözcüklerim - Alfabe</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>255</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789759995737</t>
+          <t>9786051881942</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Gezegeni 1</t>
+          <t>İlk Sözcüklerim - Hayvanlar</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786051881256</t>
+          <t>9786051880969</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Gezegeni 2</t>
+          <t>İlk Sözcüklerim - Eşyalar</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789759995713</t>
+          <t>9786051885766</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Gezegeni 3</t>
+          <t>İlk Sözcüklerim - Benim Hakkımda</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786051886121</t>
+          <t>9786051881218</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 3 - Oyun, Zeka ve Eğlence: Kolay Orta Zor</t>
+          <t>Ejderha Avcıları Okulu 17 - Ejder Ateşi Kampı</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786051886114</t>
+          <t>9786051883496</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 2 - Oyun, Zeka ve Eğlence: Kolay Orta Zor</t>
+          <t>İlk Sözcüklerim - Zıtlıklar</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786051886107</t>
+          <t>9789759997946</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 1 - Oyun, Zeka ve Eğlence: Kolay Orta Zor</t>
+          <t>Anne Bunu Yiyebilir Miyim?</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786051886169</t>
+          <t>9786051883922</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Kim Kimdi? Serisi - Marie Curie</t>
+          <t>Dünya Çocuk Klasikleri - Beyaz Diş</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786051886176</t>
+          <t>9786051886671</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Kim Kimdi? Serisi - Stephen Hawking</t>
+          <t>Küçük Yıldız Tamircisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786051886459</t>
+          <t>9786051886688</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Lassie (Ciltli)</t>
+          <t>Ay'ın Tadı Nasıl Acaba? (Ciltli)</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789759995768</t>
+          <t>9789759995881</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Kaçış - Gölgelerin Efendisi 16</t>
+          <t>Satranç Kulübü</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786051886510</t>
+          <t>9786051886695</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Perileri 7 - Mor Peri Menekşe</t>
+          <t>Matematik Seven Antipatik Komşu</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786051886503</t>
+          <t>9786051886633</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Perileri 6 - Lacivert Peri Safir</t>
+          <t>Monti ve Şanslı Hatalar Şapkası</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789759999728</t>
+          <t>9786051886596</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Perileri 5 - Mavi Peri Firuze</t>
+          <t>Singapur Matematiği ve Zeka Oyunları - 1. Sınıflar İçin</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789759999759</t>
+          <t>9786051886640</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Perileri 4 - Yeşil Peri Zümrüt</t>
+          <t>Monti ve Çizgili Kalpler Defteri</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786051882437</t>
+          <t>9786051886657</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Perileri 3 - Sarı Peri Safran</t>
+          <t>Martıdan Mektup Var 2 - Denizdeki Gizli Tehlike</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786051886497</t>
+          <t>9786051886527</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Perileri 2 - Turuncu Peri Kehribar</t>
+          <t>Define Adası (Ciltli)</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786051882901</t>
+          <t>9789759999612</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Perileri 1 - Kırmızı Peri Yakut</t>
+          <t>Demiryolu Çocukları (Ciltli)</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786051886343</t>
+          <t>9789759996970</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar için 100 Zeka Oyunu</t>
+          <t>Canavar Peşinde 65 - Krallığın Kaderi</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786051886350</t>
+          <t>9786051883588</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin 100 Akıl Ve Mantık Oyunu</t>
+          <t>Ejderhayı Sakın Uyandırma (Ciltli)</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786051886367</t>
+          <t>9786051881416</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar İçin 100 Matematik Oyunu</t>
+          <t>İyi Geceler Aydede (Ciltli)</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786051886152</t>
+          <t>9786051885827</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Gizemi - Bilim Gezginleri Serisi 1</t>
+          <t>Unicorn Prensesler 1 - Günışığı’nın Parıltısı</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786051883748</t>
+          <t>9786051883489</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Okula Gidiyor</t>
+          <t>Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>155</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786051886268</t>
+          <t>9786051883991</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 64 - Krallığın Kaderi</t>
+          <t>Tornado</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786051886442</t>
+          <t>9786051886473</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı 12 - Pufi Yünyumağı'nın Gizemli Şarkısı</t>
+          <t>Göklerin Hakimi</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>130</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786051886435</t>
+          <t>9789759995737</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı 11 - Tarçın Zarifpati'nin Sırrı</t>
+          <t>Sudoku Gezegeni 1</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9780007284146</t>
+          <t>9786051881256</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>0-3 Yaş için Sessiz Kitaplar</t>
+          <t>Sudoku Gezegeni 2</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>530</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9781784550127</t>
+          <t>9789759995713</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuk Klasikleri Seti (5 Kitap Takım)</t>
+          <t>Sudoku Gezegeni 3</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>500</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9780451240200</t>
+          <t>9786051886121</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>12+ Yaş İçin Okuma Seti (4 Kitap Takım)</t>
+          <t>Sudoku 3 - Oyun, Zeka ve Eğlence: Kolay Orta Zor</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>1165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9781476711959</t>
+          <t>9786051886114</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>8+ Yaş İçin Okuma Seti (5 Kitap Takım)</t>
+          <t>Sudoku 2 - Oyun, Zeka ve Eğlence: Kolay Orta Zor</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>960</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786051886374</t>
+          <t>9786051886107</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kan 1 - Canavar Peşinde</t>
+          <t>Sudoku 1 - Oyun, Zeka ve Eğlence: Kolay Orta Zor</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786051886411</t>
+          <t>9786051886169</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kan 3 - Kayıp Mezar - Canavar Peşinde</t>
+          <t>Kim Kimdi? Serisi - Marie Curie</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786051886398</t>
+          <t>9786051886176</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kan 2 - Kara Büyücü - Canavar Peşinde</t>
+          <t>Kim Kimdi? Serisi - Stephen Hawking</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786051886251</t>
+          <t>9786051886459</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Masallardaki Gibi Bir Yer</t>
+          <t>Lassie (Ciltli)</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>305</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9789759997373</t>
+          <t>9789759995768</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Haydi Uykuya</t>
+          <t>Kaçış - Gölgelerin Efendisi 16</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786051884547</t>
+          <t>9786051886510</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Annemin Karnında Ne Var?</t>
+          <t>Gökkuşağı Perileri 7 - Mor Peri Menekşe</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786051881003</t>
+          <t>9786051886503</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Tostos Dedesini Özlüyor (Ciltli)</t>
+          <t>Gökkuşağı Perileri 6 - Lacivert Peri Safir</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786051883533</t>
+          <t>9789759999728</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Haydi Yum Gözlerini (Ciltli)</t>
+          <t>Gökkuşağı Perileri 5 - Mavi Peri Firuze</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786051884202</t>
+          <t>9789759999759</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Üç Pati</t>
+          <t>Gökkuşağı Perileri 4 - Yeşil Peri Zümrüt</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786051886046</t>
+          <t>9786051882437</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Gökkuşağı Perileri 3 - Sarı Peri Safran</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786051886053</t>
+          <t>9786051886497</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Gökkuşağı Perileri 2 - Turuncu Peri Kehribar</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786051886060</t>
+          <t>9786051882901</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Gökkuşağı Perileri 1 - Kırmızı Peri Yakut</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786051886138</t>
+          <t>9786051886343</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>İsmail'in Hikayesi</t>
+          <t>Meraklı Çocuklar için 100 Zeka Oyunu</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786051886039</t>
+          <t>9786051886350</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Meraklı Çocuklar İçin 100 Akıl Ve Mantık Oyunu</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786051884769</t>
+          <t>9786051886367</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Umudun Çocukları</t>
+          <t>Meraklı Çocuklar İçin 100 Matematik Oyunu</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>305</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786051886084</t>
+          <t>9786051886152</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Gerçek</t>
+          <t>Fiziğin Gizemi - Bilim Gezginleri Serisi 1</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>305</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786051885629</t>
+          <t>9786051883748</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanede Neler Oluyor?</t>
+          <t>Yeşilin Kızı Anne Okula Gidiyor</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>190</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786051885889</t>
+          <t>9786051886268</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>On Birinci Takas</t>
+          <t>Canavar Peşinde 64 - Krallığın Kaderi</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>305</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786051886022</t>
+          <t>9786051886442</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Şifrelerin Peşinde Göbeklitepe - Matematik Romanı 2</t>
+          <t>Dostluk Ormanı 12 - Pufi Yünyumağı'nın Gizemli Şarkısı</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>255</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786051886077</t>
+          <t>9786051886435</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Kambiri</t>
+          <t>Dostluk Ormanı 11 - Tarçın Zarifpati'nin Sırrı</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786051885919</t>
+          <t>9780007284146</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Zeka ve Mantık Gelişimi 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
+          <t>0-3 Yaş için Sessiz Kitaplar</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>165</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786051885902</t>
+          <t>9781784550127</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Renkler Şekiller 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
+          <t>Dünya Çocuk Klasikleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>165</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786051885896</t>
+          <t>9780451240200</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar ve İlişki Kurma 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
+          <t>12+ Yaş İçin Okuma Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>165</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786051880938</t>
+          <t>9781476711959</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Düşünme ve Hafıza Becerisi 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
+          <t>8+ Yaş İçin Okuma Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>165</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786051885865</t>
+          <t>9786051886374</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Kara Rüzgar</t>
+          <t>Yeni Kan 1 - Canavar Peşinde</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>265</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786051885803</t>
+          <t>9786051886411</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Tazı Brutus - Krallığın Kaderi Canavar Peşinde 63</t>
+          <t>Yeni Kan 3 - Kayıp Mezar - Canavar Peşinde</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786051885933</t>
+          <t>9786051886398</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Prens - Gölgelerin Efendisi 15</t>
+          <t>Yeni Kan 2 - Kara Büyücü - Canavar Peşinde</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786051885964</t>
+          <t>9786051886251</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Ördek İle Kaz Renkler!</t>
+          <t>Masallardaki Gibi Bir Yer</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>225</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786051885971</t>
+          <t>9789759997373</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Ördek İle Kaz 1,2,3</t>
+          <t>Haydi Uykuya</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786051886015</t>
+          <t>9786051884547</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Saçımı Çok Seviyorum (Ciltli)</t>
+          <t>Annemin Karnında Ne Var?</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786051885957</t>
+          <t>9786051881003</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Canım Ay’a Gitmek İstiyor!</t>
+          <t>Tostos Dedesini Özlüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786051884400</t>
+          <t>9786051883533</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Gümüş</t>
+          <t>Haydi Yum Gözlerini (Ciltli)</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9780062194176</t>
+          <t>9786051884202</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Okutulan 7. Sınıf Kitap Seti (6 Kitap Takım)</t>
+          <t>Üç Pati</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>1690</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9780425166307</t>
+          <t>9786051886046</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Okutulan 6. Sınıf Kitap Seti (5 Kitap Takım)</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>1100</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9781250003775</t>
+          <t>9786051886053</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Okullarda Okutulan 8. Sınıf Kitap Seti (6 Kitap Takım)</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>1770</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9789759996154</t>
+          <t>9786051886060</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Harflere Ne Oldu?</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786051885858</t>
+          <t>9786051886138</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Downsendrella (Ciltli)</t>
+          <t>İsmail'in Hikayesi</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786051885001</t>
+          <t>9786051886039</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Müzikaller Kenti Londra'da - Gezgin Ada Yolda 4</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786051885636</t>
+          <t>9786051884769</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Uyuyamıyor Musun, Küçük Ayı? (Ciltli)</t>
+          <t>Umudun Çocukları</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>270</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786051885643</t>
+          <t>9786051886084</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönelim, Küçük Ayı (Ciltli)</t>
+          <t>Gerçek</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>270</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786051885650</t>
+          <t>9786051885629</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Aferin, Küçük Ayı (Ciltli)</t>
+          <t>Kütüphanede Neler Oluyor?</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786051885773</t>
+          <t>9786051885889</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>İlk Kitaplığım Kutulu Set (15 Kitap Takım)</t>
+          <t>On Birinci Takas</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>1870</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786051883564</t>
+          <t>9786051886022</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Bisikletle Dolaşan Çocuk 2. Kitap -Amerika Kıtası Yolculuğu</t>
+          <t>Şifrelerin Peşinde Göbeklitepe - Matematik Romanı 2</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>180</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786051883557</t>
+          <t>9786051886077</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Uluğ Bey</t>
+          <t>Kambiri</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>155</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786051885711</t>
+          <t>9786051885919</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Savaşçıları 8 - Temuçilerin Dönüşü</t>
+          <t>Zeka ve Mantık Gelişimi 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786051885780</t>
+          <t>9786051885902</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kızak (Ciltli)</t>
+          <t>Renkler Şekiller 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786051885797</t>
+          <t>9786051885896</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlık (Ciltli)</t>
+          <t>Kavramlar ve İlişki Kurma 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786051885506</t>
+          <t>9786051880938</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Dev Dinozorların Saldırısı - Dinozor Gezegeni 3</t>
+          <t>Düşünme ve Hafıza Becerisi 5+ Yaş - Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786051885490</t>
+          <t>9786051885865</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Gürültülü Dinozorlar Ormanı - Dinozor Gezegeni 2</t>
+          <t>Kara Rüzgar</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786051885483</t>
+          <t>9786051885803</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>T-Rex Alarmı - Dinozor Gezegeni 1</t>
+          <t>Korkunç Tazı Brutus - Krallığın Kaderi Canavar Peşinde 63</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786051883540</t>
+          <t>9786051885933</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Olmak İstiyorum</t>
+          <t>Kayıp Prens - Gölgelerin Efendisi 15</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786051880921</t>
+          <t>9786051885964</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Astronot Olmak İstiyorum</t>
+          <t>Ördek İle Kaz Renkler!</t>
         </is>
       </c>
       <c r="C1222" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789759997717</t>
+          <t>9786051885971</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Süper Kötüler 3 Bastır Bediş</t>
+          <t>Ördek İle Kaz 1,2,3</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>100</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789759997700</t>
+          <t>9786051886015</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Süper Kötüler 2 Karpuz Kaç Robot Tut</t>
+          <t>Saçımı Çok Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9788838494775</t>
+          <t>9786051885957</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Seviyorum Seti - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
+          <t>Canım Ay’a Gitmek İstiyor!</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>870</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9789759995560</t>
+          <t>9786051884400</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Zeka Eğitim Seti 3. Kitap</t>
+          <t>Gümüş</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>305</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786051885612</t>
+          <t>9780062194176</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Zeka Eğitim Seti 2. Kitap (3 Yaş)</t>
+          <t>Okullarda Okutulan 7. Sınıf Kitap Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>305</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9788856603118</t>
+          <t>9780425166307</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Kitapları Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
+          <t>Okullarda Okutulan 6. Sınıf Kitap Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>810</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789974717404</t>
+          <t>9781250003775</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>0-3 Yaş Resimli İnteraktif Çocuk Kitapları Set 2 (3 Kitap Takım)</t>
+          <t>Okullarda Okutulan 8. Sınıf Kitap Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>795</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9781846160653</t>
+          <t>9789759996154</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>0-3 Yaş Resimli İnteraktif Çocuk Kitapları Set 1 (3 Kitap Takım)</t>
+          <t>Harflere Ne Oldu?</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>795</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9788856605136</t>
+          <t>9786051885858</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Singapur Matematiği ve Zeka Oyunları Seti (3 Kitap Takım)</t>
+          <t>Downsendrella (Ciltli)</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>720</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786051885377</t>
+          <t>9786051885001</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Bana Yardım Eder Misin?</t>
+          <t>Müzikaller Kenti Londra'da - Gezgin Ada Yolda 4</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786051885537</t>
+          <t>9786051885636</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Tamamlıyorum Birleştiriyorum - Çizgiler Çiziyorum</t>
+          <t>Uyuyamıyor Musun, Küçük Ayı? (Ciltli)</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786051885599</t>
+          <t>9786051885643</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Yatağımda Denizaygırı Var! (Ciltli)</t>
+          <t>Eve Dönelim, Küçük Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C1234" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789759999605</t>
+          <t>9786051885650</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar Mısın?</t>
+          <t>Aferin, Küçük Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786051885360</t>
+          <t>9786051885773</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Bana Sarılır Mısın?</t>
+          <t>İlk Kitaplığım Kutulu Set (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>265</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789759999568</t>
+          <t>9786051883564</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıflar İçin Singapur Matematiği ve Zeka Oyunları</t>
+          <t>Dünyayı Bisikletle Dolaşan Çocuk 2. Kitap -Amerika Kıtası Yolculuğu</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789759999742</t>
+          <t>9786051883557</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis - Ünlü Türk Dahileri</t>
+          <t>Uluğ Bey</t>
         </is>
       </c>
       <c r="C1238" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789759999735</t>
+          <t>9786051885711</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan - Ünlü Türk Dahileri</t>
+          <t>Kardeşlik Savaşçıları 8 - Temuçilerin Dönüşü</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789759999711</t>
+          <t>9786051885780</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina - Ünlü Türk Dahileri</t>
+          <t>Kırmızı Kızak (Ciltli)</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>155</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789759995836</t>
+          <t>9786051885797</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Farabi - Ünlü Türk Dahileri</t>
+          <t>Kırmızı Başlık (Ciltli)</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>155</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786051882581</t>
+          <t>9786051885506</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Babam Bir Uzaylı</t>
+          <t>Dev Dinozorların Saldırısı - Dinozor Gezegeni 3</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786051885520</t>
+          <t>9786051885490</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Şifrelerin Peşinde İstanbul - Matematik Romanı 1</t>
+          <t>Gürültülü Dinozorlar Ormanı - Dinozor Gezegeni 2</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786051885162</t>
+          <t>9786051885483</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Pig Adında Bir Yalancı (Ciltli)</t>
+          <t>T-Rex Alarmı - Dinozor Gezegeni 1</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786051884981</t>
+          <t>9786051883540</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Tavşancığın Yarasını Sarar mısın?</t>
+          <t>İtfaiyeci Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786051884967</t>
+          <t>9786051880921</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Tavşancığı Yatağına Yatırır mısın?</t>
+          <t>Astronot Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786051884974</t>
+          <t>9789759997717</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Tavşancığa Banyo Yaptırır mısın?</t>
+          <t>Süper Kötüler 3 Bastır Bediş</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786051884936</t>
+          <t>9789759997700</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Yeni Arkadaş - Petek ile Paytak 3</t>
+          <t>Süper Kötüler 2 Karpuz Kaç Robot Tut</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786051884929</t>
+          <t>9788838494775</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Bir Gün - Petek ile Paytak 2</t>
+          <t>Hayvanları Seviyorum Seti - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>155</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786051884912</t>
+          <t>9789759995560</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Kuş - Petek ile Paytak 1</t>
+          <t>Dikkatli Zeka Eğitim Seti 3. Kitap</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>155</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786051885438</t>
+          <t>9786051885612</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Monti ve Şimdi Makinesi</t>
+          <t>Dikkatli Zeka Eğitim Seti 2. Kitap (3 Yaş)</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>145</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786051885445</t>
+          <t>9788856603118</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Monti ve Kara Kedi</t>
+          <t>Dostluk Kitapları Set - Organik Kitap (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>145</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786051881294</t>
+          <t>9789974717404</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne Yeni Arkadaşıyla (Ciltli)</t>
+          <t>0-3 Yaş Resimli İnteraktif Çocuk Kitapları Set 2 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>155</v>
+        <v>795</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786051885414</t>
+          <t>9781846160653</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum da - Korsan Kime Denir? (Ciltli)</t>
+          <t>0-3 Yaş Resimli İnteraktif Çocuk Kitapları Set 1 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>265</v>
+        <v>795</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786051885407</t>
+          <t>9788856605136</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum da - Her Şey İcat Edilmiş midir? (Ciltli)</t>
+          <t>Singapur Matematiği ve Zeka Oyunları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>265</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786051885421</t>
+          <t>9786051885377</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum da - Canlılar ve Yaşam (Ciltli)</t>
+          <t>Bana Yardım Eder Misin?</t>
         </is>
       </c>
       <c r="C1256" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786051885391</t>
+          <t>9786051885537</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum da - Buzullar Çevre İçin Neden Önemli? (Ciltli)</t>
+          <t>Tamamlıyorum Birleştiriyorum - Çizgiler Çiziyorum</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786051885063</t>
+          <t>9786051885599</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 62 - Krallığın Kaderi</t>
+          <t>Yatağımda Denizaygırı Var! (Ciltli)</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786051885353</t>
+          <t>9789759999605</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Gençler için Nutuk</t>
+          <t>Benimle Oynar Mısın?</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786051884387</t>
+          <t>9786051885360</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Kevin Durant - Uçan Adamlar</t>
+          <t>Bana Sarılır Mısın?</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786051885032</t>
+          <t>9789759999568</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot (Ciltli)</t>
+          <t>3. Sınıflar İçin Singapur Matematiği ve Zeka Oyunları</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786051885179</t>
+          <t>9789759999742</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kapanı - 1</t>
+          <t>Piri Reis - Ünlü Türk Dahileri</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786051885049</t>
+          <t>9789759999735</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Tesla - Dünyayı Aydınlatanlar</t>
+          <t>Mimar Sinan - Ünlü Türk Dahileri</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786051885094</t>
+          <t>9789759999711</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Arşimet - Dünyayı Aydınlatanlar</t>
+          <t>İbni Sina - Ünlü Türk Dahileri</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9789759995782</t>
+          <t>9789759995836</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Patenler</t>
+          <t>Farabi - Ünlü Türk Dahileri</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9789759995850</t>
+          <t>9786051882581</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Bisikletle Dolaşan Çocuk - Afrika Yolunda</t>
+          <t>Babam Bir Uzaylı</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786051885155</t>
+          <t>9786051885520</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Mutfakta Fil Var! (Ciltli)</t>
+          <t>Şifrelerin Peşinde İstanbul - Matematik Romanı 1</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9789759995720</t>
+          <t>9786051885162</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yemeğine Gelen Kuzu (Ciltli)</t>
+          <t>Pig Adında Bir Yalancı (Ciltli)</t>
         </is>
       </c>
       <c r="C1268" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786051885117</t>
+          <t>9786051884981</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Babasının Bir Tanesi (Ciltli)</t>
+          <t>Tavşancığın Yarasını Sarar mısın?</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789759995775</t>
+          <t>9786051884967</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Anne, Baba Haydi Oyun Oynayalım!</t>
+          <t>Tavşancığı Yatağına Yatırır mısın?</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>320</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786051885124</t>
+          <t>9786051884974</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Ronaldo - Futbolun Süper Yıldızları</t>
+          <t>Tavşancığa Banyo Yaptırır mısın?</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>155</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786051885131</t>
+          <t>9786051884936</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Messi - Futbolun Süper Yıldızları</t>
+          <t>Yeni Arkadaş - Petek ile Paytak 3</t>
         </is>
       </c>
       <c r="C1272" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786051885148</t>
+          <t>9786051884929</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Mbappe - Futbolun Süper Yıldızları</t>
+          <t>Fırtınalı Bir Gün - Petek ile Paytak 2</t>
         </is>
       </c>
       <c r="C1273" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786051885087</t>
+          <t>9786051884912</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 14 - Son Düello</t>
+          <t>Yaralı Kuş - Petek ile Paytak 1</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>300</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786051884776</t>
+          <t>9786051885438</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli)</t>
+          <t>Monti ve Şimdi Makinesi</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>330</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786051884998</t>
+          <t>9786051885445</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Hachiko - Sahibini Bekleyen Köpek (Ciltli)</t>
+          <t>Monti ve Kara Kedi</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>265</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786051884820</t>
+          <t>9786051881294</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Sesi</t>
+          <t>Yeşilin Kızı Anne Yeni Arkadaşıyla (Ciltli)</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786051884868</t>
+          <t>9786051885414</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 61 - Krallığın Kaderi</t>
+          <t>Merak Ediyorum da - Korsan Kime Denir? (Ciltli)</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786051883168</t>
+          <t>9786051885407</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerimi Seviyorum (Ciltli)</t>
+          <t>Merak Ediyorum da - Her Şey İcat Edilmiş midir? (Ciltli)</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>145</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786051884783</t>
+          <t>9786051885421</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Arkadaşlar (Ciltli)</t>
+          <t>Merak Ediyorum da - Canlılar ve Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786051884752</t>
+          <t>9786051885391</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 13 - Kızıl Tilki Klanı</t>
+          <t>Merak Ediyorum da - Buzullar Çevre İçin Neden Önemli? (Ciltli)</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786051884721</t>
+          <t>9786051885063</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Can Dostum</t>
+          <t>Canavar Peşinde 62 - Krallığın Kaderi</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786051884684</t>
+          <t>9786051885353</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Mbappe</t>
+          <t>Gençler için Nutuk</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786051884745</t>
+          <t>9786051884387</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 60</t>
+          <t>Kevin Durant - Uçan Adamlar</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786051884653</t>
+          <t>9786051885032</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Annemin Bavulu (Ciltli)</t>
+          <t>Don Kişot (Ciltli)</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786051884660</t>
+          <t>9786051885179</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Babamın Sandviçi (Ciltli)</t>
+          <t>Oyun Kapanı - 1</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786051884714</t>
+          <t>9786051885049</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Tesla - Dünyayı Aydınlatanlar</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786051884707</t>
+          <t>9786051885094</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Sahneler</t>
+          <t>Arşimet - Dünyayı Aydınlatanlar</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>90</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786051884431</t>
+          <t>9789759995782</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Okumak İstiyorum</t>
+          <t>Gümüş Patenler</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786051884622</t>
+          <t>9789759995850</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Meslekler ve Sporcular - Okul Öncesi Boya-Öğren</t>
+          <t>Dünyayı Bisikletle Dolaşan Çocuk - Afrika Yolunda</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786051884615</t>
+          <t>9786051885155</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Trafik ve Çevremiz - Okul Önce Boya-Öğren</t>
+          <t>Eyvah Mutfakta Fil Var! (Ciltli)</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786051884639</t>
+          <t>9789759995720</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Ailemiz ve Değerlerimiz - Okul Öncesi Boya-Öğren</t>
+          <t>Akşam Yemeğine Gelen Kuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786051884592</t>
+          <t>9786051885117</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Ülkemiz ve Tarihi Yerler - Okul Öncesi Boya-Öğren</t>
+          <t>Babasının Bir Tanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786051884608</t>
+          <t>9789759995775</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Uzay ve İletişim - Okul Öncesi Boya-Öğren</t>
+          <t>Anne, Baba Haydi Oyun Oynayalım!</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786051884394</t>
+          <t>9786051885124</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Ama Bu İnek Yumurtluyor! (Ciltli)</t>
+          <t>Ronaldo - Futbolun Süper Yıldızları</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786051883366</t>
+          <t>9786051885131</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Çitlembik (Ciltli)</t>
+          <t>Messi - Futbolun Süper Yıldızları</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786051884554</t>
+          <t>9786051885148</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 59</t>
+          <t>Mbappe - Futbolun Süper Yıldızları</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786051884448</t>
+          <t>9786051885087</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Elleriyle Gören Çocuk</t>
+          <t>Gölgelerin Efendisi 14 - Son Düello</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786051884493</t>
+          <t>9786051884776</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Denizatı Yıldızları - İlk Yardımcı Dostlar</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786051884530</t>
+          <t>9786051884998</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Pogba</t>
+          <t>Hachiko - Sahibini Bekleyen Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>165</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786051884424</t>
+          <t>9786051884820</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Stem ile Çılgın Bir Matematik Macerası</t>
+          <t>Sessizliğin Sesi</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786051884455</t>
+          <t>9786051884868</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Süper Etkinlikler Nokta Birleştir - Okul Öncesi Zeka Etkinlikleri</t>
+          <t>Canavar Peşinde 61 - Krallığın Kaderi</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786051884486</t>
+          <t>9786051883168</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Süper Etkinlikler Harfler - Okul Öncesi Zeka Etkinlikleri</t>
+          <t>Öğretmenlerimi Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786051884462</t>
+          <t>9786051884783</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Süper Etkinlikler Çizgiler - Okul Öncesi Zeka Etkinlikleri</t>
+          <t>İyi Uykular Arkadaşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>155</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786051884318</t>
+          <t>9786051884752</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Fatihi 4. Murad - Tarihte İz Bırakanlar</t>
+          <t>Gölgelerin Efendisi 13 - Kızıl Tilki Klanı</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786051884349</t>
+          <t>9786051884721</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Sultan 2. Abdülhamit - Tarihte İz Bırakanlar</t>
+          <t>Can Dostum</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>145</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786051884479</t>
+          <t>9786051884684</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Süper Etkinlikler Renkler Şekiller - Okul Öncesi Zeka Etkinlikleri</t>
+          <t>Benim Adım Mbappe</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786051883328</t>
+          <t>9786051884745</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştiren Etkinlikler 2</t>
+          <t>Canavar Peşinde 60</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786051884417</t>
+          <t>9786051884653</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Falcı Kadının Laneti - Bir Zehirli Elma Kitabı (Ciltli)</t>
+          <t>Annemin Bavulu (Ciltli)</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>85</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786051884196</t>
+          <t>9786051884660</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Kadife Pantolonlu Çocuk</t>
+          <t>Babamın Sandviçi (Ciltli)</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>285</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786051884219</t>
+          <t>9786051884714</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Cihana Hükmeden Sultan - Tarihte İz Bırakanlar</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786051884356</t>
+          <t>9786051884707</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 58</t>
+          <t>Hayattan Sahneler</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786051884332</t>
+          <t>9786051884431</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Üzüm - Sürünün En Küçük İneği (Organik Kitap) (Ciltli)</t>
+          <t>Okumak İstiyorum</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786051883885</t>
+          <t>9786051884622</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Köpek Balto (Ciltsiz)</t>
+          <t>Meslekler ve Sporcular - Okul Öncesi Boya-Öğren</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789759991039</t>
+          <t>9786051884615</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel (Ciltli)</t>
+          <t>Trafik ve Çevremiz - Okul Önce Boya-Öğren</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>5.09</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9789758756940</t>
+          <t>9786051884639</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Bin Altın</t>
+          <t>Ailemiz ve Değerlerimiz - Okul Öncesi Boya-Öğren</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>2.31</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9799759991059</t>
+          <t>9786051884592</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kutup Ayısı</t>
+          <t>Ülkemiz ve Tarihi Yerler - Okul Öncesi Boya-Öğren</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>3.24</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9789756387207</t>
+          <t>9786051884608</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Altı Kuğu Bitişik ve Eğik Yazılı Masallar</t>
+          <t>Uzay ve İletişim - Okul Öncesi Boya-Öğren</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>1.16</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786051883694</t>
+          <t>9786051884394</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştiren Sudoku 3</t>
+          <t>Ama Bu İnek Yumurtluyor! (Ciltli)</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786051883687</t>
+          <t>9786051883366</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştiren Sudoku 2</t>
+          <t>Çitlembik (Ciltli)</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786051883915</t>
+          <t>9786051884554</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın En Büyük Lideri Mustafa Kemal Atatürk</t>
+          <t>Canavar Peşinde 59</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786051883816</t>
+          <t>9786051884448</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Hükümdar - Fatih Sultan Mehmet</t>
+          <t>Elleriyle Gören Çocuk</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786051883809</t>
+          <t>9786051884493</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>İlk Osmanlı Halifesi Yavuz Sultan Selim</t>
+          <t>Denizatı Yıldızları - İlk Yardımcı Dostlar</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786051884158</t>
+          <t>9786051884530</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Bir Çanakkale Destanı</t>
+          <t>Benim Adım Pogba</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786051883649</t>
+          <t>9786051884424</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Fıkralar 2</t>
+          <t>Stem ile Çılgın Bir Matematik Macerası</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786051884165</t>
+          <t>9786051884455</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 57</t>
+          <t>Süper Etkinlikler Nokta Birleştir - Okul Öncesi Zeka Etkinlikleri</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786051884141</t>
+          <t>9786051884486</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Koala (Ciltli)</t>
+          <t>Süper Etkinlikler Harfler - Okul Öncesi Zeka Etkinlikleri</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786051884103</t>
+          <t>9786051884462</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yunus</t>
+          <t>Süper Etkinlikler Çizgiler - Okul Öncesi Zeka Etkinlikleri</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>285</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786051882239</t>
+          <t>9786051884318</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Katil Balina Büyük Beyaz Köpek Balığına Karşı - Sizce Kim Kazanır?</t>
+          <t>Bağdat Fatihi 4. Murad - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C1329" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786051882260</t>
+          <t>9786051884349</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Tiranozor Rex Velociraptora Karşı - Sizce Kim Kazanır?</t>
+          <t>Yalnız Sultan 2. Abdülhamit - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C1330" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786051882253</t>
+          <t>9786051884479</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Komodo Ejderi Kral Kobraya Karşı - Sizce Kim Kazanır?</t>
+          <t>Süper Etkinlikler Renkler Şekiller - Okul Öncesi Zeka Etkinlikleri</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786051882246</t>
+          <t>9786051883328</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Tarantula Akrebe Karşı - Sizce Kim Kazanır?</t>
+          <t>Zeka Geliştiren Etkinlikler 2</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786051884073</t>
+          <t>9786051884417</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Lukaku</t>
+          <t>Falcı Kadının Laneti - Bir Zehirli Elma Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>165</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786051884035</t>
+          <t>9786051884196</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Tonton Hanım'ın Kedisi</t>
+          <t>Kadife Pantolonlu Çocuk</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>130</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786051884059</t>
+          <t>9786051884219</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde - 56</t>
+          <t>Cihana Hükmeden Sultan - Tarihte İz Bırakanlar</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786051884004</t>
+          <t>9786051884356</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Gücünü Kendinden Alan Çocuk</t>
+          <t>Canavar Peşinde 58</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>330</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786051883663</t>
+          <t>9786051884332</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu - Yaşasın, İkinci Sınıftayız!</t>
+          <t>Üzüm - Sürünün En Küçük İneği (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786051883878</t>
+          <t>9786051883885</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarı Dizginleyen Çocuk</t>
+          <t>Kahraman Köpek Balto (Ciltsiz)</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786051883977</t>
+          <t>9789759991039</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Salah</t>
+          <t>Uyuyan Güzel (Ciltli)</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>165</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786051883779</t>
+          <t>9789758756940</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi - İlk Yıllar 2</t>
+          <t>Nasrettin Hoca Bin Altın</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>300</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786051883984</t>
+          <t>9799759991059</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Volkandan Kaçış - Kardeşlik Savaşçıları 7</t>
+          <t>Küçük Kutup Ayısı</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>300</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786051882208</t>
+          <t>9789756387207</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Altı Kuğu Bitişik ve Eğik Yazılı Masallar</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>155</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786051883731</t>
+          <t>9786051883694</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Canavarların Efendisi Ölümcül Baykuş Noktila - Canavar Peşinde</t>
+          <t>Zeka Geliştiren Sudoku 3</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786051883793</t>
+          <t>9786051883687</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Çocuklar Yetiştiren Annelerin 10 Sırrı</t>
+          <t>Zeka Geliştiren Sudoku 2</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786051883618</t>
+          <t>9786051883915</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Hazard</t>
+          <t>Yüzyılın En Büyük Lideri Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786051883625</t>
+          <t>9786051883816</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Kane</t>
+          <t>Dünyayı Değiştiren Hükümdar - Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786051883335</t>
+          <t>9786051883809</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Seni Çok Seviyorum, Kokuşuk Surat (Ciltli)</t>
+          <t>İlk Osmanlı Halifesi Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786051883434</t>
+          <t>9786051884158</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Çocuk Mu? Mutlu Çocuk Mu?</t>
+          <t>Bir Çanakkale Destanı</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>330</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786051883441</t>
+          <t>9786051883649</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Balotelli</t>
+          <t>Eğlenceli Fıkralar 2</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786051883267</t>
+          <t>9786051884165</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Kendilerini Nasıl Korur? (Ciltli)</t>
+          <t>Canavar Peşinde 57</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786051883274</t>
+          <t>9786051884141</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Nasıl Barışır? (Ciltli)</t>
+          <t>Uykusuz Koala (Ciltli)</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786051882987</t>
+          <t>9786051884103</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 54 - Korkunç Yılan Torpiks</t>
+          <t>Beyaz Yunus</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>120</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786051883212</t>
+          <t>9786051882239</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Anne! Tuvaletim Geldi!</t>
+          <t>Katil Balina Büyük Beyaz Köpek Balığına Karşı - Sizce Kim Kazanır?</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>255</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786051883182</t>
+          <t>9786051882260</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Yemeklerini Nasıl Yer? (Organik Kitap) (Ciltli)</t>
+          <t>Tiranozor Rex Velociraptora Karşı - Sizce Kim Kazanır?</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>290</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786051883113</t>
+          <t>9786051882253</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Fıkralar</t>
+          <t>Komodo Ejderi Kral Kobraya Karşı - Sizce Kim Kazanır?</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786051883076</t>
+          <t>9786051882246</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Maceranı Kendin Seç 9 - Yer Altındaki Sır</t>
+          <t>Tarantula Akrebe Karşı - Sizce Kim Kazanır?</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786051883045</t>
+          <t>9786051884073</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Iniesta</t>
+          <t>Benim Adım Lukaku</t>
         </is>
       </c>
       <c r="C1357" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786051882673</t>
+          <t>9786051884035</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Bay Tom</t>
+          <t>Tonton Hanım'ın Kedisi</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786051883083</t>
+          <t>9786051884059</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Pig Adında Bir Pug (Ciltli)</t>
+          <t>Canavar Peşinde - 56</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786051883014</t>
+          <t>9786051884004</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Yazı Yazan İnekler (Ciltli)</t>
+          <t>Gücünü Kendinden Alan Çocuk</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786051882833</t>
+          <t>9786051883663</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Öğretmenim (Organik Kitap) (Ciltli)</t>
+          <t>Bale Okulu - Yaşasın, İkinci Sınıftayız!</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786051882604</t>
+          <t>9786051883878</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Ben Sandalye Değilim! (Organik Kitap) (Ciltli)</t>
+          <t>Rüzgarı Dizginleyen Çocuk</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786051882611</t>
+          <t>9786051883977</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Çorbamda Zürafa Var (Ciltli)</t>
+          <t>Benim Adım Salah</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786051882888</t>
+          <t>9786051883779</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Biz Küs Kalamayız! - Deniz Kızı Maceraları 2.Kitap</t>
+          <t>Gölgelerin Efendisi - İlk Yıllar 2</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786051882970</t>
+          <t>9786051883984</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 53 - Su Kralı Sivri Yüzgeç</t>
+          <t>Volkandan Kaçış - Kardeşlik Savaşçıları 7</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786051882949</t>
+          <t>9786051882208</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş (Ciltli)</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>190</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786051882925</t>
+          <t>9786051883731</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi (Ciltli)</t>
+          <t>Canavarların Efendisi Ölümcül Baykuş Noktila - Canavar Peşinde</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786051882963</t>
+          <t>9786051883793</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Agüero</t>
+          <t>Başarılı Çocuklar Yetiştiren Annelerin 10 Sırrı</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786051882932</t>
+          <t>9786051883618</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Lütfen Beni Anla</t>
+          <t>Benim Adım Hazard</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>330</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786051882918</t>
+          <t>9786051883625</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Okuma Kulübü - Okumayı Seviyorum Dizisi (10 Kitap Set)</t>
+          <t>Benim Adım Kane</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>99</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786051882642</t>
+          <t>9786051883335</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Bale</t>
+          <t>Seni Çok Seviyorum, Kokuşuk Surat (Ciltli)</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786051882635</t>
+          <t>9786051883434</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 16 - Hayalet Kurtlar</t>
+          <t>Mükemmel Çocuk Mu? Mutlu Çocuk Mu?</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>165</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786051882505</t>
+          <t>9786051883441</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Ekosemelek Kuklaları İşbaşında</t>
+          <t>Benim Adım Balotelli</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786051882475</t>
+          <t>9786051883267</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali (Ciltli)</t>
+          <t>Dinozorlar Kendilerini Nasıl Korur? (Ciltli)</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>165</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786051882444</t>
+          <t>9786051883274</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum da Güneş Neden Doğar? (Ciltli)</t>
+          <t>Dinozorlar Nasıl Barışır? (Ciltli)</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786051882659</t>
+          <t>9786051882987</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Ayı Yürüyüşe Çıkardım (Ciltli)</t>
+          <t>Canavar Peşinde 54 - Korkunç Yılan Torpiks</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786051882369</t>
+          <t>9786051883212</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Şakacı Dedem Nasreddin</t>
+          <t>Anne! Tuvaletim Geldi!</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786051882574</t>
+          <t>9786051883182</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı 10 - Nazlı Pofuduk’un Büyük Sürprizi</t>
+          <t>Dinozorlar Yemeklerini Nasıl Yer? (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786051882567</t>
+          <t>9786051883113</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı 9 - Şeker Lezizkırıntı’ya Ne Oldu?</t>
+          <t>Eğlenceli Fıkralar</t>
         </is>
       </c>
       <c r="C1379" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786051882536</t>
+          <t>9786051883076</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Maceranı Kendin Seç 8 - Canavar İni</t>
+          <t>Maceranı Kendin Seç 9 - Yer Altındaki Sır</t>
         </is>
       </c>
       <c r="C1380" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786051882529</t>
+          <t>9786051883045</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Karlar Kraliçesi</t>
+          <t>Benim Adım Iniesta</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786051882512</t>
+          <t>9786051882673</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları</t>
+          <t>İyi Geceler Bay Tom</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786051882161</t>
+          <t>9786051883083</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu 10 - Veda Adımı Gösterisi</t>
+          <t>Pig Adında Bir Pug (Ciltli)</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786051882154</t>
+          <t>9786051883014</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 50 - Acımasız Boğa Minos</t>
+          <t>Yazı Yazan İnekler (Ciltli)</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786051882079</t>
+          <t>9786051882833</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 49 - Büyücünün Asası</t>
+          <t>Sevgili Öğretmenim (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786051882482</t>
+          <t>9786051882604</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Doğa Meclisi - Ormanlar Yanmasın!</t>
+          <t>Ben Sandalye Değilim! (Organik Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786051882222</t>
+          <t>9786051882611</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali</t>
+          <t>Çorbamda Zürafa Var (Ciltli)</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786051882338</t>
+          <t>9786051882888</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma Avcıları</t>
+          <t>Biz Küs Kalamayız! - Deniz Kızı Maceraları 2.Kitap</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786051882383</t>
+          <t>9786051882970</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 51 - Kanatlı Katil Koraka</t>
+          <t>Canavar Peşinde 53 - Su Kralı Sivri Yüzgeç</t>
         </is>
       </c>
       <c r="C1389" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786051882390</t>
+          <t>9786051882949</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 52 - Vahşi Kurt Gümüş</t>
+          <t>Beyaz Diş (Ciltli)</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786051882314</t>
+          <t>9786051882925</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Mine Peri Balerin 3 - Sıkı Dostlar</t>
+          <t>Çocuk Kalbi (Ciltli)</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786051882284</t>
+          <t>9786051882963</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Mine Peri Balerin 2 - Papatyalı Ayakkabılar</t>
+          <t>Benim Adım Agüero</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786051882192</t>
+          <t>9786051882932</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>7x9 = Eyvah!</t>
+          <t>Anne Baba Lütfen Beni Anla</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786051882178</t>
+          <t>9786051882918</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Savaşçıları 6 - Hayalet Yüzler</t>
+          <t>Okuma Kulübü - Okumayı Seviyorum Dizisi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>300</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786051881430</t>
+          <t>9786051882642</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi İlk Yılları 1</t>
+          <t>Benim Adım Bale</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786051882048</t>
+          <t>9786051882635</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Suarez</t>
+          <t>Korku Kulübü 16 - Hayalet Kurtlar</t>
         </is>
       </c>
       <c r="C1396" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786051881874</t>
+          <t>9786051882505</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Ciltli)</t>
+          <t>Ekosemelek Kuklaları İşbaşında</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786051881553</t>
+          <t>9786051882475</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu - Üç Boyutlu Masallar (Ciltli)</t>
+          <t>Bir Şeftali Bin Şeftali (Ciltli)</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786051881577</t>
+          <t>9786051882444</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker - Üç Boyutlu Masallar (Ciltli)</t>
+          <t>Merak Ediyorum da Güneş Neden Doğar? (Ciltli)</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786051881881</t>
+          <t>9786051882659</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde -  Korsan Kral</t>
+          <t>Ayı Yürüyüşe Çıkardım (Ciltli)</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786051881867</t>
+          <t>9786051882369</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 47</t>
+          <t>Şakacı Dedem Nasreddin</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786051881843</t>
+          <t>9786051882574</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım İbrahimoviç</t>
+          <t>Dostluk Ormanı 10 - Nazlı Pofuduk’un Büyük Sürprizi</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786051881737</t>
+          <t>9786051882567</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Taynikma - 7. Kitap Henzel'in Tuzağı ve 8. Kitap Gölgeler Ormanı (Ciltli)</t>
+          <t>Dostluk Ormanı 9 - Şeker Lezizkırıntı’ya Ne Oldu?</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786051881744</t>
+          <t>9786051882536</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Taynikma - 11. Kitap Gölgedeki Yaratıklar ve 12. Kitap Tenebora (Ciltli)</t>
+          <t>Maceranı Kendin Seç 8 - Canavar İni</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786051881751</t>
+          <t>9786051882529</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Taynikma - 13. Kitap Sarina'nın Kabusu ve 14. Kitap Gizli Düşman (Ciltli)</t>
+          <t>Karlar Kraliçesi</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>210</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786051881706</t>
+          <t>9786051882512</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Taynikma - 1. Kitap Gölgelerin Hükümdarı ve 2. Kitap Fareler (Ciltli)</t>
+          <t>Bremen Mızıkacıları</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>210</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786051881775</t>
+          <t>9786051882161</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Taynikma - 9. Kitap Işık Kalesi ve 10. Kitap Son Savaş (Ciltli)</t>
+          <t>Bale Okulu 10 - Veda Adımı Gösterisi</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786051881232</t>
+          <t>9786051882154</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Jules Verne</t>
+          <t>Canavar Peşinde 50 - Acımasız Boğa Minos</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786051881478</t>
+          <t>9786051882079</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton</t>
+          <t>Canavar Peşinde 49 - Büyücünün Asası</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786051881362</t>
+          <t>9786051882482</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Galileo</t>
+          <t>Doğa Meclisi - Ormanlar Yanmasın!</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786051887724</t>
+          <t>9786051882222</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Süper Kötüler - 4</t>
+          <t>Muhammed Ali</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>42</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9789759997540</t>
+          <t>9786051882338</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Şşşt! Sessiz Olun! (Ciltli)</t>
+          <t>Uçurtma Avcıları</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786051881782</t>
+          <t>9786051882383</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kulübü 3 - Dani'nin Tercihi</t>
+          <t>Canavar Peşinde 51 - Kanatlı Katil Koraka</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786051881461</t>
+          <t>9786051882390</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Nils ve Uçan Kaz (Ciltli)</t>
+          <t>Canavar Peşinde 52 - Vahşi Kurt Gümüş</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786051881621</t>
+          <t>9786051882314</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Bırakılan Dilekler</t>
+          <t>Mine Peri Balerin 3 - Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>255</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786051881324</t>
+          <t>9786051882284</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Kuklacı Çocuk</t>
+          <t>Mine Peri Balerin 2 - Papatyalı Ayakkabılar</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>305</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786051881584</t>
+          <t>9786051882192</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 46</t>
+          <t>7x9 = Eyvah!</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786051881263</t>
+          <t>9786051882178</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı - 8 / Gül Tomurcuk Nasıl Kaçtı?</t>
+          <t>Kardeşlik Savaşçıları 6 - Hayalet Yüzler</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9789759999902</t>
+          <t>9786051881430</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>Gölgelerin Efendisi İlk Yılları 1</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786051880730</t>
+          <t>9786051882048</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Yüz Elbisenin Sırrı</t>
+          <t>Benim Adım Suarez</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786051880129</t>
+          <t>9786051881874</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı (Ciltli)</t>
+          <t>Küçük Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789759999988</t>
+          <t>9786051881553</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Define Adası (Ciltli)</t>
+          <t>Çirkin Ördek Yavrusu - Üç Boyutlu Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>22</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786051880815</t>
+          <t>9786051881577</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Buz Kapanı</t>
+          <t>Kurşun Asker - Üç Boyutlu Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786051881225</t>
+          <t>9786051881881</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Babamın Ejderhası (Ciltli)</t>
+          <t>Canavar Peşinde -  Korsan Kral</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786051881096</t>
+          <t>9786051881867</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kulübü 2 - Tash'in Gizli Yaşamı</t>
+          <t>Canavar Peşinde 47</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786051881133</t>
+          <t>9786051881843</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 45</t>
+          <t>Benim Adım İbrahimoviç</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786051881102</t>
+          <t>9786051881737</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 44</t>
+          <t>Taynikma - 7. Kitap Henzel'in Tuzağı ve 8. Kitap Gölgeler Ormanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786051880884</t>
+          <t>9786051881744</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Maceranı Kendin Seç!  - 7 Hayaletli Şato</t>
+          <t>Taynikma - 11. Kitap Gölgedeki Yaratıklar ve 12. Kitap Tenebora (Ciltli)</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786051880785</t>
+          <t>9786051881751</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe - Klasikleri Okuyorum (Ciltli)</t>
+          <t>Taynikma - 13. Kitap Sarina'nın Kabusu ve 14. Kitap Gizli Düşman (Ciltli)</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786051880907</t>
+          <t>9786051881706</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Ejdarha Avcıları Okulu 14 Kral Ken'i Kurtarmak</t>
+          <t>Taynikma - 1. Kitap Gölgelerin Hükümdarı ve 2. Kitap Fareler (Ciltli)</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786051880792</t>
+          <t>9786051881775</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe - Klasikleri Okuyorum (Ciltli)</t>
+          <t>Taynikma - 9. Kitap Işık Kalesi ve 10. Kitap Son Savaş (Ciltli)</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786051880778</t>
+          <t>9786051881232</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 43</t>
+          <t>Jules Verne</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786051880495</t>
+          <t>9786051881478</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dennis'in Günlüğü 2 (Ciltli)</t>
+          <t>Isaac Newton</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786051880853</t>
+          <t>9786051881362</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dennis’in Günlüğü - 3 (Ciltli)</t>
+          <t>Galileo</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786051880761</t>
+          <t>9786051887724</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 14</t>
+          <t>Süper Kötüler - 4</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>165</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786051880686</t>
+          <t>9789759997540</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Mieko ve Beşinci Hazine</t>
+          <t>Şşşt! Sessiz Olun! (Ciltli)</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786051880587</t>
+          <t>9786051881782</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Everest Dağı - Ne Nerede? Serisi</t>
+          <t>Sırlar Kulübü 3 - Dani'nin Tercihi</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786051880549</t>
+          <t>9786051881461</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Çin Seddi - Ne Nerede? Serisi</t>
+          <t>Nils ve Uçan Kaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>155</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786051880747</t>
+          <t>9786051881621</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kulübü - 1 Alice Sahnede</t>
+          <t>Rüzgara Bırakılan Dilekler</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>175</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9789759999780</t>
+          <t>9786051881324</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu</t>
+          <t>Kuklacı Çocuk</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>220</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786051880440</t>
+          <t>9786051881584</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 42</t>
+          <t>Canavar Peşinde 46</t>
         </is>
       </c>
       <c r="C1441" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9789759999889</t>
+          <t>9786051881263</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel (Ciltli)</t>
+          <t>Dostluk Ormanı - 8 / Gül Tomurcuk Nasıl Kaçtı?</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789759999827</t>
+          <t>9789759999902</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi (Ciltli)</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9789759999834</t>
+          <t>9786051880730</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
+          <t>Yüz Elbisenin Sırrı</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786051880112</t>
+          <t>9786051880129</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'un Maceraları (Ciltli)</t>
+          <t>Vahşetin Çağrısı (Ciltli)</t>
         </is>
       </c>
       <c r="C1445" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786051880198</t>
+          <t>9789759999988</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Savaşçıları 5 - Akrep Dağı</t>
+          <t>Define Adası (Ciltli)</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>300</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786051880525</t>
+          <t>9786051880815</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Ari Garcia - Resimli Günlüğüm 1</t>
+          <t>Buz Kapanı</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786051880433</t>
+          <t>9786051881225</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 41</t>
+          <t>Babamın Ejderhası (Ciltli)</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786051880488</t>
+          <t>9786051881096</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dennis'in Günlüğü 1 (Ciltli)</t>
+          <t>Sırlar Kulübü 2 - Tash'in Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786051880426</t>
+          <t>9786051881133</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 40</t>
+          <t>Canavar Peşinde 45</t>
         </is>
       </c>
       <c r="C1450" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786051880334</t>
+          <t>9786051881102</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu 9 - Eyvah Sınavlar Başlıyor!</t>
+          <t>Canavar Peşinde 44</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786051880341</t>
+          <t>9786051880884</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Koşmak İstiyorum</t>
+          <t>Maceranı Kendin Seç!  - 7 Hayaletli Şato</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>305</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786051880242</t>
+          <t>9786051880785</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 13</t>
+          <t>Gizli Bahçe - Klasikleri Okuyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789759999995</t>
+          <t>9786051880907</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Kıvrılma</t>
+          <t>Ejdarha Avcıları Okulu 14 Kral Ken'i Kurtarmak</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786051880266</t>
+          <t>9786051880792</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu</t>
+          <t>Robinson Crusoe - Klasikleri Okuyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786051880259</t>
+          <t>9786051880778</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı</t>
+          <t>Canavar Peşinde 43</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786051880082</t>
+          <t>9786051880495</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Kraliyet Okulu</t>
+          <t>Afacan Dennis'in Günlüğü 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786051880075</t>
+          <t>9786051880853</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük</t>
+          <t>Afacan Dennis’in Günlüğü - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786051880068</t>
+          <t>9786051880761</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Kar Canavarı</t>
+          <t>Korku Kulübü 14</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786051880051</t>
+          <t>9786051880686</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Şölendeki Hayalet</t>
+          <t>Mieko ve Beşinci Hazine</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786051880044</t>
+          <t>9786051880587</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Mektuplar</t>
+          <t>Everest Dağı - Ne Nerede? Serisi</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786051880037</t>
+          <t>9786051880549</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Prensesler Ejderhaya Karşı!</t>
+          <t>Çin Seddi - Ne Nerede? Serisi</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786051880150</t>
+          <t>9786051880747</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 39</t>
+          <t>Sırlar Kulübü - 1 Alice Sahnede</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786051880136</t>
+          <t>9789759999780</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu / Büyük Savaşçı Neredesin</t>
+          <t>İnsan Vücudu</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786051880143</t>
+          <t>9786051880440</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı-6 / İnci Dikenlisırt'ın Harika Planı</t>
+          <t>Canavar Peşinde 42</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789759997212</t>
+          <t>9789759999889</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Kırık Çömlek Parçası</t>
+          <t>Uyuyan Güzel (Ciltli)</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9789759999896</t>
+          <t>9789759999827</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Kim Kimdi? Serisi - Alexander Graham Bell</t>
+          <t>Külkedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9789759999940</t>
+          <t>9789759999834</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Maceranı Kendin Seç - 6 Vampir Kampı</t>
+          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9789759999964</t>
+          <t>9786051880112</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 37</t>
+          <t>Sherlock Holmes'un Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9789759999704</t>
+          <t>9786051880198</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü - 12</t>
+          <t>Kardeşlik Savaşçıları 5 - Akrep Dağı</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9789759999582</t>
+          <t>9786051880525</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci (Ciltli)</t>
+          <t>Ari Garcia - Resimli Günlüğüm 1</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9789759999476</t>
+          <t>9786051880433</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı-5 / Fındık Tüylükuyruk Yardıma Koşuyor!</t>
+          <t>Canavar Peşinde 41</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9789759999575</t>
+          <t>9786051880488</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Anne Frank</t>
+          <t>Afacan Dennis'in Günlüğü 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789759999599</t>
+          <t>9786051880426</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Bale Okulu 7 - Müzikal Tutkusu</t>
+          <t>Canavar Peşinde 40</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9789759999445</t>
+          <t>9786051880334</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Klasikleri Okuyorum - Dünyanın Merkezine Yolculuk (Ciltli)</t>
+          <t>Bale Okulu 9 - Eyvah Sınavlar Başlıyor!</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9789759999414</t>
+          <t>9786051880341</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 36</t>
+          <t>Koşmak İstiyorum</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>120</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9789759999407</t>
+          <t>9786051880242</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Ferdinand Macellan Kimdi?</t>
+          <t>Korku Kulübü 13</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9789759999339</t>
+          <t>9789759999995</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarış</t>
+          <t>Zamanda Kıvrılma</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>145</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9789759999100</t>
+          <t>9786051880266</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Savaşçıları 4 - Socorro Köleleri</t>
+          <t>Bale Okulu</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9789759998424</t>
+          <t>9786051880259</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı-3 / Eli Sarıkanat Tek Başına</t>
+          <t>Dostluk Ormanı</t>
         </is>
       </c>
       <c r="C1480" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789759998417</t>
+          <t>9786051880082</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı-2 / Moli Titrekkuyruk Nerede?</t>
+          <t>Kraliyet Okulu</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789759998400</t>
+          <t>9786051880075</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı-1 / Loli Uzunbıyık Kayıp!</t>
+          <t>Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9789759998608</t>
+          <t>9786051880068</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 35</t>
+          <t>Kar Canavarı</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9789759996383</t>
+          <t>9786051880051</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Şaka Makinesi Efe Bacaksız 1. Kitap : O Ben Değildim Ki! (Ciltli)</t>
+          <t>Şölendeki Hayalet</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>210</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>3990000017150</t>
+          <t>9786051880044</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama Ana Okulu Çocukları İçin</t>
+          <t>Çalınan Mektuplar</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>6</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789759996093</t>
+          <t>9786051880037</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart 9 - Mars Görevi Gizli Kod</t>
+          <t>Prensesler Ejderhaya Karşı!</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9789759995638</t>
+          <t>9786051880150</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart 8 - Yarıştaki Tehlike</t>
+          <t>Canavar Peşinde 39</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9789759998356</t>
+          <t>9786051880136</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Neymar</t>
+          <t>Ejderha Avcıları Okulu / Büyük Savaşçı Neredesin</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789759997991</t>
+          <t>9786051880143</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu / Evlenmek İsteyen Prenses</t>
+          <t>Dostluk Ormanı-6 / İnci Dikenlisırt'ın Harika Planı</t>
         </is>
       </c>
       <c r="C1489" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9789759998332</t>
+          <t>9789759997212</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 34</t>
+          <t>Kırık Çömlek Parçası</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>120</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9789759998295</t>
+          <t>9789759999896</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Suya Kavuşuncaya Dek</t>
+          <t>Kim Kimdi? Serisi - Alexander Graham Bell</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9789759998172</t>
+          <t>9789759999940</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 33</t>
+          <t>Maceranı Kendin Seç - 6 Vampir Kampı</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786051880846</t>
+          <t>9789759999964</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 13 Dikkat! Bugün Ayın On Üçü ve Cuma!</t>
+          <t>Canavar Peşinde 37</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786051880808</t>
+          <t>9789759999704</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 12 Sir Herbert Zindantaşı’nın Hayaleti</t>
+          <t>Korku Kulübü - 12</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786051880594</t>
+          <t>9789759999582</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 11 Dikkat! Büyücü İş Başında</t>
+          <t>Siyah İnci (Ciltli)</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9789759998363</t>
+          <t>9789759999476</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Maceracılar Aranıyor 4 - Nezza'nın Kumları</t>
+          <t>Dostluk Ormanı-5 / Fındık Tüylükuyruk Yardıma Koşuyor!</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9789759998189</t>
+          <t>9789759999575</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Messi</t>
+          <t>Anne Frank</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9789759998110</t>
+          <t>9789759999599</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Yasak Dağın İntikamı</t>
+          <t>Bale Okulu 7 - Müzikal Tutkusu</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9789759998035</t>
+          <t>9789759999445</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Savaşçıları 3 - Avcılar</t>
+          <t>Klasikleri Okuyorum - Dünyanın Merkezine Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9789759998042</t>
+          <t>9789759999414</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart : Görev: Max’i Bulmak</t>
+          <t>Canavar Peşinde 36</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9789759997885</t>
+          <t>9789759999407</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 32</t>
+          <t>Ferdinand Macellan Kimdi?</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9789759998080</t>
+          <t>9789759999339</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Maceranı Kendin Seç 5 : Korsan Adası</t>
+          <t>Büyük Yarış</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9789759997878</t>
+          <t>9789759999100</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 31</t>
+          <t>Kardeşlik Savaşçıları 4 - Socorro Köleleri</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9789759996697</t>
+          <t>9789759998424</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 19</t>
+          <t>Dostluk Ormanı-3 / Eli Sarıkanat Tek Başına</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9789759996918</t>
+          <t>9789759998417</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart 12 - Buz Ülkesinde Patlama</t>
+          <t>Dostluk Ormanı-2 / Moli Titrekkuyruk Nerede?</t>
         </is>
       </c>
       <c r="C1505" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9789759997830</t>
+          <t>9789759998400</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 29</t>
+          <t>Dostluk Ormanı-1 / Loli Uzunbıyık Kayıp!</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9789759997854</t>
+          <t>9789759998608</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Maceracılar Aranıyor - 3 : Albrek’in Mezarı</t>
+          <t>Canavar Peşinde 35</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9789759997595</t>
+          <t>9789759996383</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Savaşçıları 2 - İşgalciler</t>
+          <t>Şaka Makinesi Efe Bacaksız 1. Kitap : O Ben Değildim Ki! (Ciltli)</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9789759997588</t>
+          <t>3990000017150</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Maceranı Kendin Seç 4: Zamanda Kaybolanlar</t>
+          <t>Süper Boyama Ana Okulu Çocukları İçin</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>170</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9789759997793</t>
+          <t>9789759996093</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Jack Stalwart - 13 : Koca Ayak'ın Kafatası</t>
+          <t>Süper Ajan Jack Stalwart 9 - Mars Görevi Gizli Kod</t>
         </is>
       </c>
       <c r="C1510" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9789759997779</t>
+          <t>9789759995638</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü - 10</t>
+          <t>Süper Ajan Jack Stalwart 8 - Yarıştaki Tehlike</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9789759997632</t>
+          <t>9789759998356</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Şaka Makinesi Efe Bacaksız - 5: Çekilin Yoldan (Ciltli)</t>
+          <t>Benim Adım Neymar</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9789759997687</t>
+          <t>9789759997991</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 27</t>
+          <t>Ejderha Avcıları Okulu / Evlenmek İsteyen Prenses</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9789759996819</t>
+          <t>9789759998332</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 7 - Mezar Taşı Adası</t>
+          <t>Canavar Peşinde 34</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9789759996802</t>
+          <t>9789759998295</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Köprü Altındaki Aile</t>
+          <t>Suya Kavuşuncaya Dek</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9789759997304</t>
+          <t>9789759998172</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 8</t>
+          <t>Canavar Peşinde 33</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9789759997557</t>
+          <t>9786051880846</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Avantia Günlükleri 4: Ateş ve Öfke</t>
+          <t>Ejderha Avcıları Okulu 13 Dikkat! Bugün Ayın On Üçü ve Cuma!</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9789759997625</t>
+          <t>9786051880808</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 26</t>
+          <t>Ejderha Avcıları Okulu 12 Sir Herbert Zindantaşı’nın Hayaleti</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9789759997526</t>
+          <t>9786051880594</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 9</t>
+          <t>Ejderha Avcıları Okulu 11 Dikkat! Büyücü İş Başında</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9789759997861</t>
+          <t>9789759998363</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 30</t>
+          <t>Maceracılar Aranıyor 4 - Nezza'nın Kumları</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9789759997465</t>
+          <t>9789759998189</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Oteli : Bütün Hayvanlar Davetlidir!</t>
+          <t>Benim Adım Messi</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9789759997427</t>
+          <t>9789759998110</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Şaka Makinesi Efe Bacaksız 4. Kitap: Burnumun Direği Kırıldı</t>
+          <t>Yasak Dağın İntikamı</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9789759996826</t>
+          <t>9789759998035</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Petey</t>
+          <t>Kardeşlik Savaşçıları 3 - Avcılar</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9789759997458</t>
+          <t>9789759998042</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Maceracılar Aranıyor 2 - Moran'ın Boynuzu</t>
+          <t>Süper Ajan Jack Stalwart : Görev: Max’i Bulmak</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9789759997762</t>
+          <t>9789759997885</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 12 - Son Orman Muhafızı</t>
+          <t>Canavar Peşinde 32</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9789759997755</t>
+          <t>9789759998080</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 28</t>
+          <t>Maceranı Kendin Seç 5 : Korsan Adası</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9789759999124</t>
+          <t>9789759997878</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Canavar Peşinde 31</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9789759999032</t>
+          <t>9789759996697</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Parmak Çocuk</t>
+          <t>Canavar Peşinde 19</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9789759999070</t>
+          <t>9789759996918</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Süper Ajan Jack Stalwart 12 - Buz Ülkesinde Patlama</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9789759999087</t>
+          <t>9789759997830</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Kedi</t>
+          <t>Canavar Peşinde 29</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9789759995089</t>
+          <t>9789759997854</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 2</t>
+          <t>Maceracılar Aranıyor - 3 : Albrek’in Mezarı</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9789759996840</t>
+          <t>9789759997595</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 20</t>
+          <t>Kardeşlik Savaşçıları 2 - İşgalciler</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9789759996376</t>
+          <t>9789759997588</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 16</t>
+          <t>Maceranı Kendin Seç 4: Zamanda Kaybolanlar</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9789759996086</t>
+          <t>9789759997793</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 13</t>
+          <t>Süper Ajan Jack Stalwart - 13 : Koca Ayak'ın Kafatası</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9789759998011</t>
+          <t>9789759997779</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 5: Muhteşem Şövalyenin Sırrı</t>
+          <t>Korku Kulübü - 10</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9789759997342</t>
+          <t>9789759997632</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 24</t>
+          <t>Şaka Makinesi Efe Bacaksız - 5: Çekilin Yoldan (Ciltli)</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9789759997984</t>
+          <t>9789759997687</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Avcıları Okulu 3 Kıyamet Mağarası</t>
+          <t>Canavar Peşinde 27</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9789759999148</t>
+          <t>9789759996819</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Korku Kulübü 11</t>
+          <t>Korku Kulübü 7 - Mezar Taşı Adası</t>
         </is>
       </c>
       <c r="C1538" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9789759999049</t>
+          <t>9789759996802</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>Köprü Altındaki Aile</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9789759999018</t>
+          <t>9789759997304</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Cesur Terzi</t>
+          <t>Korku Kulübü 8</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9789759997267</t>
+          <t>9789759997557</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Uysal Ben</t>
+          <t>Avantia Günlükleri 4: Ateş ve Öfke</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>305</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9789759997502</t>
+          <t>9789759997625</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 25</t>
+          <t>Canavar Peşinde 26</t>
         </is>
       </c>
       <c r="C1542" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9789759997489</t>
+          <t>9789759997526</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Oteli 3: Gizemli Olay</t>
+          <t>Korku Kulübü 9</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9789759997472</t>
+          <t>9789759997861</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Dostlar Oteli 2: Büyük Sürpriz</t>
+          <t>Canavar Peşinde 30</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9789759997076</t>
+          <t>9789759997465</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözcüklerim - Renkler</t>
+          <t>Sevimli Dostlar Oteli : Bütün Hayvanlar Davetlidir!</t>
         </is>
       </c>
       <c r="C1545" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9789759997229</t>
+          <t>9789759997427</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 11 - Kayıp Öyküler</t>
+          <t>Şaka Makinesi Efe Bacaksız 4. Kitap: Burnumun Direği Kırıldı</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9789759995706</t>
+          <t>9789759996826</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 7 - Fidye</t>
+          <t>Petey</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9789759995324</t>
+          <t>9789759997458</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 6 - Kuşatma Altında</t>
+          <t>Maceracılar Aranıyor 2 - Moran'ın Boynuzu</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9789759995225</t>
+          <t>9789759997762</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 5 - Kuzeydeki Büyücü</t>
+          <t>Gölgelerin Efendisi 12 - Son Orman Muhafızı</t>
         </is>
       </c>
       <c r="C1549" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9789759994891</t>
+          <t>9789759997755</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Efendisi 4 - Skandiya’yı Kurtarmak</t>
+          <t>Canavar Peşinde 28</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9789759997274</t>
+          <t>9789759999124</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 23</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9789759999469</t>
+          <t>9789759999032</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Ormanı-4 / Bella Çizgilipati Gitmiş!</t>
+          <t>Parmak Çocuk</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9789759997243</t>
+          <t>9789759999070</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Canavar Peşinde 22</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9789759997175</t>
+          <t>9789759999087</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Jaguar Taşları 3 - Dönüşü Olmayan Nehir</t>
+          <t>Çizmeli Kedi</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>300</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
+          <t>9789759995089</t>
+        </is>
+      </c>
+      <c r="B1555" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Peşinde 2</t>
+        </is>
+      </c>
+      <c r="C1555" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1556" spans="1:3">
+      <c r="A1556" s="1" t="inlineStr">
+        <is>
+          <t>9789759996840</t>
+        </is>
+      </c>
+      <c r="B1556" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Peşinde 20</t>
+        </is>
+      </c>
+      <c r="C1556" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1557" spans="1:3">
+      <c r="A1557" s="1" t="inlineStr">
+        <is>
+          <t>9789759996376</t>
+        </is>
+      </c>
+      <c r="B1557" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Peşinde 16</t>
+        </is>
+      </c>
+      <c r="C1557" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1558" spans="1:3">
+      <c r="A1558" s="1" t="inlineStr">
+        <is>
+          <t>9789759996086</t>
+        </is>
+      </c>
+      <c r="B1558" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Peşinde 13</t>
+        </is>
+      </c>
+      <c r="C1558" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1559" spans="1:3">
+      <c r="A1559" s="1" t="inlineStr">
+        <is>
+          <t>9789759998011</t>
+        </is>
+      </c>
+      <c r="B1559" s="1" t="inlineStr">
+        <is>
+          <t>Ejderha Avcıları Okulu 5: Muhteşem Şövalyenin Sırrı</t>
+        </is>
+      </c>
+      <c r="C1559" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1560" spans="1:3">
+      <c r="A1560" s="1" t="inlineStr">
+        <is>
+          <t>9789759997342</t>
+        </is>
+      </c>
+      <c r="B1560" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Peşinde 24</t>
+        </is>
+      </c>
+      <c r="C1560" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1561" spans="1:3">
+      <c r="A1561" s="1" t="inlineStr">
+        <is>
+          <t>9789759997984</t>
+        </is>
+      </c>
+      <c r="B1561" s="1" t="inlineStr">
+        <is>
+          <t>Ejderha Avcıları Okulu 3 Kıyamet Mağarası</t>
+        </is>
+      </c>
+      <c r="C1561" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1562" spans="1:3">
+      <c r="A1562" s="1" t="inlineStr">
+        <is>
+          <t>9789759999148</t>
+        </is>
+      </c>
+      <c r="B1562" s="1" t="inlineStr">
+        <is>
+          <t>Korku Kulübü 11</t>
+        </is>
+      </c>
+      <c r="C1562" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1563" spans="1:3">
+      <c r="A1563" s="1" t="inlineStr">
+        <is>
+          <t>9789759999049</t>
+        </is>
+      </c>
+      <c r="B1563" s="1" t="inlineStr">
+        <is>
+          <t>Çirkin Ördek Yavrusu</t>
+        </is>
+      </c>
+      <c r="C1563" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1564" spans="1:3">
+      <c r="A1564" s="1" t="inlineStr">
+        <is>
+          <t>9789759999018</t>
+        </is>
+      </c>
+      <c r="B1564" s="1" t="inlineStr">
+        <is>
+          <t>Cesur Terzi</t>
+        </is>
+      </c>
+      <c r="C1564" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1565" spans="1:3">
+      <c r="A1565" s="1" t="inlineStr">
+        <is>
+          <t>9789759997267</t>
+        </is>
+      </c>
+      <c r="B1565" s="1" t="inlineStr">
+        <is>
+          <t>Uysal Ben</t>
+        </is>
+      </c>
+      <c r="C1565" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="1566" spans="1:3">
+      <c r="A1566" s="1" t="inlineStr">
+        <is>
+          <t>9789759997502</t>
+        </is>
+      </c>
+      <c r="B1566" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Peşinde 25</t>
+        </is>
+      </c>
+      <c r="C1566" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1567" spans="1:3">
+      <c r="A1567" s="1" t="inlineStr">
+        <is>
+          <t>9789759997489</t>
+        </is>
+      </c>
+      <c r="B1567" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar Oteli 3: Gizemli Olay</t>
+        </is>
+      </c>
+      <c r="C1567" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1568" spans="1:3">
+      <c r="A1568" s="1" t="inlineStr">
+        <is>
+          <t>9789759997472</t>
+        </is>
+      </c>
+      <c r="B1568" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Dostlar Oteli 2: Büyük Sürpriz</t>
+        </is>
+      </c>
+      <c r="C1568" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1569" spans="1:3">
+      <c r="A1569" s="1" t="inlineStr">
+        <is>
+          <t>9789759997076</t>
+        </is>
+      </c>
+      <c r="B1569" s="1" t="inlineStr">
+        <is>
+          <t>İlk Sözcüklerim - Renkler</t>
+        </is>
+      </c>
+      <c r="C1569" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1570" spans="1:3">
+      <c r="A1570" s="1" t="inlineStr">
+        <is>
+          <t>9789759997229</t>
+        </is>
+      </c>
+      <c r="B1570" s="1" t="inlineStr">
+        <is>
+          <t>Gölgelerin Efendisi 11 - Kayıp Öyküler</t>
+        </is>
+      </c>
+      <c r="C1570" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1571" spans="1:3">
+      <c r="A1571" s="1" t="inlineStr">
+        <is>
+          <t>9789759995706</t>
+        </is>
+      </c>
+      <c r="B1571" s="1" t="inlineStr">
+        <is>
+          <t>Gölgelerin Efendisi 7 - Fidye</t>
+        </is>
+      </c>
+      <c r="C1571" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1572" spans="1:3">
+      <c r="A1572" s="1" t="inlineStr">
+        <is>
+          <t>9789759995324</t>
+        </is>
+      </c>
+      <c r="B1572" s="1" t="inlineStr">
+        <is>
+          <t>Gölgelerin Efendisi 6 - Kuşatma Altında</t>
+        </is>
+      </c>
+      <c r="C1572" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1573" spans="1:3">
+      <c r="A1573" s="1" t="inlineStr">
+        <is>
+          <t>9789759995225</t>
+        </is>
+      </c>
+      <c r="B1573" s="1" t="inlineStr">
+        <is>
+          <t>Gölgelerin Efendisi 5 - Kuzeydeki Büyücü</t>
+        </is>
+      </c>
+      <c r="C1573" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1574" spans="1:3">
+      <c r="A1574" s="1" t="inlineStr">
+        <is>
+          <t>9789759994891</t>
+        </is>
+      </c>
+      <c r="B1574" s="1" t="inlineStr">
+        <is>
+          <t>Gölgelerin Efendisi 4 - Skandiya’yı Kurtarmak</t>
+        </is>
+      </c>
+      <c r="C1574" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1575" spans="1:3">
+      <c r="A1575" s="1" t="inlineStr">
+        <is>
+          <t>9789759997274</t>
+        </is>
+      </c>
+      <c r="B1575" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Peşinde 23</t>
+        </is>
+      </c>
+      <c r="C1575" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1576" spans="1:3">
+      <c r="A1576" s="1" t="inlineStr">
+        <is>
+          <t>9789759999469</t>
+        </is>
+      </c>
+      <c r="B1576" s="1" t="inlineStr">
+        <is>
+          <t>Dostluk Ormanı-4 / Bella Çizgilipati Gitmiş!</t>
+        </is>
+      </c>
+      <c r="C1576" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1577" spans="1:3">
+      <c r="A1577" s="1" t="inlineStr">
+        <is>
+          <t>9789759997243</t>
+        </is>
+      </c>
+      <c r="B1577" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Peşinde 22</t>
+        </is>
+      </c>
+      <c r="C1577" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1578" spans="1:3">
+      <c r="A1578" s="1" t="inlineStr">
+        <is>
+          <t>9789759997175</t>
+        </is>
+      </c>
+      <c r="B1578" s="1" t="inlineStr">
+        <is>
+          <t>Jaguar Taşları 3 - Dönüşü Olmayan Nehir</t>
+        </is>
+      </c>
+      <c r="C1578" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1579" spans="1:3">
+      <c r="A1579" s="1" t="inlineStr">
+        <is>
           <t>9789759997182</t>
         </is>
       </c>
-      <c r="B1555" s="1" t="inlineStr">
+      <c r="B1579" s="1" t="inlineStr">
         <is>
           <t>Canavar Peşinde 21</t>
         </is>
       </c>
-      <c r="C1555" s="1">
+      <c r="C1579" s="1">
         <v>120</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>