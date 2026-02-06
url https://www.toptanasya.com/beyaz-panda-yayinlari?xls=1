--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -85,2350 +85,2395 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752429635</t>
+          <t>9786259467559</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Öğreniyorum 5 + 6 Yaş</t>
+          <t>2 Yaş Psikososyal Gelişim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>139</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257123679</t>
+          <t>9786259467566</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>4+5+6 Yaş Dikkat ve Zeka Geliştirme Seti</t>
+          <t>2 Yaş Yönerge Takibi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>695</v>
+        <v>139</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257123174</t>
+          <t>9786259467542</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 4 Yaş Eğitim Seti (20 Kitap)</t>
+          <t>2 Yaş Özbakım Becerileri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>2980</v>
+        <v>139</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257123396</t>
+          <t>9789752429635</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aynısını Bul 2 Yaş</t>
+          <t>Alfabe Öğreniyorum 5 + 6 Yaş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>139</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257123204</t>
+          <t>9786257123679</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 4 Yaş Zeka Geliştirme Seti (5 Kitap)</t>
+          <t>4+5+6 Yaş Dikkat ve Zeka Geliştirme Seti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>995</v>
+        <v>695</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752429611</t>
+          <t>9786257123174</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dil gelişimi</t>
+          <t>Okul Öncesi 4 Yaş Eğitim Seti (20 Kitap)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>119</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259467528</t>
+          <t>9786257123396</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Duygu Eğitimi</t>
+          <t>Aynısını Bul 2 Yaş</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259467535</t>
+          <t>9786257123204</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Problem Çözme</t>
+          <t>Okul Öncesi 4 Yaş Zeka Geliştirme Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>139</v>
+        <v>995</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257123228</t>
+          <t>9789752429611</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sağ Beyin - Sol Beyin Gelişimi +4 Yaş</t>
+          <t>Dil gelişimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>199</v>
+        <v>119</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752429772</t>
+          <t>9786259467528</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul +5 Yaş</t>
+          <t>2 Yaş Duygu Eğitimi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259467504</t>
+          <t>9786259467535</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ekonomi</t>
+          <t>2 Yaş Problem Çözme</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259946580</t>
+          <t>9786257123228</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Geometri</t>
+          <t>Sağ Beyin - Sol Beyin Gelişimi +4 Yaş</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259905150</t>
+          <t>9789752429772</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>3 Yaş Görsel Algılama Seti</t>
+          <t>Farkı Bul +5 Yaş</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>597</v>
+        <v>199</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259905174</t>
+          <t>9786259467504</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>4+5+6 Yaş Dikkat ve Zeka Gelişim Seti</t>
+          <t>Çocuklar İçin Ekonomi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>417</v>
+        <v>119</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259905143</t>
+          <t>9786259946580</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>4+5 Yaş Dahi Çocuklar için Kodlama Seti</t>
+          <t>Çocuklar İçin Geometri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>477</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259905167</t>
+          <t>9786259905150</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>4 Yaş Beyin Gelişim Seti</t>
+          <t>3 Yaş Görsel Algılama Seti</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>597</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259905181</t>
+          <t>9786259905174</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Uçaklar</t>
+          <t>4+5+6 Yaş Dikkat ve Zeka Gelişim Seti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>99</v>
+        <v>417</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259905198</t>
+          <t>9786259905143</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sürüngenler</t>
+          <t>4+5 Yaş Dahi Çocuklar için Kodlama Seti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>99</v>
+        <v>477</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259946504</t>
+          <t>9786259905167</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Orman Hayvanları</t>
+          <t>4 Yaş Beyin Gelişim Seti</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>99</v>
+        <v>597</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259946511</t>
+          <t>9786259905181</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kediler</t>
+          <t>Uçaklar</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259946559</t>
+          <t>9786259905198</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Pandalar</t>
+          <t>Sürüngenler</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259946528</t>
+          <t>9786259946504</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kamyonlar</t>
+          <t>Orman Hayvanları</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259946566</t>
+          <t>9786259946511</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi</t>
+          <t>Kediler</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259946535</t>
+          <t>9786259946559</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gemiler</t>
+          <t>Pandalar</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259946542</t>
+          <t>9786259946528</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gece Hayvanları</t>
+          <t>Kamyonlar</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259946573</t>
+          <t>9786259946566</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar</t>
+          <t>Güneş Sistemi</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257123662</t>
+          <t>9786259946535</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>5 Yaş İngilizce Öğreniyorum</t>
+          <t>Gemiler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>139</v>
+        <v>99</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257123655</t>
+          <t>9786259946542</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>4 Yaş İngilizce Öğreniyorum</t>
+          <t>Gece Hayvanları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>139</v>
+        <v>99</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257123938</t>
+          <t>9786259946573</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 5+ Yaş Kodlama</t>
+          <t>Dinozorlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257123860</t>
+          <t>9786257123662</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 4+7 Yaş Mahremiyet Eğitimi</t>
+          <t>5 Yaş İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257123914</t>
+          <t>9786257123655</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 6+ Yaş Kodlama</t>
+          <t>4 Yaş İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257123990</t>
+          <t>9786257123938</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 3+4+5 Yaş Sayıları Öğreniyorum</t>
+          <t>Stickerlı 5+ Yaş Kodlama</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259905105</t>
+          <t>9786257123860</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 3+4+5 Yaş Dil Gelişimi</t>
+          <t>Stickerlı 4+7 Yaş Mahremiyet Eğitimi</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257123976</t>
+          <t>9786257123914</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 4+ Yaş Renkler ve Şekiller</t>
+          <t>Stickerlı 6+ Yaş Kodlama</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259905112</t>
+          <t>9786257123990</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 5+ Yaş Hızlı Matematik</t>
+          <t>Stickerlı 3+4+5 Yaş Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257123952</t>
+          <t>9786259905105</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 4+ Yaş Zekâ Oyunları</t>
+          <t>Stickerlı 3+4+5 Yaş Dil Gelişimi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257123907</t>
+          <t>9786257123976</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 3+ Yaş Renkler ve Şekiller (Ciltli)</t>
+          <t>Stickerlı 4+ Yaş Renkler ve Şekiller</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259905136</t>
+          <t>9786259905112</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 3+ Yaş Tabiat Bilgisi</t>
+          <t>Stickerlı 5+ Yaş Hızlı Matematik</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257123846</t>
+          <t>9786257123952</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 4+ Yaş Sihirli Matematik</t>
+          <t>Stickerlı 4+ Yaş Zekâ Oyunları</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259905129</t>
+          <t>9786257123907</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 4+ Yaş Çizgiler</t>
+          <t>Stickerlı 3+ Yaş Renkler ve Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257123921</t>
+          <t>9786259905136</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 5+ Yaş Zekâ Oyunları</t>
+          <t>Stickerlı 3+ Yaş Tabiat Bilgisi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257123945</t>
+          <t>9786257123846</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 5+ Yaş Muhteşem Matematik</t>
+          <t>Stickerlı 4+ Yaş Sihirli Matematik</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257123891</t>
+          <t>9786259905129</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 3+ Yaş Kavramlar</t>
+          <t>Stickerlı 4+ Yaş Çizgiler</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257123853</t>
+          <t>9786257123921</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 3+ Yaş Montessori Eğitimi</t>
+          <t>Stickerlı 5+ Yaş Zekâ Oyunları</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257123884</t>
+          <t>9786257123945</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 3+4 Yaş Alfabe Öğreniyorum</t>
+          <t>Stickerlı 5+ Yaş Muhteşem Matematik</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257123983</t>
+          <t>9786257123891</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 4+ Yaş Çılgın Matematik</t>
+          <t>Stickerlı 3+ Yaş Kavramlar</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257123969</t>
+          <t>9786257123853</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Stickerlı 4+ Yaş İleri Matematik</t>
+          <t>Stickerlı 3+ Yaş Montessori Eğitimi</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257123808</t>
+          <t>9786257123884</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Nila - Soni’nin Gözleri</t>
+          <t>Stickerlı 3+4 Yaş Alfabe Öğreniyorum</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>89</v>
+        <v>199</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257123839</t>
+          <t>9786257123983</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nila - Fotoğraf Uçar, Yazı Kalır</t>
+          <t>Stickerlı 4+ Yaş Çılgın Matematik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>89</v>
+        <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257123822</t>
+          <t>9786257123969</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nila - Mevsimler</t>
+          <t>Stickerlı 4+ Yaş İleri Matematik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>89</v>
+        <v>199</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257123815</t>
+          <t>9786257123808</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Nila - Yağmurun Büyüsü</t>
+          <t>Nila - Soni’nin Gözleri</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>89</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257123761</t>
+          <t>9786257123839</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Hafıza Gelişim Seti</t>
+          <t>Nila - Fotoğraf Uçar, Yazı Kalır</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>695</v>
+        <v>89</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257123778</t>
+          <t>9786257123822</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Öz Bakım Becerileri Seti</t>
+          <t>Nila - Mevsimler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>695</v>
+        <v>89</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257123792</t>
+          <t>9786257123815</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Kavramlarla Zeka Gelişim Seti</t>
+          <t>Nila - Yağmurun Büyüsü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>695</v>
+        <v>89</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257123754</t>
+          <t>9786257123761</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Dikkat Gelişim Seti</t>
+          <t>2 Yaş Hafıza Gelişim Seti</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>695</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257123716</t>
+          <t>9786257123778</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Duyu Eğitimi</t>
+          <t>2 Yaş Öz Bakım Becerileri Seti</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>139</v>
+        <v>695</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257123693</t>
+          <t>9786257123792</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Zıt Kavramlar</t>
+          <t>2 Yaş Kavramlarla Zeka Gelişim Seti</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>139</v>
+        <v>695</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257123686</t>
+          <t>9786257123754</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Zihinsel Gelişim</t>
+          <t>2 Yaş Dikkat Gelişim Seti</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>139</v>
+        <v>695</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257123709</t>
+          <t>9786257123716</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Parça Bütün</t>
+          <t>2 Yaş Duyu Eğitimi</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257123723</t>
+          <t>9786257123693</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>2 Yaş Ara-Bul</t>
+          <t>2 Yaş Zıt Kavramlar</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257123747</t>
+          <t>9786257123686</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Resfebe 2. Seviye</t>
+          <t>2 Yaş Zihinsel Gelişim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257123730</t>
+          <t>9786257123709</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Resfebe 1. Seviye</t>
+          <t>2 Yaş Parça Bütün</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257123785</t>
+          <t>9786257123723</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nila - Hayatın İçindeki Güzellikler</t>
+          <t>2 Yaş Ara-Bul</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>89</v>
+        <v>139</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257123631</t>
+          <t>9786257123747</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>7 Yaş Dahi Çocuk</t>
+          <t>Resfebe 2. Seviye</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257123624</t>
+          <t>9786257123730</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>6 Yaş Dahi Çocuk</t>
+          <t>Resfebe 1. Seviye</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257123617</t>
+          <t>9786257123785</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>5 Yaş Dahi Çocuk</t>
+          <t>Nila - Hayatın İçindeki Güzellikler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>139</v>
+        <v>89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257123648</t>
+          <t>9786257123631</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>3 Yaş İngilizce Öğreniyorum</t>
+          <t>7 Yaş Dahi Çocuk</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257123600</t>
+          <t>9786257123624</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>6 Yaş Kodluyorum Boyuyorum</t>
+          <t>6 Yaş Dahi Çocuk</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257123594</t>
+          <t>9786257123617</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>5 Yaş Kodluyorum Boyuyorum</t>
+          <t>5 Yaş Dahi Çocuk</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257123587</t>
+          <t>9786257123648</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>4 Yaş Kodluyorum Boyuyorum</t>
+          <t>3 Yaş İngilizce Öğreniyorum</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257123464</t>
+          <t>9786257123600</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İnce ve Kaba Motor Gelişimi 2 Yaş</t>
+          <t>6 Yaş Kodluyorum Boyuyorum</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257123488</t>
+          <t>9786257123594</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İşitsel Hafıza 2 Yaş</t>
+          <t>5 Yaş Kodluyorum Boyuyorum</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257123525</t>
+          <t>9786257123587</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Öfke Eğitimi 2 Yaş</t>
+          <t>4 Yaş Kodluyorum Boyuyorum</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257123471</t>
+          <t>9786257123464</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Görsel Hafıza 2 Yaş</t>
+          <t>İnce ve Kaba Motor Gelişimi 2 Yaş</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257123501</t>
+          <t>9786257123488</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bağlantı Kurma 2 Yaş</t>
+          <t>İşitsel Hafıza 2 Yaş</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752429628</t>
+          <t>9786257123525</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme Becerileri (3+4+5 Yaş)</t>
+          <t>Öfke Eğitimi 2 Yaş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>139</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257123167</t>
+          <t>9786257123471</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 5 Yaş Eğitim Seti (20 Kitap)</t>
+          <t>Görsel Hafıza 2 Yaş</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>2980</v>
+        <v>139</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752429512</t>
+          <t>9786257123501</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 3 Yaş Eğitim Seti (20 Kitap)</t>
+          <t>Bağlantı Kurma 2 Yaş</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>2980</v>
+        <v>139</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257123570</t>
+          <t>9789752429628</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zekâ Geliştirme – Kare Kodlama</t>
+          <t>Dikkat Geliştirme Becerileri (3+4+5 Yaş)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>139</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257123549</t>
+          <t>9786257123167</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zekâ Geliştirme – Ara Bul</t>
+          <t>Okul Öncesi 5 Yaş Eğitim Seti (20 Kitap)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>139</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257123563</t>
+          <t>9789752429512</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ve Zeka Geliştirme - Parçaları Birleştir</t>
+          <t>Okul Öncesi 3 Yaş Eğitim Seti (20 Kitap)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>139</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257123532</t>
+          <t>9786257123570</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zekâ Geliştirme – Kes - Yapıştır</t>
+          <t>Dikkat ve Zekâ Geliştirme – Kare Kodlama</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257123556</t>
+          <t>9786257123549</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Zeka Geliştirme - Süper Mandala</t>
+          <t>Dikkat ve Zekâ Geliştirme – Ara Bul</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257123495</t>
+          <t>9786257123563</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Becerileri 2 Yaş</t>
+          <t>Dikkat Ve Zeka Geliştirme - Parçaları Birleştir</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257123518</t>
+          <t>9786257123532</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Eğitimi 2 Yaş</t>
+          <t>Dikkat ve Zekâ Geliştirme – Kes - Yapıştır</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257123426</t>
+          <t>9786257123556</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 4+ Yaş - Okul Öncesi Çocuklar İçin</t>
+          <t>Dikkat ve Zeka Geliştirme - Süper Mandala</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257123419</t>
+          <t>9786257123495</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 5+ Yaş - Anaokulu Öğrencileri İçin</t>
+          <t>Düşünme Becerileri 2 Yaş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257123433</t>
+          <t>9786257123518</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 6+ Yaş - İlkokul 1. Sınıf Öğrencileri İçin</t>
+          <t>Beslenme Eğitimi 2 Yaş</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257123440</t>
+          <t>9786257123426</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 7+ Yaş - İlkokul 2. Sınıf Öğrencileri İçin</t>
+          <t>Sudoku 4+ Yaş - Okul Öncesi Çocuklar İçin</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257123457</t>
+          <t>9786257123419</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 8+ Yaş - İlkokul 3. ve 4. Sınıf Öğrencileri İçin</t>
+          <t>Sudoku 5+ Yaş - Anaokulu Öğrencileri İçin</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257123402</t>
+          <t>9786257123433</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eksik Parçayı Bul 2 Yaş</t>
+          <t>Sudoku 6+ Yaş - İlkokul 1. Sınıf Öğrencileri İçin</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257123389</t>
+          <t>9786257123440</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Labirent 2 Yaş</t>
+          <t>Sudoku 7+ Yaş - İlkokul 2. Sınıf Öğrencileri İçin</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257123372</t>
+          <t>9786257123457</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tuvalet Eğitimi 2 Yaş</t>
+          <t>Sudoku 8+ Yaş - İlkokul 3. ve 4. Sınıf Öğrencileri İçin</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257123365</t>
+          <t>9786257123402</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Uyku Eğitimi 2 Yaş</t>
+          <t>Eksik Parçayı Bul 2 Yaş</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257123358</t>
+          <t>9786257123389</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Almanca Öğreniyorum 3+4+5+ Yaş</t>
+          <t>Labirent 2 Yaş</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>139</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257123280</t>
+          <t>9786257123372</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mors Alfabesi İle Kodlama Öğreniyorum</t>
+          <t>Tuvalet Eğitimi 2 Yaş</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257123297</t>
+          <t>9786257123365</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Maskemizi Takalım - Hayvanları Tanıyalım</t>
+          <t>Uyku Eğitimi 2 Yaş</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>139</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257123327</t>
+          <t>9786257123358</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Katlama Sanatı - Origami - Sevimli Hayvanlar</t>
+          <t>Almanca Öğreniyorum 3+4+5+ Yaş</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>139</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257123310</t>
+          <t>9786257123280</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul 2 Yaş</t>
+          <t>Mors Alfabesi İle Kodlama Öğreniyorum</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257123235</t>
+          <t>9786257123297</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sağ Beyin - Sol Beyin Gelişimi +5 Yaş</t>
+          <t>Maskemizi Takalım - Hayvanları Tanıyalım</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257123211</t>
+          <t>9786257123327</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sağ Beyin - Sol Beyin Gelişimi +3 Yaş</t>
+          <t>Kağıt Katlama Sanatı - Origami - Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257123259</t>
+          <t>9786257123310</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algılama 2 Yaş</t>
+          <t>Farkı Bul 2 Yaş</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257123242</t>
+          <t>9786257123235</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dil Gelişimi 2 Yaş</t>
+          <t>Sağ Beyin - Sol Beyin Gelişimi +5 Yaş</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257123273</t>
+          <t>9786257123211</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İlk Kavramlar 2 Yaş</t>
+          <t>Sağ Beyin - Sol Beyin Gelişimi +3 Yaş</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257123266</t>
+          <t>9786257123259</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Montessori Eğitimi (Toddler) 2 Yaş</t>
+          <t>Dikkat ve Görsel Algılama 2 Yaş</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789759725365</t>
+          <t>9786257123242</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 5 Yaş Genel Gelişim Seti (5 Kitap)</t>
+          <t>Dil Gelişimi 2 Yaş</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>995</v>
+        <v>139</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752429802</t>
+          <t>9786257123273</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 4 Yaş Matematik Seti (5 Kitap)</t>
+          <t>İlk Kavramlar 2 Yaş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>995</v>
+        <v>139</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257123136</t>
+          <t>9786257123266</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Montessori Eğitimi +4 Yaş</t>
+          <t>Montessori Eğitimi (Toddler) 2 Yaş</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257123020</t>
+          <t>9789759725365</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Eğitim +4 Yaş</t>
+          <t>Okul Öncesi 5 Yaş Genel Gelişim Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>199</v>
+        <v>995</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257123105</t>
+          <t>9789752429802</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Eğitim +4 Yaş</t>
+          <t>Okul Öncesi 4 Yaş Matematik Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>199</v>
+        <v>995</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257123082</t>
+          <t>9786257123136</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Montessori Eğitimi +5 Yaş</t>
+          <t>Montessori Eğitimi +4 Yaş</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257123198</t>
+          <t>9786257123020</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 5 Yaş Zeka Geliştirme Seti (5 Kitap)</t>
+          <t>Kozmik Eğitim +4 Yaş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>995</v>
+        <v>199</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257123181</t>
+          <t>9786257123105</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 3 Yaş Zeka Geliştirme Seti (5 Kitap)</t>
+          <t>Kozmik Eğitim +4 Yaş</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>995</v>
+        <v>199</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257123150</t>
+          <t>9786257123082</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Etkinlikli Değerler Eğitimi Seti (10 Kitap Takım)</t>
+          <t>Montessori Eğitimi +5 Yaş</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257123129</t>
+          <t>9786257123198</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Örüntüyü Tamamla +5 Yaş</t>
+          <t>Okul Öncesi 5 Yaş Zeka Geliştirme Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>199</v>
+        <v>995</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257123037</t>
+          <t>9786257123181</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kodlama +4 Yaş</t>
+          <t>Okul Öncesi 3 Yaş Zeka Geliştirme Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>199</v>
+        <v>995</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257123044</t>
+          <t>9786257123150</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları +3 Yaş</t>
+          <t>Öykülerle Etkinlikli Değerler Eğitimi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257123051</t>
+          <t>9786257123129</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Örüntüyü Tamamla +3 Yaş</t>
+          <t>Örüntüyü Tamamla +5 Yaş</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257123013</t>
+          <t>9786257123037</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Örüntüyü Tamamla +4 Yaş</t>
+          <t>Kodlama +4 Yaş</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059725354</t>
+          <t>9786257123044</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 4 Yaş Genel Gelişim Seti (5 Kitap)</t>
+          <t>Zeka Oyunları +3 Yaş</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>995</v>
+        <v>199</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752429789</t>
+          <t>9786257123051</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 3 Yaş Matematik Seti (5 Kitap)</t>
+          <t>Örüntüyü Tamamla +3 Yaş</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>995</v>
+        <v>199</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752429819</t>
+          <t>9786257123013</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 3 Yaş Dikkat Geliştirme Seti (5 Kitap)</t>
+          <t>Örüntüyü Tamamla +4 Yaş</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>995</v>
+        <v>199</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752429796</t>
+          <t>9786059725354</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 4 Yaş Dikkat Geliştirme Seti (5 Kitap)</t>
+          <t>Okul Öncesi 4 Yaş Genel Gelişim Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>995</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752429826</t>
+          <t>9789752429789</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 5 Yaş Dikkat Geliştirme Seti (5 Kitap)</t>
+          <t>Okul Öncesi 3 Yaş Matematik Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>995</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059725286</t>
+          <t>9789752429819</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 3 Yaş Genel Gelişim Seti (5 Kitap)</t>
+          <t>Okul Öncesi 3 Yaş Dikkat Geliştirme Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>995</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752429833</t>
+          <t>9789752429796</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi 5 Yaş Matematik Seti (5 Kitap)</t>
+          <t>Okul Öncesi 4 Yaş Dikkat Geliştirme Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>995</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752429697</t>
+          <t>9789752429826</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Matematik +3 Yaş</t>
+          <t>Okul Öncesi 5 Yaş Dikkat Geliştirme Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>199</v>
+        <v>995</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752429727</t>
+          <t>9786059725286</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul +3 Yaş</t>
+          <t>Okul Öncesi 3 Yaş Genel Gelişim Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>199</v>
+        <v>995</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752429734</t>
+          <t>9789752429833</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Farkı Bul +4 Yaş</t>
+          <t>Okul Öncesi 5 Yaş Matematik Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>199</v>
+        <v>995</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752429710</t>
+          <t>9789752429697</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İlk Matematik +3 Yaş</t>
+          <t>Sevimli Matematik +3 Yaş</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752429413</t>
+          <t>9789752429727</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>3 Boyutlu İlk Etkinlik Kitabım</t>
+          <t>Farkı Bul +3 Yaş</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752429406</t>
+          <t>9789752429734</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve Şekiller +5 Yaş</t>
+          <t>Farkı Bul +4 Yaş</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752429321</t>
+          <t>9789752429710</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Aile Katılımı +4 Yaş</t>
+          <t>İlk Matematik +3 Yaş</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752429338</t>
+          <t>9789752429413</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Aile Katılımı +5 Yaş</t>
+          <t>3 Boyutlu İlk Etkinlik Kitabım</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752429345</t>
+          <t>9789752429406</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Noktalar +3 Yaş</t>
+          <t>Renkler ve Şekiller +5 Yaş</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752429307</t>
+          <t>9789752429321</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İleri Matematik +5 Yaş</t>
+          <t>Aile Katılımı +4 Yaş</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752429314</t>
+          <t>9789752429338</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Aile Katılımı +3 Yaş</t>
+          <t>Aile Katılımı +5 Yaş</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752429369</t>
+          <t>9789752429345</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Noktalar +5 Yaş</t>
+          <t>Noktalar +3 Yaş</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752429284</t>
+          <t>9789752429307</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik +3 Yaş</t>
+          <t>İleri Matematik +5 Yaş</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752429352</t>
+          <t>9789752429314</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Noktalar +4 Yaş</t>
+          <t>Aile Katılımı +3 Yaş</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059725248</t>
+          <t>9789752429369</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kavramlar +4 Yaş</t>
+          <t>Noktalar +5 Yaş</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059725194</t>
+          <t>9789752429284</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Labirent +4 Yaş</t>
+          <t>Eğlenceli Matematik +3 Yaş</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059725217</t>
+          <t>9789752429352</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Labirent +5 Yaş</t>
+          <t>Noktalar +4 Yaş</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059725224</t>
+          <t>9786059725248</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler +5 Yaş</t>
+          <t>Kavramlar +4 Yaş</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059725996</t>
+          <t>9786059725194</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Labirent +3 Yaş</t>
+          <t>Labirent +4 Yaş</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059725927</t>
+          <t>9786059725217</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algılama +5 Yaş</t>
+          <t>Labirent +5 Yaş</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059725675</t>
+          <t>9786059725224</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algılama +4 Yaş</t>
+          <t>Çizgiler +5 Yaş</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059725941</t>
+          <t>9786059725996</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler +3 Yaş</t>
+          <t>Labirent +3 Yaş</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059725934</t>
+          <t>9786059725927</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Görsel Algılama +3 Yaş</t>
+          <t>Dikkat ve Görsel Algılama +5 Yaş</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059725163</t>
+          <t>9786059725675</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Matematik +3 Yaş</t>
+          <t>Dikkat ve Görsel Algılama +4 Yaş</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059725170</t>
+          <t>9786059725941</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Matematik +4 Yaş</t>
+          <t>Çizgiler +3 Yaş</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059725187</t>
+          <t>9786059725934</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Matematik +5 Yaş</t>
+          <t>Dikkat ve Görsel Algılama +3 Yaş</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059725071</t>
+          <t>9786059725163</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Şimşek Çocuk</t>
+          <t>Matematik +3 Yaş</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>59</v>
+        <v>199</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
+          <t>9786059725170</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Matematik +4 Yaş</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786059725187</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Matematik +5 Yaş</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786059725071</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Şimşek Çocuk</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
           <t>9786059725262</t>
         </is>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Sokak Basketbolu</t>
         </is>
       </c>
-      <c r="C155" s="1">
+      <c r="C158" s="1">
         <v>69</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>