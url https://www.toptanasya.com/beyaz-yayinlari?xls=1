--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -85,970 +85,1060 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789755993256</t>
+          <t>9785993133003</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Poker</t>
+          <t>Kağıt Kesiği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3990000029698</t>
+          <t>9789755993164</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Fred Faktörü</t>
+          <t>Ankara 1402</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758261048</t>
+          <t>9789755992594</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yaşamda ve Sporda Doruk Performans (20. Yıl Özel Baskısı)</t>
+          <t>Temel Aile Terapisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>460</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789755991276</t>
+          <t>9789755993324</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gittiği İnsan</t>
+          <t>Kaçış Planı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789755992259</t>
+          <t>9789755993317</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Network Marketing Dünyasına Hoş Geldiniz</t>
+          <t>Hayatın Hakkını Ver</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000026537</t>
+          <t>9789755993300</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>360 Derece Lider</t>
+          <t>Vizyoner Liderlik ve Etkin Yöneticilik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789755992945</t>
+          <t>9789755993256</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme Stilleri</t>
+          <t>Poker</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789755992716</t>
+          <t>3990000029698</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Dahi</t>
+          <t>Fred Faktörü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755990996</t>
+          <t>9789758261048</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Netwok Marketing Yolculuğu Yaşanmış Hikayelerle</t>
+          <t>Yaşamda ve Sporda Doruk Performans (20. Yıl Özel Baskısı)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758261963</t>
+          <t>9789755991276</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Yasaları</t>
+          <t>Şiirin Gittiği İnsan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755990781</t>
+          <t>9789755992259</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayalleri Olan İnsan Durdurulamaz</t>
+          <t>Network Marketing Dünyasına Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755992136</t>
+          <t>3990000026537</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Güvende Olmanın Yeni Yolu Risk!</t>
+          <t>360 Derece Lider</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>460</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755991818</t>
+          <t>9789755992945</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Güneş Saatinin Altında İnsanı Söylemek I</t>
+          <t>Öğrenme Stilleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755990873</t>
+          <t>9789755992716</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Toplam Kalite Yönetimi Uygulamaları</t>
+          <t>Çılgın Dahi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789755992143</t>
+          <t>9789755990996</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Durdurulamaz İletişimci Olmak</t>
+          <t>Netwok Marketing Yolculuğu Yaşanmış Hikayelerle</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755991788</t>
+          <t>9789758261963</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Can Suyu</t>
+          <t>Liderlik Yasaları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789758261666</t>
+          <t>9789755990781</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Kazanmak</t>
+          <t>Hayalleri Olan İnsan Durdurulamaz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755990750</t>
+          <t>9789755992136</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Anlamlı Yaşamak</t>
+          <t>Güvende Olmanın Yeni Yolu Risk!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755991481</t>
+          <t>9789755991818</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Zihin Sizsiniz</t>
+          <t>Güneş Saatinin Altında İnsanı Söylemek I</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755991313</t>
+          <t>9789755990873</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sporda Toplam Kalite Yönetimi ve Futbol Uygulamaları</t>
+          <t>Eğitimde Toplam Kalite Yönetimi Uygulamaları</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755990842</t>
+          <t>9789755992143</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İletişim</t>
+          <t>Durdurulamaz İletişimci Olmak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758261802</t>
+          <t>9789755991788</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>NLP Kişisel Liderlik</t>
+          <t>Can Suyu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755990767</t>
+          <t>9789758261666</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Beyin Yarım Kürelerinin Gizemi Yaşamaya ve Öğrenmeye Sundukları</t>
+          <t>Birlikte Kazanmak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755993249</t>
+          <t>9789755990750</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dünün Bugünü</t>
+          <t>Anlamlı Yaşamak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755992525</t>
+          <t>9789755991481</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sorularınız Değişirse Hayatınız Değişir</t>
+          <t>Zihin Sizsiniz</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758261215</t>
+          <t>9789755991313</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çevrenizdeki Lideri Geliştirmek</t>
+          <t>Sporda Toplam Kalite Yönetimi ve Futbol Uygulamaları</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755993201</t>
+          <t>9789755990842</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Sanatçının Hayatından Bir Kesit - Hector Berlioz ve Fantastik Senfoni</t>
+          <t>Eğitimde İletişim</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755993171</t>
+          <t>9789758261802</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Olmak Bir Tercihtir</t>
+          <t>NLP Kişisel Liderlik</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755993157</t>
+          <t>9789755990767</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Simurg Dönüşümü</t>
+          <t>Beyin Yarım Kürelerinin Gizemi Yaşamaya ve Öğrenmeye Sundukları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755993089</t>
+          <t>9789755993249</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Şair Memlekete Dair</t>
+          <t>Dünün Bugünü</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755992464</t>
+          <t>9789755992525</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Next Generation Marketing’in Şifreleri</t>
+          <t>Sorularınız Değişirse Hayatınız Değişir</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755993072</t>
+          <t>9789758261215</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mikrodan Makroya Makrodan Öteye</t>
+          <t>Çevrenizdeki Lideri Geliştirmek</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>365</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789755993065</t>
+          <t>9789755993201</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Başarı Mühendisliği</t>
+          <t>Bir Sanatçının Hayatından Bir Kesit - Hector Berlioz ve Fantastik Senfoni</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>230</v>
+        <v>256</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755993041</t>
+          <t>9789755993171</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Can Kopuğu</t>
+          <t>Başarılı Olmak Bir Tercihtir</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755993034</t>
+          <t>9789755993157</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Güçlü İlişkiler</t>
+          <t>Simurg Dönüşümü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755993027</t>
+          <t>9789755993089</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci Gibi Düşünmek</t>
+          <t>İçimdeki Şair Memlekete Dair</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755992990</t>
+          <t>9789755992464</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Satir Süreçleri</t>
+          <t>Next Generation Marketing’in Şifreleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755992969</t>
+          <t>9789755993072</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Bağlantı</t>
+          <t>Mikrodan Makroya Makrodan Öteye</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755992938</t>
+          <t>9789755993065</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hizmetkar Liderlik’i Hayata Geçirmek</t>
+          <t>Başarı Mühendisliği</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>340</v>
+        <v>310</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755992914</t>
+          <t>9789755993041</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Milyon Dolarlık Alışkanlıklar</t>
+          <t>Can Kopuğu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755992877</t>
+          <t>9789755993034</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>101 Misafir Memnuniyet Yolu</t>
+          <t>Güçlü İlişkiler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>380</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755992860</t>
+          <t>9789755993027</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Satışın Psikolojisi</t>
+          <t>Leonardo Da Vinci Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>340</v>
+        <v>540</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755992839</t>
+          <t>9789755992990</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İnsan Bilinci Üzerine Düşünceler</t>
+          <t>Satir Süreçleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755992822</t>
+          <t>9789755992969</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Size Bir Sır Vereyim Mi?</t>
+          <t>Muhteşem Bağlantı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755992761</t>
+          <t>9789755992938</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tutum Her Şeydir</t>
+          <t>Hizmetkar Liderlik’i Hayata Geçirmek</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>270</v>
+        <v>460</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755992785</t>
+          <t>9789755992914</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Digito Ergo Sum - Dijitalim Öyleyse Varım</t>
+          <t>Milyon Dolarlık Alışkanlıklar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755992723</t>
+          <t>9789755992877</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Düşlediğiniz İnsan Olun</t>
+          <t>101 Misafir Memnuniyet Yolu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755992778</t>
+          <t>9789755992860</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>3 İm'de İnsan</t>
+          <t>Satışın Psikolojisi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755992754</t>
+          <t>9789755992839</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Davet Formülü</t>
+          <t>İnsan ve İnsan Bilinci Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>216</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789758261796</t>
+          <t>9789755992822</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Nitelikleri</t>
+          <t>Size Bir Sır Vereyim Mi?</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755990002</t>
+          <t>9789755992761</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yaratmak</t>
+          <t>Tutum Her Şeydir</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>390</v>
+        <v>365</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755992662</t>
+          <t>9789755992785</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Başarısızlığın Olmadığı Okul</t>
+          <t>Digito Ergo Sum - Dijitalim Öyleyse Varım</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>405</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755992631</t>
+          <t>9789755992723</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Düşünmek!</t>
+          <t>Düşlediğiniz İnsan Olun</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755992617</t>
+          <t>9789755992778</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca ile Mutluluk ve Başarı Yolculuğu</t>
+          <t>3 İm'de İnsan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>405</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755992570</t>
+          <t>9789755992754</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Kavrayış Gücümüz...</t>
+          <t>Davet Formülü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755992532</t>
+          <t>9789758261796</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yoga Dharana Konsantrasyon</t>
+          <t>Liderlik Nitelikleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755992518</t>
+          <t>9789755990002</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Sorular</t>
+          <t>İnsan Yaratmak</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755992501</t>
+          <t>9789755992662</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Beden Dili</t>
+          <t>Başarısızlığın Olmadığı Okul</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755992495</t>
+          <t>9789755992631</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İş Yerinde Beden Dili</t>
+          <t>Düşünmek!</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>230</v>
+        <v>216</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755992457</t>
+          <t>9789755992617</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yoga Pratyahara Duyuları Aşma Sanatı</t>
+          <t>Nasrettin Hoca ile Mutluluk ve Başarı Yolculuğu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755992167</t>
+          <t>9789755992570</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tefekkür</t>
+          <t>Gerçeği Kavrayış Gücümüz...</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>216</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
+          <t>9789755992532</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Yoga Dharana Konsantrasyon</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789755992518</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Sorular</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789755992501</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Beden Dili</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789755992495</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>İş Yerinde Beden Dili</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789755992457</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Yoga Pratyahara Duyuları Aşma Sanatı</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789755992167</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Tefekkür</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
           <t>9789758261222</t>
         </is>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>İçinizdeki Lideri Geliştirmek</t>
         </is>
       </c>
-      <c r="C63" s="1">
-        <v>290</v>
+      <c r="C69" s="1">
+        <v>390</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>