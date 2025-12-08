--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,700 +85,775 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057468246</t>
+          <t>9786259703657</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Genç Harold'ın Yolculuğu - Childe Harold's Pilgrimage</t>
+          <t>Gölün Leydisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259703640</t>
+          <t>9786259703671</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yazarlar ve Leviathan: Siyaset ve Edebiyat Üzerine Seçme Makaleler</t>
+          <t>Fritiof'un Destanı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259703633</t>
+          <t>9786259703668</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kurgu ve Belge: Sinema Dersleri 1</t>
+          <t>Kobzar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259703619</t>
+          <t>4444444444308</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fizikçilerin Metafizik Yazıları</t>
+          <t>Eksanat Dergisi Sayı 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259703626</t>
+          <t>4444444442979</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hastalarının Yazdıkları Şiirler: İnilti</t>
+          <t>Eksanat Dergisi Sayı 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259703602</t>
+          <t>9786057468246</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Siyasi ve Dini İktidar Teorisi</t>
+          <t>Genç Harold'ın Yolculuğu - Childe Harold's Pilgrimage</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259811192</t>
+          <t>9786259703640</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı Yazıları</t>
+          <t>Yazarlar ve Leviathan: Siyaset ve Edebiyat Üzerine Seçme Makaleler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259811178</t>
+          <t>9786259703633</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Meseleler</t>
+          <t>Kurgu ve Belge: Sinema Dersleri 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259811185</t>
+          <t>9786259703619</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İngiltere ve İmparatorluğu</t>
+          <t>Büyük Fizikçilerin Metafizik Yazıları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259811161</t>
+          <t>9786259703626</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bay Bennett ve Bayan Brown</t>
+          <t>Akıl Hastalarının Yazdıkları Şiirler: İnilti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259811147</t>
+          <t>9786259703602</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Essays in Late Ottoman to Post-Ottoman Intellectual History, Vol. I / Son Dönem Osmanlı'sından Osmanlı Sonrasına Entelektüel Tarih Üzerine Makaleler, I. Cilt</t>
+          <t>Siyasi ve Dini İktidar Teorisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259811130</t>
+          <t>9786259811192</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Devrimi ve Britanya İmparatorluğunun Yükselişi</t>
+          <t>Sanatçı Yazıları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057125675</t>
+          <t>9786259811178</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Jean-Jacques Rousseaus Meselesi</t>
+          <t>Felsefi Meseleler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057125606</t>
+          <t>9786259811185</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Spoon River Antolojisi</t>
+          <t>İngiltere ve İmparatorluğu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057468284</t>
+          <t>9786259811161</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Lacancı Başlangıçlar</t>
+          <t>Bay Bennett ve Bayan Brown</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057468291</t>
+          <t>9786259811147</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Modifiye Masallar</t>
+          <t>Essays in Late Ottoman to Post-Ottoman Intellectual History, Vol. I / Son Dönem Osmanlı'sından Osmanlı Sonrasına Entelektüel Tarih Üzerine Makaleler, I. Cilt</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259811123</t>
+          <t>9786259811130</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>H. Nihal Atsız: Türkçü Bir İdeologun Entelektüel Portresi</t>
+          <t>Sanayi Devrimi ve Britanya İmparatorluğunun Yükselişi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>560</v>
+        <v>600</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259970677</t>
+          <t>9786057125675</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İrfan Önürmen'in Sanatı - Belirsizliğin İmgeleri</t>
+          <t>Jean-Jacques Rousseaus Meselesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259811116</t>
+          <t>9786057125606</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin Krizinden Memleketin Krizine: Görgüsüzleşme, Yozlaşma, Çürüme</t>
+          <t>Spoon River Antolojisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259970691</t>
+          <t>9786057468284</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Moskova Yanıyor</t>
+          <t>Lacancı Başlangıçlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259970684</t>
+          <t>9786057468291</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Asya'da Batı-Karşıtlığı Siyaseti</t>
+          <t>Modifiye Masallar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259970660</t>
+          <t>9786259811123</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kyoto Okulu Felsefesi</t>
+          <t>H. Nihal Atsız: Türkçü Bir İdeologun Entelektüel Portresi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>560</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259970653</t>
+          <t>9786259970677</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Günlükler - Bizler Dünyadan Püsküren Alevleriz</t>
+          <t>İrfan Önürmen'in Sanatı - Belirsizliğin İmgeleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259970646</t>
+          <t>9786259811116</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılın Sonundan 1945'e Modern Asya Entelektüel Tarihi</t>
+          <t>Mahallenin Krizinden Memleketin Krizine: Görgüsüzleşme, Yozlaşma, Çürüme</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259970639</t>
+          <t>9786259970691</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Julia Kristeva: Anlamlandırılamayanla Yüzleşmek</t>
+          <t>Moskova Yanıyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259970622</t>
+          <t>9786259970684</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Yolları (1980-2003): Büyük Dönüşüm</t>
+          <t>Asya'da Batı-Karşıtlığı Siyaseti</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259970615</t>
+          <t>9786259970660</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ramak</t>
+          <t>Kyoto Okulu Felsefesi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259970608</t>
+          <t>9786259970653</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Herder'in Felsefesi</t>
+          <t>Mahrem Günlükler - Bizler Dünyadan Püsküren Alevleriz</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057125699</t>
+          <t>9786259970646</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm</t>
+          <t>19. Yüzyılın Sonundan 1945'e Modern Asya Entelektüel Tarihi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057125682</t>
+          <t>9786259970639</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Burada ve Şimdi</t>
+          <t>Julia Kristeva: Anlamlandırılamayanla Yüzleşmek</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057125668</t>
+          <t>9786259970622</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Modernite</t>
+          <t>Türk Hava Yolları (1980-2003): Büyük Dönüşüm</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057125651</t>
+          <t>9786259970615</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer ve Nietzsche</t>
+          <t>Ramak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057125644</t>
+          <t>9786259970608</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ek Almanak - Sayı 1 / Eylül 2022</t>
+          <t>Herder'in Felsefesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057125637</t>
+          <t>9786057125699</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türk Sağı - Mahalle, Kriz ve Kritik</t>
+          <t>Sosyalizm</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057125620</t>
+          <t>9786057125682</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Felsefesi</t>
+          <t>Burada ve Şimdi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057125613</t>
+          <t>9786057125668</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche'nin Felsefesi</t>
+          <t>Huzursuz Modernite</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057468277</t>
+          <t>9786057125651</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ekülük Adam, Platon’un Düşü ve Diğer Hikayeler</t>
+          <t>Schopenhauer ve Nietzsche</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057080509</t>
+          <t>9786057125644</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Spinoza'nın Felsefesi</t>
+          <t>Ek Almanak - Sayı 1 / Eylül 2022</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057468260</t>
+          <t>9786057125637</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Asker, Toplum ve Siyaset</t>
+          <t>Türk Sağı - Mahalle, Kriz ve Kritik</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057468253</t>
+          <t>9786057125620</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hegel'in Felsefesi</t>
+          <t>Aydınlanma Felsefesi</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057468239</t>
+          <t>9786057125613</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Üzerine</t>
+          <t>Nietzsche'nin Felsefesi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057468222</t>
+          <t>9786057468277</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Truva'nın Duvarları</t>
+          <t>Kırk Ekülük Adam, Platon’un Düşü ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057468215</t>
+          <t>9786057080509</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Fatih ve Bellini</t>
+          <t>Spinoza'nın Felsefesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
+          <t>9786057468260</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Asker, Toplum ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786057468253</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Hegel'in Felsefesi</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786057468239</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Shakespeare Üzerine</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786057468222</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgarlı Truva'nın Duvarları</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786057468215</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Fatih ve Bellini</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
           <t>9786057468208</t>
         </is>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Dünyayı Yeniden Büyülemek: Avrupa Romantizminden Portreler</t>
         </is>
       </c>
-      <c r="C45" s="1">
+      <c r="C50" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>