--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,775 +85,790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259703657</t>
+          <t>9786259346106</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gölün Leydisi</t>
+          <t>Sürgün, Kehanet ve Millet</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259703671</t>
+          <t>9786259703695</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Fritiof'un Destanı</t>
+          <t>Hannah Arendt ve Avrupalı-olmayan Halklar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259703668</t>
+          <t>9786259703664</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kobzar</t>
+          <t>Dubala Kaşla Göz Arasında Sayı 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4444444444308</t>
+          <t>9786259703657</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Eksanat Dergisi Sayı 2</t>
+          <t>Gölün Leydisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>4444444442979</t>
+          <t>9786259703671</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eksanat Dergisi Sayı 1</t>
+          <t>Fritiof'un Destanı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057468246</t>
+          <t>9786259703668</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Genç Harold'ın Yolculuğu - Childe Harold's Pilgrimage</t>
+          <t>Kobzar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259703640</t>
+          <t>9786057468246</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yazarlar ve Leviathan: Siyaset ve Edebiyat Üzerine Seçme Makaleler</t>
+          <t>Genç Harold'ın Yolculuğu - Childe Harold's Pilgrimage</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259703633</t>
+          <t>9786259703640</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kurgu ve Belge: Sinema Dersleri 1</t>
+          <t>Yazarlar ve Leviathan: Siyaset ve Edebiyat Üzerine Seçme Makaleler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259703619</t>
+          <t>9786259703633</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fizikçilerin Metafizik Yazıları</t>
+          <t>Kurgu ve Belge: Sinema Dersleri 1</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259703626</t>
+          <t>9786259703619</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hastalarının Yazdıkları Şiirler: İnilti</t>
+          <t>Büyük Fizikçilerin Metafizik Yazıları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259703602</t>
+          <t>9786259703626</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Siyasi ve Dini İktidar Teorisi</t>
+          <t>Akıl Hastalarının Yazdıkları Şiirler: İnilti</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259811192</t>
+          <t>9786259703602</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı Yazıları</t>
+          <t>Siyasi ve Dini İktidar Teorisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259811178</t>
+          <t>9786259811192</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Meseleler</t>
+          <t>Sanatçı Yazıları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259811185</t>
+          <t>9786259811178</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İngiltere ve İmparatorluğu</t>
+          <t>Felsefi Meseleler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259811161</t>
+          <t>9786259811185</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bay Bennett ve Bayan Brown</t>
+          <t>İngiltere ve İmparatorluğu</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259811147</t>
+          <t>9786259811161</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Essays in Late Ottoman to Post-Ottoman Intellectual History, Vol. I / Son Dönem Osmanlı'sından Osmanlı Sonrasına Entelektüel Tarih Üzerine Makaleler, I. Cilt</t>
+          <t>Bay Bennett ve Bayan Brown</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259811130</t>
+          <t>9786259811147</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Devrimi ve Britanya İmparatorluğunun Yükselişi</t>
+          <t>Essays in Late Ottoman to Post-Ottoman Intellectual History, Vol. I / Son Dönem Osmanlı'sından Osmanlı Sonrasına Entelektüel Tarih Üzerine Makaleler, I. Cilt</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057125675</t>
+          <t>9786259811130</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Jean-Jacques Rousseaus Meselesi</t>
+          <t>Sanayi Devrimi ve Britanya İmparatorluğunun Yükselişi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057125606</t>
+          <t>9786057125675</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Spoon River Antolojisi</t>
+          <t>Jean-Jacques Rousseaus Meselesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057468284</t>
+          <t>9786057125606</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Lacancı Başlangıçlar</t>
+          <t>Spoon River Antolojisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057468291</t>
+          <t>9786057468284</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Modifiye Masallar</t>
+          <t>Lacancı Başlangıçlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259811123</t>
+          <t>9786057468291</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>H. Nihal Atsız: Türkçü Bir İdeologun Entelektüel Portresi</t>
+          <t>Modifiye Masallar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>560</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259970677</t>
+          <t>9786259811123</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İrfan Önürmen'in Sanatı - Belirsizliğin İmgeleri</t>
+          <t>H. Nihal Atsız: Türkçü Bir İdeologun Entelektüel Portresi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>560</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259811116</t>
+          <t>9786259970677</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin Krizinden Memleketin Krizine: Görgüsüzleşme, Yozlaşma, Çürüme</t>
+          <t>İrfan Önürmen'in Sanatı - Belirsizliğin İmgeleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259970691</t>
+          <t>9786259811116</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Moskova Yanıyor</t>
+          <t>Mahallenin Krizinden Memleketin Krizine: Görgüsüzleşme, Yozlaşma, Çürüme</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259970684</t>
+          <t>9786259970691</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Asya'da Batı-Karşıtlığı Siyaseti</t>
+          <t>Moskova Yanıyor</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259970660</t>
+          <t>9786259970684</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kyoto Okulu Felsefesi</t>
+          <t>Asya'da Batı-Karşıtlığı Siyaseti</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259970653</t>
+          <t>9786259970660</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Günlükler - Bizler Dünyadan Püsküren Alevleriz</t>
+          <t>Kyoto Okulu Felsefesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259970646</t>
+          <t>9786259970653</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılın Sonundan 1945'e Modern Asya Entelektüel Tarihi</t>
+          <t>Mahrem Günlükler - Bizler Dünyadan Püsküren Alevleriz</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259970639</t>
+          <t>9786259970646</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Julia Kristeva: Anlamlandırılamayanla Yüzleşmek</t>
+          <t>19. Yüzyılın Sonundan 1945'e Modern Asya Entelektüel Tarihi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259970622</t>
+          <t>9786259970639</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türk Hava Yolları (1980-2003): Büyük Dönüşüm</t>
+          <t>Julia Kristeva: Anlamlandırılamayanla Yüzleşmek</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259970615</t>
+          <t>9786259970622</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ramak</t>
+          <t>Türk Hava Yolları (1980-2003): Büyük Dönüşüm</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259970608</t>
+          <t>9786259970615</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Herder'in Felsefesi</t>
+          <t>Ramak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057125699</t>
+          <t>9786259970608</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm</t>
+          <t>Herder'in Felsefesi</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057125682</t>
+          <t>9786057125699</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Burada ve Şimdi</t>
+          <t>Sosyalizm</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057125668</t>
+          <t>9786057125682</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Modernite</t>
+          <t>Burada ve Şimdi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057125651</t>
+          <t>9786057125668</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer ve Nietzsche</t>
+          <t>Huzursuz Modernite</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057125644</t>
+          <t>9786057125651</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ek Almanak - Sayı 1 / Eylül 2022</t>
+          <t>Schopenhauer ve Nietzsche</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057125637</t>
+          <t>9786057125644</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türk Sağı - Mahalle, Kriz ve Kritik</t>
+          <t>Ek Almanak - Sayı 1 / Eylül 2022</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057125620</t>
+          <t>9786057125637</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Felsefesi</t>
+          <t>Türk Sağı - Mahalle, Kriz ve Kritik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057125613</t>
+          <t>9786057125620</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche'nin Felsefesi</t>
+          <t>Aydınlanma Felsefesi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057468277</t>
+          <t>9786057125613</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ekülük Adam, Platon’un Düşü ve Diğer Hikayeler</t>
+          <t>Nietzsche'nin Felsefesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057080509</t>
+          <t>9786057468277</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Spinoza'nın Felsefesi</t>
+          <t>Kırk Ekülük Adam, Platon’un Düşü ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057468260</t>
+          <t>9786057080509</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Asker, Toplum ve Siyaset</t>
+          <t>Spinoza'nın Felsefesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057468253</t>
+          <t>9786057468260</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hegel'in Felsefesi</t>
+          <t>Türkiye’de Asker, Toplum ve Siyaset</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057468239</t>
+          <t>9786057468253</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Üzerine</t>
+          <t>Hegel'in Felsefesi</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057468222</t>
+          <t>9786057468239</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Truva'nın Duvarları</t>
+          <t>Shakespeare Üzerine</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057468215</t>
+          <t>9786057468222</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Fatih ve Bellini</t>
+          <t>Rüzgarlı Truva'nın Duvarları</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
+          <t>9786057468215</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Fatih ve Bellini</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
           <t>9786057468208</t>
         </is>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Dünyayı Yeniden Büyülemek: Avrupa Romantizminden Portreler</t>
         </is>
       </c>
-      <c r="C50" s="1">
+      <c r="C51" s="1">
         <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>