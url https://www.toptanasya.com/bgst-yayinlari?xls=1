--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -139,66 +139,66 @@
         <is>
           <t>9789756165138</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Su Savaşları</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789756165096</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Stanislavski Sistemi Oyunculuk Eğitimi İçin Bir El Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789756165515</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Rızanın İmalatı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>490</v>
+        <v>640</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786257696036</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Albert Seti (3 KitapTakım)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786257696050</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
@@ -259,1111 +259,1111 @@
         <is>
           <t>9786257696081</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Tiyatro Oyunları Kitap Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>990</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789756165195</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Kültür ve Siyasette Feminist Yaklaşımlar 2006 - 2007 Seçkisi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9789756165232</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Kardeş Türküler 15 Yılın Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9789756165072</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Bir Kadın Uyanıyor</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9789756165577</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Bilgi ve Özgürlük Sorunları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789756165317</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Bilgi Sorunları ve Dil</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9789756165348</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>İktidarı Anlamak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>490</v>
+        <v>640</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9789756165270</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Türkiye Ermenileri Sahnesi ve Çalışanları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9789756165188</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Tiyatroda 20 Yıl</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9789756165089</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Ölümcül Sıcak Küresel Adalet ve Küresel Isınma</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9789756165379</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Kültür ve Siyasette Feminist Yaklaşımlar 2010</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789756165300</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Kültür ve Siyasette Feminist Yaklaşımlar 2009</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9789756165126</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Kadın Oyunları  5 Oyun</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9789756165027</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>İnsan Doğası: İktidara Karşı Adalet</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789756165485</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Otobüs</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789756165423</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Entelektüellerin Sorumluluğu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9789756165119</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Düşünce Düşleri 21. Yüzyıl için Radikal Teori</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9789756165416</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Avrupa Evrenselciliği</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786257696029</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Stanislavski ve Oyuncu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9789756165959</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Çocuklar ve Gençlerle Drama ve Tiyatro</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786257696012</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Thukydides’ten Özür Dileyerek</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>370</v>
+        <v>490</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9789756165980</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Homo Sapiens: İnsanın Evrimi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9789756165997</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Teknoloji ve İnsanın Geleceği</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786257696005</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>İster Ağla İster Gül</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>370</v>
+        <v>490</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9789756165973</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Medya ve Muhalefet</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9789756165935</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Duygu Yoldaşlığı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9789756165942</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Biz Ne Tür Yaratıklarız?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9789756165928</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Kronos’un Taktikleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9789756165911</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Aydınlanma Zihniyeti</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9789756165904</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Kuantum Dünyasında Küçük Bir Gezinti</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9789756165898</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Darwin - Herkes İçin Evrim</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9789756165881</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Osmanlı ve Türkiye Tiyatrosunda Şahinyanlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9789756165867</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Evrenin Kökeni Üzerine</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789756165850</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Ütopistik Ya Da 21. Yüzyılın Tarihsel Seçimleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9789756165843</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Zabel</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9789756165836</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Değişme İsteği</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9789756165829</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Einstein Plajda - Herkes İçin Görelilik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9789756165799</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Sivri Dilli Dahi: Hagop Baronyan’ın Siyasi ve Toplumsal Hicvi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9789756165812</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Maddenin Gizemleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9789756165805</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Karanlık Çökerken Umutsuzluğa Karşı İyimserlik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9789756165782</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Güç ve İdeoloji Üzerine</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9789756165751</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Şeytan Banliyöde</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9789756165768</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Stanislavski Provada</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9789756165737</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>İnsanlığın Efendileri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9789756165744</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Bolşevizmin Pratiği ve Teorisi</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9789756165720</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Mümtaz Şahsiyetlerin Kabusları  ve Diğer Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9789756165713</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>İkarus Ya Da Bilimin Geleceği</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9789756165706</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Toplumsal Yeniden İnşanın İlkeleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9789756165676</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Aydaki Canavar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9789756165669</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Politik İdealler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9789756165638</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Tarihsel Metaforlar ve Mitsel Gerçeklikler</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9789756165614</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Namus: Suçlar, Paradigmalar ve Kadına Yönelik Şiddet</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9789756165607</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Yeşil İktisat (Ekolojik Krize Karşı Koymak)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9789756165508</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Batı’nın İnsan Doğası Yanılsaması</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789756165430</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Azınlık</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9789756165294</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Çağımızın Bilimleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9789756165362</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Cinsiyet, Irk, Sınıf</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9789756165553</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Cadının Bohçası</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9789756165218</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Biz Siz Onlar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9789756165539</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Doğu ile Batı Arasında San Lazzaro Sahnesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9789756165140</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Demokrasi ve Eğitim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>490</v>
+        <v>640</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9789756165225</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Dayıka Werın u Zaroken We</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9789756165102</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Gülüşün Güller Açsın</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9789756165522</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Feminist Tarihin Peşinde</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9789756165157</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Emir Bedirhan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9789756165010</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Pilavdan Dönenin Kaşığı Kırılsın</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9789756165386</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Öteki Kürtler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789756165560</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Venedik’ten İstanbul’a Modern Ermeni Tiyatrosu’nun İlk Adımları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9789756165287</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Vartovyan Kumpanyası ve Yeni Osmanlılar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9789756165164</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Umudu Gerçeğe Dönüştürmek</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9799756165040</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Yeni Bir Hayat İçin</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9789756165546</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Baronyan Oyunları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9789756165584</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Sosyal Bilimleri Düşünmemek</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>