--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -85,610 +85,730 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259765471</t>
+          <t>9786259684604</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Artık Hazırım! Kelebek Olmaya (Oyunlu Kitap)</t>
+          <t>Hep Birlikte! - Farklılıklarımız (Kitap ve Oyun Seti)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786050652796</t>
+          <t>9786259765488</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil İsim Şehir</t>
+          <t>Bebek Kutusu - Merhaba Dünya! (Bebeğimin İlk Kutusu)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>165</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259765464</t>
+          <t>9786057258540</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Gelince - Bir Günüm</t>
+          <t>İlk Oyun Hamuru Kitabım - Uzay</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259765457</t>
+          <t>9786050652758</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Beni Sorarsan Yuvamdayım - İşte Buzullar!</t>
+          <t>Bilmecelerle İlk Kelimelerim</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259765440</t>
+          <t>9786050652734</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Acaba Nerede?(Parmak Takipli)</t>
+          <t>Sosyal-Duygusal Beceriler - Babi İle Öğreniyorum 4. Kitap</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259765433</t>
+          <t>9786050652727</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Benim Pop-it Kitabım – Sayılar (Ciltli)</t>
+          <t>İşitsel Algı ve Dikkat Geliştirme - Babi İle Öğreniyorum 2. Kitap</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>265</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259765426</t>
+          <t>9786050652710</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Konuşturan Sorular - Nezaket Kartları ve Kitap Seti</t>
+          <t>Görsel Performans ve Algı - Babi ile Öğreniyorum 1.Kitap</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057258564</t>
+          <t>9786050652703</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Konuşturan Sorular - Duygu Kartları ve Kitap Seti</t>
+          <t>Dil Gelişimi ve Zihin Kuramı - Babi İle Öğreniyorum 3. Kitap</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057258519</t>
+          <t>9786259765471</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Konuşturan Sorular - Ses Kartları ve Kitap Seti</t>
+          <t>Artık Hazırım! Kelebek Olmaya (Oyunlu Kitap)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259765402</t>
+          <t>9786050652796</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hep Birlikte Okul İnşaatı Kitap Ve Oyun Seti</t>
+          <t>Yeni Nesil İsim Şehir</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259453095</t>
+          <t>9786259765464</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sıra Sende Bisiklet Yarışı</t>
+          <t>Zamanı Gelince - Bir Günüm</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057258502</t>
+          <t>9786259765457</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Dino - Benim Pop - İt Kitabım</t>
+          <t>Beni Sorarsan Yuvamdayım - İşte Buzullar!</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259453071</t>
+          <t>9786259765440</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Oteli</t>
+          <t>Mutluluk Acaba Nerede?(Parmak Takipli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259453064</t>
+          <t>9786259765433</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Beni Sorarsan Yuvamdayım - İşte Deniz Altı</t>
+          <t>Benim Pop-it Kitabım – Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259453026</t>
+          <t>9786259765426</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Beni Sorarsan Yuvamdayım - İşte Yer Altı</t>
+          <t>Konuşturan Sorular - Nezaket Kartları ve Kitap Seti</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259453088</t>
+          <t>9786057258564</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Konuşturan Sorular - Kavramlarla İlk Kelimelerim Seti</t>
+          <t>Konuşturan Sorular - Duygu Kartları ve Kitap Seti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>183.33</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259453057</t>
+          <t>9786057258519</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Benim Pop-İt Kitabım / Okyanus</t>
+          <t>Konuşturan Sorular - Ses Kartları ve Kitap Seti</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259453033</t>
+          <t>9786259765402</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimeler Müzesi - Hayvanlar (İngilizce Destekli Kitap Ve Yapboz Seti)</t>
+          <t>Hep Birlikte Okul İnşaatı Kitap Ve Oyun Seti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259453040</t>
+          <t>9786259453095</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İlk Bilim Trenim - Cırt Cırtlı Yapboz Ve Kitap Seti</t>
+          <t>Sıra Sende Bisiklet Yarışı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>241.67</v>
+        <v>330</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259453019</t>
+          <t>9786057258502</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Benim Pop - İt Kitabım Zıp Zıp Tavşan (Tak Çıkar)</t>
+          <t>Dinozor Dino - Benim Pop - İt Kitabım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050652741</t>
+          <t>9786259453071</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türkiye: Genel Kültür ve Dikkat Oyunu</t>
+          <t>İyi Uykular Oteli</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057258595</t>
+          <t>9786259453064</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İlk Harf Trenim - Cırt Cırtlı Yapboz Ve Kitap Seti</t>
+          <t>Beni Sorarsan Yuvamdayım - İşte Deniz Altı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>241.67</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057258588</t>
+          <t>9786259453026</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Varsın Çiftlik (Yapbozlu Kitap)</t>
+          <t>Beni Sorarsan Yuvamdayım - İşte Yer Altı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259453002</t>
+          <t>9786259453088</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Varsın Meslekler (Yapbozlu Kitap)</t>
+          <t>Konuşturan Sorular - Kavramlarla İlk Kelimelerim Seti</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057258571</t>
+          <t>9786259453057</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İlk Bilim Çantam (Cırt Cırtlı)</t>
+          <t>Benim Pop-İt Kitabım / Okyanus</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057258526</t>
+          <t>9786259453033</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İlk Sayı Trenim - Cırt Cırtlı Yapboz ve Kitap Seti</t>
+          <t>İlk Kelimeler Müzesi - Hayvanlar (İngilizce Destekli Kitap Ve Yapboz Seti)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057054173</t>
+          <t>9786259453040</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cırt Cırtlı Etkinlik Kitabım - Okulda Bir Gün (2+ Yaş)</t>
+          <t>İlk Bilim Trenim - Cırt Cırtlı Yapboz Ve Kitap Seti</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057054142</t>
+          <t>9786259453019</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Cırt Cırtlı Etkinlik Kitabım - Çiftlikte Bir Gün (2+ Yaş)</t>
+          <t>Benim Pop - İt Kitabım Zıp Zıp Tavşan (Tak Çıkar)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057054135</t>
+          <t>9786050652741</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Bir Gün - Cırt Cırtlı Etkinlik Kitabım (2+ Yaş)</t>
+          <t>Türkiye: Genel Kültür ve Dikkat Oyunu</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057258533</t>
+          <t>9786057258595</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İlk Doktor Çantam (Cırt Cırtlı)</t>
+          <t>İlk Harf Trenim - Cırt Cırtlı Yapboz Ve Kitap Seti</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057258557</t>
+          <t>9786057258588</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İlk Tamirci Çantam (Cırt Cırtlı)</t>
+          <t>İyi Ki Varsın Çiftlik (Yapbozlu Kitap)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057054197</t>
+          <t>9786259453002</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Benim Pop-İt Kitabım - Ayı Bogi</t>
+          <t>İyi Ki Varsın Meslekler (Yapbozlu Kitap)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057054180</t>
+          <t>9786057258571</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İlk Oyun Hamuru Kitabım - Doğa</t>
+          <t>İlk Bilim Çantam (Cırt Cırtlı)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057054166</t>
+          <t>9786057258526</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İlk Oyun Hamuru Kitabım - Sayılar</t>
+          <t>İlk Sayı Trenim - Cırt Cırtlı Yapboz ve Kitap Seti</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057054159</t>
+          <t>9786057054173</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İlk Oyun Hamuru Kitabım - Hayvan Dostlarım</t>
+          <t>Cırt Cırtlı Etkinlik Kitabım - Okulda Bir Gün (2+ Yaş)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057054111</t>
+          <t>9786057054142</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Link - Renkler Şekiller Bağlantı Kurma Oyunu</t>
+          <t>Cırt Cırtlı Etkinlik Kitabım - Çiftlikte Bir Gün (2+ Yaş)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>158.33</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057054128</t>
+          <t>9786057054135</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Link - Hayvanlar Bağlantı Kurma Oyunu</t>
+          <t>Bebeğimle Bir Gün - Cırt Cırtlı Etkinlik Kitabım (2+ Yaş)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>158.33</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
+          <t>9786057258533</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>İlk Doktor Çantam (Cırt Cırtlı)</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786057258557</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>İlk Tamirci Çantam (Cırt Cırtlı)</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786057054197</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Benim Pop-İt Kitabım - Ayı Bogi</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786057054180</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>İlk Oyun Hamuru Kitabım - Doğa</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786057054166</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>İlk Oyun Hamuru Kitabım - Sayılar</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786057054159</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>İlk Oyun Hamuru Kitabım - Hayvan Dostlarım</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786057054111</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Link - Renkler Şekiller Bağlantı Kurma Oyunu</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>158.33</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786057054128</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Link - Hayvanlar Bağlantı Kurma Oyunu</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>158.33</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
           <t>9786057054104</t>
         </is>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Link - Taşıtlar Bağlantı Kurma Oyunu</t>
         </is>
       </c>
-      <c r="C39" s="1">
+      <c r="C47" s="1">
         <v>158.33</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>