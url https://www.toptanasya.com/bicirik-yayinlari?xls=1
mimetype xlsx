--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,2950 +85,2995 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256167292</t>
+          <t>9786256167872</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker - Tuvalet Zamanı</t>
+          <t>Klasik Dünya Masalları - (10 Kitap)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057395832</t>
+          <t>9786256167766</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - Akıl Yürütme Aktiviteleri</t>
+          <t>İngilizce Hikayeler 4 ve 5. Sınıf (20 Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>70</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057093394</t>
+          <t>9786256167759</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - Dikkat Geliştici Aktiviteler</t>
+          <t>İngilizce Hikayeler 2 ve 3. Sınıf (20 Kitap)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>70</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057395849</t>
+          <t>9786256167292</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - Görsel Algı Geliştirici Aktiviteler</t>
+          <t>Bitmeyen Sticker - Tuvalet Zamanı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057395825</t>
+          <t>9786057395832</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - Hafıza Geliştirici Aktiviteler</t>
+          <t>Beyin Gelişimi - Akıl Yürütme Aktiviteleri</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057395818</t>
+          <t>9786057093394</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - mantık Geliştirici Aktiviteler</t>
+          <t>Beyin Gelişimi - Dikkat Geliştici Aktiviteler</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057395801</t>
+          <t>9786057395849</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - Zeka Geliştirici Aktiviteler</t>
+          <t>Beyin Gelişimi - Görsel Algı Geliştirici Aktiviteler</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052206720</t>
+          <t>9786057395825</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları - Eşleştirme</t>
+          <t>Beyin Gelişimi - Hafıza Geliştirici Aktiviteler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>195</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057093387</t>
+          <t>9786057395818</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çevremizdeki Eşyalar - Eğitici Eğlenceli Boyama</t>
+          <t>Beyin Gelişimi - mantık Geliştirici Aktiviteler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057093349</t>
+          <t>9786057395801</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Harfler Sayılar - Eğitici Eğlenceli Boyama</t>
+          <t>Beyin Gelişimi - Zeka Geliştirici Aktiviteler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057093370</t>
+          <t>9786052206720</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Eğitici Eğlenceli Boyama</t>
+          <t>Oyun Kartları - Eşleştirme</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057093363</t>
+          <t>9786057093387</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İlk İngilizce Sözcüklerim - Eğitici Eğlenceli Boyama</t>
+          <t>Çevremizdeki Eşyalar - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057093332</t>
+          <t>9786057093349</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Meslekler - Eğitici Eğlenceli Boyama</t>
+          <t>Harfler Sayılar - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057093356</t>
+          <t>9786057093370</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler - Eğitici Eğlenceli Boyama</t>
+          <t>Hayvanlar - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052120866</t>
+          <t>9786057093363</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bay Kebiç’le Karşılaşma - Aras ve Canavarlar</t>
+          <t>İlk İngilizce Sözcüklerim - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052120873</t>
+          <t>9786057093332</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Natilus’u Kurtarmalıyız! - Aras ve Canavarlar</t>
+          <t>Taşıtlar Meslekler - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052120897</t>
+          <t>9786057093356</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Parkın Şarkısı - Aras ve Canavarlar</t>
+          <t>Yiyecekler - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052120880</t>
+          <t>9786052120866</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Orman Savaşı - Aras ve Canavarlar</t>
+          <t>Bay Kebiç’le Karşılaşma - Aras ve Canavarlar</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058210356</t>
+          <t>9786052120873</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yarışçı Kaplumbağa</t>
+          <t>Natilus’u Kurtarmalıyız! - Aras ve Canavarlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058210370</t>
+          <t>9786052120897</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - Üç Pasaklı Kardeş</t>
+          <t>Parkın Şarkısı - Aras ve Canavarlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058210301</t>
+          <t>9786052120880</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Origami: Kat Kat Katla Eğlenceyi Yakala</t>
+          <t>Orman Savaşı - Aras ve Canavarlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058210363</t>
+          <t>9786058210356</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - O Oyuncak Benim</t>
+          <t>Yarışçı Kaplumbağa</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058210349</t>
+          <t>9786058210370</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - Merhaba! Teşekkürler! Hoşça Kal!</t>
+          <t>Afacanlar Kulübü - Üç Pasaklı Kardeş</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058210332</t>
+          <t>9786058210301</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - Doğru Mu, Yanlış Mı?</t>
+          <t>Origami: Kat Kat Katla Eğlenceyi Yakala</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058210325</t>
+          <t>9786058210363</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - Canavarlar Giremez</t>
+          <t>Afacanlar Kulübü - O Oyuncak Benim</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058210318</t>
+          <t>9786058210349</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - Bam! Pat! Güm!</t>
+          <t>Afacanlar Kulübü - Merhaba! Teşekkürler! Hoşça Kal!</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052206034</t>
+          <t>9786058210332</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Annem Beni Hep Böyle Sever Akıllım 11 Kitap + Boyama</t>
+          <t>Afacanlar Kulübü - Doğru Mu, Yanlış Mı?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052206164</t>
+          <t>9786058210325</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut ile Değerler Eğitimi (5 Kitap)</t>
+          <t>Afacanlar Kulübü - Canavarlar Giremez</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052206775</t>
+          <t>9786058210318</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalplim (10 Kitap Takım)</t>
+          <t>Afacanlar Kulübü - Bam! Pat! Güm!</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>275</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052206508</t>
+          <t>9786052206034</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bi' Dünya Hikaye</t>
+          <t>Annem Beni Hep Böyle Sever Akıllım 11 Kitap + Boyama</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000012064</t>
+          <t>9786052206164</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur Mahallesi - 3. Sınıf Hikayeler</t>
+          <t>Dede Korkut ile Değerler Eğitimi (5 Kitap)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>6</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256167339</t>
+          <t>9786052206775</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeze Yolculuk (10 Kitap-Soru Kitapçığı)</t>
+          <t>İyi Kalplim (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256167308</t>
+          <t>9786052206508</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker - Benim Vücudum</t>
+          <t>Bi' Dünya Hikaye</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256167315</t>
+          <t>3990000012064</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tükenmeyen Yaz Sil Harfler</t>
+          <t>Ihlamur Mahallesi - 3. Sınıf Hikayeler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256167322</t>
+          <t>9786256167339</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tükenmeyen Yaz Sil Matematik</t>
+          <t>Bilinmeze Yolculuk (10 Kitap-Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256948730</t>
+          <t>9786256167308</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hayvan Atlası (Ciltli)</t>
+          <t>Bitmeyen Sticker - Benim Vücudum</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256167285</t>
+          <t>9786256167315</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Pofuduk Boyama</t>
+          <t>Tükenmeyen Yaz Sil Harfler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256167278</t>
+          <t>9786256167322</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Cici Bici Renkler</t>
+          <t>Tükenmeyen Yaz Sil Matematik</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256167261</t>
+          <t>9786256948730</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Dinozorlar Boyama</t>
+          <t>Büyük Hayvan Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256167155</t>
+          <t>9786256167285</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker Bu Senin Tarzın</t>
+          <t>Pofuduk Boyama</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256167148</t>
+          <t>9786256167278</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker Keşfet Yapıştır</t>
+          <t>Cici Bici Renkler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256948129</t>
+          <t>9786256167261</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Sudoku Bulmaca</t>
+          <t>Neşeli Dinozorlar Boyama</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256167131</t>
+          <t>9786256167155</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker - Ülkemi Tanıyorum</t>
+          <t>Bitmeyen Sticker Bu Senin Tarzın</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>1000000383454</t>
+          <t>9786256167148</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Boyamaca (10 Kitap Takım)</t>
+          <t>Bitmeyen Sticker Keşfet Yapıştır</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256167117</t>
+          <t>9786256948129</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sticker Kitabım Fen ve Doğa</t>
+          <t>Zihin Açan Sudoku Bulmaca</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256167124</t>
+          <t>9786256167131</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sticker Kitabım Ormanlar</t>
+          <t>Bitmeyen Sticker - Ülkemi Tanıyorum</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256167094</t>
+          <t>1000000383454</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sticker Kitabım Dinozorlar</t>
+          <t>Bilmece Boyamaca (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256167100</t>
+          <t>9786256167117</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sticker Kitabım Prensesler</t>
+          <t>Sticker Kitabım Fen ve Doğa</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256948983</t>
+          <t>9786256167124</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Harflerden Korkan Çocuk</t>
+          <t>Sticker Kitabım Ormanlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256948990</t>
+          <t>9786256167094</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sayılardan Korkan Çocuk</t>
+          <t>Sticker Kitabım Dinozorlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057409942</t>
+          <t>9786256167100</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Harfleri Tanıma Yazı Yazma Alıştırmaları</t>
+          <t>Sticker Kitabım Prensesler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256948976</t>
+          <t>9786256948983</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Kitaplarım (10 Kitap)</t>
+          <t>Harflerden Korkan Çocuk</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256948860</t>
+          <t>9786256948990</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıflar için Hece Kitabı</t>
+          <t>Sayılardan Korkan Çocuk</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051836195</t>
+          <t>9786057409942</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Boyamaca (10 Kitap)</t>
+          <t>Harfleri Tanıma Yazı Yazma Alıştırmaları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256948846</t>
+          <t>9786256948976</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Cırt Cırt Etkinlik Zamanı</t>
+          <t>İlk Okuma Kitaplarım (10 Kitap)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256948853</t>
+          <t>9786256948860</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Cırt Cırt Oyun Zamanı</t>
+          <t>1. Sınıflar için Hece Kitabı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256948723</t>
+          <t>9786051836195</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tükenmez Sticker</t>
+          <t>Bilmece Boyamaca (10 Kitap)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256948716</t>
+          <t>9786256948846</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker</t>
+          <t>Cırt Cırt Etkinlik Zamanı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256948822</t>
+          <t>9786256948853</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır Eğlen Aktivite Kitabı</t>
+          <t>Cırt Cırt Oyun Zamanı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256948839</t>
+          <t>9786256948723</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kolay Origami</t>
+          <t>Tükenmez Sticker</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256948679</t>
+          <t>9786256948716</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Pırpırlar Dizisi (10 Kitap+Soru Kitapçığı)</t>
+          <t>Bitmeyen Sticker</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256948563</t>
+          <t>9786256948822</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bilge Hayvanlar Serisi (10 Kitap+Soru Kitapçığı)</t>
+          <t>Kes Yapıştır Eğlen Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256948440</t>
+          <t>9786256948839</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Zihin Geliştiren Mandala</t>
+          <t>Çocuklar İçin Kolay Origami</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256948457</t>
+          <t>9786256948679</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dikkat Geliştiren Mandala</t>
+          <t>Neşeli Pırpırlar Dizisi (10 Kitap+Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256948402</t>
+          <t>9786256948563</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Harfler</t>
+          <t>Bilge Hayvanlar Serisi (10 Kitap+Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256948426</t>
+          <t>9786256948440</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çizgiler</t>
+          <t>Çocuklar İçin Zihin Geliştiren Mandala</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256948433</t>
+          <t>9786256948457</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sayılar</t>
+          <t>Çocuklar İçin Dikkat Geliştiren Mandala</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256948419</t>
+          <t>9786256948402</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Hayvanlar</t>
+          <t>Eğlenceli Harfler</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256948389</t>
+          <t>9786256948426</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalplim (10 Kitap)</t>
+          <t>Eğlenceli Çizgiler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256948259</t>
+          <t>9786256948433</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Denizaltı Ülkesi</t>
+          <t>Eğlenceli Sayılar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256948150</t>
+          <t>9786256948419</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Oyun Parkı - Sticker Kitabım</t>
+          <t>Eğlenceli Hayvanlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256948143</t>
+          <t>9786256948389</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler - Sticker Kitabım</t>
+          <t>İyi Kalplim (10 Kitap)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256948136</t>
+          <t>9786256948259</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Sticker Kitabım</t>
+          <t>Neşeli Denizaltı Ülkesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256948167</t>
+          <t>9786256948150</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Sticker Kitabım</t>
+          <t>Oyun Parkı - Sticker Kitabım</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256948174</t>
+          <t>9786256948143</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Resimli Kelime Dünyası</t>
+          <t>Mevsimler - Sticker Kitabım</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256948112</t>
+          <t>9786256948136</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Güçlendiren Sudoku Bulmaca</t>
+          <t>Hayvanlar - Sticker Kitabım</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256387898</t>
+          <t>9786256948167</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilim Çocukları (10 Kitap)</t>
+          <t>Taşıtlar - Sticker Kitabım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256387782</t>
+          <t>9786256948174</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Kitaplığım (40 Kitap)</t>
+          <t>Resimli Kelime Dünyası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256387775</t>
+          <t>9786256948112</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Harika Klasikler (10 Kitap + Soru Kitapçığı)</t>
+          <t>Hafıza Güçlendiren Sudoku Bulmaca</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256387553</t>
+          <t>9786256387898</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Efsane Klasikler – (10 Kitap + Soru Kitapçığı)</t>
+          <t>Küçük Bilim Çocukları (10 Kitap)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057318077</t>
+          <t>9786256387782</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ateş’in Günlüğü Seti</t>
+          <t>Hikaye Kitaplığım (40 Kitap)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>290</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256387461</t>
+          <t>9786256387775</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Sevilen Klasikler (10 Kitap + Soru Kitapçığı)</t>
+          <t>Çocuklar için Harika Klasikler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256387768</t>
+          <t>9786256387553</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Popüler Klasikler (10 Kitap + Soru Kitapçığı)</t>
+          <t>Çocuklar İçin Efsane Klasikler – (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256387171</t>
+          <t>9786057318077</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Öyküler - (10 Kitap+Soru Kitapçığı)</t>
+          <t>Ateş’in Günlüğü Seti</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256387331</t>
+          <t>9786256387461</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Afacan Çocuk Sınıf Kitaplığım– (40 Kitap)</t>
+          <t>Çocuklar için Sevilen Klasikler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256387324</t>
+          <t>9786256387768</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Armağan Öyküler (10 Kitap + Soru Kitapçığı)</t>
+          <t>Çocuklar için Popüler Klasikler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256387102</t>
+          <t>9786256387171</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünden Öyküler (10 Kitap + Soru Kitapçığı)</t>
+          <t>Hayalimdeki Öyküler - (10 Kitap+Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256387119</t>
+          <t>9786256387331</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Öyküler (10 Kitap + Soru Kitapçığı)</t>
+          <t>Afacan Çocuk Sınıf Kitaplığım– (40 Kitap)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256948105</t>
+          <t>9786256387324</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>En Çok Sevilen Minik Klasikler (20 Kitap)</t>
+          <t>Armağan Öyküler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057318084</t>
+          <t>9786256387102</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuma Değerlendirme ve Etkinlik Defteri</t>
+          <t>Gökyüzünden Öyküler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>66</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057409980</t>
+          <t>9786256387119</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mega Boyama</t>
+          <t>Arkadaş Öyküler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057395856</t>
+          <t>9786256948105</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Zıpzıp Boyama</t>
+          <t>En Çok Sevilen Minik Klasikler (20 Kitap)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057395863</t>
+          <t>9786057318084</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Gülücük Boyama</t>
+          <t>Kitap Okuma Değerlendirme ve Etkinlik Defteri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>66</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057093301</t>
+          <t>9786057409980</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yetenekli Panda - Yaz-Sil Kalemli</t>
+          <t>Mega Boyama</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057093318</t>
+          <t>9786057395856</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Kapumbağa - Yaz-Sil Kalemli</t>
+          <t>Zıpzıp Boyama</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057409997</t>
+          <t>9786057395863</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Becerikli Maymun - Yaz-Sil Kalemli</t>
+          <t>Gülücük Boyama</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057093325</t>
+          <t>9786057093301</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kaplan - Yaz-Sil Kalemli</t>
+          <t>Yetenekli Panda - Yaz-Sil Kalemli</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057409959</t>
+          <t>9786057093318</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Geometri ve Örüntü Alıştırmaları</t>
+          <t>Dikkatli Kapumbağa - Yaz-Sil Kalemli</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057409911</t>
+          <t>9786057409997</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sayıları Tanıma ve Yazma Alıştırmaları</t>
+          <t>Becerikli Maymun - Yaz-Sil Kalemli</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057409928</t>
+          <t>9786057093325</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Okuma Yazma Alıştırmaları</t>
+          <t>Akıllı Kaplan - Yaz-Sil Kalemli</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057409904</t>
+          <t>9786057409959</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Toplama ve Çıkarma Alıştırmaları</t>
+          <t>Geometri ve Örüntü Alıştırmaları</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057409935</t>
+          <t>9786057409911</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Okuma Yazmaya Hazırlık Alıştırmaları</t>
+          <t>Sayıları Tanıma ve Yazma Alıştırmaları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057409973</t>
+          <t>9786057409928</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuma Kolay Yazma Alıştırmaları</t>
+          <t>Oyunlarla Okuma Yazma Alıştırmaları</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057409966</t>
+          <t>9786057409904</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çarpma ve Bölme Alıştırmaları</t>
+          <t>Toplama ve Çıkarma Alıştırmaları</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051836720</t>
+          <t>9786057409935</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Süper Etkinlikler - Çizgiler</t>
+          <t>Okuma Yazmaya Hazırlık Alıştırmaları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051836744</t>
+          <t>9786057409973</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sayıları Say, Topla, Çıkar, Matematik Çok Kolay / Bıcırık</t>
+          <t>Hızlı Okuma Kolay Yazma Alıştırmaları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786051836737</t>
+          <t>9786057409966</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Görsel Algımı ve Dikkatimi Geliştiriyorum / Bıcırık</t>
+          <t>Çarpma ve Bölme Alıştırmaları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051836751</t>
+          <t>9786051836720</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler Çiziyorum - Tamamlıyorum Birleştiriyorum</t>
+          <t>Süper Etkinlikler - Çizgiler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051836812</t>
+          <t>9786051836744</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Matematik Çalışmaları - Akıllı Çocuk</t>
+          <t>Sayıları Say, Topla, Çıkar, Matematik Çok Kolay / Bıcırık</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051836805</t>
+          <t>9786051836737</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kesme ve Yapıştırma Çalışmaları - Akıllı Çocuk</t>
+          <t>Görsel Algımı ve Dikkatimi Geliştiriyorum / Bıcırık</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051836829</t>
+          <t>9786051836751</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Kavram Çalışmaları - Akıllı Çocuk</t>
+          <t>Çizgiler Çiziyorum - Tamamlıyorum Birleştiriyorum</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051836836</t>
+          <t>9786051836812</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Çalışmaları - Akıllı Çocuk</t>
+          <t>Matematik Çalışmaları - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051833859</t>
+          <t>9786051836805</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Neşe Dolu (10 Kitap Takım)</t>
+          <t>Kesme ve Yapıştırma Çalışmaları - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>390</v>
+        <v>95</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051836461</t>
+          <t>9786051836829</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Etkinlikler - Eğitici-Öğretici</t>
+          <t>Dikkat ve Kavram Çalışmaları - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051836447</t>
+          <t>9786051836836</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir - Süper Etkinlikler</t>
+          <t>Çizgi Çalışmaları - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051833309</t>
+          <t>9786051833859</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Renkler-Şekiller - Süper Etkinlikler</t>
+          <t>Benim Adım Neşe Dolu (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051836454</t>
+          <t>9786051836461</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sayılar - Eğitici-Öğretici</t>
+          <t>Neşeli Etkinlikler - Eğitici-Öğretici</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051836430</t>
+          <t>9786051836447</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama</t>
+          <t>Noktaları Birleştir - Süper Etkinlikler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051836409</t>
+          <t>9786051833309</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Cancan Boyama</t>
+          <t>Renkler-Şekiller - Süper Etkinlikler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051836423</t>
+          <t>9786051836454</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bonbon Boyama</t>
+          <t>Neşeli Sayılar - Eğitici-Öğretici</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051836416</t>
+          <t>9786051836430</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bingo Boyama</t>
+          <t>Süper Boyama</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051834160</t>
+          <t>9786051836409</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bilgili Neşeli 150 Aktivite</t>
+          <t>Cancan Boyama</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051836294</t>
+          <t>9786051836423</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Görsel Dikkat ve Robotik Kodlama Etkinlikleri</t>
+          <t>Bonbon Boyama</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051836300</t>
+          <t>9786051836416</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Süper Etkinlikler - Okul Öncesi Zeka Etkinlikleri - Harfler</t>
+          <t>Bingo Boyama</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051834153</t>
+          <t>9786051834160</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştiren Robotik Kodlama Aktiviteleri</t>
+          <t>Bilgili Neşeli 150 Aktivite</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051834177</t>
+          <t>9786051836294</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Harfleri Öğreniyorum - Sesleri Tanıyorum</t>
+          <t>Görsel Dikkat ve Robotik Kodlama Etkinlikleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051833347</t>
+          <t>9786051836300</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Eğlendiren 150 Aktivite</t>
+          <t>Süper Etkinlikler - Okul Öncesi Zeka Etkinlikleri - Harfler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051833330</t>
+          <t>9786051834153</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Matematik - Eğitici-Öğretici</t>
+          <t>Dikkat Geliştiren Robotik Kodlama Aktiviteleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051833361</t>
+          <t>9786051834177</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Harfler - Eğitici-Öğretici</t>
+          <t>Harfleri Öğreniyorum - Sesleri Tanıyorum</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051833354</t>
+          <t>9786051833347</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çizgiler - Eğitici-Öğretici</t>
+          <t>Öğreten Eğlendiren 150 Aktivite</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051833323</t>
+          <t>9786051833330</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaşifin Boyama Kitabı (12 Kitap Takım)</t>
+          <t>Neşeli Matematik - Eğitici-Öğretici</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051836096</t>
+          <t>9786051833361</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Zeka ve Mantık Gelişimi</t>
+          <t>Neşeli Harfler - Eğitici-Öğretici</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051836102</t>
+          <t>9786051833354</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Sayılar Çizgiler Sesler</t>
+          <t>Neşeli Çizgiler - Eğitici-Öğretici</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051836133</t>
+          <t>9786051833323</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Düşünme ve Hafıza Becerisi</t>
+          <t>Küçük Kaşifin Boyama Kitabı (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051836140</t>
+          <t>9786051836096</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Dikkat ve Görsel Algı</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Zeka ve Mantık Gelişimi</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051836119</t>
+          <t>9786051836102</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Renkler Şekiller</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Sayılar Çizgiler Sesler</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051836126</t>
+          <t>9786051836133</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Kavramlar ve İlişki Kurma</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Düşünme ve Hafıza Becerisi</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051836157</t>
+          <t>9786051836140</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Boyama - Minik Ressamlar İş Başında</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Dikkat ve Görsel Algı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051836164</t>
+          <t>9786051836119</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayatı Boyama - Minik Ressamlar İş Başında</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Renkler Şekiller</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051836171</t>
+          <t>9786051836126</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Araçlar Boyama - Minik Ressamlar İş Başında</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Kavramlar ve İlişki Kurma</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052206805</t>
+          <t>9786051836157</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bebek Kitapları Set (22 Kitap Takım) (Ciltli)</t>
+          <t>Hayvanlar Boyama - Minik Ressamlar İş Başında</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>3700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052206799</t>
+          <t>9786051836164</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hanımlar 10 Kitap Set (Ciltli)</t>
+          <t>Çiftlik Hayatı Boyama - Minik Ressamlar İş Başında</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>1900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052206782</t>
+          <t>9786051836171</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Küçük Beyler 10 Kitap Set (Ciltli)</t>
+          <t>Araçlar Boyama - Minik Ressamlar İş Başında</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>1900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052120309</t>
+          <t>9786052206805</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Nida Sekretercilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Bebek Kitapları Set (22 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052206669</t>
+          <t>9786052206799</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Nihat’ın Uzay Mekiği - Küçük Beyler (Ciltli)</t>
+          <t>Küçük Hanımlar 10 Kitap Set (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052206584</t>
+          <t>9786052206782</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Eren’in Elektrikli Otomobili - Küçük Beyler (Ciltli)</t>
+          <t>Küçük Beyler 10 Kitap Set (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052120422</t>
+          <t>9786052120309</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Berk’in Polis Aracı - Küçük Beyler (Ciltli)</t>
+          <t>Nida Sekretercilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052120439</t>
+          <t>9786052206669</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çağlar’ın Ralli Aracı - Küçük Beyler (Ciltli)</t>
+          <t>Nihat’ın Uzay Mekiği - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052206591</t>
+          <t>9786052206584</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Yaman’ın Polis Motosikleti - Küçük Beyler (Ciltli)</t>
+          <t>Eren’in Elektrikli Otomobili - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052206522</t>
+          <t>9786052120422</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Volkan’ın Motoru - Küçük Beyler (Ciltli)</t>
+          <t>Berk’in Polis Aracı - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052120903</t>
+          <t>9786052120439</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Uras’ın Karavanı - Küçük Beyler (Ciltli)</t>
+          <t>Çağlar’ın Ralli Aracı - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052206676</t>
+          <t>9786052206591</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Korhan’ın Arazi Aracı - Küçük Beyler (Ciltli)</t>
+          <t>Yaman’ın Polis Motosikleti - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052120255</t>
+          <t>9786052206522</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ece Doğum Günü Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Volkan’ın Motoru - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052120262</t>
+          <t>9786052120903</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Alper’in Eğitim Aracı - Küçük Beyler (Ciltli)</t>
+          <t>Uras’ın Karavanı - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052206638</t>
+          <t>9786052206676</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mete’nin Bisikleti - Küçük Beyler (Ciltli)</t>
+          <t>Korhan’ın Arazi Aracı - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052120484</t>
+          <t>9786052120255</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Duygu Veterinercilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Ece Doğum Günü Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052120477</t>
+          <t>9786052120262</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Azra Kuaförcülük Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Alper’in Eğitim Aracı - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052120507</t>
+          <t>9786052206638</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Elif Temizlik Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Mete’nin Bisikleti - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052120491</t>
+          <t>9786052120484</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Eda Yemek Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Duygu Veterinercilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052120514</t>
+          <t>9786052120477</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İrem Öğretmencilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Azra Kuaförcülük Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052120521</t>
+          <t>9786052120507</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mine Doktorculuk Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Elif Temizlik Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052120545</t>
+          <t>9786052120491</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Rana Oyuncak Bebeğiyle Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Eda Yemek Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052120538</t>
+          <t>9786052120514</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Marketçilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>İrem Öğretmencilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052206300</t>
+          <t>9786052120521</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Hikayeler (10 Kitap Set)</t>
+          <t>Mine Doktorculuk Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052206713</t>
+          <t>9786052120545</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi İngilizce Destekli Oyun Kartları - İlişki Kurma</t>
+          <t>Rana Oyuncak Bebeğiyle Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>432</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052206225</t>
+          <t>9786052120538</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Hikayeler (10 Kitap Kitap)</t>
+          <t>Zeynep Marketçilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052206577</t>
+          <t>9786052206300</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Pür Dikkat Öğreniyorum (4-5 Yaş)</t>
+          <t>3. Sınıf Hikayeler (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>90</v>
+        <v>390</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052206560</t>
+          <t>9786052206713</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Pür Dikkat Öğreniyorum (3-4 Yaş)</t>
+          <t>Okul Öncesi İngilizce Destekli Oyun Kartları - İlişki Kurma</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>90</v>
+        <v>432</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052120965</t>
+          <t>9786052206225</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yusuf (Ciltli)</t>
+          <t>4. Sınıf Hikayeler (10 Kitap Kitap)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052206553</t>
+          <t>9786052206577</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Elif (Ciltli)</t>
+          <t>Pür Dikkat Öğreniyorum (4-5 Yaş)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052120859</t>
+          <t>9786052206560</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yabani Hayvanlar - Bebek Kitapları (Ciltli)</t>
+          <t>Pür Dikkat Öğreniyorum (3-4 Yaş)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052120835</t>
+          <t>9786052120965</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ulaşım Araçları - Bebek Kitapları (Ciltli)</t>
+          <t>Yusuf (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052120781</t>
+          <t>9786052206553</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler - Bebek Kitapları (Ciltli)</t>
+          <t>Elif (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052120811</t>
+          <t>9786052120859</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Bebek Kitapları (Ciltli)</t>
+          <t>Yabani Hayvanlar - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052120729</t>
+          <t>9786052120835</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Orman - Bebek Kitapları (Ciltli)</t>
+          <t>Ulaşım Araçları - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052120842</t>
+          <t>9786052120781</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Meyveler - Bebek Kitapları (Ciltli)</t>
+          <t>Sebzeler - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052120705</t>
+          <t>9786052120811</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kediler - Bebek Kitapları (Ciltli)</t>
+          <t>Renkler - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052120828</t>
+          <t>9786052120729</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canlılar - Bebek Kitapları (Ciltli)</t>
+          <t>Orman - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052120774</t>
+          <t>9786052120842</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hareket Edenler - Bebek Kitapları (Ciltli)</t>
+          <t>Meyveler - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052120767</t>
+          <t>9786052120705</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar ve Yavruları (Ciltli)</t>
+          <t>Küçük Kediler - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052120750</t>
+          <t>9786052120828</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Bebek Kartları (Ciltli)</t>
+          <t>Küçük Canlılar - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052120743</t>
+          <t>9786052120774</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Deniz - Bebek Kitapları (Ciltli)</t>
+          <t>Hareket Edenler - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052120736</t>
+          <t>9786052120767</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dağ - Bebek Kitapları (Ciltli)</t>
+          <t>Evcil Hayvanlar ve Yavruları (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052120798</t>
+          <t>9786052120750</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Bebek Kitapları (Ciltli)</t>
+          <t>Doğa - Bebek Kartları (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052120804</t>
+          <t>9786052120743</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bebeklerin Hayatı - Bebek Kitapları (Ciltli)</t>
+          <t>Deniz - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052120101</t>
+          <t>9786052120736</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Müzik Aletleri - Bebek Kitapları (Ciltli)</t>
+          <t>Dağ - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052120019</t>
+          <t>9786052120798</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bebek Kreşe Gidiyor - Bebek Kitapları (Ciltli)</t>
+          <t>Çiftlik - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052120712</t>
+          <t>9786052120804</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Küçük Köpekler - Bebek Kitapları (Ciltli)</t>
+          <t>Bebeklerin Hayatı - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052120118</t>
+          <t>9786052120101</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar - Bebek Kitapları (Ciltli)</t>
+          <t>Müzik Aletleri - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052120026</t>
+          <t>9786052120019</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bebek Mama Yiyor - Bebek Kitapları (Ciltli)</t>
+          <t>Bebek Kreşe Gidiyor - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786058210394</t>
+          <t>9786052120712</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Giysiler - Bebek Kitapları (Ciltli)</t>
+          <t>Küçük Köpekler - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052120002</t>
+          <t>9786052120118</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bebek Uyuyor - Bebek Kitapları (Ciltli)</t>
+          <t>Oyuncaklar - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786058210387</t>
+          <t>9786052120026</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü Seti</t>
+          <t>Bebek Mama Yiyor - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
+          <t>9786058210394</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Giysiler - Bebek Kitapları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786052120002</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Uyuyor - Bebek Kitapları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786058210387</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Afacanlar Kulübü Seti</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
           <t>9786052206737</t>
         </is>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B198" s="1" t="inlineStr">
         <is>
           <t>İngilizce Destekli Oyun Kartları - Zıt Kavramlar</t>
         </is>
       </c>
-      <c r="C195" s="1">
+      <c r="C198" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>