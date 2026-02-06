--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,2995 +85,3145 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256167872</t>
+          <t>9786052206294</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dünya Masalları - (10 Kitap)</t>
+          <t>Şeker'in Rüyası - 3. Sınıf Hikayeler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256167766</t>
+          <t>9786052206362</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikayeler 4 ve 5. Sınıf (20 Kitap)</t>
+          <t>Ormanlar Kralı Eşek - 3. Sınıf Hikayeler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256167759</t>
+          <t>9786052206393</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikayeler 2 ve 3. Sınıf (20 Kitap)</t>
+          <t>Çaylak Tavşan - 3. Sınıf Hikayeler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>500</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256167292</t>
+          <t>9786052206386</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker - Tuvalet Zamanı</t>
+          <t>Yaz Tatili - 3. Sınıf Hikayeler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057395832</t>
+          <t>9786052206348</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - Akıl Yürütme Aktiviteleri</t>
+          <t>Korsan Camo - 3. Sınıf Hikayeler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057093394</t>
+          <t>9786052206379</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - Dikkat Geliştici Aktiviteler</t>
+          <t>Uçan Balon - 3. Sınıf Hikayeler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057395849</t>
+          <t>9786052206324</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - Görsel Algı Geliştirici Aktiviteler</t>
+          <t>Gıcık Joe - 3. Sınıf Hikayeler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057395825</t>
+          <t>9786052206317</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - Hafıza Geliştirici Aktiviteler</t>
+          <t>Dedem Ayçiçeği</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057395818</t>
+          <t>9786256167889</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - mantık Geliştirici Aktiviteler</t>
+          <t>Çocuklar İçin Hayal Gücünü Geliştiren Mandala</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057395801</t>
+          <t>9786256167896</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gelişimi - Zeka Geliştirici Aktiviteler</t>
+          <t>Çocuklar İçin Odaklanmayı Güçlendiren Mandala</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052206720</t>
+          <t>9786256167872</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kartları - Eşleştirme</t>
+          <t>Klasik Dünya Masalları - (10 Kitap)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>195</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057093387</t>
+          <t>9786256167766</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çevremizdeki Eşyalar - Eğitici Eğlenceli Boyama</t>
+          <t>İngilizce Hikayeler 4 ve 5. Sınıf (20 Kitap)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057093349</t>
+          <t>9786256167759</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Harfler Sayılar - Eğitici Eğlenceli Boyama</t>
+          <t>İngilizce Hikayeler 2 ve 3. Sınıf (20 Kitap)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057093370</t>
+          <t>9786256167292</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Eğitici Eğlenceli Boyama</t>
+          <t>Bitmeyen Sticker - Tuvalet Zamanı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057093363</t>
+          <t>9786057395832</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İlk İngilizce Sözcüklerim - Eğitici Eğlenceli Boyama</t>
+          <t>Beyin Gelişimi - Akıl Yürütme Aktiviteleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057093332</t>
+          <t>9786057093394</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar Meslekler - Eğitici Eğlenceli Boyama</t>
+          <t>Beyin Gelişimi - Dikkat Geliştici Aktiviteler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057093356</t>
+          <t>9786057395849</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yiyecekler - Eğitici Eğlenceli Boyama</t>
+          <t>Beyin Gelişimi - Görsel Algı Geliştirici Aktiviteler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052120866</t>
+          <t>9786057395825</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bay Kebiç’le Karşılaşma - Aras ve Canavarlar</t>
+          <t>Beyin Gelişimi - Hafıza Geliştirici Aktiviteler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052120873</t>
+          <t>9786057395818</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Natilus’u Kurtarmalıyız! - Aras ve Canavarlar</t>
+          <t>Beyin Gelişimi - mantık Geliştirici Aktiviteler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052120897</t>
+          <t>9786057395801</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Parkın Şarkısı - Aras ve Canavarlar</t>
+          <t>Beyin Gelişimi - Zeka Geliştirici Aktiviteler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052120880</t>
+          <t>9786052206720</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Orman Savaşı - Aras ve Canavarlar</t>
+          <t>Oyun Kartları - Eşleştirme</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>45</v>
+        <v>195</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058210356</t>
+          <t>9786057093387</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yarışçı Kaplumbağa</t>
+          <t>Çevremizdeki Eşyalar - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058210370</t>
+          <t>9786057093349</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - Üç Pasaklı Kardeş</t>
+          <t>Harfler Sayılar - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058210301</t>
+          <t>9786057093370</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Origami: Kat Kat Katla Eğlenceyi Yakala</t>
+          <t>Hayvanlar - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058210363</t>
+          <t>9786057093363</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - O Oyuncak Benim</t>
+          <t>İlk İngilizce Sözcüklerim - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058210349</t>
+          <t>9786057093332</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - Merhaba! Teşekkürler! Hoşça Kal!</t>
+          <t>Taşıtlar Meslekler - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058210332</t>
+          <t>9786057093356</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - Doğru Mu, Yanlış Mı?</t>
+          <t>Yiyecekler - Eğitici Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058210325</t>
+          <t>9786052120866</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - Canavarlar Giremez</t>
+          <t>Bay Kebiç’le Karşılaşma - Aras ve Canavarlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058210318</t>
+          <t>9786052120873</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü - Bam! Pat! Güm!</t>
+          <t>Natilus’u Kurtarmalıyız! - Aras ve Canavarlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052206034</t>
+          <t>9786052120897</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Annem Beni Hep Böyle Sever Akıllım 11 Kitap + Boyama</t>
+          <t>Parkın Şarkısı - Aras ve Canavarlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052206164</t>
+          <t>9786052120880</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut ile Değerler Eğitimi (5 Kitap)</t>
+          <t>Orman Savaşı - Aras ve Canavarlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052206775</t>
+          <t>9786058210356</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalplim (10 Kitap Takım)</t>
+          <t>Yarışçı Kaplumbağa</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>275</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052206508</t>
+          <t>9786058210370</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bi' Dünya Hikaye</t>
+          <t>Afacanlar Kulübü - Üç Pasaklı Kardeş</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>3990000012064</t>
+          <t>9786058210301</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur Mahallesi - 3. Sınıf Hikayeler</t>
+          <t>Origami: Kat Kat Katla Eğlenceyi Yakala</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256167339</t>
+          <t>9786058210363</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeze Yolculuk (10 Kitap-Soru Kitapçığı)</t>
+          <t>Afacanlar Kulübü - O Oyuncak Benim</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>390</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256167308</t>
+          <t>9786058210349</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker - Benim Vücudum</t>
+          <t>Afacanlar Kulübü - Merhaba! Teşekkürler! Hoşça Kal!</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256167315</t>
+          <t>9786058210332</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Tükenmeyen Yaz Sil Harfler</t>
+          <t>Afacanlar Kulübü - Doğru Mu, Yanlış Mı?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256167322</t>
+          <t>9786058210325</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tükenmeyen Yaz Sil Matematik</t>
+          <t>Afacanlar Kulübü - Canavarlar Giremez</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256948730</t>
+          <t>9786058210318</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hayvan Atlası (Ciltli)</t>
+          <t>Afacanlar Kulübü - Bam! Pat! Güm!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>390</v>
+        <v>60</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256167285</t>
+          <t>9786052206034</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Pofuduk Boyama</t>
+          <t>Annem Beni Hep Böyle Sever Akıllım 11 Kitap + Boyama</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256167278</t>
+          <t>9786052206164</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cici Bici Renkler</t>
+          <t>Dede Korkut ile Değerler Eğitimi (5 Kitap)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256167261</t>
+          <t>9786052206775</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Dinozorlar Boyama</t>
+          <t>İyi Kalplim (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256167155</t>
+          <t>9786052206508</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker Bu Senin Tarzın</t>
+          <t>Bi' Dünya Hikaye</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256167148</t>
+          <t>3990000012064</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker Keşfet Yapıştır</t>
+          <t>Ihlamur Mahallesi - 3. Sınıf Hikayeler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256948129</t>
+          <t>9786256167339</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Zihin Açan Sudoku Bulmaca</t>
+          <t>Bilinmeze Yolculuk (10 Kitap-Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256167131</t>
+          <t>9786256167308</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker - Ülkemi Tanıyorum</t>
+          <t>Bitmeyen Sticker - Benim Vücudum</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>1000000383454</t>
+          <t>9786256167315</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Boyamaca (10 Kitap Takım)</t>
+          <t>Tükenmeyen Yaz Sil Harfler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256167117</t>
+          <t>9786256167322</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sticker Kitabım Fen ve Doğa</t>
+          <t>Tükenmeyen Yaz Sil Matematik</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256167124</t>
+          <t>9786256948730</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sticker Kitabım Ormanlar</t>
+          <t>Büyük Hayvan Atlası (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256167094</t>
+          <t>9786256167285</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sticker Kitabım Dinozorlar</t>
+          <t>Pofuduk Boyama</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256167100</t>
+          <t>9786256167278</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sticker Kitabım Prensesler</t>
+          <t>Cici Bici Renkler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256948983</t>
+          <t>9786256167261</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Harflerden Korkan Çocuk</t>
+          <t>Neşeli Dinozorlar Boyama</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256948990</t>
+          <t>9786256167155</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sayılardan Korkan Çocuk</t>
+          <t>Bitmeyen Sticker Bu Senin Tarzın</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057409942</t>
+          <t>9786256167148</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Harfleri Tanıma Yazı Yazma Alıştırmaları</t>
+          <t>Bitmeyen Sticker Keşfet Yapıştır</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256948976</t>
+          <t>9786256948129</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Kitaplarım (10 Kitap)</t>
+          <t>Zihin Açan Sudoku Bulmaca</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256948860</t>
+          <t>9786256167131</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıflar için Hece Kitabı</t>
+          <t>Bitmeyen Sticker - Ülkemi Tanıyorum</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051836195</t>
+          <t>1000000383454</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Boyamaca (10 Kitap)</t>
+          <t>Bilmece Boyamaca (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256948846</t>
+          <t>9786256167117</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Cırt Cırt Etkinlik Zamanı</t>
+          <t>Sticker Kitabım Fen ve Doğa</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256948853</t>
+          <t>9786256167124</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cırt Cırt Oyun Zamanı</t>
+          <t>Sticker Kitabım Ormanlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256948723</t>
+          <t>9786256167094</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tükenmez Sticker</t>
+          <t>Sticker Kitabım Dinozorlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256948716</t>
+          <t>9786256167100</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker</t>
+          <t>Sticker Kitabım Prensesler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256948822</t>
+          <t>9786256948983</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kes Yapıştır Eğlen Aktivite Kitabı</t>
+          <t>Harflerden Korkan Çocuk</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256948839</t>
+          <t>9786256948990</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kolay Origami</t>
+          <t>Sayılardan Korkan Çocuk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256948679</t>
+          <t>9786057409942</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Pırpırlar Dizisi (10 Kitap+Soru Kitapçığı)</t>
+          <t>Harfleri Tanıma Yazı Yazma Alıştırmaları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256948563</t>
+          <t>9786256948976</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bilge Hayvanlar Serisi (10 Kitap+Soru Kitapçığı)</t>
+          <t>İlk Okuma Kitaplarım (10 Kitap)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256948440</t>
+          <t>9786256948860</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Zihin Geliştiren Mandala</t>
+          <t>1. Sınıflar için Hece Kitabı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256948457</t>
+          <t>9786051836195</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dikkat Geliştiren Mandala</t>
+          <t>Bilmece Boyamaca (10 Kitap)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256948402</t>
+          <t>9786256948846</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Harfler</t>
+          <t>Cırt Cırt Etkinlik Zamanı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256948426</t>
+          <t>9786256948853</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çizgiler</t>
+          <t>Cırt Cırt Oyun Zamanı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256948433</t>
+          <t>9786256948723</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Sayılar</t>
+          <t>Tükenmez Sticker</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256948419</t>
+          <t>9786256948716</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Hayvanlar</t>
+          <t>Bitmeyen Sticker</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256948389</t>
+          <t>9786256948822</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İyi Kalplim (10 Kitap)</t>
+          <t>Kes Yapıştır Eğlen Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256948259</t>
+          <t>9786256948839</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Denizaltı Ülkesi</t>
+          <t>Çocuklar İçin Kolay Origami</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256948150</t>
+          <t>9786256948679</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Oyun Parkı - Sticker Kitabım</t>
+          <t>Neşeli Pırpırlar Dizisi (10 Kitap+Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256948143</t>
+          <t>9786256948563</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler - Sticker Kitabım</t>
+          <t>Bilge Hayvanlar Serisi (10 Kitap+Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256948136</t>
+          <t>9786256948440</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Sticker Kitabım</t>
+          <t>Çocuklar İçin Zihin Geliştiren Mandala</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256948167</t>
+          <t>9786256948457</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Sticker Kitabım</t>
+          <t>Çocuklar İçin Dikkat Geliştiren Mandala</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256948174</t>
+          <t>9786256948402</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Resimli Kelime Dünyası</t>
+          <t>Eğlenceli Harfler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256948112</t>
+          <t>9786256948426</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Güçlendiren Sudoku Bulmaca</t>
+          <t>Eğlenceli Çizgiler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256387898</t>
+          <t>9786256948433</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilim Çocukları (10 Kitap)</t>
+          <t>Eğlenceli Sayılar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256387782</t>
+          <t>9786256948419</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Kitaplığım (40 Kitap)</t>
+          <t>Eğlenceli Hayvanlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256387775</t>
+          <t>9786256948389</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Harika Klasikler (10 Kitap + Soru Kitapçığı)</t>
+          <t>İyi Kalplim (10 Kitap)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256387553</t>
+          <t>9786256948259</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Efsane Klasikler – (10 Kitap + Soru Kitapçığı)</t>
+          <t>Neşeli Denizaltı Ülkesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057318077</t>
+          <t>9786256948150</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Ateş’in Günlüğü Seti</t>
+          <t>Oyun Parkı - Sticker Kitabım</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256387461</t>
+          <t>9786256948143</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Sevilen Klasikler (10 Kitap + Soru Kitapçığı)</t>
+          <t>Mevsimler - Sticker Kitabım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256387768</t>
+          <t>9786256948136</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Popüler Klasikler (10 Kitap + Soru Kitapçığı)</t>
+          <t>Hayvanlar - Sticker Kitabım</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256387171</t>
+          <t>9786256948167</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hayalimdeki Öyküler - (10 Kitap+Soru Kitapçığı)</t>
+          <t>Taşıtlar - Sticker Kitabım</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256387331</t>
+          <t>9786256948174</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Afacan Çocuk Sınıf Kitaplığım– (40 Kitap)</t>
+          <t>Resimli Kelime Dünyası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256387324</t>
+          <t>9786256948112</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Armağan Öyküler (10 Kitap + Soru Kitapçığı)</t>
+          <t>Hafıza Güçlendiren Sudoku Bulmaca</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256387102</t>
+          <t>9786256387898</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünden Öyküler (10 Kitap + Soru Kitapçığı)</t>
+          <t>Küçük Bilim Çocukları (10 Kitap)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256387119</t>
+          <t>9786256387782</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Öyküler (10 Kitap + Soru Kitapçığı)</t>
+          <t>Hikaye Kitaplığım (40 Kitap)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256948105</t>
+          <t>9786256387775</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>En Çok Sevilen Minik Klasikler (20 Kitap)</t>
+          <t>Çocuklar için Harika Klasikler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057318084</t>
+          <t>9786256387553</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuma Değerlendirme ve Etkinlik Defteri</t>
+          <t>Çocuklar İçin Efsane Klasikler – (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>66</v>
+        <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057409980</t>
+          <t>9786057318077</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mega Boyama</t>
+          <t>Ateş’in Günlüğü Seti</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057395856</t>
+          <t>9786256387461</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Zıpzıp Boyama</t>
+          <t>Çocuklar için Sevilen Klasikler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057395863</t>
+          <t>9786256387768</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gülücük Boyama</t>
+          <t>Çocuklar için Popüler Klasikler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057093301</t>
+          <t>9786256387171</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yetenekli Panda - Yaz-Sil Kalemli</t>
+          <t>Hayalimdeki Öyküler - (10 Kitap+Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057093318</t>
+          <t>9786256387331</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Kapumbağa - Yaz-Sil Kalemli</t>
+          <t>Afacan Çocuk Sınıf Kitaplığım– (40 Kitap)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>120</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057409997</t>
+          <t>9786256387324</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Becerikli Maymun - Yaz-Sil Kalemli</t>
+          <t>Armağan Öyküler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057093325</t>
+          <t>9786256387102</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kaplan - Yaz-Sil Kalemli</t>
+          <t>Gökyüzünden Öyküler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057409959</t>
+          <t>9786256387119</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Geometri ve Örüntü Alıştırmaları</t>
+          <t>Arkadaş Öyküler (10 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057409911</t>
+          <t>9786256948105</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sayıları Tanıma ve Yazma Alıştırmaları</t>
+          <t>En Çok Sevilen Minik Klasikler (20 Kitap)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>80</v>
+        <v>390</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057409928</t>
+          <t>9786057318084</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Okuma Yazma Alıştırmaları</t>
+          <t>Kitap Okuma Değerlendirme ve Etkinlik Defteri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057409904</t>
+          <t>9786057409980</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Toplama ve Çıkarma Alıştırmaları</t>
+          <t>Mega Boyama</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057409935</t>
+          <t>9786057395856</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Okuma Yazmaya Hazırlık Alıştırmaları</t>
+          <t>Zıpzıp Boyama</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057409973</t>
+          <t>9786057395863</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuma Kolay Yazma Alıştırmaları</t>
+          <t>Gülücük Boyama</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057409966</t>
+          <t>9786057093301</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çarpma ve Bölme Alıştırmaları</t>
+          <t>Yetenekli Panda - Yaz-Sil Kalemli</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786051836720</t>
+          <t>9786057093318</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Süper Etkinlikler - Çizgiler</t>
+          <t>Dikkatli Kapumbağa - Yaz-Sil Kalemli</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786051836744</t>
+          <t>9786057409997</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sayıları Say, Topla, Çıkar, Matematik Çok Kolay / Bıcırık</t>
+          <t>Becerikli Maymun - Yaz-Sil Kalemli</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786051836737</t>
+          <t>9786057093325</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Görsel Algımı ve Dikkatimi Geliştiriyorum / Bıcırık</t>
+          <t>Akıllı Kaplan - Yaz-Sil Kalemli</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786051836751</t>
+          <t>9786057409959</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çizgiler Çiziyorum - Tamamlıyorum Birleştiriyorum</t>
+          <t>Geometri ve Örüntü Alıştırmaları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786051836812</t>
+          <t>9786057409911</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Matematik Çalışmaları - Akıllı Çocuk</t>
+          <t>Sayıları Tanıma ve Yazma Alıştırmaları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786051836805</t>
+          <t>9786057409928</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kesme ve Yapıştırma Çalışmaları - Akıllı Çocuk</t>
+          <t>Oyunlarla Okuma Yazma Alıştırmaları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786051836829</t>
+          <t>9786057409904</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Kavram Çalışmaları - Akıllı Çocuk</t>
+          <t>Toplama ve Çıkarma Alıştırmaları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786051836836</t>
+          <t>9786057409935</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Çalışmaları - Akıllı Çocuk</t>
+          <t>Okuma Yazmaya Hazırlık Alıştırmaları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786051833859</t>
+          <t>9786057409973</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Neşe Dolu (10 Kitap Takım)</t>
+          <t>Hızlı Okuma Kolay Yazma Alıştırmaları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786051836461</t>
+          <t>9786057409966</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Etkinlikler - Eğitici-Öğretici</t>
+          <t>Çarpma ve Bölme Alıştırmaları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786051836447</t>
+          <t>9786051836720</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir - Süper Etkinlikler</t>
+          <t>Süper Etkinlikler - Çizgiler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786051833309</t>
+          <t>9786051836744</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Renkler-Şekiller - Süper Etkinlikler</t>
+          <t>Sayıları Say, Topla, Çıkar, Matematik Çok Kolay / Bıcırık</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786051836454</t>
+          <t>9786051836737</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Sayılar - Eğitici-Öğretici</t>
+          <t>Görsel Algımı ve Dikkatimi Geliştiriyorum / Bıcırık</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786051836430</t>
+          <t>9786051836751</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Süper Boyama</t>
+          <t>Çizgiler Çiziyorum - Tamamlıyorum Birleştiriyorum</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786051836409</t>
+          <t>9786051836812</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Cancan Boyama</t>
+          <t>Matematik Çalışmaları - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786051836423</t>
+          <t>9786051836805</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bonbon Boyama</t>
+          <t>Kesme ve Yapıştırma Çalışmaları - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786051836416</t>
+          <t>9786051836829</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bingo Boyama</t>
+          <t>Dikkat ve Kavram Çalışmaları - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786051834160</t>
+          <t>9786051836836</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bilgili Neşeli 150 Aktivite</t>
+          <t>Çizgi Çalışmaları - Akıllı Çocuk</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786051836294</t>
+          <t>9786051833859</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Görsel Dikkat ve Robotik Kodlama Etkinlikleri</t>
+          <t>Benim Adım Neşe Dolu (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786051836300</t>
+          <t>9786051836461</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Süper Etkinlikler - Okul Öncesi Zeka Etkinlikleri - Harfler</t>
+          <t>Neşeli Etkinlikler - Eğitici-Öğretici</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786051834153</t>
+          <t>9786051836447</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştiren Robotik Kodlama Aktiviteleri</t>
+          <t>Noktaları Birleştir - Süper Etkinlikler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786051834177</t>
+          <t>9786051833309</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Harfleri Öğreniyorum - Sesleri Tanıyorum</t>
+          <t>Renkler-Şekiller - Süper Etkinlikler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786051833347</t>
+          <t>9786051836454</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Öğreten Eğlendiren 150 Aktivite</t>
+          <t>Neşeli Sayılar - Eğitici-Öğretici</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786051833330</t>
+          <t>9786051836430</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Matematik - Eğitici-Öğretici</t>
+          <t>Süper Boyama</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786051833361</t>
+          <t>9786051836409</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Harfler - Eğitici-Öğretici</t>
+          <t>Cancan Boyama</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051833354</t>
+          <t>9786051836423</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çizgiler - Eğitici-Öğretici</t>
+          <t>Bonbon Boyama</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051833323</t>
+          <t>9786051836416</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaşifin Boyama Kitabı (12 Kitap Takım)</t>
+          <t>Bingo Boyama</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051836096</t>
+          <t>9786051834160</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Zeka ve Mantık Gelişimi</t>
+          <t>Bilgili Neşeli 150 Aktivite</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786051836102</t>
+          <t>9786051836294</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Sayılar Çizgiler Sesler</t>
+          <t>Görsel Dikkat ve Robotik Kodlama Etkinlikleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786051836133</t>
+          <t>9786051836300</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Düşünme ve Hafıza Becerisi</t>
+          <t>Süper Etkinlikler - Okul Öncesi Zeka Etkinlikleri - Harfler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786051836140</t>
+          <t>9786051834153</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Dikkat ve Görsel Algı</t>
+          <t>Dikkat Geliştiren Robotik Kodlama Aktiviteleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786051836119</t>
+          <t>9786051834177</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Renkler Şekiller</t>
+          <t>Harfleri Öğreniyorum - Sesleri Tanıyorum</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786051836126</t>
+          <t>9786051833347</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Kavramlar ve İlişki Kurma</t>
+          <t>Öğreten Eğlendiren 150 Aktivite</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786051836157</t>
+          <t>9786051833330</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Boyama - Minik Ressamlar İş Başında</t>
+          <t>Neşeli Matematik - Eğitici-Öğretici</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786051836164</t>
+          <t>9786051833361</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayatı Boyama - Minik Ressamlar İş Başında</t>
+          <t>Neşeli Harfler - Eğitici-Öğretici</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786051836171</t>
+          <t>9786051833354</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Araçlar Boyama - Minik Ressamlar İş Başında</t>
+          <t>Neşeli Çizgiler - Eğitici-Öğretici</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052206805</t>
+          <t>9786051833323</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bebek Kitapları Set (22 Kitap Takım) (Ciltli)</t>
+          <t>Küçük Kaşifin Boyama Kitabı (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>3700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052206799</t>
+          <t>9786051836096</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hanımlar 10 Kitap Set (Ciltli)</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Zeka ve Mantık Gelişimi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>1900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052206782</t>
+          <t>9786051836102</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Küçük Beyler 10 Kitap Set (Ciltli)</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Sayılar Çizgiler Sesler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>1900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052120309</t>
+          <t>9786051836133</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Nida Sekretercilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Düşünme ve Hafıza Becerisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052206669</t>
+          <t>9786051836140</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Nihat’ın Uzay Mekiği - Küçük Beyler (Ciltli)</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Dikkat ve Görsel Algı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052206584</t>
+          <t>9786051836119</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Eren’in Elektrikli Otomobili - Küçük Beyler (Ciltli)</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Renkler Şekiller</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052120422</t>
+          <t>9786051836126</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Berk’in Polis Aracı - Küçük Beyler (Ciltli)</t>
+          <t>Büyüyorum Öğreniyorum Okul Öncesi Etkinlikleri  Kavramlar ve İlişki Kurma</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052120439</t>
+          <t>9786051836157</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çağlar’ın Ralli Aracı - Küçük Beyler (Ciltli)</t>
+          <t>Hayvanlar Boyama - Minik Ressamlar İş Başında</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052206591</t>
+          <t>9786051836164</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yaman’ın Polis Motosikleti - Küçük Beyler (Ciltli)</t>
+          <t>Çiftlik Hayatı Boyama - Minik Ressamlar İş Başında</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052206522</t>
+          <t>9786051836171</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Volkan’ın Motoru - Küçük Beyler (Ciltli)</t>
+          <t>Araçlar Boyama - Minik Ressamlar İş Başında</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052120903</t>
+          <t>9786052206805</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Uras’ın Karavanı - Küçük Beyler (Ciltli)</t>
+          <t>Bebek Kitapları Set (22 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052206676</t>
+          <t>9786052206799</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Korhan’ın Arazi Aracı - Küçük Beyler (Ciltli)</t>
+          <t>Küçük Hanımlar 10 Kitap Set (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052120255</t>
+          <t>9786052206782</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ece Doğum Günü Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Küçük Beyler 10 Kitap Set (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052120262</t>
+          <t>9786052120309</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Alper’in Eğitim Aracı - Küçük Beyler (Ciltli)</t>
+          <t>Nida Sekretercilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052206638</t>
+          <t>9786052206669</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Mete’nin Bisikleti - Küçük Beyler (Ciltli)</t>
+          <t>Nihat’ın Uzay Mekiği - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052120484</t>
+          <t>9786052206584</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Duygu Veterinercilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Eren’in Elektrikli Otomobili - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052120477</t>
+          <t>9786052120422</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Azra Kuaförcülük Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Berk’in Polis Aracı - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052120507</t>
+          <t>9786052120439</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Elif Temizlik Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Çağlar’ın Ralli Aracı - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052120491</t>
+          <t>9786052206591</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Eda Yemek Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Yaman’ın Polis Motosikleti - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052120514</t>
+          <t>9786052206522</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İrem Öğretmencilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Volkan’ın Motoru - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052120521</t>
+          <t>9786052120903</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mine Doktorculuk Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Uras’ın Karavanı - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052120545</t>
+          <t>9786052206676</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Rana Oyuncak Bebeğiyle Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Korhan’ın Arazi Aracı - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052120538</t>
+          <t>9786052120255</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Marketçilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
+          <t>Ece Doğum Günü Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052206300</t>
+          <t>9786052120262</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Hikayeler (10 Kitap Set)</t>
+          <t>Alper’in Eğitim Aracı - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052206713</t>
+          <t>9786052206638</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi İngilizce Destekli Oyun Kartları - İlişki Kurma</t>
+          <t>Mete’nin Bisikleti - Küçük Beyler (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>432</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052206225</t>
+          <t>9786052120484</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Hikayeler (10 Kitap Kitap)</t>
+          <t>Duygu Veterinercilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052206577</t>
+          <t>9786052120477</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Pür Dikkat Öğreniyorum (4-5 Yaş)</t>
+          <t>Azra Kuaförcülük Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052206560</t>
+          <t>9786052120507</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Pür Dikkat Öğreniyorum (3-4 Yaş)</t>
+          <t>Elif Temizlik Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052120965</t>
+          <t>9786052120491</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yusuf (Ciltli)</t>
+          <t>Eda Yemek Oyunu Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052206553</t>
+          <t>9786052120514</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Elif (Ciltli)</t>
+          <t>İrem Öğretmencilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052120859</t>
+          <t>9786052120521</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yabani Hayvanlar - Bebek Kitapları (Ciltli)</t>
+          <t>Mine Doktorculuk Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052120835</t>
+          <t>9786052120545</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ulaşım Araçları - Bebek Kitapları (Ciltli)</t>
+          <t>Rana Oyuncak Bebeğiyle Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052120781</t>
+          <t>9786052120538</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler - Bebek Kitapları (Ciltli)</t>
+          <t>Zeynep Marketçilik Oynuyor - Küçük Hanımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052120811</t>
+          <t>9786052206300</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Renkler - Bebek Kitapları (Ciltli)</t>
+          <t>3. Sınıf Hikayeler (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052120729</t>
+          <t>9786052206713</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Orman - Bebek Kitapları (Ciltli)</t>
+          <t>Okul Öncesi İngilizce Destekli Oyun Kartları - İlişki Kurma</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052120842</t>
+          <t>9786052206225</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Meyveler - Bebek Kitapları (Ciltli)</t>
+          <t>4. Sınıf Hikayeler (10 Kitap Kitap)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052120705</t>
+          <t>9786052206577</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kediler - Bebek Kitapları (Ciltli)</t>
+          <t>Pür Dikkat Öğreniyorum (4-5 Yaş)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052120828</t>
+          <t>9786052206560</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Küçük Canlılar - Bebek Kitapları (Ciltli)</t>
+          <t>Pür Dikkat Öğreniyorum (3-4 Yaş)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052120774</t>
+          <t>9786052120965</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hareket Edenler - Bebek Kitapları (Ciltli)</t>
+          <t>Yusuf (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052120767</t>
+          <t>9786052206553</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar ve Yavruları (Ciltli)</t>
+          <t>Elif (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052120750</t>
+          <t>9786052120859</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Bebek Kartları (Ciltli)</t>
+          <t>Yabani Hayvanlar - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052120743</t>
+          <t>9786052120835</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Deniz - Bebek Kitapları (Ciltli)</t>
+          <t>Ulaşım Araçları - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052120736</t>
+          <t>9786052120781</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dağ - Bebek Kitapları (Ciltli)</t>
+          <t>Sebzeler - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052120798</t>
+          <t>9786052120811</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik - Bebek Kitapları (Ciltli)</t>
+          <t>Renkler - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052120804</t>
+          <t>9786052120729</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bebeklerin Hayatı - Bebek Kitapları (Ciltli)</t>
+          <t>Orman - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052120101</t>
+          <t>9786052120842</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Müzik Aletleri - Bebek Kitapları (Ciltli)</t>
+          <t>Meyveler - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052120019</t>
+          <t>9786052120705</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bebek Kreşe Gidiyor - Bebek Kitapları (Ciltli)</t>
+          <t>Küçük Kediler - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052120712</t>
+          <t>9786052120828</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Küçük Köpekler - Bebek Kitapları (Ciltli)</t>
+          <t>Küçük Canlılar - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052120118</t>
+          <t>9786052120774</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar - Bebek Kitapları (Ciltli)</t>
+          <t>Hareket Edenler - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052120026</t>
+          <t>9786052120767</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bebek Mama Yiyor - Bebek Kitapları (Ciltli)</t>
+          <t>Evcil Hayvanlar ve Yavruları (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786058210394</t>
+          <t>9786052120750</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Giysiler - Bebek Kitapları (Ciltli)</t>
+          <t>Doğa - Bebek Kartları (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052120002</t>
+          <t>9786052120743</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bebek Uyuyor - Bebek Kitapları (Ciltli)</t>
+          <t>Deniz - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786058210387</t>
+          <t>9786052120736</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Kulübü Seti</t>
+          <t>Dağ - Bebek Kitapları (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
+          <t>9786052120798</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlik - Bebek Kitapları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786052120804</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Bebeklerin Hayatı - Bebek Kitapları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9786052120101</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Aletleri - Bebek Kitapları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786052120019</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kreşe Gidiyor - Bebek Kitapları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786052120712</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Köpekler - Bebek Kitapları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786052120118</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncaklar - Bebek Kitapları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786052120026</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Mama Yiyor - Bebek Kitapları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786058210394</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Giysiler - Bebek Kitapları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786052120002</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Uyuyor - Bebek Kitapları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786058210387</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Afacanlar Kulübü Seti</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
           <t>9786052206737</t>
         </is>
       </c>
-      <c r="B198" s="1" t="inlineStr">
+      <c r="B208" s="1" t="inlineStr">
         <is>
           <t>İngilizce Destekli Oyun Kartları - Zıt Kavramlar</t>
         </is>
       </c>
-      <c r="C198" s="1">
+      <c r="C208" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>