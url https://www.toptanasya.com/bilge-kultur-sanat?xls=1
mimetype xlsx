--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,17350 +85,17455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255541352</t>
+          <t>9786258274981</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Modern Sosyoloji Kuramları</t>
+          <t>Müslümanlarda Tarih - Coğrafya Yazıcılığı (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>880</v>
+        <v>900</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255541345</t>
+          <t>9786255541581</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Klasik Sosyoloji Kuramları</t>
+          <t>Uluslararası Güvenlik, Yeni Dünya Düzeni ve Türkiye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>820</v>
+        <v>360</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255541369</t>
+          <t>9786255541574</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Kuramları</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>950</v>
+        <v>160</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255541338</t>
+          <t>9786255541475</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Doğru Bilinen Yanlışlar</t>
+          <t>Bilinmeze Doğru</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255541321</t>
+          <t>9786255541550</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Eğitim</t>
+          <t>Felsefede Metefor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255541444</t>
+          <t>9786255541543</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Kişi Adları</t>
+          <t>Esad Düşerken</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255541277</t>
+          <t>9786255541536</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gora</t>
+          <t>Çirkin Amerikalı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255541413</t>
+          <t>9786255541352</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Menkıbeleri</t>
+          <t>Modern Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>880</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255541383</t>
+          <t>9786255541345</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>Klasik Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>820</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255541420</t>
+          <t>9786255541369</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mina (1)</t>
+          <t>Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>550</v>
+        <v>950</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255541468</t>
+          <t>9786255541338</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mina (2)</t>
+          <t>Tarihte Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255541437</t>
+          <t>9786255541321</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Esaretin Diplomasisi - Memlûk-Altın Orda İlişkileri ve Karadeniz Köle Ticareti (1260-1354)</t>
+          <t>Demokrasi ve Eğitim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258274202</t>
+          <t>9786255541444</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Hayat</t>
+          <t>Eski Türk Kişi Adları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258274356</t>
+          <t>9786255541277</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yakıt Pili Sistemleri Açıklamalı</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>2000</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057931153</t>
+          <t>9786255541413</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Derviş Tarzı Türk Edebiyatı</t>
+          <t>Ariflerin Menkıbeleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055135058</t>
+          <t>9786255541383</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tuna’nın Türk’ü Tuna’nın Türküsü</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055715236</t>
+          <t>9786255541420</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayalet İzler</t>
+          <t>Mina (1)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>22</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944425759</t>
+          <t>9786255541468</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Canlı Hedef</t>
+          <t>Mina (2)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>22</v>
+        <v>550</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758509096</t>
+          <t>9786255541437</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yörünge</t>
+          <t>Esaretin Diplomasisi - Memlûk-Altın Orda İlişkileri ve Karadeniz Köle Ticareti (1260-1354)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>13.89</v>
+        <v>280</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756316337</t>
+          <t>9786258274202</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yorumcu</t>
+          <t>Edebiyat ve Hayat</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>14.81</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789758509775</t>
+          <t>9786258274356</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 6 - Yer Altındaki Dostlar</t>
+          <t>Yakıt Pili Sistemleri Açıklamalı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>68</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758509065</t>
+          <t>9786057931153</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Adres</t>
+          <t>Derviş Tarzı Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>13.89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055715182</t>
+          <t>9786055135058</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yalan Söyleme, Nalan!</t>
+          <t>Tuna’nın Türk’ü Tuna’nın Türküsü</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>9</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758509911</t>
+          <t>9786055715236</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Dünyanın Çağrısı</t>
+          <t>Hayalet İzler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>5.56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756316993</t>
+          <t>9789944425759</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Adam</t>
+          <t>Canlı Hedef</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055261665</t>
+          <t>9789758509096</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türk’üm Özür Dilerim</t>
+          <t>Yörünge</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789944425803</t>
+          <t>9789756316337</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Yorumcu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>38</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055506612</t>
+          <t>9789758509775</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları : Seçmeler</t>
+          <t>Uzaydaki Mavi Bilye 6 - Yer Altındaki Dostlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>16</v>
+        <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756316689</t>
+          <t>9789758509065</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Türk Korsanları</t>
+          <t>Yanlış Adres</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>32</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944425612</t>
+          <t>9786055715182</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Trenlerin Hikayesi</t>
+          <t>Yalan Söyleme, Nalan!</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789756316610</t>
+          <t>9789758509911</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Vahşi Dünyanın Çağrısı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>6</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756316580</t>
+          <t>9789756316993</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Tavla Sarayda Ölümcül Bir Oyun</t>
+          <t>Unutulan Adam</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756316207</t>
+          <t>9786055261665</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Takip</t>
+          <t>Türk’üm Özür Dilerim</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758509362</t>
+          <t>9789944425803</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şanghay Bebeği</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>9.26</v>
+        <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055506858</t>
+          <t>9786055506612</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İnsansız Uçak Aldatmacası</t>
+          <t>Türk Masalları : Seçmeler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055261986</t>
+          <t>9789756316689</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Doğu Dinlerinde Hac İbadeti Hinduzim ve Budizm</t>
+          <t>Türk Korsanları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055261948</t>
+          <t>9789944425612</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Niçin?</t>
+          <t>Trenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>15.74</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055135010</t>
+          <t>9789756316610</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bey’im Aman!</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>9.26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058595804</t>
+          <t>9789756316580</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Çözüm</t>
+          <t>Tavla Sarayda Ölümcül Bir Oyun</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>6.94</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059241618</t>
+          <t>9789756316207</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Neşenin Gücü</t>
+          <t>Takip</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>175</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059241168</t>
+          <t>9789758509362</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Siyaset Bilimi</t>
+          <t>Şanghay Bebeği</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059241946</t>
+          <t>9786055506858</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon'dan Kağanlığa</t>
+          <t>Türkiye’de İnsansız Uçak Aldatmacası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>27.78</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059241519</t>
+          <t>9786055261986</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Hikaye</t>
+          <t>Doğu Dinlerinde Hac İbadeti Hinduzim ve Budizm</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054921522</t>
+          <t>9786055261948</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>11 Aşamada Biofeedback Yöntemiyle Anlayarak Hızlı Okumayı Öğrenme</t>
+          <t>Niçin?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>225</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059521673</t>
+          <t>9786055135010</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan'ın Vasiyeti</t>
+          <t>Bey’im Aman!</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059241588</t>
+          <t>9786058595804</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Eğitime Çözüm</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059241496</t>
+          <t>9786059241618</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Neşenin Gücü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>12</v>
+        <v>175</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059241489</t>
+          <t>9786059241168</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>Yeni Başlayanlar İçin Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>25</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054921942</t>
+          <t>9786059241946</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Ergenekon'dan Kağanlığa</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>12</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054921935</t>
+          <t>9786059241519</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Yüzyıllık Hikaye</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>12</v>
+        <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054921812</t>
+          <t>9786054921522</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mecazi Gölgeler</t>
+          <t>11 Aşamada Biofeedback Yöntemiyle Anlayarak Hızlı Okumayı Öğrenme</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>17</v>
+        <v>225</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055261979</t>
+          <t>9786059521673</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Tarihi</t>
+          <t>Bilge Kağan'ın Vasiyeti</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>46</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944425773</t>
+          <t>9786059241588</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Sır</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055715854</t>
+          <t>9786059241496</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Müşfikti Gece</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944425704</t>
+          <t>9786059241489</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Los Angeles Ağıdı</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>340</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055506872</t>
+          <t>9786054921942</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kül Olmuş Gölgeler</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>325</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055715304</t>
+          <t>9786054921935</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kara Para (Özel Baskı)</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055715205</t>
+          <t>9786054921812</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İblislerin Dehşeti</t>
+          <t>Mecazi Gölgeler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944425995</t>
+          <t>9786055261979</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel</t>
+          <t>Avrupa Birliği Tarihi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>24</v>
+        <v>46</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944425766</t>
+          <t>9789944425773</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Stuart Safiri</t>
+          <t>Ölümcül Sır</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>22</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944425902</t>
+          <t>9786055715854</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sonlardaki Adam</t>
+          <t>Müşfikti Gece</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>22</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944425315</t>
+          <t>9789944425704</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hasret Şarkıları Şarkılara Şiirler</t>
+          <t>Los Angeles Ağıdı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>9.26</v>
+        <v>340</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9799758509033</t>
+          <t>9786055506872</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hasat</t>
+          <t>Kül Olmuş Gölgeler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>13.89</v>
+        <v>325</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789758509737</t>
+          <t>9786055715304</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Harika Çocuklar</t>
+          <t>Kara Para (Özel Baskı)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>5.56</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055506834</t>
+          <t>9786055715205</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi Horasan</t>
+          <t>İblislerin Dehşeti</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789758509294</t>
+          <t>9789944425995</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gücendim Sana Şiirler Şarkılar</t>
+          <t>Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055506193</t>
+          <t>9789944425766</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Fındıklı Çikolata Tadında Felsefe</t>
+          <t>Stuart Safiri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789758509171</t>
+          <t>9789944425902</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Exmoor Cadısı</t>
+          <t>Sonlardaki Adam</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789758509225</t>
+          <t>9789944425315</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Bir Rahibin İtirafları</t>
+          <t>Hasret Şarkıları Şarkılara Şiirler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055506100</t>
+          <t>9799758509033</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyet Dönemi Mimarlığı (Ciltli)</t>
+          <t>Hasat</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055506285</t>
+          <t>9789758509737</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Engelsizsiniz</t>
+          <t>Harika Çocuklar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055715489</t>
+          <t>9786055506834</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Elif’in Olağanüstü Düşleri</t>
+          <t>Güneş Ülkesi Horasan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>5.56</v>
+        <v>50</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944425599</t>
+          <t>9789758509294</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Elektriğin Çarpıcı Hikayesi</t>
+          <t>Gücendim Sana Şiirler Şarkılar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>3990000014336</t>
+          <t>9786055506193</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Eksik Parçalar</t>
+          <t>Fındıklı Çikolata Tadında Felsefe</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>14.35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758509195</t>
+          <t>9789758509171</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Beyni Bay Albert İle Amerika Turu</t>
+          <t>Exmoor Cadısı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758509638</t>
+          <t>9789758509225</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İletişim Dili</t>
+          <t>Eşcinsel Bir Rahibin İtirafları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758509621</t>
+          <t>9786055506100</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Düşüncesi ve İletişim Kültürü</t>
+          <t>Erken Cumhuriyet Dönemi Mimarlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>9.26</v>
+        <v>52</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944425155</t>
+          <t>9786055506285</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Efsanenin Doğuşu Bob Marley</t>
+          <t>Engelsizsiniz</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944425179</t>
+          <t>9786055715489</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Düşen Melekler</t>
+          <t>Elif’in Olağanüstü Düşleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>18.52</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055506582</t>
+          <t>9789944425599</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Tanınmış Engelliler</t>
+          <t>Elektriğin Çarpıcı Hikayesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>11.11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789758509423</t>
+          <t>3990000014336</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Mr. Hyde</t>
+          <t>Eksik Parçalar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>6</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944425148</t>
+          <t>9789758509195</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Devşirme Koca Solak</t>
+          <t>Einstein’ın Beyni Bay Albert İle Amerika Turu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>17</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9799758509026</t>
+          <t>9789758509638</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Derin Uçurum</t>
+          <t>Eğitimde İletişim Dili</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789758509072</t>
+          <t>9789758509621</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Denizden Gelen Ölü</t>
+          <t>Eğitim Düşüncesi ve İletişim Kültürü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944425445</t>
+          <t>9789944425155</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çöpün Pis Kokulu Hikayesi</t>
+          <t>Efsanenin Doğuşu Bob Marley</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944425926</t>
+          <t>9789944425179</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara En Güzel Şiirler</t>
+          <t>Düşen Melekler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>6</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944425735</t>
+          <t>9786055506582</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çilli Begonya (Ciltli)</t>
+          <t>Dünyaca Tanınmış Engelliler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>17.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944425438</t>
+          <t>9789758509423</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çikolatanın Hikayesi</t>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789758509140</t>
+          <t>9789944425148</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbi ve Türk Ermeni Meselesi</t>
+          <t>Devşirme Koca Solak</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>13.89</v>
+        <v>17</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055506186</t>
+          <t>9799758509026</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Cani</t>
+          <t>Derin Uçurum</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055715076</t>
+          <t>9789758509072</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Can Yarısı</t>
+          <t>Denizden Gelen Ölü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055506315</t>
+          <t>9789944425445</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tuzlu Su Klanı</t>
+          <t>Çöpün Pis Kokulu Hikayesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>5.56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789758509232</t>
+          <t>9789944425926</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Mantık ve Modelleme İlkeleri</t>
+          <t>Çocuklara En Güzel Şiirler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>12.04</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756316566</t>
+          <t>9789944425735</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Beverly Hills Prensi</t>
+          <t>Çilli Begonya (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>13.89</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756316412</t>
+          <t>9789944425438</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Belirli Günler ve Haftalar</t>
+          <t>Çikolatanın Hikayesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>7.41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789758509218</t>
+          <t>9789758509140</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Beethoven’ın Saçı</t>
+          <t>Cihan Harbi ve Türk Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758509867</t>
+          <t>9786055506186</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bebeklerde ve Çocuklarda Beslenme</t>
+          <t>Cani</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055715830</t>
+          <t>9786055715076</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bayburt Fıkraları</t>
+          <t>Can Yarısı</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789758509478</t>
+          <t>9786055506315</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği</t>
+          <t>Büyük Tuzlu Su Klanı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>6</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756316047</t>
+          <t>9789758509232</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Aytaşı</t>
+          <t>Bulanık Mantık ve Modelleme İlkeleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758509133</t>
+          <t>9789756316566</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ateş Geçitleri</t>
+          <t>Beverly Hills Prensi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>34</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756316627</t>
+          <t>9789756316412</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Belirli Günler ve Haftalar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>6</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055261597</t>
+          <t>9789758509218</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aşıkpaşazade Tarihi (Ciltli)</t>
+          <t>Beethoven’ın Saçı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055506254</t>
+          <t>9789758509867</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Asimetrik Savaş</t>
+          <t>Bebeklerde ve Çocuklarda Beslenme</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9799758509002</t>
+          <t>9786055715830</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Artık Ağlama</t>
+          <t>Bayburt Fıkraları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>12.96</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055715748</t>
+          <t>9789758509478</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçemiz Üsküp</t>
+          <t>Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>12.04</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944425261</t>
+          <t>9789756316047</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Arıcılık</t>
+          <t>Aytaşı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>35</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944425964</t>
+          <t>9789758509133</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aptal Hamdi Zor Durumda</t>
+          <t>Ateş Geçitleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>10</v>
+        <v>34</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756316313</t>
+          <t>9789756316627</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>75</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789756316306</t>
+          <t>9786055261597</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
+          <t>Aşıkpaşazade Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>75</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756316283</t>
+          <t>9786055506254</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 2 - Karlıcadağ’ın Melekleri</t>
+          <t>Asimetrik Savaş</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756316276</t>
+          <t>9799758509002</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
+          <t>Artık Ağlama</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>68</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055261412</t>
+          <t>9786055715748</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Akzambaklar Ülkesinde, Finlandiya</t>
+          <t>Arka Bahçemiz Üsküp</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>14</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9799758509019</t>
+          <t>9789944425261</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ajan</t>
+          <t>Arıcılık</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>13.89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789758509188</t>
+          <t>9789944425964</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yemeği Sırlarla Dolu Bir Sofra ’Yalanlar, Aldatmalar, Görünürdeki Kalabalığın İçinde Yaşadığımız Yalnızlıklar...’</t>
+          <t>Aptal Hamdi Zor Durumda</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>11.11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944425575</t>
+          <t>9789756316313</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Arabaların Hikayesi</t>
+          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756316863</t>
+          <t>9789756316306</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinden Seçmeler 100 Temel Eser</t>
+          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>22</v>
+        <v>75</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944425360</t>
+          <t>9789756316283</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov’dan Hikayeler</t>
+          <t>Alim Kız Büyüdü 2 - Karlıcadağ’ın Melekleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>10</v>
+        <v>75</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756316238</t>
+          <t>9789756316276</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>22</v>
+        <v>68</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756316825</t>
+          <t>9786055261412</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Son Amazon</t>
+          <t>Akzambaklar Ülkesinde, Finlandiya</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>19.44</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9799757670345</t>
+          <t>9799758509019</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Loto Bir Gün Ülkemize Vuracak</t>
+          <t>Ajan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>3.24</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756316931</t>
+          <t>9789758509188</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sığırcılık</t>
+          <t>Akşam Yemeği Sırlarla Dolu Bir Sofra ’Yalanlar, Aldatmalar, Görünürdeki Kalabalığın İçinde Yaşadığımız Yalnızlıklar...’</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>32.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944425001</t>
+          <t>9789944425575</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sezar’ın Adaleti</t>
+          <t>Arabaların Hikayesi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>13.89</v>
+        <v>65</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758509157</t>
+          <t>9789756316863</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Ötesinde</t>
+          <t>Halk Şiirinden Seçmeler 100 Temel Eser</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756316672</t>
+          <t>9789944425360</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sencivanoğlu</t>
+          <t>Anton Çehov’dan Hikayeler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756316023</t>
+          <t>9789756316238</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sırdaş</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>12.96</v>
+        <v>22</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789758509706</t>
+          <t>9789756316825</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sırça Saray</t>
+          <t>Son Amazon</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>18.52</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756316641</t>
+          <t>9799757670345</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Siyasal Loto Bir Gün Ülkemize Vuracak</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>6</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055715960</t>
+          <t>9789756316931</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sebze Yetiştiricisinin El Kitabı (Ciltli)</t>
+          <t>Sığırcılık</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789758509997</t>
+          <t>9789944425001</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sarı Benizli Adam</t>
+          <t>Sezar’ın Adaleti</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>18</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055715694</t>
+          <t>9789758509157</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Denizi Keşfediyor</t>
+          <t>Sessizliğin Ötesinde</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789758509393</t>
+          <t>9789756316672</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Öyküler</t>
+          <t>Sencivanoğlu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944425537</t>
+          <t>9789756316023</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Adası</t>
+          <t>Sırdaş</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758509386</t>
+          <t>9789758509706</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ölü Denizin Dalgaları</t>
+          <t>Sırça Saray</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055715403</t>
+          <t>9789756316641</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Eğitimi</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756316016</t>
+          <t>9786055715960</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Oscar ve Pembeli Meleği</t>
+          <t>Sebze Yetiştiricisinin El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>6.94</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789758509287</t>
+          <t>9789758509997</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Orkide Sahili</t>
+          <t>Sarı Benizli Adam</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>13.89</v>
+        <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055715168</t>
+          <t>9786055715694</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Onu Geri Ver, Dilaver!</t>
+          <t>Pelin ile Arda Denizi Keşfediyor</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758509454</t>
+          <t>9789758509393</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Öyküler</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055715151</t>
+          <t>9789944425537</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Oburluk Yapma, Umur!</t>
+          <t>Ölüm Adası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756316504</t>
+          <t>9789758509386</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Çocukları</t>
+          <t>Ölü Denizin Dalgaları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055715823</t>
+          <t>9786055715403</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Niko Kayıp Tek Tekerin Peşinde</t>
+          <t>Oyunculuk Eğitimi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756316962</t>
+          <t>9789756316016</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Nasıra Geni</t>
+          <t>Oscar ve Pembeli Meleği</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>25.93</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>3990000011443</t>
+          <t>9789758509287</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal’in Osmanlı Tarihi Seti (2 Kitap)</t>
+          <t>Orkide Sahili</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>49.07</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055261276</t>
+          <t>9786055715168</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Naki Tezel’in İstanbul’dan Derlediği Masallar</t>
+          <t>Onu Geri Ver, Dilaver!</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>32.41</v>
+        <v>130</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789758509676</t>
+          <t>9789758509454</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Müzik Şeytanı</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>58</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055261160</t>
+          <t>9786055715151</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın El Kitabı</t>
+          <t>Oburluk Yapma, Umur!</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055261214</t>
+          <t>9789756316504</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Münif Paşa</t>
+          <t>Nuh’un Çocukları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>490</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944425872</t>
+          <t>9786055715823</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Stilton ve Kayıp Taşlar</t>
+          <t>Niko Kayıp Tek Tekerin Peşinde</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944425865</t>
+          <t>9789756316962</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Stilton ile Kanıt Peşinde</t>
+          <t>Nasıra Geni</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>165</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055506780</t>
+          <t>3990000011443</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime’den Muahhire’ye</t>
+          <t>Namık Kemal’in Osmanlı Tarihi Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>32.41</v>
+        <v>49.07</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055715458</t>
+          <t>9786055261276</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Naki Tezel’in İstanbul’dan Derlediği Masallar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>135</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055715441</t>
+          <t>9789758509676</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Muhaverat-ı Hikemiyye</t>
+          <t>Müzik Şeytanı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>160</v>
+        <v>58</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758509980</t>
+          <t>9786055261160</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mösyö İbrahim ve Kuran’ın Çiçekleri</t>
+          <t>Müslümanın El Kitabı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>6.94</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789758509652</t>
+          <t>9786055261214</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Modern Mantık</t>
+          <t>Münif Paşa</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>17.5</v>
+        <v>660</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944425414</t>
+          <t>9789944425872</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Modanın Göz Kamaştıran Hikayesi</t>
+          <t>Müfettiş Stilton ve Kayıp Taşlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>9</v>
+        <v>165</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789758509669</t>
+          <t>9789944425865</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mistik Irmak</t>
+          <t>Müfettiş Stilton ile Kanıt Peşinde</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>23.15</v>
+        <v>165</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756316030</t>
+          <t>9786055506780</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Milarepa</t>
+          <t>Mukaddime’den Muahhire’ye</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>6.94</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055506711</t>
+          <t>9786055715458</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Merriam Webster’s Pocket Dictionary English - Turkish  / Cep Sözlüğü</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055506599</t>
+          <t>9786055715441</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mecmua-i Fünun</t>
+          <t>Muhaverat-ı Hikemiyye</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756316160</t>
+          <t>9789758509980</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mavi Derinliklerindeki Sır</t>
+          <t>Mösyö İbrahim ve Kuran’ın Çiçekleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>130</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055506797</t>
+          <t>9789758509652</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Merriam - Webster’s Pocket Dictionary / English - Turkish / Turkish - English</t>
+          <t>Modern Mantık</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055715144</t>
+          <t>9789944425414</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Lütfen De, Hande!</t>
+          <t>Modanın Göz Kamaştıran Hikayesi</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944425186</t>
+          <t>9789758509669</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Lucifer</t>
+          <t>Mistik Irmak</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789758505258</t>
+          <t>9789756316030</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>La Guerre Mondiale Et La Question Turco - Armenienne</t>
+          <t>Milarepa</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>6.48</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944425216</t>
+          <t>9786055506711</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma ve İklim Değişikliği</t>
+          <t>Merriam Webster’s Pocket Dictionary English - Turkish  / Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>11.11</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055261108</t>
+          <t>9786055506599</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzün Temel Kaynaklarından Geçen En Veciz Sözler En Güzel Kıssalar</t>
+          <t>Mecmua-i Fünun</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756316214</t>
+          <t>9789756316160</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Mavi Derinliklerindeki Sır</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>3.24</v>
+        <v>130</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789758509546</t>
+          <t>9786055506797</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban Alim Kız 3</t>
+          <t>Merriam - Webster’s Pocket Dictionary / English - Turkish / Turkish - English</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756316740</t>
+          <t>9786055715144</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mavi</t>
+          <t>Lütfen De, Hande!</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>13.89</v>
+        <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944425285</t>
+          <t>9789944425186</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kumpas</t>
+          <t>Lucifer</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756316726</t>
+          <t>9789758505258</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kirli İş Bir Stone Barrington Romanı</t>
+          <t>La Guerre Mondiale Et La Question Turco - Armenienne</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756316450</t>
+          <t>9789944425216</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kiev’deki Adam</t>
+          <t>Küresel Isınma ve İklim Değişikliği</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789758509928</t>
+          <t>9786055261108</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çadır</t>
+          <t>Kültürümüzün Temel Kaynaklarından Geçen En Veciz Sözler En Güzel Kıssalar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>13.89</v>
+        <v>175</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789758509119</t>
+          <t>9789756316214</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kırık Testi</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>14.81</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789758509935</t>
+          <t>9789758509546</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kayıkta Üç Adam</t>
+          <t>Küçük Çoban Alim Kız 3</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>6</v>
+        <v>120</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789758509164</t>
+          <t>9789756316740</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Suret</t>
+          <t>Kutsal Mavi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789758509355</t>
+          <t>9789944425285</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kapı Bekçisi</t>
+          <t>Kumpas</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>6.48</v>
+        <v>26</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055506476</t>
+          <t>9789756316726</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Engelliye Bakışı</t>
+          <t>Kirli İş Bir Stone Barrington Romanı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055715281</t>
+          <t>9789756316450</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İslamı Kur’an’dan Okumak</t>
+          <t>Kiev’deki Adam</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789758509348</t>
+          <t>9789758509928</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Yolcular</t>
+          <t>Kırmızı Çadır</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789758509607</t>
+          <t>9789758509119</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İnci Küpeli Kız</t>
+          <t>Kırık Testi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>23</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789758509645</t>
+          <t>9789758509935</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İletişimde İnsan Dili</t>
+          <t>Kayıkta Üç Adam</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>8.33</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789758509317</t>
+          <t>9789758509164</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İhtimaller Hesabı Prensipleri Mühendislik ve Sosyal Bilimler</t>
+          <t>Karanlık Suret</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789758509713</t>
+          <t>9789758509355</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Kadın</t>
+          <t>Kapı Bekçisi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>14.81</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789756316139</t>
+          <t>9786055506476</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yenebilir Yabani Bitkiler ve Yararlı Otlar</t>
+          <t>İslam’ın Engelliye Bakışı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>28</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789758509126</t>
+          <t>9786055715281</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Öykü Sandığı</t>
+          <t>İslamı Kur’an’dan Okumak</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059241885</t>
+          <t>9789758509348</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ege ve Eski Yunan Tarihi 1</t>
+          <t>İngiliz Yolcular</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054921041</t>
+          <t>9789758509607</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesi Dersleri</t>
+          <t>İnci Küpeli Kız</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>21.3</v>
+        <v>23</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059241670</t>
+          <t>9789758509645</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Aşk Nevbahar Olur</t>
+          <t>İletişimde İnsan Dili</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>17</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059241533</t>
+          <t>9789758509317</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sun Zi Savaş Sanatı</t>
+          <t>İhtimaller Hesabı Prensipleri Mühendislik ve Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054921461</t>
+          <t>9789758509713</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Anlatım Bozuklukları</t>
+          <t>Hukuk ve Kadın</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059241137</t>
+          <t>9789756316139</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Merak Edenler İçin Demokrasi</t>
+          <t>Herkes İçin Yenebilir Yabani Bitkiler ve Yararlı Otlar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054921676</t>
+          <t>9789758509126</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği Fikir Sistemi</t>
+          <t>Öykü Sandığı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059241021</t>
+          <t>9786059241885</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Ege ve Eski Yunan Tarihi 1</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055261900</t>
+          <t>9786054921041</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Efsanenin Adı Şahmeran</t>
+          <t>Eski Uygur Türkçesi Dersleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>11.11</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789944425506</t>
+          <t>9786059241670</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Gora</t>
+          <t>Aşk Nevbahar Olur</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>17</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758509614</t>
+          <t>9786059241533</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Kitabı</t>
+          <t>Sun Zi Savaş Sanatı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758509089</t>
+          <t>9786054921461</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Tanrıçası Ağladığında</t>
+          <t>Dil ve Anlatım Bozuklukları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944425780</t>
+          <t>9786059241137</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli İlişkiler</t>
+          <t>Merak Edenler İçin Demokrasi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>22</v>
+        <v>45</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789756316245</t>
+          <t>9786054921676</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Türk Milliyetçiliği Fikir Sistemi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>12</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786056316405</t>
+          <t>9786059241021</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>22</v>
+        <v>210</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756316221</t>
+          <t>9786055261900</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Notre-Dame’ın Kamburu</t>
+          <t>Efsanenin Adı Şahmeran</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>12</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789756316757</t>
+          <t>9789944425506</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055715779</t>
+          <t>9789758509614</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Gölgeler Kitabı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789756316887</t>
+          <t>9789758509089</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçme Hikayeler</t>
+          <t>Gökkuşağı Tanrıçası Ağladığında</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789758509492</t>
+          <t>9789944425780</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı Lise 1 Yardımcı Ders Kitabı</t>
+          <t>Tehlikeli İlişkiler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>9.26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944425452</t>
+          <t>9789756316245</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tuvaletlerin, Telefonların ve Diğer Faydalı İcatların Hikayesi</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789758509379</t>
+          <t>9786056316405</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Theodoros</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789756316009</t>
+          <t>9789756316221</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Savcı Bey</t>
+          <t>Notre-Dame’ın Kamburu</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789756316986</t>
+          <t>9789756316757</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Romanov Kehaneti</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>15.74</v>
+        <v>130</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944425278</t>
+          <t>9786055715779</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Roma’da Yedi Cinayet</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756316955</t>
+          <t>9789756316887</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Rembrandt’ın Orospusu</t>
+          <t>Mesnevi’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>11.11</v>
+        <v>120</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758509102</t>
+          <t>9789758509492</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kalp Hırsızı</t>
+          <t>Türk Dili ve Edebiyatı Lise 1 Yardımcı Ders Kitabı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944425162</t>
+          <t>9789944425452</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Yok</t>
+          <t>Tuvaletlerin, Telefonların ve Diğer Faydalı İcatların Hikayesi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>15.74</v>
+        <v>9</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9799758509040</t>
+          <t>9789758509379</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kaçınılmaz Son</t>
+          <t>Theodoros</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>14.35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756316320</t>
+          <t>9789756316009</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Savcı Bey</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786255541291</t>
+          <t>9789756316986</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kaşgarlı Mahmut ve Divanu Lugati’t-Türk</t>
+          <t>Romanov Kehaneti</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>160</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059521949</t>
+          <t>9789944425278</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Dil İçgüdüsü</t>
+          <t>Roma’da Yedi Cinayet</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>480</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789756316436</t>
+          <t>9789756316955</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Benim Ülkem</t>
+          <t>Rembrandt’ın Orospusu</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>180</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786255541390</t>
+          <t>9789758509102</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatında Efsaneler</t>
+          <t>Kalp Hırsızı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>190</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786255541314</t>
+          <t>9789944425162</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatında Masallar</t>
+          <t>Kaçış Yok</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>190</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786255541307</t>
+          <t>9799758509040</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatında Destanlar</t>
+          <t>Kaçınılmaz Son</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>190</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756316818</t>
+          <t>9789756316320</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kürekte Yüksek Performans</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756316702</t>
+          <t>9786255541291</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Türk Ninnilerinden Seçmeler</t>
+          <t>Kaşgarlı Mahmut ve Divanu Lugati’t-Türk</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786255541284</t>
+          <t>9786059521949</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Osmancık Tarihi ve Osmancık ve Çevresinin Nüfus Defterleri</t>
+          <t>Dil İçgüdüsü</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>3500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786255541208</t>
+          <t>9789756316436</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Cemiyet-i Akvam (Milletler Cemiyeti) Bağlamında Cumhuriyet Dönemi Türk Dış Politikası (1923-1938)</t>
+          <t>Benim Ülkem</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786255541215</t>
+          <t>9786255541390</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Cicero</t>
+          <t>Türk ve Dünya Edebiyatında Efsaneler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786255541246</t>
+          <t>9786255541314</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Alevilik, Bektaşilik, Ahilik</t>
+          <t>Türk ve Dünya Edebiyatında Masallar</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786255541185</t>
+          <t>9786255541307</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ateş Geçitleri</t>
+          <t>Türk ve Dünya Edebiyatında Destanlar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786255541222</t>
+          <t>9789756316818</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Hikayeleri</t>
+          <t>Kürekte Yüksek Performans</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786255541130</t>
+          <t>9789756316702</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Türk Ninnilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786255541147</t>
+          <t>9786255541284</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Osmancık Tarihi ve Osmancık ve Çevresinin Nüfus Defterleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>280</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786255541192</t>
+          <t>9786255541208</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmed Yesevi ve Divan-ı Hikmet</t>
+          <t>Cemiyet-i Akvam (Milletler Cemiyeti) Bağlamında Cumhuriyet Dönemi Türk Dış Politikası (1923-1938)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786255541178</t>
+          <t>9786255541215</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnâmesi</t>
+          <t>Cicero</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>875</v>
+        <v>180</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786255541123</t>
+          <t>9786255541246</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Fîhi Mâ Fîh</t>
+          <t>Alevilik, Bektaşilik, Ahilik</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786255541154</t>
+          <t>9786255541185</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mecâlis-i Seb‘a</t>
+          <t>Ateş Geçitleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258274837</t>
+          <t>9786255541222</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Kıyıları Tarih ve Coğrafyası (1817-1819)</t>
+          <t>Bozkır Hikayeleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786255541161</t>
+          <t>9786255541130</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Polonyalı Simeon'un Seyahatnamasi (1608-1619)</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258274974</t>
+          <t>9786255541147</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sözün İzinde</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786255541116</t>
+          <t>9786255541192</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın Sesi: Dr. Fazıl Küçük ve Türk Toplumunun Hak Arayışı</t>
+          <t>Hoca Ahmed Yesevi ve Divan-ı Hikmet</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258274905</t>
+          <t>9786255541178</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın İstanbul’u</t>
+          <t>Evliya Çelebi Seyahatnâmesi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>210</v>
+        <v>875</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055261689</t>
+          <t>9786255541123</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Gümüşdere</t>
+          <t>Fîhi Mâ Fîh</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055261672</t>
+          <t>9786255541154</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Şimşek</t>
+          <t>Mecâlis-i Seb‘a</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054921928</t>
+          <t>9786258274837</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Karadeniz Kıyıları Tarih ve Coğrafyası (1817-1819)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786255541109</t>
+          <t>9786255541161</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Tılsımı - Mandala</t>
+          <t>Polonyalı Simeon'un Seyahatnamasi (1608-1619)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786255541086</t>
+          <t>9786258274974</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Sırrı - Mandala</t>
+          <t>Sözün İzinde</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786255541055</t>
+          <t>9786255541116</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gücü - Mandala</t>
+          <t>Kıbrıs’ın Sesi: Dr. Fazıl Küçük ve Türk Toplumunun Hak Arayışı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786255541093</t>
+          <t>9786258274905</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gizemi - Mandala</t>
+          <t>Tanpınar’ın İstanbul’u</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786255541079</t>
+          <t>9786055261689</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Dünyası - Mandala</t>
+          <t>Gümüşdere</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786255541062</t>
+          <t>9786055261672</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Büyüsü - Mandala</t>
+          <t>Dedektif Şimşek</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786255541048</t>
+          <t>9786054921928</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Figürleri - Mandala</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786255541024</t>
+          <t>9786255541109</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Sırrı - Mandala</t>
+          <t>Renklerin Tılsımı - Mandala</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786258274998</t>
+          <t>9786255541086</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Gücü - Mandala</t>
+          <t>Renklerin Sırrı - Mandala</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786255541031</t>
+          <t>9786255541055</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Gizemi - Mandala</t>
+          <t>Renklerin Gücü - Mandala</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786255541017</t>
+          <t>9786255541093</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Dünyası - Mandala</t>
+          <t>Renklerin Gizemi - Mandala</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786255541000</t>
+          <t>9786255541079</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Büyüsü - Mandala</t>
+          <t>Renklerin Dünyası - Mandala</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258274677</t>
+          <t>9786255541062</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Kişi Adları</t>
+          <t>Renklerin Büyüsü - Mandala</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258274165</t>
+          <t>9786255541048</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji, Göstergebilim ve Türk Musıkisi - 109 Büyük Eser 10 Büyük Bestekar</t>
+          <t>Hayvan Figürleri - Mandala</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>520</v>
+        <v>110</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258274172</t>
+          <t>9786255541024</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Türk Musıkisi Üstadlarıyla Musıki Üzerine Görüşmeler</t>
+          <t>Çizgilerin Sırrı - Mandala</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257201766</t>
+          <t>9786258274998</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Aklın Üç Yüzü</t>
+          <t>Çizgilerin Gücü - Mandala</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057931863</t>
+          <t>9786255541031</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Emine Işınsu Kitaplığı (21 Kitap Takım)</t>
+          <t>Çizgilerin Gizemi - Mandala</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>4100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057931290</t>
+          <t>9786255541017</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Öyküleri</t>
+          <t>Çiçeklerin Dünyası - Mandala</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059521581</t>
+          <t>9786255541000</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz Yazınında Küreselleşme, Göç ve Kültür</t>
+          <t>Çizgilerin Büyüsü - Mandala</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059521697</t>
+          <t>9786258274677</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Klasik Mitoloji</t>
+          <t>Eski Türk Kişi Adları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>1200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059521437</t>
+          <t>9786258274165</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Orhon Yazıtları</t>
+          <t>Sosyoloji, Göstergebilim ve Türk Musıkisi - 109 Büyük Eser 10 Büyük Bestekar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944425742</t>
+          <t>9786258274172</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası</t>
+          <t>Türk Musıkisi Üstadlarıyla Musıki Üzerine Görüşmeler</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786055261443</t>
+          <t>9786257201766</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Zafername</t>
+          <t>Aklın Üç Yüzü</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055715410</t>
+          <t>9786057931863</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yeni Orta Asya Jeopolitiği</t>
+          <t>Emine Işınsu Kitaplığı (21 Kitap Takım)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>650</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055506346</t>
+          <t>9786057931290</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Ulu Kartal 1</t>
+          <t>İstanbul Öyküleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944425858</t>
+          <t>9786059521581</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Türkler -Türklerin Gelenekleri,Görenekleri ve Hinlikleri Üzerine İnceleme</t>
+          <t>Çağdaş İngiliz Yazınında Küreselleşme, Göç ve Kültür</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789758509508</t>
+          <t>9786059521697</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Türk İkizleri</t>
+          <t>Klasik Mitoloji</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>195</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055506469</t>
+          <t>9786059521437</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik Sonrası İngiliz Romanında Kültür Ve Kimlik</t>
+          <t>Orhon Yazıtları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054921669</t>
+          <t>9789944425742</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Çölde Dor</t>
+          <t>Baş Belası</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054921034</t>
+          <t>9786055261443</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Oruç Beğ Tarihi (Ciltli)</t>
+          <t>Zafername</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>1650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055261351</t>
+          <t>9786055715410</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Cihannüma Osmanlı Tarihi (1288-1485) (Ciltli)</t>
+          <t>Yeni Orta Asya Jeopolitiği</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>1600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054921454</t>
+          <t>9786055506346</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Gölgesi Davası - Abderalılar</t>
+          <t>Yakari ile Ulu Kartal 1</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054921188</t>
+          <t>9789944425858</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Afganistan ve Hindistan'da bir Türk Devleti: Gazneliler</t>
+          <t>Türkler -Türklerin Gelenekleri,Görenekleri ve Hinlikleri Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054921201</t>
+          <t>9789758509508</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Karl Jaspers Felsefesine Giriş</t>
+          <t>Türk İkizleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055261740</t>
+          <t>9786055506469</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Collins English Club Book 1</t>
+          <t>Sömürgecilik Sonrası İngiliz Romanında Kültür Ve Kimlik</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055261757</t>
+          <t>9786054921669</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Collins English Club Book 2</t>
+          <t>Çölde Dor</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054921331</t>
+          <t>9786054921034</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Oruç Beğ Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>170</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054921232</t>
+          <t>9786055261351</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hanlık Devrinden Günümüze Örneklerle Kazak Edebiyatı</t>
+          <t>Cihannüma Osmanlı Tarihi (1288-1485) (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>680</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059521376</t>
+          <t>9786054921454</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bir Yürek Satıldı</t>
+          <t>Eşeğin Gölgesi Davası - Abderalılar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>130</v>
+        <v>275</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059241724</t>
+          <t>9786054921188</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Resimli Dünya Klasikleri Dizisi (10 Kitap Set)</t>
+          <t>Afganistan ve Hindistan'da bir Türk Devleti: Gazneliler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>1100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059521079</t>
+          <t>9786054921201</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Hatunları</t>
+          <t>Karl Jaspers Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059241069</t>
+          <t>9786055261740</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneği</t>
+          <t>Collins English Club Book 1</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059241465</t>
+          <t>9786055261757</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Berzem</t>
+          <t>Collins English Club Book 2</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059241229</t>
+          <t>9786054921331</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Evlere Şenlik Kaynanam Nasıl Kudurdu</t>
+          <t>İslam İnanç Esasları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059241502</t>
+          <t>9786054921232</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Hanlık Devrinden Günümüze Örneklerle Kazak Edebiyatı</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>120</v>
+        <v>680</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059241595</t>
+          <t>9786059521376</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Bir Yürek Satıldı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789756316696</t>
+          <t>9786059241724</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Son Dedektif</t>
+          <t>Resimli Dünya Klasikleri Dizisi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>320</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789756316948</t>
+          <t>9786059521079</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sıkıysa Yakala Bir Stone Barrington Romanı</t>
+          <t>Selçuklu Hatunları</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055715465</t>
+          <t>9786059241069</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sarah’nın Anahtarı</t>
+          <t>Türk Devlet Geleneği</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>260</v>
+        <v>475</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944425339</t>
+          <t>9786059241465</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Öldürme İçgüdüsü</t>
+          <t>Berzem</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789944425292</t>
+          <t>9786059241229</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İyi Adamlar</t>
+          <t>Evlere Şenlik Kaynanam Nasıl Kudurdu</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944425698</t>
+          <t>9786059241502</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye Bağlantısı</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789944425568</t>
+          <t>9786059241595</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Halkası</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944425193</t>
+          <t>9789756316696</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İki Dakika Kuralı</t>
+          <t>Son Dedektif</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944425322</t>
+          <t>9789756316948</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Yok Edici</t>
+          <t>Sıkıysa Yakala Bir Stone Barrington Romanı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055715250</t>
+          <t>9786055715465</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yitik Masumiyet</t>
+          <t>Sarah’nın Anahtarı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789756316849</t>
+          <t>9789944425339</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Sır</t>
+          <t>Öldürme İçgüdüsü</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789944425308</t>
+          <t>9789944425292</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyelerinin Mirası</t>
+          <t>İyi Adamlar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944425384</t>
+          <t>9789944425698</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hazar İmparatorluğu VII. - XI. Yüzyıllar Atlı Bir Kavmin Gizemi</t>
+          <t>İskenderiye Bağlantısı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789756316375</t>
+          <t>9789944425568</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Fatih Feneri</t>
+          <t>Ölüm Halkası</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789758509577</t>
+          <t>9789944425193</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 3</t>
+          <t>İki Dakika Kuralı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789758509553</t>
+          <t>9789944425322</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 1</t>
+          <t>Yok Edici</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789758509751</t>
+          <t>9786055715250</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 5 - Dünyamız Tehlikede</t>
+          <t>Yitik Masumiyet</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789758509843</t>
+          <t>9789756316849</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Armağanı</t>
+          <t>Üçüncü Sır</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786055715977</t>
+          <t>9789944425308</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sıra Dışı Öyküler (Ciltli)</t>
+          <t>Tapınak Şövalyelerinin Mirası</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055261429</t>
+          <t>9789944425384</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Collins Cobuild - Orta Düzey İngilizce Dilbilgisi ve Alıştırmaları</t>
+          <t>Hazar İmparatorluğu VII. - XI. Yüzyıllar Atlı Bir Kavmin Gizemi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>425</v>
+        <v>160</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786055261436</t>
+          <t>9789756316375</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Collins Cobuild - Kolay İngilizce Dilbilgisi ve Alıştırmaları</t>
+          <t>Fatih Feneri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789758509430</t>
+          <t>9789758509577</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Fadiş, Bediş, Ediş 3</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786055261504</t>
+          <t>9789758509553</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı Karşısında İran ve Türkiye</t>
+          <t>Fadiş, Bediş, Ediş 1</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789758509409</t>
+          <t>9789758509751</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Öyküleri</t>
+          <t>Uzaydaki Mavi Bilye 5 - Dünyamız Tehlikede</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789756316856</t>
+          <t>9789758509843</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Doğanın Armağanı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789756316429</t>
+          <t>9786055715977</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Soluk Soluğa</t>
+          <t>Çocuklar İçin Sıra Dışı Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789758509782</t>
+          <t>9786055261429</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 2 - Sırlı Saray</t>
+          <t>Collins Cobuild - Orta Düzey İngilizce Dilbilgisi ve Alıştırmaları</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>120</v>
+        <v>425</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786055506339</t>
+          <t>9786055261436</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular’da Saraylar ve Saray Teşkilatı</t>
+          <t>Collins Cobuild - Kolay İngilizce Dilbilgisi ve Alıştırmaları</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786055715632</t>
+          <t>9789758509430</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Kulübe Yapıyor</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789758509324</t>
+          <t>9786055261504</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Örnekli ve Açıklamalı Türk Atasözleri Sözlüğü</t>
+          <t>Arap Baharı Karşısında İran ve Türkiye</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786055506148</t>
+          <t>9789758509409</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kaynaklarına Göre Anadolu Yol Ağı</t>
+          <t>Hayalet Öyküleri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>725</v>
+        <v>100</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789756316474</t>
+          <t>9789756316856</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 2</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789756316252</t>
+          <t>9789756316429</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Milli Bayramlar ve Önemli Günler</t>
+          <t>Soluk Soluğa</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786055506056</t>
+          <t>9789758509782</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’de Geçen Bütün Hikayeler ve Hikmetleri</t>
+          <t>Uzaydaki Mavi Bilye 2 - Sırlı Saray</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789756316542</t>
+          <t>9786055506339</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 1 Aşiretten Devlete</t>
+          <t>Selçuklular’da Saraylar ve Saray Teşkilatı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789756316184</t>
+          <t>9786055715632</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ok</t>
+          <t>Pelin ile Arda Kulübe Yapıyor</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786055261290</t>
+          <t>9789758509324</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dünya</t>
+          <t>Örnekli ve Açıklamalı Türk Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789758509539</t>
+          <t>9786055506148</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban Alim Kız 2</t>
+          <t>Osmanlı Kaynaklarına Göre Anadolu Yol Ağı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>120</v>
+        <v>725</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789758509522</t>
+          <t>9789756316474</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban Alim Kız 1</t>
+          <t>Osmanlı Tarihi 2</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789756316924</t>
+          <t>9789756316252</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Koyunculuk</t>
+          <t>Milli Bayramlar ve Önemli Günler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789758509881</t>
+          <t>9786055506056</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tuğ</t>
+          <t>Mesnevi’de Geçen Bütün Hikayeler ve Hikmetleri</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944425421</t>
+          <t>9789756316542</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuklarına Resimli Öyküler (Ciltli)</t>
+          <t>Osmanlı Tarihi 1 Aşiretten Devlete</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>1050</v>
+        <v>325</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786055261139</t>
+          <t>9789756316184</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kararsızlar Kitabı</t>
+          <t>Mavi Ok</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055715755</t>
+          <t>9786055261290</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kanije Muhasarası</t>
+          <t>Küçük Dünya</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789758509416</t>
+          <t>9789758509539</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ivanhoe</t>
+          <t>Küçük Çoban Alim Kız 2</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789756316115</t>
+          <t>9789758509522</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Hayatta Kalma</t>
+          <t>Küçük Çoban Alim Kız 1</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789756316108</t>
+          <t>9789756316924</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Harita ve Pusula</t>
+          <t>Koyunculuk</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>180</v>
+        <v>475</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789756316092</t>
+          <t>9789758509881</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kampçılık</t>
+          <t>Kızıl Tuğ</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055715380</t>
+          <t>9789944425421</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Vanya Dayı</t>
+          <t>Kız Çocuklarına Resimli Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789758509485</t>
+          <t>9786055261139</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Kararsızlar Kitabı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789758509959</t>
+          <t>9786055715755</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Zenda Mahkumu</t>
+          <t>Kanije Muhasarası</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789756316528</t>
+          <t>9789758509416</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Cihan Hakimiyeti</t>
+          <t>Ivanhoe</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>325</v>
+        <v>80</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059241649</t>
+          <t>9789756316115</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Yaman Dede</t>
+          <t>Herkes İçin Hayatta Kalma</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054921607</t>
+          <t>9789756316108</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Askerinin Hatıratı 1688-1700 Esaretten Kaçış</t>
+          <t>Herkes İçin Harita ve Pusula</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054921652</t>
+          <t>9789756316092</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Yüzündeki Sarıkamış Harekatı</t>
+          <t>Herkes İçin Kampçılık</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059241953</t>
+          <t>9786055715380</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hayat Hikayem</t>
+          <t>Vanya Dayı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059241687</t>
+          <t>9789758509485</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hükümdarlara Öğütler</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059241090</t>
+          <t>9789758509959</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan - Diriliş</t>
+          <t>Zenda Mahkumu</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059241434</t>
+          <t>9789756316528</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>Cihan Hakimiyeti</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>110</v>
+        <v>325</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054921058</t>
+          <t>9786059241649</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Sözlüğü</t>
+          <t>Yaman Dede</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>585</v>
+        <v>145</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786055506988</t>
+          <t>9786054921607</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yakari Ada Tutsakları 6</t>
+          <t>Bir Osmanlı Askerinin Hatıratı 1688-1700 Esaretten Kaçış</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054921706</t>
+          <t>9786054921652</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Zamanında Divan Teşkilatı</t>
+          <t>Tarihin Arka Yüzündeki Sarıkamış Harekatı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257201056</t>
+          <t>9786059241953</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiyi Değiştiren Kırk Çalışma</t>
+          <t>Hayat Hikayem</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>460</v>
+        <v>130</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057931900</t>
+          <t>9786059241687</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Dört İncil</t>
+          <t>Hükümdarlara Öğütler</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059241304</t>
+          <t>9786059241090</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 3 - Doğa Savaşçıları</t>
+          <t>Oğuz Kağan - Diriliş</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057931849</t>
+          <t>9786059241434</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Kitaplığı (6 Kitap Takım)</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>1000</v>
+        <v>110</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789758509942</t>
+          <t>9786054921058</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Otuz Dokuz Basamak</t>
+          <t>Kırgız Sözlüğü</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>120</v>
+        <v>585</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055715564</t>
+          <t>9786055506988</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Yakari Ada Tutsakları 6</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789758509461</t>
+          <t>9786054921706</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Selçuklular Zamanında Divan Teşkilatı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057931870</t>
+          <t>9786257201056</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Türk Klasikleri Seti (24 Kitap Takım)</t>
+          <t>Psikolojiyi Değiştiren Kırk Çalışma</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>3400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059521963</t>
+          <t>9786057931900</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesindeki Türkçe Sözcüklerin Köken Bilgisi Sözlüğü (Ciltli)</t>
+          <t>Dört İncil</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>2750</v>
+        <v>260</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257201322</t>
+          <t>9786059241304</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kırık Ayna</t>
+          <t>Uzaydaki Mavi Bilye 3 - Doğa Savaşçıları</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057931856</t>
+          <t>9786057931849</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Romanda Aksiyon Çizimi</t>
+          <t>Ziya Gökalp Kitaplığı (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>550</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057931481</t>
+          <t>9789758509942</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Mineraller ve Değerli Taşlar</t>
+          <t>Otuz Dokuz Basamak</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057931320</t>
+          <t>9786055715564</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Metropol Mücahidi</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057931115</t>
+          <t>9789758509461</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Uluslar</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789944425117</t>
+          <t>9786057931870</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Rehine</t>
+          <t>Türk Klasikleri Seti (24 Kitap Takım)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>320</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789756316764</t>
+          <t>9786059521963</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler</t>
+          <t>Türkiye Türkçesindeki Türkçe Sözcüklerin Köken Bilgisi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>120</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789944425025</t>
+          <t>9786257201322</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>Kırık Ayna</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789944425032</t>
+          <t>9786057931856</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Çizgi Romanda Aksiyon Çizimi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057931719</t>
+          <t>9786057931481</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinden Masallar -1</t>
+          <t>Mineraller ve Değerli Taşlar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059521796</t>
+          <t>9786057931320</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Dönemi</t>
+          <t>Metropol Mücahidi</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789756316351</t>
+          <t>9786057931115</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler 1</t>
+          <t>Uluslar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258274769</t>
+          <t>9789944425117</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divan'ından Seçmeler</t>
+          <t>Rehine</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258274967</t>
+          <t>9789756316764</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp</t>
+          <t>Türk Bilmecelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258274936</t>
+          <t>9789944425025</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Tekniği</t>
+          <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258274899</t>
+          <t>9789944425032</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Atina Dünyanın İlk Demokrasisinin Tarihi</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258274493</t>
+          <t>9786057931719</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sancı (Ciltli)</t>
+          <t>Türk Mitolojisinden Masallar -1</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258274912</t>
+          <t>9786059521796</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Moğol İstilası Öncesinde Harezm</t>
+          <t>Selahaddin Eyyubi ve Dönemi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258274943</t>
+          <t>9789756316351</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet’ten 21. Yüzyılı Türkiye Cumhuriyeti Tarihi</t>
+          <t>Seçme Hikayeler 1</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258274660</t>
+          <t>9786258274769</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğreniminde İlk Adım - Başlangıç Seviye</t>
+          <t>Yunus Emre Divan'ından Seçmeler</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059521482</t>
+          <t>9786258274967</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mezar Taşlarının Sırları</t>
+          <t>Ziya Gökalp</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055715137</t>
+          <t>9786258274936</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Hayvan, Sebze, Mucize</t>
+          <t>Felsefenin Tekniği</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786055261320</t>
+          <t>9786258274899</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Sırlar</t>
+          <t>Atina Dünyanın İlk Demokrasisinin Tarihi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789758509720</t>
+          <t>9786258274493</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Zorlama</t>
+          <t>Sancı (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055506131</t>
+          <t>9786258274912</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Mamay ve Manas Destanı</t>
+          <t>Moğol İstilası Öncesinde Harezm</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786055261641</t>
+          <t>9786258274943</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Hayatı ve Sanatı</t>
+          <t>Meşrutiyet’ten 21. Yüzyılı Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>195</v>
+        <v>650</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055506636</t>
+          <t>9786258274660</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan’dan Mersine’e Köklerinden Koparılmış Hayatlar</t>
+          <t>Farsça Öğreniminde İlk Adım - Başlangıç Seviye</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789758509201</t>
+          <t>9786059521482</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Bir Tür Olarak Kısa Öykü</t>
+          <t>Osmanlı Mezar Taşlarının Sırları</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055506124</t>
+          <t>9786055715137</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Yalmavuz Celmoğuz</t>
+          <t>Hayvan, Sebze, Mucize</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055506414</t>
+          <t>9786055261320</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Boz Ayı 4</t>
+          <t>Gömülü Sırlar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055506353</t>
+          <t>9789758509720</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Beyaz Bizon 2</t>
+          <t>Zorlama</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055506377</t>
+          <t>9786055506131</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ümit Dünyası</t>
+          <t>Yusuf Mamay ve Manas Destanı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055715502</t>
+          <t>9786055261641</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Yanlış Yolda</t>
+          <t>Yunus Emre Hayatı ve Sanatı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055715533</t>
+          <t>9786055506636</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Yanlış İz Üzerinde</t>
+          <t>Yunanistan’dan Mersine’e Köklerinden Koparılmış Hayatlar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055715526</t>
+          <t>9789758509201</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Kanıt Peşinde</t>
+          <t>Yazınsal Bir Tür Olarak Kısa Öykü</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055715519</t>
+          <t>9786055506124</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Hayalet Atın Peşinde</t>
+          <t>Yalmavuz Celmoğuz</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055506520</t>
+          <t>9786055506414</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Üç Çift Paten Ve Üç Arkadaş</t>
+          <t>Yakari ile Boz Ayı 4</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055715175</t>
+          <t>9786055506353</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Uslu Dur, Baydur!</t>
+          <t>Yakari ile Beyaz Bizon 2</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944425605</t>
+          <t>9786055506377</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Uçmanın Hikayesi</t>
+          <t>Ümit Dünyası</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059241328</t>
+          <t>9786055715502</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 4 - Uçan Su</t>
+          <t>Üç Dedektif Yanlış Yolda</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055506643</t>
+          <t>9786055715533</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devleti’ne Gelen ve Giden Elçiler</t>
+          <t>Üç Dedektif Yanlış İz Üzerinde</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055506575</t>
+          <t>9786055715526</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kaplıcaları</t>
+          <t>Üç Dedektif Kanıt Peşinde</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>480</v>
+        <v>120</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055715014</t>
+          <t>9786055715519</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Uygulamaya Geçerken Türkiye’de Devletçiliğin Oluşumu</t>
+          <t>Üç Dedektif Hayalet Atın Peşinde</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055506926</t>
+          <t>9786055506520</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Postmodernist Süreç ve Latife Tekin</t>
+          <t>Üç Çift Paten Ve Üç Arkadaş</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>485</v>
+        <v>140</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055715717</t>
+          <t>9786055715175</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Tokat’a Dair Bir Sakk Mecmuası</t>
+          <t>Uslu Dur, Baydur!</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789944425254</t>
+          <t>9789944425605</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Tavukçuluk</t>
+          <t>Uçmanın Hikayesi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055715243</t>
+          <t>9786059241328</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Hayat</t>
+          <t>Uzaydaki Mavi Bilye 4 - Uçan Su</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789944425896</t>
+          <t>9786055506643</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İlk Komünistlerinden Zileli Halil Yalçınkaya</t>
+          <t>Türkiye Selçuklu Devleti’ne Gelen ve Giden Elçiler</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055506629</t>
+          <t>9786055506575</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Şiirin İzinde Sözün Gölgesinde</t>
+          <t>Türkiye Kaplıcaları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944425728</t>
+          <t>9786055715014</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Süslü Pakize ile Havalı Köpek (Ciltli)</t>
+          <t>Uygulamaya Geçerken Türkiye’de Devletçiliğin Oluşumu</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789944425711</t>
+          <t>9786055506926</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Süslü Pakize (Ciltli)</t>
+          <t>Türk Edebiyatında Postmodernist Süreç ve Latife Tekin</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>225</v>
+        <v>485</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059241274</t>
+          <t>9786055715717</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sumru Kız</t>
+          <t>Tokat’a Dair Bir Sakk Mecmuası</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789944425223</t>
+          <t>9789944425254</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sovyetler Birliği’nin ve Rusya Federasyonu’nun Orta Asya Üzerindeki Stratejik Planları</t>
+          <t>Tavukçuluk</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>185</v>
+        <v>500</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055715229</t>
+          <t>9786055715243</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Takip</t>
+          <t>Tatlı Hayat</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055506452</t>
+          <t>9789944425896</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Pemberley’den Mektuplar</t>
+          <t>Türkiye’nin İlk Komünistlerinden Zileli Halil Yalçınkaya</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055506261</t>
+          <t>9786055506629</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Paris Kulübü</t>
+          <t>Şiirin İzinde Sözün Gölgesinde</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055715540</t>
+          <t>9789944425728</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk</t>
+          <t>Süslü Pakize ile Havalı Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055715724</t>
+          <t>9789944425711</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Işığın Altında</t>
+          <t>Süslü Pakize (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055506742</t>
+          <t>9786059241274</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Koşucu</t>
+          <t>Sumru Kız</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789944425797</t>
+          <t>9789944425223</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyon</t>
+          <t>Sovyetler Birliği’nin ve Rusya Federasyonu’nun Orta Asya Üzerindeki Stratejik Planları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789944425100</t>
+          <t>9786055715229</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Odası</t>
+          <t>Sıcak Takip</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055506841</t>
+          <t>9786055506452</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İmparator’un Mezarı</t>
+          <t>Pemberley’den Mektuplar</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>390</v>
+        <v>165</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055715861</t>
+          <t>9786055506261</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Issızlığın Ortasında</t>
+          <t>Paris Kulübü</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055715434</t>
+          <t>9786055715540</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Vulkan’ın Yaratılışı</t>
+          <t>Kuzucuk</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789944425988</t>
+          <t>9786055715724</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Venedik İhaneti</t>
+          <t>Kutsal Işığın Altında</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055506292</t>
+          <t>9786055506742</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Turist</t>
+          <t>Koşucu</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944425940</t>
+          <t>9789944425797</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Tehdit</t>
+          <t>Koleksiyon</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055506117</t>
+          <t>9789944425100</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Taşıyıcı Anne</t>
+          <t>Kehribar Odası</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789944425018</t>
+          <t>9786055506841</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Şişman Kızla Sohbetler</t>
+          <t>İmparator’un Mezarı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055506544</t>
+          <t>9786055715861</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Şeytan’ın Kitabı</t>
+          <t>Issızlığın Ortasında</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055715731</t>
+          <t>9786055715434</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Şarlman’ın İzinde</t>
+          <t>Vulkan’ın Yaratılışı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>440</v>
+        <v>285</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055715571</t>
+          <t>9789944425988</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Süper Kız</t>
+          <t>Venedik İhaneti</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055715298</t>
+          <t>9786055506292</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Her Şafakta Ölürüm</t>
+          <t>Turist</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>245</v>
+        <v>380</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789758509690</t>
+          <t>9789944425940</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma Kılavuzu</t>
+          <t>Tehdit</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789944425889</t>
+          <t>9786055506117</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Halk Milliyetçiliğinin Öncüsü Herder</t>
+          <t>Taşıyıcı Anne</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055261153</t>
+          <t>9789944425018</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş</t>
+          <t>Şişman Kızla Sohbetler</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789756316344</t>
+          <t>9786055506544</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Hayatname</t>
+          <t>Şeytan’ın Kitabı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055715090</t>
+          <t>9786055715731</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Gururlu Peri</t>
+          <t>Şarlman’ın İzinde</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944425094</t>
+          <t>9786055715571</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Hipotermi</t>
+          <t>Süper Kız</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789944425919</t>
+          <t>9786055715298</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Hançerli Hanım</t>
+          <t>Her Şafakta Ölürüm</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055261221</t>
+          <t>9789758509690</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Hayatta Kalma Kılavuzu</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>120</v>
+        <v>345</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789758509447</t>
+          <t>9789944425889</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Silas Marner</t>
+          <t>Halk Milliyetçiliğinin Öncüsü Herder</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059241267</t>
+          <t>9786055261153</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Rüzgar Çanı</t>
+          <t>Hacı Bektaş</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055261627</t>
+          <t>9789756316344</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Matematikte 80 Küçük Deneme</t>
+          <t>Hayatname</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789944425674</t>
+          <t>9786055715090</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Seyit Ali Reis</t>
+          <t>Gururlu Peri</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055506704</t>
+          <t>9789944425094</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Selçukname</t>
+          <t>Herkes İçin Hipotermi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789756316467</t>
+          <t>9789944425919</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Öyküler</t>
+          <t>Hançerli Hanım</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055506667</t>
+          <t>9786055261221</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055506070</t>
+          <t>9789758509447</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Selanik’in Gölgesinde Bir Sancak: Drama (1864-1913)</t>
+          <t>Silas Marner</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055261559</t>
+          <t>9786059241267</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Seçme Masallar</t>
+          <t>Sihirli Rüzgar Çanı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055261085</t>
+          <t>9786055261627</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Sancı</t>
+          <t>Sihirli Matematikte 80 Küçük Deneme</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055261047</t>
+          <t>9789944425674</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Safran Yetiştiriciliği</t>
+          <t>Seyit Ali Reis</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055506605</t>
+          <t>9786055506704</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Rüya-Kar</t>
+          <t>Selçukname</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>120</v>
+        <v>285</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786055715595</t>
+          <t>9789756316467</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Saman Kalp’in Peşinde</t>
+          <t>Sıra Dışı Öyküler</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055715649</t>
+          <t>9786055506667</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Ormanda</t>
+          <t>Selçuklular</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055715656</t>
+          <t>9786055506070</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Nehir Kıyısında</t>
+          <t>Selanik’in Gölgesinde Bir Sancak: Drama (1864-1913)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055715670</t>
+          <t>9786055261559</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Kırda</t>
+          <t>Seçme Masallar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055715618</t>
+          <t>9786055261085</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Işık Adasında</t>
+          <t>Sancı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055715663</t>
+          <t>9786055261047</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Dağda</t>
+          <t>Safran Yetiştiriciliği</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055715601</t>
+          <t>9786055506605</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Cüceler Ülkesinde</t>
+          <t>Rüya-Kar</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055715687</t>
+          <t>9786055715595</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Brötonya’da</t>
+          <t>Pelin ile Arda Saman Kalp’in Peşinde</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055715588</t>
+          <t>9786055715649</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Bahçede</t>
+          <t>Pelin ile Arda Ormanda</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055715625</t>
+          <t>9786055715656</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Araba Yarışında</t>
+          <t>Pelin ile Arda Nehir Kıyısında</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786055261658</t>
+          <t>9786055715670</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kök Tengri’nin Çocukları</t>
+          <t>Pelin ile Arda Kırda</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786055506674</t>
+          <t>9786055715618</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kozalaklı Mehmed Efe 2.Cilt</t>
+          <t>Pelin ile Arda Işık Adasında</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055506483</t>
+          <t>9786055715663</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kozalaklı Mehmed Efe - 1. Cilt</t>
+          <t>Pelin ile Arda Dağda</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786257201025</t>
+          <t>9786055715601</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kolsuz Kahraman</t>
+          <t>Pelin ile Arda Cüceler Ülkesinde</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789756316559</t>
+          <t>9786055715687</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Damga</t>
+          <t>Pelin ile Arda Brötonya’da</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055261511</t>
+          <t>9786055715588</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kavga Günleri</t>
+          <t>Pelin ile Arda Bahçede</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789756316979</t>
+          <t>9786055715625</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Osmanlı İmparatorluğu Medeniyeti</t>
+          <t>Pelin ile Arda Araba Yarışında</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055506551</t>
+          <t>9786055261658</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
+          <t>Kök Tengri’nin Çocukları</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055261238</t>
+          <t>9786055506674</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İnançların Gökkuşağı</t>
+          <t>Kozalaklı Mehmed Efe 2.Cilt</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055506087</t>
+          <t>9786055506483</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>İmam Şamil Ahhulgoh’ta</t>
+          <t>Kozalaklı Mehmed Efe - 1. Cilt</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055506537</t>
+          <t>9786257201025</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İlk Heyecanlar</t>
+          <t>Kolsuz Kahraman</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055261115</t>
+          <t>9789756316559</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>İlahi Nur</t>
+          <t>Kızıl Damga</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055715816</t>
+          <t>9786055261511</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İkizler İle Timo Gizli Geçitte</t>
+          <t>Kavga Günleri</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055261375</t>
+          <t>9789756316979</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kahramanlar Ülkesinde İki Devir</t>
+          <t>İstanbul ve Osmanlı İmparatorluğu Medeniyeti</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789756316382</t>
+          <t>9786055506551</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Haç</t>
+          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789944425070</t>
+          <t>9786055261238</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapay Sinekle Balık Avı</t>
+          <t>İnançların Gökkuşağı</t>
         </is>
       </c>
       <c r="C482" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789944425087</t>
+          <t>9786055506087</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Tek Başına Doğa Yürüyüşü</t>
+          <t>İmam Şamil Ahhulgoh’ta</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789756316078</t>
+          <t>9786055506537</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Sırt Çantası Hazırlama</t>
+          <t>İlk Heyecanlar</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789756316061</t>
+          <t>9786055261115</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kampta Yemek Pişirmek</t>
+          <t>İlahi Nur</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789756316085</t>
+          <t>9786055715816</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kampçılıkta İlkyardım</t>
+          <t>İkizler İle Timo Gizli Geçitte</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789756316122</t>
+          <t>9786055261375</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Doğa Sporlarında Kadınlar</t>
+          <t>Hüzünlü Kahramanlar Ülkesinde İki Devir</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789756316054</t>
+          <t>9789756316382</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Doğa Sporlarında Düğümler</t>
+          <t>Hilal ve Haç</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789756316146</t>
+          <t>9789944425070</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Dağcılık</t>
+          <t>Herkes İçin Yapay Sinekle Balık Avı</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789944425063</t>
+          <t>9789944425087</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin  Rafting</t>
+          <t>Herkes İçin Tek Başına Doğa Yürüyüşü</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055506964</t>
+          <t>9789756316078</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Herkes İçin Sırt Çantası Hazırlama</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055261269</t>
+          <t>9789756316061</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Necdet</t>
+          <t>Herkes İçin Kampta Yemek Pişirmek</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786055715038</t>
+          <t>9789756316085</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Çocuk</t>
+          <t>Herkes İçin Kampçılıkta İlkyardım</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786055715113</t>
+          <t>9789756316122</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı’ndan Seçmeler</t>
+          <t>Herkes İçin Doğa Sporlarında Kadınlar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786055715885</t>
+          <t>9789756316054</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Herkes İçin Doğa Sporlarında Düğümler</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789756316597</t>
+          <t>9789756316146</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Herkes İçin Dağcılık</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786055715212</t>
+          <t>9789944425063</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Herkes İçin  Rafting</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789756316788</t>
+          <t>9786055506964</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786055506896</t>
+          <t>9786055261269</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Zavallı Necdet</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789756316870</t>
+          <t>9786055715038</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789944425056</t>
+          <t>9786055715113</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Deyimlerden Seçmeler</t>
+          <t>Yunus Emre Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055261184</t>
+          <t>9786055715885</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Turfanda Mı Yoksa Turfa Mı?</t>
+          <t>Yeni Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789756316900</t>
+          <t>9789756316597</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786055506827</t>
+          <t>9786055715212</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789758509263</t>
+          <t>9789756316788</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Savaş Dalgaları</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786055506490</t>
+          <t>9786055506896</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Jantsen’in Hediyesi</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786055715267</t>
+          <t>9789756316870</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Venedik Bir Balıktır</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789944425209</t>
+          <t>9789944425056</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Koçyiğit Köroğlu</t>
+          <t>Türkçe Deyimlerden Seçmeler</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789756316832</t>
+          <t>9786055261184</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal Beyatlı Şiire Adanmış Bir Yaşam...</t>
+          <t>Turfanda Mı Yoksa Turfa Mı?</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>430</v>
+        <v>210</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786055715069</t>
+          <t>9789756316900</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sol El</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789756316368</t>
+          <t>9786055506827</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler 2</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786055506933</t>
+          <t>9789758509263</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Savaş Dalgaları</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786055506889</t>
+          <t>9786055506490</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar</t>
+          <t>Jantsen’in Hediyesi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789944425377</t>
+          <t>9786055715267</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Venedik Bir Balıktır</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786055506810</t>
+          <t>9789944425209</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Koçyiğit Köroğlu</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786055506766</t>
+          <t>9789756316832</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Yahya Kemal Beyatlı Şiire Adanmış Bir Yaşam...</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>110</v>
+        <v>430</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789944425353</t>
+          <t>9786055715069</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Sol El</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055506209</t>
+          <t>9789756316368</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>İran’ın Son İki Yüzyıllık Tarihi</t>
+          <t>Ömer Seyfettin Seçme Hikayeler 2</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786055715021</t>
+          <t>9786055506933</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sonrası Ortamında 1947 Türkiye İktisadi Kalkınma Planı</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>225</v>
+        <v>120</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786055261542</t>
+          <t>9786055506889</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Rus Kaynaklarında Ermeni Sorunu</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786055261528</t>
+          <t>9789944425377</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Erdoğan Merçil’e Armağan</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>575</v>
+        <v>120</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789756316658</t>
+          <t>9786055506810</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C522" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789756316719</t>
+          <t>9786055506766</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786258274929</t>
+          <t>9789944425353</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Oklama Yöntemiyle Türkçenin Yapısal-İşlevsel Söz Dizimi</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>480</v>
+        <v>100</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059521956</t>
+          <t>9786055506209</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Eskiçağ Tarihi 2</t>
+          <t>İran’ın Son İki Yüzyıllık Tarihi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786258274806</t>
+          <t>9786055715021</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet</t>
+          <t>Savaş Sonrası Ortamında 1947 Türkiye İktisadi Kalkınma Planı</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786258274875</t>
+          <t>9786055261542</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Troya’dan Konstantinopolis’e Boğazlar</t>
+          <t>Rus Kaynaklarında Ermeni Sorunu</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786059241113</t>
+          <t>9786055261528</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Tarihi Gelişmesi</t>
+          <t>Prof. Dr. Erdoğan Merçil’e Armağan</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786059521734</t>
+          <t>9789756316658</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Psikoloji</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>725</v>
+        <v>100</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786258274714</t>
+          <t>9789756316719</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Altaylı Türkler</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258274813</t>
+          <t>9786258274929</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Roma’nın Afrikalı İmparatoru Septimius Severus</t>
+          <t>Oklama Yöntemiyle Türkçenin Yapısal-İşlevsel Söz Dizimi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786258274721</t>
+          <t>9786059521956</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Yedi Güzel (Heft Peyker)</t>
+          <t>Türkiye'nin Eskiçağ Tarihi 2</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258274851</t>
+          <t>9786258274806</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kızımın Yarınını Yaşamaya Geldik</t>
+          <t>Divan-ı Hikmet</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>240</v>
+        <v>475</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786055261078</t>
+          <t>9786258274875</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Yeni Eş ve Karşıt Anlamlı Kelimeler Sözlüğü</t>
+          <t>Troya’dan Konstantinopolis’e Boğazlar</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786258274738</t>
+          <t>9786059241113</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>M.Ö.1177'den Sonra-Medeniyetlerin Kurtuluşu</t>
+          <t>Türkçenin Tarihi Gelişmesi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257556279</t>
+          <t>9786059521734</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Köstekli Saati</t>
+          <t>Bilişsel Psikoloji</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>150</v>
+        <v>725</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258274820</t>
+          <t>9786258274714</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Neşter, Süngü ve Siyaset</t>
+          <t>Altaylı Türkler</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258274196</t>
+          <t>9786258274813</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Politik Söylemde Dil Ve İkna</t>
+          <t>Roma’nın Afrikalı İmparatoru Septimius Severus</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258274882</t>
+          <t>9786258274721</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Babürlü Hükümdarı Hümayun Şah'ın Özel Kayıtları</t>
+          <t>Yedi Güzel (Heft Peyker)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258274707</t>
+          <t>9786258274851</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Açık Deniz</t>
+          <t>Kızımın Yarınını Yaşamaya Geldik</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257201049</t>
+          <t>9786055261078</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kökler</t>
+          <t>Yeni Eş ve Karşıt Anlamlı Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258274691</t>
+          <t>9786258274738</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>M.Ö.1177'den Sonra-Medeniyetlerin Kurtuluşu</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>580</v>
+        <v>290</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789944425346</t>
+          <t>9786257556279</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Demir Orkide</t>
+          <t>Dedemin Köstekli Saati</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789944425582</t>
+          <t>9786258274820</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Gemilerin Hikayesi</t>
+          <t>Neşter, Süngü ve Siyaset</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789756316498</t>
+          <t>9786258274196</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe Cumhuriyeti ve Cumhurbaşkanları</t>
+          <t>Politik Söylemde Dil Ve İkna</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789758509591</t>
+          <t>9786258274882</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 5</t>
+          <t>Babürlü Hükümdarı Hümayun Şah'ın Özel Kayıtları</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789758509584</t>
+          <t>9786258274707</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 4</t>
+          <t>Açık Deniz</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789758509560</t>
+          <t>9786257201049</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 2</t>
+          <t>Kökler</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>100</v>
+        <v>410</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789944425407</t>
+          <t>9786258274691</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Erkek Çocuklarına Resimli Öyküler (Ciltli)</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>875</v>
+        <v>580</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786055261634</t>
+          <t>9789944425346</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli 100 Küçük Matematik Problemi</t>
+          <t>Demir Orkide</t>
         </is>
       </c>
       <c r="C550" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786055506568</t>
+          <t>9789944425582</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Dost Olmak Dostu Sevmek</t>
+          <t>Gemilerin Hikayesi</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786055715120</t>
+          <t>9789756316498</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Destan Destan Çanakkale</t>
+          <t>Fenerbahçe Cumhuriyeti ve Cumhurbaşkanları</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786055261245</t>
+          <t>9789758509591</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’te Bir Türk Dostu</t>
+          <t>Fadiş, Bediş, Ediş 5</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786055506308</t>
+          <t>9789758509584</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Elif’in Olağanüstü Düşleri - 2</t>
+          <t>Fadiş, Bediş, Ediş 4</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786055715397</t>
+          <t>9789758509560</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Değişik Yanlarıyla Yahya Kemal</t>
+          <t>Fadiş, Bediş, Ediş 2</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786055715427</t>
+          <t>9789944425407</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Dante’nin Cehennemi Üzerine Dersler</t>
+          <t>Erkek Çocuklarına Resimli Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>190</v>
+        <v>875</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786055715045</t>
+          <t>9786055261634</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Gibi Dik Dur Sular Gibi Ak</t>
+          <t>Eğlenceli 100 Küçük Matematik Problemi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789756316177</t>
+          <t>9786055506568</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Düğüm Düğüm Üstüne</t>
+          <t>Dost Olmak Dostu Sevmek</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789944425681</t>
+          <t>9786055715120</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Doğal Sağlık Rehberi</t>
+          <t>Destan Destan Çanakkale</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789758509300</t>
+          <t>9786055261245</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Düşleri</t>
+          <t>Dersaadet’te Bir Türk Dostu</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786055506698</t>
+          <t>9786055506308</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Elif’in Olağanüstü Düşleri - 2</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>375</v>
+        <v>120</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786055506865</t>
+          <t>9786055715397</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Değişik Yanlarıyla Yahya Kemal</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789756316269</t>
+          <t>9786055715427</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Dante’nin Cehennemi Üzerine Dersler</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786055261191</t>
+          <t>9786055715045</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Dağlar Gibi Dik Dur Sular Gibi Ak</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786055261252</t>
+          <t>9789756316177</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Düğüm Düğüm Üstüne</t>
         </is>
       </c>
       <c r="C565" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789944425490</t>
+          <t>9789944425681</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Çocuklar İçin Doğal Sağlık Rehberi</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789756316795</t>
+          <t>9789758509300</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Çocuk Düşleri</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>180</v>
+        <v>285</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789758509331</t>
+          <t>9786055506698</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Örnekli ve Açıklamalı Türkçe Deyimler Sözlüğü</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789756316481</t>
+          <t>9786055506865</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 1</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786055715496</t>
+          <t>9789756316269</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağlarda Doğu ve Güneydoğu Anadolu</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055715335</t>
+          <t>9786055261191</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupa Tarihi</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789756316535</t>
+          <t>9786055261252</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 3 Sona Doğru</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>410</v>
+        <v>120</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786055506728</t>
+          <t>9789944425490</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Dilin Kökeni Üzerine</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789756316634</t>
+          <t>9789756316795</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786055261863</t>
+          <t>9789758509331</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Örnekli ve Açıklamalı Türkçe Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>160</v>
+        <v>475</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786055506247</t>
+          <t>9789756316481</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Eşref Saat</t>
+          <t>Osmanlı Tarihi 1</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786258274486</t>
+          <t>9786055715496</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Cümbezin Kızı</t>
+          <t>Orta Çağlarda Doğu ve Güneydoğu Anadolu</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057931351</t>
+          <t>9786055715335</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>Orta Çağ Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786054921997</t>
+          <t>9789756316535</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Eşek</t>
+          <t>Osmanlı Tarihi 3 Sona Doğru</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786258274592</t>
+          <t>9786055506728</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
+          <t>Dilin Kökeni Üzerine</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786258274608</t>
+          <t>9789756316634</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 2 - Karlıcadağ'ın Melekleri</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786258274622</t>
+          <t>9786055261863</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786258274639</t>
+          <t>9786055506247</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
+          <t>Eşref Saat</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786258274615</t>
+          <t>9786258274486</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 3 - Sevgiler Düğüm Düğüm</t>
+          <t>Cümbezin Kızı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786258274646</t>
+          <t>9786057931351</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Sesleniş</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786258274028</t>
+          <t>9786054921997</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Yer Altındaki Dostlar</t>
+          <t>Gümüş Eşek</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786258274554</t>
+          <t>9786258274592</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Sultan Baybars ve Dönemi (1260-1277)</t>
+          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786258274462</t>
+          <t>9786258274608</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>El-Kamil’de Haçlılar (Ciltli)</t>
+          <t>Alim Kız Büyüdü 2 - Karlıcadağ'ın Melekleri</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786258274585</t>
+          <t>9786258274622</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Asker ve Devlet</t>
+          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>585</v>
+        <v>120</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057931399</t>
+          <t>9786258274639</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar</t>
+          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786057931214</t>
+          <t>9786258274615</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilen Çok Yanılır</t>
+          <t>Alim Kız Büyüdü 3 - Sevgiler Düğüm Düğüm</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786057931238</t>
+          <t>9786258274646</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Akif Bey</t>
+          <t>Sesleniş</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786059241625</t>
+          <t>9786258274028</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Dile Genel Bir Bakış (Türkçe Örneklerle)</t>
+          <t>Yer Altındaki Dostlar</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786055261283</t>
+          <t>9786258274554</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türküsü</t>
+          <t>Sultan Baybars ve Dönemi (1260-1277)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>295</v>
+        <v>380</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786258274578</t>
+          <t>9786258274462</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>İki Gözüm Türkçe</t>
+          <t>El-Kamil’de Haçlılar (Ciltli)</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786258274561</t>
+          <t>9786258274585</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Kökenlerine Etimoloji Yolculuğu: Tarihi Türk Lehçelerinde Farazi Kök *yV- Örneği</t>
+          <t>Asker ve Devlet</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>320</v>
+        <v>585</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786258274547</t>
+          <t>9786057931399</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu Beşlemesi Bağlamında Türkiye'de Toplumsal Değişme</t>
+          <t>Harezmşahlar</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786258274653</t>
+          <t>9786057931214</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı Türkçesinde Tasarlama Kiplerinin Kiplik İşlevleri</t>
+          <t>Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786258274530</t>
+          <t>9786057931238</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kısa Öykü ve Dilbilimsel Eleştiri</t>
+          <t>Akif Bey</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>325</v>
+        <v>130</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786258274523</t>
+          <t>9786059241625</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Dönemi</t>
+          <t>Dile Genel Bir Bakış (Türkçe Örneklerle)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786258274516</t>
+          <t>9786055261283</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Şiiri</t>
+          <t>Cumhuriyet Türküsü</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>580</v>
+        <v>295</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786258274271</t>
+          <t>9786258274578</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Tekke Şiiri Antolojisi</t>
+          <t>İki Gözüm Türkçe</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257201889</t>
+          <t>9786258274561</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlülük - Eleştirel Bir Giriş</t>
+          <t>Sözcüklerin Kökenlerine Etimoloji Yolculuğu: Tarihi Türk Lehçelerinde Farazi Kök *yV- Örneği</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786258274509</t>
+          <t>9786258274547</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Safeviler</t>
+          <t>Mustafa Kutlu Beşlemesi Bağlamında Türkiye'de Toplumsal Değişme</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786258274370</t>
+          <t>9786258274653</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Felsefe</t>
+          <t>Karahanlı Türkçesinde Tasarlama Kiplerinin Kiplik İşlevleri</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786258274479</t>
+          <t>9786258274530</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Ak-Koyunlu Türkmen Hükümdarı Sultan Yakub ve Dönemi (1478-1490)</t>
+          <t>Kısa Öykü ve Dilbilimsel Eleştiri</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257201896</t>
+          <t>9786258274523</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Osman Yüksel Serdengeçti Bütün Şiirleri</t>
+          <t>Selahaddin Eyyubi ve Dönemi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>150</v>
+        <v>590</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786258274363</t>
+          <t>9786258274516</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Filozofların Özellikleri</t>
+          <t>Eski Türk Şiiri</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>170</v>
+        <v>580</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786258274387</t>
+          <t>9786258274271</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Temel Kitabı</t>
+          <t>Tekke Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786258274448</t>
+          <t>9786257201889</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Dersleri</t>
+          <t>Çokkültürlülük - Eleştirel Bir Giriş</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786258274424</t>
+          <t>9786258274509</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Teori ve Popüler Kültüre Giriş</t>
+          <t>Safeviler</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786258274264</t>
+          <t>9786258274370</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Dervis Edebiyatı Araştırmaları: Sorgunlu Sıdkı Baba Divanı</t>
+          <t>Felsefe</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786258274455</t>
+          <t>9786258274479</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Selef ile Halef Gölgesinde</t>
+          <t>Ak-Koyunlu Türkmen Hükümdarı Sultan Yakub ve Dönemi (1478-1490)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786258274417</t>
+          <t>9786257201896</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz</t>
+          <t>Osman Yüksel Serdengeçti Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786258274431</t>
+          <t>9786258274363</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Türk Ahlak Felsefesi İncelemeleri</t>
+          <t>Filozofların Özellikleri</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786258274288</t>
+          <t>9786258274387</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Farklılıkların Kilit Düşünürleri</t>
+          <t>Türk Dili Temel Kitabı</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786258274400</t>
+          <t>9786258274448</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal</t>
+          <t>Osmanlı Türkçesi Dersleri</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786258274394</t>
+          <t>9786258274424</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografi</t>
+          <t>Kültürel Teori ve Popüler Kültüre Giriş</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257201933</t>
+          <t>9786258274264</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Tarih - (1789-1950)</t>
+          <t>Dervis Edebiyatı Araştırmaları: Sorgunlu Sıdkı Baba Divanı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786258274332</t>
+          <t>9786258274455</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar, Karakoyunlular, Akkoyunlular, Safeviler</t>
+          <t>Selef ile Halef Gölgesinde</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786258274295</t>
+          <t>9786258274417</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Ege ve Eski Yunan Tarihi-1</t>
+          <t>Doğu Karadeniz</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786258274325</t>
+          <t>9786258274431</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail ve Sultan Selim</t>
+          <t>Türk Ahlak Felsefesi İncelemeleri</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786258274349</t>
+          <t>9786258274288</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Atlı Süvarilerinin Teşkilatlanmaları, Saldırı ve Savunma Taktikleri, Teçhizatları</t>
+          <t>Bireysel Farklılıkların Kilit Düşünürleri</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786258274318</t>
+          <t>9786258274400</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Çivril’de Kazanılan Büyük Zafer Myrıokephalon 1176 Türkiye Selçuklu-Bizans İlişkileri 1071-1180</t>
+          <t>Namık Kemal</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258274066</t>
+          <t>9786258274394</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri ve Edebiyatları Bölümleri için Rusça</t>
+          <t>Otobiyografi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786258274301</t>
+          <t>9786257201933</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kırılıyor</t>
+          <t>Siyasal Tarih - (1789-1950)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>225</v>
+        <v>340</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786258274257</t>
+          <t>9786258274332</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Beyaz İhtilale Doğru</t>
+          <t>Osmanlılar, Karakoyunlular, Akkoyunlular, Safeviler</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257201674</t>
+          <t>9786258274295</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Yazarlık Atölyesi - Yaratıcı Yazarlık ve Yazma Becerileri Dersi</t>
+          <t>Ege ve Eski Yunan Tarihi-1</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786059521413</t>
+          <t>9786258274325</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Larousse Fransızca - Türkçe Sözlük (Ciltli)</t>
+          <t>Şah İsmail ve Sultan Selim</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>3500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786059521574</t>
+          <t>9786258274349</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Living Sentence Patterns In English</t>
+          <t>Bozkır Atlı Süvarilerinin Teşkilatlanmaları, Saldırı ve Savunma Taktikleri, Teçhizatları</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>620</v>
+        <v>125</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257201216</t>
+          <t>9786258274318</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>Çivril’de Kazanılan Büyük Zafer Myrıokephalon 1176 Türkiye Selçuklu-Bizans İlişkileri 1071-1180</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257201582</t>
+          <t>9786258274066</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Çözüm</t>
+          <t>Çağdaş Türk Lehçeleri ve Edebiyatları Bölümleri için Rusça</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786258274240</t>
+          <t>9786258274301</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Uzmanlık</t>
+          <t>Tarih Kırılıyor</t>
         </is>
       </c>
       <c r="C633" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786258274189</t>
+          <t>9786258274257</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kirman Selçukluları</t>
+          <t>Beyaz İhtilale Doğru</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257201810</t>
+          <t>9786257201674</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Yazarlık Atölyesi - Yaratıcı Yazarlık ve Yazma Becerileri Dersi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786258274004</t>
+          <t>9786059521413</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Türk Mezar Taşı Edebiyatı</t>
+          <t>Larousse Fransızca - Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>290</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786258274219</t>
+          <t>9786059521574</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Antalya Yörük Türkmen Kitabı</t>
+          <t>Living Sentence Patterns In English</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>550</v>
+        <v>620</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786258274011</t>
+          <t>9786257201216</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'ın Eşiğinde</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786258274233</t>
+          <t>9786257201582</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin'den Baybars'a Eyyubiler - Memluklar (1193-1260)</t>
+          <t>Eğitime Çözüm</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786258274158</t>
+          <t>9786258274240</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>İdea Nedir?</t>
+          <t>Siyaset ve Uzmanlık</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786258274134</t>
+          <t>9786258274189</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Yıldırım Gençosmanoğlu Alperenler Destanı</t>
+          <t>Kirman Selçukluları</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786258274110</t>
+          <t>9786257201810</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Yıldırım Gençosmanoğlu Bozkurtların Destanı</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786258274127</t>
+          <t>9786258274004</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut’tan Boğaç Han Ve Salur Kazan Destanları</t>
+          <t>Türk Mezar Taşı Edebiyatı</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786258274103</t>
+          <t>9786258274219</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Destanlar Burcu</t>
+          <t>Antalya Yörük Türkmen Kitabı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257201919</t>
+          <t>9786258274011</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin Minyatür Tarihi</t>
+          <t>Tanpınar'ın Eşiğinde</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257201940</t>
+          <t>9786258274233</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Demdeme</t>
+          <t>Selahaddin'den Baybars'a Eyyubiler - Memluklar (1193-1260)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>110</v>
+        <v>440</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786258274141</t>
+          <t>9786258274158</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarda Türk Ve Türkçe</t>
+          <t>İdea Nedir?</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786258274080</t>
+          <t>9786258274134</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Niyazi Yıldırım Gençosmanoğlu Alperenler Destanı</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786258274073</t>
+          <t>9786258274110</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Okuma Üstüne Ayrıksı Metinler</t>
+          <t>Niyazi Yıldırım Gençosmanoğlu Bozkurtların Destanı</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257201902</t>
+          <t>9786258274127</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan’da Milliyetçilik Ve Politika</t>
+          <t>Dede Korkut’tan Boğaç Han Ve Salur Kazan Destanları</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257201957</t>
+          <t>9786258274103</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Düzyazı Kuramı</t>
+          <t>Destanlar Burcu</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257201926</t>
+          <t>9786257201919</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin İlkeleri - Felsefeye Giriş 1</t>
+          <t>Nesnelerin Minyatür Tarihi</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257201988</t>
+          <t>9786257201940</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Divan Dünyası</t>
+          <t>Demdeme</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257201995</t>
+          <t>9786258274141</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Anlatma Esasına Bağlı Edebi Metinlerin Tahlili</t>
+          <t>Kaynaklarda Türk Ve Türkçe</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257201964</t>
+          <t>9786258274080</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Üslup ve Problemleri</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257201827</t>
+          <t>9786258274073</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Bireyselleşme Serüveni</t>
+          <t>Okuma Üstüne Ayrıksı Metinler</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257201872</t>
+          <t>9786257201902</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Kuramlar</t>
+          <t>Azerbaycan’da Milliyetçilik Ve Politika</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257201537</t>
+          <t>9786257201957</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>El-Kamil’de Selçuklular</t>
+          <t>Düzyazı Kuramı</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>590</v>
+        <v>245</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257201865</t>
+          <t>9786257201926</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Ege Ve Eski Yunan Tarihi - II Klasik Ve Hellenistik Çağlar</t>
+          <t>Felsefenin İlkeleri - Felsefeye Giriş 1</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257201834</t>
+          <t>9786257201988</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Divan Dünyası</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257201698</t>
+          <t>9786257201995</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Moğol Kanunları</t>
+          <t>Anlatma Esasına Bağlı Edebi Metinlerin Tahlili</t>
         </is>
       </c>
       <c r="C661" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257201650</t>
+          <t>9786257201964</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Milletlerinin Mukayeseli Tarihi</t>
+          <t>Edebiyatta Üslup ve Problemleri</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>325</v>
+        <v>130</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786057931955</t>
+          <t>9786257201827</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti Tarihi (Ciltli)</t>
+          <t>Edebiyatımızda Bireyselleşme Serüveni</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>1100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257201681</t>
+          <t>9786257201872</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Oguz Bitig: Modern ve Tarihsel Oğuzca Üzerine Araştırmalar</t>
+          <t>Edebiyat ve Kuramlar</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789756316405</t>
+          <t>9786257201537</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>El-Kamil’de Selçuklular</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>95</v>
+        <v>590</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257201599</t>
+          <t>9786257201865</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik, Yeni Dünya Düzeni Ve Türkiye</t>
+          <t>Ege Ve Eski Yunan Tarihi - II Klasik Ve Hellenistik Çağlar</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257201636</t>
+          <t>9786257201834</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Taliban’ın Afganistan’ı - Devlet, Toplum, Siyaset</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257201476</t>
+          <t>9786257201698</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu İslam Hukuku</t>
+          <t>Moğol Kanunları</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257201469</t>
+          <t>9786257201650</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Safeviler Devrinde İran</t>
+          <t>Avrupa Milletlerinin Mukayeseli Tarihi</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257201575</t>
+          <t>9786057931955</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Osmanoğulları'nın Tarihi - Tevarih-i Al-i Osman</t>
+          <t>İslam Medeniyeti Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>400</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257201551</t>
+          <t>9786257201681</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Mekandan Zamana Metaforik Transferler</t>
+          <t>Oguz Bitig: Modern ve Tarihsel Oğuzca Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>260</v>
+        <v>475</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257201513</t>
+          <t>9789756316405</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Heredotus'tan Günümüze Siyasal Düşünceler Tarihi</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>1200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257201605</t>
+          <t>9786257201599</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Edebiyattaki Tren, Şu Bildiğimiz Tren Değil Mi?</t>
+          <t>Uluslararası Güvenlik, Yeni Dünya Düzeni Ve Türkiye</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257201643</t>
+          <t>9786257201636</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi</t>
+          <t>Taliban’ın Afganistan’ı - Devlet, Toplum, Siyaset</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786059241779</t>
+          <t>9786257201476</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Tabsıra - Akif Paşa'nın Gurur ve İsyan Çığlığı</t>
+          <t>Selçuklu İslam Hukuku</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786055506278</t>
+          <t>9786257201469</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Doğular Batılar</t>
+          <t>Safeviler Devrinde İran</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786057931498</t>
+          <t>9786257201575</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kapsamlı Almanca Sözlük</t>
+          <t>Osmanoğulları'nın Tarihi - Tevarih-i Al-i Osman</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>1650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257201803</t>
+          <t>9786257201551</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hüseyin Şehriyar Farsça Divan’dan Seçmeler</t>
+          <t>Mekandan Zamana Metaforik Transferler</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257201858</t>
+          <t>9786257201513</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>XI.-XIII. Yüzyıllarda Türk-Gürcü İlişkileri</t>
+          <t>Heredotus'tan Günümüze Siyasal Düşünceler Tarihi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257201797</t>
+          <t>9786257201605</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Basınında Türkiye</t>
+          <t>Edebiyattaki Tren, Şu Bildiğimiz Tren Değil Mi?</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257201780</t>
+          <t>9786257201643</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanlığı</t>
+          <t>Demokrasi</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257201773</t>
+          <t>9786059241779</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Tarih Neye Yarar</t>
+          <t>Tabsıra - Akif Paşa'nın Gurur ve İsyan Çığlığı</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257201742</t>
+          <t>9786055506278</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Newton'ın Elması ve Bilime İlişkin Diğer Mitler</t>
+          <t>Doğular Batılar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257201315</t>
+          <t>9786057931498</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma - Romulus'tan Justinianus'a</t>
+          <t>Kapsamlı Almanca Sözlük</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>220</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257201711</t>
+          <t>9786257201803</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Uzun Hasan ve Otlukbeli Savaşı</t>
+          <t>Muhammed Hüseyin Şehriyar Farsça Divan’dan Seçmeler</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257201759</t>
+          <t>9786257201858</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Fiillerdeki Fosil İsimler</t>
+          <t>XI.-XIII. Yüzyıllarda Türk-Gürcü İlişkileri</t>
         </is>
       </c>
       <c r="C686" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257201667</t>
+          <t>9786257201797</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Haberin Ortaya Çıkışı</t>
+          <t>Gürcü Basınında Türkiye</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>440</v>
+        <v>175</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257201629</t>
+          <t>9786257201780</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiirinde Şekil ve Türler</t>
+          <t>Türk Kağanlığı</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257201612</t>
+          <t>9786257201773</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiiri ve Divan Şiirinin Müşterekleri</t>
+          <t>Tarih Neye Yarar</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257201704</t>
+          <t>9786257201742</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma</t>
+          <t>Newton'ın Elması ve Bilime İlişkin Diğer Mitler</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257201728</t>
+          <t>9786257201315</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Felsefesi</t>
+          <t>Antik Roma - Romulus'tan Justinianus'a</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257201452</t>
+          <t>9786257201711</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Çin Düşüncesi ve Kültürü Temel Kavramları - 1</t>
+          <t>Uzun Hasan ve Otlukbeli Savaşı</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257201544</t>
+          <t>9786257201759</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Sultan Berkyaruk Devri Selçuklu Tarihi</t>
+          <t>Türkçe Fiillerdeki Fosil İsimler</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257201506</t>
+          <t>9786257201667</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Yurtları</t>
+          <t>Haberin Ortaya Çıkışı</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257201520</t>
+          <t>9786257201629</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan ve Çin Günlüğü</t>
+          <t>Türk Halk Şiirinde Şekil ve Türler</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257201490</t>
+          <t>9786257201612</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Tapınakçıların Çöküşü</t>
+          <t>Halk Şiiri ve Divan Şiirinin Müşterekleri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>285</v>
+        <v>210</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257201568</t>
+          <t>9786257201704</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Adil Mevla</t>
+          <t>Kuşatma</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257201421</t>
+          <t>9786257201728</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Bizans Tarihi</t>
+          <t>Demokrasi Felsefesi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257201445</t>
+          <t>9786257201452</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İran Mitolojisi</t>
+          <t>Çin Düşüncesi ve Kültürü Temel Kavramları - 1</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257201483</t>
+          <t>9786257201544</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Nors Mitolojisi</t>
+          <t>Sultan Berkyaruk Devri Selçuklu Tarihi</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257201438</t>
+          <t>9786257201506</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Seyyahların Gözüyle Kafkasya</t>
+          <t>Türk Dilinin Yurtları</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257201414</t>
+          <t>9786257201520</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Cihanname</t>
+          <t>Moğolistan ve Çin Günlüğü</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257201407</t>
+          <t>9786257201490</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Sofist</t>
+          <t>Tapınakçıların Çöküşü</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>260</v>
+        <v>285</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257201384</t>
+          <t>9786257201568</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Selçukluların Muhteşem Sultanı - Melikşah</t>
+          <t>Adil Mevla</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257201391</t>
+          <t>9786257201421</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kelime Gezgini</t>
+          <t>Bizans Tarihi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257201353</t>
+          <t>9786257201445</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Ak-Koyunlu Devleti</t>
+          <t>Sorularla İran Mitolojisi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257201346</t>
+          <t>9786257201483</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Ailesi Rif’at Paşa Sülalesi</t>
+          <t>Sorularla Nors Mitolojisi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257201360</t>
+          <t>9786257201438</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Trabzon Rum Devleti</t>
+          <t>Avrupalı Seyyahların Gözüyle Kafkasya</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257201377</t>
+          <t>9786257201414</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Tanıkları</t>
+          <t>Cihanname</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257201308</t>
+          <t>9786257201407</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Larousse - Dünya Mitolojileri (Ciltli)</t>
+          <t>Sofist</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>950</v>
+        <v>260</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257201230</t>
+          <t>9786257201384</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Selçuklularda Vergiler</t>
+          <t>Selçukluların Muhteşem Sultanı - Melikşah</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257201339</t>
+          <t>9786257201391</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>Kelime Gezgini</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257201292</t>
+          <t>9786257201353</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet ve İstiklalimizin Gür Sesi: Mehmed Akif</t>
+          <t>Ak-Koyunlu Devleti</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257201193</t>
+          <t>9786257201346</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı</t>
+          <t>Bir Türk Ailesi Rif’at Paşa Sülalesi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>425</v>
+        <v>290</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257201209</t>
+          <t>9786257201360</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Divan Şiiri Sözlüğü</t>
+          <t>Trabzon Rum Devleti</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>490</v>
+        <v>175</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257201285</t>
+          <t>9786257201377</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Savcı Bey</t>
+          <t>Bozkırın Tanıkları</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257201261</t>
+          <t>9786257201308</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Sarı Benizli Adam</t>
+          <t>Larousse - Dünya Mitolojileri (Ciltli)</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257201278</t>
+          <t>9786257201230</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Türk Korsanları</t>
+          <t>Selçuklularda Vergiler</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257201254</t>
+          <t>9786257201339</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Sencivanoğlu</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257201247</t>
+          <t>9786257201292</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Müesseseleri ve Medeniyeti</t>
+          <t>Hürriyet ve İstiklalimizin Gür Sesi: Mehmed Akif</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>825</v>
+        <v>210</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786257201223</t>
+          <t>9786257201193</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Uygurlar</t>
+          <t>Eski Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257201117</t>
+          <t>9786257201209</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Siyasi ve Kültürel İslam Tarihi (Ciltli)</t>
+          <t>Açıklamalı Divan Şiiri Sözlüğü</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>1500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786059521703</t>
+          <t>9786257201285</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Dizisi - Türk Dili Araştırmaları</t>
+          <t>Savcı Bey</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257201148</t>
+          <t>9786257201261</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Son Teknoloji Moda İllüstrasyonu</t>
+          <t>Sarı Benizli Adam</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257201186</t>
+          <t>9786257201278</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Merzubanname</t>
+          <t>Türk Korsanları</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257201094</t>
+          <t>9786257201254</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Şiirimin Şehirleri</t>
+          <t>Sencivanoğlu</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257201162</t>
+          <t>9786257201247</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp ve Bingazi İle Büyük Sahra ve Sudan</t>
+          <t>Selçuklu Müesseseleri ve Medeniyeti</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>150</v>
+        <v>825</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257201179</t>
+          <t>9786257201223</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Fethedilenlerin Gözüyle Anadolu’nun Fethi</t>
+          <t>Uygurlar</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257201131</t>
+          <t>9786257201117</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Türkçülük Yazıları</t>
+          <t>Siyasi ve Kültürel İslam Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>200</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257201100</t>
+          <t>9786059521703</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Saat Yirmi Dörtte Saksafon Dersi</t>
+          <t>Türklük Bilimi Dizisi - Türk Dili Araştırmaları</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257201087</t>
+          <t>9786257201148</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Dik Durmak</t>
+          <t>Son Teknoloji Moda İllüstrasyonu</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257201124</t>
+          <t>9786257201186</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Yazıları</t>
+          <t>Merzubanname</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257201063</t>
+          <t>9786257201094</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Alman Filozofu Ernst Mortiz Arndt'ın Partikularizme Karşı Mücadelesi</t>
+          <t>Şiirimin Şehirleri</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257201155</t>
+          <t>9786257201162</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Hindistan ve Türk Tarihi-Kültür Araştırmaları</t>
+          <t>Trablusgarp ve Bingazi İle Büyük Sahra ve Sudan</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786057931733</t>
+          <t>9786257201179</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Abdülkerim Özaydın’a Armağan - Ortaçağ Tarihçiliğinde Bir Duayen</t>
+          <t>Fethedilenlerin Gözüyle Anadolu’nun Fethi</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>750</v>
+        <v>170</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257201070</t>
+          <t>9786257201131</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı Üzerine Araştırmalar ve İncelemeler</t>
+          <t>Türkçülük Yazıları</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786057931993</t>
+          <t>9786257201100</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kamburuma Üç Sebep</t>
+          <t>Saat Yirmi Dörtte Saksafon Dersi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786057931979</t>
+          <t>9786257201087</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Türk Din Etnolojisi</t>
+          <t>Dik Durmak</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786057931931</t>
+          <t>9786257201124</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Kelime Köken</t>
+          <t>Türklük Bilimi Yazıları</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786057931948</t>
+          <t>9786257201063</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Aşka Övgü</t>
+          <t>Alman Filozofu Ernst Mortiz Arndt'ın Partikularizme Karşı Mücadelesi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786057931894</t>
+          <t>9786257201155</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Devletinin Öncüleri</t>
+          <t>Hindistan ve Türk Tarihi-Kültür Araştırmaları</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786057931986</t>
+          <t>9786057931733</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut’un Günbed Yazması Üzerine</t>
+          <t>Prof. Dr. Abdülkerim Özaydın’a Armağan - Ortaçağ Tarihçiliğinde Bir Duayen</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786057931962</t>
+          <t>9786257201070</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Zaptiye Ahmet</t>
+          <t>Dede Korkut Kitabı Üzerine Araştırmalar ve İncelemeler</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786057931917</t>
+          <t>9786057931993</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Kamburuma Üç Sebep</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786057931788</t>
+          <t>9786057931979</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Zamanında Bir Osmanlı Binbaşısının Gözünden Libya</t>
+          <t>Türk Din Etnolojisi</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786057931887</t>
+          <t>9786057931931</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yaşamında Oyunun Yeri</t>
+          <t>Kelime Köken</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786057931832</t>
+          <t>9786057931948</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Estetik ve Sanat Felsefesi</t>
+          <t>Aşka Övgü</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786057931818</t>
+          <t>9786057931894</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Türk'teki Şiirler ve Atasözleri</t>
+          <t>Yeni Türk Devletinin Öncüleri</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786057931825</t>
+          <t>9786057931986</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Tarihi</t>
+          <t>Dede Korkut’un Günbed Yazması Üzerine</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786057931801</t>
+          <t>9786057931962</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Cengizname</t>
+          <t>Zaptiye Ahmet</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786057931726</t>
+          <t>9786057931917</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bedenler</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786057931771</t>
+          <t>9786057931788</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimiz İçin Tek Çıkar Yol</t>
+          <t>2. Abdülhamid Zamanında Bir Osmanlı Binbaşısının Gözünden Libya</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786057931764</t>
+          <t>9786057931887</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Bir Subayın Seydibeşir Esaret Kampı ve İstiklal Harbi Günlüğü</t>
+          <t>İnsan Yaşamında Oyunun Yeri</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786057931689</t>
+          <t>9786057931832</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Erenlerinin Kaynağı Horasan</t>
+          <t>Estetik ve Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786057931757</t>
+          <t>9786057931818</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinden Masallar - 2</t>
+          <t>Divanu Lugati't-Türk'teki Şiirler ve Atasözleri</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786057931740</t>
+          <t>9786057931825</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Türk Ülküsü</t>
+          <t>Türk Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786057931696</t>
+          <t>9786057931801</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Eşiğinde</t>
+          <t>Cengizname</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786057931702</t>
+          <t>9786057931726</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Satuk Buğra Han ve Oğulları (921-1212)</t>
+          <t>Yabancı Bedenler</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786057931672</t>
+          <t>9786057931771</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Asya Hun İmparatorluğu</t>
+          <t>Geleceğimiz İçin Tek Çıkar Yol</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786057931658</t>
+          <t>9786057931764</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>15. Yüzyıl Osmanlı Kronikleri</t>
+          <t>Meçhul Bir Subayın Seydibeşir Esaret Kampı ve İstiklal Harbi Günlüğü</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786057931665</t>
+          <t>9786057931689</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklularında Meslekler</t>
+          <t>Anadolu Erenlerinin Kaynağı Horasan</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786057931634</t>
+          <t>9786057931757</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türkçesi Metinleri</t>
+          <t>Türk Mitolojisinden Masallar - 2</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786057931641</t>
+          <t>9786057931740</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Siyakat Yazısı (Metin Çözümlemeli)</t>
+          <t>Türk Ülküsü</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786057931603</t>
+          <t>9786057931696</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Milletler ve Hükümdarlar Tarihi Tarihu’l-ümem ve’l-mülük (2 cilt) (Ciltli)</t>
+          <t>Zamanın Eşiğinde</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>1500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786057931627</t>
+          <t>9786057931702</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'den Felsefe Manzaraları 4</t>
+          <t>Satuk Buğra Han ve Oğulları (921-1212)</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786057931610</t>
+          <t>9786057931672</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Toplum</t>
+          <t>Asya Hun İmparatorluğu</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786057931559</t>
+          <t>9786057931658</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu’nun Muhafızları</t>
+          <t>15. Yüzyıl Osmanlı Kronikleri</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786057931474</t>
+          <t>9786057931665</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kimya mı Dediniz?</t>
+          <t>Türkiye Selçuklularında Meslekler</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786057931412</t>
+          <t>9786057931634</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeniyeti Tarihi</t>
+          <t>Kazak Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786057931566</t>
+          <t>9786057931641</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyasal İdeolojiler'de Kuram Yöntem Güncel Yaklaşımlar</t>
+          <t>Siyakat Yazısı (Metin Çözümlemeli)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786057931542</t>
+          <t>9786057931603</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Selçuklunun Son Veziri Sahib Ata Fahreddin Ali ve Vakıfları</t>
+          <t>Milletler ve Hükümdarlar Tarihi Tarihu’l-ümem ve’l-mülük (2 cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>195</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786057931573</t>
+          <t>9786057931627</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Doktrinler Tarihi</t>
+          <t>Türkiye'den Felsefe Manzaraları 4</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786057931511</t>
+          <t>9786057931610</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Sosyal Sınıf Ve Kimlikler (Ciltli)</t>
+          <t>Kültür ve Toplum</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>825</v>
+        <v>240</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786057931405</t>
+          <t>9786057931559</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Eskiçağ Tarihi 3</t>
+          <t>İpek Yolu’nun Muhafızları</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786057931467</t>
+          <t>9786057931474</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Karadeniz</t>
+          <t>Kimya mı Dediniz?</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786057931450</t>
+          <t>9786057931412</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Hartlı Şeyh Eşref</t>
+          <t>Türk Medeniyeti Tarihi</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786057931443</t>
+          <t>9786057931566</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Fransa Devrimi Üzerine Düşünceler 1790</t>
+          <t>Çağdaş Siyasal İdeolojiler'de Kuram Yöntem Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786057931528</t>
+          <t>9786057931542</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Zongo'nun Değirmeni</t>
+          <t>Selçuklunun Son Veziri Sahib Ata Fahreddin Ali ve Vakıfları</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786057931535</t>
+          <t>9786057931573</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Benlik ve Toplum</t>
+          <t>Siyasi Doktrinler Tarihi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786057931504</t>
+          <t>9786057931511</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Deneysel Yönteme Giriş</t>
+          <t>Osmanlı’da Sosyal Sınıf Ve Kimlikler (Ciltli)</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>430</v>
+        <v>825</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786057931436</t>
+          <t>9786057931405</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiye Türkçesi</t>
+          <t>Türkiye'nin Eskiçağ Tarihi 3</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>175</v>
+        <v>460</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786057931429</t>
+          <t>9786057931467</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Söz Edimleri</t>
+          <t>Tarih Boyunca Karadeniz</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786057931382</t>
+          <t>9786057931450</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kara ve Deniz Kuvvetleri</t>
+          <t>Hartlı Şeyh Eşref</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786057931375</t>
+          <t>9786057931443</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Irak Selçuklu Devleti Atabegleri</t>
+          <t>Fransa Devrimi Üzerine Düşünceler 1790</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786057931368</t>
+          <t>9786057931528</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Kuruluş Döneminde Veziriazamlık (1299 - 1453)</t>
+          <t>Zongo'nun Değirmeni</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786057931337</t>
+          <t>9786057931535</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>İslam Konulu Makaleleri</t>
+          <t>Benlik ve Toplum</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786057931252</t>
+          <t>9786057931504</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Psikolojide Deneysel Yönteme Giriş</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786057931344</t>
+          <t>9786057931436</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
+          <t>Dünden Bugüne Türkiye Türkçesi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786057931269</t>
+          <t>9786057931429</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye'nin Hedefleri</t>
+          <t>Söz Edimleri</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786057931283</t>
+          <t>9786057931382</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Taşın Dediği</t>
+          <t>Osmanlı Kara ve Deniz Kuvvetleri</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786057931313</t>
+          <t>9786057931375</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Safeviler Tekmiletü’l-Ahbar</t>
+          <t>Irak Selçuklu Devleti Atabegleri</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786057931306</t>
+          <t>9786057931368</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ'da Türkler Ermeniler Gürcüler</t>
+          <t>Osmanlı Devleti’nin Kuruluş Döneminde Veziriazamlık (1299 - 1453)</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786057931245</t>
+          <t>9786057931337</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi</t>
+          <t>İslam Konulu Makaleleri</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786057931276</t>
+          <t>9786057931252</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sosyolojisi</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786057931184</t>
+          <t>9786057931344</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Toplumdilbilimi</t>
+          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786057931160</t>
+          <t>9786057931269</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Anayurttan Anadolu'ya</t>
+          <t>Yeni Türkiye'nin Hedefleri</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786057931207</t>
+          <t>9786057931283</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>Taşın Dediği</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786057931221</t>
+          <t>9786057931313</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Ayyar Hamza</t>
+          <t>Safeviler Tekmiletü’l-Ahbar</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786057931191</t>
+          <t>9786057931306</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Tabip</t>
+          <t>Orta Çağ'da Türkler Ermeniler Gürcüler</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786057931177</t>
+          <t>9786057931245</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Sinema - Post-modern Haçlı Seferi</t>
+          <t>Edebiyat Sosyolojisi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786057931108</t>
+          <t>9786057931276</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Hikayeleri</t>
+          <t>Sanat Sosyolojisi</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786057931146</t>
+          <t>9786057931184</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kılçıklı Hikayeler</t>
+          <t>Toplumdilbilimi</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786057931054</t>
+          <t>9786057931160</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Türk Postmodern Anlatılarında Modernizm Eleştirisi</t>
+          <t>Anayurttan Anadolu'ya</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786057931122</t>
+          <t>9786057931207</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Jön Türk</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786057931139</t>
+          <t>9786057931221</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Mete - Börü Birliği</t>
+          <t>Ayyar Hamza</t>
         </is>
       </c>
       <c r="C805" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786057931061</t>
+          <t>9786057931191</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Zındıklık</t>
+          <t>Zoraki Tabip</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786057931078</t>
+          <t>9786057931177</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Siyasi Tarihi (MÖ 3 - MS 7)</t>
+          <t>Sinema - Post-modern Haçlı Seferi</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>410</v>
+        <v>160</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786059521987</t>
+          <t>9786057931108</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Batı'da ve İslam Dünyasında Radikalizm ve Siyasi Reform</t>
+          <t>Sözcük Hikayeleri</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786057931030</t>
+          <t>9786057931146</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Baki ve Estetiği</t>
+          <t>Kılçıklı Hikayeler</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786057931047</t>
+          <t>9786057931054</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Kültür</t>
+          <t>Türk Postmodern Anlatılarında Modernizm Eleştirisi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>245</v>
+        <v>390</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786057931016</t>
+          <t>9786057931122</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Mağara Duvarından Yansımalar</t>
+          <t>Jön Türk</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786057931023</t>
+          <t>9786057931139</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Siyaseti</t>
+          <t>Mete - Börü Birliği</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786057931009</t>
+          <t>9786057931061</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Yeniçağ Felsefesi Tarihi</t>
+          <t>Osmanlı Toplumunda Zındıklık</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786059521864</t>
+          <t>9786057931078</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>İslam Ülkelerinde Buluşlar</t>
+          <t>Türklerin Siyasi Tarihi (MÖ 3 - MS 7)</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>175</v>
+        <v>410</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786059521994</t>
+          <t>9786059521987</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dini Tarihi - Başlangıçlarından Günümüze</t>
+          <t>Batı'da ve İslam Dünyasında Radikalizm ve Siyasi Reform</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>385</v>
+        <v>250</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786059521390</t>
+          <t>9786057931030</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Tarihi ve Uygarlığı</t>
+          <t>Baki ve Estetiği</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>335</v>
+        <v>320</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786059521895</t>
+          <t>9786057931047</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Cinayat</t>
+          <t>Göç ve Kültür</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786059521901</t>
+          <t>9786057931016</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (İkinci Kitap)</t>
+          <t>Mağara Duvarından Yansımalar</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786059521918</t>
+          <t>9786057931023</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Ege'nin Kurtuluş Destanı Yörük Ali Efe (Üçüncü Kitap)</t>
+          <t>Kimlik Siyaseti</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786059521932</t>
+          <t>9786057931009</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Batı’da ve Türkiye’de Kuramsal Milliyetçilik</t>
+          <t>Yeniçağ Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786059521925</t>
+          <t>9786059521864</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yazınında Erkek-Lik(Ler) Kurgusu</t>
+          <t>İslam Ülkelerinde Buluşlar</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786059521888</t>
+          <t>9786059521994</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Atambayev'in Gölgesi Altında Kırgızistan</t>
+          <t>Türklerin Dini Tarihi - Başlangıçlarından Günümüze</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>125</v>
+        <v>385</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786059521857</t>
+          <t>9786059521390</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Kronolojisi</t>
+          <t>İlkçağ Tarihi ve Uygarlığı</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>140</v>
+        <v>470</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786059521871</t>
+          <t>9786059521895</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Hibrit Hikayeler</t>
+          <t>Esrar-ı Cinayat</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786059521819</t>
+          <t>9786059521901</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Beylikleri</t>
+          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>530</v>
+        <v>330</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786059521758</t>
+          <t>9786059521918</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Selatinname (Ciltli)</t>
+          <t>Ege'nin Kurtuluş Destanı Yörük Ali Efe (Üçüncü Kitap)</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>1500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786059521840</t>
+          <t>9786059521932</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Caz Çağı Öyküleri</t>
+          <t>Batı’da ve Türkiye’de Kuramsal Milliyetçilik</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786059521765</t>
+          <t>9786059521925</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Pontusçuluk Faaliyetleri</t>
+          <t>Osmanlı Yazınında Erkek-Lik(Ler) Kurgusu</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786059521826</t>
+          <t>9786059521888</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Üçgeninden Nasıl Kaçılır?</t>
+          <t>Atambayev'in Gölgesi Altında Kırgızistan</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786059521833</t>
+          <t>9786059521857</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Mete - Gizem Avcısı</t>
+          <t>Erzurum Kronolojisi</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786059521802</t>
+          <t>9786059521871</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Kitabü't-Tenbih ve'l-İşraf</t>
+          <t>Hibrit Hikayeler</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>360</v>
+        <v>165</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786059521772</t>
+          <t>9786059521819</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Atilla'nın Ölümü</t>
+          <t>Anadolu Türk Beylikleri</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>190</v>
+        <v>530</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786059521789</t>
+          <t>9786059521758</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Uygur Yazıtları</t>
+          <t>Selatinname (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>280</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786059521741</t>
+          <t>9786059521840</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>TerimBilimi</t>
+          <t>Caz Çağı Öyküleri</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786059521710</t>
+          <t>9786059521765</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Hipermodern Zamanlar</t>
+          <t>Günümüzde Pontusçuluk Faaliyetleri</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786059521727</t>
+          <t>9786059521826</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı ve Temelleri Hakkında Nutuk</t>
+          <t>Şeytan Üçgeninden Nasıl Kaçılır?</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786059521680</t>
+          <t>9786059521833</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>M.Ö. 1177 Medeniyetin Çöktüğü Yıl</t>
+          <t>Mete - Gizem Avcısı</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786059521635</t>
+          <t>9786059521802</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Yönetim ve Strateji</t>
+          <t>Kitabü't-Tenbih ve'l-İşraf</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786059521628</t>
+          <t>9786059521772</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Cuma Değirmeni</t>
+          <t>Atilla'nın Ölümü</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786059521666</t>
+          <t>9786059521789</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Uygur Yazıtları</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786059521604</t>
+          <t>9786059521741</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Yapısalcılık</t>
+          <t>TerimBilimi</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786059521611</t>
+          <t>9786059521710</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Felsefesi Tarihi</t>
+          <t>Hipermodern Zamanlar</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786059521642</t>
+          <t>9786059521727</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılık Kitabı</t>
+          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı ve Temelleri Hakkında Nutuk</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786059521659</t>
+          <t>9786059521680</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Eskiçağ Tarihi 1</t>
+          <t>M.Ö. 1177 Medeniyetin Çöktüğü Yıl</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786059521598</t>
+          <t>9786059521635</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Türk Model Devleti Gök Türkler</t>
+          <t>Osmanlılar Yönetim ve Strateji</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>395</v>
+        <v>250</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786059521444</t>
+          <t>9786059521628</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Beng ü Bade</t>
+          <t>Cuma Değirmeni</t>
         </is>
       </c>
       <c r="C846" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786059521383</t>
+          <t>9786059521666</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu Türküm Diyene</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786059521369</t>
+          <t>9786059521604</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon İğne</t>
+          <t>Yapısalcılık</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786059521543</t>
+          <t>9786059521611</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat</t>
+          <t>İlkçağ Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786059521550</t>
+          <t>9786059521642</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Bana Hikaye Anlat(ma)</t>
+          <t>Reklamcılık Kitabı</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786059521475</t>
+          <t>9786059521659</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Konfuçyüs ve Çin Felsefesinin Temelleri</t>
+          <t>Türkiye'nin Eskiçağ Tarihi 1</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786059521536</t>
+          <t>9786059521598</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet ve Maneviyat</t>
+          <t>Türk Model Devleti Gök Türkler</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>185</v>
+        <v>395</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786059521529</t>
+          <t>9786059521444</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Toplum Üstüne Düşünceler</t>
+          <t>Beng ü Bade</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786059521567</t>
+          <t>9786059521383</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Araştırılması - Dünya ya da Işık Üzerine Deneme</t>
+          <t>Ne Mutlu Türküm Diyene</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786059521505</t>
+          <t>9786059521369</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi Tarihi</t>
+          <t>Bir Milyon İğne</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786059521512</t>
+          <t>9786059521543</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Mete - Küçük Alp</t>
+          <t>Muhayyelat</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786059521451</t>
+          <t>9786059521550</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Bana Hikaye Anlat(ma)</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786059521499</t>
+          <t>9786059521475</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Fosil Kelimeler</t>
+          <t>Konfuçyüs ve Çin Felsefesinin Temelleri</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786059521420</t>
+          <t>9786059521536</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Türk Runik Bibliyografyası</t>
+          <t>Sosyal Hizmet ve Maneviyat</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786059521468</t>
+          <t>9786059521529</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Uyanma Bildirisi</t>
+          <t>Hayat ve Toplum Üstüne Düşünceler</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786059521321</t>
+          <t>9786059521567</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Define - Kan Damlası</t>
+          <t>Hakikatin Araştırılması - Dünya ya da Işık Üzerine Deneme</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786059521260</t>
+          <t>9786059521505</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>İslam Coğrafyacılarına Göre Türkler ve Türk Ülkeleri</t>
+          <t>İslam Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786059521277</t>
+          <t>9786059521512</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Mezarından Kalkan Şehir</t>
+          <t>Mete - Küçük Alp</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786059521352</t>
+          <t>9786059521451</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Ferahfeza</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786059521314</t>
+          <t>9786059521499</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda İran</t>
+          <t>Türkçede Fosil Kelimeler</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786059521338</t>
+          <t>9786059521420</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Türk Adının Anlamı</t>
+          <t>Türk Runik Bibliyografyası</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786059521345</t>
+          <t>9786059521468</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Ve Tanrı Türk'ü Yarattı</t>
+          <t>Uyanma Bildirisi</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786059521284</t>
+          <t>9786059521321</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Söğüt'ten Şehr-i İstanbul'a Osmanlı</t>
+          <t>Define - Kan Damlası</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786059521307</t>
+          <t>9786059521260</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste'den Seçmeler</t>
+          <t>İslam Coğrafyacılarına Göre Türkler ve Türk Ülkeleri</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786059521291</t>
+          <t>9786059521277</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Türk Sazı</t>
+          <t>Mezarından Kalkan Şehir</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786059521161</t>
+          <t>9786059521352</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Freud Bana Masal Anlatsa</t>
+          <t>Ferahfeza</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786059521239</t>
+          <t>9786059521314</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Doğu Asya'ya Seyahat</t>
+          <t>100 Soruda İran</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786059521246</t>
+          <t>9786059521338</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Metinlerarasılık ve Kurmacada Gerçeklik Üzerine</t>
+          <t>Türk Adının Anlamı</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786059521253</t>
+          <t>9786059521345</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Ahilik ve Erzurum</t>
+          <t>Ve Tanrı Türk'ü Yarattı</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786059521222</t>
+          <t>9786059521284</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Filistin Seyahatnamesi</t>
+          <t>Söğüt'ten Şehr-i İstanbul'a Osmanlı</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786059521215</t>
+          <t>9786059521307</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Metot Üzerine Konuşma</t>
+          <t>Rübab-ı Şikeste'den Seçmeler</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786059521154</t>
+          <t>9786059521291</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk, Bir Kurşun ve Ötesi</t>
+          <t>Türk Sazı</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786059521178</t>
+          <t>9786059521161</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Altaylarda Kanlı Günler</t>
+          <t>Freud Bana Masal Anlatsa</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786059521185</t>
+          <t>9786059521239</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Safevi Şahı 2. İsmail</t>
+          <t>Doğu Asya'ya Seyahat</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786059521123</t>
+          <t>9786059521246</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Betimleme</t>
+          <t>Metinlerarasılık ve Kurmacada Gerçeklik Üzerine</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786059521192</t>
+          <t>9786059521253</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Köleleştirilmesi</t>
+          <t>Ahilik ve Erzurum</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786059521208</t>
+          <t>9786059521222</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Filistin Seyahatnamesi</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786059521130</t>
+          <t>9786059521215</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Müziksel Dünya Ütopyasında Adorno ile Bir Yolculuk</t>
+          <t>Metot Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786059521055</t>
+          <t>9786059521154</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Masalları ve Efsaneleri</t>
+          <t>Bir Aşk, Bir Kurşun ve Ötesi</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786059521086</t>
+          <t>9786059521178</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Danişmendliler (1085-1178)</t>
+          <t>Altaylarda Kanlı Günler</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786059521147</t>
+          <t>9786059521185</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Roman Kimlik Kültür</t>
+          <t>Safevi Şahı 2. İsmail</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786059521116</t>
+          <t>9786059521123</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Leibniz Hayatı ve Felsefesi</t>
+          <t>Bilgi ve Betimleme</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786059521109</t>
+          <t>9786059521192</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin ve Sosyalizmin Sosyo-Politik Kökenleri</t>
+          <t>Kadınların Köleleştirilmesi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786059521062</t>
+          <t>9786059521208</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Çete Ayşe 1. Cilt</t>
+          <t>Mevlid</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786059521048</t>
+          <t>9786059521130</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Türkler Arasında Şiilik Cereyanları</t>
+          <t>Müziksel Dünya Ütopyasında Adorno ile Bir Yolculuk</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786059521093</t>
+          <t>9786059521055</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Ural-Altay Mitolojisinde Arketipler ve Semboller</t>
+          <t>Kırgız Masalları ve Efsaneleri</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786059241977</t>
+          <t>9786059521086</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Danişmendliler (1085-1178)</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786059241984</t>
+          <t>9786059521147</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Roman Kimlik Kültür</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786059241960</t>
+          <t>9786059521116</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Leibniz Hayatı ve Felsefesi</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786059521017</t>
+          <t>9786059521109</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Roma Eyaletleri</t>
+          <t>Faşizmin ve Sosyalizmin Sosyo-Politik Kökenleri</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786059521031</t>
+          <t>9786059521062</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>İlhanlı Tarihi</t>
+          <t>Çete Ayşe 1. Cilt</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786059241755</t>
+          <t>9786059521048</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Gagavuz Edebiyatı</t>
+          <t>Türkler Arasında Şiilik Cereyanları</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>775</v>
+        <v>190</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786059521024</t>
+          <t>9786059521093</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Aşk</t>
+          <t>Ural-Altay Mitolojisinde Arketipler ve Semboller</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786059521000</t>
+          <t>9786059241977</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Yer Adları (Ciltli)</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786059241991</t>
+          <t>9786059241984</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>El-Fahri</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786059241939</t>
+          <t>9786059241960</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kuram-Eylem Birliği Olarak Sanat</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786059241922</t>
+          <t>9786059521017</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Schelling</t>
+          <t>Anadolu’da Roma Eyaletleri</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>210</v>
+        <v>185</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786059241908</t>
+          <t>9786059521031</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Şeddadiler 951-1199</t>
+          <t>İlhanlı Tarihi</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>460</v>
+        <v>500</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786059241809</t>
+          <t>9786059241755</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi</t>
+          <t>Gagavuz Edebiyatı</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>325</v>
+        <v>775</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786059241854</t>
+          <t>9786059521024</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan’da Kızıl Kıtlık (1929-1933)</t>
+          <t>Gülşen-i Aşk</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786059241793</t>
+          <t>9786059521000</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Dil</t>
+          <t>Eski Türk Yer Adları (Ciltli)</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786059241731</t>
+          <t>9786059241991</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Musavver Mısır Hatıratı</t>
+          <t>El-Fahri</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786059241717</t>
+          <t>9786059241939</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Timur Tüzükatı</t>
+          <t>Kuram-Eylem Birliği Olarak Sanat</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786059241694</t>
+          <t>9786059241922</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Muhalefet</t>
+          <t>Schelling</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786059241823</t>
+          <t>9786059241908</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Bir Kucak Köy Bir Kulaç Şehir</t>
+          <t>Şeddadiler 951-1199</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786059241915</t>
+          <t>9786059241809</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786059241878</t>
+          <t>9786059241854</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Hatem Tayi Hikayeleri</t>
+          <t>Kazakistan’da Kızıl Kıtlık (1929-1933)</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786059241861</t>
+          <t>9786059241793</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Metal Çubukların Dansı</t>
+          <t>Felsefe ve Dil</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786059241892</t>
+          <t>9786059241731</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'daki Galatlar ve Galatya Tarihi</t>
+          <t>Musavver Mısır Hatıratı</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786059241847</t>
+          <t>9786059241717</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Savaş ve Kadın</t>
+          <t>Timur Tüzükatı</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786059241830</t>
+          <t>9786059241694</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi</t>
+          <t>Osmanlı’da Muhalefet</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786059241816</t>
+          <t>9786059241823</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein Yaşamı, Felsefesi, Yapıtları</t>
+          <t>Bir Kucak Köy Bir Kulaç Şehir</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786059241700</t>
+          <t>9786059241915</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu Devleti</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786059241762</t>
+          <t>9786059241878</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Yer Altında Bir Şehir</t>
+          <t>Hatem Tayi Hikayeleri</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786059241786</t>
+          <t>9786059241861</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan - Turan</t>
+          <t>Metal Çubukların Dansı</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786059241748</t>
+          <t>9786059241892</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Zigetvar'ın Laneti</t>
+          <t>Anadolu'daki Galatlar ve Galatya Tarihi</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786059241663</t>
+          <t>9786059241847</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Reenkarnasyon</t>
+          <t>20. Yüzyılda Savaş ve Kadın</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786059241632</t>
+          <t>9786059241830</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in İkinci Kitabı</t>
+          <t>Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>290</v>
+        <v>650</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786059241656</t>
+          <t>9786059241816</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Yapı Bakımından Fiiller</t>
+          <t>Wittgenstein Yaşamı, Felsefesi, Yapıtları</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786059241601</t>
+          <t>9786059241700</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Locke ile Leibniz</t>
+          <t>Büyük Selçuklu Devleti</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786059241571</t>
+          <t>9786059241762</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilime Giriş</t>
+          <t>Yer Altında Bir Şehir</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786059241564</t>
+          <t>9786059241786</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Şukasaptati</t>
+          <t>Oğuz Kağan - Turan</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786059241540</t>
+          <t>9786059241748</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Rus İktidarının Kalbinde</t>
+          <t>Zigetvar'ın Laneti</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786059241557</t>
+          <t>9786059241663</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (Birinci Kitap)</t>
+          <t>İslam ve Reenkarnasyon</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786059241526</t>
+          <t>9786059241632</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Notlar</t>
+          <t>Hitler’in İkinci Kitabı</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786059241403</t>
+          <t>9786059241656</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Fazilet ve Asalet</t>
+          <t>Türk Dilinde Yapı Bakımından Fiiller</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786059241380</t>
+          <t>9786059241601</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar</t>
+          <t>Locke ile Leibniz</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786059241458</t>
+          <t>9786059241571</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesi Grameri</t>
+          <t>Göstergebilime Giriş</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786059241441</t>
+          <t>9786059241564</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Gazze Tarihi</t>
+          <t>Şukasaptati</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>475</v>
+        <v>140</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786059241472</t>
+          <t>9786059241540</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Harika Çocuklar</t>
+          <t>Rus İktidarının Kalbinde</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786055261146</t>
+          <t>9786059241557</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram</t>
+          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (Birinci Kitap)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789944425247</t>
+          <t>9786059241526</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Yol Haritası</t>
+          <t>Notlar</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786055261306</t>
+          <t>9786059241403</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Güneş’in Çocukları</t>
+          <t>Fazilet ve Asalet</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786257201032</t>
+          <t>9786059241380</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Malkoçoğlu</t>
+          <t>Osmanlılar</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786055261023</t>
+          <t>9786059241458</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Mağdurın Hikayesi</t>
+          <t>Kırgız Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786059241311</t>
+          <t>9786059241441</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 7 - Madenci Cemal Dede</t>
+          <t>Gazze Tarihi</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>120</v>
+        <v>475</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786059241250</t>
+          <t>9786059241472</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Anonim Osmanlı Kroniği (Ciltli)</t>
+          <t>Harika Çocuklar</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>1250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786055261696</t>
+          <t>9786055261146</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Yetim Serçe'nin Serüvenleri</t>
+          <t>Hacı Bayram</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786059241335</t>
+          <t>9789944425247</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 10 - Yeşil Cennete Doğru</t>
+          <t>Güzelliğin Yol Haritası</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786059241120</t>
+          <t>9786055261306</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Billur Kalp</t>
+          <t>Güneş’in Çocukları</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786059241298</t>
+          <t>9786257201032</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Türk Bodun Bilimi Araştırmaları</t>
+          <t>Malkoçoğlu</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786055715199</t>
+          <t>9786055261023</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Papaz</t>
+          <t>Mağdurın Hikayesi</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786059241281</t>
+          <t>9786059241311</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Dostlar</t>
+          <t>Uzaydaki Mavi Bilye 7 - Madenci Cemal Dede</t>
         </is>
       </c>
       <c r="C948" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786059241076</t>
+          <t>9786059241250</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk - Moğol Kişi Adları Sözlüğü</t>
+          <t>Anonim Osmanlı Kroniği (Ciltli)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>650</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786059241182</t>
+          <t>9786055261696</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>A Guide To English Idioms / English - Turkish</t>
+          <t>Yetim Serçe'nin Serüvenleri</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789758509836</t>
+          <t>9786059241335</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Alın Teri</t>
+          <t>Uzaydaki Mavi Bilye 10 - Yeşil Cennete Doğru</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786059241397</t>
+          <t>9786059241120</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>İbn Battuta Seyahatnamesi</t>
+          <t>Billur Kalp</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>560</v>
+        <v>250</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789758509973</t>
+          <t>9786059241298</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Elvis Kudüs’te</t>
+          <t>Türk Bodun Bilimi Araştırmaları</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>28</v>
+        <v>450</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786059241243</t>
+          <t>9786055715199</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Kül Tigin Yazıtı - Notlar</t>
+          <t>Papaz</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786059241205</t>
+          <t>9786059241281</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Edatlar</t>
+          <t>Özlenen Dostlar</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786059241175</t>
+          <t>9786059241076</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Süveyş Kanalı</t>
+          <t>Eski Türk - Moğol Kişi Adları Sözlüğü</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786059241236</t>
+          <t>9786059241182</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Kokotlar Mektebi</t>
+          <t>A Guide To English Idioms / English - Turkish</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786059241199</t>
+          <t>9789758509836</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Dil Felsefesi Tartışmaları</t>
+          <t>Alın Teri</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786059241212</t>
+          <t>9786059241397</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Aile Mutluluğu</t>
+          <t>İbn Battuta Seyahatnamesi</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>120</v>
+        <v>560</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786054921386</t>
+          <t>9789758509973</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>14 - 15. Asır Osmanlı Kültür Tarihi - Devlet Düzeni Sosyal Hayat</t>
+          <t>Elvis Kudüs’te</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>420</v>
+        <v>28</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786059241144</t>
+          <t>9786059241243</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Psikolojisi</t>
+          <t>Kül Tigin Yazıtı - Notlar</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786059241106</t>
+          <t>9786059241205</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Bağrıyanık Ömer</t>
+          <t>Türk Dilinde Edatlar</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786059241045</t>
+          <t>9786059241175</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Ses Bilgisi</t>
+          <t>Süveyş Kanalı</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786059241014</t>
+          <t>9786059241236</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kazak Türkçesi</t>
+          <t>Kokotlar Mektebi</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786054921911</t>
+          <t>9786059241199</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal (Tam Metin)</t>
+          <t>Dil Felsefesi Tartışmaları</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786054921904</t>
+          <t>9786059241212</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Kolomb Macerası</t>
+          <t>Aile Mutluluğu</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786059241007</t>
+          <t>9786054921386</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Üstüne Felsefi Bir Yolculuk</t>
+          <t>14 - 15. Asır Osmanlı Kültür Tarihi - Devlet Düzeni Sosyal Hayat</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786059241038</t>
+          <t>9786059241144</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>İslam Kaynaklarına Göre Hz. İbrahim ve Haniflik</t>
+          <t>Siyaset Psikolojisi</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>190</v>
+        <v>470</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786059241083</t>
+          <t>9786059241106</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Bittiği Yerde Başlar</t>
+          <t>Bağrıyanık Ömer</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786055261894</t>
+          <t>9786059241045</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Son Tatar</t>
+          <t>Türkçenin Ses Bilgisi</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786055261917</t>
+          <t>9786059241014</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Gönderilmemiş Mektuplar</t>
+          <t>Çağdaş Kazak Türkçesi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786054921683</t>
+          <t>9786054921911</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin : Şark'ın En Sevgili Sultanı</t>
+          <t>A'mak-ı Hayal (Tam Metin)</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786059241052</t>
+          <t>9786054921904</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hun Kağanı Attila</t>
+          <t>Kolomb Macerası</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786054921881</t>
+          <t>9786059241007</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti’nin Mektupları ve Son Kitabı : Türkler ve Ermeniler</t>
+          <t>Mutluluk Üstüne Felsefi Bir Yolculuk</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786054921874</t>
+          <t>9786059241038</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset ve Tartışmalar</t>
+          <t>İslam Kaynaklarına Göre Hz. İbrahim ve Haniflik</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786055261122</t>
+          <t>9786059241083</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Ölü Ozanlar Derneği</t>
+          <t>Bittiği Yerde Başlar</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786054921829</t>
+          <t>9786055261894</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Bayburt - İsviçre Hattı</t>
+          <t>Son Tatar</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786054921867</t>
+          <t>9786055261917</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Gönderilmemiş Mektuplar</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786054921843</t>
+          <t>9786054921683</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Muhadarat</t>
+          <t>Selahaddin : Şark'ın En Sevgili Sultanı</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786054921430</t>
+          <t>9786059241052</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Türkiye Cumhuriyeti’ne  Karadağ’da Türk Sefirleri ve Şehbenderleri</t>
+          <t>Büyük Hun Kağanı Attila</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786054921805</t>
+          <t>9786054921881</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Salon Köşelerinde</t>
+          <t>Pierre Loti’nin Mektupları ve Son Kitabı : Türkler ve Ermeniler</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786054921850</t>
+          <t>9786054921874</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Üç Tarz-ı Siyaset ve Tartışmalar</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786054921836</t>
+          <t>9786055261122</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Sayfalar</t>
+          <t>Ölü Ozanlar Derneği</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786054921591</t>
+          <t>9786054921829</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Tılsımdan Takıya (Ciltli)</t>
+          <t>Bayburt - İsviçre Hattı</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>850</v>
+        <v>240</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786054921751</t>
+          <t>9786054921867</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Hazar ve Karay Türkleri</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786054921782</t>
+          <t>9786054921843</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Adam Var Alemden Öte</t>
+          <t>Muhadarat</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786054921560</t>
+          <t>9786054921430</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaşlığın Tarihi - Tarih-i Kızılbaşiyye</t>
+          <t>Osmanlı’dan Türkiye Cumhuriyeti’ne  Karadağ’da Türk Sefirleri ve Şehbenderleri</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786054921492</t>
+          <t>9786054921805</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Salon Köşelerinde</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786054921485</t>
+          <t>9786054921850</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Beyler Aman</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786055506438</t>
+          <t>9786054921836</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Manga</t>
+          <t>Hayattan Sayfalar</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786055715373</t>
+          <t>9786054921591</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Çizim</t>
+          <t>Tılsımdan Takıya (Ciltli)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786054921447</t>
+          <t>9786054921751</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Türk Halklarının Ortak Edebi Eserleri</t>
+          <t>Hazar ve Karay Türkleri</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786054921799</t>
+          <t>9786054921782</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Pusula</t>
+          <t>Adam Var Alemden Öte</t>
         </is>
       </c>
       <c r="C993" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786054921737</t>
+          <t>9786054921560</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Kızılbaşlığın Tarihi - Tarih-i Kızılbaşiyye</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786054921768</t>
+          <t>9786054921492</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Güzide</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786054921775</t>
+          <t>9786054921485</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu Tarihi - Son Devir (1261-1461)</t>
+          <t>Beyler Aman</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786054921744</t>
+          <t>9786055506438</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>İçli Dışlı Bir Savaş : Gelibolu - Çanakkale 1915</t>
+          <t>Yeni Başlayanlar İçin Manga</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>145</v>
+        <v>550</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786054921645</t>
+          <t>9786055715373</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler - 2</t>
+          <t>Yeni Başlayanlar İçin Çizim</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786054921638</t>
+          <t>9786054921447</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler - 1</t>
+          <t>Türk Halklarının Ortak Edebi Eserleri</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786055261887</t>
+          <t>9786054921799</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihçileri</t>
+          <t>Pusula</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786054921614</t>
+          <t>9786054921737</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşiler</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786054921546</t>
+          <t>9786054921768</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Tarihi Coğrafyasına Giriş -1</t>
+          <t>Tarih-i Güzide</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786054921409</t>
+          <t>9786054921775</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Yazı Sistemleri</t>
+          <t>Bizans İmparatorluğu Tarihi - Son Devir (1261-1461)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786054921539</t>
+          <t>9786054921744</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Modern Kazak Edebiyatının Öncüsü Ibıray Altınsarin</t>
+          <t>İçli Dışlı Bir Savaş : Gelibolu - Çanakkale 1915</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786054921515</t>
+          <t>9786054921645</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Kesmişti Selamı</t>
+          <t>Hikayeler - 2</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786055261849</t>
+          <t>9786054921638</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Özer Ergenç'e Armağan</t>
+          <t>Hikayeler - 1</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>550</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786055261856</t>
+          <t>9786055261887</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Türk Devletleri Tarihi</t>
+          <t>Osmanlı Tarihçileri</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>420</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789758509270</t>
+          <t>9786054921614</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Çöl Çiçeği</t>
+          <t>Haşhaşiler</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786054921423</t>
+          <t>9786054921546</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Galatası (1453-1600)</t>
+          <t>Anadolu'nun Tarihi Coğrafyasına Giriş -1</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786054921379</t>
+          <t>9786054921409</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Havva</t>
+          <t>Başlangıcından Günümüze Türk Yazı Sistemleri</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786054921362</t>
+          <t>9786054921539</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Atlıkarınca</t>
+          <t>Modern Kazak Edebiyatının Öncüsü Ibıray Altınsarin</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786054921287</t>
+          <t>9786054921515</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Gelincik</t>
+          <t>Çiçekler Kesmişti Selamı</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786055715342</t>
+          <t>9786055261849</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Batıni Çehresi</t>
+          <t>Özer Ergenç'e Armağan</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786055261313</t>
+          <t>9786055261856</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Çakırcalı Mehmet Efe</t>
+          <t>Müslüman Türk Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>275</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786055261177</t>
+          <t>9789758509270</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Çöl Çiçeği</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786055715106</t>
+          <t>9786054921423</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Öncesi Yazarlardan Çocuklara Hikayeler</t>
+          <t>Osmanlı Galatası (1453-1600)</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>185</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786055506919</t>
+          <t>9786054921379</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Havva</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786055715274</t>
+          <t>9786054921362</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Cassie</t>
+          <t>Atlıkarınca</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789944425476</t>
+          <t>9786054921287</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Cadı</t>
+          <t>Gelincik</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>44</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789756316801</t>
+          <t>9786055715342</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ustalar Gibi Düşünmek</t>
+          <t>İslam’ın Batıni Çehresi</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786055261016</t>
+          <t>9786055261313</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Bukağı</t>
+          <t>Çakırcalı Mehmet Efe</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786055506902</t>
+          <t>9786055261177</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Boşnakların Türkiye’ye Göçleri 1878 -1934</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789756316573</t>
+          <t>9786055715106</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Cumhuriyet Öncesi Yazarlardan Çocuklara Hikayeler</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786055261566</t>
+          <t>9786055506919</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Büyüyeceksin</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786055506971</t>
+          <t>9786055715274</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Vardır Bende Benden İçeri</t>
+          <t>Cassie</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786055261498</t>
+          <t>9789944425476</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile</t>
+          <t>Cadı</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>200</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789756316603</t>
+          <t>9789756316801</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Beyazlı Kadın</t>
+          <t>Büyük Ustalar Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786055715878</t>
+          <t>9786055261016</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Bukağı</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789944425629</t>
+          <t>9786055506902</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Boşnakların Türkiye’ye Göçleri 1878 -1934</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786055715557</t>
+          <t>9789756316573</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Ben Çocukken</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786055715700</t>
+          <t>9786055261566</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Bayramlıklar</t>
+          <t>Bir Gün Büyüyeceksin</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786055261344</t>
+          <t>9786055506971</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Barnabas İncili</t>
+          <t>Bir Ben Vardır Bende Benden İçeri</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789944425483</t>
+          <t>9786055261498</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Babil’deki Yalnız Bebek</t>
+          <t>Bir Aile</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786055261061</t>
+          <t>9789756316603</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Azap Toprakları</t>
+          <t>Beyazlı Kadın</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786055715847</t>
+          <t>9786055715878</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>At Terbiyesi (Dresaj)</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786055715328</t>
+          <t>9789944425629</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>At Çocuk</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789758509683</t>
+          <t>9786055715557</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>Ben Çocukken</t>
         </is>
       </c>
       <c r="C1037" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786055506803</t>
+          <t>9786055715700</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Bayramlıklar</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789944425957</t>
+          <t>9786055261344</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Aptal Hamdi Bizi Güldürüyor</t>
+          <t>Barnabas İncili</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789944425971</t>
+          <t>9789944425483</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Aptal Hamdi Avustralya’da</t>
+          <t>Babil’deki Yalnız Bebek</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789944425544</t>
+          <t>9786055261061</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Anneme Mektup</t>
+          <t>Azap Toprakları</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786055261603</t>
+          <t>9786055715847</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefe</t>
+          <t>At Terbiyesi (Dresaj)</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789756316733</t>
+          <t>9786055715328</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>At Çocuk</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786055715366</t>
+          <t>9789758509683</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Altın Çağ</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786055715908</t>
+          <t>9786055506803</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Alın Yazım</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786055261054</t>
+          <t>9789944425957</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Ak Topraklar</t>
+          <t>Aptal Hamdi Bizi Güldürüyor</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786055506360</t>
+          <t>9789944425971</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Aile Sohbetleri</t>
+          <t>Aptal Hamdi Avustralya’da</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786055715359</t>
+          <t>9789944425544</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Kutsi Tecer Bütün Şiirleri</t>
+          <t>Anneme Mektup</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789944425469</t>
+          <t>9786055261603</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Afgan Savaşı</t>
+          <t>Analitik Felsefe</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789756316894</t>
+          <t>9789756316733</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>87 Oğuz</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786055506384</t>
+          <t>9786055715366</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>7. Kadın</t>
+          <t>Altın Çağ</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786055506735</t>
+          <t>9786055715908</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>1956 Macar İhtilali</t>
+          <t>Alın Yazım</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786054921003</t>
+          <t>9786055261054</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Gökçen Efe Destanı</t>
+          <t>Ak Topraklar</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786059241427</t>
+          <t>9786055506360</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Bir Abdülhak Şinasi Hisar Vardı</t>
+          <t>Aile Sohbetleri</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789944425391</t>
+          <t>9786055715359</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Gözcü</t>
+          <t>Ahmet Kutsi Tecer Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786055506773</t>
+          <t>9789944425469</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Çizimin Temelleri</t>
+          <t>Afgan Savaşı</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786055261092</t>
+          <t>9789756316894</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Büyür</t>
+          <t>87 Oğuz</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786055261610</t>
+          <t>9786055506384</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Çete Ayşe Cilt: 2</t>
+          <t>7. Kadın</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786054921966</t>
+          <t>9786055506735</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>1956 Macar İhtilali</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786054921959</t>
+          <t>9786054921003</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Gökçen Efe Destanı</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786054921393</t>
+          <t>9786059241427</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hakimiyetinde Kefe (1475-1600)</t>
+          <t>Bir Abdülhak Şinasi Hisar Vardı</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>675</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786054921355</t>
+          <t>9789944425391</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>The Tenses and Their Usage - Conditional Sentences With Answer Key</t>
+          <t>Gözcü</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789756316917</t>
+          <t>9786055506773</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'den Seçmeler</t>
+          <t>Çizimin Temelleri</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786055715786</t>
+          <t>9786055261092</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılmış Kent Yanya</t>
+          <t>Çiçekler Büyür</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786055715083</t>
+          <t>9786055261610</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Kurban</t>
+          <t>Çete Ayşe Cilt: 2</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786054921584</t>
+          <t>9786054921966</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’ya Seyahat</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786054921577</t>
+          <t>9786054921959</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Milli Kurtuluş Hareketi : Uluğ Türkistan</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786054921348</t>
+          <t>9786054921393</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Sökeli Cafer Efe</t>
+          <t>Osmanlı Hakimiyetinde Kefe (1475-1600)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>375</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786054921317</t>
+          <t>9786054921355</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Zincir</t>
+          <t>The Tenses and Their Usage - Conditional Sentences With Answer Key</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786054921300</t>
+          <t>9789756316917</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Acı Su</t>
+          <t>Kutadgu Bilig'den Seçmeler</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786054921270</t>
+          <t>9786055715786</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Biz İdil'den Ural'dan...</t>
+          <t>Kuşatılmış Kent Yanya</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786059241410</t>
+          <t>9786055715083</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>İzmir Çıkmazı</t>
+          <t>Kurban</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786059241373</t>
+          <t>9786054921584</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Boyları</t>
+          <t>Orta Asya’ya Seyahat</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786054921225</t>
+          <t>9786054921577</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Mit ve Tarih Arasında: Orta Avrupa Edebiyat Tarihinde Türk İmgesi</t>
+          <t>Türkistan Milli Kurtuluş Hareketi : Uluğ Türkistan</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786054921249</t>
+          <t>9786054921348</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı</t>
+          <t>Sökeli Cafer Efe</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786055506650</t>
+          <t>9786054921317</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hesaplaşma</t>
+          <t>Zincir</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786054921218</t>
+          <t>9786054921300</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Moda İllüstrasyonları</t>
+          <t>Acı Su</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786054921195</t>
+          <t>9786054921270</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Ya Zaman Var Olmasaydı?</t>
+          <t>Biz İdil'den Ural'dan...</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786055261207</t>
+          <t>9786059241410</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Valide Sultanları</t>
+          <t>İzmir Çıkmazı</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786055261368</t>
+          <t>9786059241373</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Av Kültürü</t>
+          <t>Eski Türk Boyları</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786055506445</t>
+          <t>9786054921225</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Av</t>
+          <t>Mit ve Tarih Arasında: Orta Avrupa Edebiyat Tarihinde Türk İmgesi</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786257201001</t>
+          <t>9786054921249</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Atlı Han</t>
+          <t>Yanılgı</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786055506995</t>
+          <t>9786055506650</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Bir Garip Yabancı 7</t>
+          <t>Büyük Hesaplaşma</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786059521970</t>
+          <t>9786054921218</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular / Cami'ü't-Tevarih</t>
+          <t>Moda İllüstrasyonları</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786054921102</t>
+          <t>9786054921195</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Larousse Semboller Sözlüğü (Ciltli)</t>
+          <t>Ya Zaman Var Olmasaydı?</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>875</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786054921416</t>
+          <t>9786055261207</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Tarih Metodu</t>
+          <t>Osmanlı’nın Valide Sultanları</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786054921133</t>
+          <t>9786055261368</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi İktisadi Kalkınma</t>
+          <t>Osmanlı’da Av Kültürü</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786054921164</t>
+          <t>9786055506445</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağı'nın Ardında</t>
+          <t>Av</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786054921508</t>
+          <t>9786257201001</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Şerhleri</t>
+          <t>Atlı Han</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786054921478</t>
+          <t>9786055506995</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Tarihin Yankısı</t>
+          <t>Yakari ile Bir Garip Yabancı 7</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786055261931</t>
+          <t>9786059521970</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>İttihatçı-Senüsi İlişkileri (1908-1918)</t>
+          <t>Selçuklular / Cami'ü't-Tevarih</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786054921720</t>
+          <t>9786054921102</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Nimetşinas</t>
+          <t>Larousse Semboller Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>140</v>
+        <v>875</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786054921713</t>
+          <t>9786054921416</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Tarih Metodu</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786054921690</t>
+          <t>9786054921133</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Atatürk Dönemi İktisadi Kalkınma</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786054921294</t>
+          <t>9786054921164</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Hadidi Tarihi : Manzum Osmanlı Tarihi (1285 - 1523) (Ciltli)</t>
+          <t>Kaf Dağı'nın Ardında</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>1750</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786054921553</t>
+          <t>9786054921508</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneğinde  Bürokrasi</t>
+          <t>Yunus Emre Şerhleri</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>390</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786054921621</t>
+          <t>9786054921478</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Azazil'in Kapısında</t>
+          <t>Yaşlı Tarihin Yankısı</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786059241366</t>
+          <t>9786055261931</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>İttihatçı-Senüsi İlişkileri (1908-1918)</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>85</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786059241151</t>
+          <t>9786054921720</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Safranbolulu İzzet Mehmed Paşa ve Dönemi</t>
+          <t>Nimetşinas</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786059241342</t>
+          <t>9786054921713</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Ak Saçlı Genç Kız</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786055261955</t>
+          <t>9786054921690</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Ütopyalar Işığında Gaspıralı’nın Darürrahat Müslümanları</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786055261870</t>
+          <t>9786054921294</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Canbaz - Bütün Eserleri</t>
+          <t>Hadidi Tarihi : Manzum Osmanlı Tarihi (1285 - 1523) (Ciltli)</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>320</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786054921089</t>
+          <t>9786054921553</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Yakari Şimşek'in Sırrı -10</t>
+          <t>Türk Devlet Geleneğinde  Bürokrasi</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786054921072</t>
+          <t>9786054921621</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Nanabozo 9</t>
+          <t>Azazil'in Kapısında</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786055506421</t>
+          <t>9786059241366</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Yakari Kurt Topraklarında 5</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>180</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786055506407</t>
+          <t>9786059241151</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Yakari İle Kunduzlar 3</t>
+          <t>Safranbolulu İzzet Mehmed Paşa ve Dönemi</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786054921324</t>
+          <t>9786059241342</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Tarikatname</t>
+          <t>Ak Saçlı Genç Kız</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786054921157</t>
+          <t>9786055261955</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Monadoloji</t>
+          <t>Ütopyalar Işığında Gaspıralı’nın Darürrahat Müslümanları</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786055261009</t>
+          <t>9786055261870</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Beyaz Post 8</t>
+          <t>Canbaz - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786055261535</t>
+          <t>9786054921089</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar için Portre Çizimi</t>
+          <t>Yakari Şimşek'in Sırrı -10</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786055261818</t>
+          <t>9786054921072</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Türkler Arasında Bir Avrupalı - Auger Ghiselin de Busbecq (1521-1591)</t>
+          <t>Yakari ile Nanabozo 9</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786055261962</t>
+          <t>9786055506421</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Aq Balapan Bayaz Yavru Kuş</t>
+          <t>Yakari Kurt Topraklarında 5</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786054921119</t>
+          <t>9786055506407</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Öz Yurdunda Garipsin</t>
+          <t>Yakari İle Kunduzlar 3</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786055506018</t>
+          <t>9786054921324</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Mavi Cennet</t>
+          <t>Tarikatname</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786055261580</t>
+          <t>9786054921157</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Masal Sevinci 2. Kitap</t>
+          <t>Monadoloji</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786055261573</t>
+          <t>9786055261009</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Masal Sevinci 1. Kitap</t>
+          <t>Yakari ile Beyaz Post 8</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786055261825</t>
+          <t>9786055261535</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>İşkodra'da Savaş</t>
+          <t>Yeni Başlayanlar için Portre Çizimi</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786054921096</t>
+          <t>9786055261818</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Yakari Toplu Albümü 1</t>
+          <t>Türkler Arasında Bir Avrupalı - Auger Ghiselin de Busbecq (1521-1591)</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>850</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786054921027</t>
+          <t>9786055261962</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Dilin Kökenleri</t>
+          <t>Aq Balapan Bayaz Yavru Kuş</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786055261924</t>
+          <t>9786054921119</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyasında Köyler ve Köylüler - 19. Yüzyıl Balıkesir Örneği</t>
+          <t>Öz Yurdunda Garipsin</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786054921126</t>
+          <t>9786055506018</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasının Bayramı Yeni Gün (Nevruz)</t>
+          <t>Mavi Cennet</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789758509829</t>
+          <t>9786055261580</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yağmurları</t>
+          <t>Masal Sevinci 2. Kitap</t>
         </is>
       </c>
       <c r="C1122" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789944425827</t>
+          <t>9786055261573</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Masal Sevinci 1. Kitap</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789944425841</t>
+          <t>9786055261825</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma ve Türk Edebiyatı</t>
+          <t>İşkodra'da Savaş</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786055506681</t>
+          <t>9786054921096</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yazım Kılavuzu</t>
+          <t>Yakari Toplu Albümü 1</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>175</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789944425049</t>
+          <t>9786054921027</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkçe Sözlük</t>
+          <t>Dilin Kökenleri</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789944425230</t>
+          <t>9786055261924</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Osmanlı Dünyasında Köyler ve Köylüler - 19. Yüzyıl Balıkesir Örneği</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789756316665</t>
+          <t>9786054921126</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralar</t>
+          <t>Türk Dünyasının Bayramı Yeni Gün (Nevruz)</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786055715311</t>
+          <t>9789758509829</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Hesaplaşma</t>
+          <t>Mutluluk Yağmurları</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789944425933</t>
+          <t>9789944425827</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Kangal (Karabaş) Türk Çoban Köpeği</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>480</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786055715052</t>
+          <t>9789944425841</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Düşmanımın Beşiği</t>
+          <t>Batılılaşma ve Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9789944425834</t>
+          <t>9786055506681</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve Kağanlıkları</t>
+          <t>Yeni Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786054921065</t>
+          <t>9789944425049</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Vatan Uğrunda Yahut Yıldız Mahkemesinde</t>
+          <t>Yeni Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786055715007</t>
+          <t>9789944425230</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>1929 Dünya Buhranında Türkiye’nin İktisadi Politika Arayışları</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>750</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789756316511</t>
+          <t>9789756316665</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>1895 Trabzon Olayları ve Ermenilerin Yargılanması</t>
+          <t>Nasreddin Hoca Fıkralar</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786055506940</t>
+          <t>9786055715311</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Kurtarılmayı Bekleyen Kurt</t>
+          <t>Kanlı Hesaplaşma</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>120</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786055506957</t>
+          <t>9789944425933</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dedektifleri: Beyaz Aslan Yavrusu</t>
+          <t>Kangal (Karabaş) Türk Çoban Köpeği</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786055261399</t>
+          <t>9786055715052</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dedektifleri - Özgürlüğüne Kavuşan Mavi Yunus</t>
+          <t>Düşmanımın Beşiği</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786055261405</t>
+          <t>9789944425834</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dedektifleri - Kedi Firarda</t>
+          <t>Türkler ve Kağanlıkları</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789756316771</t>
+          <t>9786054921065</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler</t>
+          <t>Vatan Uğrunda Yahut Yıldız Mahkemesinde</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789758509515</t>
+          <t>9786055715007</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kanat</t>
+          <t>1929 Dünya Buhranında Türkiye’nin İktisadi Politika Arayışları</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786257201018</t>
+          <t>9789756316511</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Gültekin</t>
+          <t>1895 Trabzon Olayları ve Ermenilerin Yargılanması</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789944425551</t>
+          <t>9786055506940</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Güç Oyunu</t>
+          <t>Kurtarılmayı Bekleyen Kurt</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786055261993</t>
+          <t>9786055506957</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesi Gazetecilik ve Edebiyat</t>
+          <t>Hayvan Dedektifleri: Beyaz Aslan Yavrusu</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786054921140</t>
+          <t>9786055261399</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Miletli Anaksimandros Ya Da Bilimsel Düşüncenin Doğuşu</t>
+          <t>Hayvan Dedektifleri - Özgürlüğüne Kavuşan Mavi Yunus</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786055506322</t>
+          <t>9786055261405</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Şark Hikayeleri</t>
+          <t>Hayvan Dedektifleri - Kedi Firarda</t>
         </is>
       </c>
       <c r="C1146" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789944425810</t>
+          <t>9789756316771</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Türk Manilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786054921010</t>
+          <t>9789758509515</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Yıldızlarla</t>
+          <t>Gümüş Kanat</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786055261788</t>
+          <t>9786257201018</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Gültekin</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786055261832</t>
+          <t>9789944425551</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hareketlerin Sosyolojisi</t>
+          <t>Güç Oyunu</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>475</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786055261801</t>
+          <t>9786055261993</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Robotik</t>
+          <t>Osmanlı Modernleşmesi Gazetecilik ve Edebiyat</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786055261795</t>
+          <t>9786054921140</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Robotumu Yapıyorum</t>
+          <t>Miletli Anaksimandros Ya Da Bilimsel Düşüncenin Doğuşu</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786055261733</t>
+          <t>9786055506322</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Gençlik</t>
+          <t>Şark Hikayeleri</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786055261726</t>
+          <t>9789944425810</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dışı</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
+          <t>9786054921010</t>
+        </is>
+      </c>
+      <c r="B1155" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gece Yıldızlarla</t>
+        </is>
+      </c>
+      <c r="C1155" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:3">
+      <c r="A1156" s="1" t="inlineStr">
+        <is>
+          <t>9786055261788</t>
+        </is>
+      </c>
+      <c r="B1156" s="1" t="inlineStr">
+        <is>
+          <t>Babalar ve Oğullar</t>
+        </is>
+      </c>
+      <c r="C1156" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:3">
+      <c r="A1157" s="1" t="inlineStr">
+        <is>
+          <t>9786055261832</t>
+        </is>
+      </c>
+      <c r="B1157" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hareketlerin Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1157" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:3">
+      <c r="A1158" s="1" t="inlineStr">
+        <is>
+          <t>9786055261801</t>
+        </is>
+      </c>
+      <c r="B1158" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Robotik</t>
+        </is>
+      </c>
+      <c r="C1158" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:3">
+      <c r="A1159" s="1" t="inlineStr">
+        <is>
+          <t>9786055261795</t>
+        </is>
+      </c>
+      <c r="B1159" s="1" t="inlineStr">
+        <is>
+          <t>İlk Hareketli Robotumu Yapıyorum</t>
+        </is>
+      </c>
+      <c r="C1159" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:3">
+      <c r="A1160" s="1" t="inlineStr">
+        <is>
+          <t>9786055261733</t>
+        </is>
+      </c>
+      <c r="B1160" s="1" t="inlineStr">
+        <is>
+          <t>İhtiyar Gençlik</t>
+        </is>
+      </c>
+      <c r="C1160" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:3">
+      <c r="A1161" s="1" t="inlineStr">
+        <is>
+          <t>9786055261726</t>
+        </is>
+      </c>
+      <c r="B1161" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Dışı</t>
+        </is>
+      </c>
+      <c r="C1161" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:3">
+      <c r="A1162" s="1" t="inlineStr">
+        <is>
           <t>9786055261764</t>
         </is>
       </c>
-      <c r="B1155" s="1" t="inlineStr">
+      <c r="B1162" s="1" t="inlineStr">
         <is>
           <t>Nisan Yağmuru</t>
         </is>
       </c>
-      <c r="C1155" s="1">
+      <c r="C1162" s="1">
         <v>180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>