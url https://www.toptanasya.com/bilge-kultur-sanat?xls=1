--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,17455 +85,17605 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258274981</t>
+          <t>9786255541628</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlarda Tarih - Coğrafya Yazıcılığı (Ciltli)</t>
+          <t>Milliyetçi Fikir Dergiciliği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>900</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255541581</t>
+          <t>9786255541666</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik, Yeni Dünya Düzeni ve Türkiye</t>
+          <t>Sumer Kent Devletleri’nin Tanrı ve Tanrıçaları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255541574</t>
+          <t>9786255541512</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Komik Edebi Türler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255541475</t>
+          <t>9786255541635</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeze Doğru</t>
+          <t>Doğu Türkistan’a Yolculuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255541550</t>
+          <t>9786255541253</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Metefor</t>
+          <t>İstanbul Tarihi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255541543</t>
+          <t>9786255541406</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Esad Düşerken</t>
+          <t>Uzak Diyarların Kaşifleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>640</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255541536</t>
+          <t>9786255541505</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Amerikalı</t>
+          <t>Safevi Tarihi - Ahsenü’t-Tevarih</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255541352</t>
+          <t>9786255541604</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Modern Sosyoloji Kuramları</t>
+          <t>Moğolların Tarihi Göç ve Yerleşim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>880</v>
+        <v>440</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255541345</t>
+          <t>9786255541567</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Klasik Sosyoloji Kuramları</t>
+          <t>Haçlı Seferleri Tarihi I</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>820</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255541369</t>
+          <t>9786255541611</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Kuramları</t>
+          <t>Rıza Tevfik Şiirleri ve Mektupları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>950</v>
+        <v>290</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255541338</t>
+          <t>9786258274981</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Doğru Bilinen Yanlışlar</t>
+          <t>Müslümanlarda Tarih - Coğrafya Yazıcılığı (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>360</v>
+        <v>900</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255541321</t>
+          <t>9786255541581</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Eğitim</t>
+          <t>Uluslararası Güvenlik, Yeni Dünya Düzeni ve Türkiye</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255541444</t>
+          <t>9786255541574</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Kişi Adları</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255541277</t>
+          <t>9786255541475</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gora</t>
+          <t>Bilinmeze Doğru</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255541413</t>
+          <t>9786255541550</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Menkıbeleri</t>
+          <t>Felsefede Metefor</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255541383</t>
+          <t>9786255541543</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>Esad Düşerken</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255541420</t>
+          <t>9786255541536</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mina (1)</t>
+          <t>Çirkin Amerikalı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255541468</t>
+          <t>9786255541352</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mina (2)</t>
+          <t>Modern Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>550</v>
+        <v>880</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255541437</t>
+          <t>9786255541345</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Esaretin Diplomasisi - Memlûk-Altın Orda İlişkileri ve Karadeniz Köle Ticareti (1260-1354)</t>
+          <t>Klasik Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>820</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258274202</t>
+          <t>9786255541369</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Hayat</t>
+          <t>Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258274356</t>
+          <t>9786255541338</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yakıt Pili Sistemleri Açıklamalı</t>
+          <t>Tarihte Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>2000</v>
+        <v>360</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057931153</t>
+          <t>9786255541321</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Derviş Tarzı Türk Edebiyatı</t>
+          <t>Demokrasi ve Eğitim</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055135058</t>
+          <t>9786255541444</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tuna’nın Türk’ü Tuna’nın Türküsü</t>
+          <t>Eski Türk Kişi Adları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055715236</t>
+          <t>9786255541277</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hayalet İzler</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>22</v>
+        <v>460</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944425759</t>
+          <t>9786255541413</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Canlı Hedef</t>
+          <t>Ariflerin Menkıbeleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>22</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789758509096</t>
+          <t>9786255541383</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yörünge</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>13.89</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756316337</t>
+          <t>9786255541420</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yorumcu</t>
+          <t>Mina (1)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>14.81</v>
+        <v>550</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789758509775</t>
+          <t>9786255541468</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 6 - Yer Altındaki Dostlar</t>
+          <t>Mina (2)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>68</v>
+        <v>550</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789758509065</t>
+          <t>9786255541437</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Adres</t>
+          <t>Esaretin Diplomasisi - Memlûk-Altın Orda İlişkileri ve Karadeniz Köle Ticareti (1260-1354)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>13.89</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055715182</t>
+          <t>9786258274202</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yalan Söyleme, Nalan!</t>
+          <t>Edebiyat ve Hayat</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>9</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758509911</t>
+          <t>9786258274356</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Dünyanın Çağrısı</t>
+          <t>Yakıt Pili Sistemleri Açıklamalı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>5.56</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756316993</t>
+          <t>9786057931153</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Adam</t>
+          <t>Derviş Tarzı Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>13.89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055261665</t>
+          <t>9786055135058</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türk’üm Özür Dilerim</t>
+          <t>Tuna’nın Türk’ü Tuna’nın Türküsü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>12.04</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944425803</t>
+          <t>9786055715236</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Hayalet İzler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055506612</t>
+          <t>9789944425759</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları : Seçmeler</t>
+          <t>Canlı Hedef</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756316689</t>
+          <t>9789758509096</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Türk Korsanları</t>
+          <t>Yörünge</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>32</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944425612</t>
+          <t>9789756316337</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Trenlerin Hikayesi</t>
+          <t>Yorumcu</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>9</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756316610</t>
+          <t>9789758509775</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Uzaydaki Mavi Bilye 6 - Yer Altındaki Dostlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>6</v>
+        <v>68</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756316580</t>
+          <t>9789758509065</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tavla Sarayda Ölümcül Bir Oyun</t>
+          <t>Yanlış Adres</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756316207</t>
+          <t>9786055715182</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Takip</t>
+          <t>Yalan Söyleme, Nalan!</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>13.89</v>
+        <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758509362</t>
+          <t>9789758509911</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şanghay Bebeği</t>
+          <t>Vahşi Dünyanın Çağrısı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055506858</t>
+          <t>9789756316993</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İnsansız Uçak Aldatmacası</t>
+          <t>Unutulan Adam</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>23</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055261986</t>
+          <t>9786055261665</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Doğu Dinlerinde Hac İbadeti Hinduzim ve Budizm</t>
+          <t>Türk’üm Özür Dilerim</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055261948</t>
+          <t>9789944425803</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Niçin?</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>15.74</v>
+        <v>38</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055135010</t>
+          <t>9786055506612</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bey’im Aman!</t>
+          <t>Türk Masalları : Seçmeler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>9.26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058595804</t>
+          <t>9789756316689</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Çözüm</t>
+          <t>Türk Korsanları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>6.94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059241618</t>
+          <t>9789944425612</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Neşenin Gücü</t>
+          <t>Trenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>175</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059241168</t>
+          <t>9789756316610</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Siyaset Bilimi</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>27.78</v>
+        <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059241946</t>
+          <t>9789756316580</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon'dan Kağanlığa</t>
+          <t>Tavla Sarayda Ölümcül Bir Oyun</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>27.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059241519</t>
+          <t>9789756316207</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Hikaye</t>
+          <t>Takip</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054921522</t>
+          <t>9789758509362</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>11 Aşamada Biofeedback Yöntemiyle Anlayarak Hızlı Okumayı Öğrenme</t>
+          <t>Şanghay Bebeği</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>225</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059521673</t>
+          <t>9786055506858</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan'ın Vasiyeti</t>
+          <t>Türkiye’de İnsansız Uçak Aldatmacası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059241588</t>
+          <t>9786055261986</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Doğu Dinlerinde Hac İbadeti Hinduzim ve Budizm</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059241496</t>
+          <t>9786055261948</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Niçin?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>12</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059241489</t>
+          <t>9786055135010</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>Bey’im Aman!</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054921942</t>
+          <t>9786058595804</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Eğitime Çözüm</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>12</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054921935</t>
+          <t>9786059241618</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Neşenin Gücü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>12</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054921812</t>
+          <t>9786059241168</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mecazi Gölgeler</t>
+          <t>Yeni Başlayanlar İçin Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>17</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055261979</t>
+          <t>9786059241946</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Tarihi</t>
+          <t>Ergenekon'dan Kağanlığa</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>46</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944425773</t>
+          <t>9786059241519</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Sır</t>
+          <t>Yüzyıllık Hikaye</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>22</v>
+        <v>360</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055715854</t>
+          <t>9786054921522</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Müşfikti Gece</t>
+          <t>11 Aşamada Biofeedback Yöntemiyle Anlayarak Hızlı Okumayı Öğrenme</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944425704</t>
+          <t>9786059521673</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Los Angeles Ağıdı</t>
+          <t>Bilge Kağan'ın Vasiyeti</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055506872</t>
+          <t>9786059241588</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kül Olmuş Gölgeler</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>325</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055715304</t>
+          <t>9786059241496</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kara Para (Özel Baskı)</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055715205</t>
+          <t>9786059241489</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İblislerin Dehşeti</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944425995</t>
+          <t>9786054921942</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944425766</t>
+          <t>9786054921935</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Stuart Safiri</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944425902</t>
+          <t>9786054921812</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sonlardaki Adam</t>
+          <t>Mecazi Gölgeler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944425315</t>
+          <t>9786055261979</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hasret Şarkıları Şarkılara Şiirler</t>
+          <t>Avrupa Birliği Tarihi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>9.26</v>
+        <v>46</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799758509033</t>
+          <t>9789944425773</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hasat</t>
+          <t>Ölümcül Sır</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789758509737</t>
+          <t>9786055715854</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Harika Çocuklar</t>
+          <t>Müşfikti Gece</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>5.56</v>
+        <v>360</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055506834</t>
+          <t>9789944425704</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi Horasan</t>
+          <t>Los Angeles Ağıdı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>50</v>
+        <v>430</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789758509294</t>
+          <t>9786055506872</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gücendim Sana Şiirler Şarkılar</t>
+          <t>Kül Olmuş Gölgeler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>17</v>
+        <v>420</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055506193</t>
+          <t>9786055715304</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Fındıklı Çikolata Tadında Felsefe</t>
+          <t>Kara Para (Özel Baskı)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758509171</t>
+          <t>9786055715205</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Exmoor Cadısı</t>
+          <t>İblislerin Dehşeti</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>13.89</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758509225</t>
+          <t>9789944425995</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Bir Rahibin İtirafları</t>
+          <t>Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>7.41</v>
+        <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055506100</t>
+          <t>9789944425766</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyet Dönemi Mimarlığı (Ciltli)</t>
+          <t>Stuart Safiri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055506285</t>
+          <t>9789944425902</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Engelsizsiniz</t>
+          <t>Sonlardaki Adam</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055715489</t>
+          <t>9789944425315</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Elif’in Olağanüstü Düşleri</t>
+          <t>Hasret Şarkıları Şarkılara Şiirler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944425599</t>
+          <t>9799758509033</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Elektriğin Çarpıcı Hikayesi</t>
+          <t>Hasat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>9</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>3990000014336</t>
+          <t>9789758509737</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Eksik Parçalar</t>
+          <t>Harika Çocuklar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>14.35</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789758509195</t>
+          <t>9786055506834</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Beyni Bay Albert İle Amerika Turu</t>
+          <t>Güneş Ülkesi Horasan</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>11.11</v>
+        <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789758509638</t>
+          <t>9789758509294</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İletişim Dili</t>
+          <t>Gücendim Sana Şiirler Şarkılar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>9.26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789758509621</t>
+          <t>9786055506193</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Düşüncesi ve İletişim Kültürü</t>
+          <t>Fındıklı Çikolata Tadında Felsefe</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>9.26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944425155</t>
+          <t>9789758509171</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Efsanenin Doğuşu Bob Marley</t>
+          <t>Exmoor Cadısı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944425179</t>
+          <t>9789758509225</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Düşen Melekler</t>
+          <t>Eşcinsel Bir Rahibin İtirafları</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055506582</t>
+          <t>9786055506100</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Tanınmış Engelliler</t>
+          <t>Erken Cumhuriyet Dönemi Mimarlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>11.11</v>
+        <v>52</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789758509423</t>
+          <t>9786055506285</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Mr. Hyde</t>
+          <t>Engelsizsiniz</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>6</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944425148</t>
+          <t>9786055715489</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Devşirme Koca Solak</t>
+          <t>Elif’in Olağanüstü Düşleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>17</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9799758509026</t>
+          <t>9789944425599</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Derin Uçurum</t>
+          <t>Elektriğin Çarpıcı Hikayesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>16.67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789758509072</t>
+          <t>3990000014336</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Denizden Gelen Ölü</t>
+          <t>Eksik Parçalar</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>13.89</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944425445</t>
+          <t>9789758509195</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çöpün Pis Kokulu Hikayesi</t>
+          <t>Einstein’ın Beyni Bay Albert İle Amerika Turu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944425926</t>
+          <t>9789758509638</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara En Güzel Şiirler</t>
+          <t>Eğitimde İletişim Dili</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>6</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944425735</t>
+          <t>9789758509621</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çilli Begonya (Ciltli)</t>
+          <t>Eğitim Düşüncesi ve İletişim Kültürü</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>17.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944425438</t>
+          <t>9789944425155</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çikolatanın Hikayesi</t>
+          <t>Efsanenin Doğuşu Bob Marley</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>9</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789758509140</t>
+          <t>9789944425179</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbi ve Türk Ermeni Meselesi</t>
+          <t>Düşen Melekler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055506186</t>
+          <t>9786055506582</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Cani</t>
+          <t>Dünyaca Tanınmış Engelliler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055715076</t>
+          <t>9789758509423</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Can Yarısı</t>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>4.63</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055506315</t>
+          <t>9789944425148</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tuzlu Su Klanı</t>
+          <t>Devşirme Koca Solak</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>5.56</v>
+        <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789758509232</t>
+          <t>9799758509026</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Mantık ve Modelleme İlkeleri</t>
+          <t>Derin Uçurum</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>12.04</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756316566</t>
+          <t>9789758509072</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Beverly Hills Prensi</t>
+          <t>Denizden Gelen Ölü</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756316412</t>
+          <t>9789944425445</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Belirli Günler ve Haftalar</t>
+          <t>Çöpün Pis Kokulu Hikayesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>7.41</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789758509218</t>
+          <t>9789944425926</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Beethoven’ın Saçı</t>
+          <t>Çocuklara En Güzel Şiirler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>10.19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789758509867</t>
+          <t>9789944425735</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bebeklerde ve Çocuklarda Beslenme</t>
+          <t>Çilli Begonya (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>9.26</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055715830</t>
+          <t>9789944425438</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bayburt Fıkraları</t>
+          <t>Çikolatanın Hikayesi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>4.63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789758509478</t>
+          <t>9789758509140</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği</t>
+          <t>Cihan Harbi ve Türk Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>6</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756316047</t>
+          <t>9786055506186</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aytaşı</t>
+          <t>Cani</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>23.15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758509133</t>
+          <t>9786055715076</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ateş Geçitleri</t>
+          <t>Can Yarısı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>34</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756316627</t>
+          <t>9786055506315</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Büyük Tuzlu Su Klanı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>6</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055261597</t>
+          <t>9789758509232</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aşıkpaşazade Tarihi (Ciltli)</t>
+          <t>Bulanık Mantık ve Modelleme İlkeleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1700</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055506254</t>
+          <t>9789756316566</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Asimetrik Savaş</t>
+          <t>Beverly Hills Prensi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9799758509002</t>
+          <t>9789756316412</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Artık Ağlama</t>
+          <t>Belirli Günler ve Haftalar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>12.96</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055715748</t>
+          <t>9789758509218</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçemiz Üsküp</t>
+          <t>Beethoven’ın Saçı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944425261</t>
+          <t>9789758509867</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Arıcılık</t>
+          <t>Bebeklerde ve Çocuklarda Beslenme</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944425964</t>
+          <t>9786055715830</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Aptal Hamdi Zor Durumda</t>
+          <t>Bayburt Fıkraları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>10</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756316313</t>
+          <t>9789758509478</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
+          <t>Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>75</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756316306</t>
+          <t>9789756316047</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
+          <t>Aytaşı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>75</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756316283</t>
+          <t>9789758509133</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 2 - Karlıcadağ’ın Melekleri</t>
+          <t>Ateş Geçitleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>75</v>
+        <v>34</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756316276</t>
+          <t>9789756316627</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>68</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055261412</t>
+          <t>9786055261597</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Akzambaklar Ülkesinde, Finlandiya</t>
+          <t>Aşıkpaşazade Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>14</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9799758509019</t>
+          <t>9786055506254</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ajan</t>
+          <t>Asimetrik Savaş</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789758509188</t>
+          <t>9799758509002</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yemeği Sırlarla Dolu Bir Sofra ’Yalanlar, Aldatmalar, Görünürdeki Kalabalığın İçinde Yaşadığımız Yalnızlıklar...’</t>
+          <t>Artık Ağlama</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944425575</t>
+          <t>9786055715748</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Arabaların Hikayesi</t>
+          <t>Arka Bahçemiz Üsküp</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>65</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756316863</t>
+          <t>9789944425261</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinden Seçmeler 100 Temel Eser</t>
+          <t>Arıcılık</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944425360</t>
+          <t>9789944425964</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov’dan Hikayeler</t>
+          <t>Aptal Hamdi Zor Durumda</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756316238</t>
+          <t>9789756316313</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>22</v>
+        <v>75</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756316825</t>
+          <t>9789756316306</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Son Amazon</t>
+          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>19.44</v>
+        <v>75</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9799757670345</t>
+          <t>9789756316283</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Loto Bir Gün Ülkemize Vuracak</t>
+          <t>Alim Kız Büyüdü 2 - Karlıcadağ’ın Melekleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>3.24</v>
+        <v>75</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756316931</t>
+          <t>9789756316276</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sığırcılık</t>
+          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>32.41</v>
+        <v>68</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944425001</t>
+          <t>9786055261412</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sezar’ın Adaleti</t>
+          <t>Akzambaklar Ülkesinde, Finlandiya</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>13.89</v>
+        <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789758509157</t>
+          <t>9799758509019</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Ötesinde</t>
+          <t>Ajan</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756316672</t>
+          <t>9789758509188</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sencivanoğlu</t>
+          <t>Akşam Yemeği Sırlarla Dolu Bir Sofra ’Yalanlar, Aldatmalar, Görünürdeki Kalabalığın İçinde Yaşadığımız Yalnızlıklar...’</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>18</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756316023</t>
+          <t>9789944425575</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sırdaş</t>
+          <t>Arabaların Hikayesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>12.96</v>
+        <v>65</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758509706</t>
+          <t>9789756316863</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sırça Saray</t>
+          <t>Halk Şiirinden Seçmeler 100 Temel Eser</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>18.52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756316641</t>
+          <t>9789944425360</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Anton Çehov’dan Hikayeler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055715960</t>
+          <t>9789756316238</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sebze Yetiştiricisinin El Kitabı (Ciltli)</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>22</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789758509997</t>
+          <t>9789756316825</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sarı Benizli Adam</t>
+          <t>Son Amazon</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>18</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055715694</t>
+          <t>9799757670345</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Denizi Keşfediyor</t>
+          <t>Siyasal Loto Bir Gün Ülkemize Vuracak</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>25</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758509393</t>
+          <t>9789756316931</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Öyküler</t>
+          <t>Sığırcılık</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>6</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944425537</t>
+          <t>9789944425001</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Adası</t>
+          <t>Sezar’ın Adaleti</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758509386</t>
+          <t>9789758509157</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ölü Denizin Dalgaları</t>
+          <t>Sessizliğin Ötesinde</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055715403</t>
+          <t>9789756316672</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Eğitimi</t>
+          <t>Sencivanoğlu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756316016</t>
+          <t>9789756316023</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Oscar ve Pembeli Meleği</t>
+          <t>Sırdaş</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>6.94</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758509287</t>
+          <t>9789758509706</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Orkide Sahili</t>
+          <t>Sırça Saray</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055715168</t>
+          <t>9789756316641</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Onu Geri Ver, Dilaver!</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>130</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789758509454</t>
+          <t>9786055715960</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Sebze Yetiştiricisinin El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>6</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055715151</t>
+          <t>9789758509997</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Oburluk Yapma, Umur!</t>
+          <t>Sarı Benizli Adam</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>130</v>
+        <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756316504</t>
+          <t>9786055715694</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Çocukları</t>
+          <t>Pelin ile Arda Denizi Keşfediyor</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>7.41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055715823</t>
+          <t>9789758509393</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Niko Kayıp Tek Tekerin Peşinde</t>
+          <t>Öyküler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756316962</t>
+          <t>9789944425537</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Nasıra Geni</t>
+          <t>Ölüm Adası</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>25.93</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3990000011443</t>
+          <t>9789758509386</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal’in Osmanlı Tarihi Seti (2 Kitap)</t>
+          <t>Ölü Denizin Dalgaları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>49.07</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055261276</t>
+          <t>9786055715403</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Naki Tezel’in İstanbul’dan Derlediği Masallar</t>
+          <t>Oyunculuk Eğitimi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>32.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789758509676</t>
+          <t>9789756316016</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Müzik Şeytanı</t>
+          <t>Oscar ve Pembeli Meleği</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>58</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055261160</t>
+          <t>9789758509287</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın El Kitabı</t>
+          <t>Orkide Sahili</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055261214</t>
+          <t>9786055715168</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Münif Paşa</t>
+          <t>Onu Geri Ver, Dilaver!</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>660</v>
+        <v>190</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944425872</t>
+          <t>9789758509454</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Stilton ve Kayıp Taşlar</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>165</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944425865</t>
+          <t>9786055715151</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Stilton ile Kanıt Peşinde</t>
+          <t>Oburluk Yapma, Umur!</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055506780</t>
+          <t>9789756316504</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime’den Muahhire’ye</t>
+          <t>Nuh’un Çocukları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>32.41</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055715458</t>
+          <t>9786055715823</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Niko Kayıp Tek Tekerin Peşinde</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055715441</t>
+          <t>9789756316962</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Muhaverat-ı Hikemiyye</t>
+          <t>Nasıra Geni</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758509980</t>
+          <t>3990000011443</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mösyö İbrahim ve Kuran’ın Çiçekleri</t>
+          <t>Namık Kemal’in Osmanlı Tarihi Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>6.94</v>
+        <v>49.07</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789758509652</t>
+          <t>9786055261276</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Modern Mantık</t>
+          <t>Naki Tezel’in İstanbul’dan Derlediği Masallar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>17.5</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944425414</t>
+          <t>9789758509676</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Modanın Göz Kamaştıran Hikayesi</t>
+          <t>Müzik Şeytanı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>9</v>
+        <v>58</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789758509669</t>
+          <t>9786055261160</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mistik Irmak</t>
+          <t>Müslümanın El Kitabı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>23.15</v>
+        <v>425</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756316030</t>
+          <t>9786055261214</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Milarepa</t>
+          <t>Münif Paşa</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>6.94</v>
+        <v>660</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055506711</t>
+          <t>9789944425872</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Merriam Webster’s Pocket Dictionary English - Turkish  / Cep Sözlüğü</t>
+          <t>Müfettiş Stilton ve Kayıp Taşlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055506599</t>
+          <t>9789944425865</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Mecmua-i Fünun</t>
+          <t>Müfettiş Stilton ile Kanıt Peşinde</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756316160</t>
+          <t>9786055506780</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mavi Derinliklerindeki Sır</t>
+          <t>Mukaddime’den Muahhire’ye</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>130</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055506797</t>
+          <t>9786055715458</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Merriam - Webster’s Pocket Dictionary / English - Turkish / Turkish - English</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055715144</t>
+          <t>9786055715441</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Lütfen De, Hande!</t>
+          <t>Muhaverat-ı Hikemiyye</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>9</v>
+        <v>220</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944425186</t>
+          <t>9789758509980</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Lucifer</t>
+          <t>Mösyö İbrahim ve Kuran’ın Çiçekleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>23.15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789758505258</t>
+          <t>9789758509652</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>La Guerre Mondiale Et La Question Turco - Armenienne</t>
+          <t>Modern Mantık</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>6.48</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944425216</t>
+          <t>9789944425414</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma ve İklim Değişikliği</t>
+          <t>Modanın Göz Kamaştıran Hikayesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>11.11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055261108</t>
+          <t>9789758509669</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzün Temel Kaynaklarından Geçen En Veciz Sözler En Güzel Kıssalar</t>
+          <t>Mistik Irmak</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>175</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756316214</t>
+          <t>9789756316030</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Milarepa</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>3.24</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789758509546</t>
+          <t>9786055506711</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban Alim Kız 3</t>
+          <t>Merriam Webster’s Pocket Dictionary English - Turkish  / Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789756316740</t>
+          <t>9786055506599</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mavi</t>
+          <t>Mecmua-i Fünun</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>13.89</v>
+        <v>310</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944425285</t>
+          <t>9789756316160</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kumpas</t>
+          <t>Mavi Derinliklerindeki Sır</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>26</v>
+        <v>160</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789756316726</t>
+          <t>9786055506797</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kirli İş Bir Stone Barrington Romanı</t>
+          <t>Merriam - Webster’s Pocket Dictionary / English - Turkish / Turkish - English</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>13.89</v>
+        <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756316450</t>
+          <t>9786055715144</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kiev’deki Adam</t>
+          <t>Lütfen De, Hande!</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>13.89</v>
+        <v>9</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789758509928</t>
+          <t>9789944425186</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çadır</t>
+          <t>Lucifer</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789758509119</t>
+          <t>9789758505258</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kırık Testi</t>
+          <t>La Guerre Mondiale Et La Question Turco - Armenienne</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>14.81</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789758509935</t>
+          <t>9789944425216</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kayıkta Üç Adam</t>
+          <t>Küresel Isınma ve İklim Değişikliği</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>6</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789758509164</t>
+          <t>9786055261108</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Suret</t>
+          <t>Kültürümüzün Temel Kaynaklarından Geçen En Veciz Sözler En Güzel Kıssalar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>14.81</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789758509355</t>
+          <t>9789756316214</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kapı Bekçisi</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>6.48</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055506476</t>
+          <t>9789758509546</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Engelliye Bakışı</t>
+          <t>Küçük Çoban Alim Kız 3</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>12.96</v>
+        <v>140</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055715281</t>
+          <t>9789756316740</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İslamı Kur’an’dan Okumak</t>
+          <t>Kutsal Mavi</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789758509348</t>
+          <t>9789944425285</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Yolcular</t>
+          <t>Kumpas</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>22.22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789758509607</t>
+          <t>9789756316726</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İnci Küpeli Kız</t>
+          <t>Kirli İş Bir Stone Barrington Romanı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>23</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789758509645</t>
+          <t>9789756316450</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İletişimde İnsan Dili</t>
+          <t>Kiev’deki Adam</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789758509317</t>
+          <t>9789758509928</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İhtimaller Hesabı Prensipleri Mühendislik ve Sosyal Bilimler</t>
+          <t>Kırmızı Çadır</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789758509713</t>
+          <t>9789758509119</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Kadın</t>
+          <t>Kırık Testi</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789756316139</t>
+          <t>9789758509935</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yenebilir Yabani Bitkiler ve Yararlı Otlar</t>
+          <t>Kayıkta Üç Adam</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789758509126</t>
+          <t>9789758509164</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Öykü Sandığı</t>
+          <t>Karanlık Suret</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059241885</t>
+          <t>9789758509355</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ege ve Eski Yunan Tarihi 1</t>
+          <t>Kapı Bekçisi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054921041</t>
+          <t>9786055506476</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesi Dersleri</t>
+          <t>İslam’ın Engelliye Bakışı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>21.3</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059241670</t>
+          <t>9786055715281</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Aşk Nevbahar Olur</t>
+          <t>İslamı Kur’an’dan Okumak</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059241533</t>
+          <t>9789758509348</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sun Zi Savaş Sanatı</t>
+          <t>İngiliz Yolcular</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>10</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054921461</t>
+          <t>9789758509607</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Anlatım Bozuklukları</t>
+          <t>İnci Küpeli Kız</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>23</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059241137</t>
+          <t>9789758509645</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Merak Edenler İçin Demokrasi</t>
+          <t>İletişimde İnsan Dili</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>45</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054921676</t>
+          <t>9789758509317</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği Fikir Sistemi</t>
+          <t>İhtimaller Hesabı Prensipleri Mühendislik ve Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059241021</t>
+          <t>9789758509713</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Hukuk ve Kadın</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>210</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055261900</t>
+          <t>9789756316139</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Efsanenin Adı Şahmeran</t>
+          <t>Herkes İçin Yenebilir Yabani Bitkiler ve Yararlı Otlar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>11.11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944425506</t>
+          <t>9789758509126</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gora</t>
+          <t>Öykü Sandığı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789758509614</t>
+          <t>9786059241885</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Kitabı</t>
+          <t>Ege ve Eski Yunan Tarihi 1</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789758509089</t>
+          <t>9786054921041</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Tanrıçası Ağladığında</t>
+          <t>Eski Uygur Türkçesi Dersleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>9.26</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944425780</t>
+          <t>9786059241670</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli İlişkiler</t>
+          <t>Aşk Nevbahar Olur</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789756316245</t>
+          <t>9786059241533</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Sun Zi Savaş Sanatı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786056316405</t>
+          <t>9786054921461</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Dil ve Anlatım Bozuklukları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>22</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789756316221</t>
+          <t>9786059241137</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Notre-Dame’ın Kamburu</t>
+          <t>Merak Edenler İçin Demokrasi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>12</v>
+        <v>45</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789756316757</t>
+          <t>9786054921676</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Türk Milliyetçiliği Fikir Sistemi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055715779</t>
+          <t>9786059241021</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>15</v>
+        <v>220</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756316887</t>
+          <t>9786055261900</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçme Hikayeler</t>
+          <t>Efsanenin Adı Şahmeran</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>120</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758509492</t>
+          <t>9789944425506</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı Lise 1 Yardımcı Ders Kitabı</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>9.26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944425452</t>
+          <t>9789758509614</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Tuvaletlerin, Telefonların ve Diğer Faydalı İcatların Hikayesi</t>
+          <t>Gölgeler Kitabı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758509379</t>
+          <t>9789758509089</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Theodoros</t>
+          <t>Gökkuşağı Tanrıçası Ağladığında</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789756316009</t>
+          <t>9789944425780</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Savcı Bey</t>
+          <t>Tehlikeli İlişkiler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756316986</t>
+          <t>9789756316245</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Romanov Kehaneti</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>15.74</v>
+        <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944425278</t>
+          <t>9786056316405</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Roma’da Yedi Cinayet</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789756316955</t>
+          <t>9789756316221</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Rembrandt’ın Orospusu</t>
+          <t>Notre-Dame’ın Kamburu</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>11.11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789758509102</t>
+          <t>9789756316757</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kalp Hırsızı</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>15.74</v>
+        <v>190</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789944425162</t>
+          <t>9786055715779</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Yok</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>15.74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9799758509040</t>
+          <t>9789756316887</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kaçınılmaz Son</t>
+          <t>Mesnevi’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>14.35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756316320</t>
+          <t>9789758509492</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Türk Dili ve Edebiyatı Lise 1 Yardımcı Ders Kitabı</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786255541291</t>
+          <t>9789944425452</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kaşgarlı Mahmut ve Divanu Lugati’t-Türk</t>
+          <t>Tuvaletlerin, Telefonların ve Diğer Faydalı İcatların Hikayesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>160</v>
+        <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059521949</t>
+          <t>9789758509379</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dil İçgüdüsü</t>
+          <t>Theodoros</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>480</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789756316436</t>
+          <t>9789756316009</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Benim Ülkem</t>
+          <t>Savcı Bey</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786255541390</t>
+          <t>9789756316986</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatında Efsaneler</t>
+          <t>Romanov Kehaneti</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>190</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786255541314</t>
+          <t>9789944425278</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatında Masallar</t>
+          <t>Roma’da Yedi Cinayet</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>190</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786255541307</t>
+          <t>9789756316955</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatında Destanlar</t>
+          <t>Rembrandt’ın Orospusu</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>190</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789756316818</t>
+          <t>9789758509102</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kürekte Yüksek Performans</t>
+          <t>Kalp Hırsızı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>320</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789756316702</t>
+          <t>9789944425162</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Türk Ninnilerinden Seçmeler</t>
+          <t>Kaçış Yok</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>100</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786255541284</t>
+          <t>9799758509040</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Osmancık Tarihi ve Osmancık ve Çevresinin Nüfus Defterleri</t>
+          <t>Kaçınılmaz Son</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>3500</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786255541208</t>
+          <t>9789756316320</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Cemiyet-i Akvam (Milletler Cemiyeti) Bağlamında Cumhuriyet Dönemi Türk Dış Politikası (1923-1938)</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>360</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786255541215</t>
+          <t>9786255541291</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Cicero</t>
+          <t>Kaşgarlı Mahmut ve Divanu Lugati’t-Türk</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786255541246</t>
+          <t>9786059521949</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Alevilik, Bektaşilik, Ahilik</t>
+          <t>Dil İçgüdüsü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786255541185</t>
+          <t>9789756316436</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ateş Geçitleri</t>
+          <t>Benim Ülkem</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786255541222</t>
+          <t>9786255541390</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Hikayeleri</t>
+          <t>Türk ve Dünya Edebiyatında Efsaneler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786255541130</t>
+          <t>9786255541314</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Türk ve Dünya Edebiyatında Masallar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786255541147</t>
+          <t>9786255541307</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Türk ve Dünya Edebiyatında Destanlar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786255541192</t>
+          <t>9789756316818</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmed Yesevi ve Divan-ı Hikmet</t>
+          <t>Kürekte Yüksek Performans</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786255541178</t>
+          <t>9789756316702</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnâmesi</t>
+          <t>Türk Ninnilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>875</v>
+        <v>100</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786255541123</t>
+          <t>9786255541284</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Fîhi Mâ Fîh</t>
+          <t>Osmancık Tarihi ve Osmancık ve Çevresinin Nüfus Defterleri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>240</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786255541154</t>
+          <t>9786255541208</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Mecâlis-i Seb‘a</t>
+          <t>Cemiyet-i Akvam (Milletler Cemiyeti) Bağlamında Cumhuriyet Dönemi Türk Dış Politikası (1923-1938)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258274837</t>
+          <t>9786255541215</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Kıyıları Tarih ve Coğrafyası (1817-1819)</t>
+          <t>Cicero</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786255541161</t>
+          <t>9786255541246</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Polonyalı Simeon'un Seyahatnamasi (1608-1619)</t>
+          <t>Alevilik, Bektaşilik, Ahilik</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258274974</t>
+          <t>9786255541185</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Sözün İzinde</t>
+          <t>Ateş Geçitleri</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786255541116</t>
+          <t>9786255541222</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın Sesi: Dr. Fazıl Küçük ve Türk Toplumunun Hak Arayışı</t>
+          <t>Bozkır Hikayeleri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258274905</t>
+          <t>9786255541130</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın İstanbul’u</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055261689</t>
+          <t>9786255541147</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Gümüşdere</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055261672</t>
+          <t>9786255541192</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Şimşek</t>
+          <t>Hoca Ahmed Yesevi ve Divan-ı Hikmet</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054921928</t>
+          <t>9786255541178</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Evliya Çelebi Seyahatnâmesi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>120</v>
+        <v>950</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786255541109</t>
+          <t>9786255541123</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Tılsımı - Mandala</t>
+          <t>Fîhi Mâ Fîh</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786255541086</t>
+          <t>9786255541154</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Sırrı - Mandala</t>
+          <t>Mecâlis-i Seb‘a</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786255541055</t>
+          <t>9786258274837</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gücü - Mandala</t>
+          <t>Karadeniz Kıyıları Tarih ve Coğrafyası (1817-1819)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786255541093</t>
+          <t>9786255541161</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gizemi - Mandala</t>
+          <t>Polonyalı Simeon'un Seyahatnamasi (1608-1619)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786255541079</t>
+          <t>9786258274974</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Dünyası - Mandala</t>
+          <t>Sözün İzinde</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786255541062</t>
+          <t>9786255541116</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Büyüsü - Mandala</t>
+          <t>Kıbrıs’ın Sesi: Dr. Fazıl Küçük ve Türk Toplumunun Hak Arayışı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786255541048</t>
+          <t>9786258274905</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Figürleri - Mandala</t>
+          <t>Tanpınar’ın İstanbul’u</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786255541024</t>
+          <t>9786055261689</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Sırrı - Mandala</t>
+          <t>Gümüşdere</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258274998</t>
+          <t>9786055261672</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Gücü - Mandala</t>
+          <t>Dedektif Şimşek</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786255541031</t>
+          <t>9786054921928</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Gizemi - Mandala</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786255541017</t>
+          <t>9786255541109</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Dünyası - Mandala</t>
+          <t>Renklerin Tılsımı - Mandala</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786255541000</t>
+          <t>9786255541086</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Büyüsü - Mandala</t>
+          <t>Renklerin Sırrı - Mandala</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258274677</t>
+          <t>9786255541055</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Kişi Adları</t>
+          <t>Renklerin Gücü - Mandala</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258274165</t>
+          <t>9786255541093</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji, Göstergebilim ve Türk Musıkisi - 109 Büyük Eser 10 Büyük Bestekar</t>
+          <t>Renklerin Gizemi - Mandala</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>520</v>
+        <v>190</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258274172</t>
+          <t>9786255541079</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Türk Musıkisi Üstadlarıyla Musıki Üzerine Görüşmeler</t>
+          <t>Renklerin Dünyası - Mandala</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257201766</t>
+          <t>9786255541062</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Aklın Üç Yüzü</t>
+          <t>Renklerin Büyüsü - Mandala</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057931863</t>
+          <t>9786255541048</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Emine Işınsu Kitaplığı (21 Kitap Takım)</t>
+          <t>Hayvan Figürleri - Mandala</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>4100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057931290</t>
+          <t>9786255541024</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Öyküleri</t>
+          <t>Çizgilerin Sırrı - Mandala</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059521581</t>
+          <t>9786258274998</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz Yazınında Küreselleşme, Göç ve Kültür</t>
+          <t>Çizgilerin Gücü - Mandala</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059521697</t>
+          <t>9786255541031</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Klasik Mitoloji</t>
+          <t>Çizgilerin Gizemi - Mandala</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>1200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059521437</t>
+          <t>9786255541017</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Orhon Yazıtları</t>
+          <t>Çiçeklerin Dünyası - Mandala</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789944425742</t>
+          <t>9786255541000</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası</t>
+          <t>Çizgilerin Büyüsü - Mandala</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055261443</t>
+          <t>9786258274677</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Zafername</t>
+          <t>Eski Türk Kişi Adları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055715410</t>
+          <t>9786258274165</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yeni Orta Asya Jeopolitiği</t>
+          <t>Sosyoloji, Göstergebilim ve Türk Musıkisi - 109 Büyük Eser 10 Büyük Bestekar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>650</v>
+        <v>520</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055506346</t>
+          <t>9786258274172</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Ulu Kartal 1</t>
+          <t>Türk Musıkisi Üstadlarıyla Musıki Üzerine Görüşmeler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944425858</t>
+          <t>9786257201766</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Türkler -Türklerin Gelenekleri,Görenekleri ve Hinlikleri Üzerine İnceleme</t>
+          <t>Aklın Üç Yüzü</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789758509508</t>
+          <t>9786057931863</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Türk İkizleri</t>
+          <t>Emine Işınsu Kitaplığı (21 Kitap Takım)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>195</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055506469</t>
+          <t>9786057931290</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik Sonrası İngiliz Romanında Kültür Ve Kimlik</t>
+          <t>İstanbul Öyküleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054921669</t>
+          <t>9786059521581</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Çölde Dor</t>
+          <t>Çağdaş İngiliz Yazınında Küreselleşme, Göç ve Kültür</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054921034</t>
+          <t>9786059521697</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Oruç Beğ Tarihi (Ciltli)</t>
+          <t>Klasik Mitoloji</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>1650</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055261351</t>
+          <t>9786059521437</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Cihannüma Osmanlı Tarihi (1288-1485) (Ciltli)</t>
+          <t>Orhon Yazıtları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>1600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054921454</t>
+          <t>9789944425742</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Gölgesi Davası - Abderalılar</t>
+          <t>Baş Belası</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054921188</t>
+          <t>9786055261443</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Afganistan ve Hindistan'da bir Türk Devleti: Gazneliler</t>
+          <t>Zafername</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054921201</t>
+          <t>9786055715410</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Karl Jaspers Felsefesine Giriş</t>
+          <t>Yeni Orta Asya Jeopolitiği</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055261740</t>
+          <t>9786055506346</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Collins English Club Book 1</t>
+          <t>Yakari ile Ulu Kartal 1</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055261757</t>
+          <t>9789944425858</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Collins English Club Book 2</t>
+          <t>Türkler -Türklerin Gelenekleri,Görenekleri ve Hinlikleri Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054921331</t>
+          <t>9789758509508</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Türk İkizleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054921232</t>
+          <t>9786055506469</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hanlık Devrinden Günümüze Örneklerle Kazak Edebiyatı</t>
+          <t>Sömürgecilik Sonrası İngiliz Romanında Kültür Ve Kimlik</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>680</v>
+        <v>220</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059521376</t>
+          <t>9786054921669</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bir Yürek Satıldı</t>
+          <t>Çölde Dor</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059241724</t>
+          <t>9786054921034</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Resimli Dünya Klasikleri Dizisi (10 Kitap Set)</t>
+          <t>Oruç Beğ Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>1100</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059521079</t>
+          <t>9786055261351</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Hatunları</t>
+          <t>Cihannüma Osmanlı Tarihi (1288-1485) (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>190</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059241069</t>
+          <t>9786054921454</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneği</t>
+          <t>Eşeğin Gölgesi Davası - Abderalılar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>475</v>
+        <v>380</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059241465</t>
+          <t>9786054921188</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Berzem</t>
+          <t>Afganistan ve Hindistan'da bir Türk Devleti: Gazneliler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059241229</t>
+          <t>9786054921201</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Evlere Şenlik Kaynanam Nasıl Kudurdu</t>
+          <t>Karl Jaspers Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059241502</t>
+          <t>9786055261740</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Collins English Club Book 1</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059241595</t>
+          <t>9786055261757</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Collins English Club Book 2</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789756316696</t>
+          <t>9786054921331</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Son Dedektif</t>
+          <t>İslam İnanç Esasları</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789756316948</t>
+          <t>9786054921232</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sıkıysa Yakala Bir Stone Barrington Romanı</t>
+          <t>Hanlık Devrinden Günümüze Örneklerle Kazak Edebiyatı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>360</v>
+        <v>790</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055715465</t>
+          <t>9786059521376</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Sarah’nın Anahtarı</t>
+          <t>Bir Yürek Satıldı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789944425339</t>
+          <t>9786059241724</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Öldürme İçgüdüsü</t>
+          <t>Resimli Dünya Klasikleri Dizisi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>325</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789944425292</t>
+          <t>9786059521079</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İyi Adamlar</t>
+          <t>Selçuklu Hatunları</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944425698</t>
+          <t>9786059241069</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye Bağlantısı</t>
+          <t>Türk Devlet Geleneği</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>390</v>
+        <v>590</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789944425568</t>
+          <t>9786059241465</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Halkası</t>
+          <t>Berzem</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944425193</t>
+          <t>9786059241229</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İki Dakika Kuralı</t>
+          <t>Evlere Şenlik Kaynanam Nasıl Kudurdu</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789944425322</t>
+          <t>9786059241502</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yok Edici</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055715250</t>
+          <t>9786059241595</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yitik Masumiyet</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789756316849</t>
+          <t>9789756316696</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Sır</t>
+          <t>Son Dedektif</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789944425308</t>
+          <t>9789756316948</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyelerinin Mirası</t>
+          <t>Sıkıysa Yakala Bir Stone Barrington Romanı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789944425384</t>
+          <t>9786055715465</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Hazar İmparatorluğu VII. - XI. Yüzyıllar Atlı Bir Kavmin Gizemi</t>
+          <t>Sarah’nın Anahtarı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789756316375</t>
+          <t>9789944425339</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Fatih Feneri</t>
+          <t>Öldürme İçgüdüsü</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789758509577</t>
+          <t>9789944425292</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 3</t>
+          <t>İyi Adamlar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789758509553</t>
+          <t>9789944425698</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 1</t>
+          <t>İskenderiye Bağlantısı</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789758509751</t>
+          <t>9789944425568</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 5 - Dünyamız Tehlikede</t>
+          <t>Ölüm Halkası</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789758509843</t>
+          <t>9789944425193</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Armağanı</t>
+          <t>İki Dakika Kuralı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786055715977</t>
+          <t>9789944425322</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sıra Dışı Öyküler (Ciltli)</t>
+          <t>Yok Edici</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786055261429</t>
+          <t>9786055715250</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Collins Cobuild - Orta Düzey İngilizce Dilbilgisi ve Alıştırmaları</t>
+          <t>Yitik Masumiyet</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>425</v>
+        <v>175</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786055261436</t>
+          <t>9789756316849</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Collins Cobuild - Kolay İngilizce Dilbilgisi ve Alıştırmaları</t>
+          <t>Üçüncü Sır</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789758509430</t>
+          <t>9789944425308</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Tapınak Şövalyelerinin Mirası</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786055261504</t>
+          <t>9789944425384</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı Karşısında İran ve Türkiye</t>
+          <t>Hazar İmparatorluğu VII. - XI. Yüzyıllar Atlı Bir Kavmin Gizemi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789758509409</t>
+          <t>9789756316375</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Öyküleri</t>
+          <t>Fatih Feneri</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789756316856</t>
+          <t>9789758509577</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Fadiş, Bediş, Ediş 3</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789756316429</t>
+          <t>9789758509553</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Soluk Soluğa</t>
+          <t>Fadiş, Bediş, Ediş 1</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789758509782</t>
+          <t>9789758509751</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 2 - Sırlı Saray</t>
+          <t>Uzaydaki Mavi Bilye 5 - Dünyamız Tehlikede</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786055506339</t>
+          <t>9789758509843</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular’da Saraylar ve Saray Teşkilatı</t>
+          <t>Doğanın Armağanı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055715632</t>
+          <t>9786055715977</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Kulübe Yapıyor</t>
+          <t>Çocuklar İçin Sıra Dışı Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789758509324</t>
+          <t>9786055261429</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Örnekli ve Açıklamalı Türk Atasözleri Sözlüğü</t>
+          <t>Collins Cobuild - Orta Düzey İngilizce Dilbilgisi ve Alıştırmaları</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055506148</t>
+          <t>9786055261436</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kaynaklarına Göre Anadolu Yol Ağı</t>
+          <t>Collins Cobuild - Kolay İngilizce Dilbilgisi ve Alıştırmaları</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>725</v>
+        <v>375</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789756316474</t>
+          <t>9789758509430</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 2</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789756316252</t>
+          <t>9786055261504</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Milli Bayramlar ve Önemli Günler</t>
+          <t>Arap Baharı Karşısında İran ve Türkiye</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055506056</t>
+          <t>9789758509409</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’de Geçen Bütün Hikayeler ve Hikmetleri</t>
+          <t>Hayalet Öyküleri</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789756316542</t>
+          <t>9789756316856</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 1 Aşiretten Devlete</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789756316184</t>
+          <t>9789756316429</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ok</t>
+          <t>Soluk Soluğa</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055261290</t>
+          <t>9789758509782</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dünya</t>
+          <t>Uzaydaki Mavi Bilye 2 - Sırlı Saray</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789758509539</t>
+          <t>9786055506339</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban Alim Kız 2</t>
+          <t>Selçuklular’da Saraylar ve Saray Teşkilatı</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789758509522</t>
+          <t>9786055715632</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban Alim Kız 1</t>
+          <t>Pelin ile Arda Kulübe Yapıyor</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789756316924</t>
+          <t>9789758509324</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Koyunculuk</t>
+          <t>Örnekli ve Açıklamalı Türk Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>475</v>
+        <v>360</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789758509881</t>
+          <t>9786055506148</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tuğ</t>
+          <t>Osmanlı Kaynaklarına Göre Anadolu Yol Ağı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>195</v>
+        <v>850</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944425421</t>
+          <t>9789756316474</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuklarına Resimli Öyküler (Ciltli)</t>
+          <t>Osmanlı Tarihi 2</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>1050</v>
+        <v>560</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786055261139</t>
+          <t>9789756316252</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kararsızlar Kitabı</t>
+          <t>Milli Bayramlar ve Önemli Günler</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055715755</t>
+          <t>9786055506056</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kanije Muhasarası</t>
+          <t>Mesnevi’de Geçen Bütün Hikayeler ve Hikmetleri</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789758509416</t>
+          <t>9789756316542</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ivanhoe</t>
+          <t>Osmanlı Tarihi 1 Aşiretten Devlete</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>80</v>
+        <v>440</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789756316115</t>
+          <t>9789756316184</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Hayatta Kalma</t>
+          <t>Mavi Ok</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789756316108</t>
+          <t>9786055261290</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Harita ve Pusula</t>
+          <t>Küçük Dünya</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789756316092</t>
+          <t>9789758509539</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kampçılık</t>
+          <t>Küçük Çoban Alim Kız 2</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055715380</t>
+          <t>9789758509522</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Vanya Dayı</t>
+          <t>Küçük Çoban Alim Kız 1</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789758509485</t>
+          <t>9789756316924</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Koyunculuk</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789758509959</t>
+          <t>9789758509881</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Zenda Mahkumu</t>
+          <t>Kızıl Tuğ</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789756316528</t>
+          <t>9789944425421</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Cihan Hakimiyeti</t>
+          <t>Kız Çocuklarına Resimli Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>325</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059241649</t>
+          <t>9786055261139</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yaman Dede</t>
+          <t>Kararsızlar Kitabı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>145</v>
+        <v>320</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054921607</t>
+          <t>9786055715755</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Askerinin Hatıratı 1688-1700 Esaretten Kaçış</t>
+          <t>Kanije Muhasarası</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054921652</t>
+          <t>9789758509416</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Yüzündeki Sarıkamış Harekatı</t>
+          <t>Ivanhoe</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059241953</t>
+          <t>9789756316115</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Hayat Hikayem</t>
+          <t>Herkes İçin Hayatta Kalma</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059241687</t>
+          <t>9789756316108</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hükümdarlara Öğütler</t>
+          <t>Herkes İçin Harita ve Pusula</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059241090</t>
+          <t>9789756316092</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan - Diriliş</t>
+          <t>Herkes İçin Kampçılık</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059241434</t>
+          <t>9786055715380</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>Vanya Dayı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054921058</t>
+          <t>9789758509485</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Sözlüğü</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>585</v>
+        <v>140</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055506988</t>
+          <t>9789758509959</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yakari Ada Tutsakları 6</t>
+          <t>Zenda Mahkumu</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054921706</t>
+          <t>9789756316528</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Zamanında Divan Teşkilatı</t>
+          <t>Cihan Hakimiyeti</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257201056</t>
+          <t>9786059241649</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiyi Değiştiren Kırk Çalışma</t>
+          <t>Yaman Dede</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>460</v>
+        <v>145</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057931900</t>
+          <t>9786054921607</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Dört İncil</t>
+          <t>Bir Osmanlı Askerinin Hatıratı 1688-1700 Esaretten Kaçış</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059241304</t>
+          <t>9786054921652</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 3 - Doğa Savaşçıları</t>
+          <t>Tarihin Arka Yüzündeki Sarıkamış Harekatı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057931849</t>
+          <t>9786059241953</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Kitaplığı (6 Kitap Takım)</t>
+          <t>Hayat Hikayem</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>1000</v>
+        <v>160</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789758509942</t>
+          <t>9786059241687</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Otuz Dokuz Basamak</t>
+          <t>Hükümdarlara Öğütler</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055715564</t>
+          <t>9786059241090</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Oğuz Kağan - Diriliş</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>120</v>
+        <v>425</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789758509461</t>
+          <t>9786059241434</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057931870</t>
+          <t>9786054921058</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Türk Klasikleri Seti (24 Kitap Takım)</t>
+          <t>Kırgız Sözlüğü</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>3400</v>
+        <v>585</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059521963</t>
+          <t>9786055506988</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesindeki Türkçe Sözcüklerin Köken Bilgisi Sözlüğü (Ciltli)</t>
+          <t>Yakari Ada Tutsakları 6</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>1900</v>
+        <v>180</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257201322</t>
+          <t>9786054921706</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kırık Ayna</t>
+          <t>Selçuklular Zamanında Divan Teşkilatı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057931856</t>
+          <t>9786257201056</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Romanda Aksiyon Çizimi</t>
+          <t>Psikolojiyi Değiştiren Kırk Çalışma</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>550</v>
+        <v>590</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057931481</t>
+          <t>9786057931900</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Mineraller ve Değerli Taşlar</t>
+          <t>Dört İncil</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057931320</t>
+          <t>9786059241304</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Metropol Mücahidi</t>
+          <t>Uzaydaki Mavi Bilye 3 - Doğa Savaşçıları</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057931115</t>
+          <t>9786057931849</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Uluslar</t>
+          <t>Ziya Gökalp Kitaplığı (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>360</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789944425117</t>
+          <t>9789758509942</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Rehine</t>
+          <t>Otuz Dokuz Basamak</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789756316764</t>
+          <t>9786055715564</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944425025</t>
+          <t>9789758509461</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944425032</t>
+          <t>9786057931870</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Türk Klasikleri Seti (24 Kitap Takım)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>160</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057931719</t>
+          <t>9786059521963</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinden Masallar -1</t>
+          <t>Türkiye Türkçesindeki Türkçe Sözcüklerin Köken Bilgisi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>290</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059521796</t>
+          <t>9786257201322</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Dönemi</t>
+          <t>Kırık Ayna</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789756316351</t>
+          <t>9786057931856</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler 1</t>
+          <t>Çizgi Romanda Aksiyon Çizimi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>110</v>
+        <v>600</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258274769</t>
+          <t>9786057931481</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divan'ından Seçmeler</t>
+          <t>Mineraller ve Değerli Taşlar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258274967</t>
+          <t>9786057931320</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp</t>
+          <t>Metropol Mücahidi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258274936</t>
+          <t>9786057931115</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Tekniği</t>
+          <t>Uluslar</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258274899</t>
+          <t>9789944425117</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Atina Dünyanın İlk Demokrasisinin Tarihi</t>
+          <t>Rehine</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258274493</t>
+          <t>9789756316764</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sancı (Ciltli)</t>
+          <t>Türk Bilmecelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258274912</t>
+          <t>9789944425025</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Moğol İstilası Öncesinde Harezm</t>
+          <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258274943</t>
+          <t>9789944425032</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet’ten 21. Yüzyılı Türkiye Cumhuriyeti Tarihi</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258274660</t>
+          <t>9786057931719</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğreniminde İlk Adım - Başlangıç Seviye</t>
+          <t>Türk Mitolojisinden Masallar -1</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059521482</t>
+          <t>9786059521796</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mezar Taşlarının Sırları</t>
+          <t>Selahaddin Eyyubi ve Dönemi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055715137</t>
+          <t>9789756316351</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Hayvan, Sebze, Mucize</t>
+          <t>Seçme Hikayeler 1</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055261320</t>
+          <t>9786258274769</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Sırlar</t>
+          <t>Yunus Emre Divan'ından Seçmeler</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789758509720</t>
+          <t>9786258274967</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Zorlama</t>
+          <t>Ziya Gökalp</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055506131</t>
+          <t>9786258274936</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Mamay ve Manas Destanı</t>
+          <t>Felsefenin Tekniği</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055261641</t>
+          <t>9786258274899</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Hayatı ve Sanatı</t>
+          <t>Atina Dünyanın İlk Demokrasisinin Tarihi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>195</v>
+        <v>490</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055506636</t>
+          <t>9786258274493</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan’dan Mersine’e Köklerinden Koparılmış Hayatlar</t>
+          <t>Sancı (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789758509201</t>
+          <t>9786258274912</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Bir Tür Olarak Kısa Öykü</t>
+          <t>Moğol İstilası Öncesinde Harezm</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055506124</t>
+          <t>9786258274943</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yalmavuz Celmoğuz</t>
+          <t>Meşrutiyet’ten 21. Yüzyılı Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055506414</t>
+          <t>9786258274660</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Boz Ayı 4</t>
+          <t>Farsça Öğreniminde İlk Adım - Başlangıç Seviye</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055506353</t>
+          <t>9786059521482</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Beyaz Bizon 2</t>
+          <t>Osmanlı Mezar Taşlarının Sırları</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055506377</t>
+          <t>9786055715137</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ümit Dünyası</t>
+          <t>Hayvan, Sebze, Mucize</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055715502</t>
+          <t>9786055261320</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Yanlış Yolda</t>
+          <t>Gömülü Sırlar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055715533</t>
+          <t>9789758509720</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Yanlış İz Üzerinde</t>
+          <t>Zorlama</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055715526</t>
+          <t>9786055506131</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Kanıt Peşinde</t>
+          <t>Yusuf Mamay ve Manas Destanı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>120</v>
+        <v>590</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055715519</t>
+          <t>9786055261641</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Hayalet Atın Peşinde</t>
+          <t>Yunus Emre Hayatı ve Sanatı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055506520</t>
+          <t>9786055506636</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Üç Çift Paten Ve Üç Arkadaş</t>
+          <t>Yunanistan’dan Mersine’e Köklerinden Koparılmış Hayatlar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055715175</t>
+          <t>9789758509201</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Uslu Dur, Baydur!</t>
+          <t>Yazınsal Bir Tür Olarak Kısa Öykü</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789944425605</t>
+          <t>9786055506124</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Uçmanın Hikayesi</t>
+          <t>Yalmavuz Celmoğuz</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059241328</t>
+          <t>9786055506414</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 4 - Uçan Su</t>
+          <t>Yakari ile Boz Ayı 4</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055506643</t>
+          <t>9786055506353</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devleti’ne Gelen ve Giden Elçiler</t>
+          <t>Yakari ile Beyaz Bizon 2</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>165</v>
+        <v>210</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055506575</t>
+          <t>9786055506377</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kaplıcaları</t>
+          <t>Ümit Dünyası</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055715014</t>
+          <t>9786055715502</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Uygulamaya Geçerken Türkiye’de Devletçiliğin Oluşumu</t>
+          <t>Üç Dedektif Yanlış Yolda</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055506926</t>
+          <t>9786055715533</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Postmodernist Süreç ve Latife Tekin</t>
+          <t>Üç Dedektif Yanlış İz Üzerinde</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>485</v>
+        <v>140</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055715717</t>
+          <t>9786055715526</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Tokat’a Dair Bir Sakk Mecmuası</t>
+          <t>Üç Dedektif Kanıt Peşinde</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789944425254</t>
+          <t>9786055715519</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Tavukçuluk</t>
+          <t>Üç Dedektif Hayalet Atın Peşinde</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055715243</t>
+          <t>9786055506520</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Hayat</t>
+          <t>Üç Çift Paten Ve Üç Arkadaş</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944425896</t>
+          <t>9786055715175</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İlk Komünistlerinden Zileli Halil Yalçınkaya</t>
+          <t>Uslu Dur, Baydur!</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055506629</t>
+          <t>9789944425605</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Şiirin İzinde Sözün Gölgesinde</t>
+          <t>Uçmanın Hikayesi</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944425728</t>
+          <t>9786059241328</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Süslü Pakize ile Havalı Köpek (Ciltli)</t>
+          <t>Uzaydaki Mavi Bilye 4 - Uçan Su</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789944425711</t>
+          <t>9786055506643</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Süslü Pakize (Ciltli)</t>
+          <t>Türkiye Selçuklu Devleti’ne Gelen ve Giden Elçiler</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059241274</t>
+          <t>9786055506575</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Sumru Kız</t>
+          <t>Türkiye Kaplıcaları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789944425223</t>
+          <t>9786055715014</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sovyetler Birliği’nin ve Rusya Federasyonu’nun Orta Asya Üzerindeki Stratejik Planları</t>
+          <t>Uygulamaya Geçerken Türkiye’de Devletçiliğin Oluşumu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>185</v>
+        <v>900</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055715229</t>
+          <t>9786055506926</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Takip</t>
+          <t>Türk Edebiyatında Postmodernist Süreç ve Latife Tekin</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055506452</t>
+          <t>9786055715717</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Pemberley’den Mektuplar</t>
+          <t>Tokat’a Dair Bir Sakk Mecmuası</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>165</v>
+        <v>380</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055506261</t>
+          <t>9789944425254</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Paris Kulübü</t>
+          <t>Tavukçuluk</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>400</v>
+        <v>575</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055715540</t>
+          <t>9786055715243</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk</t>
+          <t>Tatlı Hayat</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055715724</t>
+          <t>9789944425896</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Işığın Altında</t>
+          <t>Türkiye’nin İlk Komünistlerinden Zileli Halil Yalçınkaya</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055506742</t>
+          <t>9786055506629</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Koşucu</t>
+          <t>Şiirin İzinde Sözün Gölgesinde</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944425797</t>
+          <t>9789944425728</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyon</t>
+          <t>Süslü Pakize ile Havalı Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789944425100</t>
+          <t>9789944425711</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Odası</t>
+          <t>Süslü Pakize (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055506841</t>
+          <t>9786059241274</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>İmparator’un Mezarı</t>
+          <t>Sumru Kız</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055715861</t>
+          <t>9789944425223</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Issızlığın Ortasında</t>
+          <t>Sovyetler Birliği’nin ve Rusya Federasyonu’nun Orta Asya Üzerindeki Stratejik Planları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055715434</t>
+          <t>9786055715229</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Vulkan’ın Yaratılışı</t>
+          <t>Sıcak Takip</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>285</v>
+        <v>350</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789944425988</t>
+          <t>9786055506452</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Venedik İhaneti</t>
+          <t>Pemberley’den Mektuplar</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055506292</t>
+          <t>9786055506261</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Turist</t>
+          <t>Paris Kulübü</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789944425940</t>
+          <t>9786055715540</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Tehdit</t>
+          <t>Kuzucuk</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055506117</t>
+          <t>9786055715724</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Taşıyıcı Anne</t>
+          <t>Kutsal Işığın Altında</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789944425018</t>
+          <t>9786055506742</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Şişman Kızla Sohbetler</t>
+          <t>Koşucu</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055506544</t>
+          <t>9789944425797</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Şeytan’ın Kitabı</t>
+          <t>Koleksiyon</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055715731</t>
+          <t>9789944425100</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Şarlman’ın İzinde</t>
+          <t>Kehribar Odası</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>440</v>
+        <v>430</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055715571</t>
+          <t>9786055506841</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Süper Kız</t>
+          <t>İmparator’un Mezarı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055715298</t>
+          <t>9786055715861</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Her Şafakta Ölürüm</t>
+          <t>Issızlığın Ortasında</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789758509690</t>
+          <t>9786055715434</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma Kılavuzu</t>
+          <t>Vulkan’ın Yaratılışı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>345</v>
+        <v>380</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944425889</t>
+          <t>9789944425988</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Halk Milliyetçiliğinin Öncüsü Herder</t>
+          <t>Venedik İhaneti</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055261153</t>
+          <t>9786055506292</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş</t>
+          <t>Turist</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789756316344</t>
+          <t>9789944425940</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Hayatname</t>
+          <t>Tehdit</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055715090</t>
+          <t>9786055506117</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Gururlu Peri</t>
+          <t>Taşıyıcı Anne</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789944425094</t>
+          <t>9789944425018</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Hipotermi</t>
+          <t>Şişman Kızla Sohbetler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789944425919</t>
+          <t>9786055506544</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hançerli Hanım</t>
+          <t>Şeytan’ın Kitabı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055261221</t>
+          <t>9786055715731</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Şarlman’ın İzinde</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789758509447</t>
+          <t>9786055715571</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Silas Marner</t>
+          <t>Süper Kız</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059241267</t>
+          <t>9786055715298</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Rüzgar Çanı</t>
+          <t>Her Şafakta Ölürüm</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055261627</t>
+          <t>9789758509690</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Matematikte 80 Küçük Deneme</t>
+          <t>Hayatta Kalma Kılavuzu</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789944425674</t>
+          <t>9789944425889</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Seyit Ali Reis</t>
+          <t>Halk Milliyetçiliğinin Öncüsü Herder</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055506704</t>
+          <t>9786055261153</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Selçukname</t>
+          <t>Hacı Bektaş</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789756316467</t>
+          <t>9789756316344</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Öyküler</t>
+          <t>Hayatname</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055506667</t>
+          <t>9786055715090</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular</t>
+          <t>Gururlu Peri</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055506070</t>
+          <t>9789944425094</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Selanik’in Gölgesinde Bir Sancak: Drama (1864-1913)</t>
+          <t>Herkes İçin Hipotermi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055261559</t>
+          <t>9789944425919</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Seçme Masallar</t>
+          <t>Hançerli Hanım</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055261085</t>
+          <t>9786055261221</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Sancı</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055261047</t>
+          <t>9789758509447</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Safran Yetiştiriciliği</t>
+          <t>Silas Marner</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055506605</t>
+          <t>9786059241267</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Rüya-Kar</t>
+          <t>Sihirli Rüzgar Çanı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055715595</t>
+          <t>9786055261627</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Saman Kalp’in Peşinde</t>
+          <t>Sihirli Matematikte 80 Küçük Deneme</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055715649</t>
+          <t>9789944425674</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Ormanda</t>
+          <t>Seyit Ali Reis</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055715656</t>
+          <t>9786055506704</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Nehir Kıyısında</t>
+          <t>Selçukname</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786055715670</t>
+          <t>9789756316467</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Kırda</t>
+          <t>Sıra Dışı Öyküler</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786055715618</t>
+          <t>9786055506667</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Işık Adasında</t>
+          <t>Selçuklular</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055715663</t>
+          <t>9786055506070</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Dağda</t>
+          <t>Selanik’in Gölgesinde Bir Sancak: Drama (1864-1913)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055715601</t>
+          <t>9786055261559</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Cüceler Ülkesinde</t>
+          <t>Seçme Masallar</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055715687</t>
+          <t>9786055261085</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Brötonya’da</t>
+          <t>Sancı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055715588</t>
+          <t>9786055261047</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Bahçede</t>
+          <t>Safran Yetiştiriciliği</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055715625</t>
+          <t>9786055506605</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Araba Yarışında</t>
+          <t>Rüya-Kar</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055261658</t>
+          <t>9786055715595</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kök Tengri’nin Çocukları</t>
+          <t>Pelin ile Arda Saman Kalp’in Peşinde</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055506674</t>
+          <t>9786055715649</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kozalaklı Mehmed Efe 2.Cilt</t>
+          <t>Pelin ile Arda Ormanda</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055506483</t>
+          <t>9786055715656</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kozalaklı Mehmed Efe - 1. Cilt</t>
+          <t>Pelin ile Arda Nehir Kıyısında</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786257201025</t>
+          <t>9786055715670</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kolsuz Kahraman</t>
+          <t>Pelin ile Arda Kırda</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789756316559</t>
+          <t>9786055715618</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Damga</t>
+          <t>Pelin ile Arda Işık Adasında</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055261511</t>
+          <t>9786055715663</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kavga Günleri</t>
+          <t>Pelin ile Arda Dağda</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>325</v>
+        <v>190</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789756316979</t>
+          <t>9786055715601</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Osmanlı İmparatorluğu Medeniyeti</t>
+          <t>Pelin ile Arda Cüceler Ülkesinde</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055506551</t>
+          <t>9786055715687</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
+          <t>Pelin ile Arda Brötonya’da</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055261238</t>
+          <t>9786055715588</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İnançların Gökkuşağı</t>
+          <t>Pelin ile Arda Bahçede</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786055506087</t>
+          <t>9786055715625</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İmam Şamil Ahhulgoh’ta</t>
+          <t>Pelin ile Arda Araba Yarışında</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055506537</t>
+          <t>9786055261658</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İlk Heyecanlar</t>
+          <t>Kök Tengri’nin Çocukları</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055261115</t>
+          <t>9786055506674</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İlahi Nur</t>
+          <t>Kozalaklı Mehmed Efe 2.Cilt</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055715816</t>
+          <t>9786055506483</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>İkizler İle Timo Gizli Geçitte</t>
+          <t>Kozalaklı Mehmed Efe - 1. Cilt</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055261375</t>
+          <t>9786257201025</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kahramanlar Ülkesinde İki Devir</t>
+          <t>Kolsuz Kahraman</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789756316382</t>
+          <t>9789756316559</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Haç</t>
+          <t>Kızıl Damga</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789944425070</t>
+          <t>9786055261511</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapay Sinekle Balık Avı</t>
+          <t>Kavga Günleri</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789944425087</t>
+          <t>9789756316979</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Tek Başına Doğa Yürüyüşü</t>
+          <t>İstanbul ve Osmanlı İmparatorluğu Medeniyeti</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789756316078</t>
+          <t>9786055506551</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Sırt Çantası Hazırlama</t>
+          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789756316061</t>
+          <t>9786055261238</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kampta Yemek Pişirmek</t>
+          <t>İnançların Gökkuşağı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789756316085</t>
+          <t>9786055506087</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kampçılıkta İlkyardım</t>
+          <t>İmam Şamil Ahhulgoh’ta</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789756316122</t>
+          <t>9786055506537</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Doğa Sporlarında Kadınlar</t>
+          <t>İlk Heyecanlar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789756316054</t>
+          <t>9786055261115</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Doğa Sporlarında Düğümler</t>
+          <t>İlahi Nur</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789756316146</t>
+          <t>9786055715816</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Dağcılık</t>
+          <t>İkizler İle Timo Gizli Geçitte</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789944425063</t>
+          <t>9786055261375</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin  Rafting</t>
+          <t>Hüzünlü Kahramanlar Ülkesinde İki Devir</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786055506964</t>
+          <t>9789756316382</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Hilal ve Haç</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786055261269</t>
+          <t>9789944425070</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Necdet</t>
+          <t>Herkes İçin Yapay Sinekle Balık Avı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786055715038</t>
+          <t>9789944425087</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Çocuk</t>
+          <t>Herkes İçin Tek Başına Doğa Yürüyüşü</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786055715113</t>
+          <t>9789756316078</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı’ndan Seçmeler</t>
+          <t>Herkes İçin Sırt Çantası Hazırlama</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055715885</t>
+          <t>9789756316061</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Herkes İçin Kampta Yemek Pişirmek</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789756316597</t>
+          <t>9789756316085</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Herkes İçin Kampçılıkta İlkyardım</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786055715212</t>
+          <t>9789756316122</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Herkes İçin Doğa Sporlarında Kadınlar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789756316788</t>
+          <t>9789756316054</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Herkes İçin Doğa Sporlarında Düğümler</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786055506896</t>
+          <t>9789756316146</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Herkes İçin Dağcılık</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789756316870</t>
+          <t>9789944425063</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Herkes İçin  Rafting</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789944425056</t>
+          <t>9786055506964</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Deyimlerden Seçmeler</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786055261184</t>
+          <t>9786055261269</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Turfanda Mı Yoksa Turfa Mı?</t>
+          <t>Zavallı Necdet</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789756316900</t>
+          <t>9786055715038</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786055506827</t>
+          <t>9786055715113</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Yunus Emre Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789758509263</t>
+          <t>9786055715885</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Savaş Dalgaları</t>
+          <t>Yeni Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786055506490</t>
+          <t>9789756316597</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Jantsen’in Hediyesi</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055715267</t>
+          <t>9786055715212</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Venedik Bir Balıktır</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789944425209</t>
+          <t>9789756316788</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Koçyiğit Köroğlu</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789756316832</t>
+          <t>9786055506896</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal Beyatlı Şiire Adanmış Bir Yaşam...</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>430</v>
+        <v>140</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786055715069</t>
+          <t>9789756316870</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Sol El</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789756316368</t>
+          <t>9789944425056</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler 2</t>
+          <t>Türkçe Deyimlerden Seçmeler</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786055506933</t>
+          <t>9786055261184</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Turfanda Mı Yoksa Turfa Mı?</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786055506889</t>
+          <t>9789756316900</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789944425377</t>
+          <t>9786055506827</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786055506810</t>
+          <t>9789758509263</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Savaş Dalgaları</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>100</v>
+        <v>530</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786055506766</t>
+          <t>9786055506490</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Jantsen’in Hediyesi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789944425353</t>
+          <t>9786055715267</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Venedik Bir Balıktır</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786055506209</t>
+          <t>9789944425209</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>İran’ın Son İki Yüzyıllık Tarihi</t>
+          <t>Koçyiğit Köroğlu</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786055715021</t>
+          <t>9789756316832</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sonrası Ortamında 1947 Türkiye İktisadi Kalkınma Planı</t>
+          <t>Yahya Kemal Beyatlı Şiire Adanmış Bir Yaşam...</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>225</v>
+        <v>570</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786055261542</t>
+          <t>9786055715069</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Rus Kaynaklarında Ermeni Sorunu</t>
+          <t>Sol El</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786055261528</t>
+          <t>9789756316368</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Erdoğan Merçil’e Armağan</t>
+          <t>Ömer Seyfettin Seçme Hikayeler 2</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>575</v>
+        <v>180</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789756316658</t>
+          <t>9786055506933</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789756316719</t>
+          <t>9786055506889</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786258274929</t>
+          <t>9789944425377</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Oklama Yöntemiyle Türkçenin Yapısal-İşlevsel Söz Dizimi</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786059521956</t>
+          <t>9786055506810</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Eskiçağ Tarihi 2</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786258274806</t>
+          <t>9786055506766</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786258274875</t>
+          <t>9789944425353</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Troya’dan Konstantinopolis’e Boğazlar</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786059241113</t>
+          <t>9786055506209</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Tarihi Gelişmesi</t>
+          <t>İran’ın Son İki Yüzyıllık Tarihi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786059521734</t>
+          <t>9786055715021</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Psikoloji</t>
+          <t>Savaş Sonrası Ortamında 1947 Türkiye İktisadi Kalkınma Planı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>725</v>
+        <v>290</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786258274714</t>
+          <t>9786055261542</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Altaylı Türkler</t>
+          <t>Rus Kaynaklarında Ermeni Sorunu</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258274813</t>
+          <t>9786055261528</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Roma’nın Afrikalı İmparatoru Septimius Severus</t>
+          <t>Prof. Dr. Erdoğan Merçil’e Armağan</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>330</v>
+        <v>780</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786258274721</t>
+          <t>9789756316658</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yedi Güzel (Heft Peyker)</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786258274851</t>
+          <t>9789756316719</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kızımın Yarınını Yaşamaya Geldik</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786055261078</t>
+          <t>9786258274929</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Yeni Eş ve Karşıt Anlamlı Kelimeler Sözlüğü</t>
+          <t>Oklama Yöntemiyle Türkçenin Yapısal-İşlevsel Söz Dizimi</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786258274738</t>
+          <t>9786059521956</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>M.Ö.1177'den Sonra-Medeniyetlerin Kurtuluşu</t>
+          <t>Türkiye'nin Eskiçağ Tarihi 2</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257556279</t>
+          <t>9786258274806</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Köstekli Saati</t>
+          <t>Divan-ı Hikmet</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>150</v>
+        <v>630</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258274820</t>
+          <t>9786258274875</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Neşter, Süngü ve Siyaset</t>
+          <t>Troya’dan Konstantinopolis’e Boğazlar</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786258274196</t>
+          <t>9786059241113</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Politik Söylemde Dil Ve İkna</t>
+          <t>Türkçenin Tarihi Gelişmesi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786258274882</t>
+          <t>9786059521734</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Babürlü Hükümdarı Hümayun Şah'ın Özel Kayıtları</t>
+          <t>Bilişsel Psikoloji</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>220</v>
+        <v>875</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258274707</t>
+          <t>9786258274714</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Açık Deniz</t>
+          <t>Altaylı Türkler</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257201049</t>
+          <t>9786258274813</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kökler</t>
+          <t>Roma’nın Afrikalı İmparatoru Septimius Severus</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258274691</t>
+          <t>9786258274721</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Yedi Güzel (Heft Peyker)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>580</v>
+        <v>390</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789944425346</t>
+          <t>9786258274851</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Demir Orkide</t>
+          <t>Kızımın Yarınını Yaşamaya Geldik</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789944425582</t>
+          <t>9786055261078</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Gemilerin Hikayesi</t>
+          <t>Yeni Eş ve Karşıt Anlamlı Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789756316498</t>
+          <t>9786258274738</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe Cumhuriyeti ve Cumhurbaşkanları</t>
+          <t>M.Ö.1177'den Sonra-Medeniyetlerin Kurtuluşu</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789758509591</t>
+          <t>9786257556279</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 5</t>
+          <t>Dedemin Köstekli Saati</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789758509584</t>
+          <t>9786258274820</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 4</t>
+          <t>Neşter, Süngü ve Siyaset</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789758509560</t>
+          <t>9786258274196</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 2</t>
+          <t>Politik Söylemde Dil Ve İkna</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789944425407</t>
+          <t>9786258274882</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Erkek Çocuklarına Resimli Öyküler (Ciltli)</t>
+          <t>Babürlü Hükümdarı Hümayun Şah'ın Özel Kayıtları</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>875</v>
+        <v>220</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786055261634</t>
+          <t>9786258274707</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli 100 Küçük Matematik Problemi</t>
+          <t>Açık Deniz</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786055506568</t>
+          <t>9786257201049</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Dost Olmak Dostu Sevmek</t>
+          <t>Kökler</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>140</v>
+        <v>530</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786055715120</t>
+          <t>9786258274691</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Destan Destan Çanakkale</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>160</v>
+        <v>580</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786055261245</t>
+          <t>9789944425346</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’te Bir Türk Dostu</t>
+          <t>Demir Orkide</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786055506308</t>
+          <t>9789944425582</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Elif’in Olağanüstü Düşleri - 2</t>
+          <t>Gemilerin Hikayesi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786055715397</t>
+          <t>9789756316498</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Değişik Yanlarıyla Yahya Kemal</t>
+          <t>Fenerbahçe Cumhuriyeti ve Cumhurbaşkanları</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786055715427</t>
+          <t>9789758509591</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Dante’nin Cehennemi Üzerine Dersler</t>
+          <t>Fadiş, Bediş, Ediş 5</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786055715045</t>
+          <t>9789758509584</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Gibi Dik Dur Sular Gibi Ak</t>
+          <t>Fadiş, Bediş, Ediş 4</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789756316177</t>
+          <t>9789758509560</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Düğüm Düğüm Üstüne</t>
+          <t>Fadiş, Bediş, Ediş 2</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789944425681</t>
+          <t>9789944425407</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Doğal Sağlık Rehberi</t>
+          <t>Erkek Çocuklarına Resimli Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>480</v>
+        <v>900</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789758509300</t>
+          <t>9786055261634</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Düşleri</t>
+          <t>Eğlenceli 100 Küçük Matematik Problemi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>285</v>
+        <v>240</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786055506698</t>
+          <t>9786055506568</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Dost Olmak Dostu Sevmek</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786055506865</t>
+          <t>9786055715120</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Destan Destan Çanakkale</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789756316269</t>
+          <t>9786055261245</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Dersaadet’te Bir Türk Dostu</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055261191</t>
+          <t>9786055506308</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Elif’in Olağanüstü Düşleri - 2</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786055261252</t>
+          <t>9786055715397</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Değişik Yanlarıyla Yahya Kemal</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789944425490</t>
+          <t>9786055715427</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Dante’nin Cehennemi Üzerine Dersler</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789756316795</t>
+          <t>9786055715045</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Dağlar Gibi Dik Dur Sular Gibi Ak</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789758509331</t>
+          <t>9789756316177</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Örnekli ve Açıklamalı Türkçe Deyimler Sözlüğü</t>
+          <t>Düğüm Düğüm Üstüne</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789756316481</t>
+          <t>9789944425681</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 1</t>
+          <t>Çocuklar İçin Doğal Sağlık Rehberi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786055715496</t>
+          <t>9789758509300</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağlarda Doğu ve Güneydoğu Anadolu</t>
+          <t>Çocuk Düşleri</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786055715335</t>
+          <t>9786055506698</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupa Tarihi</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789756316535</t>
+          <t>9786055506865</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 3 Sona Doğru</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>410</v>
+        <v>190</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786055506728</t>
+          <t>9789756316269</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Dilin Kökeni Üzerine</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789756316634</t>
+          <t>9786055261191</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786055261863</t>
+          <t>9786055261252</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C582" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786055506247</t>
+          <t>9789944425490</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Eşref Saat</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786258274486</t>
+          <t>9789756316795</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Cümbezin Kızı</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786057931351</t>
+          <t>9789758509331</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>Örnekli ve Açıklamalı Türkçe Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>150</v>
+        <v>590</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786054921997</t>
+          <t>9789756316481</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Eşek</t>
+          <t>Osmanlı Tarihi 1</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786258274592</t>
+          <t>9786055715496</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
+          <t>Orta Çağlarda Doğu ve Güneydoğu Anadolu</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786258274608</t>
+          <t>9786055715335</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 2 - Karlıcadağ'ın Melekleri</t>
+          <t>Orta Çağ Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786258274622</t>
+          <t>9789756316535</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
+          <t>Osmanlı Tarihi 3 Sona Doğru</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>120</v>
+        <v>540</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786258274639</t>
+          <t>9786055506728</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
+          <t>Dilin Kökeni Üzerine</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786258274615</t>
+          <t>9789756316634</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 3 - Sevgiler Düğüm Düğüm</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786258274646</t>
+          <t>9786055261863</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Sesleniş</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786258274028</t>
+          <t>9786055506247</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Yer Altındaki Dostlar</t>
+          <t>Eşref Saat</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786258274554</t>
+          <t>9786258274486</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Sultan Baybars ve Dönemi (1260-1277)</t>
+          <t>Cümbezin Kızı</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786258274462</t>
+          <t>9786057931351</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>El-Kamil’de Haçlılar (Ciltli)</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786258274585</t>
+          <t>9786054921997</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Asker ve Devlet</t>
+          <t>Gümüş Eşek</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>585</v>
+        <v>170</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786057931399</t>
+          <t>9786258274592</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar</t>
+          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786057931214</t>
+          <t>9786258274608</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilen Çok Yanılır</t>
+          <t>Alim Kız Büyüdü 2 - Karlıcadağ'ın Melekleri</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786057931238</t>
+          <t>9786258274622</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Akif Bey</t>
+          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786059241625</t>
+          <t>9786258274639</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Dile Genel Bir Bakış (Türkçe Örneklerle)</t>
+          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786055261283</t>
+          <t>9786258274615</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türküsü</t>
+          <t>Alim Kız Büyüdü 3 - Sevgiler Düğüm Düğüm</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>295</v>
+        <v>140</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786258274578</t>
+          <t>9786258274646</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İki Gözüm Türkçe</t>
+          <t>Sesleniş</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786258274561</t>
+          <t>9786258274028</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Kökenlerine Etimoloji Yolculuğu: Tarihi Türk Lehçelerinde Farazi Kök *yV- Örneği</t>
+          <t>Yer Altındaki Dostlar</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786258274547</t>
+          <t>9786258274554</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu Beşlemesi Bağlamında Türkiye'de Toplumsal Değişme</t>
+          <t>Sultan Baybars ve Dönemi (1260-1277)</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786258274653</t>
+          <t>9786258274462</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı Türkçesinde Tasarlama Kiplerinin Kiplik İşlevleri</t>
+          <t>El-Kamil’de Haçlılar (Ciltli)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>190</v>
+        <v>620</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786258274530</t>
+          <t>9786258274585</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Kısa Öykü ve Dilbilimsel Eleştiri</t>
+          <t>Asker ve Devlet</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>325</v>
+        <v>725</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786258274523</t>
+          <t>9786057931399</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Dönemi</t>
+          <t>Harezmşahlar</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>590</v>
+        <v>180</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786258274516</t>
+          <t>9786057931214</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Şiiri</t>
+          <t>Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786258274271</t>
+          <t>9786057931238</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Tekke Şiiri Antolojisi</t>
+          <t>Akif Bey</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257201889</t>
+          <t>9786059241625</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlülük - Eleştirel Bir Giriş</t>
+          <t>Dile Genel Bir Bakış (Türkçe Örneklerle)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786258274509</t>
+          <t>9786055261283</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Safeviler</t>
+          <t>Cumhuriyet Türküsü</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786258274370</t>
+          <t>9786258274578</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Felsefe</t>
+          <t>İki Gözüm Türkçe</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786258274479</t>
+          <t>9786258274561</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Ak-Koyunlu Türkmen Hükümdarı Sultan Yakub ve Dönemi (1478-1490)</t>
+          <t>Sözcüklerin Kökenlerine Etimoloji Yolculuğu: Tarihi Türk Lehçelerinde Farazi Kök *yV- Örneği</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786257201896</t>
+          <t>9786258274547</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Osman Yüksel Serdengeçti Bütün Şiirleri</t>
+          <t>Mustafa Kutlu Beşlemesi Bağlamında Türkiye'de Toplumsal Değişme</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786258274363</t>
+          <t>9786258274653</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Filozofların Özellikleri</t>
+          <t>Karahanlı Türkçesinde Tasarlama Kiplerinin Kiplik İşlevleri</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786258274387</t>
+          <t>9786258274530</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Temel Kitabı</t>
+          <t>Kısa Öykü ve Dilbilimsel Eleştiri</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>230</v>
+        <v>425</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786258274448</t>
+          <t>9786258274523</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Dersleri</t>
+          <t>Selahaddin Eyyubi ve Dönemi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>220</v>
+        <v>640</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786258274424</t>
+          <t>9786258274516</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Teori ve Popüler Kültüre Giriş</t>
+          <t>Eski Türk Şiiri</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786258274264</t>
+          <t>9786258274271</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Dervis Edebiyatı Araştırmaları: Sorgunlu Sıdkı Baba Divanı</t>
+          <t>Tekke Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>330</v>
+        <v>560</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786258274455</t>
+          <t>9786257201889</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Selef ile Halef Gölgesinde</t>
+          <t>Çokkültürlülük - Eleştirel Bir Giriş</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786258274417</t>
+          <t>9786258274509</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz</t>
+          <t>Safeviler</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786258274431</t>
+          <t>9786258274370</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Türk Ahlak Felsefesi İncelemeleri</t>
+          <t>Felsefe</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786258274288</t>
+          <t>9786258274479</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Farklılıkların Kilit Düşünürleri</t>
+          <t>Ak-Koyunlu Türkmen Hükümdarı Sultan Yakub ve Dönemi (1478-1490)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786258274400</t>
+          <t>9786257201896</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal</t>
+          <t>Osman Yüksel Serdengeçti Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258274394</t>
+          <t>9786258274363</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografi</t>
+          <t>Filozofların Özellikleri</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257201933</t>
+          <t>9786258274387</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Tarih - (1789-1950)</t>
+          <t>Türk Dili Temel Kitabı</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786258274332</t>
+          <t>9786258274448</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar, Karakoyunlular, Akkoyunlular, Safeviler</t>
+          <t>Osmanlı Türkçesi Dersleri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786258274295</t>
+          <t>9786258274424</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Ege ve Eski Yunan Tarihi-1</t>
+          <t>Kültürel Teori ve Popüler Kültüre Giriş</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>440</v>
+        <v>390</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786258274325</t>
+          <t>9786258274264</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail ve Sultan Selim</t>
+          <t>Dervis Edebiyatı Araştırmaları: Sorgunlu Sıdkı Baba Divanı</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786258274349</t>
+          <t>9786258274455</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Atlı Süvarilerinin Teşkilatlanmaları, Saldırı ve Savunma Taktikleri, Teçhizatları</t>
+          <t>Selef ile Halef Gölgesinde</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>125</v>
+        <v>480</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786258274318</t>
+          <t>9786258274417</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Çivril’de Kazanılan Büyük Zafer Myrıokephalon 1176 Türkiye Selçuklu-Bizans İlişkileri 1071-1180</t>
+          <t>Doğu Karadeniz</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786258274066</t>
+          <t>9786258274431</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri ve Edebiyatları Bölümleri için Rusça</t>
+          <t>Türk Ahlak Felsefesi İncelemeleri</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786258274301</t>
+          <t>9786258274288</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kırılıyor</t>
+          <t>Bireysel Farklılıkların Kilit Düşünürleri</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786258274257</t>
+          <t>9786258274400</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Beyaz İhtilale Doğru</t>
+          <t>Namık Kemal</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257201674</t>
+          <t>9786258274394</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Yazarlık Atölyesi - Yaratıcı Yazarlık ve Yazma Becerileri Dersi</t>
+          <t>Otobiyografi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786059521413</t>
+          <t>9786257201933</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Larousse Fransızca - Türkçe Sözlük (Ciltli)</t>
+          <t>Siyasal Tarih - (1789-1950)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>4500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786059521574</t>
+          <t>9786258274332</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Living Sentence Patterns In English</t>
+          <t>Osmanlılar, Karakoyunlular, Akkoyunlular, Safeviler</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>620</v>
+        <v>180</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257201216</t>
+          <t>9786258274295</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>Ege ve Eski Yunan Tarihi-1</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>270</v>
+        <v>460</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257201582</t>
+          <t>9786258274325</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Çözüm</t>
+          <t>Şah İsmail ve Sultan Selim</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786258274240</t>
+          <t>9786258274349</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Uzmanlık</t>
+          <t>Bozkır Atlı Süvarilerinin Teşkilatlanmaları, Saldırı ve Savunma Taktikleri, Teçhizatları</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786258274189</t>
+          <t>9786258274318</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Kirman Selçukluları</t>
+          <t>Çivril’de Kazanılan Büyük Zafer Myrıokephalon 1176 Türkiye Selçuklu-Bizans İlişkileri 1071-1180</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257201810</t>
+          <t>9786258274066</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Çağdaş Türk Lehçeleri ve Edebiyatları Bölümleri için Rusça</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>125</v>
+        <v>475</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786258274004</t>
+          <t>9786258274301</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Türk Mezar Taşı Edebiyatı</t>
+          <t>Tarih Kırılıyor</t>
         </is>
       </c>
       <c r="C643" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786258274219</t>
+          <t>9786258274257</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Antalya Yörük Türkmen Kitabı</t>
+          <t>Beyaz İhtilale Doğru</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786258274011</t>
+          <t>9786257201674</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'ın Eşiğinde</t>
+          <t>Yazarlık Atölyesi - Yaratıcı Yazarlık ve Yazma Becerileri Dersi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786258274233</t>
+          <t>9786059521413</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin'den Baybars'a Eyyubiler - Memluklar (1193-1260)</t>
+          <t>Larousse Fransızca - Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>440</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786258274158</t>
+          <t>9786059521574</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>İdea Nedir?</t>
+          <t>Living Sentence Patterns In English</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>130</v>
+        <v>780</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786258274134</t>
+          <t>9786257201216</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Yıldırım Gençosmanoğlu Alperenler Destanı</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786258274110</t>
+          <t>9786257201582</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Yıldırım Gençosmanoğlu Bozkurtların Destanı</t>
+          <t>Eğitime Çözüm</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786258274127</t>
+          <t>9786258274240</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut’tan Boğaç Han Ve Salur Kazan Destanları</t>
+          <t>Siyaset ve Uzmanlık</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786258274103</t>
+          <t>9786258274189</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Destanlar Burcu</t>
+          <t>Kirman Selçukluları</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257201919</t>
+          <t>9786257201810</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin Minyatür Tarihi</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257201940</t>
+          <t>9786258274004</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Demdeme</t>
+          <t>Türk Mezar Taşı Edebiyatı</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786258274141</t>
+          <t>9786258274219</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarda Türk Ve Türkçe</t>
+          <t>Antalya Yörük Türkmen Kitabı</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786258274080</t>
+          <t>9786258274011</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Tanpınar'ın Eşiğinde</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786258274073</t>
+          <t>9786258274233</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Okuma Üstüne Ayrıksı Metinler</t>
+          <t>Selahaddin'den Baybars'a Eyyubiler - Memluklar (1193-1260)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257201902</t>
+          <t>9786258274158</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan’da Milliyetçilik Ve Politika</t>
+          <t>İdea Nedir?</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257201957</t>
+          <t>9786258274134</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Düzyazı Kuramı</t>
+          <t>Niyazi Yıldırım Gençosmanoğlu Alperenler Destanı</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257201926</t>
+          <t>9786258274110</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin İlkeleri - Felsefeye Giriş 1</t>
+          <t>Niyazi Yıldırım Gençosmanoğlu Bozkurtların Destanı</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257201988</t>
+          <t>9786258274127</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Divan Dünyası</t>
+          <t>Dede Korkut’tan Boğaç Han Ve Salur Kazan Destanları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257201995</t>
+          <t>9786258274103</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Anlatma Esasına Bağlı Edebi Metinlerin Tahlili</t>
+          <t>Destanlar Burcu</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257201964</t>
+          <t>9786257201919</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Üslup ve Problemleri</t>
+          <t>Nesnelerin Minyatür Tarihi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257201827</t>
+          <t>9786257201940</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Bireyselleşme Serüveni</t>
+          <t>Demdeme</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786257201872</t>
+          <t>9786258274141</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Kuramlar</t>
+          <t>Kaynaklarda Türk Ve Türkçe</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257201537</t>
+          <t>9786258274080</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>El-Kamil’de Selçuklular</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>590</v>
+        <v>290</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257201865</t>
+          <t>9786258274073</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Ege Ve Eski Yunan Tarihi - II Klasik Ve Hellenistik Çağlar</t>
+          <t>Okuma Üstüne Ayrıksı Metinler</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257201834</t>
+          <t>9786257201902</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Azerbaycan’da Milliyetçilik Ve Politika</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257201698</t>
+          <t>9786257201957</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Moğol Kanunları</t>
+          <t>Düzyazı Kuramı</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257201650</t>
+          <t>9786257201926</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Milletlerinin Mukayeseli Tarihi</t>
+          <t>Felsefenin İlkeleri - Felsefeye Giriş 1</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>325</v>
+        <v>280</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786057931955</t>
+          <t>9786257201988</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti Tarihi (Ciltli)</t>
+          <t>Divan Dünyası</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>1100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257201681</t>
+          <t>9786257201995</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Oguz Bitig: Modern ve Tarihsel Oğuzca Üzerine Araştırmalar</t>
+          <t>Anlatma Esasına Bağlı Edebi Metinlerin Tahlili</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>475</v>
+        <v>240</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789756316405</t>
+          <t>9786257201964</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Edebiyatta Üslup ve Problemleri</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257201599</t>
+          <t>9786257201827</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik, Yeni Dünya Düzeni Ve Türkiye</t>
+          <t>Edebiyatımızda Bireyselleşme Serüveni</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257201636</t>
+          <t>9786257201872</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Taliban’ın Afganistan’ı - Devlet, Toplum, Siyaset</t>
+          <t>Edebiyat ve Kuramlar</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257201476</t>
+          <t>9786257201537</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu İslam Hukuku</t>
+          <t>El-Kamil’de Selçuklular</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257201469</t>
+          <t>9786257201865</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Safeviler Devrinde İran</t>
+          <t>Ege Ve Eski Yunan Tarihi - II Klasik Ve Hellenistik Çağlar</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257201575</t>
+          <t>9786257201834</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Osmanoğulları'nın Tarihi - Tevarih-i Al-i Osman</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257201551</t>
+          <t>9786257201698</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Mekandan Zamana Metaforik Transferler</t>
+          <t>Moğol Kanunları</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257201513</t>
+          <t>9786257201650</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Heredotus'tan Günümüze Siyasal Düşünceler Tarihi</t>
+          <t>Avrupa Milletlerinin Mukayeseli Tarihi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>1200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786257201605</t>
+          <t>9786057931955</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Edebiyattaki Tren, Şu Bildiğimiz Tren Değil Mi?</t>
+          <t>İslam Medeniyeti Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>165</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257201643</t>
+          <t>9786257201681</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi</t>
+          <t>Oguz Bitig: Modern ve Tarihsel Oğuzca Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>320</v>
+        <v>620</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786059241779</t>
+          <t>9789756316405</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Tabsıra - Akif Paşa'nın Gurur ve İsyan Çığlığı</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C682" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786055506278</t>
+          <t>9786257201599</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Doğular Batılar</t>
+          <t>Uluslararası Güvenlik, Yeni Dünya Düzeni Ve Türkiye</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786057931498</t>
+          <t>9786257201636</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kapsamlı Almanca Sözlük</t>
+          <t>Taliban’ın Afganistan’ı - Devlet, Toplum, Siyaset</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>1650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257201803</t>
+          <t>9786257201476</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hüseyin Şehriyar Farsça Divan’dan Seçmeler</t>
+          <t>Selçuklu İslam Hukuku</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257201858</t>
+          <t>9786257201469</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>XI.-XIII. Yüzyıllarda Türk-Gürcü İlişkileri</t>
+          <t>Safeviler Devrinde İran</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257201797</t>
+          <t>9786257201575</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Basınında Türkiye</t>
+          <t>Osmanoğulları'nın Tarihi - Tevarih-i Al-i Osman</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>175</v>
+        <v>580</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257201780</t>
+          <t>9786257201551</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanlığı</t>
+          <t>Mekandan Zamana Metaforik Transferler</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257201773</t>
+          <t>9786257201513</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Tarih Neye Yarar</t>
+          <t>Heredotus'tan Günümüze Siyasal Düşünceler Tarihi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>150</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257201742</t>
+          <t>9786257201605</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Newton'ın Elması ve Bilime İlişkin Diğer Mitler</t>
+          <t>Edebiyattaki Tren, Şu Bildiğimiz Tren Değil Mi?</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257201315</t>
+          <t>9786257201643</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma - Romulus'tan Justinianus'a</t>
+          <t>Demokrasi</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257201711</t>
+          <t>9786059241779</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Uzun Hasan ve Otlukbeli Savaşı</t>
+          <t>Tabsıra - Akif Paşa'nın Gurur ve İsyan Çığlığı</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257201759</t>
+          <t>9786055506278</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Fiillerdeki Fosil İsimler</t>
+          <t>Doğular Batılar</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257201667</t>
+          <t>9786057931498</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Haberin Ortaya Çıkışı</t>
+          <t>Kapsamlı Almanca Sözlük</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>440</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257201629</t>
+          <t>9786257201803</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiirinde Şekil ve Türler</t>
+          <t>Muhammed Hüseyin Şehriyar Farsça Divan’dan Seçmeler</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257201612</t>
+          <t>9786257201858</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiiri ve Divan Şiirinin Müşterekleri</t>
+          <t>XI.-XIII. Yüzyıllarda Türk-Gürcü İlişkileri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257201704</t>
+          <t>9786257201797</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma</t>
+          <t>Gürcü Basınında Türkiye</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257201728</t>
+          <t>9786257201780</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Felsefesi</t>
+          <t>Türk Kağanlığı</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257201452</t>
+          <t>9786257201773</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Çin Düşüncesi ve Kültürü Temel Kavramları - 1</t>
+          <t>Tarih Neye Yarar</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257201544</t>
+          <t>9786257201742</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Sultan Berkyaruk Devri Selçuklu Tarihi</t>
+          <t>Newton'ın Elması ve Bilime İlişkin Diğer Mitler</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257201506</t>
+          <t>9786257201315</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Yurtları</t>
+          <t>Antik Roma - Romulus'tan Justinianus'a</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257201520</t>
+          <t>9786257201711</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan ve Çin Günlüğü</t>
+          <t>Uzun Hasan ve Otlukbeli Savaşı</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257201490</t>
+          <t>9786257201759</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Tapınakçıların Çöküşü</t>
+          <t>Türkçe Fiillerdeki Fosil İsimler</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257201568</t>
+          <t>9786257201667</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Adil Mevla</t>
+          <t>Haberin Ortaya Çıkışı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257201421</t>
+          <t>9786257201629</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Bizans Tarihi</t>
+          <t>Türk Halk Şiirinde Şekil ve Türler</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257201445</t>
+          <t>9786257201612</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İran Mitolojisi</t>
+          <t>Halk Şiiri ve Divan Şiirinin Müşterekleri</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257201483</t>
+          <t>9786257201704</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Nors Mitolojisi</t>
+          <t>Kuşatma</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257201438</t>
+          <t>9786257201728</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Seyyahların Gözüyle Kafkasya</t>
+          <t>Demokrasi Felsefesi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257201414</t>
+          <t>9786257201452</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Cihanname</t>
+          <t>Çin Düşüncesi ve Kültürü Temel Kavramları - 1</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257201407</t>
+          <t>9786257201544</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Sofist</t>
+          <t>Sultan Berkyaruk Devri Selçuklu Tarihi</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257201384</t>
+          <t>9786257201506</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Selçukluların Muhteşem Sultanı - Melikşah</t>
+          <t>Türk Dilinin Yurtları</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257201391</t>
+          <t>9786257201520</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Kelime Gezgini</t>
+          <t>Moğolistan ve Çin Günlüğü</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257201353</t>
+          <t>9786257201490</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Ak-Koyunlu Devleti</t>
+          <t>Tapınakçıların Çöküşü</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257201346</t>
+          <t>9786257201568</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Ailesi Rif’at Paşa Sülalesi</t>
+          <t>Adil Mevla</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257201360</t>
+          <t>9786257201421</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Trabzon Rum Devleti</t>
+          <t>Bizans Tarihi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>175</v>
+        <v>440</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257201377</t>
+          <t>9786257201445</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Tanıkları</t>
+          <t>Sorularla İran Mitolojisi</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257201308</t>
+          <t>9786257201483</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Larousse - Dünya Mitolojileri (Ciltli)</t>
+          <t>Sorularla Nors Mitolojisi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>950</v>
+        <v>160</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257201230</t>
+          <t>9786257201438</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Selçuklularda Vergiler</t>
+          <t>Avrupalı Seyyahların Gözüyle Kafkasya</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257201339</t>
+          <t>9786257201414</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>Cihanname</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257201292</t>
+          <t>9786257201407</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet ve İstiklalimizin Gür Sesi: Mehmed Akif</t>
+          <t>Sofist</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786257201193</t>
+          <t>9786257201384</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı</t>
+          <t>Selçukluların Muhteşem Sultanı - Melikşah</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>425</v>
+        <v>290</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257201209</t>
+          <t>9786257201391</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Divan Şiiri Sözlüğü</t>
+          <t>Kelime Gezgini</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>490</v>
+        <v>160</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786257201285</t>
+          <t>9786257201353</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Savcı Bey</t>
+          <t>Ak-Koyunlu Devleti</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257201261</t>
+          <t>9786257201346</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Sarı Benizli Adam</t>
+          <t>Bir Türk Ailesi Rif’at Paşa Sülalesi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257201278</t>
+          <t>9786257201360</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Türk Korsanları</t>
+          <t>Trabzon Rum Devleti</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257201254</t>
+          <t>9786257201377</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Sencivanoğlu</t>
+          <t>Bozkırın Tanıkları</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257201247</t>
+          <t>9786257201308</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Müesseseleri ve Medeniyeti</t>
+          <t>Larousse - Dünya Mitolojileri (Ciltli)</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>825</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257201223</t>
+          <t>9786257201230</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Uygurlar</t>
+          <t>Selçuklularda Vergiler</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257201117</t>
+          <t>9786257201339</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Siyasi ve Kültürel İslam Tarihi (Ciltli)</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>1950</v>
+        <v>190</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786059521703</t>
+          <t>9786257201292</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Dizisi - Türk Dili Araştırmaları</t>
+          <t>Hürriyet ve İstiklalimizin Gür Sesi: Mehmed Akif</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257201148</t>
+          <t>9786257201193</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Son Teknoloji Moda İllüstrasyonu</t>
+          <t>Eski Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>500</v>
+        <v>525</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257201186</t>
+          <t>9786257201209</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Merzubanname</t>
+          <t>Açıklamalı Divan Şiiri Sözlüğü</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257201094</t>
+          <t>9786257201285</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Şiirimin Şehirleri</t>
+          <t>Savcı Bey</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257201162</t>
+          <t>9786257201261</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp ve Bingazi İle Büyük Sahra ve Sudan</t>
+          <t>Sarı Benizli Adam</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786257201179</t>
+          <t>9786257201278</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Fethedilenlerin Gözüyle Anadolu’nun Fethi</t>
+          <t>Türk Korsanları</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257201131</t>
+          <t>9786257201254</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Türkçülük Yazıları</t>
+          <t>Sencivanoğlu</t>
         </is>
       </c>
       <c r="C736" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786257201100</t>
+          <t>9786257201247</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Saat Yirmi Dörtte Saksafon Dersi</t>
+          <t>Selçuklu Müesseseleri ve Medeniyeti</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>130</v>
+        <v>950</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786257201087</t>
+          <t>9786257201223</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Dik Durmak</t>
+          <t>Uygurlar</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786257201124</t>
+          <t>9786257201117</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Yazıları</t>
+          <t>Siyasi ve Kültürel İslam Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>220</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786257201063</t>
+          <t>9786059521703</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Alman Filozofu Ernst Mortiz Arndt'ın Partikularizme Karşı Mücadelesi</t>
+          <t>Türklük Bilimi Dizisi - Türk Dili Araştırmaları</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786257201155</t>
+          <t>9786257201148</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Hindistan ve Türk Tarihi-Kültür Araştırmaları</t>
+          <t>Son Teknoloji Moda İllüstrasyonu</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>280</v>
+        <v>575</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786057931733</t>
+          <t>9786257201186</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Abdülkerim Özaydın’a Armağan - Ortaçağ Tarihçiliğinde Bir Duayen</t>
+          <t>Merzubanname</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786257201070</t>
+          <t>9786257201094</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı Üzerine Araştırmalar ve İncelemeler</t>
+          <t>Şiirimin Şehirleri</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786057931993</t>
+          <t>9786257201162</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kamburuma Üç Sebep</t>
+          <t>Trablusgarp ve Bingazi İle Büyük Sahra ve Sudan</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786057931979</t>
+          <t>9786257201179</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Türk Din Etnolojisi</t>
+          <t>Fethedilenlerin Gözüyle Anadolu’nun Fethi</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786057931931</t>
+          <t>9786257201131</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Kelime Köken</t>
+          <t>Türkçülük Yazıları</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786057931948</t>
+          <t>9786257201100</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Aşka Övgü</t>
+          <t>Saat Yirmi Dörtte Saksafon Dersi</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786057931894</t>
+          <t>9786257201087</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Devletinin Öncüleri</t>
+          <t>Dik Durmak</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786057931986</t>
+          <t>9786257201124</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut’un Günbed Yazması Üzerine</t>
+          <t>Türklük Bilimi Yazıları</t>
         </is>
       </c>
       <c r="C749" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786057931962</t>
+          <t>9786257201063</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Zaptiye Ahmet</t>
+          <t>Alman Filozofu Ernst Mortiz Arndt'ın Partikularizme Karşı Mücadelesi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786057931917</t>
+          <t>9786257201155</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Hindistan ve Türk Tarihi-Kültür Araştırmaları</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786057931788</t>
+          <t>9786057931733</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Zamanında Bir Osmanlı Binbaşısının Gözünden Libya</t>
+          <t>Prof. Dr. Abdülkerim Özaydın’a Armağan - Ortaçağ Tarihçiliğinde Bir Duayen</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786057931887</t>
+          <t>9786257201070</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yaşamında Oyunun Yeri</t>
+          <t>Dede Korkut Kitabı Üzerine Araştırmalar ve İncelemeler</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>150</v>
+        <v>560</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786057931832</t>
+          <t>9786057931993</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Estetik ve Sanat Felsefesi</t>
+          <t>Kamburuma Üç Sebep</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786057931818</t>
+          <t>9786057931979</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Türk'teki Şiirler ve Atasözleri</t>
+          <t>Türk Din Etnolojisi</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786057931825</t>
+          <t>9786057931931</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Tarihi</t>
+          <t>Kelime Köken</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786057931801</t>
+          <t>9786057931948</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Cengizname</t>
+          <t>Aşka Övgü</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786057931726</t>
+          <t>9786057931894</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bedenler</t>
+          <t>Yeni Türk Devletinin Öncüleri</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786057931771</t>
+          <t>9786057931986</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimiz İçin Tek Çıkar Yol</t>
+          <t>Dede Korkut’un Günbed Yazması Üzerine</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786057931764</t>
+          <t>9786057931962</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Bir Subayın Seydibeşir Esaret Kampı ve İstiklal Harbi Günlüğü</t>
+          <t>Zaptiye Ahmet</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786057931689</t>
+          <t>9786057931917</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Erenlerinin Kaynağı Horasan</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786057931757</t>
+          <t>9786057931788</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinden Masallar - 2</t>
+          <t>2. Abdülhamid Zamanında Bir Osmanlı Binbaşısının Gözünden Libya</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786057931740</t>
+          <t>9786057931887</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Türk Ülküsü</t>
+          <t>İnsan Yaşamında Oyunun Yeri</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786057931696</t>
+          <t>9786057931832</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Eşiğinde</t>
+          <t>Estetik ve Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786057931702</t>
+          <t>9786057931818</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Satuk Buğra Han ve Oğulları (921-1212)</t>
+          <t>Divanu Lugati't-Türk'teki Şiirler ve Atasözleri</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786057931672</t>
+          <t>9786057931825</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Asya Hun İmparatorluğu</t>
+          <t>Türk Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786057931658</t>
+          <t>9786057931801</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>15. Yüzyıl Osmanlı Kronikleri</t>
+          <t>Cengizname</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786057931665</t>
+          <t>9786057931726</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklularında Meslekler</t>
+          <t>Yabancı Bedenler</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786057931634</t>
+          <t>9786057931771</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türkçesi Metinleri</t>
+          <t>Geleceğimiz İçin Tek Çıkar Yol</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786057931641</t>
+          <t>9786057931764</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Siyakat Yazısı (Metin Çözümlemeli)</t>
+          <t>Meçhul Bir Subayın Seydibeşir Esaret Kampı ve İstiklal Harbi Günlüğü</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786057931603</t>
+          <t>9786057931689</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Milletler ve Hükümdarlar Tarihi Tarihu’l-ümem ve’l-mülük (2 cilt) (Ciltli)</t>
+          <t>Anadolu Erenlerinin Kaynağı Horasan</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>1500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786057931627</t>
+          <t>9786057931757</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'den Felsefe Manzaraları 4</t>
+          <t>Türk Mitolojisinden Masallar - 2</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786057931610</t>
+          <t>9786057931740</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Toplum</t>
+          <t>Türk Ülküsü</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786057931559</t>
+          <t>9786057931696</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu’nun Muhafızları</t>
+          <t>Zamanın Eşiğinde</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786057931474</t>
+          <t>9786057931702</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kimya mı Dediniz?</t>
+          <t>Satuk Buğra Han ve Oğulları (921-1212)</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786057931412</t>
+          <t>9786057931672</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeniyeti Tarihi</t>
+          <t>Asya Hun İmparatorluğu</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786057931566</t>
+          <t>9786057931658</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyasal İdeolojiler'de Kuram Yöntem Güncel Yaklaşımlar</t>
+          <t>15. Yüzyıl Osmanlı Kronikleri</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786057931542</t>
+          <t>9786057931665</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Selçuklunun Son Veziri Sahib Ata Fahreddin Ali ve Vakıfları</t>
+          <t>Türkiye Selçuklularında Meslekler</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786057931573</t>
+          <t>9786057931634</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Doktrinler Tarihi</t>
+          <t>Kazak Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786057931511</t>
+          <t>9786057931641</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Sosyal Sınıf Ve Kimlikler (Ciltli)</t>
+          <t>Siyakat Yazısı (Metin Çözümlemeli)</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>825</v>
+        <v>780</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786057931405</t>
+          <t>9786057931603</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Eskiçağ Tarihi 3</t>
+          <t>Milletler ve Hükümdarlar Tarihi Tarihu’l-ümem ve’l-mülük (2 cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>460</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786057931467</t>
+          <t>9786057931627</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Karadeniz</t>
+          <t>Türkiye'den Felsefe Manzaraları 4</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786057931450</t>
+          <t>9786057931610</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Hartlı Şeyh Eşref</t>
+          <t>Kültür ve Toplum</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786057931443</t>
+          <t>9786057931559</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Fransa Devrimi Üzerine Düşünceler 1790</t>
+          <t>İpek Yolu’nun Muhafızları</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786057931528</t>
+          <t>9786057931474</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Zongo'nun Değirmeni</t>
+          <t>Kimya mı Dediniz?</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786057931535</t>
+          <t>9786057931412</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Benlik ve Toplum</t>
+          <t>Türk Medeniyeti Tarihi</t>
         </is>
       </c>
       <c r="C786" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786057931504</t>
+          <t>9786057931566</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Deneysel Yönteme Giriş</t>
+          <t>Çağdaş Siyasal İdeolojiler'de Kuram Yöntem Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>430</v>
+        <v>520</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786057931436</t>
+          <t>9786057931542</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiye Türkçesi</t>
+          <t>Selçuklunun Son Veziri Sahib Ata Fahreddin Ali ve Vakıfları</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786057931429</t>
+          <t>9786057931573</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Söz Edimleri</t>
+          <t>Siyasi Doktrinler Tarihi</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786057931382</t>
+          <t>9786057931511</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kara ve Deniz Kuvvetleri</t>
+          <t>Osmanlı’da Sosyal Sınıf Ve Kimlikler (Ciltli)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>240</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786057931375</t>
+          <t>9786057931405</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Irak Selçuklu Devleti Atabegleri</t>
+          <t>Türkiye'nin Eskiçağ Tarihi 3</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>230</v>
+        <v>490</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786057931368</t>
+          <t>9786057931467</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Kuruluş Döneminde Veziriazamlık (1299 - 1453)</t>
+          <t>Tarih Boyunca Karadeniz</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786057931337</t>
+          <t>9786057931450</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>İslam Konulu Makaleleri</t>
+          <t>Hartlı Şeyh Eşref</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786057931252</t>
+          <t>9786057931443</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Fransa Devrimi Üzerine Düşünceler 1790</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786057931344</t>
+          <t>9786057931528</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
+          <t>Zongo'nun Değirmeni</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786057931269</t>
+          <t>9786057931535</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye'nin Hedefleri</t>
+          <t>Benlik ve Toplum</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>125</v>
+        <v>390</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786057931283</t>
+          <t>9786057931504</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Taşın Dediği</t>
+          <t>Psikolojide Deneysel Yönteme Giriş</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>140</v>
+        <v>560</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786057931313</t>
+          <t>9786057931436</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Safeviler Tekmiletü’l-Ahbar</t>
+          <t>Dünden Bugüne Türkiye Türkçesi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786057931306</t>
+          <t>9786057931429</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ'da Türkler Ermeniler Gürcüler</t>
+          <t>Söz Edimleri</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786057931245</t>
+          <t>9786057931382</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi</t>
+          <t>Osmanlı Kara ve Deniz Kuvvetleri</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786057931276</t>
+          <t>9786057931375</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sosyolojisi</t>
+          <t>Irak Selçuklu Devleti Atabegleri</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786057931184</t>
+          <t>9786057931368</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Toplumdilbilimi</t>
+          <t>Osmanlı Devleti’nin Kuruluş Döneminde Veziriazamlık (1299 - 1453)</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786057931160</t>
+          <t>9786057931337</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Anayurttan Anadolu'ya</t>
+          <t>İslam Konulu Makaleleri</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786057931207</t>
+          <t>9786057931252</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786057931221</t>
+          <t>9786057931344</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Ayyar Hamza</t>
+          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786057931191</t>
+          <t>9786057931269</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Tabip</t>
+          <t>Yeni Türkiye'nin Hedefleri</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786057931177</t>
+          <t>9786057931283</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Sinema - Post-modern Haçlı Seferi</t>
+          <t>Taşın Dediği</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786057931108</t>
+          <t>9786057931313</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Hikayeleri</t>
+          <t>Safeviler Tekmiletü’l-Ahbar</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786057931146</t>
+          <t>9786057931306</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kılçıklı Hikayeler</t>
+          <t>Orta Çağ'da Türkler Ermeniler Gürcüler</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786057931054</t>
+          <t>9786057931245</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Türk Postmodern Anlatılarında Modernizm Eleştirisi</t>
+          <t>Edebiyat Sosyolojisi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786057931122</t>
+          <t>9786057931276</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Jön Türk</t>
+          <t>Sanat Sosyolojisi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786057931139</t>
+          <t>9786057931184</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Mete - Börü Birliği</t>
+          <t>Toplumdilbilimi</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786057931061</t>
+          <t>9786057931160</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Zındıklık</t>
+          <t>Anayurttan Anadolu'ya</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786057931078</t>
+          <t>9786057931207</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Siyasi Tarihi (MÖ 3 - MS 7)</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786059521987</t>
+          <t>9786057931221</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Batı'da ve İslam Dünyasında Radikalizm ve Siyasi Reform</t>
+          <t>Ayyar Hamza</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786057931030</t>
+          <t>9786057931191</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Baki ve Estetiği</t>
+          <t>Zoraki Tabip</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786057931047</t>
+          <t>9786057931177</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Kültür</t>
+          <t>Sinema - Post-modern Haçlı Seferi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786057931016</t>
+          <t>9786057931108</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Mağara Duvarından Yansımalar</t>
+          <t>Sözcük Hikayeleri</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786057931023</t>
+          <t>9786057931146</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Siyaseti</t>
+          <t>Kılçıklı Hikayeler</t>
         </is>
       </c>
       <c r="C819" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786057931009</t>
+          <t>9786057931054</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Yeniçağ Felsefesi Tarihi</t>
+          <t>Türk Postmodern Anlatılarında Modernizm Eleştirisi</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>250</v>
+        <v>540</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786059521864</t>
+          <t>9786057931122</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>İslam Ülkelerinde Buluşlar</t>
+          <t>Jön Türk</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786059521994</t>
+          <t>9786057931139</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dini Tarihi - Başlangıçlarından Günümüze</t>
+          <t>Mete - Börü Birliği</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>385</v>
+        <v>150</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786059521390</t>
+          <t>9786057931061</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Tarihi ve Uygarlığı</t>
+          <t>Osmanlı Toplumunda Zındıklık</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>470</v>
+        <v>190</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786059521895</t>
+          <t>9786057931078</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Cinayat</t>
+          <t>Türklerin Siyasi Tarihi (MÖ 3 - MS 7)</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786059521901</t>
+          <t>9786059521987</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (İkinci Kitap)</t>
+          <t>Batı'da ve İslam Dünyasında Radikalizm ve Siyasi Reform</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786059521918</t>
+          <t>9786057931030</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Ege'nin Kurtuluş Destanı Yörük Ali Efe (Üçüncü Kitap)</t>
+          <t>Baki ve Estetiği</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>330</v>
+        <v>440</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786059521932</t>
+          <t>9786057931047</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Batı’da ve Türkiye’de Kuramsal Milliyetçilik</t>
+          <t>Göç ve Kültür</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786059521925</t>
+          <t>9786057931016</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yazınında Erkek-Lik(Ler) Kurgusu</t>
+          <t>Mağara Duvarından Yansımalar</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786059521888</t>
+          <t>9786057931023</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Atambayev'in Gölgesi Altında Kırgızistan</t>
+          <t>Kimlik Siyaseti</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786059521857</t>
+          <t>9786057931009</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Kronolojisi</t>
+          <t>Yeniçağ Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786059521871</t>
+          <t>9786059521864</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Hibrit Hikayeler</t>
+          <t>İslam Ülkelerinde Buluşlar</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786059521819</t>
+          <t>9786059521994</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Beylikleri</t>
+          <t>Türklerin Dini Tarihi - Başlangıçlarından Günümüze</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>530</v>
+        <v>520</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786059521758</t>
+          <t>9786059521390</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Selatinname (Ciltli)</t>
+          <t>İlkçağ Tarihi ve Uygarlığı</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>1500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786059521840</t>
+          <t>9786059521895</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Caz Çağı Öyküleri</t>
+          <t>Esrar-ı Cinayat</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786059521765</t>
+          <t>9786059521901</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Pontusçuluk Faaliyetleri</t>
+          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786059521826</t>
+          <t>9786059521918</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Üçgeninden Nasıl Kaçılır?</t>
+          <t>Ege'nin Kurtuluş Destanı Yörük Ali Efe (Üçüncü Kitap)</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786059521833</t>
+          <t>9786059521932</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Mete - Gizem Avcısı</t>
+          <t>Batı’da ve Türkiye’de Kuramsal Milliyetçilik</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786059521802</t>
+          <t>9786059521925</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kitabü't-Tenbih ve'l-İşraf</t>
+          <t>Osmanlı Yazınında Erkek-Lik(Ler) Kurgusu</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>410</v>
+        <v>170</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786059521772</t>
+          <t>9786059521888</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Atilla'nın Ölümü</t>
+          <t>Atambayev'in Gölgesi Altında Kırgızistan</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786059521789</t>
+          <t>9786059521857</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Uygur Yazıtları</t>
+          <t>Erzurum Kronolojisi</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786059521741</t>
+          <t>9786059521871</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>TerimBilimi</t>
+          <t>Hibrit Hikayeler</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786059521710</t>
+          <t>9786059521819</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Hipermodern Zamanlar</t>
+          <t>Anadolu Türk Beylikleri</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786059521727</t>
+          <t>9786059521758</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı ve Temelleri Hakkında Nutuk</t>
+          <t>Selatinname (Ciltli)</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>130</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786059521680</t>
+          <t>9786059521840</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>M.Ö. 1177 Medeniyetin Çöktüğü Yıl</t>
+          <t>Caz Çağı Öyküleri</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786059521635</t>
+          <t>9786059521765</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Yönetim ve Strateji</t>
+          <t>Günümüzde Pontusçuluk Faaliyetleri</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786059521628</t>
+          <t>9786059521826</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Cuma Değirmeni</t>
+          <t>Şeytan Üçgeninden Nasıl Kaçılır?</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>175</v>
+        <v>330</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786059521666</t>
+          <t>9786059521833</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Mete - Gizem Avcısı</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786059521604</t>
+          <t>9786059521802</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Yapısalcılık</t>
+          <t>Kitabü't-Tenbih ve'l-İşraf</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786059521611</t>
+          <t>9786059521772</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Felsefesi Tarihi</t>
+          <t>Atilla'nın Ölümü</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786059521642</t>
+          <t>9786059521789</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılık Kitabı</t>
+          <t>Uygur Yazıtları</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786059521659</t>
+          <t>9786059521741</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Eskiçağ Tarihi 1</t>
+          <t>TerimBilimi</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786059521598</t>
+          <t>9786059521710</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Türk Model Devleti Gök Türkler</t>
+          <t>Hipermodern Zamanlar</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>395</v>
+        <v>160</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786059521444</t>
+          <t>9786059521727</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Beng ü Bade</t>
+          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı ve Temelleri Hakkında Nutuk</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786059521383</t>
+          <t>9786059521680</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu Türküm Diyene</t>
+          <t>M.Ö. 1177 Medeniyetin Çöktüğü Yıl</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786059521369</t>
+          <t>9786059521635</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon İğne</t>
+          <t>Osmanlılar Yönetim ve Strateji</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786059521543</t>
+          <t>9786059521628</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat</t>
+          <t>Cuma Değirmeni</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786059521550</t>
+          <t>9786059521666</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Bana Hikaye Anlat(ma)</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786059521475</t>
+          <t>9786059521604</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Konfuçyüs ve Çin Felsefesinin Temelleri</t>
+          <t>Yapısalcılık</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786059521536</t>
+          <t>9786059521611</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet ve Maneviyat</t>
+          <t>İlkçağ Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C859" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786059521529</t>
+          <t>9786059521642</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Toplum Üstüne Düşünceler</t>
+          <t>Reklamcılık Kitabı</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786059521567</t>
+          <t>9786059521659</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Araştırılması - Dünya ya da Işık Üzerine Deneme</t>
+          <t>Türkiye'nin Eskiçağ Tarihi 1</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786059521505</t>
+          <t>9786059521598</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi Tarihi</t>
+          <t>Türk Model Devleti Gök Türkler</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786059521512</t>
+          <t>9786059521444</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Mete - Küçük Alp</t>
+          <t>Beng ü Bade</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786059521451</t>
+          <t>9786059521383</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Ne Mutlu Türküm Diyene</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786059521499</t>
+          <t>9786059521369</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Fosil Kelimeler</t>
+          <t>Bir Milyon İğne</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786059521420</t>
+          <t>9786059521543</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Türk Runik Bibliyografyası</t>
+          <t>Muhayyelat</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786059521468</t>
+          <t>9786059521550</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Uyanma Bildirisi</t>
+          <t>Bana Hikaye Anlat(ma)</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786059521321</t>
+          <t>9786059521475</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Define - Kan Damlası</t>
+          <t>Konfuçyüs ve Çin Felsefesinin Temelleri</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786059521260</t>
+          <t>9786059521536</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>İslam Coğrafyacılarına Göre Türkler ve Türk Ülkeleri</t>
+          <t>Sosyal Hizmet ve Maneviyat</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>440</v>
+        <v>280</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786059521277</t>
+          <t>9786059521529</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Mezarından Kalkan Şehir</t>
+          <t>Hayat ve Toplum Üstüne Düşünceler</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786059521352</t>
+          <t>9786059521567</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Ferahfeza</t>
+          <t>Hakikatin Araştırılması - Dünya ya da Işık Üzerine Deneme</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786059521314</t>
+          <t>9786059521505</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda İran</t>
+          <t>İslam Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786059521338</t>
+          <t>9786059521512</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Türk Adının Anlamı</t>
+          <t>Mete - Küçük Alp</t>
         </is>
       </c>
       <c r="C873" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786059521345</t>
+          <t>9786059521451</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Ve Tanrı Türk'ü Yarattı</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>120</v>
+        <v>480</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786059521284</t>
+          <t>9786059521499</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Söğüt'ten Şehr-i İstanbul'a Osmanlı</t>
+          <t>Türkçede Fosil Kelimeler</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786059521307</t>
+          <t>9786059521420</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste'den Seçmeler</t>
+          <t>Türk Runik Bibliyografyası</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786059521291</t>
+          <t>9786059521468</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Türk Sazı</t>
+          <t>Uyanma Bildirisi</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786059521161</t>
+          <t>9786059521321</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Freud Bana Masal Anlatsa</t>
+          <t>Define - Kan Damlası</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786059521239</t>
+          <t>9786059521260</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Doğu Asya'ya Seyahat</t>
+          <t>İslam Coğrafyacılarına Göre Türkler ve Türk Ülkeleri</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>125</v>
+        <v>460</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786059521246</t>
+          <t>9786059521277</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Metinlerarasılık ve Kurmacada Gerçeklik Üzerine</t>
+          <t>Mezarından Kalkan Şehir</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786059521253</t>
+          <t>9786059521352</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Ahilik ve Erzurum</t>
+          <t>Ferahfeza</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786059521222</t>
+          <t>9786059521314</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Filistin Seyahatnamesi</t>
+          <t>100 Soruda İran</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786059521215</t>
+          <t>9786059521338</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Metot Üzerine Konuşma</t>
+          <t>Türk Adının Anlamı</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786059521154</t>
+          <t>9786059521345</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk, Bir Kurşun ve Ötesi</t>
+          <t>Ve Tanrı Türk'ü Yarattı</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786059521178</t>
+          <t>9786059521284</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Altaylarda Kanlı Günler</t>
+          <t>Söğüt'ten Şehr-i İstanbul'a Osmanlı</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786059521185</t>
+          <t>9786059521307</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Safevi Şahı 2. İsmail</t>
+          <t>Rübab-ı Şikeste'den Seçmeler</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786059521123</t>
+          <t>9786059521291</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Betimleme</t>
+          <t>Türk Sazı</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786059521192</t>
+          <t>9786059521161</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Köleleştirilmesi</t>
+          <t>Freud Bana Masal Anlatsa</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786059521208</t>
+          <t>9786059521239</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Doğu Asya'ya Seyahat</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786059521130</t>
+          <t>9786059521246</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Müziksel Dünya Ütopyasında Adorno ile Bir Yolculuk</t>
+          <t>Metinlerarasılık ve Kurmacada Gerçeklik Üzerine</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786059521055</t>
+          <t>9786059521253</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Masalları ve Efsaneleri</t>
+          <t>Ahilik ve Erzurum</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786059521086</t>
+          <t>9786059521222</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Danişmendliler (1085-1178)</t>
+          <t>Filistin Seyahatnamesi</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786059521147</t>
+          <t>9786059521215</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Roman Kimlik Kültür</t>
+          <t>Metot Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786059521116</t>
+          <t>9786059521154</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Leibniz Hayatı ve Felsefesi</t>
+          <t>Bir Aşk, Bir Kurşun ve Ötesi</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>145</v>
+        <v>290</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786059521109</t>
+          <t>9786059521178</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin ve Sosyalizmin Sosyo-Politik Kökenleri</t>
+          <t>Altaylarda Kanlı Günler</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786059521062</t>
+          <t>9786059521185</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Çete Ayşe 1. Cilt</t>
+          <t>Safevi Şahı 2. İsmail</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786059521048</t>
+          <t>9786059521123</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Türkler Arasında Şiilik Cereyanları</t>
+          <t>Bilgi ve Betimleme</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786059521093</t>
+          <t>9786059521192</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Ural-Altay Mitolojisinde Arketipler ve Semboller</t>
+          <t>Kadınların Köleleştirilmesi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786059241977</t>
+          <t>9786059521208</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Mevlid</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786059241984</t>
+          <t>9786059521130</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Müziksel Dünya Ütopyasında Adorno ile Bir Yolculuk</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786059241960</t>
+          <t>9786059521055</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Kırgız Masalları ve Efsaneleri</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786059521017</t>
+          <t>9786059521086</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Roma Eyaletleri</t>
+          <t>Danişmendliler (1085-1178)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>185</v>
+        <v>340</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786059521031</t>
+          <t>9786059521147</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>İlhanlı Tarihi</t>
+          <t>Roman Kimlik Kültür</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786059241755</t>
+          <t>9786059521116</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Gagavuz Edebiyatı</t>
+          <t>Leibniz Hayatı ve Felsefesi</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>775</v>
+        <v>180</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786059521024</t>
+          <t>9786059521109</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Aşk</t>
+          <t>Faşizmin ve Sosyalizmin Sosyo-Politik Kökenleri</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786059521000</t>
+          <t>9786059521062</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Yer Adları (Ciltli)</t>
+          <t>Çete Ayşe 1. Cilt</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786059241991</t>
+          <t>9786059521048</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>El-Fahri</t>
+          <t>Türkler Arasında Şiilik Cereyanları</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786059241939</t>
+          <t>9786059521093</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Kuram-Eylem Birliği Olarak Sanat</t>
+          <t>Ural-Altay Mitolojisinde Arketipler ve Semboller</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786059241922</t>
+          <t>9786059241977</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Schelling</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786059241908</t>
+          <t>9786059241984</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Şeddadiler 951-1199</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>460</v>
+        <v>270</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786059241809</t>
+          <t>9786059241960</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786059241854</t>
+          <t>9786059521017</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan’da Kızıl Kıtlık (1929-1933)</t>
+          <t>Anadolu’da Roma Eyaletleri</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786059241793</t>
+          <t>9786059521031</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Dil</t>
+          <t>İlhanlı Tarihi</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>230</v>
+        <v>620</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786059241731</t>
+          <t>9786059241755</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Musavver Mısır Hatıratı</t>
+          <t>Gagavuz Edebiyatı</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>180</v>
+        <v>875</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786059241717</t>
+          <t>9786059521024</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Timur Tüzükatı</t>
+          <t>Gülşen-i Aşk</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786059241694</t>
+          <t>9786059521000</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Muhalefet</t>
+          <t>Eski Türk Yer Adları (Ciltli)</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786059241823</t>
+          <t>9786059241991</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Bir Kucak Köy Bir Kulaç Şehir</t>
+          <t>El-Fahri</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786059241915</t>
+          <t>9786059241939</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Kuram-Eylem Birliği Olarak Sanat</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786059241878</t>
+          <t>9786059241922</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Hatem Tayi Hikayeleri</t>
+          <t>Schelling</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786059241861</t>
+          <t>9786059241908</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Metal Çubukların Dansı</t>
+          <t>Şeddadiler 951-1199</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>140</v>
+        <v>590</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786059241892</t>
+          <t>9786059241809</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'daki Galatlar ve Galatya Tarihi</t>
+          <t>Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786059241847</t>
+          <t>9786059241854</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Savaş ve Kadın</t>
+          <t>Kazakistan’da Kızıl Kıtlık (1929-1933)</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786059241830</t>
+          <t>9786059241793</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi</t>
+          <t>Felsefe ve Dil</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786059241816</t>
+          <t>9786059241731</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein Yaşamı, Felsefesi, Yapıtları</t>
+          <t>Musavver Mısır Hatıratı</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786059241700</t>
+          <t>9786059241717</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu Devleti</t>
+          <t>Timur Tüzükatı</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786059241762</t>
+          <t>9786059241694</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Yer Altında Bir Şehir</t>
+          <t>Osmanlı’da Muhalefet</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786059241786</t>
+          <t>9786059241823</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan - Turan</t>
+          <t>Bir Kucak Köy Bir Kulaç Şehir</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786059241748</t>
+          <t>9786059241915</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Zigetvar'ın Laneti</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786059241663</t>
+          <t>9786059241878</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Reenkarnasyon</t>
+          <t>Hatem Tayi Hikayeleri</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786059241632</t>
+          <t>9786059241861</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in İkinci Kitabı</t>
+          <t>Metal Çubukların Dansı</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786059241656</t>
+          <t>9786059241892</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Yapı Bakımından Fiiller</t>
+          <t>Anadolu'daki Galatlar ve Galatya Tarihi</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786059241601</t>
+          <t>9786059241847</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Locke ile Leibniz</t>
+          <t>20. Yüzyılda Savaş ve Kadın</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786059241571</t>
+          <t>9786059241830</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilime Giriş</t>
+          <t>Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>325</v>
+        <v>750</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786059241564</t>
+          <t>9786059241816</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Şukasaptati</t>
+          <t>Wittgenstein Yaşamı, Felsefesi, Yapıtları</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>140</v>
+        <v>460</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786059241540</t>
+          <t>9786059241700</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Rus İktidarının Kalbinde</t>
+          <t>Büyük Selçuklu Devleti</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786059241557</t>
+          <t>9786059241762</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (Birinci Kitap)</t>
+          <t>Yer Altında Bir Şehir</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786059241526</t>
+          <t>9786059241786</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Notlar</t>
+          <t>Oğuz Kağan - Turan</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786059241403</t>
+          <t>9786059241748</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Fazilet ve Asalet</t>
+          <t>Zigetvar'ın Laneti</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786059241380</t>
+          <t>9786059241663</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar</t>
+          <t>İslam ve Reenkarnasyon</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786059241458</t>
+          <t>9786059241632</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesi Grameri</t>
+          <t>Hitler’in İkinci Kitabı</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786059241441</t>
+          <t>9786059241656</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Gazze Tarihi</t>
+          <t>Türk Dilinde Yapı Bakımından Fiiller</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>475</v>
+        <v>460</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786059241472</t>
+          <t>9786059241601</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Harika Çocuklar</t>
+          <t>Locke ile Leibniz</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786055261146</t>
+          <t>9786059241571</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram</t>
+          <t>Göstergebilime Giriş</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789944425247</t>
+          <t>9786059241564</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Yol Haritası</t>
+          <t>Şukasaptati</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786055261306</t>
+          <t>9786059241540</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Güneş’in Çocukları</t>
+          <t>Rus İktidarının Kalbinde</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786257201032</t>
+          <t>9786059241557</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Malkoçoğlu</t>
+          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (Birinci Kitap)</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786055261023</t>
+          <t>9786059241526</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Mağdurın Hikayesi</t>
+          <t>Notlar</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786059241311</t>
+          <t>9786059241403</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 7 - Madenci Cemal Dede</t>
+          <t>Fazilet ve Asalet</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786059241250</t>
+          <t>9786059241380</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Anonim Osmanlı Kroniği (Ciltli)</t>
+          <t>Osmanlılar</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>1250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786055261696</t>
+          <t>9786059241458</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Yetim Serçe'nin Serüvenleri</t>
+          <t>Kırgız Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786059241335</t>
+          <t>9786059241441</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 10 - Yeşil Cennete Doğru</t>
+          <t>Gazze Tarihi</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>120</v>
+        <v>620</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786059241120</t>
+          <t>9786059241472</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Billur Kalp</t>
+          <t>Harika Çocuklar</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786059241298</t>
+          <t>9786055261146</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Türk Bodun Bilimi Araştırmaları</t>
+          <t>Hacı Bayram</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786055715199</t>
+          <t>9789944425247</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Papaz</t>
+          <t>Güzelliğin Yol Haritası</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786059241281</t>
+          <t>9786055261306</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Dostlar</t>
+          <t>Güneş’in Çocukları</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786059241076</t>
+          <t>9786257201032</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk - Moğol Kişi Adları Sözlüğü</t>
+          <t>Malkoçoğlu</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786059241182</t>
+          <t>9786055261023</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>A Guide To English Idioms / English - Turkish</t>
+          <t>Mağdurın Hikayesi</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789758509836</t>
+          <t>9786059241311</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Alın Teri</t>
+          <t>Uzaydaki Mavi Bilye 7 - Madenci Cemal Dede</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786059241397</t>
+          <t>9786059241250</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>İbn Battuta Seyahatnamesi</t>
+          <t>Anonim Osmanlı Kroniği (Ciltli)</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>560</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789758509973</t>
+          <t>9786055261696</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Elvis Kudüs’te</t>
+          <t>Yetim Serçe'nin Serüvenleri</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>28</v>
+        <v>140</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786059241243</t>
+          <t>9786059241335</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Kül Tigin Yazıtı - Notlar</t>
+          <t>Uzaydaki Mavi Bilye 10 - Yeşil Cennete Doğru</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>430</v>
+        <v>150</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786059241205</t>
+          <t>9786059241120</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Edatlar</t>
+          <t>Billur Kalp</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786059241175</t>
+          <t>9786059241298</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Süveyş Kanalı</t>
+          <t>Türk Bodun Bilimi Araştırmaları</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>130</v>
+        <v>580</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786059241236</t>
+          <t>9786055715199</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Kokotlar Mektebi</t>
+          <t>Papaz</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786059241199</t>
+          <t>9786059241281</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Dil Felsefesi Tartışmaları</t>
+          <t>Özlenen Dostlar</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786059241212</t>
+          <t>9786059241076</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Aile Mutluluğu</t>
+          <t>Eski Türk - Moğol Kişi Adları Sözlüğü</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>120</v>
+        <v>950</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786054921386</t>
+          <t>9786059241182</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>14 - 15. Asır Osmanlı Kültür Tarihi - Devlet Düzeni Sosyal Hayat</t>
+          <t>A Guide To English Idioms / English - Turkish</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>420</v>
+        <v>440</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786059241144</t>
+          <t>9789758509836</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Psikolojisi</t>
+          <t>Alın Teri</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>470</v>
+        <v>240</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786059241106</t>
+          <t>9786059241397</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Bağrıyanık Ömer</t>
+          <t>İbn Battuta Seyahatnamesi</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>110</v>
+        <v>750</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786059241045</t>
+          <t>9789758509973</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Ses Bilgisi</t>
+          <t>Elvis Kudüs’te</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>230</v>
+        <v>28</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786059241014</t>
+          <t>9786059241243</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kazak Türkçesi</t>
+          <t>Kül Tigin Yazıtı - Notlar</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>320</v>
+        <v>540</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786054921911</t>
+          <t>9786059241205</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal (Tam Metin)</t>
+          <t>Türk Dilinde Edatlar</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786054921904</t>
+          <t>9786059241175</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Kolomb Macerası</t>
+          <t>Süveyş Kanalı</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786059241007</t>
+          <t>9786059241236</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Üstüne Felsefi Bir Yolculuk</t>
+          <t>Kokotlar Mektebi</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786059241038</t>
+          <t>9786059241199</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>İslam Kaynaklarına Göre Hz. İbrahim ve Haniflik</t>
+          <t>Dil Felsefesi Tartışmaları</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786059241083</t>
+          <t>9786059241212</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Bittiği Yerde Başlar</t>
+          <t>Aile Mutluluğu</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>375</v>
+        <v>140</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786055261894</t>
+          <t>9786054921386</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Son Tatar</t>
+          <t>14 - 15. Asır Osmanlı Kültür Tarihi - Devlet Düzeni Sosyal Hayat</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>420</v>
+        <v>580</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786055261917</t>
+          <t>9786059241144</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Gönderilmemiş Mektuplar</t>
+          <t>Siyaset Psikolojisi</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786054921683</t>
+          <t>9786059241106</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin : Şark'ın En Sevgili Sultanı</t>
+          <t>Bağrıyanık Ömer</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786059241052</t>
+          <t>9786059241045</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hun Kağanı Attila</t>
+          <t>Türkçenin Ses Bilgisi</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786054921881</t>
+          <t>9786059241014</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti’nin Mektupları ve Son Kitabı : Türkler ve Ermeniler</t>
+          <t>Çağdaş Kazak Türkçesi</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>145</v>
+        <v>320</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786054921874</t>
+          <t>9786054921911</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset ve Tartışmalar</t>
+          <t>A'mak-ı Hayal (Tam Metin)</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>185</v>
+        <v>320</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786055261122</t>
+          <t>9786054921904</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Ölü Ozanlar Derneği</t>
+          <t>Kolomb Macerası</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>140</v>
+        <v>520</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786054921829</t>
+          <t>9786059241007</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Bayburt - İsviçre Hattı</t>
+          <t>Mutluluk Üstüne Felsefi Bir Yolculuk</t>
         </is>
       </c>
       <c r="C984" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786054921867</t>
+          <t>9786059241038</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>İslam Kaynaklarına Göre Hz. İbrahim ve Haniflik</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786054921843</t>
+          <t>9786059241083</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Muhadarat</t>
+          <t>Bittiği Yerde Başlar</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786054921430</t>
+          <t>9786055261894</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Türkiye Cumhuriyeti’ne  Karadağ’da Türk Sefirleri ve Şehbenderleri</t>
+          <t>Son Tatar</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786054921805</t>
+          <t>9786055261917</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Salon Köşelerinde</t>
+          <t>Gönderilmemiş Mektuplar</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786054921850</t>
+          <t>9786054921683</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Selahaddin : Şark'ın En Sevgili Sultanı</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786054921836</t>
+          <t>9786059241052</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Sayfalar</t>
+          <t>Büyük Hun Kağanı Attila</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786054921591</t>
+          <t>9786054921881</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Tılsımdan Takıya (Ciltli)</t>
+          <t>Pierre Loti’nin Mektupları ve Son Kitabı : Türkler ve Ermeniler</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>850</v>
+        <v>180</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786054921751</t>
+          <t>9786054921874</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Hazar ve Karay Türkleri</t>
+          <t>Üç Tarz-ı Siyaset ve Tartışmalar</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786054921782</t>
+          <t>9786055261122</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Adam Var Alemden Öte</t>
+          <t>Ölü Ozanlar Derneği</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786054921560</t>
+          <t>9786054921829</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaşlığın Tarihi - Tarih-i Kızılbaşiyye</t>
+          <t>Bayburt - İsviçre Hattı</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786054921492</t>
+          <t>9786054921867</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786054921485</t>
+          <t>9786054921843</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Beyler Aman</t>
+          <t>Muhadarat</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786055506438</t>
+          <t>9786054921430</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Manga</t>
+          <t>Osmanlı’dan Türkiye Cumhuriyeti’ne  Karadağ’da Türk Sefirleri ve Şehbenderleri</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786055715373</t>
+          <t>9786054921805</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Çizim</t>
+          <t>Salon Köşelerinde</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786054921447</t>
+          <t>9786054921850</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Türk Halklarının Ortak Edebi Eserleri</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786054921799</t>
+          <t>9786054921836</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Pusula</t>
+          <t>Hayattan Sayfalar</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786054921737</t>
+          <t>9786054921591</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Tılsımdan Takıya (Ciltli)</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786054921768</t>
+          <t>9786054921751</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Güzide</t>
+          <t>Hazar ve Karay Türkleri</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786054921775</t>
+          <t>9786054921782</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu Tarihi - Son Devir (1261-1461)</t>
+          <t>Adam Var Alemden Öte</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786054921744</t>
+          <t>9786054921560</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>İçli Dışlı Bir Savaş : Gelibolu - Çanakkale 1915</t>
+          <t>Kızılbaşlığın Tarihi - Tarih-i Kızılbaşiyye</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786054921645</t>
+          <t>9786054921492</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler - 2</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786054921638</t>
+          <t>9786054921485</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler - 1</t>
+          <t>Beyler Aman</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>170</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786055261887</t>
+          <t>9786055506438</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihçileri</t>
+          <t>Yeni Başlayanlar İçin Manga</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>530</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786054921614</t>
+          <t>9786055715373</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşiler</t>
+          <t>Yeni Başlayanlar İçin Çizim</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>280</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786054921546</t>
+          <t>9786054921447</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Tarihi Coğrafyasına Giriş -1</t>
+          <t>Türk Halklarının Ortak Edebi Eserleri</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>325</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786054921409</t>
+          <t>9786054921799</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Yazı Sistemleri</t>
+          <t>Pusula</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786054921539</t>
+          <t>9786054921737</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Modern Kazak Edebiyatının Öncüsü Ibıray Altınsarin</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786054921515</t>
+          <t>9786054921768</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Kesmişti Selamı</t>
+          <t>Tarih-i Güzide</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786055261849</t>
+          <t>9786054921775</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Özer Ergenç'e Armağan</t>
+          <t>Bizans İmparatorluğu Tarihi - Son Devir (1261-1461)</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>550</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786055261856</t>
+          <t>9786054921744</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Türk Devletleri Tarihi</t>
+          <t>İçli Dışlı Bir Savaş : Gelibolu - Çanakkale 1915</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789758509270</t>
+          <t>9786054921645</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Çöl Çiçeği</t>
+          <t>Hikayeler - 2</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786054921423</t>
+          <t>9786054921638</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Galatası (1453-1600)</t>
+          <t>Hikayeler - 1</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786054921379</t>
+          <t>9786055261887</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Havva</t>
+          <t>Osmanlı Tarihçileri</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786054921362</t>
+          <t>9786054921614</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Atlıkarınca</t>
+          <t>Haşhaşiler</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786054921287</t>
+          <t>9786054921546</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Gelincik</t>
+          <t>Anadolu'nun Tarihi Coğrafyasına Giriş -1</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786055715342</t>
+          <t>9786054921409</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Batıni Çehresi</t>
+          <t>Başlangıcından Günümüze Türk Yazı Sistemleri</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>160</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786055261313</t>
+          <t>9786054921539</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Çakırcalı Mehmet Efe</t>
+          <t>Modern Kazak Edebiyatının Öncüsü Ibıray Altınsarin</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786055261177</t>
+          <t>9786054921515</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Çiçekler Kesmişti Selamı</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786055715106</t>
+          <t>9786055261849</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Öncesi Yazarlardan Çocuklara Hikayeler</t>
+          <t>Özer Ergenç'e Armağan</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>220</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786055506919</t>
+          <t>9786055261856</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Müslüman Türk Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>210</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786055715274</t>
+          <t>9789758509270</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Cassie</t>
+          <t>Çöl Çiçeği</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789944425476</t>
+          <t>9786054921423</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Cadı</t>
+          <t>Osmanlı Galatası (1453-1600)</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>44</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789756316801</t>
+          <t>9786054921379</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ustalar Gibi Düşünmek</t>
+          <t>Havva</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786055261016</t>
+          <t>9786054921362</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Bukağı</t>
+          <t>Atlıkarınca</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786055506902</t>
+          <t>9786054921287</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Boşnakların Türkiye’ye Göçleri 1878 -1934</t>
+          <t>Gelincik</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>375</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789756316573</t>
+          <t>9786055715342</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>İslam’ın Batıni Çehresi</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786055261566</t>
+          <t>9786055261313</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Büyüyeceksin</t>
+          <t>Çakırcalı Mehmet Efe</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786055506971</t>
+          <t>9786055261177</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Vardır Bende Benden İçeri</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786055261498</t>
+          <t>9786055715106</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile</t>
+          <t>Cumhuriyet Öncesi Yazarlardan Çocuklara Hikayeler</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789756316603</t>
+          <t>9786055506919</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Beyazlı Kadın</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786055715878</t>
+          <t>9786055715274</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Cassie</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789944425629</t>
+          <t>9789944425476</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Cadı</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>160</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786055715557</t>
+          <t>9789756316801</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Ben Çocukken</t>
+          <t>Büyük Ustalar Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786055715700</t>
+          <t>9786055261016</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Bayramlıklar</t>
+          <t>Bukağı</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>120</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786055261344</t>
+          <t>9786055506902</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Barnabas İncili</t>
+          <t>Boşnakların Türkiye’ye Göçleri 1878 -1934</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789944425483</t>
+          <t>9789756316573</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Babil’deki Yalnız Bebek</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786055261061</t>
+          <t>9786055261566</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Azap Toprakları</t>
+          <t>Bir Gün Büyüyeceksin</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786055715847</t>
+          <t>9786055506971</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>At Terbiyesi (Dresaj)</t>
+          <t>Bir Ben Vardır Bende Benden İçeri</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786055715328</t>
+          <t>9786055261498</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>At Çocuk</t>
+          <t>Bir Aile</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789758509683</t>
+          <t>9789756316603</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>Beyazlı Kadın</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786055506803</t>
+          <t>9786055715878</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789944425957</t>
+          <t>9789944425629</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Aptal Hamdi Bizi Güldürüyor</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789944425971</t>
+          <t>9786055715557</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Aptal Hamdi Avustralya’da</t>
+          <t>Ben Çocukken</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789944425544</t>
+          <t>9786055715700</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Anneme Mektup</t>
+          <t>Bayramlıklar</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786055261603</t>
+          <t>9786055261344</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefe</t>
+          <t>Barnabas İncili</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789756316733</t>
+          <t>9789944425483</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Babil’deki Yalnız Bebek</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786055715366</t>
+          <t>9786055261061</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Altın Çağ</t>
+          <t>Azap Toprakları</t>
         </is>
       </c>
       <c r="C1051" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786055715908</t>
+          <t>9786055715847</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Alın Yazım</t>
+          <t>At Terbiyesi (Dresaj)</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786055261054</t>
+          <t>9786055715328</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Ak Topraklar</t>
+          <t>At Çocuk</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786055506360</t>
+          <t>9789758509683</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Aile Sohbetleri</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C1054" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786055715359</t>
+          <t>9786055506803</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Kutsi Tecer Bütün Şiirleri</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789944425469</t>
+          <t>9789944425957</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Afgan Savaşı</t>
+          <t>Aptal Hamdi Bizi Güldürüyor</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789756316894</t>
+          <t>9789944425971</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>87 Oğuz</t>
+          <t>Aptal Hamdi Avustralya’da</t>
         </is>
       </c>
       <c r="C1057" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786055506384</t>
+          <t>9789944425544</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>7. Kadın</t>
+          <t>Anneme Mektup</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786055506735</t>
+          <t>9786055261603</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>1956 Macar İhtilali</t>
+          <t>Analitik Felsefe</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786054921003</t>
+          <t>9789756316733</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Gökçen Efe Destanı</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786059241427</t>
+          <t>9786055715366</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Bir Abdülhak Şinasi Hisar Vardı</t>
+          <t>Altın Çağ</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789944425391</t>
+          <t>9786055715908</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Gözcü</t>
+          <t>Alın Yazım</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786055506773</t>
+          <t>9786055261054</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Çizimin Temelleri</t>
+          <t>Ak Topraklar</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786055261092</t>
+          <t>9786055506360</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Büyür</t>
+          <t>Aile Sohbetleri</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786055261610</t>
+          <t>9786055715359</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Çete Ayşe Cilt: 2</t>
+          <t>Ahmet Kutsi Tecer Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786054921966</t>
+          <t>9789944425469</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Afgan Savaşı</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786054921959</t>
+          <t>9789756316894</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>87 Oğuz</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786054921393</t>
+          <t>9786055506384</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hakimiyetinde Kefe (1475-1600)</t>
+          <t>7. Kadın</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>675</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786054921355</t>
+          <t>9786055506735</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>The Tenses and Their Usage - Conditional Sentences With Answer Key</t>
+          <t>1956 Macar İhtilali</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>600</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789756316917</t>
+          <t>9786054921003</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'den Seçmeler</t>
+          <t>Gökçen Efe Destanı</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786055715786</t>
+          <t>9786059241427</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılmış Kent Yanya</t>
+          <t>Bir Abdülhak Şinasi Hisar Vardı</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786055715083</t>
+          <t>9789944425391</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Kurban</t>
+          <t>Gözcü</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786054921584</t>
+          <t>9786055506773</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’ya Seyahat</t>
+          <t>Çizimin Temelleri</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>210</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786054921577</t>
+          <t>9786055261092</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Milli Kurtuluş Hareketi : Uluğ Türkistan</t>
+          <t>Çiçekler Büyür</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786054921348</t>
+          <t>9786055261610</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Sökeli Cafer Efe</t>
+          <t>Çete Ayşe Cilt: 2</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786054921317</t>
+          <t>9786054921966</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Zincir</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786054921300</t>
+          <t>9786054921959</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Acı Su</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786054921270</t>
+          <t>9786054921393</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Biz İdil'den Ural'dan...</t>
+          <t>Osmanlı Hakimiyetinde Kefe (1475-1600)</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786059241410</t>
+          <t>9786054921355</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>İzmir Çıkmazı</t>
+          <t>The Tenses and Their Usage - Conditional Sentences With Answer Key</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>360</v>
+        <v>725</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786059241373</t>
+          <t>9789756316917</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Boyları</t>
+          <t>Kutadgu Bilig'den Seçmeler</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786054921225</t>
+          <t>9786055715786</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Mit ve Tarih Arasında: Orta Avrupa Edebiyat Tarihinde Türk İmgesi</t>
+          <t>Kuşatılmış Kent Yanya</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786054921249</t>
+          <t>9786055715083</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı</t>
+          <t>Kurban</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786055506650</t>
+          <t>9786054921584</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hesaplaşma</t>
+          <t>Orta Asya’ya Seyahat</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786054921218</t>
+          <t>9786054921577</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Moda İllüstrasyonları</t>
+          <t>Türkistan Milli Kurtuluş Hareketi : Uluğ Türkistan</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786054921195</t>
+          <t>9786054921348</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Ya Zaman Var Olmasaydı?</t>
+          <t>Sökeli Cafer Efe</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786055261207</t>
+          <t>9786054921317</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Valide Sultanları</t>
+          <t>Zincir</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786055261368</t>
+          <t>9786054921300</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Av Kültürü</t>
+          <t>Acı Su</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>150</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786055506445</t>
+          <t>9786054921270</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Av</t>
+          <t>Biz İdil'den Ural'dan...</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786257201001</t>
+          <t>9786059241410</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Atlı Han</t>
+          <t>İzmir Çıkmazı</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786055506995</t>
+          <t>9786059241373</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Bir Garip Yabancı 7</t>
+          <t>Eski Türk Boyları</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786059521970</t>
+          <t>9786054921225</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular / Cami'ü't-Tevarih</t>
+          <t>Mit ve Tarih Arasında: Orta Avrupa Edebiyat Tarihinde Türk İmgesi</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786054921102</t>
+          <t>9786054921249</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Larousse Semboller Sözlüğü (Ciltli)</t>
+          <t>Yanılgı</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>875</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786054921416</t>
+          <t>9786055506650</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Tarih Metodu</t>
+          <t>Büyük Hesaplaşma</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>210</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786054921133</t>
+          <t>9786054921218</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi İktisadi Kalkınma</t>
+          <t>Moda İllüstrasyonları</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>290</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786054921164</t>
+          <t>9786054921195</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağı'nın Ardında</t>
+          <t>Ya Zaman Var Olmasaydı?</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786054921508</t>
+          <t>9786055261207</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Şerhleri</t>
+          <t>Osmanlı’nın Valide Sultanları</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786054921478</t>
+          <t>9786055261368</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Tarihin Yankısı</t>
+          <t>Osmanlı’da Av Kültürü</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786055261931</t>
+          <t>9786055506445</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>İttihatçı-Senüsi İlişkileri (1908-1918)</t>
+          <t>Av</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786054921720</t>
+          <t>9786257201001</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Nimetşinas</t>
+          <t>Atlı Han</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786054921713</t>
+          <t>9786055506995</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Yakari ile Bir Garip Yabancı 7</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786054921690</t>
+          <t>9786059521970</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Selçuklular / Cami'ü't-Tevarih</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786054921294</t>
+          <t>9786054921102</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Hadidi Tarihi : Manzum Osmanlı Tarihi (1285 - 1523) (Ciltli)</t>
+          <t>Larousse Semboller Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>1750</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786054921553</t>
+          <t>9786054921416</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneğinde  Bürokrasi</t>
+          <t>Tarih Metodu</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786054921621</t>
+          <t>9786054921133</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Azazil'in Kapısında</t>
+          <t>Atatürk Dönemi İktisadi Kalkınma</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>145</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786059241366</t>
+          <t>9786054921164</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Kaf Dağı'nın Ardında</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>85</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786059241151</t>
+          <t>9786054921508</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Safranbolulu İzzet Mehmed Paşa ve Dönemi</t>
+          <t>Yunus Emre Şerhleri</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786059241342</t>
+          <t>9786054921478</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Ak Saçlı Genç Kız</t>
+          <t>Yaşlı Tarihin Yankısı</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786055261955</t>
+          <t>9786055261931</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Ütopyalar Işığında Gaspıralı’nın Darürrahat Müslümanları</t>
+          <t>İttihatçı-Senüsi İlişkileri (1908-1918)</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786055261870</t>
+          <t>9786054921720</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Canbaz - Bütün Eserleri</t>
+          <t>Nimetşinas</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786054921089</t>
+          <t>9786054921713</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Yakari Şimşek'in Sırrı -10</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786054921072</t>
+          <t>9786054921690</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Nanabozo 9</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786055506421</t>
+          <t>9786054921294</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Yakari Kurt Topraklarında 5</t>
+          <t>Hadidi Tarihi : Manzum Osmanlı Tarihi (1285 - 1523) (Ciltli)</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>180</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786055506407</t>
+          <t>9786054921553</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Yakari İle Kunduzlar 3</t>
+          <t>Türk Devlet Geleneğinde  Bürokrasi</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786054921324</t>
+          <t>9786054921621</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Tarikatname</t>
+          <t>Azazil'in Kapısında</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786054921157</t>
+          <t>9786059241366</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Monadoloji</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786055261009</t>
+          <t>9786059241151</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Beyaz Post 8</t>
+          <t>Safranbolulu İzzet Mehmed Paşa ve Dönemi</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786055261535</t>
+          <t>9786059241342</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar için Portre Çizimi</t>
+          <t>Ak Saçlı Genç Kız</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786055261818</t>
+          <t>9786055261955</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Türkler Arasında Bir Avrupalı - Auger Ghiselin de Busbecq (1521-1591)</t>
+          <t>Ütopyalar Işığında Gaspıralı’nın Darürrahat Müslümanları</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786055261962</t>
+          <t>9786055261870</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Aq Balapan Bayaz Yavru Kuş</t>
+          <t>Canbaz - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786054921119</t>
+          <t>9786054921089</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Öz Yurdunda Garipsin</t>
+          <t>Yakari Şimşek'in Sırrı -10</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786055506018</t>
+          <t>9786054921072</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Mavi Cennet</t>
+          <t>Yakari ile Nanabozo 9</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786055261580</t>
+          <t>9786055506421</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Masal Sevinci 2. Kitap</t>
+          <t>Yakari Kurt Topraklarında 5</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786055261573</t>
+          <t>9786055506407</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Masal Sevinci 1. Kitap</t>
+          <t>Yakari İle Kunduzlar 3</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786055261825</t>
+          <t>9786054921324</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>İşkodra'da Savaş</t>
+          <t>Tarikatname</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786054921096</t>
+          <t>9786054921157</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Yakari Toplu Albümü 1</t>
+          <t>Monadoloji</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>850</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786054921027</t>
+          <t>9786055261009</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Dilin Kökenleri</t>
+          <t>Yakari ile Beyaz Post 8</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786055261924</t>
+          <t>9786055261535</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyasında Köyler ve Köylüler - 19. Yüzyıl Balıkesir Örneği</t>
+          <t>Yeni Başlayanlar için Portre Çizimi</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>190</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786054921126</t>
+          <t>9786055261818</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasının Bayramı Yeni Gün (Nevruz)</t>
+          <t>Türkler Arasında Bir Avrupalı - Auger Ghiselin de Busbecq (1521-1591)</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>185</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789758509829</t>
+          <t>9786055261962</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yağmurları</t>
+          <t>Aq Balapan Bayaz Yavru Kuş</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789944425827</t>
+          <t>9786054921119</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Öz Yurdunda Garipsin</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>110</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789944425841</t>
+          <t>9786055506018</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma ve Türk Edebiyatı</t>
+          <t>Mavi Cennet</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>580</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786055506681</t>
+          <t>9786055261580</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yazım Kılavuzu</t>
+          <t>Masal Sevinci 2. Kitap</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789944425049</t>
+          <t>9786055261573</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkçe Sözlük</t>
+          <t>Masal Sevinci 1. Kitap</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789944425230</t>
+          <t>9786055261825</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>İşkodra'da Savaş</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789756316665</t>
+          <t>9786054921096</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralar</t>
+          <t>Yakari Toplu Albümü 1</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>190</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786055715311</t>
+          <t>9786054921027</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Hesaplaşma</t>
+          <t>Dilin Kökenleri</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789944425933</t>
+          <t>9786055261924</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Kangal (Karabaş) Türk Çoban Köpeği</t>
+          <t>Osmanlı Dünyasında Köyler ve Köylüler - 19. Yüzyıl Balıkesir Örneği</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>480</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786055715052</t>
+          <t>9786054921126</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Düşmanımın Beşiği</t>
+          <t>Türk Dünyasının Bayramı Yeni Gün (Nevruz)</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789944425834</t>
+          <t>9789758509829</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve Kağanlıkları</t>
+          <t>Mutluluk Yağmurları</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786054921065</t>
+          <t>9789944425827</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Vatan Uğrunda Yahut Yıldız Mahkemesinde</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786055715007</t>
+          <t>9789944425841</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>1929 Dünya Buhranında Türkiye’nin İktisadi Politika Arayışları</t>
+          <t>Batılılaşma ve Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1141" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789756316511</t>
+          <t>9786055506681</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>1895 Trabzon Olayları ve Ermenilerin Yargılanması</t>
+          <t>Yeni Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>155</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786055506940</t>
+          <t>9789944425049</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Kurtarılmayı Bekleyen Kurt</t>
+          <t>Yeni Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786055506957</t>
+          <t>9789944425230</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dedektifleri: Beyaz Aslan Yavrusu</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>120</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786055261399</t>
+          <t>9789756316665</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dedektifleri - Özgürlüğüne Kavuşan Mavi Yunus</t>
+          <t>Nasreddin Hoca Fıkralar</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786055261405</t>
+          <t>9786055715311</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dedektifleri - Kedi Firarda</t>
+          <t>Kanlı Hesaplaşma</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789756316771</t>
+          <t>9789944425933</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler</t>
+          <t>Kangal (Karabaş) Türk Çoban Köpeği</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9789758509515</t>
+          <t>9786055715052</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kanat</t>
+          <t>Düşmanımın Beşiği</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786257201018</t>
+          <t>9789944425834</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Gültekin</t>
+          <t>Türkler ve Kağanlıkları</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9789944425551</t>
+          <t>9786054921065</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Güç Oyunu</t>
+          <t>Vatan Uğrunda Yahut Yıldız Mahkemesinde</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786055261993</t>
+          <t>9786055715007</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesi Gazetecilik ve Edebiyat</t>
+          <t>1929 Dünya Buhranında Türkiye’nin İktisadi Politika Arayışları</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786054921140</t>
+          <t>9789756316511</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Miletli Anaksimandros Ya Da Bilimsel Düşüncenin Doğuşu</t>
+          <t>1895 Trabzon Olayları ve Ermenilerin Yargılanması</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>210</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786055506322</t>
+          <t>9786055506940</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Şark Hikayeleri</t>
+          <t>Kurtarılmayı Bekleyen Kurt</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789944425810</t>
+          <t>9786055506957</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Hayvan Dedektifleri: Beyaz Aslan Yavrusu</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786054921010</t>
+          <t>9786055261399</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Yıldızlarla</t>
+          <t>Hayvan Dedektifleri - Özgürlüğüne Kavuşan Mavi Yunus</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786055261788</t>
+          <t>9786055261405</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Hayvan Dedektifleri - Kedi Firarda</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786055261832</t>
+          <t>9789756316771</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hareketlerin Sosyolojisi</t>
+          <t>Türk Manilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>475</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786055261801</t>
+          <t>9789758509515</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Robotik</t>
+          <t>Gümüş Kanat</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786055261795</t>
+          <t>9786257201018</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Robotumu Yapıyorum</t>
+          <t>Gültekin</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786055261733</t>
+          <t>9789944425551</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Gençlik</t>
+          <t>Güç Oyunu</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786055261726</t>
+          <t>9786055261993</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dışı</t>
+          <t>Osmanlı Modernleşmesi Gazetecilik ve Edebiyat</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
+          <t>9786054921140</t>
+        </is>
+      </c>
+      <c r="B1162" s="1" t="inlineStr">
+        <is>
+          <t>Miletli Anaksimandros Ya Da Bilimsel Düşüncenin Doğuşu</t>
+        </is>
+      </c>
+      <c r="C1162" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:3">
+      <c r="A1163" s="1" t="inlineStr">
+        <is>
+          <t>9786055506322</t>
+        </is>
+      </c>
+      <c r="B1163" s="1" t="inlineStr">
+        <is>
+          <t>Şark Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C1163" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:3">
+      <c r="A1164" s="1" t="inlineStr">
+        <is>
+          <t>9789944425810</t>
+        </is>
+      </c>
+      <c r="B1164" s="1" t="inlineStr">
+        <is>
+          <t>Şair Evlenmesi</t>
+        </is>
+      </c>
+      <c r="C1164" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:3">
+      <c r="A1165" s="1" t="inlineStr">
+        <is>
+          <t>9786054921010</t>
+        </is>
+      </c>
+      <c r="B1165" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gece Yıldızlarla</t>
+        </is>
+      </c>
+      <c r="C1165" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:3">
+      <c r="A1166" s="1" t="inlineStr">
+        <is>
+          <t>9786055261788</t>
+        </is>
+      </c>
+      <c r="B1166" s="1" t="inlineStr">
+        <is>
+          <t>Babalar ve Oğullar</t>
+        </is>
+      </c>
+      <c r="C1166" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:3">
+      <c r="A1167" s="1" t="inlineStr">
+        <is>
+          <t>9786055261832</t>
+        </is>
+      </c>
+      <c r="B1167" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hareketlerin Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1167" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:3">
+      <c r="A1168" s="1" t="inlineStr">
+        <is>
+          <t>9786055261801</t>
+        </is>
+      </c>
+      <c r="B1168" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Robotik</t>
+        </is>
+      </c>
+      <c r="C1168" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:3">
+      <c r="A1169" s="1" t="inlineStr">
+        <is>
+          <t>9786055261795</t>
+        </is>
+      </c>
+      <c r="B1169" s="1" t="inlineStr">
+        <is>
+          <t>İlk Hareketli Robotumu Yapıyorum</t>
+        </is>
+      </c>
+      <c r="C1169" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:3">
+      <c r="A1170" s="1" t="inlineStr">
+        <is>
+          <t>9786055261733</t>
+        </is>
+      </c>
+      <c r="B1170" s="1" t="inlineStr">
+        <is>
+          <t>İhtiyar Gençlik</t>
+        </is>
+      </c>
+      <c r="C1170" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:3">
+      <c r="A1171" s="1" t="inlineStr">
+        <is>
+          <t>9786055261726</t>
+        </is>
+      </c>
+      <c r="B1171" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Dışı</t>
+        </is>
+      </c>
+      <c r="C1171" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:3">
+      <c r="A1172" s="1" t="inlineStr">
+        <is>
           <t>9786055261764</t>
         </is>
       </c>
-      <c r="B1162" s="1" t="inlineStr">
+      <c r="B1172" s="1" t="inlineStr">
         <is>
           <t>Nisan Yağmuru</t>
         </is>
       </c>
-      <c r="C1162" s="1">
-        <v>180</v>
+      <c r="C1172" s="1">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>