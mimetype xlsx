--- v2 (2026-02-06)
+++ v3 (2026-03-29)
@@ -85,17605 +85,17740 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255541628</t>
+          <t>9786255541734</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçi Fikir Dergiciliği</t>
+          <t>Türkçenin Doğru Etkili ve Güzel Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255541666</t>
+          <t>9786255541659</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sumer Kent Devletleri’nin Tanrı ve Tanrıçaları</t>
+          <t>Hegel'de Özgürlük Felsefesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>570</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255541512</t>
+          <t>9786255541727</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Komik Edebi Türler</t>
+          <t>Kudüs Haçlı Krallığı'nda Kale-Kentler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255541635</t>
+          <t>9786255541703</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan’a Yolculuk</t>
+          <t>Türk ve Dünya Edebiyatında Kara Anlatı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255541253</t>
+          <t>9786255541673</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Tarihi</t>
+          <t>Atsız Yazıları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255541406</t>
+          <t>9786255541697</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Uzak Diyarların Kaşifleri</t>
+          <t>Antik Yunan ve Roma</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>640</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255541505</t>
+          <t>9786255541680</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Safevi Tarihi - Ahsenü’t-Tevarih</t>
+          <t>Halk Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255541604</t>
+          <t>9786255541529</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Tarihi Göç ve Yerleşim</t>
+          <t>Müslüman Bilincin Kapanması</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255541567</t>
+          <t>9786255541642</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Tarihi I</t>
+          <t>Fars Hükümdarı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255541611</t>
+          <t>9786255541628</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Rıza Tevfik Şiirleri ve Mektupları</t>
+          <t>Milliyetçi Fikir Dergiciliği</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258274981</t>
+          <t>9786255541666</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlarda Tarih - Coğrafya Yazıcılığı (Ciltli)</t>
+          <t>Sumer Kent Devletleri’nin Tanrı ve Tanrıçaları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255541581</t>
+          <t>9786255541512</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik, Yeni Dünya Düzeni ve Türkiye</t>
+          <t>Komik Edebi Türler</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255541574</t>
+          <t>9786255541635</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Doğu Türkistan’a Yolculuk</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255541475</t>
+          <t>9786255541253</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeze Doğru</t>
+          <t>İstanbul Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255541550</t>
+          <t>9786255541406</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Metefor</t>
+          <t>Uzak Diyarların Kaşifleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>640</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255541543</t>
+          <t>9786255541505</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Esad Düşerken</t>
+          <t>Safevi Tarihi - Ahsenü’t-Tevarih</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>210</v>
+        <v>750</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255541536</t>
+          <t>9786255541604</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Amerikalı</t>
+          <t>Moğolların Tarihi Göç ve Yerleşim</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255541352</t>
+          <t>9786255541567</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Modern Sosyoloji Kuramları</t>
+          <t>Haçlı Seferleri Tarihi I</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>880</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255541345</t>
+          <t>9786255541611</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Klasik Sosyoloji Kuramları</t>
+          <t>Rıza Tevfik Şiirleri ve Mektupları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>820</v>
+        <v>290</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255541369</t>
+          <t>9786258274981</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Kuramları</t>
+          <t>Müslümanlarda Tarih - Coğrafya Yazıcılığı (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>950</v>
+        <v>900</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255541338</t>
+          <t>9786255541581</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Doğru Bilinen Yanlışlar</t>
+          <t>Uluslararası Güvenlik, Yeni Dünya Düzeni ve Türkiye</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255541321</t>
+          <t>9786255541574</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Eğitim</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255541444</t>
+          <t>9786255541475</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Kişi Adları</t>
+          <t>Bilinmeze Doğru</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255541277</t>
+          <t>9786255541550</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gora</t>
+          <t>Felsefede Metefor</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255541413</t>
+          <t>9786255541543</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Menkıbeleri</t>
+          <t>Esad Düşerken</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255541383</t>
+          <t>9786255541536</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>Çirkin Amerikalı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255541420</t>
+          <t>9786255541352</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mina (1)</t>
+          <t>Modern Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>550</v>
+        <v>880</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255541468</t>
+          <t>9786255541345</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mina (2)</t>
+          <t>Klasik Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>550</v>
+        <v>820</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255541437</t>
+          <t>9786255541369</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Esaretin Diplomasisi - Memlûk-Altın Orda İlişkileri ve Karadeniz Köle Ticareti (1260-1354)</t>
+          <t>Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>950</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258274202</t>
+          <t>9786255541338</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Hayat</t>
+          <t>Tarihte Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258274356</t>
+          <t>9786255541321</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yakıt Pili Sistemleri Açıklamalı</t>
+          <t>Demokrasi ve Eğitim</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>2000</v>
+        <v>380</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057931153</t>
+          <t>9786255541444</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Derviş Tarzı Türk Edebiyatı</t>
+          <t>Eski Türk Kişi Adları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055135058</t>
+          <t>9786255541277</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tuna’nın Türk’ü Tuna’nın Türküsü</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>460</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055715236</t>
+          <t>9786255541413</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hayalet İzler</t>
+          <t>Ariflerin Menkıbeleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>22</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944425759</t>
+          <t>9786255541383</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Canlı Hedef</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>22</v>
+        <v>320</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758509096</t>
+          <t>9786255541420</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yörünge</t>
+          <t>Mina (1)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>13.89</v>
+        <v>550</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756316337</t>
+          <t>9786255541468</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yorumcu</t>
+          <t>Mina (2)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>14.81</v>
+        <v>550</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789758509775</t>
+          <t>9786255541437</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 6 - Yer Altındaki Dostlar</t>
+          <t>Esaretin Diplomasisi - Memlûk-Altın Orda İlişkileri ve Karadeniz Köle Ticareti (1260-1354)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>68</v>
+        <v>280</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758509065</t>
+          <t>9786258274202</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Adres</t>
+          <t>Edebiyat ve Hayat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>13.89</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055715182</t>
+          <t>9786258274356</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yalan Söyleme, Nalan!</t>
+          <t>Yakıt Pili Sistemleri Açıklamalı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>9</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758509911</t>
+          <t>9786057931153</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Dünyanın Çağrısı</t>
+          <t>Derviş Tarzı Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>5.56</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756316993</t>
+          <t>9786055135058</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Adam</t>
+          <t>Tuna’nın Türk’ü Tuna’nın Türküsü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055261665</t>
+          <t>9786055715236</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türk’üm Özür Dilerim</t>
+          <t>Hayalet İzler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>12.04</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944425803</t>
+          <t>9789944425759</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Canlı Hedef</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055506612</t>
+          <t>9789758509096</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları : Seçmeler</t>
+          <t>Yörünge</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>16</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756316689</t>
+          <t>9789756316337</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Türk Korsanları</t>
+          <t>Yorumcu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>32</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944425612</t>
+          <t>9789758509775</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Trenlerin Hikayesi</t>
+          <t>Uzaydaki Mavi Bilye 6 - Yer Altındaki Dostlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>9</v>
+        <v>68</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789756316610</t>
+          <t>9789758509065</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Yanlış Adres</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>6</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789756316580</t>
+          <t>9786055715182</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tavla Sarayda Ölümcül Bir Oyun</t>
+          <t>Yalan Söyleme, Nalan!</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>7.41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789756316207</t>
+          <t>9789758509911</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Takip</t>
+          <t>Vahşi Dünyanın Çağrısı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758509362</t>
+          <t>9789756316993</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Şanghay Bebeği</t>
+          <t>Unutulan Adam</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055506858</t>
+          <t>9786055261665</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İnsansız Uçak Aldatmacası</t>
+          <t>Türk’üm Özür Dilerim</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>23</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055261986</t>
+          <t>9789944425803</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Doğu Dinlerinde Hac İbadeti Hinduzim ve Budizm</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>13.89</v>
+        <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055261948</t>
+          <t>9786055506612</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Niçin?</t>
+          <t>Türk Masalları : Seçmeler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>15.74</v>
+        <v>16</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055135010</t>
+          <t>9789756316689</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bey’im Aman!</t>
+          <t>Türk Korsanları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>9.26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058595804</t>
+          <t>9789944425612</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Çözüm</t>
+          <t>Trenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>6.94</v>
+        <v>9</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059241618</t>
+          <t>9789756316610</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Neşenin Gücü</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059241168</t>
+          <t>9789756316580</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Siyaset Bilimi</t>
+          <t>Tavla Sarayda Ölümcül Bir Oyun</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>27.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059241946</t>
+          <t>9789756316207</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon'dan Kağanlığa</t>
+          <t>Takip</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059241519</t>
+          <t>9789758509362</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Hikaye</t>
+          <t>Şanghay Bebeği</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>360</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054921522</t>
+          <t>9786055506858</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>11 Aşamada Biofeedback Yöntemiyle Anlayarak Hızlı Okumayı Öğrenme</t>
+          <t>Türkiye’de İnsansız Uçak Aldatmacası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>225</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059521673</t>
+          <t>9786055261986</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan'ın Vasiyeti</t>
+          <t>Doğu Dinlerinde Hac İbadeti Hinduzim ve Budizm</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059241588</t>
+          <t>9786055261948</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Niçin?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>25</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059241496</t>
+          <t>9786055135010</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Bey’im Aman!</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059241489</t>
+          <t>9786058595804</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>Eğitime Çözüm</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054921942</t>
+          <t>9786059241618</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Neşenin Gücü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>12</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054921935</t>
+          <t>9786059241168</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Yeni Başlayanlar İçin Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>12</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054921812</t>
+          <t>9786059241946</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mecazi Gölgeler</t>
+          <t>Ergenekon'dan Kağanlığa</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>17</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055261979</t>
+          <t>9786059241519</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Tarihi</t>
+          <t>Yüzyıllık Hikaye</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>46</v>
+        <v>360</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944425773</t>
+          <t>9786054921522</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Sır</t>
+          <t>11 Aşamada Biofeedback Yöntemiyle Anlayarak Hızlı Okumayı Öğrenme</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>22</v>
+        <v>225</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055715854</t>
+          <t>9786059521673</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Müşfikti Gece</t>
+          <t>Bilge Kağan'ın Vasiyeti</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944425704</t>
+          <t>9786059241588</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Los Angeles Ağıdı</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>430</v>
+        <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055506872</t>
+          <t>9786059241496</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kül Olmuş Gölgeler</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>420</v>
+        <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055715304</t>
+          <t>9786059241489</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kara Para (Özel Baskı)</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055715205</t>
+          <t>9786054921942</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İblislerin Dehşeti</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944425995</t>
+          <t>9786054921935</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944425766</t>
+          <t>9786054921812</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Stuart Safiri</t>
+          <t>Mecazi Gölgeler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944425902</t>
+          <t>9786055261979</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sonlardaki Adam</t>
+          <t>Avrupa Birliği Tarihi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>22</v>
+        <v>46</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944425315</t>
+          <t>9789944425773</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hasret Şarkıları Şarkılara Şiirler</t>
+          <t>Ölümcül Sır</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>9.26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9799758509033</t>
+          <t>9786055715854</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hasat</t>
+          <t>Müşfikti Gece</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>13.89</v>
+        <v>360</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789758509737</t>
+          <t>9789944425704</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Harika Çocuklar</t>
+          <t>Los Angeles Ağıdı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>5.56</v>
+        <v>430</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055506834</t>
+          <t>9786055506872</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi Horasan</t>
+          <t>Kül Olmuş Gölgeler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>50</v>
+        <v>420</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789758509294</t>
+          <t>9786055715304</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gücendim Sana Şiirler Şarkılar</t>
+          <t>Kara Para (Özel Baskı)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055506193</t>
+          <t>9786055715205</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Fındıklı Çikolata Tadında Felsefe</t>
+          <t>İblislerin Dehşeti</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789758509171</t>
+          <t>9789944425995</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Exmoor Cadısı</t>
+          <t>Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>13.89</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789758509225</t>
+          <t>9789944425766</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Eşcinsel Bir Rahibin İtirafları</t>
+          <t>Stuart Safiri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>7.41</v>
+        <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055506100</t>
+          <t>9789944425902</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Erken Cumhuriyet Dönemi Mimarlığı (Ciltli)</t>
+          <t>Sonlardaki Adam</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055506285</t>
+          <t>9789944425315</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Engelsizsiniz</t>
+          <t>Hasret Şarkıları Şarkılara Şiirler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055715489</t>
+          <t>9799758509033</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Elif’in Olağanüstü Düşleri</t>
+          <t>Hasat</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944425599</t>
+          <t>9789758509737</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Elektriğin Çarpıcı Hikayesi</t>
+          <t>Harika Çocuklar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>9</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>3990000014336</t>
+          <t>9786055506834</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eksik Parçalar</t>
+          <t>Güneş Ülkesi Horasan</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>14.35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789758509195</t>
+          <t>9789758509294</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Beyni Bay Albert İle Amerika Turu</t>
+          <t>Gücendim Sana Şiirler Şarkılar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>11.11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789758509638</t>
+          <t>9786055506193</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde İletişim Dili</t>
+          <t>Fındıklı Çikolata Tadında Felsefe</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>9.26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789758509621</t>
+          <t>9789758509171</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Düşüncesi ve İletişim Kültürü</t>
+          <t>Exmoor Cadısı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944425155</t>
+          <t>9789758509225</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Efsanenin Doğuşu Bob Marley</t>
+          <t>Eşcinsel Bir Rahibin İtirafları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>23.15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944425179</t>
+          <t>9786055506100</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Düşen Melekler</t>
+          <t>Erken Cumhuriyet Dönemi Mimarlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>18.52</v>
+        <v>52</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055506582</t>
+          <t>9786055506285</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dünyaca Tanınmış Engelliler</t>
+          <t>Engelsizsiniz</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789758509423</t>
+          <t>9786055715489</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dr. Jekyll ve Mr. Hyde</t>
+          <t>Elif’in Olağanüstü Düşleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>6</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944425148</t>
+          <t>9789944425599</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Devşirme Koca Solak</t>
+          <t>Elektriğin Çarpıcı Hikayesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9799758509026</t>
+          <t>3990000014336</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Derin Uçurum</t>
+          <t>Eksik Parçalar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>16.67</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758509072</t>
+          <t>9789758509195</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Denizden Gelen Ölü</t>
+          <t>Einstein’ın Beyni Bay Albert İle Amerika Turu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944425445</t>
+          <t>9789758509638</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çöpün Pis Kokulu Hikayesi</t>
+          <t>Eğitimde İletişim Dili</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944425926</t>
+          <t>9789758509621</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara En Güzel Şiirler</t>
+          <t>Eğitim Düşüncesi ve İletişim Kültürü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>6</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944425735</t>
+          <t>9789944425155</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çilli Begonya (Ciltli)</t>
+          <t>Efsanenin Doğuşu Bob Marley</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>17.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944425438</t>
+          <t>9789944425179</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çikolatanın Hikayesi</t>
+          <t>Düşen Melekler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>9</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789758509140</t>
+          <t>9786055506582</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbi ve Türk Ermeni Meselesi</t>
+          <t>Dünyaca Tanınmış Engelliler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055506186</t>
+          <t>9789758509423</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cani</t>
+          <t>Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>25</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055715076</t>
+          <t>9789944425148</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Can Yarısı</t>
+          <t>Devşirme Koca Solak</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>4.63</v>
+        <v>17</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055506315</t>
+          <t>9799758509026</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tuzlu Su Klanı</t>
+          <t>Derin Uçurum</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>5.56</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789758509232</t>
+          <t>9789758509072</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bulanık Mantık ve Modelleme İlkeleri</t>
+          <t>Denizden Gelen Ölü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756316566</t>
+          <t>9789944425445</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Beverly Hills Prensi</t>
+          <t>Çöpün Pis Kokulu Hikayesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>13.89</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756316412</t>
+          <t>9789944425926</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Belirli Günler ve Haftalar</t>
+          <t>Çocuklara En Güzel Şiirler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>7.41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789758509218</t>
+          <t>9789944425735</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Beethoven’ın Saçı</t>
+          <t>Çilli Begonya (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>10.19</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789758509867</t>
+          <t>9789944425438</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bebeklerde ve Çocuklarda Beslenme</t>
+          <t>Çikolatanın Hikayesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>9.26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055715830</t>
+          <t>9789758509140</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bayburt Fıkraları</t>
+          <t>Cihan Harbi ve Türk Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789758509478</t>
+          <t>9786055506186</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği</t>
+          <t>Cani</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756316047</t>
+          <t>9786055715076</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Aytaşı</t>
+          <t>Can Yarısı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>23.15</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789758509133</t>
+          <t>9786055506315</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ateş Geçitleri</t>
+          <t>Büyük Tuzlu Su Klanı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>34</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756316627</t>
+          <t>9789758509232</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Bulanık Mantık ve Modelleme İlkeleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>6</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055261597</t>
+          <t>9789756316566</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Aşıkpaşazade Tarihi (Ciltli)</t>
+          <t>Beverly Hills Prensi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>1700</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055506254</t>
+          <t>9789756316412</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Asimetrik Savaş</t>
+          <t>Belirli Günler ve Haftalar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>50</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9799758509002</t>
+          <t>9789758509218</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Artık Ağlama</t>
+          <t>Beethoven’ın Saçı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055715748</t>
+          <t>9789758509867</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçemiz Üsküp</t>
+          <t>Bebeklerde ve Çocuklarda Beslenme</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944425261</t>
+          <t>9786055715830</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Arıcılık</t>
+          <t>Bayburt Fıkraları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>35</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944425964</t>
+          <t>9789758509478</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Aptal Hamdi Zor Durumda</t>
+          <t>Baskerville’lerin Köpeği</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756316313</t>
+          <t>9789756316047</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
+          <t>Aytaşı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>75</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756316306</t>
+          <t>9789758509133</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
+          <t>Ateş Geçitleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>75</v>
+        <v>34</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756316283</t>
+          <t>9789756316627</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 2 - Karlıcadağ’ın Melekleri</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>75</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756316276</t>
+          <t>9786055261597</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
+          <t>Aşıkpaşazade Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>68</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055261412</t>
+          <t>9786055506254</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Akzambaklar Ülkesinde, Finlandiya</t>
+          <t>Asimetrik Savaş</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>14</v>
+        <v>50</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9799758509019</t>
+          <t>9799758509002</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ajan</t>
+          <t>Artık Ağlama</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789758509188</t>
+          <t>9786055715748</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yemeği Sırlarla Dolu Bir Sofra ’Yalanlar, Aldatmalar, Görünürdeki Kalabalığın İçinde Yaşadığımız Yalnızlıklar...’</t>
+          <t>Arka Bahçemiz Üsküp</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944425575</t>
+          <t>9789944425261</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Arabaların Hikayesi</t>
+          <t>Arıcılık</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756316863</t>
+          <t>9789944425964</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiirinden Seçmeler 100 Temel Eser</t>
+          <t>Aptal Hamdi Zor Durumda</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944425360</t>
+          <t>9789756316313</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov’dan Hikayeler</t>
+          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>10</v>
+        <v>75</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756316238</t>
+          <t>9789756316306</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>22</v>
+        <v>75</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756316825</t>
+          <t>9789756316283</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Son Amazon</t>
+          <t>Alim Kız Büyüdü 2 - Karlıcadağ’ın Melekleri</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>19.44</v>
+        <v>75</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9799757670345</t>
+          <t>9789756316276</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Loto Bir Gün Ülkemize Vuracak</t>
+          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>3.24</v>
+        <v>68</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756316931</t>
+          <t>9786055261412</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sığırcılık</t>
+          <t>Akzambaklar Ülkesinde, Finlandiya</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>32.41</v>
+        <v>14</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944425001</t>
+          <t>9799758509019</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sezar’ın Adaleti</t>
+          <t>Ajan</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789758509157</t>
+          <t>9789758509188</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Ötesinde</t>
+          <t>Akşam Yemeği Sırlarla Dolu Bir Sofra ’Yalanlar, Aldatmalar, Görünürdeki Kalabalığın İçinde Yaşadığımız Yalnızlıklar...’</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756316672</t>
+          <t>9789944425575</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sencivanoğlu</t>
+          <t>Arabaların Hikayesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>18</v>
+        <v>65</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756316023</t>
+          <t>9789756316863</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sırdaş</t>
+          <t>Halk Şiirinden Seçmeler 100 Temel Eser</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>12.96</v>
+        <v>22</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758509706</t>
+          <t>9789944425360</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sırça Saray</t>
+          <t>Anton Çehov’dan Hikayeler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>18.52</v>
+        <v>10</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756316641</t>
+          <t>9789756316238</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055715960</t>
+          <t>9789756316825</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sebze Yetiştiricisinin El Kitabı (Ciltli)</t>
+          <t>Son Amazon</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789758509997</t>
+          <t>9799757670345</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sarı Benizli Adam</t>
+          <t>Siyasal Loto Bir Gün Ülkemize Vuracak</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>18</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055715694</t>
+          <t>9789756316931</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Denizi Keşfediyor</t>
+          <t>Sığırcılık</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>25</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789758509393</t>
+          <t>9789944425001</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Öyküler</t>
+          <t>Sezar’ın Adaleti</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>6</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944425537</t>
+          <t>9789758509157</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Adası</t>
+          <t>Sessizliğin Ötesinde</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789758509386</t>
+          <t>9789756316672</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ölü Denizin Dalgaları</t>
+          <t>Sencivanoğlu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>4.63</v>
+        <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055715403</t>
+          <t>9789756316023</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Eğitimi</t>
+          <t>Sırdaş</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>10</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789756316016</t>
+          <t>9789758509706</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Oscar ve Pembeli Meleği</t>
+          <t>Sırça Saray</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>6.94</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758509287</t>
+          <t>9789756316641</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Orkide Sahili</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>13.89</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055715168</t>
+          <t>9786055715960</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Onu Geri Ver, Dilaver!</t>
+          <t>Sebze Yetiştiricisinin El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789758509454</t>
+          <t>9789758509997</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Sarı Benizli Adam</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055715151</t>
+          <t>9786055715694</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Oburluk Yapma, Umur!</t>
+          <t>Pelin ile Arda Denizi Keşfediyor</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756316504</t>
+          <t>9789758509393</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Nuh’un Çocukları</t>
+          <t>Öyküler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>7.41</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055715823</t>
+          <t>9789944425537</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Niko Kayıp Tek Tekerin Peşinde</t>
+          <t>Ölüm Adası</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>140</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789756316962</t>
+          <t>9789758509386</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Nasıra Geni</t>
+          <t>Ölü Denizin Dalgaları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>25.93</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>3990000011443</t>
+          <t>9786055715403</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal’in Osmanlı Tarihi Seti (2 Kitap)</t>
+          <t>Oyunculuk Eğitimi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>49.07</v>
+        <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055261276</t>
+          <t>9789756316016</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Naki Tezel’in İstanbul’dan Derlediği Masallar</t>
+          <t>Oscar ve Pembeli Meleği</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>32.41</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789758509676</t>
+          <t>9789758509287</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Müzik Şeytanı</t>
+          <t>Orkide Sahili</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>58</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055261160</t>
+          <t>9786055715168</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın El Kitabı</t>
+          <t>Onu Geri Ver, Dilaver!</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055261214</t>
+          <t>9789758509454</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Münif Paşa</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>660</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944425872</t>
+          <t>9786055715151</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Stilton ve Kayıp Taşlar</t>
+          <t>Oburluk Yapma, Umur!</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789944425865</t>
+          <t>9789756316504</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş Stilton ile Kanıt Peşinde</t>
+          <t>Nuh’un Çocukları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>220</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055506780</t>
+          <t>9786055715823</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mukaddime’den Muahhire’ye</t>
+          <t>Niko Kayıp Tek Tekerin Peşinde</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>32.41</v>
+        <v>140</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055715458</t>
+          <t>9789756316962</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Nasıra Geni</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>170</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055715441</t>
+          <t>3990000011443</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Muhaverat-ı Hikemiyye</t>
+          <t>Namık Kemal’in Osmanlı Tarihi Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>220</v>
+        <v>49.07</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789758509980</t>
+          <t>9786055261276</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mösyö İbrahim ve Kuran’ın Çiçekleri</t>
+          <t>Naki Tezel’in İstanbul’dan Derlediği Masallar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>6.94</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789758509652</t>
+          <t>9789758509676</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Modern Mantık</t>
+          <t>Müzik Şeytanı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>17.5</v>
+        <v>58</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944425414</t>
+          <t>9786055261160</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Modanın Göz Kamaştıran Hikayesi</t>
+          <t>Müslümanın El Kitabı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>9</v>
+        <v>425</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789758509669</t>
+          <t>9786055261214</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mistik Irmak</t>
+          <t>Münif Paşa</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>23.15</v>
+        <v>660</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756316030</t>
+          <t>9789944425872</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Milarepa</t>
+          <t>Müfettiş Stilton ve Kayıp Taşlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>6.94</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055506711</t>
+          <t>9789944425865</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Merriam Webster’s Pocket Dictionary English - Turkish  / Cep Sözlüğü</t>
+          <t>Müfettiş Stilton ile Kanıt Peşinde</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055506599</t>
+          <t>9786055506780</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Mecmua-i Fünun</t>
+          <t>Mukaddime’den Muahhire’ye</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>310</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789756316160</t>
+          <t>9786055715458</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Mavi Derinliklerindeki Sır</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055506797</t>
+          <t>9786055715441</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Merriam - Webster’s Pocket Dictionary / English - Turkish / Turkish - English</t>
+          <t>Muhaverat-ı Hikemiyye</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055715144</t>
+          <t>9789758509980</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Lütfen De, Hande!</t>
+          <t>Mösyö İbrahim ve Kuran’ın Çiçekleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>9</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944425186</t>
+          <t>9789758509652</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Lucifer</t>
+          <t>Modern Mantık</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>23.15</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789758505258</t>
+          <t>9789944425414</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>La Guerre Mondiale Et La Question Turco - Armenienne</t>
+          <t>Modanın Göz Kamaştıran Hikayesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>6.48</v>
+        <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944425216</t>
+          <t>9789758509669</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Küresel Isınma ve İklim Değişikliği</t>
+          <t>Mistik Irmak</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>11.11</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055261108</t>
+          <t>9789756316030</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzün Temel Kaynaklarından Geçen En Veciz Sözler En Güzel Kıssalar</t>
+          <t>Milarepa</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789756316214</t>
+          <t>9786055506711</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Merriam Webster’s Pocket Dictionary English - Turkish  / Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>3.24</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789758509546</t>
+          <t>9786055506599</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban Alim Kız 3</t>
+          <t>Mecmua-i Fünun</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789756316740</t>
+          <t>9789756316160</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mavi</t>
+          <t>Mavi Derinliklerindeki Sır</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>13.89</v>
+        <v>160</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944425285</t>
+          <t>9786055506797</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kumpas</t>
+          <t>Merriam - Webster’s Pocket Dictionary / English - Turkish / Turkish - English</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>26</v>
+        <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756316726</t>
+          <t>9786055715144</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kirli İş Bir Stone Barrington Romanı</t>
+          <t>Lütfen De, Hande!</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>13.89</v>
+        <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789756316450</t>
+          <t>9789944425186</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kiev’deki Adam</t>
+          <t>Lucifer</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789758509928</t>
+          <t>9789758505258</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Çadır</t>
+          <t>La Guerre Mondiale Et La Question Turco - Armenienne</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789758509119</t>
+          <t>9789944425216</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kırık Testi</t>
+          <t>Küresel Isınma ve İklim Değişikliği</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789758509935</t>
+          <t>9786055261108</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kayıkta Üç Adam</t>
+          <t>Kültürümüzün Temel Kaynaklarından Geçen En Veciz Sözler En Güzel Kıssalar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>6</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789758509164</t>
+          <t>9789756316214</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Suret</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>14.81</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789758509355</t>
+          <t>9789758509546</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kapı Bekçisi</t>
+          <t>Küçük Çoban Alim Kız 3</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>6.48</v>
+        <v>140</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055506476</t>
+          <t>9789756316740</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Engelliye Bakışı</t>
+          <t>Kutsal Mavi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055715281</t>
+          <t>9789944425285</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İslamı Kur’an’dan Okumak</t>
+          <t>Kumpas</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>13.89</v>
+        <v>26</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758509348</t>
+          <t>9789756316726</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Yolcular</t>
+          <t>Kirli İş Bir Stone Barrington Romanı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758509607</t>
+          <t>9789756316450</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İnci Küpeli Kız</t>
+          <t>Kiev’deki Adam</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>23</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789758509645</t>
+          <t>9789758509928</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İletişimde İnsan Dili</t>
+          <t>Kırmızı Çadır</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789758509317</t>
+          <t>9789758509119</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>İhtimaller Hesabı Prensipleri Mühendislik ve Sosyal Bilimler</t>
+          <t>Kırık Testi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789758509713</t>
+          <t>9789758509935</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Kadın</t>
+          <t>Kayıkta Üç Adam</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>14.81</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756316139</t>
+          <t>9789758509164</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yenebilir Yabani Bitkiler ve Yararlı Otlar</t>
+          <t>Karanlık Suret</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>28</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789758509126</t>
+          <t>9789758509355</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Öykü Sandığı</t>
+          <t>Kapı Bekçisi</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059241885</t>
+          <t>9786055506476</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ege ve Eski Yunan Tarihi 1</t>
+          <t>İslam’ın Engelliye Bakışı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054921041</t>
+          <t>9786055715281</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesi Dersleri</t>
+          <t>İslamı Kur’an’dan Okumak</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>21.3</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059241670</t>
+          <t>9789758509348</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Aşk Nevbahar Olur</t>
+          <t>İngiliz Yolcular</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>17</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059241533</t>
+          <t>9789758509607</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sun Zi Savaş Sanatı</t>
+          <t>İnci Küpeli Kız</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>10</v>
+        <v>23</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054921461</t>
+          <t>9789758509645</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Anlatım Bozuklukları</t>
+          <t>İletişimde İnsan Dili</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059241137</t>
+          <t>9789758509317</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Merak Edenler İçin Demokrasi</t>
+          <t>İhtimaller Hesabı Prensipleri Mühendislik ve Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054921676</t>
+          <t>9789758509713</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği Fikir Sistemi</t>
+          <t>Hukuk ve Kadın</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059241021</t>
+          <t>9789756316139</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Herkes İçin Yenebilir Yabani Bitkiler ve Yararlı Otlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>220</v>
+        <v>28</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055261900</t>
+          <t>9789758509126</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Efsanenin Adı Şahmeran</t>
+          <t>Öykü Sandığı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944425506</t>
+          <t>9786059241885</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gora</t>
+          <t>Ege ve Eski Yunan Tarihi 1</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758509614</t>
+          <t>9786054921041</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Kitabı</t>
+          <t>Eski Uygur Türkçesi Dersleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>9.26</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758509089</t>
+          <t>9786059241670</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Tanrıçası Ağladığında</t>
+          <t>Aşk Nevbahar Olur</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>9.26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789944425780</t>
+          <t>9786059241533</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli İlişkiler</t>
+          <t>Sun Zi Savaş Sanatı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756316245</t>
+          <t>9786054921461</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Siyah Lale</t>
+          <t>Dil ve Anlatım Bozuklukları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>12</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786056316405</t>
+          <t>9786059241137</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Merak Edenler İçin Demokrasi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>22</v>
+        <v>45</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789756316221</t>
+          <t>9786054921676</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Notre-Dame’ın Kamburu</t>
+          <t>Türk Milliyetçiliği Fikir Sistemi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>12</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789756316757</t>
+          <t>9786059241021</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055715779</t>
+          <t>9786055261900</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Efsanenin Adı Şahmeran</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789756316887</t>
+          <t>9789944425506</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçme Hikayeler</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789758509492</t>
+          <t>9789758509614</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı Lise 1 Yardımcı Ders Kitabı</t>
+          <t>Gölgeler Kitabı</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789944425452</t>
+          <t>9789758509089</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Tuvaletlerin, Telefonların ve Diğer Faydalı İcatların Hikayesi</t>
+          <t>Gökkuşağı Tanrıçası Ağladığında</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789758509379</t>
+          <t>9789944425780</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Theodoros</t>
+          <t>Tehlikeli İlişkiler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789756316009</t>
+          <t>9789756316245</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Savcı Bey</t>
+          <t>Siyah Lale</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789756316986</t>
+          <t>9786056316405</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Romanov Kehaneti</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>15.74</v>
+        <v>22</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789944425278</t>
+          <t>9789756316221</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Roma’da Yedi Cinayet</t>
+          <t>Notre-Dame’ın Kamburu</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>13.89</v>
+        <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789756316955</t>
+          <t>9789756316757</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Rembrandt’ın Orospusu</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>11.11</v>
+        <v>190</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789758509102</t>
+          <t>9786055715779</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kalp Hırsızı</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>15.74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944425162</t>
+          <t>9789756316887</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Yok</t>
+          <t>Mesnevi’den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>15.74</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9799758509040</t>
+          <t>9789758509492</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kaçınılmaz Son</t>
+          <t>Türk Dili ve Edebiyatı Lise 1 Yardımcı Ders Kitabı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>14.35</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789756316320</t>
+          <t>9789944425452</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Tuvaletlerin, Telefonların ve Diğer Faydalı İcatların Hikayesi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>9.26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786255541291</t>
+          <t>9789758509379</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kaşgarlı Mahmut ve Divanu Lugati’t-Türk</t>
+          <t>Theodoros</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>160</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059521949</t>
+          <t>9789756316009</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Dil İçgüdüsü</t>
+          <t>Savcı Bey</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>550</v>
+        <v>20</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789756316436</t>
+          <t>9789756316986</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Benim Ülkem</t>
+          <t>Romanov Kehaneti</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>210</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786255541390</t>
+          <t>9789944425278</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatında Efsaneler</t>
+          <t>Roma’da Yedi Cinayet</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>190</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786255541314</t>
+          <t>9789756316955</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatında Masallar</t>
+          <t>Rembrandt’ın Orospusu</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>190</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786255541307</t>
+          <t>9789758509102</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Dünya Edebiyatında Destanlar</t>
+          <t>Kalp Hırsızı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>190</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789756316818</t>
+          <t>9789944425162</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kürekte Yüksek Performans</t>
+          <t>Kaçış Yok</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>350</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789756316702</t>
+          <t>9799758509040</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Türk Ninnilerinden Seçmeler</t>
+          <t>Kaçınılmaz Son</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>100</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786255541284</t>
+          <t>9789756316320</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Osmancık Tarihi ve Osmancık ve Çevresinin Nüfus Defterleri</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>3500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786255541208</t>
+          <t>9786255541291</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Cemiyet-i Akvam (Milletler Cemiyeti) Bağlamında Cumhuriyet Dönemi Türk Dış Politikası (1923-1938)</t>
+          <t>Kaşgarlı Mahmut ve Divanu Lugati’t-Türk</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786255541215</t>
+          <t>9786059521949</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Cicero</t>
+          <t>Dil İçgüdüsü</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786255541246</t>
+          <t>9789756316436</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Alevilik, Bektaşilik, Ahilik</t>
+          <t>Benim Ülkem</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786255541185</t>
+          <t>9786255541390</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ateş Geçitleri</t>
+          <t>Türk ve Dünya Edebiyatında Efsaneler</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>430</v>
+        <v>190</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786255541222</t>
+          <t>9786255541314</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Hikayeleri</t>
+          <t>Türk ve Dünya Edebiyatında Masallar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786255541130</t>
+          <t>9786255541307</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Türk ve Dünya Edebiyatında Destanlar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786255541147</t>
+          <t>9789756316818</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Merhamet</t>
+          <t>Kürekte Yüksek Performans</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786255541192</t>
+          <t>9789756316702</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmed Yesevi ve Divan-ı Hikmet</t>
+          <t>Türk Ninnilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786255541178</t>
+          <t>9786255541284</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnâmesi</t>
+          <t>Osmancık Tarihi ve Osmancık ve Çevresinin Nüfus Defterleri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>950</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786255541123</t>
+          <t>9786255541208</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Fîhi Mâ Fîh</t>
+          <t>Cemiyet-i Akvam (Milletler Cemiyeti) Bağlamında Cumhuriyet Dönemi Türk Dış Politikası (1923-1938)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786255541154</t>
+          <t>9786255541215</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Mecâlis-i Seb‘a</t>
+          <t>Cicero</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258274837</t>
+          <t>9786255541246</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Kıyıları Tarih ve Coğrafyası (1817-1819)</t>
+          <t>Alevilik, Bektaşilik, Ahilik</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786255541161</t>
+          <t>9786255541185</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Polonyalı Simeon'un Seyahatnamasi (1608-1619)</t>
+          <t>Ateş Geçitleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258274974</t>
+          <t>9786255541222</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sözün İzinde</t>
+          <t>Bozkır Hikayeleri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786255541116</t>
+          <t>9786255541130</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ın Sesi: Dr. Fazıl Küçük ve Türk Toplumunun Hak Arayışı</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258274905</t>
+          <t>9786255541147</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar’ın İstanbul’u</t>
+          <t>Merhamet</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786055261689</t>
+          <t>9786255541192</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Gümüşdere</t>
+          <t>Hoca Ahmed Yesevi ve Divan-ı Hikmet</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055261672</t>
+          <t>9786255541178</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Şimşek</t>
+          <t>Evliya Çelebi Seyahatnâmesi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>130</v>
+        <v>950</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054921928</t>
+          <t>9786255541123</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Fîhi Mâ Fîh</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786255541109</t>
+          <t>9786255541154</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Tılsımı - Mandala</t>
+          <t>Mecâlis-i Seb‘a</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786255541086</t>
+          <t>9786258274837</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Sırrı - Mandala</t>
+          <t>Karadeniz Kıyıları Tarih ve Coğrafyası (1817-1819)</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786255541055</t>
+          <t>9786255541161</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gücü - Mandala</t>
+          <t>Polonyalı Simeon'un Seyahatnamasi (1608-1619)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786255541093</t>
+          <t>9786258274974</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Gizemi - Mandala</t>
+          <t>Sözün İzinde</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786255541079</t>
+          <t>9786255541116</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Dünyası - Mandala</t>
+          <t>Kıbrıs’ın Sesi: Dr. Fazıl Küçük ve Türk Toplumunun Hak Arayışı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786255541062</t>
+          <t>9786258274905</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Büyüsü - Mandala</t>
+          <t>Tanpınar’ın İstanbul’u</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786255541048</t>
+          <t>9786055261689</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Figürleri - Mandala</t>
+          <t>Gümüşdere</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786255541024</t>
+          <t>9786055261672</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Sırrı - Mandala</t>
+          <t>Dedektif Şimşek</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258274998</t>
+          <t>9786054921928</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Gücü - Mandala</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786255541031</t>
+          <t>9786255541109</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Gizemi - Mandala</t>
+          <t>Renklerin Tılsımı - Mandala</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786255541017</t>
+          <t>9786255541086</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Dünyası - Mandala</t>
+          <t>Renklerin Sırrı - Mandala</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786255541000</t>
+          <t>9786255541055</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerin Büyüsü - Mandala</t>
+          <t>Renklerin Gücü - Mandala</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258274677</t>
+          <t>9786255541093</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Kişi Adları</t>
+          <t>Renklerin Gizemi - Mandala</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258274165</t>
+          <t>9786255541079</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji, Göstergebilim ve Türk Musıkisi - 109 Büyük Eser 10 Büyük Bestekar</t>
+          <t>Renklerin Dünyası - Mandala</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>520</v>
+        <v>190</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258274172</t>
+          <t>9786255541062</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Türk Musıkisi Üstadlarıyla Musıki Üzerine Görüşmeler</t>
+          <t>Renklerin Büyüsü - Mandala</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257201766</t>
+          <t>9786255541048</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Aklın Üç Yüzü</t>
+          <t>Hayvan Figürleri - Mandala</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057931863</t>
+          <t>9786255541024</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Emine Işınsu Kitaplığı (21 Kitap Takım)</t>
+          <t>Çizgilerin Sırrı - Mandala</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>5600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057931290</t>
+          <t>9786258274998</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Öyküleri</t>
+          <t>Çizgilerin Gücü - Mandala</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059521581</t>
+          <t>9786255541031</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İngiliz Yazınında Küreselleşme, Göç ve Kültür</t>
+          <t>Çizgilerin Gizemi - Mandala</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059521697</t>
+          <t>9786255541017</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Klasik Mitoloji</t>
+          <t>Çiçeklerin Dünyası - Mandala</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>1200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059521437</t>
+          <t>9786255541000</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Orhon Yazıtları</t>
+          <t>Çizgilerin Büyüsü - Mandala</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789944425742</t>
+          <t>9786258274677</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Baş Belası</t>
+          <t>Eski Türk Kişi Adları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055261443</t>
+          <t>9786258274165</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Zafername</t>
+          <t>Sosyoloji, Göstergebilim ve Türk Musıkisi - 109 Büyük Eser 10 Büyük Bestekar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>310</v>
+        <v>520</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055715410</t>
+          <t>9786258274172</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yeni Orta Asya Jeopolitiği</t>
+          <t>Türk Musıkisi Üstadlarıyla Musıki Üzerine Görüşmeler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>750</v>
+        <v>375</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055506346</t>
+          <t>9786257201766</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Ulu Kartal 1</t>
+          <t>Aklın Üç Yüzü</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789944425858</t>
+          <t>9786057931863</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Türkler -Türklerin Gelenekleri,Görenekleri ve Hinlikleri Üzerine İnceleme</t>
+          <t>Emine Işınsu Kitaplığı (21 Kitap Takım)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>220</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789758509508</t>
+          <t>9786057931290</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Türk İkizleri</t>
+          <t>İstanbul Öyküleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786055506469</t>
+          <t>9786059521581</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik Sonrası İngiliz Romanında Kültür Ve Kimlik</t>
+          <t>Çağdaş İngiliz Yazınında Küreselleşme, Göç ve Kültür</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054921669</t>
+          <t>9786059521697</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Çölde Dor</t>
+          <t>Klasik Mitoloji</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>160</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054921034</t>
+          <t>9786059521437</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Oruç Beğ Tarihi (Ciltli)</t>
+          <t>Orhon Yazıtları</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>1650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055261351</t>
+          <t>9789944425742</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Cihannüma Osmanlı Tarihi (1288-1485) (Ciltli)</t>
+          <t>Baş Belası</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>1600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054921454</t>
+          <t>9786055261443</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Eşeğin Gölgesi Davası - Abderalılar</t>
+          <t>Zafername</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054921188</t>
+          <t>9786055715410</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Afganistan ve Hindistan'da bir Türk Devleti: Gazneliler</t>
+          <t>Yeni Orta Asya Jeopolitiği</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>270</v>
+        <v>750</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054921201</t>
+          <t>9786055506346</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Karl Jaspers Felsefesine Giriş</t>
+          <t>Yakari ile Ulu Kartal 1</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055261740</t>
+          <t>9789944425858</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Collins English Club Book 1</t>
+          <t>Türkler -Türklerin Gelenekleri,Görenekleri ve Hinlikleri Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055261757</t>
+          <t>9789758509508</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Collins English Club Book 2</t>
+          <t>Türk İkizleri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054921331</t>
+          <t>9786055506469</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları</t>
+          <t>Sömürgecilik Sonrası İngiliz Romanında Kültür Ve Kimlik</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054921232</t>
+          <t>9786054921669</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Hanlık Devrinden Günümüze Örneklerle Kazak Edebiyatı</t>
+          <t>Çölde Dor</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>790</v>
+        <v>160</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059521376</t>
+          <t>9786054921034</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bir Yürek Satıldı</t>
+          <t>Oruç Beğ Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059241724</t>
+          <t>9786055261351</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Resimli Dünya Klasikleri Dizisi (10 Kitap Set)</t>
+          <t>Cihannüma Osmanlı Tarihi (1288-1485) (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>1400</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059521079</t>
+          <t>9786054921454</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Hatunları</t>
+          <t>Eşeğin Gölgesi Davası - Abderalılar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059241069</t>
+          <t>9786054921188</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneği</t>
+          <t>Afganistan ve Hindistan'da bir Türk Devleti: Gazneliler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>590</v>
+        <v>270</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059241465</t>
+          <t>9786054921201</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Berzem</t>
+          <t>Karl Jaspers Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059241229</t>
+          <t>9786055261740</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Evlere Şenlik Kaynanam Nasıl Kudurdu</t>
+          <t>Collins English Club Book 1</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059241502</t>
+          <t>9786055261757</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Collins English Club Book 2</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059241595</t>
+          <t>9786054921331</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>İslam İnanç Esasları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789756316696</t>
+          <t>9786054921232</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Son Dedektif</t>
+          <t>Hanlık Devrinden Günümüze Örneklerle Kazak Edebiyatı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>320</v>
+        <v>790</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789756316948</t>
+          <t>9786059521376</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sıkıysa Yakala Bir Stone Barrington Romanı</t>
+          <t>Bir Yürek Satıldı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055715465</t>
+          <t>9786059241724</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sarah’nın Anahtarı</t>
+          <t>Resimli Dünya Klasikleri Dizisi (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>260</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789944425339</t>
+          <t>9786059521079</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Öldürme İçgüdüsü</t>
+          <t>Selçuklu Hatunları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789944425292</t>
+          <t>9786059241069</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>İyi Adamlar</t>
+          <t>Türk Devlet Geleneği</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>370</v>
+        <v>590</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789944425698</t>
+          <t>9786059241465</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>İskenderiye Bağlantısı</t>
+          <t>Berzem</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789944425568</t>
+          <t>9786059241229</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Halkası</t>
+          <t>Evlere Şenlik Kaynanam Nasıl Kudurdu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944425193</t>
+          <t>9786059241502</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İki Dakika Kuralı</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944425322</t>
+          <t>9786059241595</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Yok Edici</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>325</v>
+        <v>120</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786055715250</t>
+          <t>9789756316696</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yitik Masumiyet</t>
+          <t>Son Dedektif</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789756316849</t>
+          <t>9789756316948</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Sır</t>
+          <t>Sıkıysa Yakala Bir Stone Barrington Romanı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>325</v>
+        <v>360</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944425308</t>
+          <t>9786055715465</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyelerinin Mirası</t>
+          <t>Sarah’nın Anahtarı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789944425384</t>
+          <t>9789944425339</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Hazar İmparatorluğu VII. - XI. Yüzyıllar Atlı Bir Kavmin Gizemi</t>
+          <t>Öldürme İçgüdüsü</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789756316375</t>
+          <t>9789944425292</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Fatih Feneri</t>
+          <t>İyi Adamlar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789758509577</t>
+          <t>9789944425698</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 3</t>
+          <t>İskenderiye Bağlantısı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789758509553</t>
+          <t>9789944425568</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 1</t>
+          <t>Ölüm Halkası</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>100</v>
+        <v>420</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789758509751</t>
+          <t>9789944425193</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 5 - Dünyamız Tehlikede</t>
+          <t>İki Dakika Kuralı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789758509843</t>
+          <t>9789944425322</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Armağanı</t>
+          <t>Yok Edici</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055715977</t>
+          <t>9786055715250</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sıra Dışı Öyküler (Ciltli)</t>
+          <t>Yitik Masumiyet</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786055261429</t>
+          <t>9789756316849</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Collins Cobuild - Orta Düzey İngilizce Dilbilgisi ve Alıştırmaları</t>
+          <t>Üçüncü Sır</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786055261436</t>
+          <t>9789944425308</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Collins Cobuild - Kolay İngilizce Dilbilgisi ve Alıştırmaları</t>
+          <t>Tapınak Şövalyelerinin Mirası</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789758509430</t>
+          <t>9789944425384</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Hazar İmparatorluğu VII. - XI. Yüzyıllar Atlı Bir Kavmin Gizemi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786055261504</t>
+          <t>9789756316375</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı Karşısında İran ve Türkiye</t>
+          <t>Fatih Feneri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789758509409</t>
+          <t>9789758509577</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Öyküleri</t>
+          <t>Fadiş, Bediş, Ediş 3</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789756316856</t>
+          <t>9789758509553</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Fadiş, Bediş, Ediş 1</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789756316429</t>
+          <t>9789758509751</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Soluk Soluğa</t>
+          <t>Uzaydaki Mavi Bilye 5 - Dünyamız Tehlikede</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789758509782</t>
+          <t>9789758509843</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 2 - Sırlı Saray</t>
+          <t>Doğanın Armağanı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055506339</t>
+          <t>9786055715977</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular’da Saraylar ve Saray Teşkilatı</t>
+          <t>Çocuklar İçin Sıra Dışı Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055715632</t>
+          <t>9786055261429</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Kulübe Yapıyor</t>
+          <t>Collins Cobuild - Orta Düzey İngilizce Dilbilgisi ve Alıştırmaları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789758509324</t>
+          <t>9786055261436</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Örnekli ve Açıklamalı Türk Atasözleri Sözlüğü</t>
+          <t>Collins Cobuild - Kolay İngilizce Dilbilgisi ve Alıştırmaları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786055506148</t>
+          <t>9789758509430</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kaynaklarına Göre Anadolu Yol Ağı</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>850</v>
+        <v>110</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789756316474</t>
+          <t>9786055261504</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 2</t>
+          <t>Arap Baharı Karşısında İran ve Türkiye</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>560</v>
+        <v>170</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789756316252</t>
+          <t>9789758509409</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Milli Bayramlar ve Önemli Günler</t>
+          <t>Hayalet Öyküleri</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055506056</t>
+          <t>9789756316856</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’de Geçen Bütün Hikayeler ve Hikmetleri</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789756316542</t>
+          <t>9789756316429</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 1 Aşiretten Devlete</t>
+          <t>Soluk Soluğa</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789756316184</t>
+          <t>9789758509782</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ok</t>
+          <t>Uzaydaki Mavi Bilye 2 - Sırlı Saray</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786055261290</t>
+          <t>9786055506339</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dünya</t>
+          <t>Selçuklular’da Saraylar ve Saray Teşkilatı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789758509539</t>
+          <t>9786055715632</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban Alim Kız 2</t>
+          <t>Pelin ile Arda Kulübe Yapıyor</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789758509522</t>
+          <t>9789758509324</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban Alim Kız 1</t>
+          <t>Örnekli ve Açıklamalı Türk Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789756316924</t>
+          <t>9786055506148</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Koyunculuk</t>
+          <t>Osmanlı Kaynaklarına Göre Anadolu Yol Ağı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>550</v>
+        <v>850</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789758509881</t>
+          <t>9789756316474</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Tuğ</t>
+          <t>Osmanlı Tarihi 2</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>195</v>
+        <v>560</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789944425421</t>
+          <t>9789756316252</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuklarına Resimli Öyküler (Ciltli)</t>
+          <t>Milli Bayramlar ve Önemli Günler</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>1050</v>
+        <v>270</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055261139</t>
+          <t>9786055506056</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kararsızlar Kitabı</t>
+          <t>Mesnevi’de Geçen Bütün Hikayeler ve Hikmetleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786055715755</t>
+          <t>9789756316542</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kanije Muhasarası</t>
+          <t>Osmanlı Tarihi 1 Aşiretten Devlete</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>150</v>
+        <v>440</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789758509416</t>
+          <t>9789756316184</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ivanhoe</t>
+          <t>Mavi Ok</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>80</v>
+        <v>195</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789756316115</t>
+          <t>9786055261290</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Hayatta Kalma</t>
+          <t>Küçük Dünya</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789756316108</t>
+          <t>9789758509539</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Harita ve Pusula</t>
+          <t>Küçük Çoban Alim Kız 2</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789756316092</t>
+          <t>9789758509522</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kampçılık</t>
+          <t>Küçük Çoban Alim Kız 1</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055715380</t>
+          <t>9789756316924</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Vanya Dayı</t>
+          <t>Koyunculuk</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789758509485</t>
+          <t>9789758509881</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Kızıl Tuğ</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789758509959</t>
+          <t>9789944425421</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Zenda Mahkumu</t>
+          <t>Kız Çocuklarına Resimli Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>140</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789756316528</t>
+          <t>9786055261139</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Cihan Hakimiyeti</t>
+          <t>Kararsızlar Kitabı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059241649</t>
+          <t>9786055715755</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yaman Dede</t>
+          <t>Kanije Muhasarası</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054921607</t>
+          <t>9789758509416</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Askerinin Hatıratı 1688-1700 Esaretten Kaçış</t>
+          <t>Ivanhoe</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054921652</t>
+          <t>9789756316115</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Yüzündeki Sarıkamış Harekatı</t>
+          <t>Herkes İçin Hayatta Kalma</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059241953</t>
+          <t>9789756316108</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hayat Hikayem</t>
+          <t>Herkes İçin Harita ve Pusula</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059241687</t>
+          <t>9789756316092</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Hükümdarlara Öğütler</t>
+          <t>Herkes İçin Kampçılık</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059241090</t>
+          <t>9786055715380</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan - Diriliş</t>
+          <t>Vanya Dayı</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059241434</t>
+          <t>9789758509485</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054921058</t>
+          <t>9789758509959</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Sözlüğü</t>
+          <t>Zenda Mahkumu</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>585</v>
+        <v>140</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055506988</t>
+          <t>9789756316528</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yakari Ada Tutsakları 6</t>
+          <t>Cihan Hakimiyeti</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054921706</t>
+          <t>9786059241649</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Zamanında Divan Teşkilatı</t>
+          <t>Yaman Dede</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257201056</t>
+          <t>9786054921607</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiyi Değiştiren Kırk Çalışma</t>
+          <t>Bir Osmanlı Askerinin Hatıratı 1688-1700 Esaretten Kaçış</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>590</v>
+        <v>220</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057931900</t>
+          <t>9786054921652</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Dört İncil</t>
+          <t>Tarihin Arka Yüzündeki Sarıkamış Harekatı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059241304</t>
+          <t>9786059241953</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 3 - Doğa Savaşçıları</t>
+          <t>Hayat Hikayem</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057931849</t>
+          <t>9786059241687</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Kitaplığı (6 Kitap Takım)</t>
+          <t>Hükümdarlara Öğütler</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>1250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789758509942</t>
+          <t>9786059241090</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Otuz Dokuz Basamak</t>
+          <t>Oğuz Kağan - Diriliş</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>140</v>
+        <v>425</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055715564</t>
+          <t>9786059241434</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789758509461</t>
+          <t>9786054921058</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Kırgız Sözlüğü</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>585</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057931870</t>
+          <t>9786055506988</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Türk Klasikleri Seti (24 Kitap Takım)</t>
+          <t>Yakari Ada Tutsakları 6</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>4750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059521963</t>
+          <t>9786054921706</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesindeki Türkçe Sözcüklerin Köken Bilgisi Sözlüğü (Ciltli)</t>
+          <t>Selçuklular Zamanında Divan Teşkilatı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>1900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257201322</t>
+          <t>9786257201056</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kırık Ayna</t>
+          <t>Psikolojiyi Değiştiren Kırk Çalışma</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>225</v>
+        <v>590</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057931856</t>
+          <t>9786057931900</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Romanda Aksiyon Çizimi</t>
+          <t>Dört İncil</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057931481</t>
+          <t>9786059241304</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Mineraller ve Değerli Taşlar</t>
+          <t>Uzaydaki Mavi Bilye 3 - Doğa Savaşçıları</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057931320</t>
+          <t>9786057931849</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Metropol Mücahidi</t>
+          <t>Ziya Gökalp Kitaplığı (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057931115</t>
+          <t>9789758509942</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Uluslar</t>
+          <t>Otuz Dokuz Basamak</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944425117</t>
+          <t>9786055715564</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Rehine</t>
+          <t>Nasreddin Hoca Fıkralarından Seçmeler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789756316764</t>
+          <t>9789758509461</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789944425025</t>
+          <t>9786057931870</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözlerinden Seçmeler</t>
+          <t>Türk Klasikleri Seti (24 Kitap Takım)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>160</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789944425032</t>
+          <t>9786059521963</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Türkiye Türkçesindeki Türkçe Sözcüklerin Köken Bilgisi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>160</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057931719</t>
+          <t>9786257201322</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinden Masallar -1</t>
+          <t>Kırık Ayna</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059521796</t>
+          <t>9786057931856</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Dönemi</t>
+          <t>Çizgi Romanda Aksiyon Çizimi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789756316351</t>
+          <t>9786057931481</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler 1</t>
+          <t>Mineraller ve Değerli Taşlar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258274769</t>
+          <t>9786057931320</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divan'ından Seçmeler</t>
+          <t>Metropol Mücahidi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258274967</t>
+          <t>9786057931115</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp</t>
+          <t>Uluslar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258274936</t>
+          <t>9789944425117</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Tekniği</t>
+          <t>Rehine</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258274899</t>
+          <t>9789756316764</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Atina Dünyanın İlk Demokrasisinin Tarihi</t>
+          <t>Türk Bilmecelerinden Seçmeler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>490</v>
+        <v>140</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258274493</t>
+          <t>9789944425025</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sancı (Ciltli)</t>
+          <t>Türk Atasözlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>540</v>
+        <v>160</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258274912</t>
+          <t>9789944425032</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Moğol İstilası Öncesinde Harezm</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258274943</t>
+          <t>9786057931719</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet’ten 21. Yüzyılı Türkiye Cumhuriyeti Tarihi</t>
+          <t>Türk Mitolojisinden Masallar -1</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>800</v>
+        <v>360</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258274660</t>
+          <t>9786059521796</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Farsça Öğreniminde İlk Adım - Başlangıç Seviye</t>
+          <t>Selahaddin Eyyubi ve Dönemi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>700</v>
+        <v>290</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059521482</t>
+          <t>9789756316351</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mezar Taşlarının Sırları</t>
+          <t>Seçme Hikayeler 1</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055715137</t>
+          <t>9786258274769</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Hayvan, Sebze, Mucize</t>
+          <t>Yunus Emre Divan'ından Seçmeler</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055261320</t>
+          <t>9786258274967</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Sırlar</t>
+          <t>Ziya Gökalp</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789758509720</t>
+          <t>9786258274936</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Zorlama</t>
+          <t>Felsefenin Tekniği</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055506131</t>
+          <t>9786258274899</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Mamay ve Manas Destanı</t>
+          <t>Atina Dünyanın İlk Demokrasisinin Tarihi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>590</v>
+        <v>490</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055261641</t>
+          <t>9786258274493</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Hayatı ve Sanatı</t>
+          <t>Sancı (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055506636</t>
+          <t>9786258274912</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan’dan Mersine’e Köklerinden Koparılmış Hayatlar</t>
+          <t>Moğol İstilası Öncesinde Harezm</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789758509201</t>
+          <t>9786258274943</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Bir Tür Olarak Kısa Öykü</t>
+          <t>Meşrutiyet’ten 21. Yüzyılı Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055506124</t>
+          <t>9786258274660</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Yalmavuz Celmoğuz</t>
+          <t>Farsça Öğreniminde İlk Adım - Başlangıç Seviye</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055506414</t>
+          <t>9786059521482</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Boz Ayı 4</t>
+          <t>Osmanlı Mezar Taşlarının Sırları</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055506353</t>
+          <t>9786055715137</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Beyaz Bizon 2</t>
+          <t>Hayvan, Sebze, Mucize</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055506377</t>
+          <t>9786055261320</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ümit Dünyası</t>
+          <t>Gömülü Sırlar</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055715502</t>
+          <t>9789758509720</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Yanlış Yolda</t>
+          <t>Zorlama</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055715533</t>
+          <t>9786055506131</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Yanlış İz Üzerinde</t>
+          <t>Yusuf Mamay ve Manas Destanı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>140</v>
+        <v>590</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055715526</t>
+          <t>9786055261641</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Kanıt Peşinde</t>
+          <t>Yunus Emre Hayatı ve Sanatı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055715519</t>
+          <t>9786055506636</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Üç Dedektif Hayalet Atın Peşinde</t>
+          <t>Yunanistan’dan Mersine’e Köklerinden Koparılmış Hayatlar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055506520</t>
+          <t>9789758509201</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Üç Çift Paten Ve Üç Arkadaş</t>
+          <t>Yazınsal Bir Tür Olarak Kısa Öykü</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055715175</t>
+          <t>9786055506124</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Uslu Dur, Baydur!</t>
+          <t>Yalmavuz Celmoğuz</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789944425605</t>
+          <t>9786055506414</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Uçmanın Hikayesi</t>
+          <t>Yakari ile Boz Ayı 4</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059241328</t>
+          <t>9786055506353</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 4 - Uçan Su</t>
+          <t>Yakari ile Beyaz Bizon 2</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055506643</t>
+          <t>9786055506377</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devleti’ne Gelen ve Giden Elçiler</t>
+          <t>Ümit Dünyası</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055506575</t>
+          <t>9786055715502</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kaplıcaları</t>
+          <t>Üç Dedektif Yanlış Yolda</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055715014</t>
+          <t>9786055715533</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Uygulamaya Geçerken Türkiye’de Devletçiliğin Oluşumu</t>
+          <t>Üç Dedektif Yanlış İz Üzerinde</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>900</v>
+        <v>140</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055506926</t>
+          <t>9786055715526</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Postmodernist Süreç ve Latife Tekin</t>
+          <t>Üç Dedektif Kanıt Peşinde</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>650</v>
+        <v>140</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055715717</t>
+          <t>9786055715519</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Tokat’a Dair Bir Sakk Mecmuası</t>
+          <t>Üç Dedektif Hayalet Atın Peşinde</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789944425254</t>
+          <t>9786055506520</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Tavukçuluk</t>
+          <t>Üç Çift Paten Ve Üç Arkadaş</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>575</v>
+        <v>160</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055715243</t>
+          <t>9786055715175</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Hayat</t>
+          <t>Uslu Dur, Baydur!</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789944425896</t>
+          <t>9789944425605</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İlk Komünistlerinden Zileli Halil Yalçınkaya</t>
+          <t>Uçmanın Hikayesi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055506629</t>
+          <t>9786059241328</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Şiirin İzinde Sözün Gölgesinde</t>
+          <t>Uzaydaki Mavi Bilye 4 - Uçan Su</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944425728</t>
+          <t>9786055506643</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Süslü Pakize ile Havalı Köpek (Ciltli)</t>
+          <t>Türkiye Selçuklu Devleti’ne Gelen ve Giden Elçiler</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789944425711</t>
+          <t>9786055506575</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Süslü Pakize (Ciltli)</t>
+          <t>Türkiye Kaplıcaları</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059241274</t>
+          <t>9786055715014</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Sumru Kız</t>
+          <t>Uygulamaya Geçerken Türkiye’de Devletçiliğin Oluşumu</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>190</v>
+        <v>900</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789944425223</t>
+          <t>9786055506926</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Sovyetler Birliği’nin ve Rusya Federasyonu’nun Orta Asya Üzerindeki Stratejik Planları</t>
+          <t>Türk Edebiyatında Postmodernist Süreç ve Latife Tekin</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055715229</t>
+          <t>9786055715717</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Takip</t>
+          <t>Tokat’a Dair Bir Sakk Mecmuası</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055506452</t>
+          <t>9789944425254</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Pemberley’den Mektuplar</t>
+          <t>Tavukçuluk</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>210</v>
+        <v>575</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055506261</t>
+          <t>9786055715243</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Paris Kulübü</t>
+          <t>Tatlı Hayat</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055715540</t>
+          <t>9789944425896</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuk</t>
+          <t>Türkiye’nin İlk Komünistlerinden Zileli Halil Yalçınkaya</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055715724</t>
+          <t>9786055506629</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Işığın Altında</t>
+          <t>Şiirin İzinde Sözün Gölgesinde</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055506742</t>
+          <t>9789944425728</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Koşucu</t>
+          <t>Süslü Pakize ile Havalı Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789944425797</t>
+          <t>9789944425711</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyon</t>
+          <t>Süslü Pakize (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789944425100</t>
+          <t>9786059241274</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kehribar Odası</t>
+          <t>Sumru Kız</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>430</v>
+        <v>190</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055506841</t>
+          <t>9789944425223</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İmparator’un Mezarı</t>
+          <t>Sovyetler Birliği’nin ve Rusya Federasyonu’nun Orta Asya Üzerindeki Stratejik Planları</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055715861</t>
+          <t>9786055715229</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Issızlığın Ortasında</t>
+          <t>Sıcak Takip</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055715434</t>
+          <t>9786055506452</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Vulkan’ın Yaratılışı</t>
+          <t>Pemberley’den Mektuplar</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944425988</t>
+          <t>9786055506261</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Venedik İhaneti</t>
+          <t>Paris Kulübü</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055506292</t>
+          <t>9786055715540</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Turist</t>
+          <t>Kuzucuk</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>470</v>
+        <v>140</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789944425940</t>
+          <t>9786055715724</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Tehdit</t>
+          <t>Kutsal Işığın Altında</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055506117</t>
+          <t>9786055506742</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Taşıyıcı Anne</t>
+          <t>Koşucu</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789944425018</t>
+          <t>9789944425797</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Şişman Kızla Sohbetler</t>
+          <t>Koleksiyon</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055506544</t>
+          <t>9789944425100</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Şeytan’ın Kitabı</t>
+          <t>Kehribar Odası</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055715731</t>
+          <t>9786055506841</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Şarlman’ın İzinde</t>
+          <t>İmparator’un Mezarı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055715571</t>
+          <t>9786055715861</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Süper Kız</t>
+          <t>Issızlığın Ortasında</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055715298</t>
+          <t>9786055715434</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Her Şafakta Ölürüm</t>
+          <t>Vulkan’ın Yaratılışı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789758509690</t>
+          <t>9789944425988</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Hayatta Kalma Kılavuzu</t>
+          <t>Venedik İhaneti</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789944425889</t>
+          <t>9786055506292</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Halk Milliyetçiliğinin Öncüsü Herder</t>
+          <t>Turist</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>440</v>
+        <v>470</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055261153</t>
+          <t>9789944425940</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş</t>
+          <t>Tehdit</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789756316344</t>
+          <t>9786055506117</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Hayatname</t>
+          <t>Taşıyıcı Anne</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055715090</t>
+          <t>9789944425018</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Gururlu Peri</t>
+          <t>Şişman Kızla Sohbetler</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789944425094</t>
+          <t>9786055506544</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Hipotermi</t>
+          <t>Şeytan’ın Kitabı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>210</v>
+        <v>380</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789944425919</t>
+          <t>9786055715731</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Hançerli Hanım</t>
+          <t>Şarlman’ın İzinde</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055261221</t>
+          <t>9786055715571</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Süper Kız</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789758509447</t>
+          <t>9786055715298</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Silas Marner</t>
+          <t>Her Şafakta Ölürüm</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059241267</t>
+          <t>9789758509690</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Rüzgar Çanı</t>
+          <t>Hayatta Kalma Kılavuzu</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055261627</t>
+          <t>9789944425889</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Matematikte 80 Küçük Deneme</t>
+          <t>Halk Milliyetçiliğinin Öncüsü Herder</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789944425674</t>
+          <t>9786055261153</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Seyit Ali Reis</t>
+          <t>Hacı Bektaş</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055506704</t>
+          <t>9789756316344</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Selçukname</t>
+          <t>Hayatname</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789756316467</t>
+          <t>9786055715090</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Öyküler</t>
+          <t>Gururlu Peri</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786055506667</t>
+          <t>9789944425094</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular</t>
+          <t>Herkes İçin Hipotermi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055506070</t>
+          <t>9789944425919</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Selanik’in Gölgesinde Bir Sancak: Drama (1864-1913)</t>
+          <t>Hançerli Hanım</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055261559</t>
+          <t>9786055261221</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Seçme Masallar</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055261085</t>
+          <t>9789758509447</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Sancı</t>
+          <t>Silas Marner</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055261047</t>
+          <t>9786059241267</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Safran Yetiştiriciliği</t>
+          <t>Sihirli Rüzgar Çanı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055506605</t>
+          <t>9786055261627</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Rüya-Kar</t>
+          <t>Sihirli Matematikte 80 Küçük Deneme</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055715595</t>
+          <t>9789944425674</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Saman Kalp’in Peşinde</t>
+          <t>Seyit Ali Reis</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055715649</t>
+          <t>9786055506704</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Ormanda</t>
+          <t>Selçukname</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055715656</t>
+          <t>9789756316467</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Nehir Kıyısında</t>
+          <t>Sıra Dışı Öyküler</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055715670</t>
+          <t>9786055506667</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Kırda</t>
+          <t>Selçuklular</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055715618</t>
+          <t>9786055506070</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Işık Adasında</t>
+          <t>Selanik’in Gölgesinde Bir Sancak: Drama (1864-1913)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055715663</t>
+          <t>9786055261559</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Dağda</t>
+          <t>Seçme Masallar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055715601</t>
+          <t>9786055261085</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Cüceler Ülkesinde</t>
+          <t>Sancı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055715687</t>
+          <t>9786055261047</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Brötonya’da</t>
+          <t>Safran Yetiştiriciliği</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055715588</t>
+          <t>9786055506605</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Bahçede</t>
+          <t>Rüya-Kar</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786055715625</t>
+          <t>9786055715595</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Pelin ile Arda Araba Yarışında</t>
+          <t>Pelin ile Arda Saman Kalp’in Peşinde</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055261658</t>
+          <t>9786055715649</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kök Tengri’nin Çocukları</t>
+          <t>Pelin ile Arda Ormanda</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055506674</t>
+          <t>9786055715656</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kozalaklı Mehmed Efe 2.Cilt</t>
+          <t>Pelin ile Arda Nehir Kıyısında</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055506483</t>
+          <t>9786055715670</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kozalaklı Mehmed Efe - 1. Cilt</t>
+          <t>Pelin ile Arda Kırda</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786257201025</t>
+          <t>9786055715618</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kolsuz Kahraman</t>
+          <t>Pelin ile Arda Işık Adasında</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789756316559</t>
+          <t>9786055715663</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Damga</t>
+          <t>Pelin ile Arda Dağda</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055261511</t>
+          <t>9786055715601</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kavga Günleri</t>
+          <t>Pelin ile Arda Cüceler Ülkesinde</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>410</v>
+        <v>190</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789756316979</t>
+          <t>9786055715687</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Osmanlı İmparatorluğu Medeniyeti</t>
+          <t>Pelin ile Arda Brötonya’da</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055506551</t>
+          <t>9786055715588</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
+          <t>Pelin ile Arda Bahçede</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055261238</t>
+          <t>9786055715625</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İnançların Gökkuşağı</t>
+          <t>Pelin ile Arda Araba Yarışında</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786055506087</t>
+          <t>9786055261658</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>İmam Şamil Ahhulgoh’ta</t>
+          <t>Kök Tengri’nin Çocukları</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786055506537</t>
+          <t>9786055506674</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>İlk Heyecanlar</t>
+          <t>Kozalaklı Mehmed Efe 2.Cilt</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786055261115</t>
+          <t>9786055506483</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İlahi Nur</t>
+          <t>Kozalaklı Mehmed Efe - 1. Cilt</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786055715816</t>
+          <t>9786257201025</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>İkizler İle Timo Gizli Geçitte</t>
+          <t>Kolsuz Kahraman</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786055261375</t>
+          <t>9789756316559</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kahramanlar Ülkesinde İki Devir</t>
+          <t>Kızıl Damga</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789756316382</t>
+          <t>9786055261511</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Haç</t>
+          <t>Kavga Günleri</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789944425070</t>
+          <t>9789756316979</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Yapay Sinekle Balık Avı</t>
+          <t>İstanbul ve Osmanlı İmparatorluğu Medeniyeti</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789944425087</t>
+          <t>9786055506551</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Tek Başına Doğa Yürüyüşü</t>
+          <t>İslam Devletlerinde Türk Naibeler ve Kadın Hükümdarlar</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789756316078</t>
+          <t>9786055261238</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Sırt Çantası Hazırlama</t>
+          <t>İnançların Gökkuşağı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789756316061</t>
+          <t>9786055506087</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kampta Yemek Pişirmek</t>
+          <t>İmam Şamil Ahhulgoh’ta</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789756316085</t>
+          <t>9786055506537</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kampçılıkta İlkyardım</t>
+          <t>İlk Heyecanlar</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789756316122</t>
+          <t>9786055261115</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Doğa Sporlarında Kadınlar</t>
+          <t>İlahi Nur</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789756316054</t>
+          <t>9786055715816</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Doğa Sporlarında Düğümler</t>
+          <t>İkizler İle Timo Gizli Geçitte</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789756316146</t>
+          <t>9786055261375</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Dağcılık</t>
+          <t>Hüzünlü Kahramanlar Ülkesinde İki Devir</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789944425063</t>
+          <t>9789756316382</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin  Rafting</t>
+          <t>Hilal ve Haç</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786055506964</t>
+          <t>9789944425070</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Zehra</t>
+          <t>Herkes İçin Yapay Sinekle Balık Avı</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786055261269</t>
+          <t>9789944425087</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Necdet</t>
+          <t>Herkes İçin Tek Başına Doğa Yürüyüşü</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786055715038</t>
+          <t>9789756316078</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Çocuk</t>
+          <t>Herkes İçin Sırt Çantası Hazırlama</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786055715113</t>
+          <t>9789756316061</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı’ndan Seçmeler</t>
+          <t>Herkes İçin Kampta Yemek Pişirmek</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786055715885</t>
+          <t>9789756316085</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Herkes İçin Kampçılıkta İlkyardım</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789756316597</t>
+          <t>9789756316122</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Herkes İçin Doğa Sporlarında Kadınlar</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055715212</t>
+          <t>9789756316054</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Herkes İçin Doğa Sporlarında Düğümler</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789756316788</t>
+          <t>9789756316146</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Herkes İçin Dağcılık</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786055506896</t>
+          <t>9789944425063</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Herkes İçin  Rafting</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789756316870</t>
+          <t>9786055506964</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Zehra</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789944425056</t>
+          <t>9786055261269</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Deyimlerden Seçmeler</t>
+          <t>Zavallı Necdet</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786055261184</t>
+          <t>9786055715038</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Turfanda Mı Yoksa Turfa Mı?</t>
+          <t>Zavallı Çocuk</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789756316900</t>
+          <t>9786055715113</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Yunus Emre Divanı’ndan Seçmeler</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786055506827</t>
+          <t>9786055715885</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Yeni Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789758509263</t>
+          <t>9789756316597</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Savaş Dalgaları</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>530</v>
+        <v>130</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786055506490</t>
+          <t>9786055715212</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Jantsen’in Hediyesi</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>310</v>
+        <v>140</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786055715267</t>
+          <t>9789756316788</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Venedik Bir Balıktır</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789944425209</t>
+          <t>9786055506896</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Koçyiğit Köroğlu</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789756316832</t>
+          <t>9789756316870</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal Beyatlı Şiire Adanmış Bir Yaşam...</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>570</v>
+        <v>140</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786055715069</t>
+          <t>9789944425056</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Sol El</t>
+          <t>Türkçe Deyimlerden Seçmeler</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789756316368</t>
+          <t>9786055261184</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler 2</t>
+          <t>Turfanda Mı Yoksa Turfa Mı?</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786055506933</t>
+          <t>9789756316900</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C529" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786055506889</t>
+          <t>9786055506827</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789944425377</t>
+          <t>9789758509263</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Savaş Dalgaları</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>140</v>
+        <v>530</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786055506810</t>
+          <t>9786055506490</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Jantsen’in Hediyesi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786055506766</t>
+          <t>9786055715267</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Venedik Bir Balıktır</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789944425353</t>
+          <t>9789944425209</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar?</t>
+          <t>Koçyiğit Köroğlu</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786055506209</t>
+          <t>9789756316832</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>İran’ın Son İki Yüzyıllık Tarihi</t>
+          <t>Yahya Kemal Beyatlı Şiire Adanmış Bir Yaşam...</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>210</v>
+        <v>570</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786055715021</t>
+          <t>9786055715069</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sonrası Ortamında 1947 Türkiye İktisadi Kalkınma Planı</t>
+          <t>Sol El</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786055261542</t>
+          <t>9789756316368</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Rus Kaynaklarında Ermeni Sorunu</t>
+          <t>Ömer Seyfettin Seçme Hikayeler 2</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786055261528</t>
+          <t>9786055506933</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Erdoğan Merçil’e Armağan</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>780</v>
+        <v>140</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789756316658</t>
+          <t>9786055506889</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789756316719</t>
+          <t>9789944425377</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786258274929</t>
+          <t>9786055506810</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Oklama Yöntemiyle Türkçenin Yapısal-İşlevsel Söz Dizimi</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>520</v>
+        <v>120</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786059521956</t>
+          <t>9786055506766</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Eskiçağ Tarihi 2</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786258274806</t>
+          <t>9789944425353</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet</t>
+          <t>İnsan Ne ile Yaşar?</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>630</v>
+        <v>130</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786258274875</t>
+          <t>9786055506209</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Troya’dan Konstantinopolis’e Boğazlar</t>
+          <t>İran’ın Son İki Yüzyıllık Tarihi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786059241113</t>
+          <t>9786055715021</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Tarihi Gelişmesi</t>
+          <t>Savaş Sonrası Ortamında 1947 Türkiye İktisadi Kalkınma Planı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786059521734</t>
+          <t>9786055261542</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Psikoloji</t>
+          <t>Rus Kaynaklarında Ermeni Sorunu</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>875</v>
+        <v>290</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786258274714</t>
+          <t>9786055261528</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Altaylı Türkler</t>
+          <t>Prof. Dr. Erdoğan Merçil’e Armağan</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>320</v>
+        <v>780</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786258274813</t>
+          <t>9789756316658</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Roma’nın Afrikalı İmparatoru Septimius Severus</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786258274721</t>
+          <t>9789756316719</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Yedi Güzel (Heft Peyker)</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786258274851</t>
+          <t>9786258274929</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kızımın Yarınını Yaşamaya Geldik</t>
+          <t>Oklama Yöntemiyle Türkçenin Yapısal-İşlevsel Söz Dizimi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786055261078</t>
+          <t>9786059521956</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Yeni Eş ve Karşıt Anlamlı Kelimeler Sözlüğü</t>
+          <t>Türkiye'nin Eskiçağ Tarihi 2</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786258274738</t>
+          <t>9786258274806</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>M.Ö.1177'den Sonra-Medeniyetlerin Kurtuluşu</t>
+          <t>Divan-ı Hikmet</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>360</v>
+        <v>630</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257556279</t>
+          <t>9786258274875</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Köstekli Saati</t>
+          <t>Troya’dan Konstantinopolis’e Boğazlar</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786258274820</t>
+          <t>9786059241113</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Neşter, Süngü ve Siyaset</t>
+          <t>Türkçenin Tarihi Gelişmesi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786258274196</t>
+          <t>9786059521734</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Politik Söylemde Dil Ve İkna</t>
+          <t>Bilişsel Psikoloji</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>220</v>
+        <v>875</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258274882</t>
+          <t>9786258274714</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Babürlü Hükümdarı Hümayun Şah'ın Özel Kayıtları</t>
+          <t>Altaylı Türkler</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786258274707</t>
+          <t>9786258274813</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Açık Deniz</t>
+          <t>Roma’nın Afrikalı İmparatoru Septimius Severus</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>520</v>
+        <v>340</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257201049</t>
+          <t>9786258274721</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kökler</t>
+          <t>Yedi Güzel (Heft Peyker)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>530</v>
+        <v>390</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786258274691</t>
+          <t>9786258274851</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Kızımın Yarınını Yaşamaya Geldik</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789944425346</t>
+          <t>9786055261078</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Demir Orkide</t>
+          <t>Yeni Eş ve Karşıt Anlamlı Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789944425582</t>
+          <t>9786258274738</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Gemilerin Hikayesi</t>
+          <t>M.Ö.1177'den Sonra-Medeniyetlerin Kurtuluşu</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789756316498</t>
+          <t>9786257556279</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe Cumhuriyeti ve Cumhurbaşkanları</t>
+          <t>Dedemin Köstekli Saati</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789758509591</t>
+          <t>9786258274820</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 5</t>
+          <t>Neşter, Süngü ve Siyaset</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789758509584</t>
+          <t>9786258274196</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 4</t>
+          <t>Politik Söylemde Dil Ve İkna</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789758509560</t>
+          <t>9786258274882</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Fadiş, Bediş, Ediş 2</t>
+          <t>Babürlü Hükümdarı Hümayun Şah'ın Özel Kayıtları</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789944425407</t>
+          <t>9786258274707</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Erkek Çocuklarına Resimli Öyküler (Ciltli)</t>
+          <t>Açık Deniz</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>900</v>
+        <v>520</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786055261634</t>
+          <t>9786257201049</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli 100 Küçük Matematik Problemi</t>
+          <t>Kökler</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>240</v>
+        <v>530</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786055506568</t>
+          <t>9786258274691</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Dost Olmak Dostu Sevmek</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786055715120</t>
+          <t>9789944425346</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Destan Destan Çanakkale</t>
+          <t>Demir Orkide</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786055261245</t>
+          <t>9789944425582</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’te Bir Türk Dostu</t>
+          <t>Gemilerin Hikayesi</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786055506308</t>
+          <t>9789756316498</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Elif’in Olağanüstü Düşleri - 2</t>
+          <t>Fenerbahçe Cumhuriyeti ve Cumhurbaşkanları</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786055715397</t>
+          <t>9789758509591</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Değişik Yanlarıyla Yahya Kemal</t>
+          <t>Fadiş, Bediş, Ediş 5</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>470</v>
+        <v>130</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786055715427</t>
+          <t>9789758509584</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Dante’nin Cehennemi Üzerine Dersler</t>
+          <t>Fadiş, Bediş, Ediş 4</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786055715045</t>
+          <t>9789758509560</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Gibi Dik Dur Sular Gibi Ak</t>
+          <t>Fadiş, Bediş, Ediş 2</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789756316177</t>
+          <t>9789944425407</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Düğüm Düğüm Üstüne</t>
+          <t>Erkek Çocuklarına Resimli Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789944425681</t>
+          <t>9786055261634</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Doğal Sağlık Rehberi</t>
+          <t>Eğlenceli 100 Küçük Matematik Problemi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789758509300</t>
+          <t>9786055506568</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Düşleri</t>
+          <t>Dost Olmak Dostu Sevmek</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786055506698</t>
+          <t>9786055715120</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Destan Destan Çanakkale</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>480</v>
+        <v>225</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786055506865</t>
+          <t>9786055261245</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Dersaadet’te Bir Türk Dostu</t>
         </is>
       </c>
       <c r="C579" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789756316269</t>
+          <t>9786055506308</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Elif’in Olağanüstü Düşleri - 2</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786055261191</t>
+          <t>9786055715397</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Değişik Yanlarıyla Yahya Kemal</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>260</v>
+        <v>470</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786055261252</t>
+          <t>9786055715427</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Dante’nin Cehennemi Üzerine Dersler</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789944425490</t>
+          <t>9786055715045</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Dağlar Gibi Dik Dur Sular Gibi Ak</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789756316795</t>
+          <t>9789756316177</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Düğüm Düğüm Üstüne</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789758509331</t>
+          <t>9789944425681</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Örnekli ve Açıklamalı Türkçe Deyimler Sözlüğü</t>
+          <t>Çocuklar İçin Doğal Sağlık Rehberi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>590</v>
+        <v>650</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789756316481</t>
+          <t>9789758509300</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 1</t>
+          <t>Çocuk Düşleri</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>490</v>
+        <v>325</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786055715496</t>
+          <t>9786055506698</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağlarda Doğu ve Güneydoğu Anadolu</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786055715335</t>
+          <t>9786055506865</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Avrupa Tarihi</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789756316535</t>
+          <t>9789756316269</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi 3 Sona Doğru</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>540</v>
+        <v>120</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786055506728</t>
+          <t>9786055261191</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Dilin Kökeni Üzerine</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789756316634</t>
+          <t>9786055261252</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786055261863</t>
+          <t>9789944425490</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786055506247</t>
+          <t>9789756316795</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Eşref Saat</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786258274486</t>
+          <t>9789758509331</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Cümbezin Kızı</t>
+          <t>Örnekli ve Açıklamalı Türkçe Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>170</v>
+        <v>590</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786057931351</t>
+          <t>9789756316481</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>Osmanlı Tarihi 1</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786054921997</t>
+          <t>9786055715496</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Eşek</t>
+          <t>Orta Çağlarda Doğu ve Güneydoğu Anadolu</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786258274592</t>
+          <t>9786055715335</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
+          <t>Orta Çağ Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786258274608</t>
+          <t>9789756316535</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 2 - Karlıcadağ'ın Melekleri</t>
+          <t>Osmanlı Tarihi 3 Sona Doğru</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786258274622</t>
+          <t>9786055506728</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
+          <t>Dilin Kökeni Üzerine</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786258274639</t>
+          <t>9789756316634</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786258274615</t>
+          <t>9786055261863</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Alim Kız Büyüdü 3 - Sevgiler Düğüm Düğüm</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786258274646</t>
+          <t>9786055506247</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Sesleniş</t>
+          <t>Eşref Saat</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786258274028</t>
+          <t>9786258274486</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Yer Altındaki Dostlar</t>
+          <t>Cümbezin Kızı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786258274554</t>
+          <t>9786057931351</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Sultan Baybars ve Dönemi (1260-1277)</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786258274462</t>
+          <t>9786054921997</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>El-Kamil’de Haçlılar (Ciltli)</t>
+          <t>Gümüş Eşek</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>620</v>
+        <v>170</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786258274585</t>
+          <t>9786258274592</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Asker ve Devlet</t>
+          <t>Alim Kız Büyüdü 1 - Rengarenk Hayaller</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>725</v>
+        <v>140</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786057931399</t>
+          <t>9786258274608</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar</t>
+          <t>Alim Kız Büyüdü 2 - Karlıcadağ'ın Melekleri</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786057931214</t>
+          <t>9786258274622</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Çok Bilen Çok Yanılır</t>
+          <t>Alim Kız Büyüdü 4 - Gurbette İki Yürek</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786057931238</t>
+          <t>9786258274639</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Akif Bey</t>
+          <t>Alim Kız Büyüdü 5 - Vatana Uzanan Yollar</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786059241625</t>
+          <t>9786258274615</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Dile Genel Bir Bakış (Türkçe Örneklerle)</t>
+          <t>Alim Kız Büyüdü 3 - Sevgiler Düğüm Düğüm</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786055261283</t>
+          <t>9786258274646</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Türküsü</t>
+          <t>Sesleniş</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786258274578</t>
+          <t>9786258274028</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İki Gözüm Türkçe</t>
+          <t>Yer Altındaki Dostlar</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786258274561</t>
+          <t>9786258274554</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Sözcüklerin Kökenlerine Etimoloji Yolculuğu: Tarihi Türk Lehçelerinde Farazi Kök *yV- Örneği</t>
+          <t>Sultan Baybars ve Dönemi (1260-1277)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786258274547</t>
+          <t>9786258274462</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kutlu Beşlemesi Bağlamında Türkiye'de Toplumsal Değişme</t>
+          <t>El-Kamil’de Haçlılar (Ciltli)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>160</v>
+        <v>620</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786258274653</t>
+          <t>9786258274585</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı Türkçesinde Tasarlama Kiplerinin Kiplik İşlevleri</t>
+          <t>Asker ve Devlet</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>250</v>
+        <v>725</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786258274530</t>
+          <t>9786057931399</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kısa Öykü ve Dilbilimsel Eleştiri</t>
+          <t>Harezmşahlar</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>425</v>
+        <v>180</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786258274523</t>
+          <t>9786057931214</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Dönemi</t>
+          <t>Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>640</v>
+        <v>140</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786258274516</t>
+          <t>9786057931238</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Şiiri</t>
+          <t>Akif Bey</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786258274271</t>
+          <t>9786059241625</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Tekke Şiiri Antolojisi</t>
+          <t>Dile Genel Bir Bakış (Türkçe Örneklerle)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>560</v>
+        <v>420</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257201889</t>
+          <t>9786055261283</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlülük - Eleştirel Bir Giriş</t>
+          <t>Cumhuriyet Türküsü</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786258274509</t>
+          <t>9786258274578</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Safeviler</t>
+          <t>İki Gözüm Türkçe</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786258274370</t>
+          <t>9786258274561</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Felsefe</t>
+          <t>Sözcüklerin Kökenlerine Etimoloji Yolculuğu: Tarihi Türk Lehçelerinde Farazi Kök *yV- Örneği</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786258274479</t>
+          <t>9786258274547</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Ak-Koyunlu Türkmen Hükümdarı Sultan Yakub ve Dönemi (1478-1490)</t>
+          <t>Mustafa Kutlu Beşlemesi Bağlamında Türkiye'de Toplumsal Değişme</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786257201896</t>
+          <t>9786258274653</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Osman Yüksel Serdengeçti Bütün Şiirleri</t>
+          <t>Karahanlı Türkçesinde Tasarlama Kiplerinin Kiplik İşlevleri</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786258274363</t>
+          <t>9786258274530</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Filozofların Özellikleri</t>
+          <t>Kısa Öykü ve Dilbilimsel Eleştiri</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786258274387</t>
+          <t>9786258274523</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Temel Kitabı</t>
+          <t>Selahaddin Eyyubi ve Dönemi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>260</v>
+        <v>640</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786258274448</t>
+          <t>9786258274516</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Dersleri</t>
+          <t>Eski Türk Şiiri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786258274424</t>
+          <t>9786258274271</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Teori ve Popüler Kültüre Giriş</t>
+          <t>Tekke Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>390</v>
+        <v>560</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786258274264</t>
+          <t>9786257201889</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Dervis Edebiyatı Araştırmaları: Sorgunlu Sıdkı Baba Divanı</t>
+          <t>Çokkültürlülük - Eleştirel Bir Giriş</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786258274455</t>
+          <t>9786258274509</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Selef ile Halef Gölgesinde</t>
+          <t>Safeviler</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>480</v>
+        <v>210</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786258274417</t>
+          <t>9786258274370</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz</t>
+          <t>Felsefe</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786258274431</t>
+          <t>9786258274479</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Türk Ahlak Felsefesi İncelemeleri</t>
+          <t>Ak-Koyunlu Türkmen Hükümdarı Sultan Yakub ve Dönemi (1478-1490)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786258274288</t>
+          <t>9786257201896</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Farklılıkların Kilit Düşünürleri</t>
+          <t>Osman Yüksel Serdengeçti Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786258274400</t>
+          <t>9786258274363</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Namık Kemal</t>
+          <t>Filozofların Özellikleri</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786258274394</t>
+          <t>9786258274387</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografi</t>
+          <t>Türk Dili Temel Kitabı</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257201933</t>
+          <t>9786258274448</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Tarih - (1789-1950)</t>
+          <t>Osmanlı Türkçesi Dersleri</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786258274332</t>
+          <t>9786258274424</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar, Karakoyunlular, Akkoyunlular, Safeviler</t>
+          <t>Kültürel Teori ve Popüler Kültüre Giriş</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786258274295</t>
+          <t>9786258274264</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Ege ve Eski Yunan Tarihi-1</t>
+          <t>Dervis Edebiyatı Araştırmaları: Sorgunlu Sıdkı Baba Divanı</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>460</v>
+        <v>420</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786258274325</t>
+          <t>9786258274455</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Şah İsmail ve Sultan Selim</t>
+          <t>Selef ile Halef Gölgesinde</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786258274349</t>
+          <t>9786258274417</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Atlı Süvarilerinin Teşkilatlanmaları, Saldırı ve Savunma Taktikleri, Teçhizatları</t>
+          <t>Doğu Karadeniz</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786258274318</t>
+          <t>9786258274431</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Çivril’de Kazanılan Büyük Zafer Myrıokephalon 1176 Türkiye Selçuklu-Bizans İlişkileri 1071-1180</t>
+          <t>Türk Ahlak Felsefesi İncelemeleri</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786258274066</t>
+          <t>9786258274288</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri ve Edebiyatları Bölümleri için Rusça</t>
+          <t>Bireysel Farklılıkların Kilit Düşünürleri</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>475</v>
+        <v>240</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786258274301</t>
+          <t>9786258274400</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kırılıyor</t>
+          <t>Namık Kemal</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786258274257</t>
+          <t>9786258274394</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Beyaz İhtilale Doğru</t>
+          <t>Otobiyografi</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257201674</t>
+          <t>9786257201933</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Yazarlık Atölyesi - Yaratıcı Yazarlık ve Yazma Becerileri Dersi</t>
+          <t>Siyasal Tarih - (1789-1950)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786059521413</t>
+          <t>9786258274332</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Larousse Fransızca - Türkçe Sözlük (Ciltli)</t>
+          <t>Osmanlılar, Karakoyunlular, Akkoyunlular, Safeviler</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>4500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786059521574</t>
+          <t>9786258274295</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Living Sentence Patterns In English</t>
+          <t>Ege ve Eski Yunan Tarihi-1</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>780</v>
+        <v>460</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257201216</t>
+          <t>9786258274325</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Farsça Dilbilgisi</t>
+          <t>Şah İsmail ve Sultan Selim</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257201582</t>
+          <t>9786258274349</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Eğitime Çözüm</t>
+          <t>Bozkır Atlı Süvarilerinin Teşkilatlanmaları, Saldırı ve Savunma Taktikleri, Teçhizatları</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786258274240</t>
+          <t>9786258274318</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Uzmanlık</t>
+          <t>Çivril’de Kazanılan Büyük Zafer Myrıokephalon 1176 Türkiye Selçuklu-Bizans İlişkileri 1071-1180</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786258274189</t>
+          <t>9786258274066</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kirman Selçukluları</t>
+          <t>Çağdaş Türk Lehçeleri ve Edebiyatları Bölümleri için Rusça</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>290</v>
+        <v>475</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257201810</t>
+          <t>9786258274301</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Tarih Kırılıyor</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786258274004</t>
+          <t>9786258274257</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Türk Mezar Taşı Edebiyatı</t>
+          <t>Beyaz İhtilale Doğru</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786258274219</t>
+          <t>9786257201674</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Antalya Yörük Türkmen Kitabı</t>
+          <t>Yazarlık Atölyesi - Yaratıcı Yazarlık ve Yazma Becerileri Dersi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>650</v>
+        <v>220</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786258274011</t>
+          <t>9786059521413</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar'ın Eşiğinde</t>
+          <t>Larousse Fransızca - Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>290</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786258274233</t>
+          <t>9786059521574</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin'den Baybars'a Eyyubiler - Memluklar (1193-1260)</t>
+          <t>Living Sentence Patterns In English</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>450</v>
+        <v>780</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786258274158</t>
+          <t>9786257201216</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>İdea Nedir?</t>
+          <t>Farsça Dilbilgisi</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786258274134</t>
+          <t>9786257201582</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Yıldırım Gençosmanoğlu Alperenler Destanı</t>
+          <t>Eğitime Çözüm</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786258274110</t>
+          <t>9786258274240</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Yıldırım Gençosmanoğlu Bozkurtların Destanı</t>
+          <t>Siyaset ve Uzmanlık</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786258274127</t>
+          <t>9786258274189</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut’tan Boğaç Han Ve Salur Kazan Destanları</t>
+          <t>Kirman Selçukluları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786258274103</t>
+          <t>9786257201810</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Destanlar Burcu</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257201919</t>
+          <t>9786258274004</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Nesnelerin Minyatür Tarihi</t>
+          <t>Türk Mezar Taşı Edebiyatı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786257201940</t>
+          <t>9786258274219</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Demdeme</t>
+          <t>Antalya Yörük Türkmen Kitabı</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786258274141</t>
+          <t>9786258274011</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kaynaklarda Türk Ve Türkçe</t>
+          <t>Tanpınar'ın Eşiğinde</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786258274080</t>
+          <t>9786258274233</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Felsefeye Giriş</t>
+          <t>Selahaddin'den Baybars'a Eyyubiler - Memluklar (1193-1260)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786258274073</t>
+          <t>9786258274158</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Okuma Üstüne Ayrıksı Metinler</t>
+          <t>İdea Nedir?</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257201902</t>
+          <t>9786258274134</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan’da Milliyetçilik Ve Politika</t>
+          <t>Niyazi Yıldırım Gençosmanoğlu Alperenler Destanı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257201957</t>
+          <t>9786258274110</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Düzyazı Kuramı</t>
+          <t>Niyazi Yıldırım Gençosmanoğlu Bozkurtların Destanı</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257201926</t>
+          <t>9786258274127</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin İlkeleri - Felsefeye Giriş 1</t>
+          <t>Dede Korkut’tan Boğaç Han Ve Salur Kazan Destanları</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257201988</t>
+          <t>9786258274103</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Divan Dünyası</t>
+          <t>Destanlar Burcu</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257201995</t>
+          <t>9786257201919</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Anlatma Esasına Bağlı Edebi Metinlerin Tahlili</t>
+          <t>Nesnelerin Minyatür Tarihi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257201964</t>
+          <t>9786257201940</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatta Üslup ve Problemleri</t>
+          <t>Demdeme</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786257201827</t>
+          <t>9786258274141</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Bireyselleşme Serüveni</t>
+          <t>Kaynaklarda Türk Ve Türkçe</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786257201872</t>
+          <t>9786258274080</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Kuramlar</t>
+          <t>Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257201537</t>
+          <t>9786258274073</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>El-Kamil’de Selçuklular</t>
+          <t>Okuma Üstüne Ayrıksı Metinler</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257201865</t>
+          <t>9786257201902</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Ege Ve Eski Yunan Tarihi - II Klasik Ve Hellenistik Çağlar</t>
+          <t>Azerbaycan’da Milliyetçilik Ve Politika</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257201834</t>
+          <t>9786257201957</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi</t>
+          <t>Düzyazı Kuramı</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786257201698</t>
+          <t>9786257201926</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Moğol Kanunları</t>
+          <t>Felsefenin İlkeleri - Felsefeye Giriş 1</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257201650</t>
+          <t>9786257201988</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Milletlerinin Mukayeseli Tarihi</t>
+          <t>Divan Dünyası</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786057931955</t>
+          <t>9786257201995</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti Tarihi (Ciltli)</t>
+          <t>Anlatma Esasına Bağlı Edebi Metinlerin Tahlili</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>1200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786257201681</t>
+          <t>9786257201964</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Oguz Bitig: Modern ve Tarihsel Oğuzca Üzerine Araştırmalar</t>
+          <t>Edebiyatta Üslup ve Problemleri</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>620</v>
+        <v>160</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789756316405</t>
+          <t>9786257201827</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Edebiyatımızda Bireyselleşme Serüveni</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786257201599</t>
+          <t>9786257201872</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik, Yeni Dünya Düzeni Ve Türkiye</t>
+          <t>Edebiyat ve Kuramlar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786257201636</t>
+          <t>9786257201537</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Taliban’ın Afganistan’ı - Devlet, Toplum, Siyaset</t>
+          <t>El-Kamil’de Selçuklular</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257201476</t>
+          <t>9786257201865</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu İslam Hukuku</t>
+          <t>Ege Ve Eski Yunan Tarihi - II Klasik Ve Hellenistik Çağlar</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257201469</t>
+          <t>9786257201834</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Safeviler Devrinde İran</t>
+          <t>Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257201575</t>
+          <t>9786257201698</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Osmanoğulları'nın Tarihi - Tevarih-i Al-i Osman</t>
+          <t>Moğol Kanunları</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257201551</t>
+          <t>9786257201650</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Mekandan Zamana Metaforik Transferler</t>
+          <t>Avrupa Milletlerinin Mukayeseli Tarihi</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786257201513</t>
+          <t>9786057931955</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Heredotus'tan Günümüze Siyasal Düşünceler Tarihi</t>
+          <t>İslam Medeniyeti Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C689" s="1">
         <v>1200</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257201605</t>
+          <t>9786257201681</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Edebiyattaki Tren, Şu Bildiğimiz Tren Değil Mi?</t>
+          <t>Oguz Bitig: Modern ve Tarihsel Oğuzca Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>220</v>
+        <v>620</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257201643</t>
+          <t>9789756316405</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>440</v>
+        <v>120</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786059241779</t>
+          <t>9786257201599</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Tabsıra - Akif Paşa'nın Gurur ve İsyan Çığlığı</t>
+          <t>Uluslararası Güvenlik, Yeni Dünya Düzeni Ve Türkiye</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786055506278</t>
+          <t>9786257201636</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Doğular Batılar</t>
+          <t>Taliban’ın Afganistan’ı - Devlet, Toplum, Siyaset</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>470</v>
+        <v>290</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786057931498</t>
+          <t>9786257201476</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kapsamlı Almanca Sözlük</t>
+          <t>Selçuklu İslam Hukuku</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>1750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257201803</t>
+          <t>9786257201469</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hüseyin Şehriyar Farsça Divan’dan Seçmeler</t>
+          <t>Safeviler Devrinde İran</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786257201858</t>
+          <t>9786257201575</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>XI.-XIII. Yüzyıllarda Türk-Gürcü İlişkileri</t>
+          <t>Osmanoğulları'nın Tarihi - Tevarih-i Al-i Osman</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257201797</t>
+          <t>9786257201551</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Basınında Türkiye</t>
+          <t>Mekandan Zamana Metaforik Transferler</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786257201780</t>
+          <t>9786257201513</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Türk Kağanlığı</t>
+          <t>Heredotus'tan Günümüze Siyasal Düşünceler Tarihi</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>170</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786257201773</t>
+          <t>9786257201605</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Tarih Neye Yarar</t>
+          <t>Edebiyattaki Tren, Şu Bildiğimiz Tren Değil Mi?</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786257201742</t>
+          <t>9786257201643</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Newton'ın Elması ve Bilime İlişkin Diğer Mitler</t>
+          <t>Demokrasi</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786257201315</t>
+          <t>9786059241779</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma - Romulus'tan Justinianus'a</t>
+          <t>Tabsıra - Akif Paşa'nın Gurur ve İsyan Çığlığı</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257201711</t>
+          <t>9786055506278</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Uzun Hasan ve Otlukbeli Savaşı</t>
+          <t>Doğular Batılar</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>290</v>
+        <v>470</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257201759</t>
+          <t>9786057931498</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Fiillerdeki Fosil İsimler</t>
+          <t>Kapsamlı Almanca Sözlük</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>180</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257201667</t>
+          <t>9786257201803</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Haberin Ortaya Çıkışı</t>
+          <t>Muhammed Hüseyin Şehriyar Farsça Divan’dan Seçmeler</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>480</v>
+        <v>210</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257201629</t>
+          <t>9786257201858</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Şiirinde Şekil ve Türler</t>
+          <t>XI.-XIII. Yüzyıllarda Türk-Gürcü İlişkileri</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>470</v>
+        <v>180</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257201612</t>
+          <t>9786257201797</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Halk Şiiri ve Divan Şiirinin Müşterekleri</t>
+          <t>Gürcü Basınında Türkiye</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786257201704</t>
+          <t>9786257201780</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Kuşatma</t>
+          <t>Türk Kağanlığı</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786257201728</t>
+          <t>9786257201773</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Felsefesi</t>
+          <t>Tarih Neye Yarar</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786257201452</t>
+          <t>9786257201742</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Çin Düşüncesi ve Kültürü Temel Kavramları - 1</t>
+          <t>Newton'ın Elması ve Bilime İlişkin Diğer Mitler</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786257201544</t>
+          <t>9786257201315</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Sultan Berkyaruk Devri Selçuklu Tarihi</t>
+          <t>Antik Roma - Romulus'tan Justinianus'a</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786257201506</t>
+          <t>9786257201711</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Yurtları</t>
+          <t>Uzun Hasan ve Otlukbeli Savaşı</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786257201520</t>
+          <t>9786257201759</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan ve Çin Günlüğü</t>
+          <t>Türkçe Fiillerdeki Fosil İsimler</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786257201490</t>
+          <t>9786257201667</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Tapınakçıların Çöküşü</t>
+          <t>Haberin Ortaya Çıkışı</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786257201568</t>
+          <t>9786257201629</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Adil Mevla</t>
+          <t>Türk Halk Şiirinde Şekil ve Türler</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>140</v>
+        <v>470</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257201421</t>
+          <t>9786257201612</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Bizans Tarihi</t>
+          <t>Halk Şiiri ve Divan Şiirinin Müşterekleri</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786257201445</t>
+          <t>9786257201704</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Sorularla İran Mitolojisi</t>
+          <t>Kuşatma</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786257201483</t>
+          <t>9786257201728</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Nors Mitolojisi</t>
+          <t>Demokrasi Felsefesi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786257201438</t>
+          <t>9786257201452</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Seyyahların Gözüyle Kafkasya</t>
+          <t>Çin Düşüncesi ve Kültürü Temel Kavramları - 1</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786257201414</t>
+          <t>9786257201544</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Cihanname</t>
+          <t>Sultan Berkyaruk Devri Selçuklu Tarihi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786257201407</t>
+          <t>9786257201506</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Sofist</t>
+          <t>Türk Dilinin Yurtları</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>330</v>
+        <v>480</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786257201384</t>
+          <t>9786257201520</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Selçukluların Muhteşem Sultanı - Melikşah</t>
+          <t>Moğolistan ve Çin Günlüğü</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786257201391</t>
+          <t>9786257201490</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Kelime Gezgini</t>
+          <t>Tapınakçıların Çöküşü</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786257201353</t>
+          <t>9786257201568</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Ak-Koyunlu Devleti</t>
+          <t>Adil Mevla</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257201346</t>
+          <t>9786257201421</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Ailesi Rif’at Paşa Sülalesi</t>
+          <t>Bizans Tarihi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786257201360</t>
+          <t>9786257201445</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Trabzon Rum Devleti</t>
+          <t>Sorularla İran Mitolojisi</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786257201377</t>
+          <t>9786257201483</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Tanıkları</t>
+          <t>Sorularla Nors Mitolojisi</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786257201308</t>
+          <t>9786257201438</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Larousse - Dünya Mitolojileri (Ciltli)</t>
+          <t>Avrupalı Seyyahların Gözüyle Kafkasya</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>1100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786257201230</t>
+          <t>9786257201414</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Selçuklularda Vergiler</t>
+          <t>Cihanname</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786257201339</t>
+          <t>9786257201407</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Safahat’tan Seçmeler</t>
+          <t>Sofist</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786257201292</t>
+          <t>9786257201384</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet ve İstiklalimizin Gür Sesi: Mehmed Akif</t>
+          <t>Selçukluların Muhteşem Sultanı - Melikşah</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786257201193</t>
+          <t>9786257201391</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı</t>
+          <t>Kelime Gezgini</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>525</v>
+        <v>160</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257201209</t>
+          <t>9786257201353</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Divan Şiiri Sözlüğü</t>
+          <t>Ak-Koyunlu Devleti</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786257201285</t>
+          <t>9786257201346</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Savcı Bey</t>
+          <t>Bir Türk Ailesi Rif’at Paşa Sülalesi</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786257201261</t>
+          <t>9786257201360</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Sarı Benizli Adam</t>
+          <t>Trabzon Rum Devleti</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786257201278</t>
+          <t>9786257201377</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Türk Korsanları</t>
+          <t>Bozkırın Tanıkları</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786257201254</t>
+          <t>9786257201308</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sencivanoğlu</t>
+          <t>Larousse - Dünya Mitolojileri (Ciltli)</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786257201247</t>
+          <t>9786257201230</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Müesseseleri ve Medeniyeti</t>
+          <t>Selçuklularda Vergiler</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>950</v>
+        <v>180</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786257201223</t>
+          <t>9786257201339</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Uygurlar</t>
+          <t>Safahat’tan Seçmeler</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786257201117</t>
+          <t>9786257201292</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Siyasi ve Kültürel İslam Tarihi (Ciltli)</t>
+          <t>Hürriyet ve İstiklalimizin Gür Sesi: Mehmed Akif</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>2250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786059521703</t>
+          <t>9786257201193</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Dizisi - Türk Dili Araştırmaları</t>
+          <t>Eski Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786257201148</t>
+          <t>9786257201209</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Son Teknoloji Moda İllüstrasyonu</t>
+          <t>Açıklamalı Divan Şiiri Sözlüğü</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>575</v>
+        <v>650</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786257201186</t>
+          <t>9786257201285</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Merzubanname</t>
+          <t>Savcı Bey</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786257201094</t>
+          <t>9786257201261</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Şiirimin Şehirleri</t>
+          <t>Sarı Benizli Adam</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786257201162</t>
+          <t>9786257201278</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Trablusgarp ve Bingazi İle Büyük Sahra ve Sudan</t>
+          <t>Türk Korsanları</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786257201179</t>
+          <t>9786257201254</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Fethedilenlerin Gözüyle Anadolu’nun Fethi</t>
+          <t>Sencivanoğlu</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786257201131</t>
+          <t>9786257201247</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Türkçülük Yazıları</t>
+          <t>Selçuklu Müesseseleri ve Medeniyeti</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>260</v>
+        <v>950</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786257201100</t>
+          <t>9786257201223</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Saat Yirmi Dörtte Saksafon Dersi</t>
+          <t>Uygurlar</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786257201087</t>
+          <t>9786257201117</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Dik Durmak</t>
+          <t>Siyasi ve Kültürel İslam Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>180</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786257201124</t>
+          <t>9786059521703</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Yazıları</t>
+          <t>Türklük Bilimi Dizisi - Türk Dili Araştırmaları</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786257201063</t>
+          <t>9786257201148</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Alman Filozofu Ernst Mortiz Arndt'ın Partikularizme Karşı Mücadelesi</t>
+          <t>Son Teknoloji Moda İllüstrasyonu</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>290</v>
+        <v>575</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786257201155</t>
+          <t>9786257201186</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Hindistan ve Türk Tarihi-Kültür Araştırmaları</t>
+          <t>Merzubanname</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>340</v>
+        <v>150</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786057931733</t>
+          <t>9786257201094</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Abdülkerim Özaydın’a Armağan - Ortaçağ Tarihçiliğinde Bir Duayen</t>
+          <t>Şiirimin Şehirleri</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786257201070</t>
+          <t>9786257201162</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı Üzerine Araştırmalar ve İncelemeler</t>
+          <t>Trablusgarp ve Bingazi İle Büyük Sahra ve Sudan</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>560</v>
+        <v>190</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786057931993</t>
+          <t>9786257201179</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Kamburuma Üç Sebep</t>
+          <t>Fethedilenlerin Gözüyle Anadolu’nun Fethi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786057931979</t>
+          <t>9786257201131</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Türk Din Etnolojisi</t>
+          <t>Türkçülük Yazıları</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786057931931</t>
+          <t>9786257201100</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Kelime Köken</t>
+          <t>Saat Yirmi Dörtte Saksafon Dersi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786057931948</t>
+          <t>9786257201087</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Aşka Övgü</t>
+          <t>Dik Durmak</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786057931894</t>
+          <t>9786257201124</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Devletinin Öncüleri</t>
+          <t>Türklük Bilimi Yazıları</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786057931986</t>
+          <t>9786257201063</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut’un Günbed Yazması Üzerine</t>
+          <t>Alman Filozofu Ernst Mortiz Arndt'ın Partikularizme Karşı Mücadelesi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786057931962</t>
+          <t>9786257201155</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Zaptiye Ahmet</t>
+          <t>Hindistan ve Türk Tarihi-Kültür Araştırmaları</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786057931917</t>
+          <t>9786057931733</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Prof. Dr. Abdülkerim Özaydın’a Armağan - Ortaçağ Tarihçiliğinde Bir Duayen</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>140</v>
+        <v>850</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786057931788</t>
+          <t>9786257201070</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Zamanında Bir Osmanlı Binbaşısının Gözünden Libya</t>
+          <t>Dede Korkut Kitabı Üzerine Araştırmalar ve İncelemeler</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>180</v>
+        <v>560</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786057931887</t>
+          <t>9786057931993</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yaşamında Oyunun Yeri</t>
+          <t>Kamburuma Üç Sebep</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786057931832</t>
+          <t>9786057931979</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Estetik ve Sanat Felsefesi</t>
+          <t>Türk Din Etnolojisi</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786057931818</t>
+          <t>9786057931931</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Türk'teki Şiirler ve Atasözleri</t>
+          <t>Kelime Köken</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786057931825</t>
+          <t>9786057931948</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Tarihi</t>
+          <t>Aşka Övgü</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786057931801</t>
+          <t>9786057931894</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Cengizname</t>
+          <t>Yeni Türk Devletinin Öncüleri</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786057931726</t>
+          <t>9786057931986</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bedenler</t>
+          <t>Dede Korkut’un Günbed Yazması Üzerine</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786057931771</t>
+          <t>9786057931962</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimiz İçin Tek Çıkar Yol</t>
+          <t>Zaptiye Ahmet</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786057931764</t>
+          <t>9786057931917</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Bir Subayın Seydibeşir Esaret Kampı ve İstiklal Harbi Günlüğü</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786057931689</t>
+          <t>9786057931788</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Erenlerinin Kaynağı Horasan</t>
+          <t>2. Abdülhamid Zamanında Bir Osmanlı Binbaşısının Gözünden Libya</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786057931757</t>
+          <t>9786057931887</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinden Masallar - 2</t>
+          <t>İnsan Yaşamında Oyunun Yeri</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786057931740</t>
+          <t>9786057931832</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Türk Ülküsü</t>
+          <t>Estetik ve Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786057931696</t>
+          <t>9786057931818</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Eşiğinde</t>
+          <t>Divanu Lugati't-Türk'teki Şiirler ve Atasözleri</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786057931702</t>
+          <t>9786057931825</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Satuk Buğra Han ve Oğulları (921-1212)</t>
+          <t>Türk Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786057931672</t>
+          <t>9786057931801</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Asya Hun İmparatorluğu</t>
+          <t>Cengizname</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786057931658</t>
+          <t>9786057931726</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>15. Yüzyıl Osmanlı Kronikleri</t>
+          <t>Yabancı Bedenler</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786057931665</t>
+          <t>9786057931771</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklularında Meslekler</t>
+          <t>Geleceğimiz İçin Tek Çıkar Yol</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786057931634</t>
+          <t>9786057931764</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türkçesi Metinleri</t>
+          <t>Meçhul Bir Subayın Seydibeşir Esaret Kampı ve İstiklal Harbi Günlüğü</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786057931641</t>
+          <t>9786057931689</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Siyakat Yazısı (Metin Çözümlemeli)</t>
+          <t>Anadolu Erenlerinin Kaynağı Horasan</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>780</v>
+        <v>270</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786057931603</t>
+          <t>9786057931757</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Milletler ve Hükümdarlar Tarihi Tarihu’l-ümem ve’l-mülük (2 cilt) (Ciltli)</t>
+          <t>Türk Mitolojisinden Masallar - 2</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>1600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786057931627</t>
+          <t>9786057931740</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'den Felsefe Manzaraları 4</t>
+          <t>Türk Ülküsü</t>
         </is>
       </c>
       <c r="C782" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786057931610</t>
+          <t>9786057931696</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Toplum</t>
+          <t>Zamanın Eşiğinde</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786057931559</t>
+          <t>9786057931702</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu’nun Muhafızları</t>
+          <t>Satuk Buğra Han ve Oğulları (921-1212)</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786057931474</t>
+          <t>9786057931672</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kimya mı Dediniz?</t>
+          <t>Asya Hun İmparatorluğu</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786057931412</t>
+          <t>9786057931658</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeniyeti Tarihi</t>
+          <t>15. Yüzyıl Osmanlı Kronikleri</t>
         </is>
       </c>
       <c r="C786" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786057931566</t>
+          <t>9786057931665</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyasal İdeolojiler'de Kuram Yöntem Güncel Yaklaşımlar</t>
+          <t>Türkiye Selçuklularında Meslekler</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>520</v>
+        <v>290</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786057931542</t>
+          <t>9786057931634</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Selçuklunun Son Veziri Sahib Ata Fahreddin Ali ve Vakıfları</t>
+          <t>Kazak Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786057931573</t>
+          <t>9786057931641</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Doktrinler Tarihi</t>
+          <t>Siyakat Yazısı (Metin Çözümlemeli)</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>350</v>
+        <v>780</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786057931511</t>
+          <t>9786057931603</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Sosyal Sınıf Ve Kimlikler (Ciltli)</t>
+          <t>Milletler ve Hükümdarlar Tarihi Tarihu’l-ümem ve’l-mülük (2 cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>1100</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786057931405</t>
+          <t>9786057931627</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Eskiçağ Tarihi 3</t>
+          <t>Türkiye'den Felsefe Manzaraları 4</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>490</v>
+        <v>220</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786057931467</t>
+          <t>9786057931610</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Karadeniz</t>
+          <t>Kültür ve Toplum</t>
         </is>
       </c>
       <c r="C792" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786057931450</t>
+          <t>9786057931559</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Hartlı Şeyh Eşref</t>
+          <t>İpek Yolu’nun Muhafızları</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786057931443</t>
+          <t>9786057931474</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Fransa Devrimi Üzerine Düşünceler 1790</t>
+          <t>Kimya mı Dediniz?</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786057931528</t>
+          <t>9786057931412</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Zongo'nun Değirmeni</t>
+          <t>Türk Medeniyeti Tarihi</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786057931535</t>
+          <t>9786057931566</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Benlik ve Toplum</t>
+          <t>Çağdaş Siyasal İdeolojiler'de Kuram Yöntem Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786057931504</t>
+          <t>9786057931542</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Psikolojide Deneysel Yönteme Giriş</t>
+          <t>Selçuklunun Son Veziri Sahib Ata Fahreddin Ali ve Vakıfları</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>560</v>
+        <v>260</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786057931436</t>
+          <t>9786057931573</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Türkiye Türkçesi</t>
+          <t>Siyasi Doktrinler Tarihi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786057931429</t>
+          <t>9786057931511</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Söz Edimleri</t>
+          <t>Osmanlı’da Sosyal Sınıf Ve Kimlikler (Ciltli)</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>210</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786057931382</t>
+          <t>9786057931405</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kara ve Deniz Kuvvetleri</t>
+          <t>Türkiye'nin Eskiçağ Tarihi 3</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786057931375</t>
+          <t>9786057931467</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Irak Selçuklu Devleti Atabegleri</t>
+          <t>Tarih Boyunca Karadeniz</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786057931368</t>
+          <t>9786057931450</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Kuruluş Döneminde Veziriazamlık (1299 - 1453)</t>
+          <t>Hartlı Şeyh Eşref</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786057931337</t>
+          <t>9786057931443</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>İslam Konulu Makaleleri</t>
+          <t>Fransa Devrimi Üzerine Düşünceler 1790</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786057931252</t>
+          <t>9786057931528</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Zongo'nun Değirmeni</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786057931344</t>
+          <t>9786057931535</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
+          <t>Benlik ve Toplum</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786057931269</t>
+          <t>9786057931504</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye'nin Hedefleri</t>
+          <t>Psikolojide Deneysel Yönteme Giriş</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>140</v>
+        <v>560</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786057931283</t>
+          <t>9786057931436</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Taşın Dediği</t>
+          <t>Dünden Bugüne Türkiye Türkçesi</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786057931313</t>
+          <t>9786057931429</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Safeviler Tekmiletü’l-Ahbar</t>
+          <t>Söz Edimleri</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786057931306</t>
+          <t>9786057931382</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ'da Türkler Ermeniler Gürcüler</t>
+          <t>Osmanlı Kara ve Deniz Kuvvetleri</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786057931245</t>
+          <t>9786057931375</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi</t>
+          <t>Irak Selçuklu Devleti Atabegleri</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786057931276</t>
+          <t>9786057931368</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sosyolojisi</t>
+          <t>Osmanlı Devleti’nin Kuruluş Döneminde Veziriazamlık (1299 - 1453)</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786057931184</t>
+          <t>9786057931337</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Toplumdilbilimi</t>
+          <t>İslam Konulu Makaleleri</t>
         </is>
       </c>
       <c r="C812" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786057931160</t>
+          <t>9786057931252</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Anayurttan Anadolu'ya</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786057931207</t>
+          <t>9786057931344</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786057931221</t>
+          <t>9786057931269</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Ayyar Hamza</t>
+          <t>Yeni Türkiye'nin Hedefleri</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786057931191</t>
+          <t>9786057931283</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Tabip</t>
+          <t>Taşın Dediği</t>
         </is>
       </c>
       <c r="C816" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786057931177</t>
+          <t>9786057931313</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Sinema - Post-modern Haçlı Seferi</t>
+          <t>Safeviler Tekmiletü’l-Ahbar</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786057931108</t>
+          <t>9786057931306</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Hikayeleri</t>
+          <t>Orta Çağ'da Türkler Ermeniler Gürcüler</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786057931146</t>
+          <t>9786057931245</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Kılçıklı Hikayeler</t>
+          <t>Edebiyat Sosyolojisi</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786057931054</t>
+          <t>9786057931276</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Türk Postmodern Anlatılarında Modernizm Eleştirisi</t>
+          <t>Sanat Sosyolojisi</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786057931122</t>
+          <t>9786057931184</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Jön Türk</t>
+          <t>Toplumdilbilimi</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786057931139</t>
+          <t>9786057931160</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Mete - Börü Birliği</t>
+          <t>Anayurttan Anadolu'ya</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786057931061</t>
+          <t>9786057931207</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Zındıklık</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786057931078</t>
+          <t>9786057931221</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Siyasi Tarihi (MÖ 3 - MS 7)</t>
+          <t>Ayyar Hamza</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786059521987</t>
+          <t>9786057931191</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Batı'da ve İslam Dünyasında Radikalizm ve Siyasi Reform</t>
+          <t>Zoraki Tabip</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786057931030</t>
+          <t>9786057931177</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Baki ve Estetiği</t>
+          <t>Sinema - Post-modern Haçlı Seferi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>440</v>
+        <v>210</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786057931047</t>
+          <t>9786057931108</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Kültür</t>
+          <t>Sözcük Hikayeleri</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786057931016</t>
+          <t>9786057931146</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Mağara Duvarından Yansımalar</t>
+          <t>Kılçıklı Hikayeler</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786057931023</t>
+          <t>9786057931054</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Siyaseti</t>
+          <t>Türk Postmodern Anlatılarında Modernizm Eleştirisi</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786057931009</t>
+          <t>9786057931122</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Yeniçağ Felsefesi Tarihi</t>
+          <t>Jön Türk</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786059521864</t>
+          <t>9786057931139</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>İslam Ülkelerinde Buluşlar</t>
+          <t>Mete - Börü Birliği</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786059521994</t>
+          <t>9786057931061</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Dini Tarihi - Başlangıçlarından Günümüze</t>
+          <t>Osmanlı Toplumunda Zındıklık</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>520</v>
+        <v>190</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786059521390</t>
+          <t>9786057931078</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Tarihi ve Uygarlığı</t>
+          <t>Türklerin Siyasi Tarihi (MÖ 3 - MS 7)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>490</v>
+        <v>480</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786059521895</t>
+          <t>9786059521987</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Cinayat</t>
+          <t>Batı'da ve İslam Dünyasında Radikalizm ve Siyasi Reform</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786059521901</t>
+          <t>9786057931030</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (İkinci Kitap)</t>
+          <t>Baki ve Estetiği</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>470</v>
+        <v>440</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786059521918</t>
+          <t>9786057931047</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Ege'nin Kurtuluş Destanı Yörük Ali Efe (Üçüncü Kitap)</t>
+          <t>Göç ve Kültür</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786059521932</t>
+          <t>9786057931016</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Batı’da ve Türkiye’de Kuramsal Milliyetçilik</t>
+          <t>Mağara Duvarından Yansımalar</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786059521925</t>
+          <t>9786057931023</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yazınında Erkek-Lik(Ler) Kurgusu</t>
+          <t>Kimlik Siyaseti</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786059521888</t>
+          <t>9786057931009</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Atambayev'in Gölgesi Altında Kırgızistan</t>
+          <t>Yeniçağ Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786059521857</t>
+          <t>9786059521864</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Kronolojisi</t>
+          <t>İslam Ülkelerinde Buluşlar</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786059521871</t>
+          <t>9786059521994</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Hibrit Hikayeler</t>
+          <t>Türklerin Dini Tarihi - Başlangıçlarından Günümüze</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786059521819</t>
+          <t>9786059521390</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Beylikleri</t>
+          <t>İlkçağ Tarihi ve Uygarlığı</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>650</v>
+        <v>490</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786059521758</t>
+          <t>9786059521895</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Selatinname (Ciltli)</t>
+          <t>Esrar-ı Cinayat</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>1500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786059521840</t>
+          <t>9786059521901</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Caz Çağı Öyküleri</t>
+          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (İkinci Kitap)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>240</v>
+        <v>470</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786059521765</t>
+          <t>9786059521918</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Pontusçuluk Faaliyetleri</t>
+          <t>Ege'nin Kurtuluş Destanı Yörük Ali Efe (Üçüncü Kitap)</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786059521826</t>
+          <t>9786059521932</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Üçgeninden Nasıl Kaçılır?</t>
+          <t>Batı’da ve Türkiye’de Kuramsal Milliyetçilik</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786059521833</t>
+          <t>9786059521925</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Mete - Gizem Avcısı</t>
+          <t>Osmanlı Yazınında Erkek-Lik(Ler) Kurgusu</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786059521802</t>
+          <t>9786059521888</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Kitabü't-Tenbih ve'l-İşraf</t>
+          <t>Atambayev'in Gölgesi Altında Kırgızistan</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786059521772</t>
+          <t>9786059521857</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Atilla'nın Ölümü</t>
+          <t>Erzurum Kronolojisi</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786059521789</t>
+          <t>9786059521871</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Uygur Yazıtları</t>
+          <t>Hibrit Hikayeler</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786059521741</t>
+          <t>9786059521819</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>TerimBilimi</t>
+          <t>Anadolu Türk Beylikleri</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786059521710</t>
+          <t>9786059521758</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Hipermodern Zamanlar</t>
+          <t>Selatinname (Ciltli)</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>160</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786059521727</t>
+          <t>9786059521840</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı ve Temelleri Hakkında Nutuk</t>
+          <t>Caz Çağı Öyküleri</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786059521680</t>
+          <t>9786059521765</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>M.Ö. 1177 Medeniyetin Çöktüğü Yıl</t>
+          <t>Günümüzde Pontusçuluk Faaliyetleri</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786059521635</t>
+          <t>9786059521826</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar Yönetim ve Strateji</t>
+          <t>Şeytan Üçgeninden Nasıl Kaçılır?</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786059521628</t>
+          <t>9786059521833</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Cuma Değirmeni</t>
+          <t>Mete - Gizem Avcısı</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786059521666</t>
+          <t>9786059521802</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Kitabü't-Tenbih ve'l-İşraf</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786059521604</t>
+          <t>9786059521772</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Yapısalcılık</t>
+          <t>Atilla'nın Ölümü</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786059521611</t>
+          <t>9786059521789</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>İlkçağ Felsefesi Tarihi</t>
+          <t>Uygur Yazıtları</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786059521642</t>
+          <t>9786059521741</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılık Kitabı</t>
+          <t>TerimBilimi</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786059521659</t>
+          <t>9786059521710</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Eskiçağ Tarihi 1</t>
+          <t>Hipermodern Zamanlar</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786059521598</t>
+          <t>9786059521727</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Türk Model Devleti Gök Türkler</t>
+          <t>İnsanlar Arasındaki Eşitsizliğin Kaynağı ve Temelleri Hakkında Nutuk</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>480</v>
+        <v>160</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786059521444</t>
+          <t>9786059521680</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Beng ü Bade</t>
+          <t>M.Ö. 1177 Medeniyetin Çöktüğü Yıl</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786059521383</t>
+          <t>9786059521635</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Ne Mutlu Türküm Diyene</t>
+          <t>Osmanlılar Yönetim ve Strateji</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786059521369</t>
+          <t>9786059521628</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon İğne</t>
+          <t>Cuma Değirmeni</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786059521543</t>
+          <t>9786059521666</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Muhayyelat</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786059521550</t>
+          <t>9786059521604</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Bana Hikaye Anlat(ma)</t>
+          <t>Yapısalcılık</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786059521475</t>
+          <t>9786059521611</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Konfuçyüs ve Çin Felsefesinin Temelleri</t>
+          <t>İlkçağ Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786059521536</t>
+          <t>9786059521642</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet ve Maneviyat</t>
+          <t>Reklamcılık Kitabı</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786059521529</t>
+          <t>9786059521659</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Hayat ve Toplum Üstüne Düşünceler</t>
+          <t>Türkiye'nin Eskiçağ Tarihi 1</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>310</v>
+        <v>440</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786059521567</t>
+          <t>9786059521598</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Araştırılması - Dünya ya da Işık Üzerine Deneme</t>
+          <t>Türk Model Devleti Gök Türkler</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786059521505</t>
+          <t>9786059521444</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi Tarihi</t>
+          <t>Beng ü Bade</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786059521512</t>
+          <t>9786059521383</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Mete - Küçük Alp</t>
+          <t>Ne Mutlu Türküm Diyene</t>
         </is>
       </c>
       <c r="C873" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786059521451</t>
+          <t>9786059521369</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Bir Milyon İğne</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786059521499</t>
+          <t>9786059521543</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Fosil Kelimeler</t>
+          <t>Muhayyelat</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786059521420</t>
+          <t>9786059521550</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Türk Runik Bibliyografyası</t>
+          <t>Bana Hikaye Anlat(ma)</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>480</v>
+        <v>210</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786059521468</t>
+          <t>9786059521475</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Uyanma Bildirisi</t>
+          <t>Konfuçyüs ve Çin Felsefesinin Temelleri</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786059521321</t>
+          <t>9786059521536</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Define - Kan Damlası</t>
+          <t>Sosyal Hizmet ve Maneviyat</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786059521260</t>
+          <t>9786059521529</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>İslam Coğrafyacılarına Göre Türkler ve Türk Ülkeleri</t>
+          <t>Hayat ve Toplum Üstüne Düşünceler</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>460</v>
+        <v>310</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786059521277</t>
+          <t>9786059521567</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Mezarından Kalkan Şehir</t>
+          <t>Hakikatin Araştırılması - Dünya ya da Işık Üzerine Deneme</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786059521352</t>
+          <t>9786059521505</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Ferahfeza</t>
+          <t>İslam Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786059521314</t>
+          <t>9786059521512</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda İran</t>
+          <t>Mete - Küçük Alp</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786059521338</t>
+          <t>9786059521451</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Türk Adının Anlamı</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786059521345</t>
+          <t>9786059521499</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Ve Tanrı Türk'ü Yarattı</t>
+          <t>Türkçede Fosil Kelimeler</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786059521284</t>
+          <t>9786059521420</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Söğüt'ten Şehr-i İstanbul'a Osmanlı</t>
+          <t>Türk Runik Bibliyografyası</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786059521307</t>
+          <t>9786059521468</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste'den Seçmeler</t>
+          <t>Uyanma Bildirisi</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786059521291</t>
+          <t>9786059521321</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Türk Sazı</t>
+          <t>Define - Kan Damlası</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786059521161</t>
+          <t>9786059521260</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Freud Bana Masal Anlatsa</t>
+          <t>İslam Coğrafyacılarına Göre Türkler ve Türk Ülkeleri</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786059521239</t>
+          <t>9786059521277</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Doğu Asya'ya Seyahat</t>
+          <t>Mezarından Kalkan Şehir</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786059521246</t>
+          <t>9786059521352</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Metinlerarasılık ve Kurmacada Gerçeklik Üzerine</t>
+          <t>Ferahfeza</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786059521253</t>
+          <t>9786059521314</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Ahilik ve Erzurum</t>
+          <t>100 Soruda İran</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786059521222</t>
+          <t>9786059521338</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Filistin Seyahatnamesi</t>
+          <t>Türk Adının Anlamı</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786059521215</t>
+          <t>9786059521345</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Metot Üzerine Konuşma</t>
+          <t>Ve Tanrı Türk'ü Yarattı</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786059521154</t>
+          <t>9786059521284</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk, Bir Kurşun ve Ötesi</t>
+          <t>Söğüt'ten Şehr-i İstanbul'a Osmanlı</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786059521178</t>
+          <t>9786059521307</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Altaylarda Kanlı Günler</t>
+          <t>Rübab-ı Şikeste'den Seçmeler</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786059521185</t>
+          <t>9786059521291</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Safevi Şahı 2. İsmail</t>
+          <t>Türk Sazı</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786059521123</t>
+          <t>9786059521161</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Betimleme</t>
+          <t>Freud Bana Masal Anlatsa</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786059521192</t>
+          <t>9786059521239</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Köleleştirilmesi</t>
+          <t>Doğu Asya'ya Seyahat</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786059521208</t>
+          <t>9786059521246</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Metinlerarasılık ve Kurmacada Gerçeklik Üzerine</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786059521130</t>
+          <t>9786059521253</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Müziksel Dünya Ütopyasında Adorno ile Bir Yolculuk</t>
+          <t>Ahilik ve Erzurum</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786059521055</t>
+          <t>9786059521222</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Masalları ve Efsaneleri</t>
+          <t>Filistin Seyahatnamesi</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786059521086</t>
+          <t>9786059521215</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Danişmendliler (1085-1178)</t>
+          <t>Metot Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786059521147</t>
+          <t>9786059521154</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Roman Kimlik Kültür</t>
+          <t>Bir Aşk, Bir Kurşun ve Ötesi</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786059521116</t>
+          <t>9786059521178</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Leibniz Hayatı ve Felsefesi</t>
+          <t>Altaylarda Kanlı Günler</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786059521109</t>
+          <t>9786059521185</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin ve Sosyalizmin Sosyo-Politik Kökenleri</t>
+          <t>Safevi Şahı 2. İsmail</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786059521062</t>
+          <t>9786059521123</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Çete Ayşe 1. Cilt</t>
+          <t>Bilgi ve Betimleme</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786059521048</t>
+          <t>9786059521192</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Türkler Arasında Şiilik Cereyanları</t>
+          <t>Kadınların Köleleştirilmesi</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786059521093</t>
+          <t>9786059521208</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Ural-Altay Mitolojisinde Arketipler ve Semboller</t>
+          <t>Mevlid</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786059241977</t>
+          <t>9786059521130</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Müziksel Dünya Ütopyasında Adorno ile Bir Yolculuk</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786059241984</t>
+          <t>9786059521055</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Kırgız Masalları ve Efsaneleri</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786059241960</t>
+          <t>9786059521086</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Danişmendliler (1085-1178)</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786059521017</t>
+          <t>9786059521147</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Roma Eyaletleri</t>
+          <t>Roman Kimlik Kültür</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786059521031</t>
+          <t>9786059521116</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>İlhanlı Tarihi</t>
+          <t>Leibniz Hayatı ve Felsefesi</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>620</v>
+        <v>180</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786059241755</t>
+          <t>9786059521109</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Gagavuz Edebiyatı</t>
+          <t>Faşizmin ve Sosyalizmin Sosyo-Politik Kökenleri</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>875</v>
+        <v>220</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786059521024</t>
+          <t>9786059521062</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Gülşen-i Aşk</t>
+          <t>Çete Ayşe 1. Cilt</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786059521000</t>
+          <t>9786059521048</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Yer Adları (Ciltli)</t>
+          <t>Türkler Arasında Şiilik Cereyanları</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786059241991</t>
+          <t>9786059521093</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>El-Fahri</t>
+          <t>Ural-Altay Mitolojisinde Arketipler ve Semboller</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786059241939</t>
+          <t>9786059241977</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Kuram-Eylem Birliği Olarak Sanat</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786059241922</t>
+          <t>9786059241984</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Schelling</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786059241908</t>
+          <t>9786059241960</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Şeddadiler 951-1199</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>590</v>
+        <v>270</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786059241809</t>
+          <t>9786059521017</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi</t>
+          <t>Anadolu’da Roma Eyaletleri</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786059241854</t>
+          <t>9786059521031</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan’da Kızıl Kıtlık (1929-1933)</t>
+          <t>İlhanlı Tarihi</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>240</v>
+        <v>620</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786059241793</t>
+          <t>9786059241755</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Dil</t>
+          <t>Gagavuz Edebiyatı</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>320</v>
+        <v>875</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786059241731</t>
+          <t>9786059521024</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Musavver Mısır Hatıratı</t>
+          <t>Gülşen-i Aşk</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786059241717</t>
+          <t>9786059521000</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Timur Tüzükatı</t>
+          <t>Eski Türk Yer Adları (Ciltli)</t>
         </is>
       </c>
       <c r="C925" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786059241694</t>
+          <t>9786059241991</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Muhalefet</t>
+          <t>El-Fahri</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786059241823</t>
+          <t>9786059241939</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Bir Kucak Köy Bir Kulaç Şehir</t>
+          <t>Kuram-Eylem Birliği Olarak Sanat</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786059241915</t>
+          <t>9786059241922</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Schelling</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786059241878</t>
+          <t>9786059241908</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Hatem Tayi Hikayeleri</t>
+          <t>Şeddadiler 951-1199</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>180</v>
+        <v>590</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786059241861</t>
+          <t>9786059241809</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Metal Çubukların Dansı</t>
+          <t>Siyaset Sosyolojisi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786059241892</t>
+          <t>9786059241854</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'daki Galatlar ve Galatya Tarihi</t>
+          <t>Kazakistan’da Kızıl Kıtlık (1929-1933)</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786059241847</t>
+          <t>9786059241793</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılda Savaş ve Kadın</t>
+          <t>Felsefe ve Dil</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786059241830</t>
+          <t>9786059241731</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi</t>
+          <t>Musavver Mısır Hatıratı</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786059241816</t>
+          <t>9786059241717</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein Yaşamı, Felsefesi, Yapıtları</t>
+          <t>Timur Tüzükatı</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786059241700</t>
+          <t>9786059241694</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu Devleti</t>
+          <t>Osmanlı’da Muhalefet</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786059241762</t>
+          <t>9786059241823</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Yer Altında Bir Şehir</t>
+          <t>Bir Kucak Köy Bir Kulaç Şehir</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786059241786</t>
+          <t>9786059241915</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan - Turan</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786059241748</t>
+          <t>9786059241878</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Zigetvar'ın Laneti</t>
+          <t>Hatem Tayi Hikayeleri</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786059241663</t>
+          <t>9786059241861</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Reenkarnasyon</t>
+          <t>Metal Çubukların Dansı</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786059241632</t>
+          <t>9786059241892</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Hitler’in İkinci Kitabı</t>
+          <t>Anadolu'daki Galatlar ve Galatya Tarihi</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786059241656</t>
+          <t>9786059241847</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Yapı Bakımından Fiiller</t>
+          <t>20. Yüzyılda Savaş ve Kadın</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786059241601</t>
+          <t>9786059241830</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Locke ile Leibniz</t>
+          <t>Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786059241571</t>
+          <t>9786059241816</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Göstergebilime Giriş</t>
+          <t>Wittgenstein Yaşamı, Felsefesi, Yapıtları</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>420</v>
+        <v>460</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786059241564</t>
+          <t>9786059241700</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Şukasaptati</t>
+          <t>Büyük Selçuklu Devleti</t>
         </is>
       </c>
       <c r="C944" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786059241540</t>
+          <t>9786059241762</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Rus İktidarının Kalbinde</t>
+          <t>Yer Altında Bir Şehir</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786059241557</t>
+          <t>9786059241786</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (Birinci Kitap)</t>
+          <t>Oğuz Kağan - Turan</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>480</v>
+        <v>320</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786059241526</t>
+          <t>9786059241748</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Notlar</t>
+          <t>Zigetvar'ın Laneti</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786059241403</t>
+          <t>9786059241663</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Fazilet ve Asalet</t>
+          <t>İslam ve Reenkarnasyon</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786059241380</t>
+          <t>9786059241632</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar</t>
+          <t>Hitler’in İkinci Kitabı</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786059241458</t>
+          <t>9786059241656</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesi Grameri</t>
+          <t>Türk Dilinde Yapı Bakımından Fiiller</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786059241441</t>
+          <t>9786059241601</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Gazze Tarihi</t>
+          <t>Locke ile Leibniz</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>620</v>
+        <v>160</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786059241472</t>
+          <t>9786059241571</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Harika Çocuklar</t>
+          <t>Göstergebilime Giriş</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786055261146</t>
+          <t>9786059241564</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram</t>
+          <t>Şukasaptati</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789944425247</t>
+          <t>9786059241540</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Güzelliğin Yol Haritası</t>
+          <t>Rus İktidarının Kalbinde</t>
         </is>
       </c>
       <c r="C954" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786055261306</t>
+          <t>9786059241557</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Güneş’in Çocukları</t>
+          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe (Birinci Kitap)</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>140</v>
+        <v>480</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786257201032</t>
+          <t>9786059241526</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Malkoçoğlu</t>
+          <t>Notlar</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786055261023</t>
+          <t>9786059241403</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Mağdurın Hikayesi</t>
+          <t>Fazilet ve Asalet</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786059241311</t>
+          <t>9786059241380</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 7 - Madenci Cemal Dede</t>
+          <t>Osmanlılar</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786059241250</t>
+          <t>9786059241458</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Anonim Osmanlı Kroniği (Ciltli)</t>
+          <t>Kırgız Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>1250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786055261696</t>
+          <t>9786059241441</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Yetim Serçe'nin Serüvenleri</t>
+          <t>Gazze Tarihi</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>140</v>
+        <v>620</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786059241335</t>
+          <t>9786059241472</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Uzaydaki Mavi Bilye 10 - Yeşil Cennete Doğru</t>
+          <t>Harika Çocuklar</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786059241120</t>
+          <t>9786055261146</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Billur Kalp</t>
+          <t>Hacı Bayram</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786059241298</t>
+          <t>9789944425247</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Türk Bodun Bilimi Araştırmaları</t>
+          <t>Güzelliğin Yol Haritası</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>580</v>
+        <v>380</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786055715199</t>
+          <t>9786055261306</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Papaz</t>
+          <t>Güneş’in Çocukları</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786059241281</t>
+          <t>9786257201032</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Dostlar</t>
+          <t>Malkoçoğlu</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786059241076</t>
+          <t>9786055261023</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk - Moğol Kişi Adları Sözlüğü</t>
+          <t>Mağdurın Hikayesi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>950</v>
+        <v>170</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786059241182</t>
+          <t>9786059241311</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>A Guide To English Idioms / English - Turkish</t>
+          <t>Uzaydaki Mavi Bilye 7 - Madenci Cemal Dede</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>440</v>
+        <v>140</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789758509836</t>
+          <t>9786059241250</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Alın Teri</t>
+          <t>Anonim Osmanlı Kroniği (Ciltli)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>240</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786059241397</t>
+          <t>9786055261696</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>İbn Battuta Seyahatnamesi</t>
+          <t>Yetim Serçe'nin Serüvenleri</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789758509973</t>
+          <t>9786059241335</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Elvis Kudüs’te</t>
+          <t>Uzaydaki Mavi Bilye 10 - Yeşil Cennete Doğru</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>28</v>
+        <v>150</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786059241243</t>
+          <t>9786059241120</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Kül Tigin Yazıtı - Notlar</t>
+          <t>Billur Kalp</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>540</v>
+        <v>320</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786059241205</t>
+          <t>9786059241298</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Edatlar</t>
+          <t>Türk Bodun Bilimi Araştırmaları</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>480</v>
+        <v>580</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786059241175</t>
+          <t>9786055715199</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Süveyş Kanalı</t>
+          <t>Papaz</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786059241236</t>
+          <t>9786059241281</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Kokotlar Mektebi</t>
+          <t>Özlenen Dostlar</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786059241199</t>
+          <t>9786059241076</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Dil Felsefesi Tartışmaları</t>
+          <t>Eski Türk - Moğol Kişi Adları Sözlüğü</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>330</v>
+        <v>950</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786059241212</t>
+          <t>9786059241182</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Aile Mutluluğu</t>
+          <t>A Guide To English Idioms / English - Turkish</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786054921386</t>
+          <t>9789758509836</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>14 - 15. Asır Osmanlı Kültür Tarihi - Devlet Düzeni Sosyal Hayat</t>
+          <t>Alın Teri</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786059241144</t>
+          <t>9786059241397</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Psikolojisi</t>
+          <t>İbn Battuta Seyahatnamesi</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>490</v>
+        <v>750</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786059241106</t>
+          <t>9789758509973</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Bağrıyanık Ömer</t>
+          <t>Elvis Kudüs’te</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>140</v>
+        <v>28</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786059241045</t>
+          <t>9786059241243</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Ses Bilgisi</t>
+          <t>Kül Tigin Yazıtı - Notlar</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>290</v>
+        <v>540</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786059241014</t>
+          <t>9786059241205</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kazak Türkçesi</t>
+          <t>Türk Dilinde Edatlar</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786054921911</t>
+          <t>9786059241175</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal (Tam Metin)</t>
+          <t>Süveyş Kanalı</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786054921904</t>
+          <t>9786059241236</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Kolomb Macerası</t>
+          <t>Kokotlar Mektebi</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786059241007</t>
+          <t>9786059241199</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Üstüne Felsefi Bir Yolculuk</t>
+          <t>Dil Felsefesi Tartışmaları</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786059241038</t>
+          <t>9786059241212</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>İslam Kaynaklarına Göre Hz. İbrahim ve Haniflik</t>
+          <t>Aile Mutluluğu</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786059241083</t>
+          <t>9786054921386</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Bittiği Yerde Başlar</t>
+          <t>14 - 15. Asır Osmanlı Kültür Tarihi - Devlet Düzeni Sosyal Hayat</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>480</v>
+        <v>580</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786055261894</t>
+          <t>9786059241144</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Son Tatar</t>
+          <t>Siyaset Psikolojisi</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>550</v>
+        <v>490</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786055261917</t>
+          <t>9786059241106</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Gönderilmemiş Mektuplar</t>
+          <t>Bağrıyanık Ömer</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786054921683</t>
+          <t>9786059241045</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin : Şark'ın En Sevgili Sultanı</t>
+          <t>Türkçenin Ses Bilgisi</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786059241052</t>
+          <t>9786059241014</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hun Kağanı Attila</t>
+          <t>Çağdaş Kazak Türkçesi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786054921881</t>
+          <t>9786054921911</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti’nin Mektupları ve Son Kitabı : Türkler ve Ermeniler</t>
+          <t>A'mak-ı Hayal (Tam Metin)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786054921874</t>
+          <t>9786054921904</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset ve Tartışmalar</t>
+          <t>Kolomb Macerası</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786055261122</t>
+          <t>9786059241007</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Ölü Ozanlar Derneği</t>
+          <t>Mutluluk Üstüne Felsefi Bir Yolculuk</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786054921829</t>
+          <t>9786059241038</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Bayburt - İsviçre Hattı</t>
+          <t>İslam Kaynaklarına Göre Hz. İbrahim ve Haniflik</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786054921867</t>
+          <t>9786059241083</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi</t>
+          <t>Bittiği Yerde Başlar</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786054921843</t>
+          <t>9786055261894</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Muhadarat</t>
+          <t>Son Tatar</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786054921430</t>
+          <t>9786055261917</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Türkiye Cumhuriyeti’ne  Karadağ’da Türk Sefirleri ve Şehbenderleri</t>
+          <t>Gönderilmemiş Mektuplar</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786054921805</t>
+          <t>9786054921683</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Salon Köşelerinde</t>
+          <t>Selahaddin : Şark'ın En Sevgili Sultanı</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786054921850</t>
+          <t>9786059241052</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Mürebbiye</t>
+          <t>Büyük Hun Kağanı Attila</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786054921836</t>
+          <t>9786054921881</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Sayfalar</t>
+          <t>Pierre Loti’nin Mektupları ve Son Kitabı : Türkler ve Ermeniler</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786054921591</t>
+          <t>9786054921874</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Tılsımdan Takıya (Ciltli)</t>
+          <t>Üç Tarz-ı Siyaset ve Tartışmalar</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>850</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786054921751</t>
+          <t>9786055261122</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Hazar ve Karay Türkleri</t>
+          <t>Ölü Ozanlar Derneği</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786054921782</t>
+          <t>9786054921829</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Adam Var Alemden Öte</t>
+          <t>Bayburt - İsviçre Hattı</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786054921560</t>
+          <t>9786054921867</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kızılbaşlığın Tarihi - Tarih-i Kızılbaşiyye</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786054921492</t>
+          <t>9786054921843</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Muhadarat</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786054921485</t>
+          <t>9786054921430</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Beyler Aman</t>
+          <t>Osmanlı’dan Türkiye Cumhuriyeti’ne  Karadağ’da Türk Sefirleri ve Şehbenderleri</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>540</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786055506438</t>
+          <t>9786054921805</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Manga</t>
+          <t>Salon Köşelerinde</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786055715373</t>
+          <t>9786054921850</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Çizim</t>
+          <t>Mürebbiye</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>575</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786054921447</t>
+          <t>9786054921836</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Türk Halklarının Ortak Edebi Eserleri</t>
+          <t>Hayattan Sayfalar</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>475</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786054921799</t>
+          <t>9786054921591</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Pusula</t>
+          <t>Tılsımdan Takıya (Ciltli)</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786054921737</t>
+          <t>9786054921751</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Hazar ve Karay Türkleri</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786054921768</t>
+          <t>9786054921782</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Güzide</t>
+          <t>Adam Var Alemden Öte</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786054921775</t>
+          <t>9786054921560</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu Tarihi - Son Devir (1261-1461)</t>
+          <t>Kızılbaşlığın Tarihi - Tarih-i Kızılbaşiyye</t>
         </is>
       </c>
       <c r="C1013" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786054921744</t>
+          <t>9786054921492</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>İçli Dışlı Bir Savaş : Gelibolu - Çanakkale 1915</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786054921645</t>
+          <t>9786054921485</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler - 2</t>
+          <t>Beyler Aman</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>210</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786054921638</t>
+          <t>9786055506438</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler - 1</t>
+          <t>Yeni Başlayanlar İçin Manga</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786055261887</t>
+          <t>9786055715373</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihçileri</t>
+          <t>Yeni Başlayanlar İçin Çizim</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>650</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786054921614</t>
+          <t>9786054921447</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Haşhaşiler</t>
+          <t>Türk Halklarının Ortak Edebi Eserleri</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>360</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786054921546</t>
+          <t>9786054921799</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Tarihi Coğrafyasına Giriş -1</t>
+          <t>Pusula</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786054921409</t>
+          <t>9786054921737</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Yazı Sistemleri</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>620</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786054921539</t>
+          <t>9786054921768</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Modern Kazak Edebiyatının Öncüsü Ibıray Altınsarin</t>
+          <t>Tarih-i Güzide</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786054921515</t>
+          <t>9786054921775</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Kesmişti Selamı</t>
+          <t>Bizans İmparatorluğu Tarihi - Son Devir (1261-1461)</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786055261849</t>
+          <t>9786054921744</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Özer Ergenç'e Armağan</t>
+          <t>İçli Dışlı Bir Savaş : Gelibolu - Çanakkale 1915</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>680</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786055261856</t>
+          <t>9786054921645</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Türk Devletleri Tarihi</t>
+          <t>Hikayeler - 2</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789758509270</t>
+          <t>9786054921638</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Çöl Çiçeği</t>
+          <t>Hikayeler - 1</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786054921423</t>
+          <t>9786055261887</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Galatası (1453-1600)</t>
+          <t>Osmanlı Tarihçileri</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>480</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786054921379</t>
+          <t>9786054921614</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Havva</t>
+          <t>Haşhaşiler</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786054921362</t>
+          <t>9786054921546</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Atlıkarınca</t>
+          <t>Anadolu'nun Tarihi Coğrafyasına Giriş -1</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786054921287</t>
+          <t>9786054921409</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Gelincik</t>
+          <t>Başlangıcından Günümüze Türk Yazı Sistemleri</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>370</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786055715342</t>
+          <t>9786054921539</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Batıni Çehresi</t>
+          <t>Modern Kazak Edebiyatının Öncüsü Ibıray Altınsarin</t>
         </is>
       </c>
       <c r="C1030" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786055261313</t>
+          <t>9786054921515</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Çakırcalı Mehmet Efe</t>
+          <t>Çiçekler Kesmişti Selamı</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786055261177</t>
+          <t>9786055261849</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Özer Ergenç'e Armağan</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>140</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786055715106</t>
+          <t>9786055261856</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Öncesi Yazarlardan Çocuklara Hikayeler</t>
+          <t>Müslüman Türk Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>260</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786055506919</t>
+          <t>9789758509270</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Cezmi</t>
+          <t>Çöl Çiçeği</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786055715274</t>
+          <t>9786054921423</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Cassie</t>
+          <t>Osmanlı Galatası (1453-1600)</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789944425476</t>
+          <t>9786054921379</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Cadı</t>
+          <t>Havva</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>44</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789756316801</t>
+          <t>9786054921362</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ustalar Gibi Düşünmek</t>
+          <t>Atlıkarınca</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786055261016</t>
+          <t>9786054921287</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Bukağı</t>
+          <t>Gelincik</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786055506902</t>
+          <t>9786055715342</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Boşnakların Türkiye’ye Göçleri 1878 -1934</t>
+          <t>İslam’ın Batıni Çehresi</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>520</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789756316573</t>
+          <t>9786055261313</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Çakırcalı Mehmet Efe</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786055261566</t>
+          <t>9786055261177</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Büyüyeceksin</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786055506971</t>
+          <t>9786055715106</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Vardır Bende Benden İçeri</t>
+          <t>Cumhuriyet Öncesi Yazarlardan Çocuklara Hikayeler</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786055261498</t>
+          <t>9786055506919</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Bir Aile</t>
+          <t>Cezmi</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789756316603</t>
+          <t>9786055715274</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Beyazlı Kadın</t>
+          <t>Cassie</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786055715878</t>
+          <t>9789944425476</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Cadı</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>140</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789944425629</t>
+          <t>9789756316801</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Büyük Ustalar Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786055715557</t>
+          <t>9786055261016</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Ben Çocukken</t>
+          <t>Bukağı</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786055715700</t>
+          <t>9786055506902</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Bayramlıklar</t>
+          <t>Boşnakların Türkiye’ye Göçleri 1878 -1934</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>130</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786055261344</t>
+          <t>9789756316573</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Barnabas İncili</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789944425483</t>
+          <t>9786055261566</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Babil’deki Yalnız Bebek</t>
+          <t>Bir Gün Büyüyeceksin</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786055261061</t>
+          <t>9786055506971</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Azap Toprakları</t>
+          <t>Bir Ben Vardır Bende Benden İçeri</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786055715847</t>
+          <t>9786055261498</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>At Terbiyesi (Dresaj)</t>
+          <t>Bir Aile</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786055715328</t>
+          <t>9789756316603</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>At Çocuk</t>
+          <t>Beyazlı Kadın</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789758509683</t>
+          <t>9786055715878</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dair</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C1054" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786055506803</t>
+          <t>9789944425629</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789944425957</t>
+          <t>9786055715557</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Aptal Hamdi Bizi Güldürüyor</t>
+          <t>Ben Çocukken</t>
         </is>
       </c>
       <c r="C1056" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789944425971</t>
+          <t>9786055715700</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Aptal Hamdi Avustralya’da</t>
+          <t>Bayramlıklar</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789944425544</t>
+          <t>9786055261344</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Anneme Mektup</t>
+          <t>Barnabas İncili</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786055261603</t>
+          <t>9789944425483</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Analitik Felsefe</t>
+          <t>Babil’deki Yalnız Bebek</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789756316733</t>
+          <t>9786055261061</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Azap Toprakları</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786055715366</t>
+          <t>9786055715847</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Altın Çağ</t>
+          <t>At Terbiyesi (Dresaj)</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786055715908</t>
+          <t>9786055715328</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Alın Yazım</t>
+          <t>At Çocuk</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786055261054</t>
+          <t>9789758509683</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Ak Topraklar</t>
+          <t>Aşka Dair</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786055506360</t>
+          <t>9786055506803</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Aile Sohbetleri</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786055715359</t>
+          <t>9789944425957</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Kutsi Tecer Bütün Şiirleri</t>
+          <t>Aptal Hamdi Bizi Güldürüyor</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789944425469</t>
+          <t>9789944425971</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Afgan Savaşı</t>
+          <t>Aptal Hamdi Avustralya’da</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789756316894</t>
+          <t>9789944425544</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>87 Oğuz</t>
+          <t>Anneme Mektup</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786055506384</t>
+          <t>9786055261603</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>7. Kadın</t>
+          <t>Analitik Felsefe</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786055506735</t>
+          <t>9789756316733</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>1956 Macar İhtilali</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786054921003</t>
+          <t>9786055715366</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Gökçen Efe Destanı</t>
+          <t>Altın Çağ</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786059241427</t>
+          <t>9786055715908</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Bir Abdülhak Şinasi Hisar Vardı</t>
+          <t>Alın Yazım</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789944425391</t>
+          <t>9786055261054</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Gözcü</t>
+          <t>Ak Topraklar</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786055506773</t>
+          <t>9786055506360</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Çizimin Temelleri</t>
+          <t>Aile Sohbetleri</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>625</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786055261092</t>
+          <t>9786055715359</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Büyür</t>
+          <t>Ahmet Kutsi Tecer Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786055261610</t>
+          <t>9789944425469</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Çete Ayşe Cilt: 2</t>
+          <t>Afgan Savaşı</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786054921966</t>
+          <t>9789756316894</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>87 Oğuz</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786054921959</t>
+          <t>9786055506384</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>7. Kadın</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786054921393</t>
+          <t>9786055506735</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hakimiyetinde Kefe (1475-1600)</t>
+          <t>1956 Macar İhtilali</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>750</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786054921355</t>
+          <t>9786054921003</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>The Tenses and Their Usage - Conditional Sentences With Answer Key</t>
+          <t>Gökçen Efe Destanı</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>725</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789756316917</t>
+          <t>9786059241427</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'den Seçmeler</t>
+          <t>Bir Abdülhak Şinasi Hisar Vardı</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786055715786</t>
+          <t>9789944425391</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılmış Kent Yanya</t>
+          <t>Gözcü</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786055715083</t>
+          <t>9786055506773</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Kurban</t>
+          <t>Çizimin Temelleri</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>370</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786054921584</t>
+          <t>9786055261092</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’ya Seyahat</t>
+          <t>Çiçekler Büyür</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786054921577</t>
+          <t>9786055261610</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Milli Kurtuluş Hareketi : Uluğ Türkistan</t>
+          <t>Çete Ayşe Cilt: 2</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786054921348</t>
+          <t>9786054921966</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Sökeli Cafer Efe</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>540</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786054921317</t>
+          <t>9786054921959</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Zincir</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786054921300</t>
+          <t>9786054921393</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Acı Su</t>
+          <t>Osmanlı Hakimiyetinde Kefe (1475-1600)</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>460</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786054921270</t>
+          <t>9786054921355</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Biz İdil'den Ural'dan...</t>
+          <t>The Tenses and Their Usage - Conditional Sentences With Answer Key</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>400</v>
+        <v>725</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786059241410</t>
+          <t>9789756316917</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>İzmir Çıkmazı</t>
+          <t>Kutadgu Bilig'den Seçmeler</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786059241373</t>
+          <t>9786055715786</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Boyları</t>
+          <t>Kuşatılmış Kent Yanya</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786054921225</t>
+          <t>9786055715083</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Mit ve Tarih Arasında: Orta Avrupa Edebiyat Tarihinde Türk İmgesi</t>
+          <t>Kurban</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786054921249</t>
+          <t>9786054921584</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı</t>
+          <t>Orta Asya’ya Seyahat</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>520</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786055506650</t>
+          <t>9786054921577</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hesaplaşma</t>
+          <t>Türkistan Milli Kurtuluş Hareketi : Uluğ Türkistan</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>590</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786054921218</t>
+          <t>9786054921348</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Moda İllüstrasyonları</t>
+          <t>Sökeli Cafer Efe</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>575</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786054921195</t>
+          <t>9786054921317</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Ya Zaman Var Olmasaydı?</t>
+          <t>Zincir</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786055261207</t>
+          <t>9786054921300</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Valide Sultanları</t>
+          <t>Acı Su</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786055261368</t>
+          <t>9786054921270</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Av Kültürü</t>
+          <t>Biz İdil'den Ural'dan...</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786055506445</t>
+          <t>9786059241410</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Av</t>
+          <t>İzmir Çıkmazı</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786257201001</t>
+          <t>9786059241373</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Atlı Han</t>
+          <t>Eski Türk Boyları</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786055506995</t>
+          <t>9786054921225</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Bir Garip Yabancı 7</t>
+          <t>Mit ve Tarih Arasında: Orta Avrupa Edebiyat Tarihinde Türk İmgesi</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786059521970</t>
+          <t>9786054921249</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular / Cami'ü't-Tevarih</t>
+          <t>Yanılgı</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786054921102</t>
+          <t>9786055506650</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Larousse Semboller Sözlüğü (Ciltli)</t>
+          <t>Büyük Hesaplaşma</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>1000</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786054921416</t>
+          <t>9786054921218</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Tarih Metodu</t>
+          <t>Moda İllüstrasyonları</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>270</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786054921133</t>
+          <t>9786054921195</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi İktisadi Kalkınma</t>
+          <t>Ya Zaman Var Olmasaydı?</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786054921164</t>
+          <t>9786055261207</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağı'nın Ardında</t>
+          <t>Osmanlı’nın Valide Sultanları</t>
         </is>
       </c>
       <c r="C1105" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786054921508</t>
+          <t>9786055261368</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Şerhleri</t>
+          <t>Osmanlı’da Av Kültürü</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786054921478</t>
+          <t>9786055506445</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Tarihin Yankısı</t>
+          <t>Av</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786055261931</t>
+          <t>9786257201001</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>İttihatçı-Senüsi İlişkileri (1908-1918)</t>
+          <t>Atlı Han</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786054921720</t>
+          <t>9786055506995</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Nimetşinas</t>
+          <t>Yakari ile Bir Garip Yabancı 7</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786054921713</t>
+          <t>9786059521970</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Selçuklular / Cami'ü't-Tevarih</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786054921690</t>
+          <t>9786054921102</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Larousse Semboller Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786054921294</t>
+          <t>9786054921416</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Hadidi Tarihi : Manzum Osmanlı Tarihi (1285 - 1523) (Ciltli)</t>
+          <t>Tarih Metodu</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>1750</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786054921553</t>
+          <t>9786054921133</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Geleneğinde  Bürokrasi</t>
+          <t>Atatürk Dönemi İktisadi Kalkınma</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786054921621</t>
+          <t>9786054921164</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Azazil'in Kapısında</t>
+          <t>Kaf Dağı'nın Ardında</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786059241366</t>
+          <t>9786054921508</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Yunus Emre Şerhleri</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786059241151</t>
+          <t>9786054921478</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Safranbolulu İzzet Mehmed Paşa ve Dönemi</t>
+          <t>Yaşlı Tarihin Yankısı</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786059241342</t>
+          <t>9786055261931</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Ak Saçlı Genç Kız</t>
+          <t>İttihatçı-Senüsi İlişkileri (1908-1918)</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786055261955</t>
+          <t>9786054921720</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Ütopyalar Işığında Gaspıralı’nın Darürrahat Müslümanları</t>
+          <t>Nimetşinas</t>
         </is>
       </c>
       <c r="C1118" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786055261870</t>
+          <t>9786054921713</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Canbaz - Bütün Eserleri</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>430</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786054921089</t>
+          <t>9786054921690</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Yakari Şimşek'in Sırrı -10</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786054921072</t>
+          <t>9786054921294</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Nanabozo 9</t>
+          <t>Hadidi Tarihi : Manzum Osmanlı Tarihi (1285 - 1523) (Ciltli)</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>180</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786055506421</t>
+          <t>9786054921553</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Yakari Kurt Topraklarında 5</t>
+          <t>Türk Devlet Geleneğinde  Bürokrasi</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786055506407</t>
+          <t>9786054921621</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Yakari İle Kunduzlar 3</t>
+          <t>Azazil'in Kapısında</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786054921324</t>
+          <t>9786059241366</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Tarikatname</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786054921157</t>
+          <t>9786059241151</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Monadoloji</t>
+          <t>Safranbolulu İzzet Mehmed Paşa ve Dönemi</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786055261009</t>
+          <t>9786059241342</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Yakari ile Beyaz Post 8</t>
+          <t>Ak Saçlı Genç Kız</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786055261535</t>
+          <t>9786055261955</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar için Portre Çizimi</t>
+          <t>Ütopyalar Işığında Gaspıralı’nın Darürrahat Müslümanları</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>575</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786055261818</t>
+          <t>9786055261870</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Türkler Arasında Bir Avrupalı - Auger Ghiselin de Busbecq (1521-1591)</t>
+          <t>Canbaz - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786055261962</t>
+          <t>9786054921089</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Aq Balapan Bayaz Yavru Kuş</t>
+          <t>Yakari Şimşek'in Sırrı -10</t>
         </is>
       </c>
       <c r="C1129" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786054921119</t>
+          <t>9786054921072</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Öz Yurdunda Garipsin</t>
+          <t>Yakari ile Nanabozo 9</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>470</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786055506018</t>
+          <t>9786055506421</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Mavi Cennet</t>
+          <t>Yakari Kurt Topraklarında 5</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786055261580</t>
+          <t>9786055506407</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Masal Sevinci 2. Kitap</t>
+          <t>Yakari İle Kunduzlar 3</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786055261573</t>
+          <t>9786054921324</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Masal Sevinci 1. Kitap</t>
+          <t>Tarikatname</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786055261825</t>
+          <t>9786054921157</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>İşkodra'da Savaş</t>
+          <t>Monadoloji</t>
         </is>
       </c>
       <c r="C1134" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786054921096</t>
+          <t>9786055261009</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Yakari Toplu Albümü 1</t>
+          <t>Yakari ile Beyaz Post 8</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>1200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786054921027</t>
+          <t>9786055261535</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Dilin Kökenleri</t>
+          <t>Yeni Başlayanlar için Portre Çizimi</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>160</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786055261924</t>
+          <t>9786055261818</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dünyasında Köyler ve Köylüler - 19. Yüzyıl Balıkesir Örneği</t>
+          <t>Türkler Arasında Bir Avrupalı - Auger Ghiselin de Busbecq (1521-1591)</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786054921126</t>
+          <t>9786055261962</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasının Bayramı Yeni Gün (Nevruz)</t>
+          <t>Aq Balapan Bayaz Yavru Kuş</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9789758509829</t>
+          <t>9786054921119</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Yağmurları</t>
+          <t>Öz Yurdunda Garipsin</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>140</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789944425827</t>
+          <t>9786055506018</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Mavi Cennet</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789944425841</t>
+          <t>9786055261580</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma ve Türk Edebiyatı</t>
+          <t>Masal Sevinci 2. Kitap</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786055506681</t>
+          <t>9786055261573</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yazım Kılavuzu</t>
+          <t>Masal Sevinci 1. Kitap</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9789944425049</t>
+          <t>9786055261825</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkçe Sözlük</t>
+          <t>İşkodra'da Savaş</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789944425230</t>
+          <t>9786054921096</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Seyyah</t>
+          <t>Yakari Toplu Albümü 1</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>490</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789756316665</t>
+          <t>9786054921027</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkralar</t>
+          <t>Dilin Kökenleri</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786055715311</t>
+          <t>9786055261924</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Hesaplaşma</t>
+          <t>Osmanlı Dünyasında Köyler ve Köylüler - 19. Yüzyıl Balıkesir Örneği</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>380</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789944425933</t>
+          <t>9786054921126</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Kangal (Karabaş) Türk Çoban Köpeği</t>
+          <t>Türk Dünyasının Bayramı Yeni Gün (Nevruz)</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786055715052</t>
+          <t>9789758509829</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Düşmanımın Beşiği</t>
+          <t>Mutluluk Yağmurları</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9789944425834</t>
+          <t>9789944425827</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve Kağanlıkları</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786054921065</t>
+          <t>9789944425841</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Vatan Uğrunda Yahut Yıldız Mahkemesinde</t>
+          <t>Batılılaşma ve Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786055715007</t>
+          <t>9786055506681</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>1929 Dünya Buhranında Türkiye’nin İktisadi Politika Arayışları</t>
+          <t>Yeni Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>900</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789756316511</t>
+          <t>9789944425049</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>1895 Trabzon Olayları ve Ermenilerin Yargılanması</t>
+          <t>Yeni Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786055506940</t>
+          <t>9789944425230</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Kurtarılmayı Bekleyen Kurt</t>
+          <t>Seyyah</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786055506957</t>
+          <t>9789756316665</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dedektifleri: Beyaz Aslan Yavrusu</t>
+          <t>Nasreddin Hoca Fıkralar</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786055261399</t>
+          <t>9786055715311</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dedektifleri - Özgürlüğüne Kavuşan Mavi Yunus</t>
+          <t>Kanlı Hesaplaşma</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786055261405</t>
+          <t>9789944425933</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dedektifleri - Kedi Firarda</t>
+          <t>Kangal (Karabaş) Türk Çoban Köpeği</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>140</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789756316771</t>
+          <t>9786055715052</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler</t>
+          <t>Düşmanımın Beşiği</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789758509515</t>
+          <t>9789944425834</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kanat</t>
+          <t>Türkler ve Kağanlıkları</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786257201018</t>
+          <t>9786054921065</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Gültekin</t>
+          <t>Vatan Uğrunda Yahut Yıldız Mahkemesinde</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9789944425551</t>
+          <t>9786055715007</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Güç Oyunu</t>
+          <t>1929 Dünya Buhranında Türkiye’nin İktisadi Politika Arayışları</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>380</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786055261993</t>
+          <t>9789756316511</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesi Gazetecilik ve Edebiyat</t>
+          <t>1895 Trabzon Olayları ve Ermenilerin Yargılanması</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>440</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786054921140</t>
+          <t>9786055506940</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Miletli Anaksimandros Ya Da Bilimsel Düşüncenin Doğuşu</t>
+          <t>Kurtarılmayı Bekleyen Kurt</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786055506322</t>
+          <t>9786055506957</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Şark Hikayeleri</t>
+          <t>Hayvan Dedektifleri: Beyaz Aslan Yavrusu</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789944425810</t>
+          <t>9786055261399</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Hayvan Dedektifleri - Özgürlüğüne Kavuşan Mavi Yunus</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786054921010</t>
+          <t>9786055261405</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Yıldızlarla</t>
+          <t>Hayvan Dedektifleri - Kedi Firarda</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786055261788</t>
+          <t>9789756316771</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Türk Manilerinden Seçmeler</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786055261832</t>
+          <t>9789758509515</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hareketlerin Sosyolojisi</t>
+          <t>Gümüş Kanat</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>650</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786055261801</t>
+          <t>9786257201018</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Robotik</t>
+          <t>Gültekin</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786055261795</t>
+          <t>9789944425551</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>İlk Hareketli Robotumu Yapıyorum</t>
+          <t>Güç Oyunu</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>225</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786055261733</t>
+          <t>9786055261993</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Gençlik</t>
+          <t>Osmanlı Modernleşmesi Gazetecilik ve Edebiyat</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786055261726</t>
+          <t>9786054921140</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dışı</t>
+          <t>Miletli Anaksimandros Ya Da Bilimsel Düşüncenin Doğuşu</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
+          <t>9786055506322</t>
+        </is>
+      </c>
+      <c r="B1172" s="1" t="inlineStr">
+        <is>
+          <t>Şark Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C1172" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:3">
+      <c r="A1173" s="1" t="inlineStr">
+        <is>
+          <t>9789944425810</t>
+        </is>
+      </c>
+      <c r="B1173" s="1" t="inlineStr">
+        <is>
+          <t>Şair Evlenmesi</t>
+        </is>
+      </c>
+      <c r="C1173" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:3">
+      <c r="A1174" s="1" t="inlineStr">
+        <is>
+          <t>9786054921010</t>
+        </is>
+      </c>
+      <c r="B1174" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gece Yıldızlarla</t>
+        </is>
+      </c>
+      <c r="C1174" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:3">
+      <c r="A1175" s="1" t="inlineStr">
+        <is>
+          <t>9786055261788</t>
+        </is>
+      </c>
+      <c r="B1175" s="1" t="inlineStr">
+        <is>
+          <t>Babalar ve Oğullar</t>
+        </is>
+      </c>
+      <c r="C1175" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:3">
+      <c r="A1176" s="1" t="inlineStr">
+        <is>
+          <t>9786055261832</t>
+        </is>
+      </c>
+      <c r="B1176" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hareketlerin Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1176" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:3">
+      <c r="A1177" s="1" t="inlineStr">
+        <is>
+          <t>9786055261801</t>
+        </is>
+      </c>
+      <c r="B1177" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Robotik</t>
+        </is>
+      </c>
+      <c r="C1177" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:3">
+      <c r="A1178" s="1" t="inlineStr">
+        <is>
+          <t>9786055261795</t>
+        </is>
+      </c>
+      <c r="B1178" s="1" t="inlineStr">
+        <is>
+          <t>İlk Hareketli Robotumu Yapıyorum</t>
+        </is>
+      </c>
+      <c r="C1178" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:3">
+      <c r="A1179" s="1" t="inlineStr">
+        <is>
+          <t>9786055261733</t>
+        </is>
+      </c>
+      <c r="B1179" s="1" t="inlineStr">
+        <is>
+          <t>İhtiyar Gençlik</t>
+        </is>
+      </c>
+      <c r="C1179" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:3">
+      <c r="A1180" s="1" t="inlineStr">
+        <is>
+          <t>9786055261726</t>
+        </is>
+      </c>
+      <c r="B1180" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Dışı</t>
+        </is>
+      </c>
+      <c r="C1180" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:3">
+      <c r="A1181" s="1" t="inlineStr">
+        <is>
           <t>9786055261764</t>
         </is>
       </c>
-      <c r="B1172" s="1" t="inlineStr">
+      <c r="B1181" s="1" t="inlineStr">
         <is>
           <t>Nisan Yağmuru</t>
         </is>
       </c>
-      <c r="C1172" s="1">
+      <c r="C1181" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>