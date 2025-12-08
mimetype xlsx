--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -85,2635 +85,2650 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255800008</t>
+          <t>9789944795234</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>1001 Gece Hikayeleri</t>
+          <t>Fenomenoloji Üzerine Beş Ders</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>165</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255800015</t>
+          <t>9786255800008</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Salır Atasözleri</t>
+          <t>1001 Gece Hikayeleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>375</v>
+        <v>750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052229996</t>
+          <t>9786255800015</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Felsefi Antropolojinin Gelişimi</t>
+          <t>Salır Atasözleri</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052229989</t>
+          <t>9786052229996</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Suda Suretimiz Çıkıyor</t>
+          <t>Türkiye’de Felsefi Antropolojinin Gelişimi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>795</v>
+        <v>375</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944795494</t>
+          <t>9786052229989</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Ortaçağ Avrupası Üzerindeki Etkisi</t>
+          <t>Suda Suretimiz Çıkıyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>795</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052229958</t>
+          <t>9789944795494</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Japonca ve Altay Dilleri</t>
+          <t>İslam’ın Ortaçağ Avrupası Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052229217</t>
+          <t>9786052229958</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji Üzerine Beş Ders</t>
+          <t>Japonca ve Altay Dilleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052229934</t>
+          <t>9786052229217</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dil Felsefesi Açısından Atatürk’ün Dil Kavramı ve Dil Devrimi</t>
+          <t>Fenomenoloji Üzerine Beş Ders</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052229941</t>
+          <t>9786052229934</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji Eleştirileri</t>
+          <t>Dil Felsefesi Açısından Atatürk’ün Dil Kavramı ve Dil Devrimi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052229972</t>
+          <t>9786052229941</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mars Savaşçısı</t>
+          <t>Türkoloji Eleştirileri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>265</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052229965</t>
+          <t>9786052229972</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Felsefesinin Sözde Somutluğu Üzerine</t>
+          <t>Mars Savaşçısı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052229606</t>
+          <t>9786052229965</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nikomakhos'a Etik</t>
+          <t>Heidegger Felsefesinin Sözde Somutluğu Üzerine</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052229927</t>
+          <t>9786052229606</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bektaşî Kızılbaş Alevi Şairleri ve Nefesleri 3. Cilt</t>
+          <t>Nikomakhos'a Etik</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>215</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789944795241</t>
+          <t>9786052229927</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Metafizik 0 1-3 Gücün Neliği ve Gerçekliği</t>
+          <t>Bektaşî Kızılbaş Alevi Şairleri ve Nefesleri 3. Cilt</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944795357</t>
+          <t>9789944795241</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İmbilim Ders Notları</t>
+          <t>Aristoteles Metafizik 0 1-3 Gücün Neliği ve Gerçekliği</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052229743</t>
+          <t>9789944795357</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Pertev Ağabey Sevgili Oğuz Kardeş</t>
+          <t>İmbilim Ders Notları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052229880</t>
+          <t>9786052229743</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Euthyphron-Küçük Hippias</t>
+          <t>Sevgili Pertev Ağabey Sevgili Oğuz Kardeş</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052229903</t>
+          <t>9786052229880</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sanat Aşkınlaştırır</t>
+          <t>Euthyphron-Küçük Hippias</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052229842</t>
+          <t>9786052229903</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Antropoloji</t>
+          <t>Sanat Aşkınlaştırır</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052229378</t>
+          <t>9786052229842</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Devleti Seçmeler</t>
+          <t>Yapısal Antropoloji</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052229897</t>
+          <t>9786052229378</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Özbek Dilinin Grameri</t>
+          <t>Tanrı Devleti Seçmeler</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052229873</t>
+          <t>9786052229897</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bayındır Tahtacıları</t>
+          <t>Özbek Dilinin Grameri</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789944795548</t>
+          <t>9786052229873</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türk Folkloru</t>
+          <t>Bayındır Tahtacıları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944795722</t>
+          <t>9789944795548</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Halk Hikayeleri ve Halk Hikayeciliği</t>
+          <t>100 Soruda Türk Folkloru</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052229866</t>
+          <t>9789944795722</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Şairleri ve Nefesleri 1-2. Cilt</t>
+          <t>Halk Hikayeleri ve Halk Hikayeciliği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052229859</t>
+          <t>9786052229866</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Çoğulculuk ve Tolerans</t>
+          <t>Bektaşi Şairleri ve Nefesleri 1-2. Cilt</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>650</v>
+        <v>265</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052229149</t>
+          <t>9786052229859</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Nedenin Neliği</t>
+          <t>Anadolu’da Çoğulculuk ve Tolerans</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052229835</t>
+          <t>9786052229149</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu İmbilim ve Metin Okuma-Yazma Ders Notları</t>
+          <t>Nedenin Neliği</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052229781</t>
+          <t>9786052229835</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Uygur-Moğol Harfli Moğol Dili Yadigarları</t>
+          <t>Bilge Karasu İmbilim ve Metin Okuma-Yazma Ders Notları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1600</v>
+        <v>165</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052229828</t>
+          <t>9786052229781</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Köy Seyirlik Oyunlarında İnsan, Doğa ve Topluluk</t>
+          <t>Uygur-Moğol Harfli Moğol Dili Yadigarları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>260</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052229798</t>
+          <t>9786052229828</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>AquaPoetry (Ciltli)</t>
+          <t>Köy Seyirlik Oyunlarında İnsan, Doğa ve Topluluk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052229804</t>
+          <t>9786052229798</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Principium Sapientiae</t>
+          <t>AquaPoetry (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052229811</t>
+          <t>9786052229804</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Etiğe Giriş</t>
+          <t>Principium Sapientiae</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052229774</t>
+          <t>9786052229811</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hunların Dili</t>
+          <t>Etiğe Giriş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052229767</t>
+          <t>9786052229774</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Platon’dan Edmund Gettier’ye Bilgi Felsefecileri</t>
+          <t>Hunların Dili</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052229736</t>
+          <t>9786052229767</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sirayet</t>
+          <t>Platon’dan Edmund Gettier’ye Bilgi Felsefecileri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052229729</t>
+          <t>9786052229736</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mars’ın Dahisi</t>
+          <t>Sirayet</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052229248</t>
+          <t>9786052229729</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Halk Hikayeleri ve Halk Hikayeciliği</t>
+          <t>Mars’ın Dahisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052229231</t>
+          <t>9786052229248</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türk Folkloru</t>
+          <t>Halk Hikayeleri ve Halk Hikayeciliği</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052229712</t>
+          <t>9786052229231</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Türk Edebiyatı</t>
+          <t>100 Soruda Türk Folkloru</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052229637</t>
+          <t>9786052229712</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>R.U.R Rossum’un Evrensel Robotları</t>
+          <t>Fransızca Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>235</v>
+        <v>375</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052229705</t>
+          <t>9786052229637</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Felsefede İlerleme ve Çağdaşlaşma Kavramları</t>
+          <t>R.U.R Rossum’un Evrensel Robotları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>395</v>
+        <v>235</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052229699</t>
+          <t>9786052229705</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Metafizik</t>
+          <t>Felsefede İlerleme ve Çağdaşlaşma Kavramları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052229668</t>
+          <t>9786052229699</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Hazineleri Meyve ve Sebzelerimiz (Ciltli)</t>
+          <t>Metafizik</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>2000</v>
+        <v>375</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944795852</t>
+          <t>9786052229668</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi</t>
+          <t>Türkiye'nin Hazineleri Meyve ve Sebzelerimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>365</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052229651</t>
+          <t>9789944795852</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Kültür Kavramı</t>
+          <t>Eski Anadolu Türkçesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>520</v>
+        <v>365</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052229644</t>
+          <t>9786052229651</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>J. W. von Goothe ve Faust</t>
+          <t>Felsefede Kültür Kavramı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052229422</t>
+          <t>9786052229644</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kök Tengri ve Yağız Yer Arasında</t>
+          <t>J. W. von Goothe ve Faust</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052229101</t>
+          <t>9786052229422</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Metafizik 0 1-3 Gücün Neliği ve Gerçekliği</t>
+          <t>Kök Tengri ve Yağız Yer Arasında</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052229613</t>
+          <t>9786052229101</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mars’ta Satranç - John Carter 5</t>
+          <t>Aristoteles Metafizik 0 1-3 Gücün Neliği ve Gerçekliği</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052229620</t>
+          <t>9786052229613</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İnsanüstü Gücün Sırrı</t>
+          <t>Mars’ta Satranç - John Carter 5</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052229590</t>
+          <t>9786052229620</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ve Moğolca Çalışmaları Sempozyumu</t>
+          <t>İnsanüstü Gücün Sırrı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052229583</t>
+          <t>9786052229590</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Etikte Öznellik Nesnellik Tartışması</t>
+          <t>Türkçe Ve Moğolca Çalışmaları Sempozyumu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052229569</t>
+          <t>9786052229583</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Isagoge</t>
+          <t>Etikte Öznellik Nesnellik Tartışması</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052229576</t>
+          <t>9786052229569</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hukukta ve Yargıda Etik</t>
+          <t>Isagoge</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052229545</t>
+          <t>9786052229576</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Between Religion And Language</t>
+          <t>Hukukta ve Yargıda Etik</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>720</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052229552</t>
+          <t>9786052229545</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Anımsama ve Bağlantılı Anımsama Üzerine</t>
+          <t>Between Religion And Language</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>85</v>
+        <v>720</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052229521</t>
+          <t>9786052229552</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Thuvia Marslı Kız</t>
+          <t>Anımsama ve Bağlantılı Anımsama Üzerine</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>205</v>
+        <v>85</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052229538</t>
+          <t>9786052229521</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Teknik</t>
+          <t>Thuvia Marslı Kız</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052229477</t>
+          <t>9786052229538</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis</t>
+          <t>İnsan ve Teknik</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052229484</t>
+          <t>9786052229477</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Filozoflarla Düşünmek - Felsefe Tarihi Yazıları</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052229491</t>
+          <t>9786052229484</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bunalım Çağı</t>
+          <t>Filozoflarla Düşünmek - Felsefe Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052229514</t>
+          <t>9786052229491</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Günümüzden Bakınca Kant Etiği</t>
+          <t>Bunalım Çağı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052229507</t>
+          <t>9786052229514</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kant: Duyumsamanın Temel Kavramları</t>
+          <t>Günümüzden Bakınca Kant Etiği</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052229460</t>
+          <t>9786052229507</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Anlam ve Bağıntı</t>
+          <t>Kant: Duyumsamanın Temel Kavramları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>425</v>
+        <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052229453</t>
+          <t>9786052229460</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mars'ın Kumandanı- John Carter 3</t>
+          <t>Anlam ve Bağıntı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052229446</t>
+          <t>9786052229453</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mars’ın Tanrıları / John Carter 2</t>
+          <t>Mars'ın Kumandanı- John Carter 3</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052229439</t>
+          <t>9786052229446</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Marslı Prenses - John Carter 1</t>
+          <t>Mars’ın Tanrıları / John Carter 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052229385</t>
+          <t>9786052229439</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Felsefesi</t>
+          <t>Marslı Prenses - John Carter 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052229361</t>
+          <t>9786052229385</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kambriyen Patlaması</t>
+          <t>Teknoloji Felsefesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>265</v>
+        <v>215</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052229408</t>
+          <t>9786052229361</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Monadoloji</t>
+          <t>Kambriyen Patlaması</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>95</v>
+        <v>265</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052229392</t>
+          <t>9786052229408</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Edebiyat Gözlemleri</t>
+          <t>Monadoloji</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>290</v>
+        <v>95</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052229354</t>
+          <t>9786052229392</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Moğolcanın Phags-Pa Yazısıyla Yazılmış Eserleri - Mongolian Monuments in Phags-Pa Script</t>
+          <t>Sözlü Edebiyat Gözlemleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>410</v>
+        <v>290</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052229347</t>
+          <t>9786052229354</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Şecere-yi Türk</t>
+          <t>Moğolcanın Phags-Pa Yazısıyla Yazılmış Eserleri - Mongolian Monuments in Phags-Pa Script</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1100</v>
+        <v>410</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052229330</t>
+          <t>9786052229347</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nasıl Kurtarılabilir?</t>
+          <t>Şecere-yi Türk</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052229316</t>
+          <t>9786052229330</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil ve Lehçelerinin Okul Kitaplarından Seçmeler 2. Cilt</t>
+          <t>Türkiye Nasıl Kurtarılabilir?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052229309</t>
+          <t>9786052229316</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil ve Lehçelerinin Okul Kitaplarından Seçmeler 1. Cilt</t>
+          <t>Türk Dil ve Lehçelerinin Okul Kitaplarından Seçmeler 2. Cilt</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>850</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052229323</t>
+          <t>9786052229309</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Fert</t>
+          <t>Türk Dil ve Lehçelerinin Okul Kitaplarından Seçmeler 1. Cilt</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052229279</t>
+          <t>9786052229323</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Paris Konferansları</t>
+          <t>Devlet ve Fert</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052229286</t>
+          <t>9786052229279</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Akımlar</t>
+          <t>Paris Konferansları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052229163</t>
+          <t>9786052229286</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tunyukuk Yazıtı</t>
+          <t>Yazınsal Akımlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052229156</t>
+          <t>9786052229163</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>L. Wittgenstein: Temel Kavram ve Sorunlar</t>
+          <t>Tunyukuk Yazıtı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052229125</t>
+          <t>9786052229156</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Oğuzname Kaynağı Olarak Şecere-Yi Terakime</t>
+          <t>L. Wittgenstein: Temel Kavram ve Sorunlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052229064</t>
+          <t>9786052229125</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Uygur Hakanlığı Yazıtları</t>
+          <t>Oğuzname Kaynağı Olarak Şecere-Yi Terakime</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>410</v>
+        <v>225</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052229088</t>
+          <t>9786052229064</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Tipte Enerjiler ve Örüntüler</t>
+          <t>Uygur Hakanlığı Yazıtları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052229132</t>
+          <t>9786052229088</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ruh Üzerine</t>
+          <t>Psikolojik Tipte Enerjiler ve Örüntüler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>165</v>
+        <v>420</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052229095</t>
+          <t>9786052229132</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Daşenka'nın Hayatı</t>
+          <t>Ruh Üzerine</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>75</v>
+        <v>165</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052229057</t>
+          <t>9786052229095</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kitleler Psikolojisi</t>
+          <t>Daşenka'nın Hayatı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052229071</t>
+          <t>9786052229057</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Felsefesi</t>
+          <t>Kitleler Psikolojisi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>280</v>
+        <v>175</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052229033</t>
+          <t>9786052229071</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çölde Tek Başına</t>
+          <t>İnsan Hakları Felsefesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052229040</t>
+          <t>9786052229033</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kralın İki Bedeni</t>
+          <t>Çölde Tek Başına</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>800</v>
+        <v>310</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944795876</t>
+          <t>9786052229040</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Theaitetos</t>
+          <t>Kralın İki Bedeni</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>275</v>
+        <v>800</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052229019</t>
+          <t>9789944795876</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Eskilerin Bilgeliği</t>
+          <t>Theaitetos</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944795975</t>
+          <t>9786052229019</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Melankolik Kara Delik</t>
+          <t>Eskilerin Bilgeliği</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>285</v>
+        <v>145</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052229002</t>
+          <t>9789944795975</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Üzerine Konuşma</t>
+          <t>Melankolik Kara Delik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>75</v>
+        <v>285</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944795982</t>
+          <t>9786052229002</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Ustalardan</t>
+          <t>Yöntem Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>285</v>
+        <v>75</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944795968</t>
+          <t>9789944795982</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Augustinus'tan Paul Weiss'a Tarih Felsefecileri</t>
+          <t>Kim Korkar Ustalardan</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944795999</t>
+          <t>9789944795968</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Araştırma Yöntemleri Üzerine</t>
+          <t>Augustinus'tan Paul Weiss'a Tarih Felsefecileri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944795951</t>
+          <t>9789944795999</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Folklorunda Ölüm</t>
+          <t>Çağımızın Araştırma Yöntemleri Üzerine</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>285</v>
+        <v>175</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944795944</t>
+          <t>9789944795951</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Orhon Yazıtları</t>
+          <t>Anadolu Folklorunda Ölüm</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>255</v>
+        <v>285</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944795937</t>
+          <t>9789944795944</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hoşgörü Üzerine İnceleme</t>
+          <t>Orhon Yazıtları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944795913</t>
+          <t>9789944795937</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sivas ve Çevresinde Hayatın Çeşitli Safhalarıyla İlgili Batıl İnançların ve Büyüsel İşlemlerin Etnolojik Tetkiki</t>
+          <t>Hoşgörü Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944795906</t>
+          <t>9789944795913</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Edebiyat 2</t>
+          <t>Sivas ve Çevresinde Hayatın Çeşitli Safhalarıyla İlgili Batıl İnançların ve Büyüsel İşlemlerin Etnolojik Tetkiki</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>530</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944795890</t>
+          <t>9789944795906</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Edebiyat 1</t>
+          <t>Folklor ve Edebiyat 2</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>530</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944795920</t>
+          <t>9789944795890</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Etnoloji Sözlüğü</t>
+          <t>Folklor ve Edebiyat 1</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>275</v>
+        <v>530</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944795845</t>
+          <t>9789944795920</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yulduz Türk Dili Sempozyumu</t>
+          <t>Etnoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>745</v>
+        <v>275</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944795869</t>
+          <t>9789944795845</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Platon’dan Habermas’a Felsefede Doğruluk ya da Hakikat</t>
+          <t>Uluslararası Yulduz Türk Dili Sempozyumu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>745</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944795883</t>
+          <t>9789944795869</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>R. G. Collingwood’un Din Felsefesi</t>
+          <t>Platon’dan Habermas’a Felsefede Doğruluk ya da Hakikat</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944795814</t>
+          <t>9789944795883</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Teorik Etik</t>
+          <t>R. G. Collingwood’un Din Felsefesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944795838</t>
+          <t>9789944795814</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Pratik Etik</t>
+          <t>Teorik Etik</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944795821</t>
+          <t>9789944795838</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Grotesk</t>
+          <t>Pratik Etik</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944795753</t>
+          <t>9789944795821</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yenisey-Altay-Kırgızistan Yazıtları ve Kağıda Yazılı Runik Belgeler</t>
+          <t>Grotesk</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>720</v>
+        <v>310</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944795555</t>
+          <t>9789944795753</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türk Halk Edebiyatı</t>
+          <t>Yenisey-Altay-Kırgızistan Yazıtları ve Kağıda Yazılı Runik Belgeler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>385</v>
+        <v>720</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944795807</t>
+          <t>9789944795555</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Böcekler Çiçekler</t>
+          <t>100 Soruda Türk Halk Edebiyatı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>385</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944795791</t>
+          <t>9789944795807</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Destanı</t>
+          <t>Kuşlar Böcekler Çiçekler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944795746</t>
+          <t>9789944795791</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Felsefe Dersleri ve Pozitif Anlayış Üzerine Konuşma</t>
+          <t>Köroğlu Destanı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>385</v>
+        <v>350</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944795739</t>
+          <t>9789944795746</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Otuz Günde Felsefe</t>
+          <t>Pozitif Felsefe Dersleri ve Pozitif Anlayış Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>325</v>
+        <v>385</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944795715</t>
+          <t>9789944795739</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Eudemos'a Etik</t>
+          <t>Otuz Günde Felsefe</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944795692</t>
+          <t>9789944795715</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Novum Organum</t>
+          <t>Eudemos'a Etik</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944795708</t>
+          <t>9789944795692</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Kültürümüzde Çocuk</t>
+          <t>Novum Organum</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>385</v>
+        <v>340</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944795685</t>
+          <t>9789944795708</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çingene Mitolojisi</t>
+          <t>Geleneksel Kültürümüzde Çocuk</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>195</v>
+        <v>385</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944795609</t>
+          <t>9789944795685</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Phaidros ya da Güzellik Üzerine</t>
+          <t>Çingene Mitolojisi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944795661</t>
+          <t>9789944795609</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ölü Filozoflar Kitabı</t>
+          <t>Phaidros ya da Güzellik Üzerine</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944795647</t>
+          <t>9789944795661</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Bilimi</t>
+          <t>Ölü Filozoflar Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944795630</t>
+          <t>9789944795647</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda İlkellerde Din, Büyü, Sanat, Efsane</t>
+          <t>Türk Halk Bilimi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>285</v>
+        <v>550</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944795623</t>
+          <t>9789944795630</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilleri Giriş</t>
+          <t>100 Soruda İlkellerde Din, Büyü, Sanat, Efsane</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944795159</t>
+          <t>9789944795623</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Türk Dilleri Giriş</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944795418</t>
+          <t>9789944795159</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944795364</t>
+          <t>9789944795418</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Protestan Ahlakı ve Kapitalizmin Ruhu</t>
+          <t>Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3990000003624</t>
+          <t>9789944795364</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Poyraz İçin Öyküler</t>
+          <t>Protestan Ahlakı ve Kapitalizmin Ruhu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>125</v>
+        <v>360</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944795180</t>
+          <t>3990000003624</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Piyasa Ütopyası</t>
+          <t>Poyraz İçin Öyküler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>325</v>
+        <v>125</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052229415</t>
+          <t>9789944795180</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Orhon - Uygur Hanlığı Dönemi - Moğolistan’daki Eski Türk Yazıtları</t>
+          <t>Piyasa Ütopyası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944795012</t>
+          <t>9786052229415</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Ortaçağda Felsefe</t>
+          <t>Orhon - Uygur Hanlığı Dönemi - Moğolistan’daki Eski Türk Yazıtları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944795098</t>
+          <t>9789944795012</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Makro Verilerle Türkiye’de Yatırım Nasıl Yapılır?</t>
+          <t>Metinlerle Ortaçağda Felsefe</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944975025</t>
+          <t>9789944795098</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Sanat Felsefesi</t>
+          <t>Makro Verilerle Türkiye’de Yatırım Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944795111</t>
+          <t>9789944975025</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası Üzerine Bir İnceleme</t>
+          <t>Kısaca Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>550</v>
+        <v>195</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944795258</t>
+          <t>9789944795111</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Ahlaki Kriterleri</t>
+          <t>İnsan Doğası Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>285</v>
+        <v>550</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944795302</t>
+          <t>9789944795258</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gramatoloji</t>
+          <t>Hukukun Ahlaki Kriterleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>700</v>
+        <v>285</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944795517</t>
+          <t>9789944795302</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Üzerine</t>
+          <t>Gramatoloji</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944795272</t>
+          <t>9789944795517</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep Kalesi</t>
+          <t>Gökyüzü Üzerine</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944795128</t>
+          <t>9789944795272</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Foucault ve Derrida</t>
+          <t>Gaziantep Kalesi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944795340</t>
+          <t>9789944795128</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Mitolojisi</t>
+          <t>Foucault ve Derrida</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944795326</t>
+          <t>9789944795340</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Zihin</t>
+          <t>Eski Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>560</v>
+        <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944795456</t>
+          <t>9789944795326</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Derrida Sözlüğü</t>
+          <t>Dil ve Zihin</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>560</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944795210</t>
+          <t>9789944795456</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Cenaze Evi Şenlik Evi</t>
+          <t>Derrida Sözlüğü</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944795487</t>
+          <t>9789944795210</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Cenaze Evi Şenlik Evi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944795333</t>
+          <t>9789944795487</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Fransız Edebiyatında Kadın Yazarlar</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944795142</t>
+          <t>9789944795333</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Üzerine Bir Derkenar</t>
+          <t>Başlangıcından Günümüze Fransız Edebiyatında Kadın Yazarlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944795395</t>
+          <t>9789944795142</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Felsefesi: Temel Kavramlar ve Görüşler</t>
+          <t>Aydınlanma Üzerine Bir Derkenar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944795616</t>
+          <t>9789944795395</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Gramatoloji'ye Önsöz</t>
+          <t>Aristoteles Felsefesi: Temel Kavramlar ve Görüşler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944795678</t>
+          <t>9789944795616</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Uzun Sürer</t>
+          <t>Gramatoloji'ye Önsöz</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>700</v>
+        <v>240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944795050</t>
+          <t>9789944795678</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Rus Dili Ders Kitabı 2 (Cd'li)</t>
+          <t>Gelecek Uzun Sürer</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>275</v>
+        <v>700</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944795586</t>
+          <t>9789944795050</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Annem Sen Misin?</t>
+          <t>Merhaba Rus Dili Ders Kitabı 2 (Cd'li)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>510</v>
+        <v>275</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944795777</t>
+          <t>9789944795586</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İnsan Felsefesi</t>
+          <t>Annem Sen Misin?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944795784</t>
+          <t>9789944795777</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kadın Oyun Yazarları</t>
+          <t>İnsan Felsefesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>385</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052229750</t>
+          <t>9789944795784</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı Dersleri / Bütün Eserleri 5</t>
+          <t>Kadın Oyun Yazarları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>385</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944795593</t>
+          <t>9786052229750</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Eşitlik</t>
+          <t>Halk Edebiyatı Dersleri / Bütün Eserleri 5</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>335</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944795562</t>
+          <t>9789944795593</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Demokritos ile Epikouros'un Doğa Felsefelerindeki Ayırım</t>
+          <t>Eşitlik</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>265</v>
+        <v>335</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944795029</t>
+          <t>9789944795562</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Meditasyonlar</t>
+          <t>Demokritos ile Epikouros'un Doğa Felsefelerindeki Ayırım</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944795500</t>
+          <t>9789944795029</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mantık ve Varoluş</t>
+          <t>Meditasyonlar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944795449</t>
+          <t>9789944795500</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Dünyaların İçinde</t>
+          <t>Mantık ve Varoluş</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>565</v>
+        <v>385</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944795227</t>
+          <t>9789944795449</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Duhem’den Laudan’a Çağdaş Bilim Felsefecileri</t>
+          <t>Düşünen Dünyaların İçinde</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>565</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944795425</t>
+          <t>9789944795227</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Evrimsel Biyoloji Yazıları</t>
+          <t>Duhem’den Laudan’a Çağdaş Bilim Felsefecileri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944795203</t>
+          <t>9789944795425</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Esquisse D’une Histoire De La Litterature Française / Des origines au 18e Siecle</t>
+          <t>Evrimsel Biyoloji Yazıları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>285</v>
+        <v>215</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789944795371</t>
+          <t>9789944795203</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Söylemek ve Anlatmaya Çalışmak</t>
+          <t>Esquisse D’une Histoire De La Litterature Française / Des origines au 18e Siecle</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>390</v>
+        <v>285</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944795081</t>
+          <t>9789944795371</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Felsefesi</t>
+          <t>Söylemek ve Anlatmaya Çalışmak</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>275</v>
+        <v>390</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789944795579</t>
+          <t>9789944795081</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Durum</t>
+          <t>Nietzsche’nin Felsefesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944795524</t>
+          <t>9789944795579</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlanı</t>
+          <t>Postmodern Durum</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944795173</t>
+          <t>9789944795524</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Che</t>
+          <t>Cumhuriyetin İlanı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>260</v>
+        <v>325</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944795432</t>
+          <t>9789944795173</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Kosmostaki Yeri</t>
+          <t>Che</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944795074</t>
+          <t>9789944795432</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Halleri</t>
+          <t>İnsanın Kosmostaki Yeri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944795104</t>
+          <t>9789944795074</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yüce ve Güzel Kavramlarımızın Kaynağı Hakkında Felsefi Bir Soruşturma</t>
+          <t>Zihnin Halleri</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
+          <t>9789944795104</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Yüce ve Güzel Kavramlarımızın Kaynağı Hakkında Felsefi Bir Soruşturma</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
           <t>9789944795531</t>
         </is>
       </c>
-      <c r="B174" s="1" t="inlineStr">
+      <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Koyre’nin Bilimsel Düşünce Tarihi Üzerine Denemeleri</t>
         </is>
       </c>
-      <c r="C174" s="1">
+      <c r="C175" s="1">
         <v>285</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>