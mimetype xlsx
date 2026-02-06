--- v1 (2025-12-08)
+++ v2 (2026-02-06)
@@ -85,2650 +85,2710 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789944795234</t>
+          <t>9786255800039</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji Üzerine Beş Ders</t>
+          <t>Kategoriler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255800008</t>
+          <t>9786255800046</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>1001 Gece Hikayeleri</t>
+          <t>Yorum Üzerine</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255800015</t>
+          <t>9786255800053</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Salır Atasözleri</t>
+          <t>Söylevler</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052229996</t>
+          <t>9786255800060</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Felsefi Antropolojinin Gelişimi</t>
+          <t>Müziğin Ruhu ve Felsefe</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>375</v>
+        <v>750</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052229989</t>
+          <t>9789944795234</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Suda Suretimiz Çıkıyor</t>
+          <t>Fenomenoloji Üzerine Beş Ders</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>795</v>
+        <v>165</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944795494</t>
+          <t>9786255800008</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Ortaçağ Avrupası Üzerindeki Etkisi</t>
+          <t>1001 Gece Hikayeleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052229958</t>
+          <t>9786255800015</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Japonca ve Altay Dilleri</t>
+          <t>Salır Atasözleri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052229217</t>
+          <t>9786052229996</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Fenomenoloji Üzerine Beş Ders</t>
+          <t>Türkiye’de Felsefi Antropolojinin Gelişimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052229934</t>
+          <t>9786052229989</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dil Felsefesi Açısından Atatürk’ün Dil Kavramı ve Dil Devrimi</t>
+          <t>Suda Suretimiz Çıkıyor</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>795</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052229941</t>
+          <t>9789944795494</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji Eleştirileri</t>
+          <t>İslam’ın Ortaçağ Avrupası Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052229972</t>
+          <t>9786052229958</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mars Savaşçısı</t>
+          <t>Japonca ve Altay Dilleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>265</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052229965</t>
+          <t>9786052229217</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Felsefesinin Sözde Somutluğu Üzerine</t>
+          <t>Fenomenoloji Üzerine Beş Ders</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052229606</t>
+          <t>9786052229934</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nikomakhos'a Etik</t>
+          <t>Dil Felsefesi Açısından Atatürk’ün Dil Kavramı ve Dil Devrimi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>215</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052229927</t>
+          <t>9786052229941</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bektaşî Kızılbaş Alevi Şairleri ve Nefesleri 3. Cilt</t>
+          <t>Türkoloji Eleştirileri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944795241</t>
+          <t>9786052229972</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Metafizik 0 1-3 Gücün Neliği ve Gerçekliği</t>
+          <t>Mars Savaşçısı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>310</v>
+        <v>265</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789944795357</t>
+          <t>9786052229965</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İmbilim Ders Notları</t>
+          <t>Heidegger Felsefesinin Sözde Somutluğu Üzerine</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052229743</t>
+          <t>9786052229606</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Pertev Ağabey Sevgili Oğuz Kardeş</t>
+          <t>Nikomakhos'a Etik</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052229880</t>
+          <t>9786052229927</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Euthyphron-Küçük Hippias</t>
+          <t>Bektaşî Kızılbaş Alevi Şairleri ve Nefesleri 3. Cilt</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052229903</t>
+          <t>9789944795241</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sanat Aşkınlaştırır</t>
+          <t>Aristoteles Metafizik 0 1-3 Gücün Neliği ve Gerçekliği</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052229842</t>
+          <t>9789944795357</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Antropoloji</t>
+          <t>İmbilim Ders Notları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>475</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052229378</t>
+          <t>9786052229743</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Devleti Seçmeler</t>
+          <t>Sevgili Pertev Ağabey Sevgili Oğuz Kardeş</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052229897</t>
+          <t>9786052229880</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Özbek Dilinin Grameri</t>
+          <t>Euthyphron-Küçük Hippias</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052229873</t>
+          <t>9786052229903</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bayındır Tahtacıları</t>
+          <t>Sanat Aşkınlaştırır</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789944795548</t>
+          <t>9786052229842</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türk Folkloru</t>
+          <t>Yapısal Antropoloji</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>110</v>
+        <v>475</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944795722</t>
+          <t>9786052229378</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Halk Hikayeleri ve Halk Hikayeciliği</t>
+          <t>Tanrı Devleti Seçmeler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052229866</t>
+          <t>9786052229897</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Şairleri ve Nefesleri 1-2. Cilt</t>
+          <t>Özbek Dilinin Grameri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052229859</t>
+          <t>9786052229873</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Çoğulculuk ve Tolerans</t>
+          <t>Bayındır Tahtacıları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052229149</t>
+          <t>9789944795548</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nedenin Neliği</t>
+          <t>100 Soruda Türk Folkloru</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052229835</t>
+          <t>9789944795722</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu İmbilim ve Metin Okuma-Yazma Ders Notları</t>
+          <t>Halk Hikayeleri ve Halk Hikayeciliği</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052229781</t>
+          <t>9786052229866</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Uygur-Moğol Harfli Moğol Dili Yadigarları</t>
+          <t>Bektaşi Şairleri ve Nefesleri 1-2. Cilt</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1600</v>
+        <v>265</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052229828</t>
+          <t>9786052229859</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Köy Seyirlik Oyunlarında İnsan, Doğa ve Topluluk</t>
+          <t>Anadolu’da Çoğulculuk ve Tolerans</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052229798</t>
+          <t>9786052229149</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>AquaPoetry (Ciltli)</t>
+          <t>Nedenin Neliği</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052229804</t>
+          <t>9786052229835</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Principium Sapientiae</t>
+          <t>Bilge Karasu İmbilim ve Metin Okuma-Yazma Ders Notları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>165</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052229811</t>
+          <t>9786052229781</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Etiğe Giriş</t>
+          <t>Uygur-Moğol Harfli Moğol Dili Yadigarları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>375</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052229774</t>
+          <t>9786052229828</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hunların Dili</t>
+          <t>Köy Seyirlik Oyunlarında İnsan, Doğa ve Topluluk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052229767</t>
+          <t>9786052229798</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Platon’dan Edmund Gettier’ye Bilgi Felsefecileri</t>
+          <t>AquaPoetry (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052229736</t>
+          <t>9786052229804</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sirayet</t>
+          <t>Principium Sapientiae</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052229729</t>
+          <t>9786052229811</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mars’ın Dahisi</t>
+          <t>Etiğe Giriş</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052229248</t>
+          <t>9786052229774</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Halk Hikayeleri ve Halk Hikayeciliği</t>
+          <t>Hunların Dili</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052229231</t>
+          <t>9786052229767</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türk Folkloru</t>
+          <t>Platon’dan Edmund Gettier’ye Bilgi Felsefecileri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052229712</t>
+          <t>9786052229736</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Fransızca Türk Edebiyatı</t>
+          <t>Sirayet</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052229637</t>
+          <t>9786052229729</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>R.U.R Rossum’un Evrensel Robotları</t>
+          <t>Mars’ın Dahisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052229705</t>
+          <t>9786052229248</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Felsefede İlerleme ve Çağdaşlaşma Kavramları</t>
+          <t>Halk Hikayeleri ve Halk Hikayeciliği</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>395</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052229699</t>
+          <t>9786052229231</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Metafizik</t>
+          <t>100 Soruda Türk Folkloru</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>375</v>
+        <v>360</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052229668</t>
+          <t>9786052229712</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Hazineleri Meyve ve Sebzelerimiz (Ciltli)</t>
+          <t>Fransızca Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>2000</v>
+        <v>375</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944795852</t>
+          <t>9786052229637</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi</t>
+          <t>R.U.R Rossum’un Evrensel Robotları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>365</v>
+        <v>235</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052229651</t>
+          <t>9786052229705</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Kültür Kavramı</t>
+          <t>Felsefede İlerleme ve Çağdaşlaşma Kavramları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>520</v>
+        <v>395</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052229644</t>
+          <t>9786052229699</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>J. W. von Goothe ve Faust</t>
+          <t>Metafizik</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052229422</t>
+          <t>9786052229668</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kök Tengri ve Yağız Yer Arasında</t>
+          <t>Türkiye'nin Hazineleri Meyve ve Sebzelerimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052229101</t>
+          <t>9789944795852</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Metafizik 0 1-3 Gücün Neliği ve Gerçekliği</t>
+          <t>Eski Anadolu Türkçesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>365</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052229613</t>
+          <t>9786052229651</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mars’ta Satranç - John Carter 5</t>
+          <t>Felsefede Kültür Kavramı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052229620</t>
+          <t>9786052229644</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İnsanüstü Gücün Sırrı</t>
+          <t>J. W. von Goothe ve Faust</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052229590</t>
+          <t>9786052229422</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Ve Moğolca Çalışmaları Sempozyumu</t>
+          <t>Kök Tengri ve Yağız Yer Arasında</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>1150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052229583</t>
+          <t>9786052229101</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Etikte Öznellik Nesnellik Tartışması</t>
+          <t>Aristoteles Metafizik 0 1-3 Gücün Neliği ve Gerçekliği</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052229569</t>
+          <t>9786052229613</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Isagoge</t>
+          <t>Mars’ta Satranç - John Carter 5</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052229576</t>
+          <t>9786052229620</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hukukta ve Yargıda Etik</t>
+          <t>İnsanüstü Gücün Sırrı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052229545</t>
+          <t>9786052229590</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Between Religion And Language</t>
+          <t>Türkçe Ve Moğolca Çalışmaları Sempozyumu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>720</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052229552</t>
+          <t>9786052229583</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Anımsama ve Bağlantılı Anımsama Üzerine</t>
+          <t>Etikte Öznellik Nesnellik Tartışması</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>85</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052229521</t>
+          <t>9786052229569</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Thuvia Marslı Kız</t>
+          <t>Isagoge</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052229538</t>
+          <t>9786052229576</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Teknik</t>
+          <t>Hukukta ve Yargıda Etik</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052229477</t>
+          <t>9786052229545</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yeni Atlantis</t>
+          <t>Between Religion And Language</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>90</v>
+        <v>720</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052229484</t>
+          <t>9786052229552</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Filozoflarla Düşünmek - Felsefe Tarihi Yazıları</t>
+          <t>Anımsama ve Bağlantılı Anımsama Üzerine</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>270</v>
+        <v>85</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052229491</t>
+          <t>9786052229521</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bunalım Çağı</t>
+          <t>Thuvia Marslı Kız</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052229514</t>
+          <t>9786052229538</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Günümüzden Bakınca Kant Etiği</t>
+          <t>İnsan ve Teknik</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052229507</t>
+          <t>9786052229477</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kant: Duyumsamanın Temel Kavramları</t>
+          <t>Yeni Atlantis</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052229460</t>
+          <t>9786052229484</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Anlam ve Bağıntı</t>
+          <t>Filozoflarla Düşünmek - Felsefe Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>425</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052229453</t>
+          <t>9786052229491</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mars'ın Kumandanı- John Carter 3</t>
+          <t>Bunalım Çağı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052229446</t>
+          <t>9786052229514</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mars’ın Tanrıları / John Carter 2</t>
+          <t>Günümüzden Bakınca Kant Etiği</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052229439</t>
+          <t>9786052229507</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Marslı Prenses - John Carter 1</t>
+          <t>Kant: Duyumsamanın Temel Kavramları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052229385</t>
+          <t>9786052229460</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Felsefesi</t>
+          <t>Anlam ve Bağıntı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>215</v>
+        <v>425</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052229361</t>
+          <t>9786052229453</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kambriyen Patlaması</t>
+          <t>Mars'ın Kumandanı- John Carter 3</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052229408</t>
+          <t>9786052229446</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Monadoloji</t>
+          <t>Mars’ın Tanrıları / John Carter 2</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>95</v>
+        <v>275</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052229392</t>
+          <t>9786052229439</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Edebiyat Gözlemleri</t>
+          <t>Marslı Prenses - John Carter 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052229354</t>
+          <t>9786052229385</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Moğolcanın Phags-Pa Yazısıyla Yazılmış Eserleri - Mongolian Monuments in Phags-Pa Script</t>
+          <t>Teknoloji Felsefesi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>410</v>
+        <v>215</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052229347</t>
+          <t>9786052229361</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Şecere-yi Türk</t>
+          <t>Kambriyen Patlaması</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1100</v>
+        <v>265</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052229330</t>
+          <t>9786052229408</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nasıl Kurtarılabilir?</t>
+          <t>Monadoloji</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052229316</t>
+          <t>9786052229392</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil ve Lehçelerinin Okul Kitaplarından Seçmeler 2. Cilt</t>
+          <t>Sözlü Edebiyat Gözlemleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>850</v>
+        <v>290</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052229309</t>
+          <t>9786052229354</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil ve Lehçelerinin Okul Kitaplarından Seçmeler 1. Cilt</t>
+          <t>Moğolcanın Phags-Pa Yazısıyla Yazılmış Eserleri - Mongolian Monuments in Phags-Pa Script</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>850</v>
+        <v>410</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052229323</t>
+          <t>9786052229347</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Fert</t>
+          <t>Şecere-yi Türk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052229279</t>
+          <t>9786052229330</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Paris Konferansları</t>
+          <t>Türkiye Nasıl Kurtarılabilir?</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052229286</t>
+          <t>9786052229316</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Akımlar</t>
+          <t>Türk Dil ve Lehçelerinin Okul Kitaplarından Seçmeler 2. Cilt</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>320</v>
+        <v>850</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052229163</t>
+          <t>9786052229309</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tunyukuk Yazıtı</t>
+          <t>Türk Dil ve Lehçelerinin Okul Kitaplarından Seçmeler 1. Cilt</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052229156</t>
+          <t>9786052229323</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>L. Wittgenstein: Temel Kavram ve Sorunlar</t>
+          <t>Devlet ve Fert</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052229125</t>
+          <t>9786052229279</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Oğuzname Kaynağı Olarak Şecere-Yi Terakime</t>
+          <t>Paris Konferansları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052229064</t>
+          <t>9786052229286</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Uygur Hakanlığı Yazıtları</t>
+          <t>Yazınsal Akımlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052229088</t>
+          <t>9786052229163</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Tipte Enerjiler ve Örüntüler</t>
+          <t>Tunyukuk Yazıtı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052229132</t>
+          <t>9786052229156</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ruh Üzerine</t>
+          <t>L. Wittgenstein: Temel Kavram ve Sorunlar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052229095</t>
+          <t>9786052229125</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Daşenka'nın Hayatı</t>
+          <t>Oğuzname Kaynağı Olarak Şecere-Yi Terakime</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052229057</t>
+          <t>9786052229064</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kitleler Psikolojisi</t>
+          <t>Uygur Hakanlığı Yazıtları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>175</v>
+        <v>410</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052229071</t>
+          <t>9786052229088</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Felsefesi</t>
+          <t>Psikolojik Tipte Enerjiler ve Örüntüler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052229033</t>
+          <t>9786052229132</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çölde Tek Başına</t>
+          <t>Ruh Üzerine</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>310</v>
+        <v>165</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052229040</t>
+          <t>9786052229095</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kralın İki Bedeni</t>
+          <t>Daşenka'nın Hayatı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>800</v>
+        <v>75</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944795876</t>
+          <t>9786052229057</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Theaitetos</t>
+          <t>Kitleler Psikolojisi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052229019</t>
+          <t>9786052229071</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Eskilerin Bilgeliği</t>
+          <t>İnsan Hakları Felsefesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944795975</t>
+          <t>9786052229033</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Melankolik Kara Delik</t>
+          <t>Çölde Tek Başına</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>285</v>
+        <v>310</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052229002</t>
+          <t>9786052229040</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Üzerine Konuşma</t>
+          <t>Kralın İki Bedeni</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>75</v>
+        <v>800</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944795982</t>
+          <t>9789944795876</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Ustalardan</t>
+          <t>Theaitetos</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944795968</t>
+          <t>9786052229019</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Augustinus'tan Paul Weiss'a Tarih Felsefecileri</t>
+          <t>Eskilerin Bilgeliği</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944795999</t>
+          <t>9789944795975</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Araştırma Yöntemleri Üzerine</t>
+          <t>Melankolik Kara Delik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944795951</t>
+          <t>9786052229002</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Folklorunda Ölüm</t>
+          <t>Yöntem Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>285</v>
+        <v>75</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944795944</t>
+          <t>9789944795982</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Orhon Yazıtları</t>
+          <t>Kim Korkar Ustalardan</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>255</v>
+        <v>285</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944795937</t>
+          <t>9789944795968</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hoşgörü Üzerine İnceleme</t>
+          <t>Augustinus'tan Paul Weiss'a Tarih Felsefecileri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944795913</t>
+          <t>9789944795999</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sivas ve Çevresinde Hayatın Çeşitli Safhalarıyla İlgili Batıl İnançların ve Büyüsel İşlemlerin Etnolojik Tetkiki</t>
+          <t>Çağımızın Araştırma Yöntemleri Üzerine</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944795906</t>
+          <t>9789944795951</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Edebiyat 2</t>
+          <t>Anadolu Folklorunda Ölüm</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>530</v>
+        <v>285</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944795890</t>
+          <t>9789944795944</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Edebiyat 1</t>
+          <t>Orhon Yazıtları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>530</v>
+        <v>255</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944795920</t>
+          <t>9789944795937</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Etnoloji Sözlüğü</t>
+          <t>Hoşgörü Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944795845</t>
+          <t>9789944795913</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yulduz Türk Dili Sempozyumu</t>
+          <t>Sivas ve Çevresinde Hayatın Çeşitli Safhalarıyla İlgili Batıl İnançların ve Büyüsel İşlemlerin Etnolojik Tetkiki</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>745</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944795869</t>
+          <t>9789944795906</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Platon’dan Habermas’a Felsefede Doğruluk ya da Hakikat</t>
+          <t>Folklor ve Edebiyat 2</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944795883</t>
+          <t>9789944795890</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>R. G. Collingwood’un Din Felsefesi</t>
+          <t>Folklor ve Edebiyat 1</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>210</v>
+        <v>530</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944795814</t>
+          <t>9789944795920</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Teorik Etik</t>
+          <t>Etnoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944795838</t>
+          <t>9789944795845</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Pratik Etik</t>
+          <t>Uluslararası Yulduz Türk Dili Sempozyumu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>745</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944795821</t>
+          <t>9789944795869</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Grotesk</t>
+          <t>Platon’dan Habermas’a Felsefede Doğruluk ya da Hakikat</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944795753</t>
+          <t>9789944795883</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yenisey-Altay-Kırgızistan Yazıtları ve Kağıda Yazılı Runik Belgeler</t>
+          <t>R. G. Collingwood’un Din Felsefesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>720</v>
+        <v>210</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944795555</t>
+          <t>9789944795814</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Türk Halk Edebiyatı</t>
+          <t>Teorik Etik</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>385</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944795807</t>
+          <t>9789944795838</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Böcekler Çiçekler</t>
+          <t>Pratik Etik</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944795791</t>
+          <t>9789944795821</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Destanı</t>
+          <t>Grotesk</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944795746</t>
+          <t>9789944795753</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Felsefe Dersleri ve Pozitif Anlayış Üzerine Konuşma</t>
+          <t>Yenisey-Altay-Kırgızistan Yazıtları ve Kağıda Yazılı Runik Belgeler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>385</v>
+        <v>720</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944795739</t>
+          <t>9789944795555</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Otuz Günde Felsefe</t>
+          <t>100 Soruda Türk Halk Edebiyatı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>325</v>
+        <v>385</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944795715</t>
+          <t>9789944795807</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Eudemos'a Etik</t>
+          <t>Kuşlar Böcekler Çiçekler</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944795692</t>
+          <t>9789944795791</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Novum Organum</t>
+          <t>Köroğlu Destanı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944795708</t>
+          <t>9789944795746</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Kültürümüzde Çocuk</t>
+          <t>Pozitif Felsefe Dersleri ve Pozitif Anlayış Üzerine Konuşma</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944795685</t>
+          <t>9789944795739</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çingene Mitolojisi</t>
+          <t>Otuz Günde Felsefe</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944795609</t>
+          <t>9789944795715</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Phaidros ya da Güzellik Üzerine</t>
+          <t>Eudemos'a Etik</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944795661</t>
+          <t>9789944795692</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ölü Filozoflar Kitabı</t>
+          <t>Novum Organum</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944795647</t>
+          <t>9789944795708</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Bilimi</t>
+          <t>Geleneksel Kültürümüzde Çocuk</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>550</v>
+        <v>385</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944795630</t>
+          <t>9789944795685</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda İlkellerde Din, Büyü, Sanat, Efsane</t>
+          <t>Çingene Mitolojisi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>285</v>
+        <v>195</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944795623</t>
+          <t>9789944795609</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilleri Giriş</t>
+          <t>Phaidros ya da Güzellik Üzerine</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944795159</t>
+          <t>9789944795661</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Ölü Filozoflar Kitabı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944795418</t>
+          <t>9789944795647</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisi</t>
+          <t>Türk Halk Bilimi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944795364</t>
+          <t>9789944795630</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Protestan Ahlakı ve Kapitalizmin Ruhu</t>
+          <t>100 Soruda İlkellerde Din, Büyü, Sanat, Efsane</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>360</v>
+        <v>285</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>3990000003624</t>
+          <t>9789944795623</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Poyraz İçin Öyküler</t>
+          <t>Türk Dilleri Giriş</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944795180</t>
+          <t>9789944795159</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Piyasa Ütopyası</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052229415</t>
+          <t>9789944795418</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Orhon - Uygur Hanlığı Dönemi - Moğolistan’daki Eski Türk Yazıtları</t>
+          <t>Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944795012</t>
+          <t>9789944795364</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Ortaçağda Felsefe</t>
+          <t>Protestan Ahlakı ve Kapitalizmin Ruhu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944795098</t>
+          <t>3990000003624</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Makro Verilerle Türkiye’de Yatırım Nasıl Yapılır?</t>
+          <t>Poyraz İçin Öyküler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944975025</t>
+          <t>9789944795180</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kısaca Sanat Felsefesi</t>
+          <t>Piyasa Ütopyası</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944795111</t>
+          <t>9786052229415</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası Üzerine Bir İnceleme</t>
+          <t>Orhon - Uygur Hanlığı Dönemi - Moğolistan’daki Eski Türk Yazıtları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944795258</t>
+          <t>9789944795012</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Ahlaki Kriterleri</t>
+          <t>Metinlerle Ortaçağda Felsefe</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944795302</t>
+          <t>9789944795098</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gramatoloji</t>
+          <t>Makro Verilerle Türkiye’de Yatırım Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>700</v>
+        <v>275</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944795517</t>
+          <t>9789944975025</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Üzerine</t>
+          <t>Kısaca Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944795272</t>
+          <t>9789944795111</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep Kalesi</t>
+          <t>İnsan Doğası Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944795128</t>
+          <t>9789944795258</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Foucault ve Derrida</t>
+          <t>Hukukun Ahlaki Kriterleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>285</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944795340</t>
+          <t>9789944795302</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Mitolojisi</t>
+          <t>Gramatoloji</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>360</v>
+        <v>700</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944795326</t>
+          <t>9789944795517</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Zihin</t>
+          <t>Gökyüzü Üzerine</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>560</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944795456</t>
+          <t>9789944795272</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Derrida Sözlüğü</t>
+          <t>Gaziantep Kalesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944795210</t>
+          <t>9789944795128</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cenaze Evi Şenlik Evi</t>
+          <t>Foucault ve Derrida</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944795487</t>
+          <t>9789944795340</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Eski Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>295</v>
+        <v>360</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944795333</t>
+          <t>9789944795326</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Fransız Edebiyatında Kadın Yazarlar</t>
+          <t>Dil ve Zihin</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>295</v>
+        <v>560</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944795142</t>
+          <t>9789944795456</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Üzerine Bir Derkenar</t>
+          <t>Derrida Sözlüğü</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944795395</t>
+          <t>9789944795210</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles Felsefesi: Temel Kavramlar ve Görüşler</t>
+          <t>Cenaze Evi Şenlik Evi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944795616</t>
+          <t>9789944795487</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gramatoloji'ye Önsöz</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944795678</t>
+          <t>9789944795333</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Uzun Sürer</t>
+          <t>Başlangıcından Günümüze Fransız Edebiyatında Kadın Yazarlar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>700</v>
+        <v>295</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944795050</t>
+          <t>9789944795142</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Rus Dili Ders Kitabı 2 (Cd'li)</t>
+          <t>Aydınlanma Üzerine Bir Derkenar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944795586</t>
+          <t>9789944795395</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Annem Sen Misin?</t>
+          <t>Aristoteles Felsefesi: Temel Kavramlar ve Görüşler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>510</v>
+        <v>390</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944795777</t>
+          <t>9789944795616</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İnsan Felsefesi</t>
+          <t>Gramatoloji'ye Önsöz</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944795784</t>
+          <t>9789944795678</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kadın Oyun Yazarları</t>
+          <t>Gelecek Uzun Sürer</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>385</v>
+        <v>700</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052229750</t>
+          <t>9789944795050</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı Dersleri / Bütün Eserleri 5</t>
+          <t>Merhaba Rus Dili Ders Kitabı 2 (Cd'li)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944795593</t>
+          <t>9789944795586</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Eşitlik</t>
+          <t>Annem Sen Misin?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>335</v>
+        <v>510</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944795562</t>
+          <t>9789944795777</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Demokritos ile Epikouros'un Doğa Felsefelerindeki Ayırım</t>
+          <t>İnsan Felsefesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944795029</t>
+          <t>9789944795784</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Meditasyonlar</t>
+          <t>Kadın Oyun Yazarları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944795500</t>
+          <t>9786052229750</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mantık ve Varoluş</t>
+          <t>Halk Edebiyatı Dersleri / Bütün Eserleri 5</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>385</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944795449</t>
+          <t>9789944795593</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Dünyaların İçinde</t>
+          <t>Eşitlik</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>565</v>
+        <v>335</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944795227</t>
+          <t>9789944795562</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Duhem’den Laudan’a Çağdaş Bilim Felsefecileri</t>
+          <t>Demokritos ile Epikouros'un Doğa Felsefelerindeki Ayırım</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944795425</t>
+          <t>9789944795029</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Evrimsel Biyoloji Yazıları</t>
+          <t>Meditasyonlar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789944795203</t>
+          <t>9789944795500</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Esquisse D’une Histoire De La Litterature Française / Des origines au 18e Siecle</t>
+          <t>Mantık ve Varoluş</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>285</v>
+        <v>385</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944795371</t>
+          <t>9789944795449</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Söylemek ve Anlatmaya Çalışmak</t>
+          <t>Düşünen Dünyaların İçinde</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>390</v>
+        <v>565</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789944795081</t>
+          <t>9789944795227</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Felsefesi</t>
+          <t>Duhem’den Laudan’a Çağdaş Bilim Felsefecileri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944795579</t>
+          <t>9789944795425</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Durum</t>
+          <t>Evrimsel Biyoloji Yazıları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944795524</t>
+          <t>9789944795203</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlanı</t>
+          <t>Esquisse D’une Histoire De La Litterature Française / Des origines au 18e Siecle</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>325</v>
+        <v>285</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944795173</t>
+          <t>9789944795371</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Che</t>
+          <t>Söylemek ve Anlatmaya Çalışmak</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944795432</t>
+          <t>9789944795081</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Kosmostaki Yeri</t>
+          <t>Nietzsche’nin Felsefesi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944795074</t>
+          <t>9789944795579</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Halleri</t>
+          <t>Postmodern Durum</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944795104</t>
+          <t>9789944795524</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yüce ve Güzel Kavramlarımızın Kaynağı Hakkında Felsefi Bir Soruşturma</t>
+          <t>Cumhuriyetin İlanı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
+          <t>9789944795173</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Che</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789944795432</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Kosmostaki Yeri</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789944795074</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Zihnin Halleri</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789944795104</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Yüce ve Güzel Kavramlarımızın Kaynağı Hakkında Felsefi Bir Soruşturma</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
           <t>9789944795531</t>
         </is>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Koyre’nin Bilimsel Düşünce Tarihi Üzerine Denemeleri</t>
         </is>
       </c>
-      <c r="C175" s="1">
+      <c r="C179" s="1">
         <v>285</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>