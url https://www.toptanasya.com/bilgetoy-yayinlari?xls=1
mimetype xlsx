--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -94,316 +94,316 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786057326065</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Uyanış Alparslan Selçuklular</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>164</v>
+        <v>184</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786057326058</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Büyük Rüya: Osmanlı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057326072</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>149</v>
+        <v>174</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057326089</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Tarihten Hikayeler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057326041</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Eski Türkler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>199</v>
+        <v>275</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057326034</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Selçuklular</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786057326027</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057326010</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Türk</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786057326003</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Türkler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>274</v>
+        <v>324</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786058006973</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Moğollar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786058006000</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Sherlock Holmes Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>556</v>
+        <v>656</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786058006935</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>139</v>
+        <v>164</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786058006942</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Kızıl Dosya - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>139</v>
+        <v>164</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786058006959</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Dörtlerin İmzası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>139</v>
+        <v>164</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786058006966</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>139</v>
+        <v>164</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9719975683576</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Sabahattin Ali 3'lü Roman Seti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>597</v>
+        <v>697</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786058006904</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>189</v>
+        <v>219</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786058006928</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786058006911</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>209</v>
+        <v>249</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>