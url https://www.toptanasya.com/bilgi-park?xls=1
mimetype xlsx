--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -85,775 +85,880 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259257280</t>
+          <t>9786258524048</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Okumaya Başlıyorum ANETİL 10 Kitap</t>
+          <t>Renklerin Senfonisi - Her Yaş için Mandala</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>189.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259646374</t>
+          <t>9786258524031</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma ve Yazma Seti - 10 Kitap</t>
+          <t>Mandala Ağacı - Her Yaş için Mandala</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>189.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259691565</t>
+          <t>9786259257297</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Çocuklar İçin Mandala - Renkli Taşıtlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>99.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259713434</t>
+          <t>9786258524017</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Resimli Türkçe Sözlük</t>
+          <t>Çocuklar İçin Mandala - Prenses Diyarı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>179.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259713458</t>
+          <t>9786258524000</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İmla (Yazım) Kılavuzu</t>
+          <t>Çocuklar İçin Mandala - Dinozorlar Diyarı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>99.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259691558</t>
+          <t>9786258524024</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İlkokul Türkçe Sözlük</t>
+          <t>Çizgilerin Büyüsü - Her Yaş İçin Mandala</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>99.9</v>
+        <v>199.9</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259713465</t>
+          <t>8690101616037</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Türkçe Sözlük</t>
+          <t>Süper Boyamalar - 4 Kitaplık Set</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>99.9</v>
+        <v>599.6</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259691510</t>
+          <t>9786259257280</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Atlası</t>
+          <t>1. Sınıf Okumaya Başlıyorum ANETİL 10 Kitap</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>119.9</v>
+        <v>225</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259691534</t>
+          <t>9786259646374</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Orta Atlas</t>
+          <t>İlk Okuma ve Yazma Seti - 10 Kitap</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>119.9</v>
+        <v>225</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>8690100617196</t>
+          <t>9786259691565</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Dik Çizgili Yazı Defteri (Büyük Boy)</t>
+          <t>Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>49.9</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>8690100617219</t>
+          <t>9786259713434</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Dik Çizgili Yazı Defteri (Küçük Boy)</t>
+          <t>Resimli Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>39.9</v>
+        <v>209.9</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259691527</t>
+          <t>9786259713458</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İlk Atlas</t>
+          <t>İmla (Yazım) Kılavuzu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>74.9</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259691541</t>
+          <t>9786259691558</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tarih Atlası</t>
+          <t>İlkokul Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>119.9</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>8690100617189</t>
+          <t>9786259713465</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Çizgili Yazı Defteri (Küçük Boy)</t>
+          <t>Ortaokul Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>39.9</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>8690100617172</t>
+          <t>9786259691510</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz Çizgili Yazı Defteri (Büyük Boy)</t>
+          <t>Coğrafya Atlası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>49.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259707709</t>
+          <t>9786259691534</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Süper Yumurcak Boyama Kitabı</t>
+          <t>Orta Atlas</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>119.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259592299</t>
+          <t>8690100617196</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Süper Tonton Boyama Kitabı</t>
+          <t>Kılavuz Dik Çizgili Yazı Defteri (Büyük Boy)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>119.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259592275</t>
+          <t>8690100617219</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Süper Afacan Boyama Kitabı</t>
+          <t>Kılavuz Dik Çizgili Yazı Defteri (Küçük Boy)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>119.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259592282</t>
+          <t>9786259691527</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Süper Pofuduk Boyama Kitabı</t>
+          <t>İlk Atlas</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>119.9</v>
+        <v>89.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259693170</t>
+          <t>9786259691541</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Renkli Düşler Bahçesi - Her Yaş İçin Mandala</t>
+          <t>Tarih Atlası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>129.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259693194</t>
+          <t>8690100617189</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Terapi - Her Yaş İçin Mandala</t>
+          <t>Kılavuz Çizgili Yazı Defteri (Küçük Boy)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>129.9</v>
+        <v>44.9</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259693156</t>
+          <t>8690100617172</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kendine Renk Kat - Her Yaş İçin Mandala</t>
+          <t>Kılavuz Çizgili Yazı Defteri (Büyük Boy)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>129.9</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259693163</t>
+          <t>9786259707709</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çizgine Renk Kat - Her Yaş İçin Mandala</t>
+          <t>Süper Yumurcak Boyama Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>129.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259693187</t>
+          <t>9786259592299</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Desen Güncesi - Her Yaş İçin Mandala</t>
+          <t>Süper Tonton Boyama Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>129.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259693149</t>
+          <t>9786259592275</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala - Unicorn Diyarı</t>
+          <t>Süper Afacan Boyama Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>99.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259693118</t>
+          <t>9786259592282</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala - Renk Avcıları</t>
+          <t>Süper Pofuduk Boyama Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>99.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259693101</t>
+          <t>9786259693170</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala - Mandala Bahçesi</t>
+          <t>Renkli Düşler Bahçesi - Her Yaş İçin Mandala</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>99.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259693125</t>
+          <t>9786259693194</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala - Mandala Macerası</t>
+          <t>Renklerle Terapi - Her Yaş İçin Mandala</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>99.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259693132</t>
+          <t>9786259693156</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala - Hayvanlar Diyarı</t>
+          <t>Kendine Renk Kat - Her Yaş İçin Mandala</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>99.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259707785</t>
+          <t>9786259693163</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Mandala - Neşeli Çizgiler</t>
+          <t>Çizgine Renk Kat - Her Yaş İçin Mandala</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>89.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259707761</t>
+          <t>9786259693187</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Mandala - Miniklerin Mandalası</t>
+          <t>Desen Güncesi - Her Yaş İçin Mandala</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>89.9</v>
+        <v>149.9</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259707754</t>
+          <t>9786259693149</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Mandala - Benim İlk Mandala Kitabım</t>
+          <t>Çocuklar İçin Mandala - Unicorn Diyarı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>89.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259707792</t>
+          <t>9786259693118</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Mandala - Küçük Mandalacı</t>
+          <t>Çocuklar İçin Mandala - Renk Avcıları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>89.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259707778</t>
+          <t>9786259693101</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Minikler İçin Mandala - Eğlenceli Çizgiler</t>
+          <t>Çocuklar İçin Mandala - Mandala Bahçesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>89.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259691503</t>
+          <t>9786259693125</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okuma ve Özet Defteri</t>
+          <t>Çocuklar İçin Mandala - Mandala Macerası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>49.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259713427</t>
+          <t>9786259693132</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Kitabı / 4 Yaş +</t>
+          <t>Çocuklar İçin Mandala - Hayvanlar Diyarı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>79.9</v>
+        <v>119.9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259713410</t>
+          <t>9786259707785</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Kitabı / 3 Yaş +</t>
+          <t>Minikler İçin Mandala - Neşeli Çizgiler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>79.9</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259713403</t>
+          <t>9786259707761</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Kitabı / 2 Yaş +</t>
+          <t>Minikler İçin Mandala - Miniklerin Mandalası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>79.9</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259592268</t>
+          <t>9786259707754</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Boyuyor - Yaşantımız Boyama Kitabı</t>
+          <t>Minikler İçin Mandala - Benim İlk Mandala Kitabım</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>45</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>8690101616020</t>
+          <t>9786259707792</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Boyuyor – 10'lu Kitaplık Seti</t>
+          <t>Minikler İçin Mandala - Küçük Mandalacı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259592213</t>
+          <t>9786259707778</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Boyuyor – Sebzeler Boyama Kitabı</t>
+          <t>Minikler İçin Mandala - Eğlenceli Çizgiler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>45</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259592237</t>
+          <t>9786259691503</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Boyuyor – Harfler Boyama Kitabı</t>
+          <t>Kitap Okuma ve Özet Defteri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>45</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259713496</t>
+          <t>9786259713427</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Boyuyor – Taşıtlar Boyama Kitabı</t>
+          <t>Çıkartmalı Boyama Kitabı / 4 Yaş +</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>45</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259592206</t>
+          <t>9786259713410</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Boyuyor – Meyveler Boyama Kitabı</t>
+          <t>Çıkartmalı Boyama Kitabı / 3 Yaş +</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>45</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259713472</t>
+          <t>9786259713403</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Boyuyor – Hayvanlar Boyama Kitabı</t>
+          <t>Çıkartmalı Boyama Kitabı / 2 Yaş +</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>45</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259592251</t>
+          <t>9786259592268</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Boyuyor – Meslekler Boyama Kitabı</t>
+          <t>Minik Eller Boyuyor - Yaşantımız Boyama Kitabı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>45</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259592220</t>
+          <t>8690101616020</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Boyuyor – Sayılar Boyama Kitabı</t>
+          <t>Minik Eller Boyuyor – 10'lu Kitaplık Seti</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>45</v>
+        <v>499.9</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259713489</t>
+          <t>9786259592213</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Minik Eller Boyuyor – Renkler Boyama Kitabı</t>
+          <t>Minik Eller Boyuyor – Sebzeler Boyama Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>45</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
+          <t>9786259592237</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller Boyuyor – Harfler Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786259713496</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller Boyuyor – Taşıtlar Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786259592206</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller Boyuyor – Meyveler Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786259713472</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller Boyuyor – Hayvanlar Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786259592251</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller Boyuyor – Meslekler Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786259592220</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller Boyuyor – Sayılar Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786259713489</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Minik Eller Boyuyor – Renkler Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>49.9</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
           <t>9786259592244</t>
         </is>
       </c>
-      <c r="B50" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Minik Eller Boyuyor – Şekiller Boyama Kitabı</t>
         </is>
       </c>
-      <c r="C50" s="1">
-        <v>45</v>
+      <c r="C57" s="1">
+        <v>49.9</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>